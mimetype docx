--- v0 (2025-10-21)
+++ v1 (2025-11-21)
@@ -1,4595 +1,7365 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 24.7.0 -->
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="00B35C5D" w:rsidRPr="00F40A3F" w:rsidP="00B35C5D" w14:paraId="669EF104" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w:rsidR="00E02202" w:rsidRPr="009520E2" w:rsidP="001746BA" w14:paraId="47BE024F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4.pielikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E02202" w:rsidRPr="009520E2" w:rsidP="001746BA" w14:paraId="5F6B782C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B763C" w:rsidRPr="009520E2" w:rsidP="005B763C" w14:paraId="38EE2A45" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk205551309"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk206426078"/>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.1-1/264</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00E02202" w:rsidRPr="009520E2" w:rsidP="001746BA" w14:paraId="23D85D54" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00880EF7" w:rsidRPr="0069374C" w:rsidP="001746BA" w14:paraId="3E812533" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F80364" w:rsidP="00567F42" w14:paraId="7B7CEC84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk125641137"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F40A3F">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Valsts valodas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5263" w:rsidR="008B5263">
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Neformālās izglītības programmu saraksts sociālo un profesionālo pamatprasmju apguvei (valodas un citas prasmes)</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C605C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008B5263" w:rsidR="00C605C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5263" w:rsidR="008B5263">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="00357203">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īstenotāju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D962F3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izvēles kārtība</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D962F3" w:rsidR="008E5270">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...2856 lines deleted...]
-    <w:p w:rsidR="00B35C5D" w14:paraId="346177AC" w14:textId="77777777">
+    <w:p w:rsidR="00B66FE1" w:rsidP="0093331E" w14:paraId="028A7FBD" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3632E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Prasības PIEDĀVĀJUMA NOFORMĒJUM</w:t>
+      </w:r>
+      <w:r w:rsidR="00172335">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>AM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3632E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UN IESNIEGŠAN</w:t>
+      </w:r>
+      <w:r w:rsidR="00172335">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>AI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00181EE4" w:rsidP="001746BA" w14:paraId="16532BD6" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00181EE4" w:rsidP="001746BA" w14:paraId="0FC570BD" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā izvirzītajām prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00181EE4" w:rsidP="00A455BB" w14:paraId="2482AB6C" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izglītības iestāde (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendents) iesniedz Nodarbinātības valsts aģentūrai (turpmāk – Aģentūra) piedāvājumu iesūt</w:t>
+      </w:r>
+      <w:r w:rsidR="008619D8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4" w:rsidR="008619D8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parakstītu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar drošu elektronisko parakstu uz </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3534">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras oficiālo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00264DA6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001A3534">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adresi, ievērojot, ka maksimālais pieļaujamais apjoms</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3534">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sūtot un saņemot dokumentus ar e-parakstu</w:t>
+      </w:r>
+      <w:r w:rsidR="0056584A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00745E28">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MB. Piedāvājum</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D477DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, k</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57AF1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00D477DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saņemt</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D477DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēc uzaicinājumā norādītā iesniegšanas termiņa</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD344A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neti</w:t>
+      </w:r>
+      <w:r w:rsidR="00607387">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k vērtēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A262D0" w:rsidRPr="00B91169" w:rsidP="00A455BB" w14:paraId="43F720E1" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91169">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tehniskais piedāvājums jāsagatavo MS Excel formātā, atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91169" w:rsidR="00F32192">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras izstrādātajai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B91169">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tehniskā piedāvājuma veidlapai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC5DD2" w:rsidRPr="009F7342" w:rsidP="00A455BB" w14:paraId="7AB53EFC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED32AB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Iesniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED32AB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājum</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED32AB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED32AB" w:rsidR="00FE0431">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED32AB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īpašums un netiek atdoti atpakaļ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED32AB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendentiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91A25" w:rsidRPr="00E959A7" w:rsidP="00A455BB" w14:paraId="163E554B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC5DD2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Šīs kārtības 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E527E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC5DD2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. punktā minētos un citus uz izsludinājumu attiecināmos dokumentus pretendents iesniedz vienā elektroniskajā dokumentā, noformējot atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E269E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Dokumentu juridiskā spēka likuma un Ministru kabineta 2018.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41BE9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E269E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41BE9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E269E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>septembra noteikumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00916627">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E269E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība” prasībām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E959A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7406" w:rsidRPr="00334C84" w:rsidP="00A455BB" w14:paraId="705AC894" w14:textId="42915826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendenta piedāvājuma dokumentus paraksta </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu pārstāvēt tiesīga vai </w:t>
+      </w:r>
+      <w:r w:rsidR="008619D8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta pilnvarota persona. Personas, kuras paraksta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84" w:rsidR="00F34BA2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, pārstāvības tiesībām ir jābūt nostiprinātām atbilstoši normatīvajos aktos noteiktajam regulējumam.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84" w:rsidR="00027C2B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja piedāvājumā iekļauto dokumentāciju paraksta pilnvarota persona, piedāvājumam pievieno </w:t>
+      </w:r>
+      <w:r w:rsidR="005241CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paraksta tiesīgās personas izdotu pilnvaru vai normatīvajos aktos noteiktā kārtībā apliecinātu pilnvarojuma kopiju. Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents ir personu apvienība, tad pieteikumu paraksta visi </w:t>
+      </w:r>
+      <w:r w:rsidR="005241CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84" w:rsidR="00436930">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B763C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk205551351"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>iesniedzis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>kurš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>drošu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>parakstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B763C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar Aģentūras rīkojumu apstiprināta apmācību īstenotāju izvēles pastāvīgā komisija (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="005B763C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk210902844"/>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>nosaka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>saprātīgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>novēršanai</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00B01E4C" w:rsidRPr="00B01E4C" w:rsidP="00A455BB" w14:paraId="65CDC7A8" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pirms izsludinājumā noteiktā piedāvājuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegšanas termiņa beigām </w:t>
+      </w:r>
+      <w:r w:rsidR="007622D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents ir tiesīgs grozīt iesniegto piedāvājumu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD344A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aziņojums par grozījumiem piedāvājumā sagatavojams, noformējams un iesniedzams tāpat kā piedāvājums (atbilstoši šīs kārtības prasībām) un </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06BD6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tajā</w:t>
+      </w:r>
+      <w:r w:rsidR="005519C9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B01E4C" w:rsidRPr="00B01E4C" w:rsidP="00A455BB" w14:paraId="22715578" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pēc piedāvājumu iesniegšanas termiņa beigām </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01E4C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0174" w:rsidRPr="005A0174" w:rsidP="00A455BB" w14:paraId="70E8A379" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A0174">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0174">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents ir tiesīgs atsaukt iesniegto piedāvājumu, rakstveidā par to paziņojot Aģentūrai. Piedāvājuma atsaukšana nav grozāma un tā izbeidz turpmāku </w:t>
+      </w:r>
+      <w:r w:rsidR="00941FAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0174">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendenta līdzdalību šajā izsludinājumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E1CE8" w:rsidRPr="00D668FC" w:rsidP="005E67C0" w14:paraId="27D452B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106AF3" w:rsidRPr="00024AE8" w:rsidP="00B91169" w14:paraId="177616C4" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="006B730B">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024AE8" w:rsidR="001746BA">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PRETENDENTA ATLASES dokumenti</w:t>
+      </w:r>
+      <w:r w:rsidR="001746BA">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un kritēriji </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A7205" w:rsidR="001746BA">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRETENDENTA </w:t>
+      </w:r>
+      <w:r w:rsidR="001746BA">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vērtēšanai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidP="00B91169" w14:paraId="28542057" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidP="00A455BB" w14:paraId="3E6979DB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00607387">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00DF6407">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F53BD6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valsts valodas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00F8421B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00E07C3F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>programmu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91169">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00B91169">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91169">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00B91169">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>asākums)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00E07C3F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ehnisko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piedāvājumu iesniedz, izmantojot Aģentūras mājaslapā ww</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="003F4FA5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>w.nva.gov.lv → sadaļ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00DF6407">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="003F4FA5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Izsludinājumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00952C56">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ievietot</w:t>
+      </w:r>
+      <w:r w:rsidR="00952C56">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00952C56">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94407">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izsludinājuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00952C56">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>veidlap</w:t>
+      </w:r>
+      <w:r w:rsidR="00952C56">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0194" w:rsidRPr="0099480E" w:rsidP="00A455BB" w14:paraId="6F748EA3" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lai novērtētu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00952C56">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kompetenci un atbilstību </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asākuma īstenošanai, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A45CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>jāiesniedz šādi dokumenti:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F54949" w:rsidP="00A455BB" w14:paraId="6590F960" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ieteikums</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00433B87">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībai izsludinājumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5B7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – pieteikums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32192">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...950 lines deleted...]
-        <w:ind w:left="41" w:firstLine="0"/>
+    <w:p w:rsidR="00F54949" w:rsidRPr="00F54949" w:rsidP="00A455BB" w14:paraId="05BBC2F4" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinājums par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949" w:rsidR="00EE1B31">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">valsts valodas izglītības </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk532312376"/>
+      <w:r w:rsidRPr="00F54949" w:rsidR="00EE1B31">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>programmu īstenošanas nosacījum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00EE1B31">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106AF3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>evērošanu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00F269E1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC5DD2" w:rsidP="00A455BB" w14:paraId="0F32AD69" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk532312391"/>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tehniskais piedāvājums</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00EF3B44">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, kur tiek iekļauta informācija tikai par tādām</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4719">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teorētisko nodarbību</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B44">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4719">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B44">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>mācību īstenošanas vietas adresēm, kurām Izglītības iestāžu reģistrā norādīts termiņš</w:t>
+      </w:r>
+      <w:r w:rsidR="0056584A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B44">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdz kuram tās ir aktuālas, izņemot, ja a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4719">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B44">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>mācību īstenošanas vietas adrese ir pretendenta īpašumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2265F" w:rsidP="00A455BB" w14:paraId="26335369" w14:textId="4AD5BD6A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E269E" w:rsidR="00CC5DD2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>programmas satura apraksts</w:t>
+      </w:r>
+      <w:r w:rsidR="00916627">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk206417369"/>
+      <w:r w:rsidR="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C2BDE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iegūstamās prasmes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00FA028C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00B33A7E">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId8"/>
+    <w:p w:rsidR="004547B8" w:rsidP="00A455BB" w14:paraId="1A13BAD0" w14:textId="3F847E60">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84E8B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administratīvās teritorijas pašvaldības </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izsniegta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07F9E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atļauja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004547B8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>alsts valodas izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07F9E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> programmu īstenošanai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecīgajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07F9E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pašvaldības administratīvajā teritorijā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (attiecināms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>no 2023.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5275">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>jūnija</w:t>
+      </w:r>
+      <w:r w:rsidR="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00253E76">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendents nav akreditēts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F54949" w:rsidRPr="0099480E" w:rsidP="00A455BB" w14:paraId="01F284F9" w14:textId="1776D722">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija lemj par tādu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="006226CB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>asākuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="006226CB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īstenošanai, </w:t>
+      </w:r>
+      <w:r w:rsidR="00954FF4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="00954FF4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2011.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 25.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>janvāra noteikumu Nr.75 „Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” 15.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētajiem pasākumu īstenotāju izvēles </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00867F05" w:rsidR="00607387">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>prasībām</w:t>
+      </w:r>
+      <w:r w:rsidR="00607387">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un šādiem nosacījumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F54949" w:rsidRPr="00F54949" w:rsidP="00A455BB" w14:paraId="4FE3FBE7" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendents </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142073" w:rsidR="004C2746">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir reģistrēts Izglītības iestāžu reģistrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949" w:rsidR="004C2746">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A90242" w:rsidP="00A455BB" w14:paraId="7843B6A4" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="000560FB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta </w:t>
+      </w:r>
+      <w:r w:rsidR="00195561">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pasākuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00837BB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanai piesaistītajam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="000560FB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>personālam ir konkrētās programmas īstenošana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00195561" w:rsidR="000560FB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i atbilstoša izglītība un profesionālā pieredze, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00195561" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00195561" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents katrā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106AF3" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>asāk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uma īstenošanas vietā nodrošina atbilstošu materiāli tehnisko bāzi, kas nepieciešama konkrētās programmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="000560FB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>īstenošanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00195561" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883A0F" w:rsidRPr="003748D9" w:rsidP="00A455BB" w14:paraId="58C2ADBC" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pasākums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35B8D" w:rsidR="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiek īstenot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A35B8D" w:rsidR="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latvijas Republikas terit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006354C7" w:rsidR="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>orijā, un izglītības programmas teorētiskās daļas īstenošanas vietas adreses ir reģistrētas Izglītības iestāžu reģistrā</w:t>
+      </w:r>
+      <w:r w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C0302F" w:rsidP="00A455BB" w14:paraId="3F8FDE63" w14:textId="27EBB7E3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēc pretendenta īstenotās neformālās izglītības programmas valsts valodas apguvei pabeigšanas noslēguma pārbaudī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA33EB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jumus Valsts izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1D57" w:rsidR="004E1D57">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>attīstības aģentūr</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1D57">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(turpmāk</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD55C3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VIAA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA33EB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdējā gada laikā sekmīgi nokārtojuši ne mazāk kā 60 % no pretendenta apmācīto personu skaita, ja pretendents atkārtoti plāno īstenot neformālo izglītības programmu valsts valodas apguvei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C0302F" w:rsidP="00A455BB" w14:paraId="0D5354AF" w14:textId="66543454">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta piedāvājums </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk95299954"/>
+      <w:r w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>etika</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="004F70D7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svītrots no </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF76A9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Valsts valodas izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF76A9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD55C3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF76A9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D" w:rsidR="00CF76A9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakst</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF76A9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00846DA9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var atkārtoti pieteikties pasākumu īstenošanai ne agrāk kā divus gadus pēc dienas, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="00846DA9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00846DA9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājums svītrots no izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00C13953">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410829" w:rsidRPr="00F54949" w:rsidP="00A455BB" w14:paraId="50E47372" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003272F9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta piedāvājums nav iekļauts aktuālajā izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C13953">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F03054" w:rsidP="00A455BB" w14:paraId="672DCD41" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk46388483"/>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00EB01A4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neattiecas neviens no </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00F54949">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>Publisko iepirkumu likuma</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="p39.1" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>42.</w:t>
+        </w:r>
+        <w:r w:rsidR="006B4F63">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>panta</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētajiem izslēgšanas noteikumiem un ir ievēroti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3B0D" w:rsidR="00AE3B0D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publisko iepirkumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F54949">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">likuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>42.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ceturtās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>daļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktie termiņi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="008A45CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00382DD8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="008A45CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00382DD8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendentam dienā, kad pieņemts lēmums par iespējamu līgum</w:t>
+      </w:r>
+      <w:r w:rsidR="009510CA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="00382DD8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00382DD8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nav nodokļu parādi, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26CA6" w:rsidR="00382DD8">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidR="004547B8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="004547B8" w:rsidRPr="004547B8" w:rsidP="004547B8" w14:paraId="63282595" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B35A87">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendentam ir jābūt akreditētam vai tam ir jābūt saņemtai atļaujai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004547B8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>alsts valodas izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B35A87">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> programmu īstenošanai pašvaldības administratīvajā teritorijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00533232">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(attiecināms no 2023.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5275">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>jūnija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B35A87">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0047790D" w:rsidP="00A455BB" w14:paraId="16369F58" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03054">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013122D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma (turpmāk – Sankciju likums) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00D012B1">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00D012B1">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456D86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0013122D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pantā noteiktajam, pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēttiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt pretendentu darbībās nav not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, un pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1A52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106AF3" w:rsidP="00A455BB" w14:paraId="488BC11E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5B86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tehniskajam piedāvājumam pilnībā jāatbilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00A63993">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>šajā k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00D8674E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ārtībā norādītajām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasībām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00881D9E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0029002E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īstenojamo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00F8421B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="008656D5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programmu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0029002E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sara</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0029002E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kstam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidP="00AF5B86" w14:paraId="347C870C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidP="00AF5B86" w14:paraId="2855A776" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>III. Piedāvājum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vērtēšana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidP="00AF5B86" w14:paraId="79061402" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidP="00A455BB" w14:paraId="793A8F21" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Piedāvājum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vērtēšana</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kārtīb</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003479C0" w:rsidP="003479C0" w14:paraId="5691CF4F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija vērtē pretendenta atbilstību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>šīs kārtības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12.5. un 12.6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425E31">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakšpunktam:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003479C0" w:rsidRPr="008273F4" w:rsidP="003479C0" w14:paraId="32CB0050" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pārbauda, vai pretendenta piedāvājums nav svītrots no izglītības piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties valsts valodas izglītības programmu īstenošanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003479C0" w:rsidRPr="008273F4" w:rsidP="003479C0" w14:paraId="30D7C525" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda, vai pretendenta piedāvājums nav </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iekļauts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>aktuālajā izglītības piedāvājumu sarakstā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidRPr="00AF5B86" w:rsidP="00A455BB" w14:paraId="60B2EC3D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4BFA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtē pretendenta piedāvājuma noformējuma atbilstību šīs kārtības prasībām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidP="00A455BB" w14:paraId="4B1DCB28" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5B86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija vērtē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumentu atbilstību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="004E22DD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šīs kārtības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>prasībām:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D012B1" w:rsidRPr="008273F4" w:rsidP="00A455BB" w14:paraId="5107A60E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00D14952">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija pā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00EA281C">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rbauda, vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents atbilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00D93A47">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šīs kārtības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00751F60">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="001E56F2">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodaļā noteiktajiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0098772A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atlases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kritērijiem un ir iesniedzis visus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00EA281C">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šīs kārtības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00331613">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="005241CE">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dokumentus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidRPr="000C61C9" w:rsidP="000C61C9" w14:paraId="2D7A4FD6" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta atbilstību šīs kārtības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="006B4F63">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="009A573F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00CD28D7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00142073">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="006B4F63">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00142073">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="0091487A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakšpunktam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="00F22CA0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="004547B8">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="006B4F63">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004547B8">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004547B8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktam (ja attiecināms) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="005357FD">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija pārliecinās, pārbaudot informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004B5275">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaudot Izglītības kvalitātes valsts dienesta reģistrā, proti,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004020B6">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Valsts izglītības informācijas sistēmā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004B5275">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (skatīt www.viis.gov.lv)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF5B86" w:rsidP="00A455BB" w14:paraId="48559C09" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03BC6" w:rsidR="004D4543">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija vērtē </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4543">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03BC6" w:rsidR="004D4543">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retende</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4543">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nta atbilstību šīs kārtības </w:t>
+      </w:r>
+      <w:r w:rsidR="00225E73">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00225E73">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85DAE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00225E73">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5DC8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000204C3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>12.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15E01">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253E76" w:rsidR="00253E76">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktam </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00264DA6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006B4F63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03BC6" w:rsidR="004D4543">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktam:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E52512" w:rsidRPr="008273F4" w:rsidP="00A455BB" w14:paraId="174FD033" w14:textId="538961D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pārbauda pretendenta atbilstību šīs kārtības 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktam, pieprasot informāciju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>AA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="001E269E">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="008E37DC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdējā gada periodu līdz pieteikuma iesniegšanas termiņa noslēguma dienai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00086E11" w:rsidRPr="008273F4" w:rsidP="00A455BB" w14:paraId="6BF30094" w14:textId="587A574E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk46388608"/>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pārbauda, vai uz p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u neattiecas neviens no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Publisko iepirkumu likuma 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00F22CA0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00F22CA0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00F22CA0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>minētajiem izslēgšanas noteikumiem</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk41645789"/>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un ir ievēroti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00AE3B0D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publisko iepirkumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>likuma 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ceturtās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>daļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktie termiņi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:i/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7B3A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00834120" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="6AE9D3A5" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk86100861"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk46388715"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, pārstāvēttiesīgo personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      </w:r>
+      <w:r w:rsidR="00837F91">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="000C61C9" w14:paraId="276961BF" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam izglītības piedāvājumu sarakstam un šīs kārtības </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktajiem kritērijie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>m;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003746BE" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="10D79928" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00E222A4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija izslēdz pretendenta pieteikumu no dalības vērtēšanā gadījumā, ja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F10C4B" w14:paraId="3A1B52EC" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10C4B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F10C4B" w14:paraId="4548F4D6" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10C4B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nav iesniegts kāds no šajā kārtībā norādītajiem dokumentiem, vai to saturs neatbilst šīs kārtības prasībām, kā arī, ja tiek konstatēta pretendenta neatbilstība šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E222A4" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="1AE58C10" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00621E3F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publiskā iepirkuma likuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>42.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otrās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E222A4" w:rsidP="00E571E8" w14:paraId="733AFEE0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:i/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E222A4" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="6DA1B821" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="003746BE">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pasākumu īstenošanas nosacījumus un ir izslēgts no izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="0056584A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izglītības iestādei ir aizliegts atkārtoti pieteikties pasākumu īstenošanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0047790D" w:rsidRPr="0047790D" w:rsidP="00711055" w14:paraId="7021AFBD" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents ir iekļauts aktuālajā izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidR="00837F91">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="0047790D" w:rsidRPr="003E6AA7" w:rsidP="00711055" w14:paraId="575FD946" w14:textId="28DC0146">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rodas situācija, ka, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izvērtējot pieteikumu, komisijai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šaubas par iesnieg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="002E3494">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā dokumenta atbilstību šīs kārtības prasībām,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komisija ir lūg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>usi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretendentu skaidrot attiecīgo dokumentu vai informāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE698A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents norādītajā termiņā, kas nav īsāks par trīs darbdienām pēc informācijas nosūtīšanas, nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājumu pēc būtības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0047790D" w:rsidP="003E6AA7" w14:paraId="131F36C3" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6AA7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija, pārbaudot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00E52512">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>konstatē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ka tās neatbilst patiesībai.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_Hlk52539693"/>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="003E6AA7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F10C4B" w:rsidP="00264DA6" w14:paraId="2F8492A2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00235829">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk134698066"/>
+      <w:r w:rsidRPr="004960A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004960A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00235829">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pantā vai Komisijas regulas (EU) 2022/576 </w:t>
+      </w:r>
+      <w:r w:rsidR="00264DA6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00235829">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.l panta 1. punktā noteiktajam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000911E1" w:rsidP="004B5275" w14:paraId="0BFA28BF" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456D86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisija </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6AA7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosūta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456D86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456D86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456D86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta iekļaušanu vai neiekļaušanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456D86" w:rsidR="008214A8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456D86">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakstā piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="000911E1" w:rsidRPr="0077420A" w:rsidP="009520E2" w14:paraId="16F9DD57" w14:textId="25224DEB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk206426478"/>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="009520E2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut izglītības piedāvājumu sarakstā, </w:t>
+      </w:r>
+      <w:r w:rsidR="009520E2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu komisija pagarina administratīvā akta izdošanas termiņu par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretend</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000911E1" w:rsidP="009520E2" w14:paraId="2908809C" w14:textId="0083935D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk206426508"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendents </w:t>
+      </w:r>
+      <w:r w:rsidR="009520E2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijas lēmumu var apstrīdēt Aģentūras direktoram viena mēneša laikā no lēmuma spēkā stāšan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A00D1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ās dienas, iesniedzot rakstveida iesniegumu.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00087089" w:rsidRPr="004B5275" w:rsidP="009520E2" w14:paraId="53CA7F84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk128042138"/>
+      <w:r w:rsidRPr="00CB7EF2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907BDF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Par šādu Aģentūras lēmumu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB7EF2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907BDF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:sectPr w:rsidSect="00064FF9">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="851" w:bottom="1134" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
-[...2 lines deleted...]
-      <w:docGrid w:linePitch="326"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="680" w:footer="567" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F077CF" w14:paraId="05F0B229" w14:textId="77777777">
+  <w:p w:rsidR="00CF5DC8" w:rsidP="00FE28D0" w14:paraId="051DCFFA" w14:textId="79B580AD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-    </w:pPr>
-[...43 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00FD55C3" w:rsidR="00FD55C3">
       <w:rPr>
-        <w:color w:val="C45911"/>
-[...7 lines deleted...]
-        <w:sz w:val="18"/>
+        <w:noProof/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...3 lines deleted...]
-      <w:t>.pielikums_</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00DD7737">
-[...5 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w:rsidR="00CF5DC8" w14:paraId="63C05906" w14:textId="77777777"/>
+  <w:p w:rsidR="004D73BD" w14:paraId="652425A7" w14:textId="20C592C4"/>
+  <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
       <w:rPr>
-        <w:color w:val="C45911"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">.versija </w:t>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
-    <w:r w:rsidRPr="00DD7737" w:rsidR="00DD7737">
-[...12 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F077CF" w:rsidRPr="00C62D20" w:rsidP="00BF1A49" w14:paraId="5C9B5F88" w14:textId="77777777">
-[...15 lines deleted...]
-      <w:t>*Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
+  <w:p w:rsidR="00CF5DC8" w14:paraId="4B789287" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F077CF" w:rsidRPr="00C62D20" w:rsidP="00BF1A49" w14:paraId="4FACD120" w14:textId="5FF1E0BF">
-[...57 lines deleted...]
-      <w:t>Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. aprīļa.</w:t>
+  <w:p w:rsidR="00CF5DC8" w14:paraId="6B9A19B6" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="5"/>
-  <w:p w:rsidR="00F077CF" w:rsidP="00F077CF" w14:paraId="06A514E6" w14:textId="1E4C7DCF">
+  <w:p w:rsidR="004D73BD" w14:paraId="11D93EB3" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:color w:val="C45911"/>
-        <w:sz w:val="18"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.14.2_35.pielikums_</w:t>
-[...22 lines deleted...]
-      <w:t>14.03.2025.</w:t>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F077CF" w14:paraId="33DFA7F8" w14:textId="77777777">
-[...3 lines deleted...]
-  </w:p>
 </w:ftr>
-</file>
-[...97 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0115384E"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="6204CE48"/>
+    <w:nsid w:val="3D5654EB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EE76CC38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2292" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2292" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3414" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2652" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3012" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3012" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3372" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3372" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3732" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="4F91284F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F7661E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1781" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="56C220AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E8AF5F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4604" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="6764" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="637131EA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="68E867FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="841A6FBC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="76B662DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93B6310C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00857BAB"/>
-[...70 lines deleted...]
-    <w:rsid w:val="00FD07E1"/>
+    <w:rsidRoot w:val="00581993"/>
+    <w:rsid w:val="000028B8"/>
+    <w:rsid w:val="00003086"/>
+    <w:rsid w:val="00010645"/>
+    <w:rsid w:val="00011669"/>
+    <w:rsid w:val="00011836"/>
+    <w:rsid w:val="000119F9"/>
+    <w:rsid w:val="00012DC0"/>
+    <w:rsid w:val="0001416D"/>
+    <w:rsid w:val="000142CA"/>
+    <w:rsid w:val="0001463F"/>
+    <w:rsid w:val="00015C4C"/>
+    <w:rsid w:val="000204C3"/>
+    <w:rsid w:val="00020CA4"/>
+    <w:rsid w:val="00020F33"/>
+    <w:rsid w:val="000216DB"/>
+    <w:rsid w:val="00021B9B"/>
+    <w:rsid w:val="00021F9C"/>
+    <w:rsid w:val="00023307"/>
+    <w:rsid w:val="000244E0"/>
+    <w:rsid w:val="00024AB5"/>
+    <w:rsid w:val="00024AE8"/>
+    <w:rsid w:val="00027C2B"/>
+    <w:rsid w:val="00027CD6"/>
+    <w:rsid w:val="00034210"/>
+    <w:rsid w:val="0003446D"/>
+    <w:rsid w:val="000428C7"/>
+    <w:rsid w:val="00042DE6"/>
+    <w:rsid w:val="0004483A"/>
+    <w:rsid w:val="000448CB"/>
+    <w:rsid w:val="00047E60"/>
+    <w:rsid w:val="000505B7"/>
+    <w:rsid w:val="00054790"/>
+    <w:rsid w:val="000560FB"/>
+    <w:rsid w:val="00060251"/>
+    <w:rsid w:val="00060952"/>
+    <w:rsid w:val="00061896"/>
+    <w:rsid w:val="00064FF9"/>
+    <w:rsid w:val="00065A8D"/>
+    <w:rsid w:val="00070589"/>
+    <w:rsid w:val="00070C40"/>
+    <w:rsid w:val="0007372A"/>
+    <w:rsid w:val="00075400"/>
+    <w:rsid w:val="00083775"/>
+    <w:rsid w:val="00083DE0"/>
+    <w:rsid w:val="00084D7E"/>
+    <w:rsid w:val="00086E11"/>
+    <w:rsid w:val="00087089"/>
+    <w:rsid w:val="000911E1"/>
+    <w:rsid w:val="00092454"/>
+    <w:rsid w:val="0009479E"/>
+    <w:rsid w:val="0009668B"/>
+    <w:rsid w:val="000A1183"/>
+    <w:rsid w:val="000A42C9"/>
+    <w:rsid w:val="000A6626"/>
+    <w:rsid w:val="000A69F3"/>
+    <w:rsid w:val="000B085B"/>
+    <w:rsid w:val="000B39C7"/>
+    <w:rsid w:val="000B469E"/>
+    <w:rsid w:val="000C2274"/>
+    <w:rsid w:val="000C2598"/>
+    <w:rsid w:val="000C3867"/>
+    <w:rsid w:val="000C4090"/>
+    <w:rsid w:val="000C61C9"/>
+    <w:rsid w:val="000D2A49"/>
+    <w:rsid w:val="000D2BCA"/>
+    <w:rsid w:val="000D390F"/>
+    <w:rsid w:val="000D63E6"/>
+    <w:rsid w:val="000E325A"/>
+    <w:rsid w:val="000E635F"/>
+    <w:rsid w:val="000E7BEE"/>
+    <w:rsid w:val="000E7EFD"/>
+    <w:rsid w:val="000F06A3"/>
+    <w:rsid w:val="000F1058"/>
+    <w:rsid w:val="000F58FD"/>
+    <w:rsid w:val="00100965"/>
+    <w:rsid w:val="0010614B"/>
+    <w:rsid w:val="00106AF3"/>
+    <w:rsid w:val="00111BBB"/>
+    <w:rsid w:val="00115E2A"/>
+    <w:rsid w:val="0012474D"/>
+    <w:rsid w:val="00125683"/>
+    <w:rsid w:val="00125DE5"/>
+    <w:rsid w:val="00127DFE"/>
+    <w:rsid w:val="0013021B"/>
+    <w:rsid w:val="0013122D"/>
+    <w:rsid w:val="00131D33"/>
+    <w:rsid w:val="00131F2A"/>
+    <w:rsid w:val="001352B7"/>
+    <w:rsid w:val="00136FAF"/>
+    <w:rsid w:val="001407A2"/>
+    <w:rsid w:val="0014191D"/>
+    <w:rsid w:val="00142073"/>
+    <w:rsid w:val="001420FB"/>
+    <w:rsid w:val="00142152"/>
+    <w:rsid w:val="0014219A"/>
+    <w:rsid w:val="00142BFF"/>
+    <w:rsid w:val="00143A7E"/>
+    <w:rsid w:val="00144009"/>
+    <w:rsid w:val="00145408"/>
+    <w:rsid w:val="001503D8"/>
+    <w:rsid w:val="0015467A"/>
+    <w:rsid w:val="0016571F"/>
+    <w:rsid w:val="00167A0B"/>
+    <w:rsid w:val="00170A65"/>
+    <w:rsid w:val="00172335"/>
+    <w:rsid w:val="0017249F"/>
+    <w:rsid w:val="00174355"/>
+    <w:rsid w:val="001746BA"/>
+    <w:rsid w:val="00175C00"/>
+    <w:rsid w:val="00177F0A"/>
+    <w:rsid w:val="001814E4"/>
+    <w:rsid w:val="00181EE4"/>
+    <w:rsid w:val="00185636"/>
+    <w:rsid w:val="00185FA8"/>
+    <w:rsid w:val="0018652D"/>
+    <w:rsid w:val="00187504"/>
+    <w:rsid w:val="00194779"/>
+    <w:rsid w:val="00195561"/>
+    <w:rsid w:val="00196E6B"/>
+    <w:rsid w:val="001A3265"/>
+    <w:rsid w:val="001A3534"/>
+    <w:rsid w:val="001A555B"/>
+    <w:rsid w:val="001A5AF2"/>
+    <w:rsid w:val="001B0C0A"/>
+    <w:rsid w:val="001C2AEE"/>
+    <w:rsid w:val="001C6282"/>
+    <w:rsid w:val="001D03BE"/>
+    <w:rsid w:val="001D3AB3"/>
+    <w:rsid w:val="001D59BD"/>
+    <w:rsid w:val="001D5B50"/>
+    <w:rsid w:val="001E0ED0"/>
+    <w:rsid w:val="001E1CE8"/>
+    <w:rsid w:val="001E269E"/>
+    <w:rsid w:val="001E2899"/>
+    <w:rsid w:val="001E56F2"/>
+    <w:rsid w:val="001E5785"/>
+    <w:rsid w:val="001F0EEB"/>
+    <w:rsid w:val="001F2746"/>
+    <w:rsid w:val="001F5B63"/>
+    <w:rsid w:val="001F5ECF"/>
+    <w:rsid w:val="001F7636"/>
+    <w:rsid w:val="00202D4A"/>
+    <w:rsid w:val="00203F6F"/>
+    <w:rsid w:val="00204044"/>
+    <w:rsid w:val="00204199"/>
+    <w:rsid w:val="00206302"/>
+    <w:rsid w:val="002212E8"/>
+    <w:rsid w:val="00222204"/>
+    <w:rsid w:val="00225E73"/>
+    <w:rsid w:val="002353CA"/>
+    <w:rsid w:val="002355BA"/>
+    <w:rsid w:val="00235829"/>
+    <w:rsid w:val="0023596C"/>
+    <w:rsid w:val="0025009F"/>
+    <w:rsid w:val="00250C19"/>
+    <w:rsid w:val="00251B2A"/>
+    <w:rsid w:val="00253798"/>
+    <w:rsid w:val="00253E76"/>
+    <w:rsid w:val="00255337"/>
+    <w:rsid w:val="00255DDB"/>
+    <w:rsid w:val="00257135"/>
+    <w:rsid w:val="00260019"/>
+    <w:rsid w:val="002613F0"/>
+    <w:rsid w:val="00264DA6"/>
+    <w:rsid w:val="00266A35"/>
+    <w:rsid w:val="00266C07"/>
+    <w:rsid w:val="00275300"/>
+    <w:rsid w:val="0027559C"/>
+    <w:rsid w:val="00276C89"/>
+    <w:rsid w:val="002803EC"/>
+    <w:rsid w:val="00281637"/>
+    <w:rsid w:val="002829CE"/>
+    <w:rsid w:val="00287BBC"/>
+    <w:rsid w:val="0029002E"/>
+    <w:rsid w:val="00291A49"/>
+    <w:rsid w:val="002924BD"/>
+    <w:rsid w:val="00294561"/>
+    <w:rsid w:val="002975B4"/>
+    <w:rsid w:val="002A0EFB"/>
+    <w:rsid w:val="002A29A0"/>
+    <w:rsid w:val="002A3D47"/>
+    <w:rsid w:val="002A5B4C"/>
+    <w:rsid w:val="002B52A4"/>
+    <w:rsid w:val="002B5D11"/>
+    <w:rsid w:val="002C0B95"/>
+    <w:rsid w:val="002C2BDE"/>
+    <w:rsid w:val="002C763D"/>
+    <w:rsid w:val="002D080B"/>
+    <w:rsid w:val="002D11F2"/>
+    <w:rsid w:val="002D1CE1"/>
+    <w:rsid w:val="002D4AD3"/>
+    <w:rsid w:val="002E24D0"/>
+    <w:rsid w:val="002E3494"/>
+    <w:rsid w:val="002F0506"/>
+    <w:rsid w:val="002F1256"/>
+    <w:rsid w:val="002F7D67"/>
+    <w:rsid w:val="00301E31"/>
+    <w:rsid w:val="00303B62"/>
+    <w:rsid w:val="003065E3"/>
+    <w:rsid w:val="003073D0"/>
+    <w:rsid w:val="00311D15"/>
+    <w:rsid w:val="00313C15"/>
+    <w:rsid w:val="00313D23"/>
+    <w:rsid w:val="00315104"/>
+    <w:rsid w:val="003160ED"/>
+    <w:rsid w:val="00316880"/>
+    <w:rsid w:val="00317E92"/>
+    <w:rsid w:val="00320E68"/>
+    <w:rsid w:val="003211B7"/>
+    <w:rsid w:val="00326ACC"/>
+    <w:rsid w:val="00327129"/>
+    <w:rsid w:val="003272F9"/>
+    <w:rsid w:val="0032758F"/>
+    <w:rsid w:val="00331613"/>
+    <w:rsid w:val="00334AD8"/>
+    <w:rsid w:val="00334C84"/>
+    <w:rsid w:val="00337968"/>
+    <w:rsid w:val="00337AEA"/>
+    <w:rsid w:val="00337DD8"/>
+    <w:rsid w:val="00340C9C"/>
+    <w:rsid w:val="003437A4"/>
+    <w:rsid w:val="00343BF9"/>
+    <w:rsid w:val="003479C0"/>
+    <w:rsid w:val="00355708"/>
+    <w:rsid w:val="00357203"/>
+    <w:rsid w:val="00360424"/>
+    <w:rsid w:val="00360DBB"/>
+    <w:rsid w:val="0036126D"/>
+    <w:rsid w:val="00361EB0"/>
+    <w:rsid w:val="003627E5"/>
+    <w:rsid w:val="003631A1"/>
+    <w:rsid w:val="00371386"/>
+    <w:rsid w:val="00373EB5"/>
+    <w:rsid w:val="003746BE"/>
+    <w:rsid w:val="003748D9"/>
+    <w:rsid w:val="00375F9A"/>
+    <w:rsid w:val="00376065"/>
+    <w:rsid w:val="003819C2"/>
+    <w:rsid w:val="00382352"/>
+    <w:rsid w:val="00382DD8"/>
+    <w:rsid w:val="00383462"/>
+    <w:rsid w:val="00385148"/>
+    <w:rsid w:val="00394EAE"/>
+    <w:rsid w:val="003A0500"/>
+    <w:rsid w:val="003A0524"/>
+    <w:rsid w:val="003A5A64"/>
+    <w:rsid w:val="003A5D97"/>
+    <w:rsid w:val="003A6A41"/>
+    <w:rsid w:val="003A6C1F"/>
+    <w:rsid w:val="003B1DFE"/>
+    <w:rsid w:val="003B5958"/>
+    <w:rsid w:val="003B6888"/>
+    <w:rsid w:val="003C2053"/>
+    <w:rsid w:val="003C225E"/>
+    <w:rsid w:val="003C5AE3"/>
+    <w:rsid w:val="003D5199"/>
+    <w:rsid w:val="003D5697"/>
+    <w:rsid w:val="003E6AA7"/>
+    <w:rsid w:val="003F1CCC"/>
+    <w:rsid w:val="003F3C63"/>
+    <w:rsid w:val="003F4FA5"/>
+    <w:rsid w:val="004020B6"/>
+    <w:rsid w:val="0040342B"/>
+    <w:rsid w:val="004045D0"/>
+    <w:rsid w:val="004046E6"/>
+    <w:rsid w:val="00407F09"/>
+    <w:rsid w:val="00410829"/>
+    <w:rsid w:val="0041316A"/>
+    <w:rsid w:val="004151CD"/>
+    <w:rsid w:val="00416797"/>
+    <w:rsid w:val="0042317C"/>
+    <w:rsid w:val="004234A3"/>
+    <w:rsid w:val="00424F9F"/>
+    <w:rsid w:val="0042515F"/>
+    <w:rsid w:val="0042554B"/>
+    <w:rsid w:val="00425E31"/>
+    <w:rsid w:val="00426840"/>
+    <w:rsid w:val="00430F95"/>
+    <w:rsid w:val="00431551"/>
+    <w:rsid w:val="00431734"/>
+    <w:rsid w:val="0043236C"/>
+    <w:rsid w:val="0043279A"/>
+    <w:rsid w:val="0043393B"/>
+    <w:rsid w:val="00433B87"/>
+    <w:rsid w:val="00434002"/>
+    <w:rsid w:val="00436930"/>
+    <w:rsid w:val="0043726F"/>
+    <w:rsid w:val="00437757"/>
+    <w:rsid w:val="00441ED3"/>
+    <w:rsid w:val="00443F1D"/>
+    <w:rsid w:val="004445B9"/>
+    <w:rsid w:val="00445917"/>
+    <w:rsid w:val="004476C2"/>
+    <w:rsid w:val="004500E4"/>
+    <w:rsid w:val="004501DB"/>
+    <w:rsid w:val="004515DA"/>
+    <w:rsid w:val="004547B8"/>
+    <w:rsid w:val="004555E8"/>
+    <w:rsid w:val="00456D86"/>
+    <w:rsid w:val="004604AB"/>
+    <w:rsid w:val="00461D27"/>
+    <w:rsid w:val="00462FD9"/>
+    <w:rsid w:val="00472085"/>
+    <w:rsid w:val="00476997"/>
+    <w:rsid w:val="00476D80"/>
+    <w:rsid w:val="0047790D"/>
+    <w:rsid w:val="00481627"/>
+    <w:rsid w:val="00484389"/>
+    <w:rsid w:val="00484D1E"/>
+    <w:rsid w:val="0048579D"/>
+    <w:rsid w:val="00487541"/>
+    <w:rsid w:val="00487542"/>
+    <w:rsid w:val="0049284B"/>
+    <w:rsid w:val="004960A4"/>
+    <w:rsid w:val="004961FE"/>
+    <w:rsid w:val="0049649E"/>
+    <w:rsid w:val="00496D54"/>
+    <w:rsid w:val="004A45D8"/>
+    <w:rsid w:val="004A544E"/>
+    <w:rsid w:val="004A6CD7"/>
+    <w:rsid w:val="004A739C"/>
+    <w:rsid w:val="004B5275"/>
+    <w:rsid w:val="004B5319"/>
+    <w:rsid w:val="004C1DBE"/>
+    <w:rsid w:val="004C2746"/>
+    <w:rsid w:val="004C5C6A"/>
+    <w:rsid w:val="004C7262"/>
+    <w:rsid w:val="004C73FE"/>
+    <w:rsid w:val="004D4543"/>
+    <w:rsid w:val="004D5017"/>
+    <w:rsid w:val="004D5AD9"/>
+    <w:rsid w:val="004D6E7A"/>
+    <w:rsid w:val="004D73BD"/>
+    <w:rsid w:val="004E1D57"/>
+    <w:rsid w:val="004E22DD"/>
+    <w:rsid w:val="004E23B3"/>
+    <w:rsid w:val="004E280E"/>
+    <w:rsid w:val="004E5103"/>
+    <w:rsid w:val="004E527E"/>
+    <w:rsid w:val="004E58CA"/>
+    <w:rsid w:val="004F1AC8"/>
+    <w:rsid w:val="004F2674"/>
+    <w:rsid w:val="004F415E"/>
+    <w:rsid w:val="004F5952"/>
+    <w:rsid w:val="004F70D7"/>
+    <w:rsid w:val="004F7ADA"/>
+    <w:rsid w:val="005037ED"/>
+    <w:rsid w:val="00507F16"/>
+    <w:rsid w:val="00511292"/>
+    <w:rsid w:val="00512757"/>
+    <w:rsid w:val="005128B4"/>
+    <w:rsid w:val="00513B76"/>
+    <w:rsid w:val="00513CF8"/>
+    <w:rsid w:val="00514B80"/>
+    <w:rsid w:val="00520230"/>
+    <w:rsid w:val="0052059A"/>
+    <w:rsid w:val="00521A95"/>
+    <w:rsid w:val="00521E07"/>
+    <w:rsid w:val="00521EEB"/>
+    <w:rsid w:val="00523E1E"/>
+    <w:rsid w:val="005241CE"/>
+    <w:rsid w:val="0052564A"/>
+    <w:rsid w:val="00533232"/>
+    <w:rsid w:val="005357FD"/>
+    <w:rsid w:val="005433F2"/>
+    <w:rsid w:val="005438CB"/>
+    <w:rsid w:val="00544610"/>
+    <w:rsid w:val="0054631B"/>
+    <w:rsid w:val="00546E30"/>
+    <w:rsid w:val="005476B2"/>
+    <w:rsid w:val="005502EE"/>
+    <w:rsid w:val="005519C9"/>
+    <w:rsid w:val="00552B3B"/>
+    <w:rsid w:val="00557BEB"/>
+    <w:rsid w:val="00561E16"/>
+    <w:rsid w:val="00562BC0"/>
+    <w:rsid w:val="00563B05"/>
+    <w:rsid w:val="00563B33"/>
+    <w:rsid w:val="00564927"/>
+    <w:rsid w:val="0056584A"/>
+    <w:rsid w:val="00565929"/>
+    <w:rsid w:val="00565E9E"/>
+    <w:rsid w:val="00566CAC"/>
+    <w:rsid w:val="00567F42"/>
+    <w:rsid w:val="00571C96"/>
+    <w:rsid w:val="00572990"/>
+    <w:rsid w:val="005734D5"/>
+    <w:rsid w:val="00573C1A"/>
+    <w:rsid w:val="00574188"/>
+    <w:rsid w:val="005752F4"/>
+    <w:rsid w:val="0057561F"/>
+    <w:rsid w:val="00576343"/>
+    <w:rsid w:val="00576F6F"/>
+    <w:rsid w:val="00577923"/>
+    <w:rsid w:val="00581993"/>
+    <w:rsid w:val="0058288B"/>
+    <w:rsid w:val="005831C7"/>
+    <w:rsid w:val="00584DC3"/>
+    <w:rsid w:val="005854D8"/>
+    <w:rsid w:val="00585E95"/>
+    <w:rsid w:val="005867F1"/>
+    <w:rsid w:val="00593B91"/>
+    <w:rsid w:val="00595AEA"/>
+    <w:rsid w:val="00595D1E"/>
+    <w:rsid w:val="00595EC0"/>
+    <w:rsid w:val="00597FC6"/>
+    <w:rsid w:val="005A0174"/>
+    <w:rsid w:val="005A23AD"/>
+    <w:rsid w:val="005A7205"/>
+    <w:rsid w:val="005A7DE9"/>
+    <w:rsid w:val="005B2144"/>
+    <w:rsid w:val="005B5195"/>
+    <w:rsid w:val="005B763C"/>
+    <w:rsid w:val="005B7721"/>
+    <w:rsid w:val="005C21E4"/>
+    <w:rsid w:val="005C517E"/>
+    <w:rsid w:val="005C6B53"/>
+    <w:rsid w:val="005C7B3A"/>
+    <w:rsid w:val="005C7FD0"/>
+    <w:rsid w:val="005D23B3"/>
+    <w:rsid w:val="005E11FD"/>
+    <w:rsid w:val="005E13DC"/>
+    <w:rsid w:val="005E67C0"/>
+    <w:rsid w:val="005F45EC"/>
+    <w:rsid w:val="005F61BC"/>
+    <w:rsid w:val="005F7046"/>
+    <w:rsid w:val="00602B56"/>
+    <w:rsid w:val="00605CDE"/>
+    <w:rsid w:val="00607387"/>
+    <w:rsid w:val="00607967"/>
+    <w:rsid w:val="00612C11"/>
+    <w:rsid w:val="00612EFC"/>
+    <w:rsid w:val="00615819"/>
+    <w:rsid w:val="00615ADE"/>
+    <w:rsid w:val="00616E61"/>
+    <w:rsid w:val="00621E3F"/>
+    <w:rsid w:val="006226CB"/>
+    <w:rsid w:val="00626B69"/>
+    <w:rsid w:val="00630DF2"/>
+    <w:rsid w:val="00632204"/>
+    <w:rsid w:val="0063445A"/>
+    <w:rsid w:val="00635100"/>
+    <w:rsid w:val="006354C7"/>
+    <w:rsid w:val="006376CF"/>
+    <w:rsid w:val="00646D8C"/>
+    <w:rsid w:val="006508A1"/>
+    <w:rsid w:val="00652180"/>
+    <w:rsid w:val="00652799"/>
+    <w:rsid w:val="00653298"/>
+    <w:rsid w:val="00654336"/>
+    <w:rsid w:val="00654462"/>
+    <w:rsid w:val="0065456F"/>
+    <w:rsid w:val="00656A4D"/>
+    <w:rsid w:val="0066016D"/>
+    <w:rsid w:val="00661C0C"/>
+    <w:rsid w:val="00665E68"/>
+    <w:rsid w:val="00670D08"/>
+    <w:rsid w:val="0067283D"/>
+    <w:rsid w:val="00673E1D"/>
+    <w:rsid w:val="00675CA9"/>
+    <w:rsid w:val="0067627C"/>
+    <w:rsid w:val="0067649B"/>
+    <w:rsid w:val="0068115C"/>
+    <w:rsid w:val="00683B21"/>
+    <w:rsid w:val="00687EBB"/>
+    <w:rsid w:val="006909D0"/>
+    <w:rsid w:val="00691733"/>
+    <w:rsid w:val="0069285C"/>
+    <w:rsid w:val="0069374C"/>
+    <w:rsid w:val="00693EBF"/>
+    <w:rsid w:val="00697163"/>
+    <w:rsid w:val="0069741D"/>
+    <w:rsid w:val="006A1260"/>
+    <w:rsid w:val="006A35DA"/>
+    <w:rsid w:val="006A6A94"/>
+    <w:rsid w:val="006B2BB4"/>
+    <w:rsid w:val="006B4C53"/>
+    <w:rsid w:val="006B4F63"/>
+    <w:rsid w:val="006B59D1"/>
+    <w:rsid w:val="006B730B"/>
+    <w:rsid w:val="006C2773"/>
+    <w:rsid w:val="006C3A43"/>
+    <w:rsid w:val="006C7C94"/>
+    <w:rsid w:val="006D0318"/>
+    <w:rsid w:val="006D068E"/>
+    <w:rsid w:val="006D1178"/>
+    <w:rsid w:val="006E4E80"/>
+    <w:rsid w:val="0070349C"/>
+    <w:rsid w:val="00703FBC"/>
+    <w:rsid w:val="0070449F"/>
+    <w:rsid w:val="007045C9"/>
+    <w:rsid w:val="007062E9"/>
+    <w:rsid w:val="00707906"/>
+    <w:rsid w:val="00711055"/>
+    <w:rsid w:val="007129AE"/>
+    <w:rsid w:val="00712B65"/>
+    <w:rsid w:val="007137C2"/>
+    <w:rsid w:val="007168CE"/>
+    <w:rsid w:val="007232DE"/>
+    <w:rsid w:val="00726810"/>
+    <w:rsid w:val="00732B11"/>
+    <w:rsid w:val="00732D45"/>
+    <w:rsid w:val="00733255"/>
+    <w:rsid w:val="00735C1E"/>
+    <w:rsid w:val="007360F3"/>
+    <w:rsid w:val="00737CFA"/>
+    <w:rsid w:val="007429B8"/>
+    <w:rsid w:val="00742D36"/>
+    <w:rsid w:val="00744BBC"/>
+    <w:rsid w:val="00745CA8"/>
+    <w:rsid w:val="00745E28"/>
+    <w:rsid w:val="00745F99"/>
+    <w:rsid w:val="00751F60"/>
+    <w:rsid w:val="00753CF4"/>
+    <w:rsid w:val="00755242"/>
+    <w:rsid w:val="00755920"/>
+    <w:rsid w:val="00756622"/>
+    <w:rsid w:val="007622D0"/>
+    <w:rsid w:val="0076342A"/>
+    <w:rsid w:val="007657A7"/>
+    <w:rsid w:val="007661D1"/>
+    <w:rsid w:val="0077420A"/>
+    <w:rsid w:val="00790091"/>
+    <w:rsid w:val="007A00D1"/>
+    <w:rsid w:val="007A71B2"/>
+    <w:rsid w:val="007B1080"/>
+    <w:rsid w:val="007B2215"/>
+    <w:rsid w:val="007B2B66"/>
+    <w:rsid w:val="007B327D"/>
+    <w:rsid w:val="007B5B1E"/>
+    <w:rsid w:val="007B7CF6"/>
+    <w:rsid w:val="007C2F72"/>
+    <w:rsid w:val="007C3784"/>
+    <w:rsid w:val="007C4C7F"/>
+    <w:rsid w:val="007C585E"/>
+    <w:rsid w:val="007C67DC"/>
+    <w:rsid w:val="007D15D5"/>
+    <w:rsid w:val="007D1A95"/>
+    <w:rsid w:val="007D3994"/>
+    <w:rsid w:val="007D5912"/>
+    <w:rsid w:val="007E06E4"/>
+    <w:rsid w:val="007E29E3"/>
+    <w:rsid w:val="007E4FD4"/>
+    <w:rsid w:val="007E6FC3"/>
+    <w:rsid w:val="007E76B2"/>
+    <w:rsid w:val="007F0B41"/>
+    <w:rsid w:val="007F0C5C"/>
+    <w:rsid w:val="007F613B"/>
+    <w:rsid w:val="007F7ED2"/>
+    <w:rsid w:val="00800479"/>
+    <w:rsid w:val="008030B9"/>
+    <w:rsid w:val="0081262F"/>
+    <w:rsid w:val="00812CFE"/>
+    <w:rsid w:val="00813326"/>
+    <w:rsid w:val="00814D9B"/>
+    <w:rsid w:val="00820967"/>
+    <w:rsid w:val="00820F4A"/>
+    <w:rsid w:val="008214A8"/>
+    <w:rsid w:val="008273F4"/>
+    <w:rsid w:val="00830D4F"/>
+    <w:rsid w:val="0083349D"/>
+    <w:rsid w:val="00833B7B"/>
+    <w:rsid w:val="00834120"/>
+    <w:rsid w:val="0083562A"/>
+    <w:rsid w:val="00835F8B"/>
+    <w:rsid w:val="0083648D"/>
+    <w:rsid w:val="00837BB3"/>
+    <w:rsid w:val="00837F91"/>
+    <w:rsid w:val="00840435"/>
+    <w:rsid w:val="00841BC3"/>
+    <w:rsid w:val="00842DCF"/>
+    <w:rsid w:val="00843441"/>
+    <w:rsid w:val="00846DA9"/>
+    <w:rsid w:val="008473E0"/>
+    <w:rsid w:val="0084755C"/>
+    <w:rsid w:val="00850A89"/>
+    <w:rsid w:val="008518D4"/>
+    <w:rsid w:val="00854EE0"/>
+    <w:rsid w:val="00855DA7"/>
+    <w:rsid w:val="00856A75"/>
+    <w:rsid w:val="008575E5"/>
+    <w:rsid w:val="008579D3"/>
+    <w:rsid w:val="00857CF1"/>
+    <w:rsid w:val="008619D8"/>
+    <w:rsid w:val="00861EC4"/>
+    <w:rsid w:val="008655E0"/>
+    <w:rsid w:val="008656D5"/>
+    <w:rsid w:val="00867F05"/>
+    <w:rsid w:val="0087038C"/>
+    <w:rsid w:val="008717EA"/>
+    <w:rsid w:val="0087481C"/>
+    <w:rsid w:val="00876C5C"/>
+    <w:rsid w:val="0088053F"/>
+    <w:rsid w:val="00880EF7"/>
+    <w:rsid w:val="00881D9E"/>
+    <w:rsid w:val="008827B6"/>
+    <w:rsid w:val="00883A0F"/>
+    <w:rsid w:val="00884BB7"/>
+    <w:rsid w:val="008869C6"/>
+    <w:rsid w:val="00890873"/>
+    <w:rsid w:val="0089538E"/>
+    <w:rsid w:val="008A19DC"/>
+    <w:rsid w:val="008A1FFE"/>
+    <w:rsid w:val="008A3826"/>
+    <w:rsid w:val="008A395D"/>
+    <w:rsid w:val="008A45CE"/>
+    <w:rsid w:val="008A57D2"/>
+    <w:rsid w:val="008A64D1"/>
+    <w:rsid w:val="008A712B"/>
+    <w:rsid w:val="008A745D"/>
+    <w:rsid w:val="008B5263"/>
+    <w:rsid w:val="008C7ACB"/>
+    <w:rsid w:val="008C7D86"/>
+    <w:rsid w:val="008D041D"/>
+    <w:rsid w:val="008D0598"/>
+    <w:rsid w:val="008D112E"/>
+    <w:rsid w:val="008D16A2"/>
+    <w:rsid w:val="008D17FF"/>
+    <w:rsid w:val="008D1BAB"/>
+    <w:rsid w:val="008D48DF"/>
+    <w:rsid w:val="008E37DC"/>
+    <w:rsid w:val="008E4209"/>
+    <w:rsid w:val="008E5270"/>
+    <w:rsid w:val="008E57EB"/>
+    <w:rsid w:val="008E5C13"/>
+    <w:rsid w:val="008E6F38"/>
+    <w:rsid w:val="008F6726"/>
+    <w:rsid w:val="008F6B10"/>
+    <w:rsid w:val="00902E78"/>
+    <w:rsid w:val="00907BDF"/>
+    <w:rsid w:val="00910DA1"/>
+    <w:rsid w:val="0091487A"/>
+    <w:rsid w:val="009159CE"/>
+    <w:rsid w:val="00915E0A"/>
+    <w:rsid w:val="00916627"/>
+    <w:rsid w:val="00916C27"/>
+    <w:rsid w:val="009220CE"/>
+    <w:rsid w:val="009252E3"/>
+    <w:rsid w:val="00925958"/>
+    <w:rsid w:val="00926F03"/>
+    <w:rsid w:val="00930701"/>
+    <w:rsid w:val="00930892"/>
+    <w:rsid w:val="0093331E"/>
+    <w:rsid w:val="0093391A"/>
+    <w:rsid w:val="00935791"/>
+    <w:rsid w:val="00935CD3"/>
+    <w:rsid w:val="0094126D"/>
+    <w:rsid w:val="00941FAD"/>
+    <w:rsid w:val="009428A3"/>
+    <w:rsid w:val="009440EF"/>
+    <w:rsid w:val="0094411B"/>
+    <w:rsid w:val="009442CD"/>
+    <w:rsid w:val="00944EE9"/>
+    <w:rsid w:val="009510CA"/>
+    <w:rsid w:val="009520E2"/>
+    <w:rsid w:val="00952C56"/>
+    <w:rsid w:val="00954FC1"/>
+    <w:rsid w:val="00954FF4"/>
+    <w:rsid w:val="00957F25"/>
+    <w:rsid w:val="0096067A"/>
+    <w:rsid w:val="00960BD3"/>
+    <w:rsid w:val="00960E08"/>
+    <w:rsid w:val="00961438"/>
+    <w:rsid w:val="00961AAD"/>
+    <w:rsid w:val="009717DC"/>
+    <w:rsid w:val="009728C2"/>
+    <w:rsid w:val="00974433"/>
+    <w:rsid w:val="009765C0"/>
+    <w:rsid w:val="00977B39"/>
+    <w:rsid w:val="00984CEE"/>
+    <w:rsid w:val="009857B1"/>
+    <w:rsid w:val="00986FC1"/>
+    <w:rsid w:val="0098772A"/>
+    <w:rsid w:val="009924E3"/>
+    <w:rsid w:val="009931EE"/>
+    <w:rsid w:val="00993A97"/>
+    <w:rsid w:val="0099480E"/>
+    <w:rsid w:val="009968F9"/>
+    <w:rsid w:val="009A275D"/>
+    <w:rsid w:val="009A2955"/>
+    <w:rsid w:val="009A29D5"/>
+    <w:rsid w:val="009A37F4"/>
+    <w:rsid w:val="009A573F"/>
+    <w:rsid w:val="009A7756"/>
+    <w:rsid w:val="009B317F"/>
+    <w:rsid w:val="009B6055"/>
+    <w:rsid w:val="009B74FE"/>
+    <w:rsid w:val="009C1EB8"/>
+    <w:rsid w:val="009C4719"/>
+    <w:rsid w:val="009C628C"/>
+    <w:rsid w:val="009C72A6"/>
+    <w:rsid w:val="009D0194"/>
+    <w:rsid w:val="009D3ECE"/>
+    <w:rsid w:val="009E3B97"/>
+    <w:rsid w:val="009E3E3B"/>
+    <w:rsid w:val="009E43CC"/>
+    <w:rsid w:val="009E4A7D"/>
+    <w:rsid w:val="009E5730"/>
+    <w:rsid w:val="009F0AD8"/>
+    <w:rsid w:val="009F0B04"/>
+    <w:rsid w:val="009F2D69"/>
+    <w:rsid w:val="009F3092"/>
+    <w:rsid w:val="009F7342"/>
+    <w:rsid w:val="00A01520"/>
+    <w:rsid w:val="00A04E69"/>
+    <w:rsid w:val="00A0549D"/>
+    <w:rsid w:val="00A1388A"/>
+    <w:rsid w:val="00A15300"/>
+    <w:rsid w:val="00A16232"/>
+    <w:rsid w:val="00A16999"/>
+    <w:rsid w:val="00A17180"/>
+    <w:rsid w:val="00A207DE"/>
+    <w:rsid w:val="00A22B12"/>
+    <w:rsid w:val="00A25764"/>
+    <w:rsid w:val="00A262D0"/>
+    <w:rsid w:val="00A273D2"/>
+    <w:rsid w:val="00A30E5F"/>
+    <w:rsid w:val="00A3173A"/>
+    <w:rsid w:val="00A32620"/>
+    <w:rsid w:val="00A345B2"/>
+    <w:rsid w:val="00A34A7C"/>
+    <w:rsid w:val="00A35B8D"/>
+    <w:rsid w:val="00A42F2E"/>
+    <w:rsid w:val="00A43BE3"/>
+    <w:rsid w:val="00A4544C"/>
+    <w:rsid w:val="00A455BB"/>
+    <w:rsid w:val="00A46C2A"/>
+    <w:rsid w:val="00A478E2"/>
+    <w:rsid w:val="00A47951"/>
+    <w:rsid w:val="00A502B9"/>
+    <w:rsid w:val="00A52187"/>
+    <w:rsid w:val="00A60318"/>
+    <w:rsid w:val="00A60E80"/>
+    <w:rsid w:val="00A61030"/>
+    <w:rsid w:val="00A61DEA"/>
+    <w:rsid w:val="00A62698"/>
+    <w:rsid w:val="00A63993"/>
+    <w:rsid w:val="00A66A54"/>
+    <w:rsid w:val="00A70C7B"/>
+    <w:rsid w:val="00A72EC7"/>
+    <w:rsid w:val="00A73750"/>
+    <w:rsid w:val="00A762A3"/>
+    <w:rsid w:val="00A7736A"/>
+    <w:rsid w:val="00A80AAE"/>
+    <w:rsid w:val="00A80F26"/>
+    <w:rsid w:val="00A81D80"/>
+    <w:rsid w:val="00A85A7E"/>
+    <w:rsid w:val="00A90242"/>
+    <w:rsid w:val="00A90B97"/>
+    <w:rsid w:val="00A91B5C"/>
+    <w:rsid w:val="00A91E4C"/>
+    <w:rsid w:val="00A92BAF"/>
+    <w:rsid w:val="00A952E6"/>
+    <w:rsid w:val="00A96B46"/>
+    <w:rsid w:val="00AA1BE3"/>
+    <w:rsid w:val="00AB15EC"/>
+    <w:rsid w:val="00AB3DA2"/>
+    <w:rsid w:val="00AB443F"/>
+    <w:rsid w:val="00AB54C1"/>
+    <w:rsid w:val="00AB565A"/>
+    <w:rsid w:val="00AB580F"/>
+    <w:rsid w:val="00AB6C63"/>
+    <w:rsid w:val="00AB7FA3"/>
+    <w:rsid w:val="00AC1BB1"/>
+    <w:rsid w:val="00AC1EE2"/>
+    <w:rsid w:val="00AC3C71"/>
+    <w:rsid w:val="00AC4B10"/>
+    <w:rsid w:val="00AC643F"/>
+    <w:rsid w:val="00AC774F"/>
+    <w:rsid w:val="00AD344A"/>
+    <w:rsid w:val="00AD37D6"/>
+    <w:rsid w:val="00AD5262"/>
+    <w:rsid w:val="00AD6C61"/>
+    <w:rsid w:val="00AD6F03"/>
+    <w:rsid w:val="00AE1462"/>
+    <w:rsid w:val="00AE22E6"/>
+    <w:rsid w:val="00AE3494"/>
+    <w:rsid w:val="00AE3B0D"/>
+    <w:rsid w:val="00AE4452"/>
+    <w:rsid w:val="00AE6244"/>
+    <w:rsid w:val="00AF0868"/>
+    <w:rsid w:val="00AF1C98"/>
+    <w:rsid w:val="00AF2EF3"/>
+    <w:rsid w:val="00AF45F7"/>
+    <w:rsid w:val="00AF5B86"/>
+    <w:rsid w:val="00B01E4C"/>
+    <w:rsid w:val="00B023C9"/>
+    <w:rsid w:val="00B04455"/>
+    <w:rsid w:val="00B05D27"/>
+    <w:rsid w:val="00B05F0A"/>
+    <w:rsid w:val="00B06810"/>
+    <w:rsid w:val="00B11327"/>
+    <w:rsid w:val="00B11C95"/>
+    <w:rsid w:val="00B14CD1"/>
+    <w:rsid w:val="00B15455"/>
+    <w:rsid w:val="00B165D0"/>
+    <w:rsid w:val="00B17730"/>
+    <w:rsid w:val="00B22295"/>
+    <w:rsid w:val="00B255EE"/>
+    <w:rsid w:val="00B27B3D"/>
+    <w:rsid w:val="00B335E8"/>
+    <w:rsid w:val="00B3429B"/>
+    <w:rsid w:val="00B34D67"/>
+    <w:rsid w:val="00B35A87"/>
+    <w:rsid w:val="00B3632E"/>
+    <w:rsid w:val="00B433D6"/>
+    <w:rsid w:val="00B467E9"/>
+    <w:rsid w:val="00B47F3A"/>
+    <w:rsid w:val="00B52DE5"/>
+    <w:rsid w:val="00B54F83"/>
+    <w:rsid w:val="00B56017"/>
+    <w:rsid w:val="00B60C34"/>
+    <w:rsid w:val="00B612BC"/>
+    <w:rsid w:val="00B6413A"/>
+    <w:rsid w:val="00B64B83"/>
+    <w:rsid w:val="00B665F7"/>
+    <w:rsid w:val="00B66D99"/>
+    <w:rsid w:val="00B66FE1"/>
+    <w:rsid w:val="00B672B6"/>
+    <w:rsid w:val="00B67BE0"/>
+    <w:rsid w:val="00B67FD7"/>
+    <w:rsid w:val="00B76638"/>
+    <w:rsid w:val="00B81BC7"/>
+    <w:rsid w:val="00B83733"/>
+    <w:rsid w:val="00B84E8B"/>
+    <w:rsid w:val="00B91169"/>
+    <w:rsid w:val="00B97763"/>
+    <w:rsid w:val="00BA42DD"/>
+    <w:rsid w:val="00BA660E"/>
+    <w:rsid w:val="00BA78D2"/>
+    <w:rsid w:val="00BA7AB4"/>
+    <w:rsid w:val="00BC15CD"/>
+    <w:rsid w:val="00BC2ACB"/>
+    <w:rsid w:val="00BC2AED"/>
+    <w:rsid w:val="00BC2BFE"/>
+    <w:rsid w:val="00BC2EAA"/>
+    <w:rsid w:val="00BC30A7"/>
+    <w:rsid w:val="00BC48D7"/>
+    <w:rsid w:val="00BD1031"/>
+    <w:rsid w:val="00BD197F"/>
+    <w:rsid w:val="00BD2F29"/>
+    <w:rsid w:val="00BD3440"/>
+    <w:rsid w:val="00BD53E7"/>
+    <w:rsid w:val="00BD55B9"/>
+    <w:rsid w:val="00BD678E"/>
+    <w:rsid w:val="00BE04D3"/>
+    <w:rsid w:val="00BE4B48"/>
+    <w:rsid w:val="00BE4BFA"/>
+    <w:rsid w:val="00BE5747"/>
+    <w:rsid w:val="00BE6D54"/>
+    <w:rsid w:val="00BE7AC2"/>
+    <w:rsid w:val="00BF0EB2"/>
+    <w:rsid w:val="00BF0FFF"/>
+    <w:rsid w:val="00BF40AC"/>
+    <w:rsid w:val="00BF49C4"/>
+    <w:rsid w:val="00BF5C13"/>
+    <w:rsid w:val="00BF7A3D"/>
+    <w:rsid w:val="00C0302F"/>
+    <w:rsid w:val="00C03A88"/>
+    <w:rsid w:val="00C03F17"/>
+    <w:rsid w:val="00C0444D"/>
+    <w:rsid w:val="00C0529C"/>
+    <w:rsid w:val="00C055BA"/>
+    <w:rsid w:val="00C0749B"/>
+    <w:rsid w:val="00C07F9E"/>
+    <w:rsid w:val="00C106D9"/>
+    <w:rsid w:val="00C13953"/>
+    <w:rsid w:val="00C1675C"/>
+    <w:rsid w:val="00C1763D"/>
+    <w:rsid w:val="00C17A8F"/>
+    <w:rsid w:val="00C20AE8"/>
+    <w:rsid w:val="00C22C78"/>
+    <w:rsid w:val="00C242EC"/>
+    <w:rsid w:val="00C3151F"/>
+    <w:rsid w:val="00C329E0"/>
+    <w:rsid w:val="00C352BD"/>
+    <w:rsid w:val="00C36FF0"/>
+    <w:rsid w:val="00C40023"/>
+    <w:rsid w:val="00C41F01"/>
+    <w:rsid w:val="00C46D0E"/>
+    <w:rsid w:val="00C4757F"/>
+    <w:rsid w:val="00C50767"/>
+    <w:rsid w:val="00C54076"/>
+    <w:rsid w:val="00C54D15"/>
+    <w:rsid w:val="00C57C0B"/>
+    <w:rsid w:val="00C605C9"/>
+    <w:rsid w:val="00C60AFB"/>
+    <w:rsid w:val="00C61917"/>
+    <w:rsid w:val="00C63131"/>
+    <w:rsid w:val="00C657F7"/>
+    <w:rsid w:val="00C729F0"/>
+    <w:rsid w:val="00C75749"/>
+    <w:rsid w:val="00C76278"/>
+    <w:rsid w:val="00C764EE"/>
+    <w:rsid w:val="00C774A8"/>
+    <w:rsid w:val="00C815F2"/>
+    <w:rsid w:val="00C81C20"/>
+    <w:rsid w:val="00C850A3"/>
+    <w:rsid w:val="00C8610E"/>
+    <w:rsid w:val="00C862D9"/>
+    <w:rsid w:val="00C9012F"/>
+    <w:rsid w:val="00C90160"/>
+    <w:rsid w:val="00C92B7B"/>
+    <w:rsid w:val="00C933D9"/>
+    <w:rsid w:val="00C93901"/>
+    <w:rsid w:val="00C94A2F"/>
+    <w:rsid w:val="00C96F69"/>
+    <w:rsid w:val="00C979DB"/>
+    <w:rsid w:val="00CA02EF"/>
+    <w:rsid w:val="00CA2666"/>
+    <w:rsid w:val="00CA33EB"/>
+    <w:rsid w:val="00CA5013"/>
+    <w:rsid w:val="00CA7CE8"/>
+    <w:rsid w:val="00CB021C"/>
+    <w:rsid w:val="00CB13AE"/>
+    <w:rsid w:val="00CB3034"/>
+    <w:rsid w:val="00CB69AD"/>
+    <w:rsid w:val="00CB7EF2"/>
+    <w:rsid w:val="00CC0D52"/>
+    <w:rsid w:val="00CC34FE"/>
+    <w:rsid w:val="00CC543A"/>
+    <w:rsid w:val="00CC5DD2"/>
+    <w:rsid w:val="00CC665D"/>
+    <w:rsid w:val="00CD07D9"/>
+    <w:rsid w:val="00CD18FB"/>
+    <w:rsid w:val="00CD1A52"/>
+    <w:rsid w:val="00CD24E6"/>
+    <w:rsid w:val="00CD28D7"/>
+    <w:rsid w:val="00CD30D4"/>
+    <w:rsid w:val="00CD4E70"/>
+    <w:rsid w:val="00CD691A"/>
+    <w:rsid w:val="00CD774E"/>
+    <w:rsid w:val="00CE04F9"/>
+    <w:rsid w:val="00CE0BDE"/>
+    <w:rsid w:val="00CE1194"/>
+    <w:rsid w:val="00CE2D9C"/>
+    <w:rsid w:val="00CE43C8"/>
+    <w:rsid w:val="00CE54A1"/>
+    <w:rsid w:val="00CE711C"/>
+    <w:rsid w:val="00CF0E53"/>
+    <w:rsid w:val="00CF3FB4"/>
+    <w:rsid w:val="00CF5DC8"/>
+    <w:rsid w:val="00CF76A9"/>
+    <w:rsid w:val="00D00E00"/>
+    <w:rsid w:val="00D012B1"/>
+    <w:rsid w:val="00D01659"/>
+    <w:rsid w:val="00D06BD6"/>
+    <w:rsid w:val="00D11C16"/>
+    <w:rsid w:val="00D1275C"/>
+    <w:rsid w:val="00D14952"/>
+    <w:rsid w:val="00D14C92"/>
+    <w:rsid w:val="00D150D8"/>
+    <w:rsid w:val="00D156FE"/>
+    <w:rsid w:val="00D15E01"/>
+    <w:rsid w:val="00D2562F"/>
+    <w:rsid w:val="00D26CA6"/>
+    <w:rsid w:val="00D27051"/>
+    <w:rsid w:val="00D319D1"/>
+    <w:rsid w:val="00D33873"/>
+    <w:rsid w:val="00D33923"/>
+    <w:rsid w:val="00D362E3"/>
+    <w:rsid w:val="00D41702"/>
+    <w:rsid w:val="00D41BE9"/>
+    <w:rsid w:val="00D44369"/>
+    <w:rsid w:val="00D4734E"/>
+    <w:rsid w:val="00D477DE"/>
+    <w:rsid w:val="00D56308"/>
+    <w:rsid w:val="00D60BBD"/>
+    <w:rsid w:val="00D63229"/>
+    <w:rsid w:val="00D63773"/>
+    <w:rsid w:val="00D63FB7"/>
+    <w:rsid w:val="00D651B7"/>
+    <w:rsid w:val="00D668FC"/>
+    <w:rsid w:val="00D6735F"/>
+    <w:rsid w:val="00D67B1B"/>
+    <w:rsid w:val="00D77CB8"/>
+    <w:rsid w:val="00D81372"/>
+    <w:rsid w:val="00D81B07"/>
+    <w:rsid w:val="00D836C4"/>
+    <w:rsid w:val="00D84210"/>
+    <w:rsid w:val="00D85B3C"/>
+    <w:rsid w:val="00D85B87"/>
+    <w:rsid w:val="00D8674E"/>
+    <w:rsid w:val="00D93A47"/>
+    <w:rsid w:val="00D941C1"/>
+    <w:rsid w:val="00D94EB6"/>
+    <w:rsid w:val="00D94FDC"/>
+    <w:rsid w:val="00D962F3"/>
+    <w:rsid w:val="00DA0AC1"/>
+    <w:rsid w:val="00DA2AAD"/>
+    <w:rsid w:val="00DA4EBA"/>
+    <w:rsid w:val="00DA4FA3"/>
+    <w:rsid w:val="00DA50C9"/>
+    <w:rsid w:val="00DA669C"/>
+    <w:rsid w:val="00DB24F1"/>
+    <w:rsid w:val="00DB2623"/>
+    <w:rsid w:val="00DB32D3"/>
+    <w:rsid w:val="00DB4DBF"/>
+    <w:rsid w:val="00DB67C2"/>
+    <w:rsid w:val="00DB6D48"/>
+    <w:rsid w:val="00DC26C5"/>
+    <w:rsid w:val="00DD028F"/>
+    <w:rsid w:val="00DD4C4E"/>
+    <w:rsid w:val="00DD6634"/>
+    <w:rsid w:val="00DD7492"/>
+    <w:rsid w:val="00DE1240"/>
+    <w:rsid w:val="00DE58ED"/>
+    <w:rsid w:val="00DE698A"/>
+    <w:rsid w:val="00DE7910"/>
+    <w:rsid w:val="00DF0D6B"/>
+    <w:rsid w:val="00DF4231"/>
+    <w:rsid w:val="00DF42F0"/>
+    <w:rsid w:val="00DF5753"/>
+    <w:rsid w:val="00DF5E62"/>
+    <w:rsid w:val="00DF6407"/>
+    <w:rsid w:val="00DF6E39"/>
+    <w:rsid w:val="00E02202"/>
+    <w:rsid w:val="00E07C3F"/>
+    <w:rsid w:val="00E1243B"/>
+    <w:rsid w:val="00E13226"/>
+    <w:rsid w:val="00E13C09"/>
+    <w:rsid w:val="00E14C37"/>
+    <w:rsid w:val="00E21028"/>
+    <w:rsid w:val="00E222A4"/>
+    <w:rsid w:val="00E2301A"/>
+    <w:rsid w:val="00E24CEF"/>
+    <w:rsid w:val="00E30095"/>
+    <w:rsid w:val="00E36B0F"/>
+    <w:rsid w:val="00E52512"/>
+    <w:rsid w:val="00E52AEB"/>
+    <w:rsid w:val="00E53C67"/>
+    <w:rsid w:val="00E54BD5"/>
+    <w:rsid w:val="00E571E8"/>
+    <w:rsid w:val="00E63031"/>
+    <w:rsid w:val="00E66C7C"/>
+    <w:rsid w:val="00E7347D"/>
+    <w:rsid w:val="00E754D5"/>
+    <w:rsid w:val="00E80033"/>
+    <w:rsid w:val="00E80C5F"/>
+    <w:rsid w:val="00E848F9"/>
+    <w:rsid w:val="00E85DAE"/>
+    <w:rsid w:val="00E863C9"/>
+    <w:rsid w:val="00E90F87"/>
+    <w:rsid w:val="00E959A7"/>
+    <w:rsid w:val="00E96339"/>
+    <w:rsid w:val="00E96CC6"/>
+    <w:rsid w:val="00E97B7C"/>
+    <w:rsid w:val="00E97C2F"/>
+    <w:rsid w:val="00EA0904"/>
+    <w:rsid w:val="00EA1328"/>
+    <w:rsid w:val="00EA281C"/>
+    <w:rsid w:val="00EA3A66"/>
+    <w:rsid w:val="00EA4010"/>
+    <w:rsid w:val="00EA4BD7"/>
+    <w:rsid w:val="00EA5DC1"/>
+    <w:rsid w:val="00EA6177"/>
+    <w:rsid w:val="00EA7406"/>
+    <w:rsid w:val="00EA79F1"/>
+    <w:rsid w:val="00EB01A4"/>
+    <w:rsid w:val="00EB26B6"/>
+    <w:rsid w:val="00EB452D"/>
+    <w:rsid w:val="00EB5633"/>
+    <w:rsid w:val="00EB70DF"/>
+    <w:rsid w:val="00EC090C"/>
+    <w:rsid w:val="00EC2AE1"/>
+    <w:rsid w:val="00EC3E58"/>
+    <w:rsid w:val="00EC4568"/>
+    <w:rsid w:val="00ED061B"/>
+    <w:rsid w:val="00ED0B34"/>
+    <w:rsid w:val="00ED2BF3"/>
+    <w:rsid w:val="00ED32AB"/>
+    <w:rsid w:val="00ED33A8"/>
+    <w:rsid w:val="00ED5142"/>
+    <w:rsid w:val="00ED5A25"/>
+    <w:rsid w:val="00EE1B31"/>
+    <w:rsid w:val="00EE2920"/>
+    <w:rsid w:val="00EE2AE9"/>
+    <w:rsid w:val="00EE3876"/>
+    <w:rsid w:val="00EF1ADB"/>
+    <w:rsid w:val="00EF3B44"/>
+    <w:rsid w:val="00EF3BF6"/>
+    <w:rsid w:val="00EF4DDC"/>
+    <w:rsid w:val="00EF690D"/>
+    <w:rsid w:val="00F02F11"/>
+    <w:rsid w:val="00F03054"/>
+    <w:rsid w:val="00F03BC6"/>
+    <w:rsid w:val="00F0470A"/>
+    <w:rsid w:val="00F06013"/>
+    <w:rsid w:val="00F06835"/>
+    <w:rsid w:val="00F07DD0"/>
+    <w:rsid w:val="00F10621"/>
+    <w:rsid w:val="00F10AB2"/>
+    <w:rsid w:val="00F10C4B"/>
+    <w:rsid w:val="00F1174D"/>
+    <w:rsid w:val="00F1306C"/>
+    <w:rsid w:val="00F1530D"/>
+    <w:rsid w:val="00F204BB"/>
+    <w:rsid w:val="00F20BE6"/>
+    <w:rsid w:val="00F2265F"/>
+    <w:rsid w:val="00F22CA0"/>
+    <w:rsid w:val="00F269E1"/>
+    <w:rsid w:val="00F27B71"/>
+    <w:rsid w:val="00F313D5"/>
+    <w:rsid w:val="00F318CB"/>
+    <w:rsid w:val="00F32192"/>
+    <w:rsid w:val="00F32C54"/>
+    <w:rsid w:val="00F32E90"/>
+    <w:rsid w:val="00F34BA2"/>
+    <w:rsid w:val="00F352E5"/>
+    <w:rsid w:val="00F35990"/>
+    <w:rsid w:val="00F369A9"/>
+    <w:rsid w:val="00F36BCD"/>
+    <w:rsid w:val="00F376BC"/>
+    <w:rsid w:val="00F37E2C"/>
+    <w:rsid w:val="00F44520"/>
+    <w:rsid w:val="00F447FE"/>
+    <w:rsid w:val="00F44DE0"/>
+    <w:rsid w:val="00F4642B"/>
+    <w:rsid w:val="00F5047A"/>
+    <w:rsid w:val="00F50604"/>
+    <w:rsid w:val="00F53728"/>
+    <w:rsid w:val="00F53BD6"/>
+    <w:rsid w:val="00F545BF"/>
+    <w:rsid w:val="00F54949"/>
+    <w:rsid w:val="00F56F9F"/>
+    <w:rsid w:val="00F57AF1"/>
+    <w:rsid w:val="00F63E97"/>
+    <w:rsid w:val="00F64399"/>
+    <w:rsid w:val="00F65C24"/>
+    <w:rsid w:val="00F7026B"/>
+    <w:rsid w:val="00F742C8"/>
+    <w:rsid w:val="00F80364"/>
+    <w:rsid w:val="00F8421B"/>
+    <w:rsid w:val="00F91A25"/>
+    <w:rsid w:val="00F91DFE"/>
+    <w:rsid w:val="00F93FD4"/>
+    <w:rsid w:val="00F94407"/>
+    <w:rsid w:val="00FA028C"/>
+    <w:rsid w:val="00FA0E2B"/>
+    <w:rsid w:val="00FA1DB6"/>
+    <w:rsid w:val="00FA2DFA"/>
+    <w:rsid w:val="00FB706B"/>
+    <w:rsid w:val="00FC7F71"/>
+    <w:rsid w:val="00FD00C2"/>
+    <w:rsid w:val="00FD2F31"/>
+    <w:rsid w:val="00FD55C3"/>
+    <w:rsid w:val="00FD78E1"/>
+    <w:rsid w:val="00FE0431"/>
+    <w:rsid w:val="00FE2641"/>
+    <w:rsid w:val="00FE28D0"/>
+    <w:rsid w:val="00FF10D2"/>
+    <w:rsid w:val="00FF354C"/>
+    <w:rsid w:val="00FF5B7F"/>
+    <w:rsid w:val="00FF62EF"/>
+    <w:rsid w:val="00FF6628"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="016CF354"/>
-  <w15:docId w15:val="{C176728F-B372-4AD8-8CA5-D9C337B20202}"/>
+  <w14:docId w14:val="0910CBE5"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B2299685-B46B-4A43-8299-FBA81DDB0AB2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4835,467 +7605,639 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00C764EE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
-      <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD197F"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
+    <w:name w:val="Style1 Char"/>
+    <w:link w:val="Style1"/>
+    <w:rsid w:val="00BD197F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
+    <w:rsid w:val="00BD197F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
       <w:b/>
-      <w:color w:val="000000"/>
-      <w:sz w:val="28"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
-    <w:name w:val="TableGrid"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD197F"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="60"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:tblPr>
-[...6 lines deleted...]
-    </w:tblPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:link w:val="Subtitle"/>
+    <w:rsid w:val="00BD197F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD197F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD197F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD197F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="2,Bullet list,Colorful List - Accent 11,H&amp;P List Paragraph,List Paragraph1,List Paragraph11,Normal bullet 2,Numurets,PPS_Bullet,Saistīto dokumentu saraksts,Syle 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00F94DDE"/>
+    <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00581993"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal13pt">
+    <w:name w:val="Normal + 13 pt"/>
+    <w:aliases w:val="Justified,Line spacing:  1.5 lines"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00581993"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00581993"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00581993"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005D63B9"/>
+    <w:rsid w:val="00581993"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005D63B9"/>
+    <w:rsid w:val="00581993"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...3 lines deleted...]
-    <w:rsid w:val="00EC7AA3"/>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00581993"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00581993"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00745CA8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...20 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="001F2746"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E4215"/>
+    <w:rsid w:val="00AB6C63"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E4215"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00AB6C63"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E4215"/>
+    <w:rsid w:val="00AB6C63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E4215"/>
+    <w:rsid w:val="00AB6C63"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
-    <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E4215"/>
+    <w:rsid w:val="00AB6C63"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="000000"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B67FD7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...2 lines deleted...]
-    <w:link w:val="BalloonTextChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B67FD7"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B67FD7"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="2 Char,Bullet list Char,Colorful List - Accent 11 Char,H&amp;P List Paragraph Char,List Paragraph1 Char,List Paragraph11 Char,Normal bullet 2 Char,Numurets Char,PPS_Bullet Char,Saistīto dokumentu saraksts Char,Syle 1 Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00EE1B31"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E4215"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="0013122D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E4215"/>
+    <w:rsid w:val="00206302"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...30 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5402,71 +8344,370 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
+    <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:RegNr" minOccurs="0"/>
+                <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
+                <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
+                <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="RegNr" ma:index="8" nillable="true" ma:displayName="Reģistrācijas numurs" ma:hidden="true" ma:indexed="true" ma:list="{76279756-55EB-4F54-AC7E-E82453BC92A3}" ma:internalName="RegNr" ma:showField="Title" ma:web="861e4bf2-49c5-414f-89b5-3bdda0f56284">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ThreeRoApprovalStatus" ma:index="9" nillable="true" ma:displayName="Vizēšanas statuss" ma:indexed="true" ma:internalName="ThreeRoApprovalStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ThreeRoApprovalComments" ma:index="10" nillable="true" ma:displayName="Vizēšanas komentārs" ma:description="" ma:internalName="ThreeRoApprovalComments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IsSysUpdate" ma:index="12" nillable="true" ma:displayName="IsSysUpdate" ma:hidden="true" ma:internalName="IsSysUpdate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Sagatavotajs" ma:index="13" nillable="true" ma:displayName="Sagatavotājs" ma:list="UserInfo" ma:internalName="Sagatavotajs">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>1516</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E43DE3F-0C90-4972-B6F0-35C188225BF6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C317D4-F5AC-4C18-A0C2-C3071326F817}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC78B4F1-DC3F-4AA4-8FE0-723AC89B27D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAD131A6-E81F-4092-B732-FDF37191B04C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99016D29-DC4A-4CDF-9B54-586D32124CA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>707</Characters>
+  <Pages>4</Pages>
+  <Words>8321</Words>
+  <Characters>4744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>PROTOKOLS Nr. 3/2013</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1942</CharactersWithSpaces>
+  <CharactersWithSpaces>13039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PROTOKOLS Nr. 3/2013</dc:title>
-  <dc:creator>LM</dc:creator>
+  <dc:creator>Solveiga Rozite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
+    <vt:lpwstr>Liene Matute</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SignaturesHtml">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ValidationDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ValidationStatus">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>