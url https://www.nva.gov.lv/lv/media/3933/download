--- v0 (2025-10-21)
+++ v1 (2025-11-21)
@@ -11,150 +11,157 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 23.1.0 -->
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="00C760F1" w:rsidP="00C760F1" w14:paraId="7B070FDC" w14:textId="77777777">
+    <w:p w:rsidR="00C760F1" w:rsidRPr="00370407" w:rsidP="00C760F1" w14:paraId="25B98B92" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00370407">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5.pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C760F1" w:rsidRPr="00372E2E" w:rsidP="00C760F1" w14:paraId="58F870BE" w14:textId="77777777">
+    <w:p w:rsidR="00C760F1" w:rsidRPr="00370407" w:rsidP="00C760F1" w14:paraId="5A2C26FF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372E2E">
+      <w:r w:rsidRPr="00370407">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C760F1" w:rsidP="00C760F1" w14:paraId="4E0A12BF" w14:textId="77777777">
+    <w:p w:rsidR="00375446" w:rsidRPr="00370407" w:rsidP="00375446" w14:paraId="6AE0DEFF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="Header"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
-        <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00237016">
+      <w:bookmarkStart w:id="1" w:name="_Hlk205551309"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk206416670"/>
+      <w:r w:rsidRPr="00370407">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>02.04.2024.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00372E2E" w:rsidR="00922CEE">
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00370407">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00237016">
+      <w:r w:rsidRPr="00370407">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1.1-1/94</w:t>
-      </w:r>
+        <w:t>1.1-1/264</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="005F2F8E" w:rsidRPr="0069374C" w:rsidP="00061D2F" w14:paraId="737E0E89" w14:textId="77777777">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="005F2F8E" w:rsidRPr="0069374C" w:rsidP="00061D2F" w14:paraId="4FD7DF16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80364" w:rsidRPr="00D962F3" w:rsidP="00061D2F" w14:paraId="4600A637" w14:textId="77777777">
+    <w:p w:rsidR="00F80364" w:rsidRPr="00D962F3" w:rsidP="00061D2F" w14:paraId="279631F9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="005D4350">
         <w:rPr>
           <w:b/>
@@ -206,63 +213,63 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidR="00357203">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenotāju </w:t>
       </w:r>
       <w:r w:rsidRPr="00D962F3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izvēles kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F80364" w:rsidP="00061D2F" w14:paraId="21F55CFB" w14:textId="77777777">
+    <w:p w:rsidR="00F80364" w:rsidP="00061D2F" w14:paraId="4807F546" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B66FE1" w:rsidRPr="00B3632E" w:rsidP="000948E5" w14:paraId="5CFCCA38" w14:textId="77777777">
+    <w:p w:rsidR="00B66FE1" w:rsidRPr="00B3632E" w:rsidP="000948E5" w14:paraId="745953C5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="006B730B">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3632E">
         <w:rPr>
@@ -282,51 +289,51 @@
       <w:r w:rsidR="00172335">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>AM</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3632E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> UN IESNIEGŠAN</w:t>
       </w:r>
       <w:r w:rsidR="00172335">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>AI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D15D5" w:rsidRPr="007D15D5" w:rsidP="00C37758" w14:paraId="68E6B9A8" w14:textId="77777777">
+    <w:p w:rsidR="007D15D5" w:rsidRPr="007D15D5" w:rsidP="00C37758" w14:paraId="21EFA880" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedāvājumu sagatavo un iesniedz saskaņā ar </w:t>
       </w:r>
@@ -357,51 +364,51 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ā </w:t>
       </w:r>
       <w:r w:rsidRPr="007D15D5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izvirzītajām</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E6FC3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D156FE" w:rsidRPr="007D15D5" w:rsidP="00C37758" w14:paraId="766D50C6" w14:textId="77777777">
+    <w:p w:rsidR="00D156FE" w:rsidRPr="007D15D5" w:rsidP="00C37758" w14:paraId="021FFAC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D15D5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde (turpmāk – </w:t>
       </w:r>
@@ -624,91 +631,91 @@
       <w:r w:rsidRPr="007D15D5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005231C9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>vērtēt</w:t>
       </w:r>
       <w:r w:rsidR="00D8752C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005231C9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2444" w:rsidRPr="00CD2444" w:rsidP="00C37758" w14:paraId="5AC0A79A" w14:textId="77777777">
+    <w:p w:rsidR="00CD2444" w:rsidRPr="00CD2444" w:rsidP="00C37758" w14:paraId="1FE3D087" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD2444">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais piedāvājums jāsagatavo MS Excel formātā, atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="000D5884">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras izstrādātajai </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD2444">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskā piedāvājuma veidlapai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C75A51" w:rsidRPr="0092780C" w:rsidP="00C37758" w14:paraId="2BEA9989" w14:textId="77777777">
+    <w:p w:rsidR="00C75A51" w:rsidRPr="0092780C" w:rsidP="00C37758" w14:paraId="01C37BAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iesniegt</w:t>
       </w:r>
@@ -751,71 +758,71 @@
       <w:r w:rsidR="00E16A2E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atpakaļ </w:t>
       </w:r>
       <w:r w:rsidR="00F62EF9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D1A" w:rsidRPr="000722EB" w:rsidP="00C37758" w14:paraId="6210E765" w14:textId="3DE4530A">
+    <w:p w:rsidR="008B6D1A" w:rsidRPr="000722EB" w:rsidP="00C37758" w14:paraId="436C61E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk41642728"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk41642728"/>
       <w:r w:rsidRPr="00C75A51">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Šīs kārtības 1</w:t>
       </w:r>
       <w:r w:rsidR="009445B5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C75A51">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā minētos un citus uz izsludinājumu attiecināmos dokumentus pretendents iesniedz vienā elektroniskajā dokumentā, noformējot atbilstoši </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE635B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Dokumentu juridiskā spēka likuma un Ministru kabineta 2018.</w:t>
       </w:r>
       <w:r w:rsidR="009445B5">
@@ -838,53 +845,53 @@
       </w:r>
       <w:r w:rsidRPr="00EE635B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>septembra noteikumu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00AA7A79">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE635B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība” prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="000722EB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="005E11FD" w:rsidRPr="00E26A7D" w:rsidP="00C37758" w14:paraId="3D8A0A99" w14:textId="77777777">
+    <w:p w:rsidR="005E11FD" w:rsidRPr="00E26A7D" w:rsidP="00C37758" w14:paraId="2FF4D4C1" w14:textId="732F7DA6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991BB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendenta piedāvājuma dokumentus paraksta </w:t>
@@ -951,52 +958,113 @@
       </w:r>
       <w:r w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00961BD6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents ir personu apvienība, tad pieteikumu paraksta visi</w:t>
       </w:r>
       <w:r w:rsidR="00E16A2E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> personu</w:t>
       </w:r>
       <w:r w:rsidRPr="00961BD6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu.</w:t>
       </w:r>
+      <w:r w:rsidR="00375446">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk205551351"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00375446">
+        <w:t xml:space="preserve">Ja pretendents ir iesniedzis pieteikumu, kurš nav parakstīts ar drošu elektronisko parakstu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00375446">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar Aģentūras rīkojumu apstiprināta apmācību īstenotāju izvēles pastāvīgā komisija (turpmāk – komisija) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk210902844"/>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00BD47B7">
+        <w:t xml:space="preserve">nosaka </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD47B7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00BD47B7">
+        <w:t xml:space="preserve"> saprātīgu termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD47B7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00BD47B7">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD47B7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00BD47B7">
+        <w:t xml:space="preserve"> trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD47B7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00BD47B7">
+        <w:t xml:space="preserve"> novēršanai</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00375446">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="0016034B" w:rsidRPr="0099480E" w:rsidP="00C37758" w14:paraId="73C5618D" w14:textId="77777777">
+    <w:p w:rsidR="0016034B" w:rsidRPr="0099480E" w:rsidP="00C37758" w14:paraId="5E92C7ED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1048,93 +1116,93 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> prasībām)</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="00C66262">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tajā </w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0016034B" w:rsidRPr="0016034B" w:rsidP="00C37758" w14:paraId="763C537C" w14:textId="77777777">
+    <w:p w:rsidR="0016034B" w:rsidRPr="0016034B" w:rsidP="00C37758" w14:paraId="400CCACE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E11FD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc piedāvājumu iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005E11FD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00061D2F" w:rsidP="00061D2F" w14:paraId="035BA03B" w14:textId="77777777">
+    <w:p w:rsidR="00061D2F" w:rsidP="00061D2F" w14:paraId="45CD1667" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
@@ -1153,68 +1221,85 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tā izbeidz turpmāku </w:t>
       </w:r>
       <w:r w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta līdzdalību šajā izsludinājumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00061D2F" w:rsidRPr="00061D2F" w:rsidP="00061D2F" w14:paraId="6D1EA55D" w14:textId="77777777">
+    <w:p w:rsidR="00061D2F" w:rsidRPr="00061D2F" w:rsidP="00061D2F" w14:paraId="67E157E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80376" w:rsidRPr="00616E61" w:rsidP="00DA7EA7" w14:paraId="4BBAC7E3" w14:textId="77777777">
+    <w:p w:rsidR="00BD5EB2" w14:paraId="4AF5A3F0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F80376" w:rsidRPr="00616E61" w:rsidP="00DA7EA7" w14:paraId="4C9F0D6C" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E" w:rsidR="006B730B">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
@@ -1240,51 +1325,51 @@
       <w:r w:rsidR="006C5E34">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kritēriji </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205" w:rsidR="006C5E34">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PRETENDENTA </w:t>
       </w:r>
       <w:r w:rsidR="006C5E34">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidP="00061D2F" w14:paraId="579326E8" w14:textId="77777777">
+    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidP="00061D2F" w14:paraId="0CD2BCE8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="clear" w:pos="4153"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80376">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendent</w:t>
       </w:r>
       <w:r w:rsidR="006C5E34">
@@ -1332,51 +1417,51 @@
       <w:r w:rsidRPr="00F80376" w:rsidR="00AC6098">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ehnisko </w:t>
       </w:r>
       <w:r w:rsidRPr="00F80376">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">piedāvājumu iesniedz, izmantojot Aģentūras mājaslapā www.nva.gov.lv → sadaļā „Izsludinājumi” ievietotās </w:t>
       </w:r>
       <w:r w:rsidR="00C771C9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izsludinājuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00F80376">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>veidlapas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C5E34" w:rsidP="00C37758" w14:paraId="43486B25" w14:textId="77777777">
+    <w:p w:rsidR="006C5E34" w:rsidP="00C37758" w14:paraId="0BA5CD80" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00467406">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai novērtētu </w:t>
       </w:r>
       <w:r w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -1398,99 +1483,99 @@
       <w:r w:rsidRPr="00467406">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">asākuma īstenošanai, </w:t>
       </w:r>
       <w:r w:rsidR="005F0150">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00467406">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentam jāiesniedz šādi dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="00CF0D4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66262" w:rsidP="00C37758" w14:paraId="4C43549D" w14:textId="77777777">
+    <w:p w:rsidR="00C66262" w:rsidP="00C37758" w14:paraId="72C96A55" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5E34" w:rsidR="00F80376">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ieteikums</w:t>
       </w:r>
       <w:r w:rsidR="002F33D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dalībai izsludinājumā</w:t>
       </w:r>
       <w:r w:rsidR="0003269B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – pieteikums)</w:t>
       </w:r>
       <w:r w:rsidR="000D5884">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="4E11F3A2" w14:textId="77777777">
+    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="34013FFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C66262">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājums par </w:t>
       </w:r>
       <w:r w:rsidRPr="00C66262" w:rsidR="00DD6A46">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -1512,51 +1597,51 @@
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00DD6A46">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>evērošanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00F80376">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA42A2" w:rsidP="00C37758" w14:paraId="3FE5BC56" w14:textId="6F50FAB3">
+    <w:p w:rsidR="00BA42A2" w:rsidP="00C37758" w14:paraId="2F0058D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskais piedāvājums</w:t>
       </w:r>
       <w:r w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -1571,58 +1656,58 @@
       </w:r>
       <w:r w:rsidR="008361EE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ta</w:t>
       </w:r>
       <w:r w:rsidRPr="00D956BF" w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> informācij</w:t>
       </w:r>
       <w:r w:rsidR="008361EE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D956BF" w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tikai par tādām </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk87636400"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk87636400"/>
       <w:r w:rsidR="00A80A11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>teorētisko nodarbību</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00A80A11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D956BF" w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A80A11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D956BF" w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas vietas adresēm, kurām Izglītības iestāžu reģistrā norādīts termiņš</w:t>
       </w:r>
       <w:r w:rsidR="005400E9">
@@ -1634,181 +1719,108 @@
       <w:r w:rsidRPr="00D956BF" w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz kuram tās ir aktuālas, izņemot, ja a</w:t>
       </w:r>
       <w:r w:rsidR="00A80A11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D956BF" w:rsidR="00D956BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas vietas adrese ir pretendenta īpašumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003460DC" w:rsidRPr="00B745DC" w:rsidP="00BA42A2" w14:paraId="05AF6BED" w14:textId="10AEA7B5">
+    <w:p w:rsidR="003460DC" w:rsidRPr="00B745DC" w:rsidP="00BA42A2" w14:paraId="3B5C6BEC" w14:textId="42688AB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA42A2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA42A2" w:rsidR="00A80A11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">zglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA42A2" w:rsidR="00C75A51">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmas satura apraksts</w:t>
       </w:r>
-      <w:r w:rsidR="0073016D">
+      <w:r w:rsidR="00375446">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0073016D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036209A" w:rsidR="0036209A">
         <w:rPr>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0073016D">
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un iegūstamās prasmes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B745DC" w:rsidR="00B84E8B">
         <w:rPr>
           <w:iCs/>
-        </w:rPr>
-[...71 lines deleted...]
-          <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B84E8B" w:rsidRPr="00C07F9E" w:rsidP="00C07F9E" w14:paraId="35CC0544" w14:textId="77777777">
+    <w:p w:rsidR="00B84E8B" w:rsidRPr="00C07F9E" w:rsidP="00C07F9E" w14:paraId="63A50B55" w14:textId="6B91E2A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B84E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">administratīvās teritorijas pašvaldības </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -1853,109 +1865,103 @@
       </w:r>
       <w:r w:rsidR="009445B5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C51EE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 1.</w:t>
       </w:r>
       <w:r w:rsidR="009445B5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A92A9F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>jūnija</w:t>
       </w:r>
+      <w:r w:rsidR="006D08B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="00C647F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, ja </w:t>
       </w:r>
       <w:r w:rsidR="00986E86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00C647F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>retendents nav akreditēts).</w:t>
+        <w:t>retendents nav akreditēts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="6EF2D4F2" w14:textId="77777777">
+    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="4DB0AA79" w14:textId="4A4401F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E26A7D">
-[...3 lines deleted...]
-        <w:t>Ar Aģentūras rīkojumu apstiprināta apmācību pasākumu īstenotāju izvēles pastāvīgā komisija (turpmāk – k</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="002B2E56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>omisija</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> lemj par tādu </w:t>
+        <w:t xml:space="preserve">omisija lemj par tādu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="002B2E56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="000F62A4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">asākuma </w:t>
       </w:r>
@@ -2064,87 +2070,87 @@
       <w:r w:rsidRPr="007C4C7F" w:rsidR="002327F5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenotāju izvēles </w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="002B2E56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="006C5E34">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un šādiem nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="001A6944" w:rsidR="002327F5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="74E0408C" w14:textId="77777777">
+    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="0D88C1B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendents</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00B06880">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir reģistrēts Iz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00B06880">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>glītības iestāžu reģistrā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F35AE3" w:rsidP="00C37758" w14:paraId="5A1925C8" w14:textId="77777777">
+    <w:p w:rsidR="00F35AE3" w:rsidP="00C37758" w14:paraId="527B860E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00B06880">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -2172,116 +2178,116 @@
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00B06880">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents katrā </w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00B06880">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>asākuma īstenošanas vietā nodrošina atbilstošu materiāli tehnisko bāzi, kas nepieciešama konkrētās programmas īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B5ADA" w:rsidRPr="00B64BCE" w:rsidP="00C37758" w14:paraId="11CB4B4A" w14:textId="77777777">
+    <w:p w:rsidR="009B5ADA" w:rsidRPr="00B64BCE" w:rsidP="00C37758" w14:paraId="67D2B05C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F35AE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākums tiek īstenots</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4C7F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latvijas Republikas teritorijā, un izglītības programmas īstenošanas vietas adreses </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84770">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ir reģistrētas Izglītības iestāžu reģistrā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="3F14235C" w14:textId="0B554391">
+    <w:p w:rsidR="00C66262" w:rsidRPr="00025B36" w:rsidP="00C37758" w14:paraId="18C49B22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A84770">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84770" w:rsidR="00514F99">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājums </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk95299954"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk95299954"/>
       <w:r w:rsidR="003E0FA1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pēdēj</w:t>
       </w:r>
       <w:r w:rsidR="00237016">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="003E0FA1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00237016">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divu </w:t>
       </w:r>
       <w:r w:rsidR="003E0FA1">
@@ -2292,51 +2298,51 @@
       </w:r>
       <w:r w:rsidR="00237016">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="003E0FA1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="002D11F2" w:rsidR="003E0FA1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="003E0FA1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>etika</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="002D11F2" w:rsidR="003E0FA1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84770" w:rsidR="00514F99">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">svītrots no </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84770" w:rsidR="00333535">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
       <w:r w:rsidR="006157D8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84770" w:rsidR="006157D8">
@@ -2504,132 +2510,132 @@
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00DB35C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājum</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4C7F" w:rsidR="000F19D3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4C7F" w:rsidR="00DB35C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> saraksta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F35AE3" w:rsidP="00C37758" w14:paraId="029D5339" w14:textId="77777777">
+    <w:p w:rsidR="00F35AE3" w:rsidP="00C37758" w14:paraId="4980156F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk52548024"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk52548024"/>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="006A3F98">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājums nav </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iekļauts </w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="006A3F98">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>aktuālajā izglītības piedāvājumu sarakstā</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66262" w:rsidP="00C37758" w14:paraId="688E5A2B" w14:textId="77777777">
+    <w:p w:rsidR="00C66262" w:rsidP="00C37758" w14:paraId="51C31200" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz pretendentu neattiecas neviens no </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
-        <w:bookmarkStart w:id="5" w:name="_Hlk103261498"/>
+        <w:bookmarkStart w:id="9" w:name="_Hlk103261498"/>
         <w:r w:rsidRPr="00B01924">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Publisko iepirkumu</w:t>
         </w:r>
-        <w:bookmarkEnd w:id="5"/>
+        <w:bookmarkEnd w:id="9"/>
         <w:r w:rsidRPr="00B01924">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> likuma</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00025B36">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="p39.1" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00B01924">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>42.</w:t>
         </w:r>
         <w:r w:rsidR="009445B5">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
@@ -2789,51 +2795,51 @@
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteiktie termiņi un</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādi, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="00900C9E">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00D10B99">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0052492F" w:rsidRPr="00C07F9E" w:rsidP="00B84E8B" w14:paraId="382600C3" w14:textId="77777777">
+    <w:p w:rsidR="0052492F" w:rsidRPr="00C07F9E" w:rsidP="00B84E8B" w14:paraId="43965933" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07F9E">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Pretendentam ir jābūt akreditētam vai tam ir jābūt saņemtai atļaujai svešvalodu, datorzinību vai citu neformālās izglītības programmu īstenošanai pašvaldības administratīvajā teritorijā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
@@ -2868,51 +2874,51 @@
       <w:r w:rsidR="009445B5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A92A9F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>jūnija</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07F9E">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4C10" w:rsidRPr="00F16785" w:rsidP="00C37758" w14:paraId="24F7FADB" w14:textId="77777777">
+    <w:p w:rsidR="005A4C10" w:rsidRPr="00F16785" w:rsidP="00C37758" w14:paraId="79E8D323" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
@@ -3012,78 +3018,72 @@
         </w:rPr>
         <w:t xml:space="preserve"> vai prokūrist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, vai persona</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, un pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) </w:t>
+        <w:t>, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, un pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="009445B5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C7F" w:rsidRPr="00DC7588" w:rsidP="00C37758" w14:paraId="585F5802" w14:textId="77777777">
+    <w:p w:rsidR="007C4C7F" w:rsidRPr="00DC7588" w:rsidP="00C37758" w14:paraId="73F8EF35" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskajam piedāvājumam pilnībā jāatbilst </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00A63993">
@@ -3149,102 +3149,102 @@
       <w:r w:rsidRPr="0002258F" w:rsidR="00F8421B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="008656D5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="0029002E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sarakstam</w:t>
       </w:r>
       <w:r w:rsidRPr="001A6944" w:rsidR="00B038E7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C7F" w:rsidRPr="00B91169" w:rsidP="007C4C7F" w14:paraId="5CC02442" w14:textId="77777777">
+    <w:p w:rsidR="007C4C7F" w:rsidRPr="00B91169" w:rsidP="007C4C7F" w14:paraId="2FFDAA15" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C4C7F" w:rsidP="006B0A71" w14:paraId="523BE885" w14:textId="77777777">
+    <w:p w:rsidR="007C4C7F" w:rsidP="006B0A71" w14:paraId="3172BBC6" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>III. Piedāvājum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C7F" w:rsidP="00C37758" w14:paraId="5F540969" w14:textId="77777777">
+    <w:p w:rsidR="007C4C7F" w:rsidP="00BD5EB2" w14:paraId="199A7419" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00D8752C">
@@ -3262,51 +3262,51 @@
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004265E6" w:rsidP="004265E6" w14:paraId="2209BEC5" w14:textId="2078DF88">
+    <w:p w:rsidR="004265E6" w:rsidP="00BD5EB2" w14:paraId="55649C67" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē pretendenta atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -3334,60 +3334,61 @@
       <w:r w:rsidR="003D2AF9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00425E31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004265E6" w:rsidP="003D2AF9" w14:paraId="6AE840FD" w14:textId="75E3A22F">
+    <w:p w:rsidR="004265E6" w:rsidP="00BD5EB2" w14:paraId="0FD0F389" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai p</w:t>
       </w:r>
       <w:r w:rsidRPr="006468A0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a piedāvājums</w:t>
       </w:r>
       <w:r w:rsidRPr="006468A0">
@@ -3404,101 +3405,100 @@
       </w:r>
       <w:r w:rsidRPr="004B3435">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties </w:t>
       </w:r>
       <w:r w:rsidRPr="00F7004B" w:rsidR="00F7004B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>svešvalodu</w:t>
       </w:r>
       <w:r w:rsidR="00F7004B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F7004B" w:rsidR="00F7004B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">datorzinību vai citu izglītības </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="004B3435">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3435">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004265E6" w:rsidRPr="004265E6" w:rsidP="003D2AF9" w14:paraId="6C1A5562" w14:textId="392D058D">
+    <w:p w:rsidR="004265E6" w:rsidRPr="004265E6" w:rsidP="00BD5EB2" w14:paraId="5E1B999F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai pretendenta piedāvājums nav iekļauts aktuālajā izglītības piedāvājumu sarakstā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00465596" w:rsidRPr="007A69C3" w:rsidP="00C37758" w14:paraId="35F9EBD8" w14:textId="77777777">
+    <w:p w:rsidR="00465596" w:rsidRPr="007A69C3" w:rsidP="00BD5EB2" w14:paraId="63E15435" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="00260019">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -3526,51 +3526,51 @@
       <w:r w:rsidRPr="001A6944" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājuma noformējuma atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="001A6944" w:rsidR="004E22DD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs kārtības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC7588" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="0099480E" w:rsidP="00C37758" w14:paraId="4FD98A1F" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="0099480E" w:rsidP="00BD5EB2" w14:paraId="56686139" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -3598,60 +3598,61 @@
       <w:r w:rsidRPr="0099480E" w:rsidR="003004EF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumentu atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="0088053F" w:rsidR="004E22DD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs kārtības </w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="67949A21" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="00BD5EB2" w14:paraId="7D66BE17" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00D14952">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija pā</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00EA281C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rbauda, vai </w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D" w:rsidR="00834E8D">
@@ -3735,60 +3736,61 @@
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="00E16A2E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteiktos</w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumentus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="0018092E" w:rsidP="000D6FFE" w14:paraId="4AE9E025" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="0018092E" w:rsidP="00BD5EB2" w14:paraId="69977841" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018092E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="0018092E" w:rsidR="00834E8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0018092E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta atbilstību šīs kārtības </w:t>
       </w:r>
       <w:r w:rsidRPr="0018092E" w:rsidR="0091487A">
@@ -3941,51 +3943,51 @@
         </w:rPr>
         <w:t>Valsts izglītības informācijas sistēmā (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00760CF3" w:rsidR="00A92A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>www.viis.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0018092E" w:rsidR="00E14C52">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0018092E" w:rsidR="009451A4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="003D2AF9" w14:paraId="354F0D9C" w14:textId="51DA0E22">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="00BD5EB2" w14:paraId="72ED5836" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00025B36" w:rsidR="00203456">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -4049,67 +4051,68 @@
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00C541B2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00203456">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="34C9E3C7" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="00370407" w14:paraId="165E0076" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk46391786"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk46391786"/>
       <w:r w:rsidRPr="00F35AE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda</w:t>
       </w:r>
       <w:r w:rsidR="00B400F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai uz p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3" w:rsidR="00834120">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35AE3">
@@ -4210,51 +4213,51 @@
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="003004EF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0002258F" w:rsidR="003004EF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā noteiktajām prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="008B25AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk41645789"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk41645789"/>
       <w:r w:rsidRPr="007A69C3" w:rsidR="008B25AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un ir ievēroti </w:t>
       </w:r>
       <w:r w:rsidRPr="003F50F9" w:rsidR="003F50F9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Publisko iepirkumu </w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="008B25AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">likuma </w:t>
       </w:r>
       <w:r w:rsidR="00C541B2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="008B25AD">
@@ -4307,442 +4310,156 @@
       </w:r>
       <w:r w:rsidRPr="00C647F7" w:rsidR="00C647F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C647F7" w:rsidR="00C647F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="008B25AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteiktie termiņi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="007A69C3" w:rsidR="008B25AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00025B36" w:rsidR="003004EF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk41645873"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk41645873"/>
       <w:r w:rsidRPr="007A69C3" w:rsidR="00E834F6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="00986E86" w:rsidR="00E834F6">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00760CF3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="4034156C" w14:textId="77777777">
+    <w:p w:rsidR="00B32E32" w:rsidRPr="00B32E32" w:rsidP="00370407" w14:paraId="476C43CB" w14:textId="511CA35E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk41640806"/>
-[...26 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Hlk46391836"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk41645927"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00E26A7D" w:rsidR="00295F83">
-[...260 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00B32E32">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">komisija pārbauda vai atbilstoši Sankciju likuma </w:t>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4" w:rsidR="00C94D46">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4" w:rsidR="00C94D46">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C27147" w:rsidR="00C94D46">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32E32">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, pārstāvēttiesīgo personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai </w:t>
+        <w:t xml:space="preserve">pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, pārstāvēttiesīgo personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulā (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai </w:t>
       </w:r>
       <w:r w:rsidRPr="00B32E32">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulā (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50% īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+        <w:t>struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50% īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r w:rsidR="00760CF3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0018092E" w14:paraId="596F9F9A" w14:textId="77777777">
+    <w:p w:rsidR="0018092E" w14:paraId="1F719EE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam izglītības piedāvājumu sarakstam un šīs kārtības </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -4752,160 +4469,163 @@
       <w:r w:rsidRPr="00311D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nodaļā</w:t>
       </w:r>
       <w:r w:rsidRPr="00311D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktajiem kritērijiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="2A4ABA60" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="64EA1427" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="001A2BD4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija izslēdz pretendenta pieteikumu no dalības vērtēšanā gadījumā, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B26758" w14:paraId="0FDCD024" w14:textId="77777777">
+    <w:p w:rsidR="00B26758" w:rsidP="00BD5EB2" w14:paraId="03140F43" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26758">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B26758" w14:paraId="2529B1B2" w14:textId="77777777">
+    <w:p w:rsidR="00B26758" w:rsidP="00BD5EB2" w14:paraId="339A30D1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nav iesniegts kāds no šajā kārtībā norādītajiem dokumentiem, vai to saturs neatbilst šīs kārtības prasībām, kā arī</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja tiek konstatēta pretendenta neatbilstība šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="4B92D17B" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="00BD5EB2" w14:paraId="3D4F939A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
       </w:r>
       <w:r w:rsidR="00437CC8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Publiskā iepirkuma likuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 42.</w:t>
       </w:r>
       <w:r w:rsidR="00D95A93">
@@ -4965,669 +4685,734 @@
       <w:r w:rsidR="000F54E1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D95A93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidP="00760CF3" w14:paraId="5A7B3107" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidP="00BD5EB2" w14:paraId="30DE44FA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="001C3D6A">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C94D46" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="4314AF1C" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="00370407" w14:paraId="23EB3CC3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A334DF">
-[...17 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00E26A7D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00771593">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E26A7D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00771593">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E26A7D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00771593">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E26A7D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis Aģentūras pasākumu īstenošanas nosacījumus un ir izslēgts no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F" w:rsidR="00B65E11">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="005400E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F" w:rsidR="00B65E11">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5ADA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir aizliegts atkārtoti pieteikties pasākumu īstenošan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D121BC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00025B36" w:rsidP="000D6FFE" w14:paraId="0B8EAFA6" w14:textId="66F56A7C">
+    <w:p w:rsidR="00025B36" w:rsidRPr="00760CF3" w:rsidP="00370407" w14:paraId="1286D0BF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26A7D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pretendents pēdēj</w:t>
-[...84 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">pretendents ir iekļauts aktuālajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35AE3" w:rsidR="00B65E11">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35AE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w:rsidR="00025B36" w:rsidRPr="00760CF3" w:rsidP="000D6FFE" w14:paraId="7BF52B0C" w14:textId="77777777">
+    <w:p w:rsidR="007D1D42" w:rsidRPr="007D1D42" w:rsidP="00370407" w14:paraId="5902E2F0" w14:textId="015F09FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E26A7D">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00F35AE3">
+      <w:r w:rsidRPr="005A6A5C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rodas situācija, ka,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> izvērtējot pieteikumu, k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022349" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>šaubas par iesnieg</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE55CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā dokumenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022349" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA618B" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atbilstību šīs kārtības prasībām,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA618B" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27841" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir lūg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>usi</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73EF0" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendentu </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>skaidrot attiecīgo dokumentu vai informāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00146FF7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C5679" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendents norādītajā termiņā, kas nav īsāks par trīs darbdienām pēc informācijas nosūtīšanas, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājumu pēc būtības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2643A" w:rsidR="000D6FFE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="007D1D42" w:rsidRPr="007D1D42" w:rsidP="000D6FFE" w14:paraId="078170F6" w14:textId="77777777">
+    <w:p w:rsidR="00025B36" w:rsidP="00370407" w14:paraId="5EC8E9D3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A6A5C">
+      <w:r w:rsidRPr="00F35AE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F35AE3" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija, pārbaudot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F" w:rsidR="00834E8D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4C7F" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D121BC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>konstatē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0002258F" w:rsidR="000D6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ka tās neatbilst patiesībai.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A6A5C" w:rsidR="005A6A5C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...136 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00025B36" w14:paraId="0BD73BC0" w14:textId="77777777">
-[...58 lines deleted...]
-    <w:p w:rsidR="00B26758" w:rsidP="007277CA" w14:paraId="5B1BF8EF" w14:textId="77777777">
+    <w:p w:rsidR="00B26758" w:rsidP="00370407" w14:paraId="5CBF3F48" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Hlk134698066"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk134698066"/>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pantā vai Komisijas regulas (EU) 2022/576 5.l panta 1. punktā noteiktajam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A92A9F" w:rsidP="00A92A9F" w14:paraId="5B29CDE7" w14:textId="77777777">
+    <w:p w:rsidR="0077420A" w:rsidP="00BD5EB2" w14:paraId="2FEBA21F" w14:textId="31F9C884">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="clear" w:pos="4153"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk52539693"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk52539693"/>
       <w:r w:rsidRPr="007A69C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
       <w:r w:rsidR="005A6A5C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nosūta </w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendent</w:t>
       </w:r>
       <w:r w:rsidR="005A6A5C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par komisijas pieņemto lēmumu </w:t>
+        <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="005A6A5C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">(pretendenta iekļaušanu vai neiekļaušanu </w:t>
+        <w:t xml:space="preserve">pretendenta iekļaušanu vai neiekļaušanu </w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3" w:rsidR="00B65E11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājumu sarakstā</w:t>
       </w:r>
       <w:r w:rsidRPr="007A69C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>) piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+        <w:t xml:space="preserve"> piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="0077420A" w:rsidRPr="0077420A" w:rsidP="00585943" w14:paraId="7DB7477D" w14:textId="241A6E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk206416513"/>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00370407">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut izglītības piedāvājumu sarakstā, </w:t>
+      </w:r>
+      <w:r w:rsidR="00370407">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu komisija pagarina administratīvā akta izdošanas termiņu par to rakstveidā informējot pretend</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00A92A9F" w:rsidRPr="0077420A" w:rsidP="00585943" w14:paraId="7B3E8A81" w14:textId="6F029608">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="18" w:name="_Hlk206416582"/>
+      <w:r w:rsidRPr="0077420A" w:rsidR="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendents </w:t>
+      </w:r>
+      <w:r w:rsidR="00370407">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A" w:rsidR="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijas lēmumu var apstrīdēt Aģentūras direktoram viena mēneša laikā no lēmuma spēkā stāšanās dienas, iesniedzot rakstveida iesniegumu.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w:rsidR="00A92A9F" w:rsidP="00A92A9F" w14:paraId="6DCCF207" w14:textId="77777777">
+    <w:p w:rsidR="00A92A9F" w:rsidP="00A92A9F" w14:paraId="2954800F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="clear" w:pos="4153"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk128042138"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk128042138"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. Par šādu Aģentūras lēmumu komisija informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidR="00087089" w:rsidRPr="00061D2F" w:rsidP="00A92A9F" w14:paraId="6A6DF1F3" w14:textId="77777777">
+    <w:p w:rsidR="00087089" w:rsidRPr="00061D2F" w:rsidP="00A92A9F" w14:paraId="29C18968" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="clear" w:pos="4153"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="005903CA">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -5652,110 +5437,132 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="005C2EAA" w14:paraId="3C8CB136" w14:textId="77777777">
+  <w:p w:rsidR="005C2EAA" w14:paraId="6E814EF4" w14:textId="42D90915">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="000E7658">
+    <w:r w:rsidRPr="00DA5C63">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005C2EAA" w14:paraId="7C774B31" w14:textId="77777777">
+  <w:p w:rsidR="005C2EAA" w14:paraId="71BED1B6" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="005C2EAA" w14:paraId="078C8A32" w14:textId="77777777">
+  <w:p w:rsidR="005C2EAA" w14:paraId="408022B0" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
   </w:p>
+  <w:p w:rsidR="001B234C" w14:paraId="0EBF7F40" w14:textId="5142ABCA"/>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="005C2EAA" w14:paraId="14691E5C" w14:textId="77777777">
+  <w:p w:rsidR="005C2EAA" w14:paraId="77752913" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005C2EAA" w14:paraId="1FBE63F3" w14:textId="77777777">
+  <w:p w:rsidR="005C2EAA" w14:paraId="64B5BEED" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="001B234C" w14:paraId="2B6A8236" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="4F91284F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F7661E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
@@ -5973,98 +5780,97 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:trackRevisions/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581993"/>
     <w:rsid w:val="000028B8"/>
     <w:rsid w:val="00003086"/>
     <w:rsid w:val="00010645"/>
     <w:rsid w:val="00011669"/>
     <w:rsid w:val="00011836"/>
     <w:rsid w:val="000119F9"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="000142CA"/>
     <w:rsid w:val="000216DB"/>
     <w:rsid w:val="00021B9B"/>
     <w:rsid w:val="00021F9C"/>
     <w:rsid w:val="00022349"/>
     <w:rsid w:val="0002258F"/>
     <w:rsid w:val="00023178"/>
     <w:rsid w:val="00023307"/>
     <w:rsid w:val="000244E0"/>
     <w:rsid w:val="00024AB5"/>
     <w:rsid w:val="00025B36"/>
     <w:rsid w:val="00027CD6"/>
     <w:rsid w:val="0003110F"/>
     <w:rsid w:val="0003269B"/>
     <w:rsid w:val="00034210"/>
     <w:rsid w:val="00037517"/>
     <w:rsid w:val="000379CE"/>
     <w:rsid w:val="00042DE6"/>
     <w:rsid w:val="000436F2"/>
     <w:rsid w:val="00043AA0"/>
     <w:rsid w:val="0004483A"/>
     <w:rsid w:val="000448CB"/>
     <w:rsid w:val="00047E60"/>
     <w:rsid w:val="00051338"/>
+    <w:rsid w:val="0005246F"/>
     <w:rsid w:val="00052A27"/>
     <w:rsid w:val="000560FB"/>
     <w:rsid w:val="000571EE"/>
     <w:rsid w:val="00057720"/>
     <w:rsid w:val="00060251"/>
     <w:rsid w:val="00060952"/>
     <w:rsid w:val="00061367"/>
     <w:rsid w:val="00061896"/>
     <w:rsid w:val="00061D2F"/>
     <w:rsid w:val="000621D2"/>
     <w:rsid w:val="00065A8D"/>
     <w:rsid w:val="000722EB"/>
     <w:rsid w:val="0007372A"/>
     <w:rsid w:val="00074C92"/>
     <w:rsid w:val="00075084"/>
     <w:rsid w:val="00083775"/>
     <w:rsid w:val="00083B31"/>
     <w:rsid w:val="00086960"/>
     <w:rsid w:val="00087089"/>
     <w:rsid w:val="000913E2"/>
     <w:rsid w:val="0009479E"/>
     <w:rsid w:val="000948E5"/>
     <w:rsid w:val="0009668B"/>
     <w:rsid w:val="000A1183"/>
     <w:rsid w:val="000A57C1"/>
@@ -6077,127 +5883,131 @@
     <w:rsid w:val="000C51EE"/>
     <w:rsid w:val="000C67BA"/>
     <w:rsid w:val="000D0C60"/>
     <w:rsid w:val="000D21B6"/>
     <w:rsid w:val="000D2BCA"/>
     <w:rsid w:val="000D390F"/>
     <w:rsid w:val="000D4AF1"/>
     <w:rsid w:val="000D5884"/>
     <w:rsid w:val="000D63E6"/>
     <w:rsid w:val="000D6FFE"/>
     <w:rsid w:val="000E0980"/>
     <w:rsid w:val="000E635F"/>
     <w:rsid w:val="000E7658"/>
     <w:rsid w:val="000E7BEE"/>
     <w:rsid w:val="000E7EFD"/>
     <w:rsid w:val="000F06A3"/>
     <w:rsid w:val="000F1058"/>
     <w:rsid w:val="000F116B"/>
     <w:rsid w:val="000F19D3"/>
     <w:rsid w:val="000F4172"/>
     <w:rsid w:val="000F54E1"/>
     <w:rsid w:val="000F55FF"/>
     <w:rsid w:val="000F62A4"/>
     <w:rsid w:val="00101DEC"/>
     <w:rsid w:val="001036DF"/>
+    <w:rsid w:val="00106AEE"/>
     <w:rsid w:val="00115E2A"/>
     <w:rsid w:val="001218FF"/>
     <w:rsid w:val="00124647"/>
     <w:rsid w:val="00125DE5"/>
     <w:rsid w:val="00127862"/>
     <w:rsid w:val="00127DFE"/>
     <w:rsid w:val="0013021B"/>
     <w:rsid w:val="00131D33"/>
     <w:rsid w:val="00133AC2"/>
     <w:rsid w:val="00136FAF"/>
     <w:rsid w:val="001407A2"/>
     <w:rsid w:val="00140A4A"/>
     <w:rsid w:val="001420FB"/>
     <w:rsid w:val="0014219A"/>
     <w:rsid w:val="00143A7E"/>
     <w:rsid w:val="00144009"/>
+    <w:rsid w:val="00146FF7"/>
     <w:rsid w:val="00147780"/>
     <w:rsid w:val="001503D8"/>
     <w:rsid w:val="00154B0D"/>
     <w:rsid w:val="00155917"/>
     <w:rsid w:val="00155C10"/>
     <w:rsid w:val="0016034B"/>
     <w:rsid w:val="00166AF4"/>
     <w:rsid w:val="00167993"/>
     <w:rsid w:val="00170A65"/>
     <w:rsid w:val="00171952"/>
     <w:rsid w:val="00172335"/>
     <w:rsid w:val="0017249F"/>
     <w:rsid w:val="001733DA"/>
     <w:rsid w:val="00173A87"/>
     <w:rsid w:val="00174355"/>
     <w:rsid w:val="00175C00"/>
     <w:rsid w:val="00177002"/>
     <w:rsid w:val="0018092E"/>
     <w:rsid w:val="001814E4"/>
     <w:rsid w:val="00182810"/>
     <w:rsid w:val="00182B6B"/>
     <w:rsid w:val="00185082"/>
     <w:rsid w:val="00185636"/>
     <w:rsid w:val="00185FA8"/>
     <w:rsid w:val="0018652D"/>
     <w:rsid w:val="00186534"/>
     <w:rsid w:val="00186D9E"/>
     <w:rsid w:val="00187504"/>
     <w:rsid w:val="001907F4"/>
     <w:rsid w:val="00196E6B"/>
     <w:rsid w:val="001977E9"/>
     <w:rsid w:val="001A2BD4"/>
     <w:rsid w:val="001A3265"/>
     <w:rsid w:val="001A6944"/>
     <w:rsid w:val="001B0073"/>
+    <w:rsid w:val="001B234C"/>
     <w:rsid w:val="001C29E0"/>
     <w:rsid w:val="001C2AEE"/>
     <w:rsid w:val="001C3D6A"/>
     <w:rsid w:val="001C5098"/>
     <w:rsid w:val="001C6282"/>
     <w:rsid w:val="001D3AB3"/>
     <w:rsid w:val="001D59BD"/>
     <w:rsid w:val="001D5B50"/>
     <w:rsid w:val="001D5C3D"/>
     <w:rsid w:val="001D6012"/>
     <w:rsid w:val="001D7386"/>
     <w:rsid w:val="001E0ED0"/>
     <w:rsid w:val="001E1282"/>
     <w:rsid w:val="001E269E"/>
     <w:rsid w:val="001E2899"/>
     <w:rsid w:val="001E343A"/>
     <w:rsid w:val="001F2746"/>
     <w:rsid w:val="001F3B1F"/>
     <w:rsid w:val="001F588C"/>
     <w:rsid w:val="00203456"/>
     <w:rsid w:val="00203F6F"/>
     <w:rsid w:val="002133AA"/>
     <w:rsid w:val="00215ACD"/>
     <w:rsid w:val="002161ED"/>
     <w:rsid w:val="00216BA2"/>
     <w:rsid w:val="00222204"/>
+    <w:rsid w:val="00226A13"/>
     <w:rsid w:val="002327F5"/>
     <w:rsid w:val="002340DA"/>
     <w:rsid w:val="002353CA"/>
     <w:rsid w:val="002355BA"/>
     <w:rsid w:val="00235829"/>
     <w:rsid w:val="0023596C"/>
     <w:rsid w:val="00236EF7"/>
     <w:rsid w:val="00237016"/>
     <w:rsid w:val="00237483"/>
     <w:rsid w:val="00250A36"/>
     <w:rsid w:val="00250C19"/>
     <w:rsid w:val="0025180E"/>
     <w:rsid w:val="00251B2A"/>
     <w:rsid w:val="00255337"/>
     <w:rsid w:val="002570F3"/>
     <w:rsid w:val="00257135"/>
     <w:rsid w:val="00260019"/>
     <w:rsid w:val="00262A66"/>
     <w:rsid w:val="00266A35"/>
     <w:rsid w:val="00266C07"/>
     <w:rsid w:val="00270D49"/>
     <w:rsid w:val="0027496C"/>
     <w:rsid w:val="0027559C"/>
     <w:rsid w:val="00276C89"/>
     <w:rsid w:val="002803EC"/>
@@ -6218,89 +6028,93 @@
     <w:rsid w:val="002B2E56"/>
     <w:rsid w:val="002B52A4"/>
     <w:rsid w:val="002B5D11"/>
     <w:rsid w:val="002C19F7"/>
     <w:rsid w:val="002C4FEA"/>
     <w:rsid w:val="002C763D"/>
     <w:rsid w:val="002D080B"/>
     <w:rsid w:val="002D11F2"/>
     <w:rsid w:val="002D18BF"/>
     <w:rsid w:val="002D2132"/>
     <w:rsid w:val="002D2A29"/>
     <w:rsid w:val="002D60E8"/>
     <w:rsid w:val="002E5461"/>
     <w:rsid w:val="002F0506"/>
     <w:rsid w:val="002F1256"/>
     <w:rsid w:val="002F2A97"/>
     <w:rsid w:val="002F33D7"/>
     <w:rsid w:val="002F7700"/>
     <w:rsid w:val="002F77E3"/>
     <w:rsid w:val="003004EF"/>
     <w:rsid w:val="003010FD"/>
     <w:rsid w:val="00301A7A"/>
     <w:rsid w:val="00303B62"/>
     <w:rsid w:val="00303EE1"/>
     <w:rsid w:val="00311D15"/>
+    <w:rsid w:val="003139A6"/>
     <w:rsid w:val="00314510"/>
     <w:rsid w:val="00316D46"/>
     <w:rsid w:val="00317A6B"/>
     <w:rsid w:val="00320E68"/>
     <w:rsid w:val="003211B7"/>
     <w:rsid w:val="003242B4"/>
     <w:rsid w:val="003269BC"/>
     <w:rsid w:val="00331613"/>
     <w:rsid w:val="00331B84"/>
     <w:rsid w:val="00333535"/>
     <w:rsid w:val="00333D5E"/>
     <w:rsid w:val="003360F8"/>
     <w:rsid w:val="00337968"/>
     <w:rsid w:val="00337AEA"/>
     <w:rsid w:val="00337DD8"/>
     <w:rsid w:val="00340C9C"/>
     <w:rsid w:val="003437A4"/>
     <w:rsid w:val="00343BF9"/>
     <w:rsid w:val="0034598F"/>
     <w:rsid w:val="003460DC"/>
     <w:rsid w:val="003532B8"/>
     <w:rsid w:val="00353937"/>
     <w:rsid w:val="00354C6B"/>
     <w:rsid w:val="00354C9B"/>
     <w:rsid w:val="00354CE6"/>
     <w:rsid w:val="00355F01"/>
     <w:rsid w:val="003562FB"/>
     <w:rsid w:val="00357203"/>
     <w:rsid w:val="00360424"/>
     <w:rsid w:val="00360DBB"/>
     <w:rsid w:val="0036126D"/>
     <w:rsid w:val="00361EB0"/>
+    <w:rsid w:val="0036209A"/>
     <w:rsid w:val="003631A1"/>
     <w:rsid w:val="0036540D"/>
     <w:rsid w:val="00367F9C"/>
+    <w:rsid w:val="00370407"/>
     <w:rsid w:val="00371386"/>
     <w:rsid w:val="00372366"/>
     <w:rsid w:val="00372E2E"/>
     <w:rsid w:val="00373EB5"/>
+    <w:rsid w:val="00375446"/>
     <w:rsid w:val="00375A9D"/>
     <w:rsid w:val="00376196"/>
     <w:rsid w:val="003819C2"/>
     <w:rsid w:val="00381EAE"/>
     <w:rsid w:val="00383462"/>
     <w:rsid w:val="00384D54"/>
     <w:rsid w:val="00385148"/>
     <w:rsid w:val="00397A0A"/>
     <w:rsid w:val="003A0524"/>
     <w:rsid w:val="003A2355"/>
     <w:rsid w:val="003A3818"/>
     <w:rsid w:val="003A5396"/>
     <w:rsid w:val="003A5D97"/>
     <w:rsid w:val="003A6A41"/>
     <w:rsid w:val="003B6888"/>
     <w:rsid w:val="003B7C2A"/>
     <w:rsid w:val="003C189C"/>
     <w:rsid w:val="003C2053"/>
     <w:rsid w:val="003D234F"/>
     <w:rsid w:val="003D2AF9"/>
     <w:rsid w:val="003D7F90"/>
     <w:rsid w:val="003E0FA1"/>
     <w:rsid w:val="003E15C9"/>
     <w:rsid w:val="003E2BF5"/>
     <w:rsid w:val="003E44EF"/>
@@ -6405,72 +6219,75 @@
     <w:rsid w:val="00544610"/>
     <w:rsid w:val="00545CE6"/>
     <w:rsid w:val="0054631B"/>
     <w:rsid w:val="00546E30"/>
     <w:rsid w:val="00552B3B"/>
     <w:rsid w:val="0055390A"/>
     <w:rsid w:val="00561E16"/>
     <w:rsid w:val="00562BC0"/>
     <w:rsid w:val="00563B05"/>
     <w:rsid w:val="00563B33"/>
     <w:rsid w:val="00564000"/>
     <w:rsid w:val="00564927"/>
     <w:rsid w:val="00565E9E"/>
     <w:rsid w:val="00566CAC"/>
     <w:rsid w:val="00571C96"/>
     <w:rsid w:val="005734D5"/>
     <w:rsid w:val="00573C1A"/>
     <w:rsid w:val="00574188"/>
     <w:rsid w:val="00576F6F"/>
     <w:rsid w:val="00577923"/>
     <w:rsid w:val="00580326"/>
     <w:rsid w:val="00581993"/>
     <w:rsid w:val="0058288B"/>
     <w:rsid w:val="00582A4E"/>
     <w:rsid w:val="005854D8"/>
+    <w:rsid w:val="00585943"/>
     <w:rsid w:val="005867F1"/>
     <w:rsid w:val="005903CA"/>
+    <w:rsid w:val="00590B44"/>
     <w:rsid w:val="00593B91"/>
     <w:rsid w:val="00595AEA"/>
     <w:rsid w:val="00595D1E"/>
     <w:rsid w:val="00595EC0"/>
     <w:rsid w:val="00597FC6"/>
     <w:rsid w:val="005A0932"/>
     <w:rsid w:val="005A23AD"/>
     <w:rsid w:val="005A4C10"/>
     <w:rsid w:val="005A6A5C"/>
     <w:rsid w:val="005A7205"/>
     <w:rsid w:val="005A7DE9"/>
     <w:rsid w:val="005B2144"/>
     <w:rsid w:val="005B3380"/>
     <w:rsid w:val="005B4823"/>
     <w:rsid w:val="005B5195"/>
     <w:rsid w:val="005B7721"/>
     <w:rsid w:val="005C2EAA"/>
     <w:rsid w:val="005C6B53"/>
     <w:rsid w:val="005C7835"/>
     <w:rsid w:val="005C7FD0"/>
+    <w:rsid w:val="005D1299"/>
     <w:rsid w:val="005D13C7"/>
     <w:rsid w:val="005D4350"/>
     <w:rsid w:val="005D4446"/>
     <w:rsid w:val="005E11FD"/>
     <w:rsid w:val="005E3B85"/>
     <w:rsid w:val="005E5DA2"/>
     <w:rsid w:val="005F0150"/>
     <w:rsid w:val="005F2F8E"/>
     <w:rsid w:val="005F45EC"/>
     <w:rsid w:val="005F4F7F"/>
     <w:rsid w:val="005F5918"/>
     <w:rsid w:val="005F61BC"/>
     <w:rsid w:val="006015E1"/>
     <w:rsid w:val="00605CDE"/>
     <w:rsid w:val="006066EF"/>
     <w:rsid w:val="00607967"/>
     <w:rsid w:val="0061266E"/>
     <w:rsid w:val="00612C11"/>
     <w:rsid w:val="00612EFC"/>
     <w:rsid w:val="006157D8"/>
     <w:rsid w:val="006163DA"/>
     <w:rsid w:val="00616E61"/>
     <w:rsid w:val="00632204"/>
     <w:rsid w:val="0063232D"/>
     <w:rsid w:val="006333ED"/>
@@ -6498,97 +6315,100 @@
     <w:rsid w:val="0069285C"/>
     <w:rsid w:val="0069292C"/>
     <w:rsid w:val="0069374C"/>
     <w:rsid w:val="00697163"/>
     <w:rsid w:val="006A35DA"/>
     <w:rsid w:val="006A3F98"/>
     <w:rsid w:val="006B0236"/>
     <w:rsid w:val="006B0A71"/>
     <w:rsid w:val="006B288C"/>
     <w:rsid w:val="006B2F8E"/>
     <w:rsid w:val="006B3760"/>
     <w:rsid w:val="006B4C53"/>
     <w:rsid w:val="006B5138"/>
     <w:rsid w:val="006B59D1"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="006B730B"/>
     <w:rsid w:val="006C2A11"/>
     <w:rsid w:val="006C33D8"/>
     <w:rsid w:val="006C3A43"/>
     <w:rsid w:val="006C3B4D"/>
     <w:rsid w:val="006C3EA0"/>
     <w:rsid w:val="006C5E34"/>
     <w:rsid w:val="006C7C94"/>
     <w:rsid w:val="006D03A2"/>
     <w:rsid w:val="006D068E"/>
+    <w:rsid w:val="006D08B0"/>
     <w:rsid w:val="006D1178"/>
     <w:rsid w:val="006D210C"/>
     <w:rsid w:val="006D45E4"/>
     <w:rsid w:val="006D57D9"/>
     <w:rsid w:val="006E0F49"/>
     <w:rsid w:val="006E4E80"/>
     <w:rsid w:val="006F1EA8"/>
     <w:rsid w:val="00703A3B"/>
     <w:rsid w:val="00703FBC"/>
     <w:rsid w:val="0070449F"/>
     <w:rsid w:val="007062E9"/>
     <w:rsid w:val="00707906"/>
     <w:rsid w:val="00707FD7"/>
     <w:rsid w:val="007120CA"/>
     <w:rsid w:val="00712B65"/>
     <w:rsid w:val="007137C2"/>
     <w:rsid w:val="00716240"/>
     <w:rsid w:val="007168CE"/>
     <w:rsid w:val="007232DE"/>
     <w:rsid w:val="00725701"/>
     <w:rsid w:val="007277CA"/>
     <w:rsid w:val="0073016D"/>
     <w:rsid w:val="00732B11"/>
     <w:rsid w:val="00733255"/>
     <w:rsid w:val="00735352"/>
     <w:rsid w:val="00735C1E"/>
     <w:rsid w:val="007360F3"/>
     <w:rsid w:val="00737CFA"/>
     <w:rsid w:val="0074172E"/>
     <w:rsid w:val="007429B8"/>
     <w:rsid w:val="00743C94"/>
     <w:rsid w:val="00744BBC"/>
     <w:rsid w:val="0074507C"/>
     <w:rsid w:val="00745CA8"/>
     <w:rsid w:val="00753CF4"/>
     <w:rsid w:val="00755920"/>
     <w:rsid w:val="0075790A"/>
     <w:rsid w:val="00760CF3"/>
     <w:rsid w:val="00762167"/>
     <w:rsid w:val="0076342A"/>
     <w:rsid w:val="007657A7"/>
     <w:rsid w:val="007661D1"/>
     <w:rsid w:val="007664C1"/>
     <w:rsid w:val="007672E0"/>
     <w:rsid w:val="00770A26"/>
     <w:rsid w:val="00770D96"/>
     <w:rsid w:val="00771593"/>
+    <w:rsid w:val="0077420A"/>
+    <w:rsid w:val="00777E28"/>
     <w:rsid w:val="00783182"/>
     <w:rsid w:val="00785C11"/>
     <w:rsid w:val="00791114"/>
     <w:rsid w:val="007A522C"/>
     <w:rsid w:val="007A69C3"/>
     <w:rsid w:val="007A71B2"/>
     <w:rsid w:val="007B1080"/>
     <w:rsid w:val="007B24C7"/>
     <w:rsid w:val="007B2B66"/>
     <w:rsid w:val="007B2BAF"/>
     <w:rsid w:val="007B2CC6"/>
     <w:rsid w:val="007B327D"/>
     <w:rsid w:val="007B69EC"/>
     <w:rsid w:val="007B7CF6"/>
     <w:rsid w:val="007C263D"/>
     <w:rsid w:val="007C27E2"/>
     <w:rsid w:val="007C476F"/>
     <w:rsid w:val="007C4A1E"/>
     <w:rsid w:val="007C4C7F"/>
     <w:rsid w:val="007C585E"/>
     <w:rsid w:val="007C59E2"/>
     <w:rsid w:val="007C67DC"/>
     <w:rsid w:val="007D15D5"/>
     <w:rsid w:val="007D1D42"/>
     <w:rsid w:val="007D28A4"/>
@@ -6643,148 +6463,152 @@
     <w:rsid w:val="008717EA"/>
     <w:rsid w:val="0087481C"/>
     <w:rsid w:val="008751C6"/>
     <w:rsid w:val="00876C5C"/>
     <w:rsid w:val="008770CD"/>
     <w:rsid w:val="0088053F"/>
     <w:rsid w:val="00881D9E"/>
     <w:rsid w:val="008827B6"/>
     <w:rsid w:val="00887DB4"/>
     <w:rsid w:val="00890873"/>
     <w:rsid w:val="00890B22"/>
     <w:rsid w:val="0089538E"/>
     <w:rsid w:val="008A1FFE"/>
     <w:rsid w:val="008A37CF"/>
     <w:rsid w:val="008A498C"/>
     <w:rsid w:val="008A4B06"/>
     <w:rsid w:val="008A57D2"/>
     <w:rsid w:val="008A745D"/>
     <w:rsid w:val="008B25AD"/>
     <w:rsid w:val="008B3A45"/>
     <w:rsid w:val="008B5263"/>
     <w:rsid w:val="008B6D1A"/>
     <w:rsid w:val="008C0260"/>
     <w:rsid w:val="008C5679"/>
     <w:rsid w:val="008D0598"/>
+    <w:rsid w:val="008D07D7"/>
     <w:rsid w:val="008D0FBE"/>
     <w:rsid w:val="008D112E"/>
     <w:rsid w:val="008D1A96"/>
     <w:rsid w:val="008D1BAB"/>
     <w:rsid w:val="008D48DF"/>
     <w:rsid w:val="008E4209"/>
     <w:rsid w:val="008E5270"/>
     <w:rsid w:val="008E57EB"/>
     <w:rsid w:val="008E5C13"/>
     <w:rsid w:val="008F6726"/>
     <w:rsid w:val="00900C9E"/>
     <w:rsid w:val="009018C7"/>
     <w:rsid w:val="00902E78"/>
     <w:rsid w:val="00905549"/>
     <w:rsid w:val="00910875"/>
     <w:rsid w:val="0091487A"/>
     <w:rsid w:val="00915C21"/>
     <w:rsid w:val="00916438"/>
     <w:rsid w:val="00916C27"/>
     <w:rsid w:val="009220CE"/>
     <w:rsid w:val="00922CEE"/>
     <w:rsid w:val="00925409"/>
     <w:rsid w:val="00926F03"/>
     <w:rsid w:val="0092780C"/>
     <w:rsid w:val="00930701"/>
     <w:rsid w:val="00930892"/>
     <w:rsid w:val="0093391A"/>
     <w:rsid w:val="00934398"/>
     <w:rsid w:val="00935791"/>
     <w:rsid w:val="009361A3"/>
     <w:rsid w:val="00940EFC"/>
     <w:rsid w:val="009442CD"/>
     <w:rsid w:val="009445B5"/>
     <w:rsid w:val="00944BC1"/>
     <w:rsid w:val="00944EE9"/>
     <w:rsid w:val="009451A4"/>
     <w:rsid w:val="00951390"/>
+    <w:rsid w:val="00951C34"/>
     <w:rsid w:val="00952EEF"/>
     <w:rsid w:val="0095612D"/>
     <w:rsid w:val="0096067A"/>
     <w:rsid w:val="00960BD3"/>
     <w:rsid w:val="00961438"/>
     <w:rsid w:val="00961888"/>
     <w:rsid w:val="00961BD6"/>
     <w:rsid w:val="00963DB4"/>
     <w:rsid w:val="009664DA"/>
     <w:rsid w:val="009717DC"/>
     <w:rsid w:val="009728C2"/>
     <w:rsid w:val="00976854"/>
     <w:rsid w:val="00986E86"/>
     <w:rsid w:val="0098772A"/>
     <w:rsid w:val="0099130E"/>
     <w:rsid w:val="00991BB4"/>
     <w:rsid w:val="009931EE"/>
     <w:rsid w:val="0099480E"/>
     <w:rsid w:val="009953C1"/>
     <w:rsid w:val="00995FEB"/>
     <w:rsid w:val="009A275D"/>
     <w:rsid w:val="009A2955"/>
     <w:rsid w:val="009A29D5"/>
     <w:rsid w:val="009A37F4"/>
     <w:rsid w:val="009A5277"/>
     <w:rsid w:val="009A573F"/>
+    <w:rsid w:val="009A7F03"/>
     <w:rsid w:val="009B11C1"/>
     <w:rsid w:val="009B4643"/>
     <w:rsid w:val="009B5ADA"/>
     <w:rsid w:val="009B74FE"/>
     <w:rsid w:val="009C1EB8"/>
     <w:rsid w:val="009C3AB3"/>
     <w:rsid w:val="009C40CF"/>
     <w:rsid w:val="009C518B"/>
     <w:rsid w:val="009C6CD4"/>
     <w:rsid w:val="009C72A6"/>
     <w:rsid w:val="009C753F"/>
     <w:rsid w:val="009D0194"/>
     <w:rsid w:val="009D3ECE"/>
     <w:rsid w:val="009E180D"/>
     <w:rsid w:val="009E219D"/>
     <w:rsid w:val="009E32FF"/>
     <w:rsid w:val="009E43CC"/>
     <w:rsid w:val="009E4A7D"/>
     <w:rsid w:val="009E5730"/>
     <w:rsid w:val="009F0B04"/>
     <w:rsid w:val="009F134F"/>
     <w:rsid w:val="009F7C4B"/>
     <w:rsid w:val="00A02FDF"/>
     <w:rsid w:val="00A04E69"/>
     <w:rsid w:val="00A05626"/>
     <w:rsid w:val="00A06EA0"/>
     <w:rsid w:val="00A1388A"/>
     <w:rsid w:val="00A14E97"/>
     <w:rsid w:val="00A15300"/>
     <w:rsid w:val="00A16999"/>
     <w:rsid w:val="00A17180"/>
     <w:rsid w:val="00A207DE"/>
     <w:rsid w:val="00A22B12"/>
     <w:rsid w:val="00A25764"/>
     <w:rsid w:val="00A30E5F"/>
+    <w:rsid w:val="00A32620"/>
     <w:rsid w:val="00A334DF"/>
     <w:rsid w:val="00A43BE3"/>
     <w:rsid w:val="00A478E2"/>
     <w:rsid w:val="00A47951"/>
     <w:rsid w:val="00A502B9"/>
     <w:rsid w:val="00A52187"/>
     <w:rsid w:val="00A555DA"/>
     <w:rsid w:val="00A560A4"/>
     <w:rsid w:val="00A57198"/>
     <w:rsid w:val="00A60318"/>
     <w:rsid w:val="00A60E80"/>
     <w:rsid w:val="00A61030"/>
     <w:rsid w:val="00A62698"/>
     <w:rsid w:val="00A63579"/>
     <w:rsid w:val="00A63993"/>
     <w:rsid w:val="00A63FE8"/>
     <w:rsid w:val="00A65505"/>
     <w:rsid w:val="00A72EC7"/>
     <w:rsid w:val="00A73562"/>
     <w:rsid w:val="00A73750"/>
     <w:rsid w:val="00A73E63"/>
     <w:rsid w:val="00A758E4"/>
     <w:rsid w:val="00A762A3"/>
     <w:rsid w:val="00A7736A"/>
     <w:rsid w:val="00A80A11"/>
@@ -6887,51 +6711,53 @@
     <w:rsid w:val="00B84AC1"/>
     <w:rsid w:val="00B84E8B"/>
     <w:rsid w:val="00B851E7"/>
     <w:rsid w:val="00B87142"/>
     <w:rsid w:val="00B903CA"/>
     <w:rsid w:val="00B91169"/>
     <w:rsid w:val="00B95172"/>
     <w:rsid w:val="00B95877"/>
     <w:rsid w:val="00BA42A2"/>
     <w:rsid w:val="00BA42DD"/>
     <w:rsid w:val="00BA463C"/>
     <w:rsid w:val="00BA660E"/>
     <w:rsid w:val="00BA6F80"/>
     <w:rsid w:val="00BA78D2"/>
     <w:rsid w:val="00BB2CBF"/>
     <w:rsid w:val="00BB33D6"/>
     <w:rsid w:val="00BC15CD"/>
     <w:rsid w:val="00BC19A9"/>
     <w:rsid w:val="00BC2ACB"/>
     <w:rsid w:val="00BC2AED"/>
     <w:rsid w:val="00BC2EAA"/>
     <w:rsid w:val="00BC30A7"/>
     <w:rsid w:val="00BD197F"/>
     <w:rsid w:val="00BD2D00"/>
     <w:rsid w:val="00BD3440"/>
+    <w:rsid w:val="00BD47B7"/>
     <w:rsid w:val="00BD55B9"/>
+    <w:rsid w:val="00BD5EB2"/>
     <w:rsid w:val="00BD678E"/>
     <w:rsid w:val="00BE6D54"/>
     <w:rsid w:val="00BE7AC2"/>
     <w:rsid w:val="00BF0EB2"/>
     <w:rsid w:val="00C00358"/>
     <w:rsid w:val="00C038C3"/>
     <w:rsid w:val="00C03F17"/>
     <w:rsid w:val="00C0444D"/>
     <w:rsid w:val="00C04E72"/>
     <w:rsid w:val="00C05A0F"/>
     <w:rsid w:val="00C06CB3"/>
     <w:rsid w:val="00C07F9E"/>
     <w:rsid w:val="00C106D9"/>
     <w:rsid w:val="00C13A67"/>
     <w:rsid w:val="00C1675C"/>
     <w:rsid w:val="00C174FD"/>
     <w:rsid w:val="00C1763D"/>
     <w:rsid w:val="00C17A8F"/>
     <w:rsid w:val="00C22C78"/>
     <w:rsid w:val="00C242EC"/>
     <w:rsid w:val="00C27147"/>
     <w:rsid w:val="00C352BD"/>
     <w:rsid w:val="00C35A5C"/>
     <w:rsid w:val="00C37758"/>
     <w:rsid w:val="00C41F01"/>
@@ -7041,61 +6867,64 @@
     <w:rsid w:val="00D6663B"/>
     <w:rsid w:val="00D66E25"/>
     <w:rsid w:val="00D6735F"/>
     <w:rsid w:val="00D67590"/>
     <w:rsid w:val="00D67702"/>
     <w:rsid w:val="00D72F9E"/>
     <w:rsid w:val="00D73EF0"/>
     <w:rsid w:val="00D77CB8"/>
     <w:rsid w:val="00D81A15"/>
     <w:rsid w:val="00D836C4"/>
     <w:rsid w:val="00D85B87"/>
     <w:rsid w:val="00D8674E"/>
     <w:rsid w:val="00D8752C"/>
     <w:rsid w:val="00D93A47"/>
     <w:rsid w:val="00D941C1"/>
     <w:rsid w:val="00D956BF"/>
     <w:rsid w:val="00D95A93"/>
     <w:rsid w:val="00D962F3"/>
     <w:rsid w:val="00D9794B"/>
     <w:rsid w:val="00DA0AC1"/>
     <w:rsid w:val="00DA2558"/>
     <w:rsid w:val="00DA2AAD"/>
     <w:rsid w:val="00DA33B4"/>
     <w:rsid w:val="00DA4EBA"/>
     <w:rsid w:val="00DA4FA3"/>
+    <w:rsid w:val="00DA50C9"/>
+    <w:rsid w:val="00DA5C63"/>
     <w:rsid w:val="00DA669C"/>
     <w:rsid w:val="00DA7EA7"/>
     <w:rsid w:val="00DB24F1"/>
     <w:rsid w:val="00DB2623"/>
     <w:rsid w:val="00DB35C0"/>
     <w:rsid w:val="00DB47A7"/>
     <w:rsid w:val="00DB4DBF"/>
     <w:rsid w:val="00DB4E10"/>
     <w:rsid w:val="00DB5574"/>
     <w:rsid w:val="00DB67C2"/>
     <w:rsid w:val="00DB698D"/>
+    <w:rsid w:val="00DB6B2D"/>
     <w:rsid w:val="00DB6D48"/>
     <w:rsid w:val="00DB7E89"/>
     <w:rsid w:val="00DC26C5"/>
     <w:rsid w:val="00DC592E"/>
     <w:rsid w:val="00DC7588"/>
     <w:rsid w:val="00DD1A49"/>
     <w:rsid w:val="00DD3E98"/>
     <w:rsid w:val="00DD4C4E"/>
     <w:rsid w:val="00DD5791"/>
     <w:rsid w:val="00DD6A46"/>
     <w:rsid w:val="00DD6EBC"/>
     <w:rsid w:val="00DD7492"/>
     <w:rsid w:val="00DE20A8"/>
     <w:rsid w:val="00DE456E"/>
     <w:rsid w:val="00DE58ED"/>
     <w:rsid w:val="00DE5F92"/>
     <w:rsid w:val="00DF0D6B"/>
     <w:rsid w:val="00DF42F0"/>
     <w:rsid w:val="00DF5753"/>
     <w:rsid w:val="00DF6407"/>
     <w:rsid w:val="00E00670"/>
     <w:rsid w:val="00E07C3F"/>
     <w:rsid w:val="00E13C09"/>
     <w:rsid w:val="00E14C52"/>
     <w:rsid w:val="00E16A2E"/>
@@ -7218,51 +7047,51 @@
     <w:rsid w:val="00FA71F3"/>
     <w:rsid w:val="00FC5430"/>
     <w:rsid w:val="00FC56F3"/>
     <w:rsid w:val="00FC6211"/>
     <w:rsid w:val="00FC76F0"/>
     <w:rsid w:val="00FC7800"/>
     <w:rsid w:val="00FD0F72"/>
     <w:rsid w:val="00FD2F31"/>
     <w:rsid w:val="00FD34FC"/>
     <w:rsid w:val="00FD4D95"/>
     <w:rsid w:val="00FD7066"/>
     <w:rsid w:val="00FD78E1"/>
     <w:rsid w:val="00FD78E3"/>
     <w:rsid w:val="00FE0431"/>
     <w:rsid w:val="00FE3592"/>
     <w:rsid w:val="00FE55CC"/>
     <w:rsid w:val="00FF2F7B"/>
     <w:rsid w:val="00FF354C"/>
     <w:rsid w:val="00FF5647"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="1A927F36"/>
+  <w14:docId w14:val="4C3956B6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{34455708-0914-4D95-94E7-E137EDF16E99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7607,50 +7436,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C764EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -8390,50 +8223,63 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -8560,176 +8406,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId>1516</AccountId>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
     <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A0CAC3B-AD74-47C0-82AB-6277BA7AB994}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17A57718-5587-40EC-8552-15525F98B3A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80413374-0BF7-4E28-A842-10C23F2BE19D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECC47B66-3678-419E-B970-4C73EB13461B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1690C6CB-65B3-4DFB-A530-5603E1989F54}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA0F2D2E-DDBC-4C7E-8BCA-666C183ABA98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>8548</Words>
-  <Characters>4873</Characters>
+  <Words>8205</Words>
+  <Characters>4678</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13395</CharactersWithSpaces>
+  <CharactersWithSpaces>12858</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Solveiga Rozite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SignaturesHtml">
     <vt:lpwstr/>
   </property>