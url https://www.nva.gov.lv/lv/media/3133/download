--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -11,270 +11,272 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 23.1.0 -->
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="003E34BC" w:rsidP="003E34BC" w14:paraId="4CB9B41B" w14:textId="77777777">
+    <w:p w:rsidR="003E34BC" w:rsidRPr="00E617CF" w:rsidP="003E34BC" w14:paraId="50518300" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E617CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>7.pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E34BC" w:rsidP="003E34BC" w14:paraId="4CB9B41C" w14:textId="77777777">
+    <w:p w:rsidR="003E34BC" w:rsidRPr="00E617CF" w:rsidP="003E34BC" w14:paraId="621B769B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E617CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E34BC" w:rsidRPr="002918E2" w:rsidP="003E34BC" w14:paraId="4CB9B41D" w14:textId="77777777">
+    <w:p w:rsidR="00E21EAD" w:rsidRPr="00E617CF" w:rsidP="003E34BC" w14:paraId="52A20FD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F84685">
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk115944548"/>
+      <w:r w:rsidRPr="00E617CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>02.04.2024.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002918E2" w:rsidR="00ED4415">
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E617CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00F84685">
+      <w:r w:rsidRPr="00E617CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1.1-1/94</w:t>
+        <w:t>1.1-1/264</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006018AD" w:rsidP="00E3576C" w14:paraId="4CB9B41E" w14:textId="77777777">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="006018AD" w:rsidP="00E3576C" w14:paraId="4407876A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV" w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00254FD3" w14:paraId="4CB9B41F" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00254FD3" w14:paraId="6FE2B6A3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Traktortehnikas </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F418EE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vadītāju apmācības </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īstenotāju izvēles kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidP="00F418EE" w14:paraId="4CB9B420" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidP="00F418EE" w14:paraId="67856FD7" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0013276A" w14:paraId="4CB9B421" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0013276A" w14:paraId="05208937" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Prasības PIEDĀVĀJUMA NOFORMĒJUMAM UN IESNIEGŠANAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="0010455E" w:rsidP="00F418EE" w14:paraId="4CB9B422" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="0010455E" w:rsidP="00F418EE" w14:paraId="4C3CAAFE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284" w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B423" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4E78ABF6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā izvirzītajām prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00385783" w14:paraId="4CB9B424" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00385783" w14:paraId="0669E678" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="0040204A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -506,99 +508,99 @@
       <w:r w:rsidR="0036614D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ek</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00FC3FF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēt</w:t>
       </w:r>
       <w:r w:rsidR="00DC5875">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00FC3FF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385783" w:rsidRPr="00385783" w:rsidP="004D0EB6" w14:paraId="4CB9B425" w14:textId="77777777">
+    <w:p w:rsidR="00385783" w:rsidRPr="00385783" w:rsidP="004D0EB6" w14:paraId="27BB44DD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385783">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais piedāvājums jāsagatavo </w:t>
       </w:r>
       <w:r w:rsidRPr="004D0EB6">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>MS Excel</w:t>
       </w:r>
       <w:r w:rsidRPr="00385783">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> formātā, atbilstoši</w:t>
       </w:r>
       <w:r w:rsidR="0093277C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aģentūras izstrādātajai</w:t>
       </w:r>
       <w:r w:rsidRPr="00385783">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tehniskā piedāvājuma veidlapai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00072129" w:rsidP="00F11F9C" w14:paraId="4CB9B426" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00072129" w:rsidP="00F11F9C" w14:paraId="564D9FC3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iesniegt</w:t>
       </w:r>
       <w:r w:rsidR="00DC5875">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -668,51 +670,51 @@
       <w:r w:rsidRPr="009E5730" w:rsidR="006A7EA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r w:rsidR="00DC5875">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="006A7EA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913F43" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B427" w14:textId="77777777">
+    <w:p w:rsidR="00913F43" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="7AF6CEA2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Šīs kārtības 11. punktā minētos un citus uz izsludinājumu attiecināmos dokumentus pretendents iesniedz vienā elektroniskajā dokumentā,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00183E3E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -764,248 +766,308 @@
       <w:r w:rsidRPr="00E17A82" w:rsidR="00183E3E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00FE2EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00183E3E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība” prasībām</w:t>
       </w:r>
       <w:r w:rsidR="00183E3E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B428" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00E21EAD" w:rsidP="00E617CF" w14:paraId="6962120A" w14:textId="7B7A389A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:caps/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00385783">
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EAD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendenta piedāvājuma dokumentus paraksta </w:t>
       </w:r>
-      <w:r w:rsidR="0058678E">
+      <w:r w:rsidRPr="00E21EAD" w:rsidR="0058678E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00385783">
+      <w:r w:rsidRPr="00E21EAD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu pārstāvēt tiesīga vai </w:t>
       </w:r>
-      <w:r w:rsidR="001B0B5F">
+      <w:r w:rsidRPr="00E21EAD" w:rsidR="001B0B5F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00385783">
+      <w:r w:rsidRPr="00E21EAD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta pilnvarota persona. Personas, kuras paraksta pieteikumu, pārstāvības tiesībām ir jābūt nostiprinātām atbilstoši normatīvajos aktos noteiktajam regulējumam. Ja piedāvājumā iekļauto dokumentāciju paraksta pilnvarota persona, piedāvājumam pievieno </w:t>
       </w:r>
-      <w:r w:rsidR="004A56F3">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E21EAD" w:rsidR="004A56F3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendenta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paraksta tiesīgās personas izdotu pilnvaru vai normatīvajos aktos noteiktā kārtībā apliecinātu pilnvarojuma kopiju. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD" w:rsidR="0058678E">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents ir personu apvienība, tad pieteikumu paraksta visi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD" w:rsidR="004A56F3">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu. Ja pretendents ir iesniedzis pieteikumu, kurš nav parakstīts ar drošu elektronisko parakstu, ar Aģentūras rīkojumu apstiprināta apmācību pasākumu īstenotāju izvēles pastāvīgā komisija (turpmāk – komisija) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk210902844"/>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t>nosaka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00385783">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00385783">
+      <w:r w:rsidR="00F407EB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t>saprātīgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F407EB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00F407EB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t>trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="00F407EB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00F407EB">
+        <w:t>novēršanai</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00E21EAD">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ja </w:t>
-[...27 lines deleted...]
-        <w:t>apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093277C" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B429" w14:textId="77777777">
+    <w:p w:rsidR="0093277C" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="725AE6C4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents ir tiesīgs grozīt iesniegto piedāvājumu. Paziņojums par grozījumiem piedāvājumā sagatavojams, noformējams un iesniedzams tāpat kā piedāvājums (atbilstoši šīs kārtības prasībām), un </w:t>
       </w:r>
       <w:r w:rsidR="00056596">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tajā</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B42A" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="2453E4F1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pēc piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00DC5875">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="0058678E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093277C" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B42B" w14:textId="77777777">
+    <w:p w:rsidR="0093277C" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4182AF38" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="005713ED">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -1069,145 +1131,145 @@
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F0EC9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta līdzdalību šajā izsludinājumā</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00DD11B1" w:rsidP="008703A8" w14:paraId="4CB9B42C" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00DD11B1" w:rsidP="008703A8" w14:paraId="4D88BDA0" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006018AD" w:rsidRPr="0010455E" w:rsidP="006018AD" w14:paraId="4CB9B42D" w14:textId="77777777">
+    <w:p w:rsidR="006018AD" w:rsidRPr="0010455E" w:rsidP="006018AD" w14:paraId="11DF8B81" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0013276A" w14:paraId="4CB9B42E" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0013276A" w14:paraId="47F78850" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PRETENDENTA ATLASES dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="0036614D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kritēriji </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205" w:rsidR="0036614D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PRETENDENTA </w:t>
       </w:r>
       <w:r w:rsidR="0036614D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="0010455E" w:rsidP="008F3428" w14:paraId="4CB9B42F" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="0010455E" w:rsidP="008F3428" w14:paraId="7E354498" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC216A" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B430" w14:textId="77777777">
+    <w:p w:rsidR="00AC216A" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="5C956BC2" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00B01E5E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1356,51 +1418,51 @@
       <w:r w:rsidR="00E656AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ās izsludinājuma</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> veidlap</w:t>
       </w:r>
       <w:r w:rsidR="00E656AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F02380">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43B28" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B431" w14:textId="77777777">
+    <w:p w:rsidR="00F43B28" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="6B53EB15" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai novērtētu </w:t>
       </w:r>
       <w:r w:rsidR="001B0B5F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1445,373 +1507,331 @@
       <w:r w:rsidR="0036614D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00627D40" w:rsidR="0036614D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(iesniedzamo dokumentu kopijām jābūt noformētām atbilstoši normatīvo aktu prasībām</w:t>
       </w:r>
       <w:r w:rsidR="0036614D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093277C" w:rsidP="0074131B" w14:paraId="4CB9B432" w14:textId="77777777">
+    <w:p w:rsidR="0093277C" w:rsidP="0074131B" w14:paraId="0D6E7D44" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F43B28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ieteikums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dalībai izsludinājumā</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk86092805"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk86092805"/>
       <w:r w:rsidR="00535E3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – pieteikums)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093277C" w:rsidRPr="00DD11B1" w:rsidP="0074131B" w14:paraId="4CB9B433" w14:textId="77777777">
+    <w:p w:rsidR="0093277C" w:rsidRPr="00DD11B1" w:rsidP="0074131B" w14:paraId="62C85E43" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk532312376"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk532312376"/>
       <w:r w:rsidRPr="00DD11B1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ap</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD11B1" w:rsidR="00015503">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">liecinājums par </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD11B1" w:rsidR="00E3576C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>traktortehnikas vadītāju apmācības īstenošanas nosacījum</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD11B1" w:rsidR="00015503">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="00A415A0" w:rsidR="00E3576C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00A415A0" w:rsidR="00015503">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>evērošanu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="008A6A37" w:rsidR="00F43B28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E3576C" w:rsidRPr="00DD11B1" w:rsidP="0074131B" w14:paraId="4CB9B434" w14:textId="77777777">
+    <w:p w:rsidR="00E3576C" w:rsidRPr="00DD11B1" w:rsidP="0074131B" w14:paraId="3BD511E6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk532312391"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk532312391"/>
       <w:r w:rsidRPr="00DD11B1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskais piedāvājums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="003B00B1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="4CB9B435" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="781C6B0F" w14:textId="2AC87160">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ar Aģentūras rīkojumu apstiprināta apmācību </w:t>
-[...11 lines deleted...]
-        <w:t>īstenotāju izvēles pastāvīgā k</w:t>
+        <w:t>Komisija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="002371C2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="00C02268">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lemj</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">omisija </w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="009E5730" w:rsidR="002371C2">
+        <w:t xml:space="preserve"> par tādu </w:t>
+      </w:r>
+      <w:r w:rsidR="001B0B5F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00015503">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="000523F7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pmācības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanai, kas atbilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2011.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E5730" w:rsidR="00C02268">
-[...3 lines deleted...]
-        <w:t>lemj</w:t>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 25.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2EEE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>janvāra noteikumu Nr.75 „Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” 15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2EEE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētaj</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2635">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m pasākumu īstenotāju izvēles </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par tādu </w:t>
-[...5 lines deleted...]
-        <w:t>p</w:t>
+        <w:t>prasībām</w:t>
+      </w:r>
+      <w:r w:rsidR="0036614D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un šādiem nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E91932" w:rsidRPr="009E5730" w:rsidP="002C0691" w14:paraId="4CB9B436" w14:textId="77777777">
+    <w:p w:rsidR="00E91932" w:rsidRPr="009E5730" w:rsidP="002C0691" w14:paraId="75441BBA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentam ir derīga</w:t>
@@ -1855,51 +1875,51 @@
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izsniegtā mācību</w:t>
       </w:r>
       <w:r w:rsidR="004D72D8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00394328">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>karte</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="002C0691" w14:paraId="4CB9B437" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="002C0691" w14:paraId="50E8A362" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00982510">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentam </w:t>
@@ -1979,51 +1999,51 @@
       <w:r w:rsidRPr="00FB10DA" w:rsidR="000523F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pmācības</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA" w:rsidR="003A5E90">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
       <w:r w:rsidRPr="00982510">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D253B" w:rsidRPr="00B71B69" w:rsidP="00B71B69" w14:paraId="4CB9B438" w14:textId="77777777">
+    <w:p w:rsidR="009D253B" w:rsidRPr="00B71B69" w:rsidP="00B71B69" w14:paraId="07D0C756" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākums</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4BB1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2073,51 +2093,51 @@
       <w:r w:rsidRPr="00FB10DA" w:rsidR="0057456C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanas vieta ir reģistrēta </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA" w:rsidR="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA" w:rsidR="00C54AB8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D549A2" w:rsidP="0089710C" w14:paraId="4CB9B439" w14:textId="0AAF526E">
+    <w:p w:rsidR="00D549A2" w:rsidP="0089710C" w14:paraId="6F7BF4D2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF58A0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta</w:t>
@@ -2149,78 +2169,78 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>traktortehnikas</w:t>
       </w:r>
       <w:r w:rsidRPr="00075437">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF58A0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apmācību programmu īstenošanā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D549A2" w:rsidP="00D549A2" w14:paraId="4CB9B43A" w14:textId="77777777">
+    <w:p w:rsidR="00D549A2" w:rsidP="00D549A2" w14:paraId="016C208B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājums </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk95299954"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk95299954"/>
       <w:r w:rsidR="00A079C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pēdēj</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00A079C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E7EC3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divu </w:t>
       </w:r>
       <w:r w:rsidR="00A079C3">
@@ -2231,212 +2251,212 @@
       </w:r>
       <w:r w:rsidR="000E7EC3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00A079C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="002D11F2" w:rsidR="00A079C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00A079C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>etika</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="002D11F2" w:rsidR="00A079C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">svītrots no </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūras Traktortehnikas vadītāju izglītības</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piedāvājumu saraksta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk86104769"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk86104769"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk - </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājumu sarakst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009D253B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> var atkārtoti pieteikties pasākumu īstenošanai ne agrāk kā divus gadus pēc dienas, kad </w:t>
       </w:r>
       <w:r w:rsidR="009D253B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="009D253B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendenta</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piedāvājums svītrots no izglītības piedāvājumu saraksta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D549A2" w:rsidRPr="00D549A2" w:rsidP="002C0691" w14:paraId="4CB9B43B" w14:textId="77777777">
+    <w:p w:rsidR="00D549A2" w:rsidRPr="00D549A2" w:rsidP="002C0691" w14:paraId="2C29188A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007863F6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendenta piedāvājums nav iekļauts </w:t>
       </w:r>
       <w:r w:rsidRPr="00B01924">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">aktuālajā </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājumu sarakst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00504223">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002929F2" w:rsidP="002C0691" w14:paraId="4CB9B43C" w14:textId="77777777">
+    <w:p w:rsidR="002929F2" w:rsidP="002C0691" w14:paraId="3F9F27C6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk46393064"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk46393064"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidR="0058678E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00C54AB8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u neattiecas neviens no</w:t>
       </w:r>
       <w:r w:rsidR="00C54AB8">
@@ -2665,51 +2685,51 @@
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0036744B" w:rsidR="0001557C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādi, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="00504223" w:rsidR="0001557C">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00504223">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006468FE" w:rsidRPr="00FC0B1D" w:rsidP="00A03FE1" w14:paraId="4CB9B43D" w14:textId="77777777">
+    <w:p w:rsidR="006468FE" w:rsidRPr="00FC0B1D" w:rsidP="00A03FE1" w14:paraId="57C59A67" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -2846,52 +2866,52 @@
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
       </w:r>
       <w:r w:rsidR="00FE2EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FB10DA" w:rsidP="00982510" w14:paraId="4CB9B43E" w14:textId="77777777">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FB10DA" w:rsidP="00982510" w14:paraId="52C13DE1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00982510">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -2919,132 +2939,132 @@
       <w:r w:rsidRPr="00CE4BB1" w:rsidR="0057456C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE4BB1" w:rsidR="00CA3A88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA" w:rsidR="00AC216A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sarakstam</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB10DA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F3428" w:rsidP="008F3428" w14:paraId="4CB9B43F" w14:textId="77777777">
+    <w:p w:rsidR="008F3428" w:rsidP="008F3428" w14:paraId="5A6FC01F" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B4564D" w:rsidRPr="009E5730" w:rsidP="008F3428" w14:paraId="4CB9B440" w14:textId="77777777">
+    <w:p w:rsidR="00B4564D" w:rsidRPr="009E5730" w:rsidP="008F3428" w14:paraId="0C2A47DF" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0013276A" w14:paraId="4CB9B441" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0013276A" w14:paraId="4D13EAFC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="0027336E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="0010455E" w:rsidP="00F418EE" w14:paraId="4CB9B442" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="0010455E" w:rsidP="00F418EE" w14:paraId="102AAF80" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidP="00F11F9C" w14:paraId="4CB9B443" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidP="00F11F9C" w14:paraId="509B6ED5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="003E6D86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3059,97 +3079,97 @@
       <w:r w:rsidR="00FE2EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="00FE2EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF1F77" w:rsidP="00CF1F77" w14:paraId="5884D14E" w14:textId="77777777">
+    <w:p w:rsidR="00CF1F77" w:rsidP="00CF1F77" w14:paraId="75F7B718" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē pretendenta atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>šīs kārtības</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12.5. un 12.6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00425E31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF1F77" w:rsidP="00CF1F77" w14:paraId="3EAFDB5B" w14:textId="6C035FF3">
+    <w:p w:rsidR="00CF1F77" w:rsidP="00CF1F77" w14:paraId="3B380C21" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00144026">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3206,80 +3226,80 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>traktortehnikas</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadītāju apmācības</w:t>
       </w:r>
       <w:r w:rsidRPr="0074131B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmu īstenošanai</w:t>
       </w:r>
       <w:r w:rsidRPr="00144026">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF1F77" w:rsidRPr="00CF1F77" w:rsidP="00CF1F77" w14:paraId="45B41418" w14:textId="4ED58E0C">
+    <w:p w:rsidR="00CF1F77" w:rsidRPr="00CF1F77" w:rsidP="00CF1F77" w14:paraId="703623EE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pārbauda, vai pretendenta piedāvājums nav iekļauts aktuālajā Aģentūras izglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="00962EBF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>piedāvājumu sarakstā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0074131B" w14:paraId="4CB9B444" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0074131B" w14:paraId="680D4869" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00DD11B1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija </w:t>
@@ -3299,51 +3319,51 @@
       <w:r w:rsidR="00B520D1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājuma noformējuma atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="006C0ED3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kārtības prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0074131B" w14:paraId="4CB9B445" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0074131B" w14:paraId="609FD429" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="003C0F6A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija vērtē</w:t>
@@ -3363,51 +3383,51 @@
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
       <w:r w:rsidR="00F51F9C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iesniegto</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F51F9C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dokumentu atbilstību šīs kārtības prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0074131B" w14:paraId="4CB9B446" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="0074131B" w14:paraId="6E9B17F0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3506,51 +3526,51 @@
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidR="004A56F3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteikt</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="004A56F3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dokumentus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FE2EEE" w:rsidP="00FE2EEE" w14:paraId="4CB9B447" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FE2EEE" w:rsidP="00FE2EEE" w14:paraId="4EF2335E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>par pretendenta dokumentu atbilstību šīs kārtības</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2EEE" w:rsidR="00BE542B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3625,51 +3645,51 @@
       <w:r w:rsidRPr="00E319D2" w:rsidR="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">m </w:t>
       </w:r>
       <w:r w:rsidRPr="00E319D2" w:rsidR="00D1749C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00E319D2" w:rsidR="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija pārliecinās vietnē http://www.vtua.gov.lv</w:t>
       </w:r>
       <w:r w:rsidRPr="00E319D2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7EA3" w:rsidP="0074131B" w14:paraId="4CB9B448" w14:textId="61DA21A7">
+    <w:p w:rsidR="006A7EA3" w:rsidP="0074131B" w14:paraId="3CA98D9E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē </w:t>
       </w:r>
       <w:r w:rsidR="00B520D1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
@@ -3755,51 +3775,51 @@
       <w:r w:rsidR="00DD11B1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punkt</w:t>
       </w:r>
       <w:r w:rsidR="00954349">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00DD11B1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="008D0BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42056" w:rsidP="007C585A" w14:paraId="4CB9B449" w14:textId="1845FDE9">
+    <w:p w:rsidR="00C42056" w:rsidP="007C585A" w14:paraId="4FAAB286" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda pretendenta atbilstību šīs kārtības 1</w:t>
       </w:r>
       <w:r w:rsidR="00E319D2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3832,67 +3852,67 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunkt</w:t>
       </w:r>
       <w:r w:rsidR="00411C6F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā noteiktajam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, pieprasot informāciju VTUA</w:t>
       </w:r>
       <w:r w:rsidR="00411C6F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par pēdējā gada periodu līdz pieteikuma iesniegšanas termiņa noslēguma dienai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00202642" w:rsidRPr="00072129" w:rsidP="0074131B" w14:paraId="4CB9B44C" w14:textId="77777777">
+    <w:p w:rsidR="00202642" w:rsidRPr="00072129" w:rsidP="0074131B" w14:paraId="628FAD7F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk46393707"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk46393707"/>
       <w:r w:rsidRPr="00072129">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pārbauda, vai uz </w:t>
       </w:r>
       <w:r w:rsidRPr="00072129" w:rsidR="001B0B5F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00072129">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu neattiecas neviens no Publisko iepirkumu likuma </w:t>
       </w:r>
       <w:r w:rsidR="00DA2A9C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00072129" w:rsidR="00F51F9C">
@@ -4051,1643 +4071,1439 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E046DB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā</w:t>
       </w:r>
       <w:r w:rsidRPr="0074131B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktie termiņi</w:t>
       </w:r>
       <w:r w:rsidRPr="00962EBF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0074131B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>un pretendentam dienā, kad pieņemts lēmums</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+        <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="005D76D2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00072129" w:rsidR="000035BE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B44D" w14:textId="77777777">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="3CFFD3C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B44E" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="3D6C4FB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B44F" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="7F39D6F8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B450" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="68F8E599" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B451" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="2F8D0203" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B452" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4F93085A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B453" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="56B447AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B454" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="5D2E8FAA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B455" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="5E4A421A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B456" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="61D6B503" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B457" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="04EB1E91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B458" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4B00586C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B459" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="674D0677" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B45A" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="10FDFE44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B45B" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="7B1033EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B45C" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="37A4A792" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B45D" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="42BD66C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B45E" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="771CB8DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B45F" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="23EC9E39" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B460" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="477EC381" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B461" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="651EFAB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B462" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="70840F12" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B463" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="15431D47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4CB9B464" w14:textId="77777777">
+    <w:p w:rsidR="00EB621E" w:rsidRPr="00EB621E" w:rsidP="00EB621E" w14:paraId="4AC6EA75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00426EE3" w:rsidP="0074131B" w14:paraId="4CB9B465" w14:textId="77777777">
+    <w:p w:rsidR="0078360E" w:rsidP="0074131B" w14:paraId="0E65CC2A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD2D0E">
-[...60 lines deleted...]
-        <w:t>dienu laikā no informācijas pieprasīšanas dienas lūdz iesniegt:</w:t>
+      <w:r w:rsidRPr="00E769CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk134698066"/>
+      <w:r w:rsidRPr="004960A4" w:rsidR="007B6CAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004960A4" w:rsidR="007B6CAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6CAD">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00235829" w:rsidR="007B6CAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E769CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E769CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pārstāvēttiesīgo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E769CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50% īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00426EE3" w:rsidP="002C0691" w14:paraId="4CB9B466" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00E769CC" w:rsidP="0055341D" w14:paraId="72561F74" w14:textId="77777777">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:ind w:right="-1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E40DA">
-[...77 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00E769CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam izglītības piedāvājumu sarakstam un šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00426EE3" w:rsidP="002C0691" w14:paraId="4CB9B467" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00426EE3" w:rsidP="0055341D" w14:paraId="6D0187D2" w14:textId="77777777">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:ind w:right="-1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E40DA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>VID izdota lēmuma kopiju par nodokļu samaksas termiņa pagarināšanu vai atlikšanu, vai citus objektīvus pierādījumus par nodokļu parād</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> neesamību;</w:t>
+        <w:t>pretendenta pieteikums no dalības tālākā vērtēšanā tiek izslēgts gadījumā, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC166D" w:rsidP="00AD2D0E" w14:paraId="4CB9B468" w14:textId="77777777">
-[...35 lines deleted...]
-    <w:p w:rsidR="0078360E" w:rsidP="0074131B" w14:paraId="4CB9B469" w14:textId="77777777">
+    <w:p w:rsidR="00E769CC" w:rsidP="0055341D" w14:paraId="6EC465AB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E769CC">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50% īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      <w:r w:rsidRPr="00235829">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E769CC" w:rsidP="0055341D" w14:paraId="4CB9B46A" w14:textId="77777777">
-[...49 lines deleted...]
-    <w:p w:rsidR="00E769CC" w:rsidP="0055341D" w14:paraId="4CB9B46C" w14:textId="77777777">
+    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00E769CC" w:rsidP="0055341D" w14:paraId="7F7D3DFD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00235829">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00E769CC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nav iesniegts kāds no šajā kārtībā norādītajiem dokumentiem, vai to saturs neatbilst šīs kārtības prasībām, kā arī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00934BD3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ja tiek konstatēta pretendenta neatbilstība šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B6CAD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00E769CC" w:rsidP="0055341D" w14:paraId="4CB9B46D" w14:textId="77777777">
+    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00426EE3" w:rsidP="0055341D" w14:paraId="02C01045" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E769CC">
-[...15 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
+      </w:r>
+      <w:r w:rsidR="008075A3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Publiskā iepirkuma likuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2EEE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00E046DB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3" w:rsidR="00E046DB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2A9C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E046DB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00E046DB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00E046DB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2EEE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidRPr="00426EE3" w:rsidP="0055341D" w14:paraId="4CB9B46E" w14:textId="77777777">
+    <w:p w:rsidR="00AD2D0E" w:rsidP="0055341D" w14:paraId="1D3CD633" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00426EE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">pretendentam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC166D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006859B2">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00532F78">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD2D0E" w:rsidRPr="002C0691" w:rsidP="00E617CF" w14:paraId="00B5DC5C" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00426EE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 42.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FE2EEE">
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53737">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426EE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00C53737">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
       <w:r w:rsidRPr="00426EE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">panta </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53737">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00426EE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">daļas </w:t>
-[...11 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC166D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aģent</w:t>
+      </w:r>
+      <w:r w:rsidR="009D670A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ūr</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC166D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="00426EE3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...35 lines deleted...]
-        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+        <w:t xml:space="preserve"> pasākumu īst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E40DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>enošanas nosacījumus un ir izslēgts no izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="009D670A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E40DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izglītības iestādei ir aizliegts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atkārtoti pieteikties pasākumu īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidP="0055341D" w14:paraId="4CB9B46F" w14:textId="77777777">
+    <w:p w:rsidR="00BB66CF" w:rsidRPr="00426EE3" w:rsidP="0055341D" w14:paraId="5BD364DA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00426EE3">
-[...28 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="002C0691">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents ir iekļauts aktuālajā izglītības piedāvājumu sarakstā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E769CC" w:rsidRPr="00426EE3" w:rsidP="0055341D" w14:paraId="4CB9B470" w14:textId="77777777">
+    <w:p w:rsidR="0074131B" w:rsidRPr="0074131B" w:rsidP="0055341D" w14:paraId="57D0D836" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E769CC">
-[...28 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">rodas situācija, ka, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izvērtējot pieteikumu, komisijai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>šaubas par iesnieg</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5B52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā dokumenta atbilstību šīs kārtības prasībām, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija ir lūg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>usi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretendentu skaidrot attiecīgo dokumentu vai informāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074131B" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a pretendents norādītajā termiņā, kas nav īsāks par trīs darbdienām pēc informācijas nosūtīšanas, nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājumu pēc būtības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2D0E" w:rsidRPr="002C0691" w:rsidP="0055341D" w14:paraId="4CB9B471" w14:textId="77777777">
+    <w:p w:rsidR="00466E19" w:rsidP="0055341D" w14:paraId="02036CD5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00426EE3">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00426EE3">
+      <w:r w:rsidRPr="00803167">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00803167" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija, pārbaudot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0691" w:rsidR="00E83277">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0691" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0691" w:rsidR="00950391">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>konstatē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0691" w:rsidR="0055341D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ka tās neatbilst patiesībai.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009412FD" w:rsidR="009412FD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C53737">
-[...70 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00BB66CF" w:rsidRPr="00426EE3" w:rsidP="0055341D" w14:paraId="4CB9B472" w14:textId="77777777">
+    <w:p w:rsidR="00934BD3" w:rsidRPr="00532F78" w:rsidP="0055341D" w14:paraId="5872D95B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C0691">
-[...187 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00934BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4" w:rsidR="007B6CAD">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4" w:rsidR="007B6CAD">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="007B6CAD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00934BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pantā vai Komisijas regulas (EU) 2022/576 5.l panta 1. punktā noteiktajam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00183E3E" w:rsidRPr="00183E3E" w:rsidP="00183E3E" w14:paraId="4CB9B476" w14:textId="77777777">
+    <w:p w:rsidR="00183E3E" w:rsidP="00183E3E" w14:paraId="490957D2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
       <w:r w:rsidR="00934BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nosūta</w:t>
+        <w:t xml:space="preserve">nosūta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007772E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00934BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007772E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komisijas pieņemto lēmumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00934BD3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007772E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretendenta iekļaušanu vai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pretendent</w:t>
-[...5 lines deleted...]
-        <w:t>am</w:t>
+        <w:t xml:space="preserve">neiekļaušanu izglītības piedāvājumu </w:t>
+      </w:r>
+      <w:r w:rsidR="004555C7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>saraks</w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> komisijas pieņemto lēmumu</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>tā piecu darba dienu laikā no lēmuma pieņemšanas dienas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183E3E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21EAD" w:rsidRPr="00E21EAD" w:rsidP="00E617CF" w14:paraId="067AE304" w14:textId="531663B7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E617CF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut izglītības piedāvājumu sarakstā, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E617CF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu komisija pagarina administratīvā akta izdošanas termiņu par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretend</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A415A0" w:rsidRPr="00183E3E" w:rsidP="00183E3E" w14:paraId="4CB9B477" w14:textId="77777777">
+    <w:p w:rsidR="00E21EAD" w:rsidRPr="00E21EAD" w:rsidP="00E617CF" w14:paraId="3363CE1F" w14:textId="1CFC4809">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendents </w:t>
+      </w:r>
+      <w:r w:rsidR="00E617CF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijas lēmumu var apstrīdēt Aģentūras direktoram viena mēneša laikā no lēmuma spēkā stāšanās dienas, iesniedzot rakstveida iesniegumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A415A0" w:rsidRPr="00183E3E" w:rsidP="00183E3E" w14:paraId="16E7418C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk128042138"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk128042138"/>
       <w:r w:rsidRPr="00183E3E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. Par šādu Aģentūras lēmumu komisija informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidR="00E3576C" w:rsidP="00E3576C" w14:paraId="4CB9B478" w14:textId="77777777">
+    <w:p w:rsidR="00E3576C" w:rsidP="00E3576C" w14:paraId="40CA59DF" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED59F9" w:rsidRPr="0010455E" w:rsidP="00594B64" w14:paraId="4CB9B479" w14:textId="77777777">
+    <w:p w:rsidR="00ED59F9" w:rsidRPr="0010455E" w:rsidP="00594B64" w14:paraId="2DE69AD4" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00F418EE">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5738,90 +5554,99 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00EF6836" w:rsidP="00E046DB" w14:paraId="4CB9B47A" w14:textId="77777777">
+  <w:p w:rsidR="00EF6836" w:rsidP="00E046DB" w14:paraId="48785FB9" w14:textId="5F7BD536">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00EF6836" w14:paraId="4CB9B47B" w14:textId="77777777"/>
+  <w:p w:rsidR="00EF6836" w14:paraId="4CFD0869" w14:textId="77777777"/>
+  <w:p w:rsidR="00FE46E2" w14:paraId="22387392" w14:textId="156451F8"/>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00EF6836" w14:paraId="4CB9B47C" w14:textId="77777777">
+  <w:p w:rsidR="00EF6836" w14:paraId="73FB04EE" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
     <w:r>
       <w:t>Šis</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>dokuments</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>ir</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>parakstīts</w:t>
     </w:r>
     <w:r>
@@ -5851,51 +5676,125 @@
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>un</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>satur</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>laika</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00EF6836" w14:paraId="4CB9B47D" w14:textId="77777777">
+  <w:p w:rsidR="00EF6836" w14:paraId="7FF90555" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          </w:t>
+    </w:r>
+    <w:r>
+      <w:t>Šis</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>dokuments</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>ir</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>parakstīts</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>ar</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>drošu</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>elektronisko</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>parakstu</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>un</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>satur</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>laika</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00FE46E2" w14:paraId="0F4E9D38" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
     <w:r>
       <w:t>Šis</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>dokuments</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>ir</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>parakstīts</w:t>
     </w:r>
     <w:r>
@@ -5926,53 +5825,61 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>un</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>satur</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>laika</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>zīmogu</w:t>
     </w:r>
   </w:p>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="05CF00BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC6AE072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7590,51 +7497,51 @@
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1072" w:hanging="504"/>
+        <w:ind w:left="3340" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
@@ -8349,63 +8256,63 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581993"/>
     <w:rsid w:val="00002207"/>
     <w:rsid w:val="000028B8"/>
     <w:rsid w:val="00002965"/>
     <w:rsid w:val="000035BE"/>
     <w:rsid w:val="00010649"/>
     <w:rsid w:val="00011836"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="00015503"/>
     <w:rsid w:val="0001557C"/>
     <w:rsid w:val="0002098D"/>
     <w:rsid w:val="00022FD5"/>
     <w:rsid w:val="00023307"/>
     <w:rsid w:val="00024AB5"/>
     <w:rsid w:val="00027CD6"/>
     <w:rsid w:val="00034210"/>
     <w:rsid w:val="00037625"/>
     <w:rsid w:val="000414A4"/>
     <w:rsid w:val="00045860"/>
     <w:rsid w:val="00046D1E"/>
     <w:rsid w:val="00050656"/>
     <w:rsid w:val="00051047"/>
     <w:rsid w:val="000523F7"/>
@@ -8441,50 +8348,51 @@
     <w:rsid w:val="00101F6A"/>
     <w:rsid w:val="0010455E"/>
     <w:rsid w:val="00111E92"/>
     <w:rsid w:val="00115E2A"/>
     <w:rsid w:val="00120688"/>
     <w:rsid w:val="00121D06"/>
     <w:rsid w:val="001223AA"/>
     <w:rsid w:val="0013276A"/>
     <w:rsid w:val="00140005"/>
     <w:rsid w:val="0014302F"/>
     <w:rsid w:val="00144009"/>
     <w:rsid w:val="00144026"/>
     <w:rsid w:val="001503D8"/>
     <w:rsid w:val="00153908"/>
     <w:rsid w:val="00164305"/>
     <w:rsid w:val="00170209"/>
     <w:rsid w:val="0017249F"/>
     <w:rsid w:val="00175C00"/>
     <w:rsid w:val="00183E3E"/>
     <w:rsid w:val="00185FA8"/>
     <w:rsid w:val="00187504"/>
     <w:rsid w:val="00192FF4"/>
     <w:rsid w:val="00197F03"/>
     <w:rsid w:val="001A09DA"/>
     <w:rsid w:val="001A4016"/>
+    <w:rsid w:val="001A6EC0"/>
     <w:rsid w:val="001B0B5F"/>
     <w:rsid w:val="001B2E45"/>
     <w:rsid w:val="001B47E4"/>
     <w:rsid w:val="001C6282"/>
     <w:rsid w:val="001D10D7"/>
     <w:rsid w:val="001D1E6F"/>
     <w:rsid w:val="001D3AB3"/>
     <w:rsid w:val="001D51E0"/>
     <w:rsid w:val="001D59BD"/>
     <w:rsid w:val="001E060A"/>
     <w:rsid w:val="001E0ED0"/>
     <w:rsid w:val="001E70F4"/>
     <w:rsid w:val="001F2746"/>
     <w:rsid w:val="00202642"/>
     <w:rsid w:val="0020762C"/>
     <w:rsid w:val="00207E91"/>
     <w:rsid w:val="002251C0"/>
     <w:rsid w:val="00227C46"/>
     <w:rsid w:val="00235829"/>
     <w:rsid w:val="00235DF5"/>
     <w:rsid w:val="002371C2"/>
     <w:rsid w:val="0024135A"/>
     <w:rsid w:val="00241FD2"/>
     <w:rsid w:val="0024394B"/>
     <w:rsid w:val="00254FD3"/>
@@ -8506,74 +8414,76 @@
     <w:rsid w:val="002929F2"/>
     <w:rsid w:val="00294561"/>
     <w:rsid w:val="002B0EE1"/>
     <w:rsid w:val="002B5B9A"/>
     <w:rsid w:val="002B5D11"/>
     <w:rsid w:val="002C0691"/>
     <w:rsid w:val="002C3DE0"/>
     <w:rsid w:val="002C763D"/>
     <w:rsid w:val="002D11F2"/>
     <w:rsid w:val="002D29EA"/>
     <w:rsid w:val="002D329B"/>
     <w:rsid w:val="002D647A"/>
     <w:rsid w:val="002E0D6B"/>
     <w:rsid w:val="002E33ED"/>
     <w:rsid w:val="002F0506"/>
     <w:rsid w:val="002F242F"/>
     <w:rsid w:val="00314024"/>
     <w:rsid w:val="00315856"/>
     <w:rsid w:val="0031765A"/>
     <w:rsid w:val="003215BF"/>
     <w:rsid w:val="00323E8B"/>
     <w:rsid w:val="00334B2F"/>
     <w:rsid w:val="00335EC2"/>
     <w:rsid w:val="00337968"/>
     <w:rsid w:val="00337CD5"/>
+    <w:rsid w:val="0034094B"/>
     <w:rsid w:val="00340C9C"/>
     <w:rsid w:val="003444A2"/>
     <w:rsid w:val="0034555D"/>
     <w:rsid w:val="00346B4F"/>
     <w:rsid w:val="00354E9A"/>
     <w:rsid w:val="00360424"/>
     <w:rsid w:val="00361EB0"/>
     <w:rsid w:val="003635AC"/>
     <w:rsid w:val="0036614D"/>
     <w:rsid w:val="0036744B"/>
     <w:rsid w:val="00371386"/>
     <w:rsid w:val="00375732"/>
     <w:rsid w:val="003819C2"/>
     <w:rsid w:val="00383462"/>
     <w:rsid w:val="00385148"/>
     <w:rsid w:val="00385783"/>
     <w:rsid w:val="00386FC9"/>
     <w:rsid w:val="00394328"/>
     <w:rsid w:val="003A471F"/>
     <w:rsid w:val="003A5E90"/>
     <w:rsid w:val="003A6BB5"/>
     <w:rsid w:val="003A7B78"/>
     <w:rsid w:val="003B00B1"/>
     <w:rsid w:val="003B155F"/>
+    <w:rsid w:val="003B57C9"/>
     <w:rsid w:val="003C0F6A"/>
     <w:rsid w:val="003C2A75"/>
     <w:rsid w:val="003C5537"/>
     <w:rsid w:val="003C5AE3"/>
     <w:rsid w:val="003C5B52"/>
     <w:rsid w:val="003D7480"/>
     <w:rsid w:val="003E2184"/>
     <w:rsid w:val="003E34BC"/>
     <w:rsid w:val="003E4B30"/>
     <w:rsid w:val="003E6D86"/>
     <w:rsid w:val="003F405B"/>
     <w:rsid w:val="003F64A2"/>
     <w:rsid w:val="0040204A"/>
     <w:rsid w:val="0040342B"/>
     <w:rsid w:val="00404D96"/>
     <w:rsid w:val="00404EDF"/>
     <w:rsid w:val="00405BFC"/>
     <w:rsid w:val="00410A2F"/>
     <w:rsid w:val="00411C6F"/>
     <w:rsid w:val="00412C36"/>
     <w:rsid w:val="0041311B"/>
     <w:rsid w:val="00414203"/>
     <w:rsid w:val="00415392"/>
     <w:rsid w:val="00417691"/>
     <w:rsid w:val="004176E3"/>
@@ -8637,72 +8547,74 @@
     <w:rsid w:val="00504223"/>
     <w:rsid w:val="00507A33"/>
     <w:rsid w:val="00510EE0"/>
     <w:rsid w:val="00510F71"/>
     <w:rsid w:val="00512757"/>
     <w:rsid w:val="00517E21"/>
     <w:rsid w:val="00521EEB"/>
     <w:rsid w:val="00523EDD"/>
     <w:rsid w:val="00526A03"/>
     <w:rsid w:val="005310DD"/>
     <w:rsid w:val="00532F78"/>
     <w:rsid w:val="00533527"/>
     <w:rsid w:val="00535E3D"/>
     <w:rsid w:val="0055185C"/>
     <w:rsid w:val="0055341D"/>
     <w:rsid w:val="0056015B"/>
     <w:rsid w:val="00563B33"/>
     <w:rsid w:val="00564927"/>
     <w:rsid w:val="00566CAC"/>
     <w:rsid w:val="005674E6"/>
     <w:rsid w:val="005713ED"/>
     <w:rsid w:val="0057456C"/>
     <w:rsid w:val="00576F6F"/>
     <w:rsid w:val="00577923"/>
     <w:rsid w:val="00581993"/>
+    <w:rsid w:val="005824FF"/>
     <w:rsid w:val="00582546"/>
     <w:rsid w:val="0058288B"/>
     <w:rsid w:val="0058678E"/>
     <w:rsid w:val="005867F1"/>
     <w:rsid w:val="00592440"/>
     <w:rsid w:val="00594B64"/>
     <w:rsid w:val="00595AEA"/>
     <w:rsid w:val="005A23AD"/>
     <w:rsid w:val="005A7205"/>
     <w:rsid w:val="005A7DE9"/>
     <w:rsid w:val="005B2144"/>
     <w:rsid w:val="005B7721"/>
     <w:rsid w:val="005C5551"/>
     <w:rsid w:val="005C694A"/>
     <w:rsid w:val="005C7737"/>
     <w:rsid w:val="005C7CFF"/>
     <w:rsid w:val="005D2A9B"/>
     <w:rsid w:val="005D76D2"/>
     <w:rsid w:val="005E598B"/>
     <w:rsid w:val="005F0EC9"/>
     <w:rsid w:val="005F1D51"/>
     <w:rsid w:val="005F45EC"/>
+    <w:rsid w:val="005F67FF"/>
     <w:rsid w:val="005F7D5B"/>
     <w:rsid w:val="006018AD"/>
     <w:rsid w:val="006035A5"/>
     <w:rsid w:val="0060541A"/>
     <w:rsid w:val="00613ED1"/>
     <w:rsid w:val="00614108"/>
     <w:rsid w:val="006168A0"/>
     <w:rsid w:val="00617333"/>
     <w:rsid w:val="00617F4C"/>
     <w:rsid w:val="006241F4"/>
     <w:rsid w:val="00627D40"/>
     <w:rsid w:val="00632204"/>
     <w:rsid w:val="006468A0"/>
     <w:rsid w:val="006468FE"/>
     <w:rsid w:val="00646922"/>
     <w:rsid w:val="00647746"/>
     <w:rsid w:val="00655867"/>
     <w:rsid w:val="00656A4D"/>
     <w:rsid w:val="006625C1"/>
     <w:rsid w:val="00663486"/>
     <w:rsid w:val="006718F7"/>
     <w:rsid w:val="00671DAC"/>
     <w:rsid w:val="006747A6"/>
     <w:rsid w:val="00676684"/>
     <w:rsid w:val="00682231"/>
@@ -8762,50 +8674,51 @@
     <w:rsid w:val="007B1080"/>
     <w:rsid w:val="007B1722"/>
     <w:rsid w:val="007B2B66"/>
     <w:rsid w:val="007B327D"/>
     <w:rsid w:val="007B6CAD"/>
     <w:rsid w:val="007C3691"/>
     <w:rsid w:val="007C585A"/>
     <w:rsid w:val="007C585E"/>
     <w:rsid w:val="007D081B"/>
     <w:rsid w:val="007D1BD1"/>
     <w:rsid w:val="007D636B"/>
     <w:rsid w:val="007E06E4"/>
     <w:rsid w:val="007E3769"/>
     <w:rsid w:val="007E4F88"/>
     <w:rsid w:val="007F73A1"/>
     <w:rsid w:val="007F7ED2"/>
     <w:rsid w:val="00803167"/>
     <w:rsid w:val="00804B74"/>
     <w:rsid w:val="008075A3"/>
     <w:rsid w:val="0081262F"/>
     <w:rsid w:val="00813326"/>
     <w:rsid w:val="00814A19"/>
     <w:rsid w:val="00820967"/>
     <w:rsid w:val="00824252"/>
     <w:rsid w:val="00827859"/>
+    <w:rsid w:val="00830A15"/>
     <w:rsid w:val="00830C22"/>
     <w:rsid w:val="0083648D"/>
     <w:rsid w:val="00841CDB"/>
     <w:rsid w:val="00842475"/>
     <w:rsid w:val="00842DCF"/>
     <w:rsid w:val="00846896"/>
     <w:rsid w:val="0084755C"/>
     <w:rsid w:val="0085086D"/>
     <w:rsid w:val="00854CF8"/>
     <w:rsid w:val="0085562A"/>
     <w:rsid w:val="008579D3"/>
     <w:rsid w:val="00857CF1"/>
     <w:rsid w:val="008617D3"/>
     <w:rsid w:val="008624C0"/>
     <w:rsid w:val="00863C10"/>
     <w:rsid w:val="008703A8"/>
     <w:rsid w:val="0087299F"/>
     <w:rsid w:val="00874610"/>
     <w:rsid w:val="0087481C"/>
     <w:rsid w:val="00875412"/>
     <w:rsid w:val="00876C5C"/>
     <w:rsid w:val="008774B8"/>
     <w:rsid w:val="008907AD"/>
     <w:rsid w:val="00890873"/>
     <w:rsid w:val="0089187F"/>
@@ -8881,52 +8794,54 @@
     <w:rsid w:val="009D670A"/>
     <w:rsid w:val="009E3AC7"/>
     <w:rsid w:val="009E43CC"/>
     <w:rsid w:val="009E4A7D"/>
     <w:rsid w:val="009E5730"/>
     <w:rsid w:val="009F0B04"/>
     <w:rsid w:val="009F1394"/>
     <w:rsid w:val="009F17E4"/>
     <w:rsid w:val="009F3D45"/>
     <w:rsid w:val="009F594C"/>
     <w:rsid w:val="009F6B4D"/>
     <w:rsid w:val="00A001D4"/>
     <w:rsid w:val="00A03A23"/>
     <w:rsid w:val="00A03FE1"/>
     <w:rsid w:val="00A04E69"/>
     <w:rsid w:val="00A04FC2"/>
     <w:rsid w:val="00A079C3"/>
     <w:rsid w:val="00A1199C"/>
     <w:rsid w:val="00A1358F"/>
     <w:rsid w:val="00A15300"/>
     <w:rsid w:val="00A207DE"/>
     <w:rsid w:val="00A220A5"/>
     <w:rsid w:val="00A22B12"/>
     <w:rsid w:val="00A26C23"/>
     <w:rsid w:val="00A3011B"/>
+    <w:rsid w:val="00A32620"/>
     <w:rsid w:val="00A40EDD"/>
     <w:rsid w:val="00A415A0"/>
+    <w:rsid w:val="00A533F4"/>
     <w:rsid w:val="00A5557D"/>
     <w:rsid w:val="00A57A71"/>
     <w:rsid w:val="00A61030"/>
     <w:rsid w:val="00A62698"/>
     <w:rsid w:val="00A762A3"/>
     <w:rsid w:val="00A7736A"/>
     <w:rsid w:val="00A837E0"/>
     <w:rsid w:val="00A92BAF"/>
     <w:rsid w:val="00AA5714"/>
     <w:rsid w:val="00AA5E42"/>
     <w:rsid w:val="00AA717F"/>
     <w:rsid w:val="00AA7AB6"/>
     <w:rsid w:val="00AB580F"/>
     <w:rsid w:val="00AB6C63"/>
     <w:rsid w:val="00AC166D"/>
     <w:rsid w:val="00AC1749"/>
     <w:rsid w:val="00AC1BB1"/>
     <w:rsid w:val="00AC216A"/>
     <w:rsid w:val="00AC2F36"/>
     <w:rsid w:val="00AC68E6"/>
     <w:rsid w:val="00AC7DD6"/>
     <w:rsid w:val="00AD2D0E"/>
     <w:rsid w:val="00AD37D6"/>
     <w:rsid w:val="00AD5262"/>
     <w:rsid w:val="00AE1363"/>
@@ -8942,50 +8857,51 @@
     <w:rsid w:val="00B01E5E"/>
     <w:rsid w:val="00B03AAB"/>
     <w:rsid w:val="00B105F5"/>
     <w:rsid w:val="00B13B0B"/>
     <w:rsid w:val="00B163BA"/>
     <w:rsid w:val="00B22297"/>
     <w:rsid w:val="00B255EE"/>
     <w:rsid w:val="00B25C37"/>
     <w:rsid w:val="00B27B3D"/>
     <w:rsid w:val="00B43322"/>
     <w:rsid w:val="00B4564D"/>
     <w:rsid w:val="00B520D1"/>
     <w:rsid w:val="00B574ED"/>
     <w:rsid w:val="00B577FD"/>
     <w:rsid w:val="00B6062B"/>
     <w:rsid w:val="00B60C34"/>
     <w:rsid w:val="00B64B83"/>
     <w:rsid w:val="00B665F7"/>
     <w:rsid w:val="00B67C32"/>
     <w:rsid w:val="00B67FD7"/>
     <w:rsid w:val="00B71B69"/>
     <w:rsid w:val="00B81BC7"/>
     <w:rsid w:val="00B83733"/>
     <w:rsid w:val="00B91ECF"/>
     <w:rsid w:val="00B962EF"/>
+    <w:rsid w:val="00BA0281"/>
     <w:rsid w:val="00BA463C"/>
     <w:rsid w:val="00BA660E"/>
     <w:rsid w:val="00BA6A76"/>
     <w:rsid w:val="00BA78D2"/>
     <w:rsid w:val="00BB34D3"/>
     <w:rsid w:val="00BB66CF"/>
     <w:rsid w:val="00BC2ACB"/>
     <w:rsid w:val="00BC2AED"/>
     <w:rsid w:val="00BC30A7"/>
     <w:rsid w:val="00BD197F"/>
     <w:rsid w:val="00BD5307"/>
     <w:rsid w:val="00BD55B9"/>
     <w:rsid w:val="00BE2B58"/>
     <w:rsid w:val="00BE4287"/>
     <w:rsid w:val="00BE542B"/>
     <w:rsid w:val="00BE7AC2"/>
     <w:rsid w:val="00BF1635"/>
     <w:rsid w:val="00BF6808"/>
     <w:rsid w:val="00C00E03"/>
     <w:rsid w:val="00C02268"/>
     <w:rsid w:val="00C03CFE"/>
     <w:rsid w:val="00C0444D"/>
     <w:rsid w:val="00C10260"/>
     <w:rsid w:val="00C106D9"/>
     <w:rsid w:val="00C12390"/>
@@ -9074,159 +8990,164 @@
     <w:rsid w:val="00DB698D"/>
     <w:rsid w:val="00DB7A24"/>
     <w:rsid w:val="00DC08E4"/>
     <w:rsid w:val="00DC09C2"/>
     <w:rsid w:val="00DC25F0"/>
     <w:rsid w:val="00DC26C5"/>
     <w:rsid w:val="00DC40CC"/>
     <w:rsid w:val="00DC5875"/>
     <w:rsid w:val="00DC5B60"/>
     <w:rsid w:val="00DD10B5"/>
     <w:rsid w:val="00DD11B1"/>
     <w:rsid w:val="00DD7492"/>
     <w:rsid w:val="00DD75A5"/>
     <w:rsid w:val="00DE13DC"/>
     <w:rsid w:val="00DE3681"/>
     <w:rsid w:val="00DE58ED"/>
     <w:rsid w:val="00DE67EA"/>
     <w:rsid w:val="00DF0D6B"/>
     <w:rsid w:val="00DF2635"/>
     <w:rsid w:val="00E01676"/>
     <w:rsid w:val="00E046DB"/>
     <w:rsid w:val="00E06F53"/>
     <w:rsid w:val="00E13C09"/>
     <w:rsid w:val="00E17A82"/>
     <w:rsid w:val="00E2097F"/>
+    <w:rsid w:val="00E21EAD"/>
     <w:rsid w:val="00E2277E"/>
     <w:rsid w:val="00E2301A"/>
     <w:rsid w:val="00E27E6B"/>
     <w:rsid w:val="00E30095"/>
     <w:rsid w:val="00E3077D"/>
     <w:rsid w:val="00E319D2"/>
     <w:rsid w:val="00E3576C"/>
     <w:rsid w:val="00E41081"/>
     <w:rsid w:val="00E4123C"/>
     <w:rsid w:val="00E517BE"/>
     <w:rsid w:val="00E517F2"/>
     <w:rsid w:val="00E53C67"/>
     <w:rsid w:val="00E54BD5"/>
     <w:rsid w:val="00E56C4B"/>
     <w:rsid w:val="00E577B3"/>
+    <w:rsid w:val="00E617CF"/>
     <w:rsid w:val="00E656AB"/>
     <w:rsid w:val="00E66436"/>
     <w:rsid w:val="00E70417"/>
     <w:rsid w:val="00E7347D"/>
     <w:rsid w:val="00E769CC"/>
+    <w:rsid w:val="00E82D7E"/>
     <w:rsid w:val="00E83277"/>
     <w:rsid w:val="00E84D49"/>
     <w:rsid w:val="00E87A39"/>
     <w:rsid w:val="00E91932"/>
     <w:rsid w:val="00E96339"/>
     <w:rsid w:val="00E97BA4"/>
     <w:rsid w:val="00E97C2F"/>
     <w:rsid w:val="00EA5272"/>
     <w:rsid w:val="00EA5AC2"/>
     <w:rsid w:val="00EA6177"/>
     <w:rsid w:val="00EB621E"/>
     <w:rsid w:val="00EB6F5D"/>
     <w:rsid w:val="00EC41F4"/>
     <w:rsid w:val="00EC60F6"/>
     <w:rsid w:val="00ED061B"/>
     <w:rsid w:val="00ED231E"/>
     <w:rsid w:val="00ED2BF3"/>
     <w:rsid w:val="00ED4415"/>
     <w:rsid w:val="00ED59F9"/>
     <w:rsid w:val="00EE2BE1"/>
     <w:rsid w:val="00EE6703"/>
     <w:rsid w:val="00EE6B9F"/>
     <w:rsid w:val="00EE7ABA"/>
     <w:rsid w:val="00EF467C"/>
     <w:rsid w:val="00EF4FCF"/>
     <w:rsid w:val="00EF6836"/>
     <w:rsid w:val="00EF6A51"/>
     <w:rsid w:val="00F01933"/>
     <w:rsid w:val="00F02380"/>
     <w:rsid w:val="00F0571B"/>
     <w:rsid w:val="00F05EDF"/>
     <w:rsid w:val="00F06013"/>
     <w:rsid w:val="00F11F9C"/>
     <w:rsid w:val="00F2643A"/>
     <w:rsid w:val="00F32003"/>
+    <w:rsid w:val="00F407EB"/>
     <w:rsid w:val="00F415CA"/>
     <w:rsid w:val="00F418EE"/>
     <w:rsid w:val="00F426AA"/>
     <w:rsid w:val="00F42EBA"/>
     <w:rsid w:val="00F43B28"/>
     <w:rsid w:val="00F445E0"/>
     <w:rsid w:val="00F44DE0"/>
     <w:rsid w:val="00F456DF"/>
     <w:rsid w:val="00F47948"/>
     <w:rsid w:val="00F513CD"/>
     <w:rsid w:val="00F51F9C"/>
     <w:rsid w:val="00F56A48"/>
     <w:rsid w:val="00F64DB9"/>
     <w:rsid w:val="00F65F04"/>
     <w:rsid w:val="00F66EE6"/>
     <w:rsid w:val="00F70500"/>
     <w:rsid w:val="00F70ED6"/>
     <w:rsid w:val="00F726D5"/>
     <w:rsid w:val="00F75D0F"/>
     <w:rsid w:val="00F76087"/>
     <w:rsid w:val="00F761BE"/>
     <w:rsid w:val="00F80A5B"/>
     <w:rsid w:val="00F822B6"/>
     <w:rsid w:val="00F84685"/>
     <w:rsid w:val="00F9222D"/>
     <w:rsid w:val="00F938F8"/>
     <w:rsid w:val="00F94A55"/>
     <w:rsid w:val="00F97E40"/>
     <w:rsid w:val="00FA3D47"/>
     <w:rsid w:val="00FA4622"/>
     <w:rsid w:val="00FA64CA"/>
     <w:rsid w:val="00FB10DA"/>
     <w:rsid w:val="00FC0B1D"/>
     <w:rsid w:val="00FC30B8"/>
     <w:rsid w:val="00FC3394"/>
     <w:rsid w:val="00FC3FF7"/>
     <w:rsid w:val="00FC43FB"/>
     <w:rsid w:val="00FC6F61"/>
     <w:rsid w:val="00FD3C6C"/>
     <w:rsid w:val="00FD70BC"/>
     <w:rsid w:val="00FD78E1"/>
     <w:rsid w:val="00FE2AA2"/>
     <w:rsid w:val="00FE2EEE"/>
+    <w:rsid w:val="00FE46E2"/>
     <w:rsid w:val="00FF354C"/>
     <w:rsid w:val="00FF57D7"/>
     <w:rsid w:val="00FF58A0"/>
     <w:rsid w:val="00FF646C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="4CB9B41B"/>
+  <w14:docId w14:val="3DF70195"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7179D09B-BBAF-4D71-BC03-7E2ED1813ADC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9571,50 +9492,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C764EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -10322,50 +10247,77 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -10492,176 +10444,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-</file>
-[...25 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4A6CDFA-30F4-4504-BCCE-73D12CE72051}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38098587-0C48-408E-8B17-4EEA65537DE1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAAF5F50-05D4-46FF-9F05-C50FA41B8D8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5F556DD-BE1F-49AB-A153-7D5209215A62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C16AB86-0D37-4507-B191-4F2C0CA9AE77}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{739DD2CE-C954-4B4E-B063-23D30EEEE0C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7856</Words>
-  <Characters>4479</Characters>
+  <Words>7577</Words>
+  <Characters>4320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12311</CharactersWithSpaces>
+  <CharactersWithSpaces>11874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Solveiga Rozite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100385BFBF87896214B9C4D01EAA747C93C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>