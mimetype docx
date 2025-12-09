--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -11,276 +11,280 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 23.1.0 -->
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="00427A5A" w:rsidRPr="00427A5A" w:rsidP="00427A5A" w14:paraId="59441ED4" w14:textId="77777777">
+    <w:p w:rsidR="00427A5A" w:rsidRPr="00F11F1C" w:rsidP="0022371F" w14:paraId="6A62FCA4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="center" w:pos="4153"/>
+          <w:tab w:val="right" w:pos="8306"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F11F1C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6.pielikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00427A5A" w:rsidRPr="00F11F1C" w:rsidP="00427A5A" w14:paraId="728316C9" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F11F1C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022371F" w:rsidRPr="00F11F1C" w:rsidP="0022371F" w14:paraId="2A0E1CD9" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00581BFE">
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F11F1C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>02.04.2024.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00581BFE" w:rsidR="00684B3A">
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11F1C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rīkojumam</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AD37F5" w:rsidR="00684B3A">
+        <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11F1C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nr. </w:t>
-[...7 lines deleted...]
-        <w:t>1.1-1/94</w:t>
+        <w:t>1.1-1/264</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00AD37F5" w14:paraId="07B412D3" w14:textId="77777777">
+    <w:p w:rsidR="00F11F1C" w:rsidP="00AD37F5" w14:paraId="28B95A64" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1050"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00AD37F5" w14:paraId="09A941EB" w14:textId="247146E4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1050"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Transportlīdzekļu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E5730" w:rsidR="00F418EE">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vadītāju apmācības </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E5730">
+        <w:t>Transportlīdzekļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="00F418EE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> vadītāju apmācības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>īstenotāju izvēles kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FB6C5E" w:rsidP="00F418EE" w14:paraId="2242DEE7" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FB6C5E" w:rsidP="00F418EE" w14:paraId="3D5298A2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00DF637E" w14:paraId="7A6E0ADF" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00DF637E" w14:paraId="24B64489" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Prasības PIEDĀVĀJUMA NOFORMĒJUMAM UN IESNIEGŠANAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FB6C5E" w:rsidP="00F418EE" w14:paraId="6AA40DBC" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00FB6C5E" w:rsidP="00F418EE" w14:paraId="7F7012C2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284" w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="32AFE7E6" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="098C9843" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā izvirzītajām prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="21602D09" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="71B9F883" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="0040204A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -518,51 +522,51 @@
       <w:r w:rsidR="00167D3F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ek</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00FC3FF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēt</w:t>
       </w:r>
       <w:r w:rsidR="00444014">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00FC3FF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F915FC" w:rsidRPr="00F915FC" w:rsidP="00F915FC" w14:paraId="01AC7AE1" w14:textId="77777777">
+    <w:p w:rsidR="00F915FC" w:rsidRPr="00F915FC" w:rsidP="00F915FC" w14:paraId="067F9FF2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Tehniskais piedāvājums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -597,51 +601,51 @@
       <w:r w:rsidRPr="00F915FC">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="00205333">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras izstrādātajai </w:t>
       </w:r>
       <w:r w:rsidRPr="00F915FC">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskā piedāvājuma veidlapai</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76653" w:rsidR="00D76653">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00A60D45" w:rsidP="00F11F9C" w14:paraId="50F2BD97" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00A60D45" w:rsidP="00F11F9C" w14:paraId="6927BF2F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iesniegt</w:t>
       </w:r>
       <w:r w:rsidR="00444014">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -705,69 +709,69 @@
       <w:r w:rsidR="00046F6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="006A7EA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r w:rsidR="00444014">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00205333" w:rsidRPr="00205333" w:rsidP="00A60D45" w14:paraId="0B601803" w14:textId="77777777">
+    <w:p w:rsidR="00205333" w:rsidRPr="00205333" w:rsidP="00A60D45" w14:paraId="34DE57B9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk41642728"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk41642728"/>
       <w:r w:rsidRPr="005C6CD9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Šīs kārtības 11. punktā minētos un citus uz izsludinājumu attiecināmos dokumentus pretendents iesniedz vienā elektroniskajā dokumentā,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noformē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>jot</w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilstoši Dokumentu juridiskā spēka likuma un Ministru kabineta 2018.</w:t>
       </w:r>
       <w:r w:rsidR="00270E31">
@@ -802,53 +806,53 @@
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība”</w:t>
       </w:r>
       <w:r w:rsidR="002C5733">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām</w:t>
       </w:r>
       <w:r w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00F915FC" w:rsidRPr="00F915FC" w:rsidP="00F915FC" w14:paraId="0085E085" w14:textId="77777777">
+    <w:p w:rsidR="00F915FC" w:rsidRPr="00F915FC" w:rsidP="00F915FC" w14:paraId="50D83264" w14:textId="58EAC6F3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F915FC">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendenta p</w:t>
       </w:r>
       <w:r w:rsidR="002008EC">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -909,52 +913,229 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F915FC">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents ir personu apvienība, tad pieteikumu paraksta visi </w:t>
       </w:r>
       <w:r w:rsidR="002A3DB1">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">personu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F915FC">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu.</w:t>
       </w:r>
+      <w:r w:rsidR="0022371F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>iesniedzis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>kurš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>drošu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>parakstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36244">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ar Aģentūras rīkojumu apstiprināta apmācību pasākumu īstenotāju izvēles pastāvīgā k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="00E36244">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36244">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(turpmāk – k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="00E36244">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36244">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk210902844"/>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t>nosaka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A77B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t>saprātīgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t>trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="003A77B3">
+        <w:t>novēršanai</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="0022371F">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00205333" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="2B02EEFD" w14:textId="77777777">
+    <w:p w:rsidR="00205333" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="11120C89" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -995,289 +1176,277 @@
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par grozījumiem piedāvājumā sagatavojams, noformējams un iesniedzams tāpat kā piedāvājums (atbilstoši šīs kārtības prasībām), un </w:t>
       </w:r>
       <w:r w:rsidR="005648B0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tajā</w:t>
       </w:r>
       <w:r w:rsidR="00B81B45">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="2A971AE2" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="7C778DF3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pēc piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00444014">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="0036370F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="01EF0D36" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="118DAD99" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="005713ED">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izsludinājum</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F418EE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="0036370F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">retendents ir tiesīgs atsaukt iesniegto piedāvājumu, </w:t>
+        <w:t xml:space="preserve">retendents ir tiesīgs atsaukt iesniegto piedāvājumu, rakstveidā par to paziņojot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="00D608F0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="00F418EE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>rakstveidā</w:t>
+        <w:t xml:space="preserve">. Piedāvājuma atsaukšana nav grozāma, un tā izbeidz turpmāku </w:t>
+      </w:r>
+      <w:r w:rsidR="00046F6B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par to paziņojot </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>retendenta līdzdalību šajā izsludinājumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="003D7BE2" w:rsidP="00A60D45" w14:paraId="4ADA75D2" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="003D7BE2" w:rsidP="00A60D45" w14:paraId="0349860D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D7BE2" w:rsidRPr="00FB6C5E" w:rsidP="003D7BE2" w14:paraId="39E6C708" w14:textId="77777777">
+    <w:p w:rsidR="003D7BE2" w:rsidRPr="00FB6C5E" w:rsidP="003D7BE2" w14:paraId="36A84E6E" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00DF637E" w14:paraId="656E4683" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00DF637E" w14:paraId="71D5A428" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PRETENDENTA ATLASES dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="00694574">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kritēriji </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205" w:rsidR="00694574">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PRETENDENTA </w:t>
       </w:r>
       <w:r w:rsidR="00694574">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00862C4C" w:rsidP="00B46B0C" w14:paraId="5293E9CD" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00862C4C" w:rsidP="00B46B0C" w14:paraId="2C078D57" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC216A" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="0F7D51FD" w14:textId="77777777">
+    <w:p w:rsidR="00AC216A" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="38C6115B" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00AF06D9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1408,51 +1577,51 @@
       <w:r w:rsidR="00463BC4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ās izsludinājuma</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> veidlap</w:t>
       </w:r>
       <w:r w:rsidR="00463BC4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F02380">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F43B28" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="55BF1BB1" w14:textId="77777777">
+    <w:p w:rsidR="00F43B28" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="2194A63A" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai novērtētu </w:t>
       </w:r>
       <w:r w:rsidR="00046F6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1473,367 +1642,307 @@
       <w:r w:rsidR="000523F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pmācības</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanai, </w:t>
       </w:r>
       <w:r w:rsidR="0036370F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentam jāiesniedz šādi dokumenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00205333" w:rsidP="004B3435" w14:paraId="1F964BC4" w14:textId="77777777">
+    <w:p w:rsidR="00205333" w:rsidP="004B3435" w14:paraId="5EB9D490" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="00F43B28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ieteikums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dalībai izsludinājumā</w:t>
       </w:r>
       <w:r w:rsidR="00D640BA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk86092805"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk86092805"/>
       <w:r w:rsidR="00D640BA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(turpmāk – pieteikums)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00205333" w:rsidRPr="00205333" w:rsidP="004B3435" w14:paraId="63E55858" w14:textId="77777777">
+    <w:p w:rsidR="00205333" w:rsidRPr="00205333" w:rsidP="004B3435" w14:paraId="1A1C7BD2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk532312376"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk532312376"/>
       <w:r w:rsidRPr="00205333">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājums par </w:t>
       </w:r>
       <w:r w:rsidRPr="00205333" w:rsidR="001F6D99">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>transportlī</w:t>
       </w:r>
       <w:r w:rsidRPr="004D2138" w:rsidR="001F6D99">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dzekļu vadītāju apmācības īstenošanas nosacījum</w:t>
       </w:r>
       <w:r w:rsidRPr="004D2138">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u ievērošanu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="004D2138" w:rsidR="001F6D99">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6D99" w:rsidRPr="004D2138" w:rsidP="004B3435" w14:paraId="707B265F" w14:textId="77777777">
+    <w:p w:rsidR="001F6D99" w:rsidRPr="004D2138" w:rsidP="004B3435" w14:paraId="51C6E328" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk532312391"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk532312391"/>
       <w:r w:rsidRPr="004D2138">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskais piedāvājums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="002739FD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004440BF" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="3F7BF4C3" w14:textId="77777777">
+    <w:p w:rsidR="004440BF" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="56055464" w14:textId="302863EC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ar Aģentūras rīkojumu apstiprināta apmācību </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="009E5730">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36244">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="009E5730" w:rsidR="002371C2">
+      <w:r w:rsidRPr="009E5730" w:rsidR="00C02268">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lemj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par tādu </w:t>
+      </w:r>
+      <w:r w:rsidR="00046F6B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00261218">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="000523F7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pmācības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanai, kas atbilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2011.</w:t>
+      </w:r>
+      <w:r w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E5730" w:rsidR="00C02268">
-[...3 lines deleted...]
-        <w:t>lemj</w:t>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gada 25.</w:t>
+      </w:r>
+      <w:r w:rsidR="0074040F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E5730" w:rsidR="006B2348">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">janvāra noteikumu Nr.75 „Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059135B" w:rsidR="00A62133">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62133">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 17. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059135B" w:rsidR="00A62133">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>punktā minētajām pasākumu īstenotāju izvēles prasībām un šādiem nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par tādu </w:t>
-[...106 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004440BF" w:rsidRPr="00616B66" w:rsidP="008A1287" w14:paraId="1169A633" w14:textId="77777777">
+    <w:p w:rsidR="004440BF" w:rsidRPr="00616B66" w:rsidP="008A1287" w14:paraId="25835885" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616B66">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00616B66" w:rsidR="00E91932">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentam ir derīga </w:t>
@@ -1853,85 +1962,85 @@
       <w:r w:rsidR="009F118C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B" w:rsidR="00E91932">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izsniegtā mācību </w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B" w:rsidR="00805AE7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>karte</w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B" w:rsidR="00E91932">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004440BF" w:rsidRPr="00616B66" w:rsidP="008A1287" w14:paraId="1D199F56" w14:textId="77777777">
+    <w:p w:rsidR="004440BF" w:rsidRPr="00616B66" w:rsidP="008A1287" w14:paraId="3AE7B824" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk86104269"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk86104269"/>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma īstenošanai piesaistītajam</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C336B2" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">personālam ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00C336B2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>konkrētās programmas</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5E91" w:rsidR="003A5E90">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5E91" w:rsidR="005D2A9B">
@@ -1979,51 +2088,51 @@
       <w:r w:rsidRPr="006B348A" w:rsidR="00261218">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006B348A" w:rsidR="000523F7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pmācības</w:t>
       </w:r>
       <w:r w:rsidRPr="006B348A" w:rsidR="003A5E90">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B348A" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5115" w:rsidRPr="00315EEE" w:rsidP="00315EEE" w14:paraId="7B02718B" w14:textId="77777777">
+    <w:p w:rsidR="001B5115" w:rsidRPr="00315EEE" w:rsidP="00315EEE" w14:paraId="668FFE0A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākums</w:t>
       </w:r>
       <w:r w:rsidR="00BB5B65">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2073,342 +2182,390 @@
       <w:r w:rsidRPr="00C336B2" w:rsidR="0057456C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C336B2" w:rsidR="005D2A9B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanas vieta ir reģistrēta </w:t>
       </w:r>
       <w:r w:rsidRPr="00C336B2" w:rsidR="00805AE7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>CSDD</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5E91" w:rsidR="00C54AB8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004440BF" w:rsidP="004440BF" w14:paraId="27CAD064" w14:textId="77777777">
+    <w:p w:rsidR="004440BF" w:rsidP="004440BF" w14:paraId="3D11B1FB" w14:textId="164CD5F9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616B66">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pēc pretendenta īstenotās </w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>transportlīdzekļu vadītāju apmācības programmas pabeigšanas, transportlīdzekļu vadītāja kvalifikācijas iegūšanas eksāmenu pēdējā gada laikā sekmīgi nokārtojuši ne mazāk kā 60</w:t>
       </w:r>
       <w:r w:rsidRPr="00C336B2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>% no pretendenta apmācīto personu skaita un pretendenta</w:t>
+        <w:t>% no pretendenta apmācīto personu skaita</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C336B2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un pretendenta</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5E91">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>m ir ne mazāk kā gadu ilga pieredze transportlīdzekļu</w:t>
       </w:r>
       <w:r w:rsidRPr="000A4669">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B348A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apmācību programmu īstenošanā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB5B65" w:rsidRPr="00C336B2" w:rsidP="00C336B2" w14:paraId="2AA95F93" w14:textId="77777777">
+    <w:p w:rsidR="00A62133" w:rsidP="004440BF" w14:paraId="6AE5B6AF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk86105169"/>
-[...121 lines deleted...]
-        <w:t>s)</w:t>
+      <w:r w:rsidRPr="0059135B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc pretendenta īstenotās transportlīdzekļu vadītāju apmācības programmas pabeigšanas, transportlīdzekļu vadītāja kvalifikācijas iegūšanas eksāmenu </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk205801497"/>
+      <w:r w:rsidRPr="0059135B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>visās kategorijās kopā, izņemot A un B kategorijas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00B27B3D">
-[...47 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0059135B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, pēdējā gada laikā kārtojušas ne mazāk kā 10 pretendenta apmācītās personas;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00167E0D" w:rsidRPr="00616B66" w:rsidP="008A1287" w14:paraId="3EC45CAD" w14:textId="77777777">
+    <w:p w:rsidR="00BB5B65" w:rsidRPr="00C336B2" w:rsidP="00C336B2" w14:paraId="099E42E0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk86105169"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pretendenta piedāvājums nav iekļauts </w:t>
-[...5 lines deleted...]
-        <w:t>aktuālajā izglītības piedāvājumu sarakstā</w:t>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta piedāvājums </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk95299954"/>
+      <w:r w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6793E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6793E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6793E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>etika</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="002E100D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svītrots no </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">Aģentūras Transportlīdzekļu vadītāju </w:t>
+      </w:r>
+      <w:r w:rsidR="00C336B2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk86104769"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakst</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5115">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var atkārtoti pieteikties pasākumu īstenošanai ne agrāk kā divus gadus pēc dienas, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5115">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5115">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājums svītrots no izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w:rsidR="0054346D" w:rsidP="008A1287" w14:paraId="0E241D43" w14:textId="77777777">
+    <w:p w:rsidR="00167E0D" w:rsidRPr="00616B66" w:rsidP="008A1287" w14:paraId="1778430D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk46392074"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendenta piedāvājums nav iekļauts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01924">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>aktuālajā izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A58DC" w:rsidP="000A58DC" w14:paraId="7BB0FB9F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk46392074"/>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B" w:rsidR="00046F6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00323E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentu neattiecas neviens no Publisko iepirkumu likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="005C6CD9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C336B2">
@@ -2577,51 +2734,51 @@
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="006B348A" w:rsidR="00F05D2D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādi, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F90DDA" w:rsidR="00F05D2D">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00167E0D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F6EA7" w:rsidRPr="00616B66" w:rsidP="007946C2" w14:paraId="1A834099" w14:textId="77777777">
+    <w:p w:rsidR="000F6EA7" w:rsidRPr="00616B66" w:rsidP="007946C2" w14:paraId="4FB201EA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -2669,127 +2826,121 @@
         </w:rPr>
         <w:t>, tā valdes vai padomes locekļi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, patiesā labuma guvēj</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>, pārstāvēttiesīg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pārstāvēttiesīg</w:t>
+        <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>ai</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> persona</w:t>
+        <w:t xml:space="preserve"> vai prokūrist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3AB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, vai persona</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai prokūrist</w:t>
+        <w:t>, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, un pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6CD9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3AB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50% īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>am</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="00DF637E" w:rsidRPr="00616B66" w:rsidP="00854637" w14:paraId="3851FC55" w14:textId="77777777">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00DF637E" w:rsidRPr="00616B66" w:rsidP="00854637" w14:paraId="7B005149" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085496A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskajam piedāvājumam pilnībā jāatbilst </w:t>
       </w:r>
       <w:r w:rsidRPr="0085496A" w:rsidR="00C02268">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -2811,122 +2962,122 @@
       <w:r w:rsidRPr="003D6FEE" w:rsidR="0057456C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6FEE" w:rsidR="00CA3A88">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidRPr="001F632B" w:rsidR="00AC216A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sarakstam</w:t>
       </w:r>
       <w:r w:rsidRPr="001F632B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008619C1" w:rsidRPr="00427A5A" w:rsidP="00DF637E" w14:paraId="3C4A1F0C" w14:textId="77777777">
+    <w:p w:rsidR="008619C1" w:rsidRPr="00427A5A" w:rsidP="00DF637E" w14:paraId="563B5135" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB6C5E" w:rsidRPr="009E5730" w:rsidP="00DF637E" w14:paraId="0295E4DB" w14:textId="77777777">
+    <w:p w:rsidR="00FB6C5E" w:rsidRPr="009E5730" w:rsidP="00DF637E" w14:paraId="3CA7497A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="005460C2">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB6C5E" w:rsidRPr="00FB6C5E" w:rsidP="00FB6C5E" w14:paraId="4B7962B3" w14:textId="77777777">
+    <w:p w:rsidR="00FB6C5E" w:rsidRPr="00FB6C5E" w:rsidP="00FB6C5E" w14:paraId="78BAA462" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284" w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="0ACC4F44" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="00F11F9C" w14:paraId="2B41465A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="005460C2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -2941,97 +3092,121 @@
       <w:r w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F0537" w:rsidP="004B3435" w14:paraId="72DF7F2E" w14:textId="7E95B115">
+    <w:p w:rsidR="000F0537" w:rsidP="004B3435" w14:paraId="0234C331" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē pretendenta atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>šīs kārtības</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12.5. un 12.6.</w:t>
+        <w:t xml:space="preserve"> 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62133">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. un 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62133">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00425E31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C07A5" w:rsidP="007C07A5" w14:paraId="10B56598" w14:textId="77777777">
+    <w:p w:rsidR="007C07A5" w:rsidP="007C07A5" w14:paraId="3D30CFC5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai p</w:t>
       </w:r>
       <w:r w:rsidRPr="006468A0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3076,74 +3251,74 @@
       <w:r w:rsidRPr="004B3435">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3435">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C07A5" w:rsidP="007C07A5" w14:paraId="4FB76651" w14:textId="1A07360A">
+    <w:p w:rsidR="007C07A5" w:rsidP="007C07A5" w14:paraId="149F8F6A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai pretendenta piedāvājums nav iekļauts aktuālajā izglītības piedāvājumu sarakstā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="004B3435" w14:paraId="5B098CD6" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="004B3435" w14:paraId="484D8DA1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="002D52A3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>om</w:t>
@@ -3181,51 +3356,51 @@
       <w:r w:rsidR="0036370F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājuma noformējuma atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="006C0ED3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kārtības prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="004B3435" w14:paraId="186CE33C" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="004B3435" w14:paraId="623F3533" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="003C0F6A">
@@ -3243,51 +3418,51 @@
       <w:r w:rsidR="00261218">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
       <w:r w:rsidR="00C14DB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iesniegto</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumentu atbilstību šīs kārtības prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="004B3435" w14:paraId="24562115" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="009E5730" w:rsidP="004B3435" w14:paraId="2DE8CBF5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3386,51 +3561,51 @@
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidR="002A3DB1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteikt</w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730" w:rsidR="002A3DB1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dokumentus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2A9B" w:rsidRPr="00E43EB2" w:rsidP="00E43EB2" w14:paraId="173FE385" w14:textId="77777777">
+    <w:p w:rsidR="005D2A9B" w:rsidRPr="00E43EB2" w:rsidP="00E43EB2" w14:paraId="56E53518" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43EB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43EB2" w:rsidR="00FC5A1B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3499,51 +3674,51 @@
       <w:r w:rsidRPr="00E43EB2" w:rsidR="00805AE7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija pārliecinās</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43EB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D86EA8" w:rsidR="00805AE7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>vietnē https://e.csdd.lv/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D86EA8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7EA3" w:rsidP="004B3435" w14:paraId="09082456" w14:textId="5917077A">
+    <w:p w:rsidR="006A7EA3" w:rsidP="004B3435" w14:paraId="3232B150" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē </w:t>
       </w:r>
       <w:r w:rsidR="0036370F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
@@ -3568,1229 +3743,856 @@
       </w:r>
       <w:r w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="008D0BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00315EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="008D0BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F91F88">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00A62133">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12.5. </w:t>
       </w:r>
       <w:r w:rsidR="00425E31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam</w:t>
       </w:r>
       <w:r w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un 13. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk135477489"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk135477489"/>
       <w:r w:rsidR="004060FE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pu</w:t>
       </w:r>
       <w:r w:rsidR="004D0687">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nkt</w:t>
       </w:r>
       <w:r w:rsidR="004777D4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="004D0687">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="008D0BD3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D52A3" w:rsidRPr="004817FB" w:rsidP="00AE1B9D" w14:paraId="344E966C" w14:textId="0432C6B9">
+    <w:p w:rsidR="002D52A3" w:rsidP="00AE1B9D" w14:paraId="5DC90A80" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1B9D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda pretendenta atbilstību šīs kārtības 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D" w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D" w:rsidR="00315EEE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00A62133">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 12.5.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AE1B9D" w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunkt</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D" w:rsidR="009F118C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā noteiktajam</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1B9D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, pieprasot informāciju CSDD</w:t>
       </w:r>
       <w:r w:rsidRPr="007178D6" w:rsidR="009F118C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk87364758"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk87364758"/>
       <w:r w:rsidRPr="007178D6" w:rsidR="009F118C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>par pēdējā gada periodu līdz pieteikuma iesniegšanas termiņa noslēguma dienai</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="007178D6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00571D60" w:rsidP="004B3435" w14:paraId="458BC841" w14:textId="77777777">
+    <w:p w:rsidR="006B445C" w:rsidRPr="00F91CA2" w:rsidP="00F11F1C" w14:paraId="15873C94" w14:textId="2B0DC33B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk46392597"/>
-[...24 lines deleted...]
-      <w:r w:rsidR="005460C2">
+      <w:bookmarkStart w:id="14" w:name="_Hlk46392597"/>
+      <w:r w:rsidRPr="00A01C2F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda, vai uz pretendentu neattiecas neviens no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="005460C2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00466A56">
+      <w:r w:rsidRPr="00A01C2F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ublisko iepirkumu likuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00466A56" w:rsidR="00C14DB3">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C14DB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">42.panta </w:t>
       </w:r>
-      <w:r w:rsidR="004A46B3">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00466A56" w:rsidR="004A46B3">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otrās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C14DB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C14DB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C14DB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C14DB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00466A56" w:rsidR="00C14DB3">
-[...41 lines deleted...]
-      <w:r w:rsidR="0074040F">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C14DB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētajiem izslēgšanas noteikumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000D3469">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un ir ievēroti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="007A6FFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publisko iepirkumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000D3469">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>likuma 42.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A262E8" w:rsidR="00C14DB3">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00A262E8" w:rsidR="007A6FFE">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000D3469">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ceturtās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000D3469">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>daļ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000D3469">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A262E8" w:rsidR="000D3469">
-[...5 lines deleted...]
-      <w:r w:rsidR="0074040F">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="0074040F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A262E8" w:rsidR="000D3469">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A262E8" w:rsidR="004A46B3">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000D3469">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktie termiņi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A262E8" w:rsidR="000D3469">
-[...61 lines deleted...]
-      <w:r w:rsidRPr="007A6FFE" w:rsidR="000734A2">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000734A2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="000734A2">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC5A1B" w:rsidR="00C458AF">
+      <w:r w:rsidRPr="00A01C2F" w:rsidR="00C458AF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC5A1B" w:rsidR="00506167">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00571D60" w:rsidRPr="00A60D45" w:rsidP="004B3435" w14:paraId="1E8E3C88" w14:textId="77777777">
+    <w:p w:rsidR="00F91CA2" w:rsidRPr="004D0B7E" w:rsidP="00F91CA2" w14:paraId="002BC586" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00466A56">
-[...85 lines deleted...]
-        <w:t>dienu laikā no informācijas pieprasīšanas dienas lūdz iesniegt:</w:t>
+      <w:r w:rsidRPr="00F91CA2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91CA2">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91CA2">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91CA2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, pārstāvēttiesīgo personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D0B7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50% īpašuma daļu ir valsts īpašumā vai publiskā kontrolē.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5BD1" w:rsidP="00AA4312" w14:paraId="51B4FBDB" w14:textId="77777777">
+    <w:p w:rsidR="001B1A57" w:rsidP="00F91CA2" w14:paraId="2A454B4C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00466A56">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00466A56">
+      <w:r w:rsidRPr="001B1A57">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam izglītības piedāvājumu sarakstam un šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5BD1" w:rsidP="00AA4312" w14:paraId="272EE138" w14:textId="77777777">
+    <w:p w:rsidR="007611D2" w:rsidP="00AA4312" w14:paraId="3F665D21" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00466A56">
-[...11 lines deleted...]
-      <w:r w:rsidR="00F91CA2">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7043">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija izslēdz pretendenta pieteikumu no dalības vērtēšanā gadījumā, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3DB1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00506167">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A262E8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> neesamību;</w:t>
+      <w:r w:rsidR="00BB7043">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B445C" w:rsidRPr="00F91CA2" w:rsidP="00AA4312" w14:paraId="4C82E0F5" w14:textId="77777777">
-[...32 lines deleted...]
-    <w:p w:rsidR="00F91CA2" w:rsidRPr="004D0B7E" w:rsidP="00F91CA2" w14:paraId="53FCF902" w14:textId="77777777">
+    <w:p w:rsidR="001B1A57" w:rsidP="00F91CA2" w14:paraId="550F9DE5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F91CA2">
-[...47 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_Hlk86101585"/>
+      <w:r w:rsidRPr="00E43EB2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidR="001B1A57" w:rsidP="00F91CA2" w14:paraId="2AE9B20C" w14:textId="77777777">
-[...73 lines deleted...]
-    <w:p w:rsidR="001B1A57" w:rsidP="00F91CA2" w14:paraId="1FCCD5EC" w14:textId="77777777">
+    <w:p w:rsidR="007611D2" w:rsidP="00AA4312" w14:paraId="53292B0A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk86101585"/>
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
+      </w:r>
+      <w:r w:rsidR="002E144B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Publiskā iepirkuma likuma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="0074040F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otrās </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="004A46B3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0074040F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007611D2" w:rsidP="00AA4312" w14:paraId="10378A44" w14:textId="77777777">
+    <w:p w:rsidR="007611D2" w:rsidP="00F91CA2" w14:paraId="6D64F818" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
-[...5 lines deleted...]
-        <w:t>Publiskā iepirkuma likuma</w:t>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00850E55">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4312">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1C55">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF7151">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 42.</w:t>
-[...71 lines deleted...]
-        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007611D2" w:rsidP="00F91CA2" w14:paraId="3DC009C7" w14:textId="77777777">
+    <w:p w:rsidR="007611D2" w:rsidRPr="00A60D45" w:rsidP="00AA4312" w14:paraId="5D73E77F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">retendentam </w:t>
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00581BFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00581BFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00581BFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF17FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasākumu īstenošanas nosacījumus un ir izslēgts no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1C55">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00935C6F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1C55">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izglītības iestādei ir aizliegts</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4312">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir </w:t>
-[...24 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> atkārtoti pieteikties pasākumu īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91CA2" w:rsidRPr="00F91CA2" w:rsidP="00AA4312" w14:paraId="0B43DE2E" w14:textId="77777777">
-[...141 lines deleted...]
-    <w:p w:rsidR="005232B0" w:rsidRPr="008E56FF" w:rsidP="00AA4312" w14:paraId="6DFA543B" w14:textId="77777777">
+    <w:p w:rsidR="005232B0" w:rsidRPr="008E56FF" w:rsidP="00AA4312" w14:paraId="4284ECD2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendents ir iekļauts aktuālajā izglītības piedāvājumu sarakstā</w:t>
       </w:r>
       <w:r w:rsidR="00DD5BD1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w:rsidR="005232B0" w:rsidP="00AA4312" w14:paraId="377E3DF7" w14:textId="77777777">
+    <w:p w:rsidR="005232B0" w:rsidP="00AA4312" w14:paraId="007E0D88" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rodas situācija, ka, </w:t>
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -4841,51 +4643,51 @@
       <w:r w:rsidRPr="005232B0" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pretendentu skaidrot attiecīgo dokumentu vai informāciju</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="00BB7043">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pretendents norādītajā termiņā, kas nav īsāks par trīs darbdienām pēc informācijas nosūtīšanas, nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājumu pēc būtības</w:t>
       </w:r>
       <w:r w:rsidR="004D0B7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005232B0" w:rsidP="00AA4312" w14:paraId="011C012E" w14:textId="77777777">
+    <w:p w:rsidR="005232B0" w:rsidP="00AA4312" w14:paraId="7ED9DAB1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005232B0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="00AA4312">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -4893,530 +4695,615 @@
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="0036370F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="00AA4312">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="003C4FFE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>konstatē</w:t>
       </w:r>
       <w:r w:rsidRPr="005232B0" w:rsidR="00AA4312">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, ka tās neatbilst patiesībai.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Hlk52545136"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk52545136"/>
       <w:r w:rsidRPr="004D0B7E" w:rsidR="004D0B7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006152CE" w:rsidRPr="001B1A57" w:rsidP="00AA4312" w14:paraId="2A65EA06" w14:textId="77777777">
+    <w:p w:rsidR="006152CE" w:rsidRPr="001B1A57" w:rsidP="00AA4312" w14:paraId="06A7B2AA" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D0B7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Hlk134698066"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk134698066"/>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="004D0B7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pantā vai Komisijas regulas (EU) 2022/576 5.l panta 1. punktā noteiktajam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5AA1" w:rsidRPr="005232B0" w:rsidP="005232B0" w14:paraId="22CFB762" w14:textId="77777777">
+    <w:p w:rsidR="004A5AA1" w:rsidP="005232B0" w14:paraId="6A7DD43C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
       <w:r w:rsidR="006152CE">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>nosūta</w:t>
+        <w:t xml:space="preserve">nosūta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007772E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendent</w:t>
       </w:r>
       <w:r w:rsidR="006152CE">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007772E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
+      </w:r>
+      <w:r w:rsidR="006152CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007772E9">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta iekļaušanu vai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>pretendent</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006152CE">
+        <w:t xml:space="preserve">neiekļaušanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA51BA">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>am</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>zglītības piedāvājumu sarakstā piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007772E9">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w:rsidR="002255BD" w:rsidRPr="00881DCD" w:rsidP="00F11F1C" w14:paraId="7843EFA3" w14:textId="758FD036">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11F1C">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iekļaušanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai atteikumu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iekļaut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E518B6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11F1C">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F11F1C">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:t>pagarin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:t>administratīvā akta izdošanas termiņu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretend</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00881DCD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004A5AA1" w:rsidRPr="004B30A4" w:rsidP="00BB7043" w14:paraId="15BAE95B" w14:textId="77777777">
+    <w:p w:rsidR="002255BD" w:rsidRPr="009A7F03" w:rsidP="00F11F1C" w14:paraId="614D4B5B" w14:textId="51634E2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve">Pretendents </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11F1C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve">omisijas lēmumu var apstrīdēt </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve"> direktoram viena mēneša laikā no lēmuma spēkā stāšanās dienas, iesniedzot rakstveida iesniegumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A5AA1" w:rsidRPr="004B30A4" w:rsidP="00BB7043" w14:paraId="4F0B63CB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF7D24">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. Par šādu Aģentūras lēmumu komisija informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00544053" w:rsidRPr="00965ED2" w:rsidP="001B1A57" w14:paraId="3E971379" w14:textId="77777777">
+    <w:p w:rsidR="00544053" w:rsidRPr="00965ED2" w:rsidP="001B1A57" w14:paraId="03003D30" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00B46B0C">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0082606F" w:rsidP="004A46B3" w14:paraId="186E3B06" w14:textId="77777777">
+  <w:p w:rsidR="0082606F" w:rsidP="004A46B3" w14:paraId="0387C873" w14:textId="7BC87139">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0082606F" w14:paraId="57DB238E" w14:textId="62F00CE1">
+  <w:p w:rsidR="0082606F" w14:paraId="0B21A7BE" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
+  <w:p w:rsidR="003921E5" w14:paraId="252CCDD6" w14:textId="29339983"/>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0082606F" w14:paraId="6848DF87" w14:textId="77777777">
+  <w:p w:rsidR="0082606F" w14:paraId="5827E47A" w14:textId="77777777">
     <w:r>
-      <w:t xml:space="preserve">          </w:t>
-[...68 lines deleted...]
-      <w:t>zīmogu</w:t>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0082606F" w14:paraId="4EB41FAD" w14:textId="77777777">
+  <w:p w:rsidR="0082606F" w14:paraId="0D7506F2" w14:textId="77777777">
     <w:r>
-      <w:t xml:space="preserve">          </w:t>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
+  </w:p>
+  <w:p w:rsidR="003921E5" w14:paraId="5D983799" w14:textId="77777777">
     <w:r>
-      <w:t>Šis</w:t>
-[...65 lines deleted...]
-      <w:t>zīmogu</w:t>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="05CF00BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC6AE072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7427,51 +7314,51 @@
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1224" w:hanging="504"/>
+        <w:ind w:left="3198" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
@@ -8185,181 +8072,219 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="12"/>
   </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581993"/>
+    <w:rsid w:val="00001167"/>
     <w:rsid w:val="00002207"/>
     <w:rsid w:val="000028B8"/>
     <w:rsid w:val="000060E3"/>
     <w:rsid w:val="00010649"/>
     <w:rsid w:val="00011836"/>
     <w:rsid w:val="000127FE"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="000160F7"/>
     <w:rsid w:val="0002098D"/>
     <w:rsid w:val="00023307"/>
     <w:rsid w:val="00024AB5"/>
     <w:rsid w:val="00025F7E"/>
     <w:rsid w:val="00026CD1"/>
     <w:rsid w:val="00027CD6"/>
     <w:rsid w:val="00034210"/>
     <w:rsid w:val="000345EA"/>
     <w:rsid w:val="000414A4"/>
     <w:rsid w:val="00045860"/>
     <w:rsid w:val="00046D1E"/>
     <w:rsid w:val="00046F6B"/>
+    <w:rsid w:val="00047E10"/>
     <w:rsid w:val="00050656"/>
     <w:rsid w:val="000523F7"/>
     <w:rsid w:val="00053B28"/>
     <w:rsid w:val="00057B2B"/>
     <w:rsid w:val="00060952"/>
     <w:rsid w:val="00061896"/>
     <w:rsid w:val="000631EE"/>
     <w:rsid w:val="0006793F"/>
     <w:rsid w:val="00067BF7"/>
     <w:rsid w:val="00072069"/>
     <w:rsid w:val="000734A2"/>
     <w:rsid w:val="00074690"/>
     <w:rsid w:val="00074F20"/>
     <w:rsid w:val="00075437"/>
     <w:rsid w:val="0008003C"/>
     <w:rsid w:val="00082DFD"/>
     <w:rsid w:val="00083775"/>
     <w:rsid w:val="00087089"/>
     <w:rsid w:val="0009479E"/>
     <w:rsid w:val="00094C2D"/>
     <w:rsid w:val="000A1183"/>
     <w:rsid w:val="000A2705"/>
     <w:rsid w:val="000A4669"/>
+    <w:rsid w:val="000A58DC"/>
     <w:rsid w:val="000A6626"/>
     <w:rsid w:val="000D3279"/>
     <w:rsid w:val="000D3469"/>
     <w:rsid w:val="000D610A"/>
     <w:rsid w:val="000E275F"/>
     <w:rsid w:val="000E635F"/>
     <w:rsid w:val="000E7EFD"/>
     <w:rsid w:val="000F0537"/>
     <w:rsid w:val="000F0CCD"/>
     <w:rsid w:val="000F1058"/>
     <w:rsid w:val="000F4FC5"/>
     <w:rsid w:val="000F6EA7"/>
     <w:rsid w:val="00100AB0"/>
     <w:rsid w:val="00101F6A"/>
     <w:rsid w:val="00114A5E"/>
     <w:rsid w:val="00115C50"/>
     <w:rsid w:val="00115E2A"/>
+    <w:rsid w:val="00125BA0"/>
     <w:rsid w:val="001356F6"/>
     <w:rsid w:val="00136BDB"/>
     <w:rsid w:val="0014302F"/>
     <w:rsid w:val="00144009"/>
     <w:rsid w:val="00145E87"/>
     <w:rsid w:val="001472DE"/>
     <w:rsid w:val="001503D8"/>
     <w:rsid w:val="00153157"/>
     <w:rsid w:val="00154EB5"/>
     <w:rsid w:val="00155173"/>
     <w:rsid w:val="00163D01"/>
     <w:rsid w:val="00167D3F"/>
     <w:rsid w:val="00167DBD"/>
     <w:rsid w:val="00167E0D"/>
     <w:rsid w:val="00170209"/>
     <w:rsid w:val="0017249F"/>
     <w:rsid w:val="00175C00"/>
     <w:rsid w:val="00177ED1"/>
     <w:rsid w:val="001849E3"/>
     <w:rsid w:val="00185FA8"/>
     <w:rsid w:val="00187504"/>
+    <w:rsid w:val="00191AFD"/>
     <w:rsid w:val="00197F03"/>
     <w:rsid w:val="001A3558"/>
     <w:rsid w:val="001B1214"/>
     <w:rsid w:val="001B1A57"/>
     <w:rsid w:val="001B5115"/>
+    <w:rsid w:val="001B6111"/>
     <w:rsid w:val="001C6282"/>
     <w:rsid w:val="001D10D7"/>
     <w:rsid w:val="001D1E6F"/>
     <w:rsid w:val="001D3AB3"/>
     <w:rsid w:val="001D59BD"/>
     <w:rsid w:val="001E0ED0"/>
     <w:rsid w:val="001E25E5"/>
     <w:rsid w:val="001E70F4"/>
     <w:rsid w:val="001F2746"/>
     <w:rsid w:val="001F632B"/>
     <w:rsid w:val="001F6D99"/>
     <w:rsid w:val="001F6EAE"/>
     <w:rsid w:val="002008EC"/>
     <w:rsid w:val="0020224F"/>
     <w:rsid w:val="00203848"/>
     <w:rsid w:val="00205333"/>
     <w:rsid w:val="0020613F"/>
     <w:rsid w:val="00206432"/>
     <w:rsid w:val="0021030A"/>
     <w:rsid w:val="00217365"/>
     <w:rsid w:val="002205F8"/>
+    <w:rsid w:val="0022371F"/>
     <w:rsid w:val="00223884"/>
+    <w:rsid w:val="002255BD"/>
     <w:rsid w:val="00226A0A"/>
     <w:rsid w:val="00230234"/>
     <w:rsid w:val="00235DF5"/>
     <w:rsid w:val="002371C2"/>
     <w:rsid w:val="00237B73"/>
     <w:rsid w:val="00241FD2"/>
     <w:rsid w:val="00247DB5"/>
     <w:rsid w:val="00255337"/>
     <w:rsid w:val="00257135"/>
     <w:rsid w:val="00261218"/>
     <w:rsid w:val="00270E31"/>
     <w:rsid w:val="002732E5"/>
     <w:rsid w:val="002739FD"/>
     <w:rsid w:val="00274CFF"/>
     <w:rsid w:val="0027559C"/>
     <w:rsid w:val="00276C89"/>
     <w:rsid w:val="00277955"/>
     <w:rsid w:val="002803EC"/>
     <w:rsid w:val="00281AC6"/>
     <w:rsid w:val="002829CE"/>
     <w:rsid w:val="00286E85"/>
     <w:rsid w:val="00294561"/>
     <w:rsid w:val="002A11D5"/>
     <w:rsid w:val="002A3DB1"/>
     <w:rsid w:val="002B0EE1"/>
@@ -8386,111 +8311,115 @@
     <w:rsid w:val="00315EEE"/>
     <w:rsid w:val="003167D8"/>
     <w:rsid w:val="0031765A"/>
     <w:rsid w:val="00323E8B"/>
     <w:rsid w:val="00325E95"/>
     <w:rsid w:val="00337968"/>
     <w:rsid w:val="00340C9C"/>
     <w:rsid w:val="003444A2"/>
     <w:rsid w:val="0034555D"/>
     <w:rsid w:val="00345E69"/>
     <w:rsid w:val="003569D8"/>
     <w:rsid w:val="00360424"/>
     <w:rsid w:val="00361EB0"/>
     <w:rsid w:val="00362250"/>
     <w:rsid w:val="0036370F"/>
     <w:rsid w:val="00363EB2"/>
     <w:rsid w:val="00364BC5"/>
     <w:rsid w:val="003668D2"/>
     <w:rsid w:val="00371386"/>
     <w:rsid w:val="00375732"/>
     <w:rsid w:val="003819C2"/>
     <w:rsid w:val="00383462"/>
     <w:rsid w:val="00385148"/>
     <w:rsid w:val="00385182"/>
     <w:rsid w:val="00386FC9"/>
+    <w:rsid w:val="003921E5"/>
     <w:rsid w:val="003A1B2E"/>
     <w:rsid w:val="003A5E90"/>
+    <w:rsid w:val="003A77B3"/>
     <w:rsid w:val="003A7B78"/>
     <w:rsid w:val="003B0461"/>
     <w:rsid w:val="003B155F"/>
     <w:rsid w:val="003C0F6A"/>
     <w:rsid w:val="003C1C55"/>
     <w:rsid w:val="003C2A75"/>
     <w:rsid w:val="003C4858"/>
     <w:rsid w:val="003C4FFE"/>
     <w:rsid w:val="003D6FEE"/>
     <w:rsid w:val="003D7BE2"/>
     <w:rsid w:val="003E1756"/>
     <w:rsid w:val="003E4346"/>
     <w:rsid w:val="003E4B30"/>
     <w:rsid w:val="003F407C"/>
     <w:rsid w:val="003F64A2"/>
     <w:rsid w:val="0040204A"/>
     <w:rsid w:val="0040342B"/>
     <w:rsid w:val="00405BFC"/>
     <w:rsid w:val="004060FE"/>
     <w:rsid w:val="00414203"/>
     <w:rsid w:val="00415510"/>
     <w:rsid w:val="00415DB9"/>
     <w:rsid w:val="00416C04"/>
     <w:rsid w:val="004176E3"/>
     <w:rsid w:val="00421793"/>
     <w:rsid w:val="00423838"/>
     <w:rsid w:val="004241A7"/>
     <w:rsid w:val="00424A1A"/>
     <w:rsid w:val="0042515F"/>
     <w:rsid w:val="00425451"/>
     <w:rsid w:val="00425E31"/>
     <w:rsid w:val="004268CD"/>
     <w:rsid w:val="00427A5A"/>
     <w:rsid w:val="00430F95"/>
+    <w:rsid w:val="00432283"/>
     <w:rsid w:val="00434DAF"/>
     <w:rsid w:val="00437757"/>
     <w:rsid w:val="00441BD3"/>
     <w:rsid w:val="00441ED3"/>
     <w:rsid w:val="00444014"/>
     <w:rsid w:val="004440BF"/>
     <w:rsid w:val="004476C2"/>
     <w:rsid w:val="0044773E"/>
     <w:rsid w:val="00455ACA"/>
     <w:rsid w:val="00461B79"/>
     <w:rsid w:val="00461D27"/>
     <w:rsid w:val="00462FD9"/>
     <w:rsid w:val="00463BC4"/>
     <w:rsid w:val="00466A56"/>
     <w:rsid w:val="0046705F"/>
     <w:rsid w:val="004702A3"/>
     <w:rsid w:val="00470D50"/>
     <w:rsid w:val="00473A12"/>
     <w:rsid w:val="00476C56"/>
     <w:rsid w:val="004777D4"/>
     <w:rsid w:val="004817FB"/>
     <w:rsid w:val="00483CDD"/>
     <w:rsid w:val="0048579D"/>
     <w:rsid w:val="00485ACF"/>
     <w:rsid w:val="00487541"/>
+    <w:rsid w:val="0048779C"/>
     <w:rsid w:val="00487B6B"/>
     <w:rsid w:val="0049284B"/>
     <w:rsid w:val="00493DF7"/>
     <w:rsid w:val="00493FB7"/>
     <w:rsid w:val="004960A4"/>
     <w:rsid w:val="004961FE"/>
     <w:rsid w:val="004A06DA"/>
     <w:rsid w:val="004A46B3"/>
     <w:rsid w:val="004A544E"/>
     <w:rsid w:val="004A5AA1"/>
     <w:rsid w:val="004A60B9"/>
     <w:rsid w:val="004A783F"/>
     <w:rsid w:val="004B30A4"/>
     <w:rsid w:val="004B3435"/>
     <w:rsid w:val="004B3E2A"/>
     <w:rsid w:val="004B74BB"/>
     <w:rsid w:val="004B74EE"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004C5C6A"/>
     <w:rsid w:val="004C63D8"/>
     <w:rsid w:val="004C7553"/>
     <w:rsid w:val="004D05CE"/>
     <w:rsid w:val="004D0687"/>
     <w:rsid w:val="004D0B7E"/>
     <w:rsid w:val="004D2138"/>
@@ -8515,209 +8444,219 @@
     <w:rsid w:val="00523FDC"/>
     <w:rsid w:val="00526A03"/>
     <w:rsid w:val="005310DD"/>
     <w:rsid w:val="00533EBB"/>
     <w:rsid w:val="00535F01"/>
     <w:rsid w:val="005405EE"/>
     <w:rsid w:val="0054346D"/>
     <w:rsid w:val="005434BF"/>
     <w:rsid w:val="00544053"/>
     <w:rsid w:val="005460C2"/>
     <w:rsid w:val="005463BF"/>
     <w:rsid w:val="005473C7"/>
     <w:rsid w:val="0055073F"/>
     <w:rsid w:val="00551C21"/>
     <w:rsid w:val="0055639D"/>
     <w:rsid w:val="00556F1C"/>
     <w:rsid w:val="00557BEB"/>
     <w:rsid w:val="0056015B"/>
     <w:rsid w:val="00563B33"/>
     <w:rsid w:val="005648B0"/>
     <w:rsid w:val="00564927"/>
     <w:rsid w:val="00566CAC"/>
     <w:rsid w:val="0057101C"/>
     <w:rsid w:val="005713ED"/>
     <w:rsid w:val="00571D60"/>
+    <w:rsid w:val="005730B7"/>
     <w:rsid w:val="0057456C"/>
     <w:rsid w:val="00576F6F"/>
     <w:rsid w:val="00577923"/>
     <w:rsid w:val="00581993"/>
     <w:rsid w:val="00581BCC"/>
     <w:rsid w:val="00581BFE"/>
     <w:rsid w:val="00582546"/>
     <w:rsid w:val="0058288B"/>
     <w:rsid w:val="00582AB1"/>
     <w:rsid w:val="00586712"/>
     <w:rsid w:val="005867F1"/>
+    <w:rsid w:val="0059135B"/>
     <w:rsid w:val="00595AEA"/>
     <w:rsid w:val="00596B5A"/>
     <w:rsid w:val="00597115"/>
     <w:rsid w:val="005A23AD"/>
     <w:rsid w:val="005A5AF9"/>
     <w:rsid w:val="005A7205"/>
     <w:rsid w:val="005A7DE9"/>
     <w:rsid w:val="005B2144"/>
     <w:rsid w:val="005B7721"/>
     <w:rsid w:val="005C41C5"/>
+    <w:rsid w:val="005C4CC1"/>
     <w:rsid w:val="005C694A"/>
     <w:rsid w:val="005C6A3E"/>
     <w:rsid w:val="005C6CD9"/>
     <w:rsid w:val="005C7CFF"/>
     <w:rsid w:val="005D2A9B"/>
     <w:rsid w:val="005E11E0"/>
+    <w:rsid w:val="005E3764"/>
     <w:rsid w:val="005F1D51"/>
     <w:rsid w:val="005F45EC"/>
     <w:rsid w:val="00613ECF"/>
     <w:rsid w:val="00613ED1"/>
     <w:rsid w:val="006152CE"/>
     <w:rsid w:val="0061643A"/>
     <w:rsid w:val="006168A0"/>
     <w:rsid w:val="00616B66"/>
     <w:rsid w:val="00617333"/>
     <w:rsid w:val="00617F4C"/>
     <w:rsid w:val="006241F4"/>
     <w:rsid w:val="00627D40"/>
     <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630F18"/>
     <w:rsid w:val="00632204"/>
     <w:rsid w:val="0063670C"/>
     <w:rsid w:val="006468A0"/>
     <w:rsid w:val="00646922"/>
     <w:rsid w:val="00655867"/>
     <w:rsid w:val="00656A4D"/>
+    <w:rsid w:val="006641A1"/>
     <w:rsid w:val="00672E03"/>
     <w:rsid w:val="00681A99"/>
     <w:rsid w:val="00684B3A"/>
     <w:rsid w:val="0069285C"/>
     <w:rsid w:val="00694574"/>
     <w:rsid w:val="006954B7"/>
     <w:rsid w:val="00696B42"/>
     <w:rsid w:val="00697163"/>
     <w:rsid w:val="0069757D"/>
     <w:rsid w:val="006A215F"/>
     <w:rsid w:val="006A7EA3"/>
     <w:rsid w:val="006B2348"/>
     <w:rsid w:val="006B348A"/>
     <w:rsid w:val="006B445C"/>
     <w:rsid w:val="006B4C53"/>
     <w:rsid w:val="006B59D1"/>
     <w:rsid w:val="006C0ED3"/>
     <w:rsid w:val="006C241E"/>
     <w:rsid w:val="006C5799"/>
     <w:rsid w:val="006C71C2"/>
     <w:rsid w:val="006D1ACB"/>
+    <w:rsid w:val="006D4624"/>
     <w:rsid w:val="006D4E3C"/>
     <w:rsid w:val="006E716E"/>
     <w:rsid w:val="006F42FC"/>
     <w:rsid w:val="006F619B"/>
     <w:rsid w:val="007001D4"/>
     <w:rsid w:val="007004E7"/>
     <w:rsid w:val="0070449F"/>
     <w:rsid w:val="007062E9"/>
     <w:rsid w:val="007109C3"/>
     <w:rsid w:val="00713197"/>
     <w:rsid w:val="007178D6"/>
+    <w:rsid w:val="00717CEE"/>
     <w:rsid w:val="00717FE7"/>
     <w:rsid w:val="007211DD"/>
     <w:rsid w:val="00721EA1"/>
     <w:rsid w:val="007232DE"/>
     <w:rsid w:val="007266E2"/>
     <w:rsid w:val="00726E54"/>
     <w:rsid w:val="00735C1E"/>
     <w:rsid w:val="00737CFA"/>
     <w:rsid w:val="0074040F"/>
     <w:rsid w:val="00742581"/>
     <w:rsid w:val="00745CA8"/>
     <w:rsid w:val="00753160"/>
     <w:rsid w:val="00753CF4"/>
     <w:rsid w:val="00754D37"/>
     <w:rsid w:val="00755920"/>
     <w:rsid w:val="007611D2"/>
     <w:rsid w:val="007624A8"/>
     <w:rsid w:val="0076342A"/>
     <w:rsid w:val="00764CB6"/>
     <w:rsid w:val="0076675E"/>
     <w:rsid w:val="007721C7"/>
     <w:rsid w:val="00772BF4"/>
     <w:rsid w:val="00775122"/>
     <w:rsid w:val="007757F9"/>
     <w:rsid w:val="007772E9"/>
     <w:rsid w:val="007838FF"/>
     <w:rsid w:val="0079380B"/>
     <w:rsid w:val="007946C2"/>
+    <w:rsid w:val="007A5367"/>
     <w:rsid w:val="007A6FFE"/>
     <w:rsid w:val="007B1080"/>
     <w:rsid w:val="007B1722"/>
     <w:rsid w:val="007B2B66"/>
     <w:rsid w:val="007B327D"/>
     <w:rsid w:val="007C07A5"/>
     <w:rsid w:val="007C2F14"/>
     <w:rsid w:val="007C3691"/>
     <w:rsid w:val="007C585E"/>
     <w:rsid w:val="007D3B70"/>
     <w:rsid w:val="007D5FEB"/>
     <w:rsid w:val="007D7E23"/>
     <w:rsid w:val="007E06E4"/>
     <w:rsid w:val="007E24FB"/>
     <w:rsid w:val="007E3769"/>
     <w:rsid w:val="007E38A4"/>
     <w:rsid w:val="007E7FAC"/>
     <w:rsid w:val="007F7ED2"/>
     <w:rsid w:val="00804B74"/>
     <w:rsid w:val="00805AE7"/>
     <w:rsid w:val="008106E5"/>
     <w:rsid w:val="0081262F"/>
     <w:rsid w:val="00813326"/>
     <w:rsid w:val="00820967"/>
     <w:rsid w:val="00824252"/>
     <w:rsid w:val="0082606F"/>
     <w:rsid w:val="00827859"/>
+    <w:rsid w:val="00827AD2"/>
     <w:rsid w:val="008318E8"/>
     <w:rsid w:val="008344B6"/>
     <w:rsid w:val="00834C3F"/>
     <w:rsid w:val="0083615C"/>
     <w:rsid w:val="0083648D"/>
     <w:rsid w:val="00842DCF"/>
     <w:rsid w:val="00842E7B"/>
     <w:rsid w:val="00846896"/>
     <w:rsid w:val="0084755C"/>
     <w:rsid w:val="0085086D"/>
     <w:rsid w:val="00850E55"/>
     <w:rsid w:val="0085393A"/>
     <w:rsid w:val="0085405C"/>
     <w:rsid w:val="00854637"/>
     <w:rsid w:val="0085496A"/>
     <w:rsid w:val="008579D3"/>
     <w:rsid w:val="00857CF1"/>
     <w:rsid w:val="0086132F"/>
     <w:rsid w:val="008619C1"/>
     <w:rsid w:val="00862C4C"/>
     <w:rsid w:val="00863C10"/>
     <w:rsid w:val="00865B43"/>
     <w:rsid w:val="0087062B"/>
     <w:rsid w:val="0087481C"/>
     <w:rsid w:val="00876C5C"/>
+    <w:rsid w:val="00881DCD"/>
     <w:rsid w:val="00882F0F"/>
     <w:rsid w:val="008907AD"/>
     <w:rsid w:val="00890873"/>
     <w:rsid w:val="00897F25"/>
     <w:rsid w:val="008A1287"/>
     <w:rsid w:val="008A1FFE"/>
     <w:rsid w:val="008A2052"/>
     <w:rsid w:val="008A419B"/>
     <w:rsid w:val="008A5C36"/>
     <w:rsid w:val="008B3175"/>
     <w:rsid w:val="008B5132"/>
     <w:rsid w:val="008B5C22"/>
     <w:rsid w:val="008B6321"/>
     <w:rsid w:val="008B71E2"/>
     <w:rsid w:val="008C3ECC"/>
     <w:rsid w:val="008C52F7"/>
     <w:rsid w:val="008C6370"/>
     <w:rsid w:val="008D0BD3"/>
     <w:rsid w:val="008D0D7D"/>
     <w:rsid w:val="008D18FF"/>
     <w:rsid w:val="008D1BAB"/>
     <w:rsid w:val="008D3069"/>
     <w:rsid w:val="008D3830"/>
     <w:rsid w:val="008D3FCC"/>
     <w:rsid w:val="008D5E91"/>
@@ -8728,399 +8667,421 @@
     <w:rsid w:val="0090513B"/>
     <w:rsid w:val="00910369"/>
     <w:rsid w:val="009118E9"/>
     <w:rsid w:val="009135B0"/>
     <w:rsid w:val="00916169"/>
     <w:rsid w:val="00917848"/>
     <w:rsid w:val="00926F03"/>
     <w:rsid w:val="00930892"/>
     <w:rsid w:val="00932E2A"/>
     <w:rsid w:val="00935C6F"/>
     <w:rsid w:val="009373F3"/>
     <w:rsid w:val="00943CE4"/>
     <w:rsid w:val="009515C1"/>
     <w:rsid w:val="0095594F"/>
     <w:rsid w:val="00955D68"/>
     <w:rsid w:val="0096067A"/>
     <w:rsid w:val="00961438"/>
     <w:rsid w:val="00965ED2"/>
     <w:rsid w:val="00984937"/>
     <w:rsid w:val="009867C9"/>
     <w:rsid w:val="00987E42"/>
     <w:rsid w:val="009A20FE"/>
     <w:rsid w:val="009A2955"/>
     <w:rsid w:val="009A32A2"/>
     <w:rsid w:val="009A37F4"/>
+    <w:rsid w:val="009A7F03"/>
     <w:rsid w:val="009B7CCB"/>
     <w:rsid w:val="009C1EB8"/>
     <w:rsid w:val="009C2F04"/>
     <w:rsid w:val="009C3C22"/>
     <w:rsid w:val="009D5B63"/>
     <w:rsid w:val="009E43CC"/>
     <w:rsid w:val="009E4A7D"/>
     <w:rsid w:val="009E5730"/>
     <w:rsid w:val="009F0B04"/>
     <w:rsid w:val="009F118C"/>
     <w:rsid w:val="009F1394"/>
     <w:rsid w:val="009F58F5"/>
     <w:rsid w:val="009F594C"/>
     <w:rsid w:val="009F6531"/>
     <w:rsid w:val="009F6B4D"/>
     <w:rsid w:val="00A001D4"/>
+    <w:rsid w:val="00A01C2F"/>
     <w:rsid w:val="00A03076"/>
     <w:rsid w:val="00A03A23"/>
     <w:rsid w:val="00A04E69"/>
     <w:rsid w:val="00A0701B"/>
     <w:rsid w:val="00A1199C"/>
     <w:rsid w:val="00A11FF5"/>
     <w:rsid w:val="00A12369"/>
     <w:rsid w:val="00A15300"/>
     <w:rsid w:val="00A207DE"/>
     <w:rsid w:val="00A220A5"/>
     <w:rsid w:val="00A22B12"/>
     <w:rsid w:val="00A262E8"/>
+    <w:rsid w:val="00A266F9"/>
     <w:rsid w:val="00A3011B"/>
     <w:rsid w:val="00A301DA"/>
+    <w:rsid w:val="00A32620"/>
     <w:rsid w:val="00A334DF"/>
     <w:rsid w:val="00A340B3"/>
     <w:rsid w:val="00A44723"/>
     <w:rsid w:val="00A47348"/>
     <w:rsid w:val="00A515C2"/>
     <w:rsid w:val="00A57A71"/>
     <w:rsid w:val="00A60D45"/>
     <w:rsid w:val="00A61030"/>
     <w:rsid w:val="00A61FCC"/>
+    <w:rsid w:val="00A62133"/>
     <w:rsid w:val="00A62698"/>
     <w:rsid w:val="00A762A3"/>
     <w:rsid w:val="00A7736A"/>
     <w:rsid w:val="00A837E0"/>
     <w:rsid w:val="00A92BAF"/>
+    <w:rsid w:val="00AA314F"/>
     <w:rsid w:val="00AA4312"/>
     <w:rsid w:val="00AA5714"/>
     <w:rsid w:val="00AA5E42"/>
     <w:rsid w:val="00AA7AB6"/>
     <w:rsid w:val="00AB337A"/>
     <w:rsid w:val="00AB580F"/>
     <w:rsid w:val="00AB6C63"/>
     <w:rsid w:val="00AC1BB1"/>
     <w:rsid w:val="00AC1F1C"/>
     <w:rsid w:val="00AC216A"/>
     <w:rsid w:val="00AC4966"/>
     <w:rsid w:val="00AC68E6"/>
     <w:rsid w:val="00AC7DD6"/>
     <w:rsid w:val="00AD08A0"/>
     <w:rsid w:val="00AD37D2"/>
     <w:rsid w:val="00AD37D6"/>
     <w:rsid w:val="00AD37F5"/>
     <w:rsid w:val="00AD5262"/>
     <w:rsid w:val="00AE1B9D"/>
     <w:rsid w:val="00AE2143"/>
+    <w:rsid w:val="00AE2EF4"/>
     <w:rsid w:val="00AF06D9"/>
     <w:rsid w:val="00AF1FDC"/>
     <w:rsid w:val="00AF45F7"/>
     <w:rsid w:val="00B01924"/>
     <w:rsid w:val="00B02BD0"/>
     <w:rsid w:val="00B03AAB"/>
     <w:rsid w:val="00B05F29"/>
     <w:rsid w:val="00B07F83"/>
     <w:rsid w:val="00B13B0B"/>
     <w:rsid w:val="00B22297"/>
     <w:rsid w:val="00B255EE"/>
     <w:rsid w:val="00B27B3D"/>
     <w:rsid w:val="00B340CA"/>
     <w:rsid w:val="00B3429B"/>
     <w:rsid w:val="00B40EB6"/>
     <w:rsid w:val="00B44442"/>
     <w:rsid w:val="00B4495B"/>
     <w:rsid w:val="00B46B0C"/>
     <w:rsid w:val="00B6030A"/>
     <w:rsid w:val="00B6062B"/>
     <w:rsid w:val="00B60C34"/>
     <w:rsid w:val="00B60FC5"/>
     <w:rsid w:val="00B64B83"/>
     <w:rsid w:val="00B65836"/>
     <w:rsid w:val="00B665F7"/>
     <w:rsid w:val="00B67FD7"/>
     <w:rsid w:val="00B75301"/>
     <w:rsid w:val="00B75457"/>
     <w:rsid w:val="00B80BDC"/>
     <w:rsid w:val="00B81B45"/>
     <w:rsid w:val="00B81BC7"/>
     <w:rsid w:val="00B83733"/>
     <w:rsid w:val="00B91169"/>
     <w:rsid w:val="00B91ECF"/>
     <w:rsid w:val="00B92AD6"/>
     <w:rsid w:val="00B93710"/>
     <w:rsid w:val="00B962EF"/>
     <w:rsid w:val="00BA0869"/>
     <w:rsid w:val="00BA660E"/>
     <w:rsid w:val="00BA6A76"/>
     <w:rsid w:val="00BA78D2"/>
     <w:rsid w:val="00BB07DB"/>
     <w:rsid w:val="00BB08A2"/>
     <w:rsid w:val="00BB34D3"/>
     <w:rsid w:val="00BB5B65"/>
     <w:rsid w:val="00BB7043"/>
+    <w:rsid w:val="00BC216E"/>
     <w:rsid w:val="00BC2ACB"/>
     <w:rsid w:val="00BC2AED"/>
     <w:rsid w:val="00BC30A7"/>
     <w:rsid w:val="00BC493A"/>
     <w:rsid w:val="00BC725C"/>
     <w:rsid w:val="00BC7B1F"/>
     <w:rsid w:val="00BD197F"/>
     <w:rsid w:val="00BD41FA"/>
     <w:rsid w:val="00BD55B9"/>
     <w:rsid w:val="00BD632B"/>
     <w:rsid w:val="00BE2B58"/>
     <w:rsid w:val="00BE5496"/>
     <w:rsid w:val="00BE6125"/>
     <w:rsid w:val="00BE699A"/>
     <w:rsid w:val="00BE7AC2"/>
     <w:rsid w:val="00BF1635"/>
     <w:rsid w:val="00BF17FC"/>
     <w:rsid w:val="00BF5B0C"/>
     <w:rsid w:val="00BF5E89"/>
     <w:rsid w:val="00BF6808"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C02268"/>
     <w:rsid w:val="00C0444D"/>
     <w:rsid w:val="00C106D9"/>
     <w:rsid w:val="00C14DB3"/>
     <w:rsid w:val="00C1763D"/>
     <w:rsid w:val="00C22C78"/>
     <w:rsid w:val="00C2409D"/>
     <w:rsid w:val="00C242EC"/>
     <w:rsid w:val="00C31619"/>
     <w:rsid w:val="00C32B80"/>
     <w:rsid w:val="00C332C0"/>
     <w:rsid w:val="00C336B2"/>
     <w:rsid w:val="00C33C82"/>
     <w:rsid w:val="00C34094"/>
     <w:rsid w:val="00C36CA0"/>
     <w:rsid w:val="00C458AF"/>
     <w:rsid w:val="00C45D1F"/>
     <w:rsid w:val="00C50767"/>
+    <w:rsid w:val="00C520F4"/>
     <w:rsid w:val="00C54010"/>
     <w:rsid w:val="00C54AB8"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C646CD"/>
     <w:rsid w:val="00C64F64"/>
+    <w:rsid w:val="00C678A7"/>
     <w:rsid w:val="00C70DD3"/>
     <w:rsid w:val="00C729F0"/>
     <w:rsid w:val="00C75749"/>
     <w:rsid w:val="00C764EE"/>
     <w:rsid w:val="00C80DF4"/>
     <w:rsid w:val="00C815F2"/>
     <w:rsid w:val="00C81C20"/>
     <w:rsid w:val="00C862D9"/>
     <w:rsid w:val="00C86BC0"/>
     <w:rsid w:val="00C91C2E"/>
     <w:rsid w:val="00C96964"/>
     <w:rsid w:val="00CA3A88"/>
     <w:rsid w:val="00CA5013"/>
     <w:rsid w:val="00CB1523"/>
     <w:rsid w:val="00CB3FA9"/>
     <w:rsid w:val="00CB59D8"/>
     <w:rsid w:val="00CB75CE"/>
     <w:rsid w:val="00CB7D71"/>
     <w:rsid w:val="00CC0365"/>
     <w:rsid w:val="00CC1E7E"/>
     <w:rsid w:val="00CC34FE"/>
     <w:rsid w:val="00CD1AF1"/>
     <w:rsid w:val="00CD3892"/>
     <w:rsid w:val="00CD4E70"/>
     <w:rsid w:val="00CD53E0"/>
     <w:rsid w:val="00CD726F"/>
     <w:rsid w:val="00CD7287"/>
     <w:rsid w:val="00CE54A1"/>
     <w:rsid w:val="00CE5A37"/>
     <w:rsid w:val="00CE5B48"/>
     <w:rsid w:val="00CF7D24"/>
     <w:rsid w:val="00D00480"/>
     <w:rsid w:val="00D00C96"/>
     <w:rsid w:val="00D11C16"/>
     <w:rsid w:val="00D12F2B"/>
     <w:rsid w:val="00D23192"/>
     <w:rsid w:val="00D27051"/>
     <w:rsid w:val="00D31F54"/>
     <w:rsid w:val="00D32C01"/>
     <w:rsid w:val="00D334B3"/>
     <w:rsid w:val="00D34492"/>
     <w:rsid w:val="00D35CD8"/>
     <w:rsid w:val="00D362E3"/>
     <w:rsid w:val="00D459A9"/>
     <w:rsid w:val="00D4734E"/>
     <w:rsid w:val="00D5194D"/>
     <w:rsid w:val="00D51B40"/>
     <w:rsid w:val="00D56308"/>
     <w:rsid w:val="00D608F0"/>
     <w:rsid w:val="00D60BBD"/>
+    <w:rsid w:val="00D60C0F"/>
     <w:rsid w:val="00D640BA"/>
     <w:rsid w:val="00D66CF8"/>
     <w:rsid w:val="00D76273"/>
     <w:rsid w:val="00D76653"/>
     <w:rsid w:val="00D7766F"/>
     <w:rsid w:val="00D85B87"/>
     <w:rsid w:val="00D86EA8"/>
     <w:rsid w:val="00D875E5"/>
     <w:rsid w:val="00D9056B"/>
     <w:rsid w:val="00D923CA"/>
     <w:rsid w:val="00DA27EE"/>
     <w:rsid w:val="00DA2AAD"/>
+    <w:rsid w:val="00DA50C9"/>
     <w:rsid w:val="00DA51BA"/>
     <w:rsid w:val="00DB353C"/>
     <w:rsid w:val="00DB67C2"/>
     <w:rsid w:val="00DB7A24"/>
     <w:rsid w:val="00DC0675"/>
     <w:rsid w:val="00DC08E4"/>
     <w:rsid w:val="00DC26C5"/>
     <w:rsid w:val="00DC40CC"/>
     <w:rsid w:val="00DC7F33"/>
     <w:rsid w:val="00DD5BD1"/>
     <w:rsid w:val="00DD7492"/>
     <w:rsid w:val="00DE3681"/>
     <w:rsid w:val="00DE58ED"/>
     <w:rsid w:val="00DE67EA"/>
     <w:rsid w:val="00DF0D6B"/>
     <w:rsid w:val="00DF637E"/>
     <w:rsid w:val="00E00D27"/>
     <w:rsid w:val="00E05CCF"/>
     <w:rsid w:val="00E11A86"/>
     <w:rsid w:val="00E13C09"/>
     <w:rsid w:val="00E1469D"/>
+    <w:rsid w:val="00E153B0"/>
+    <w:rsid w:val="00E1566B"/>
     <w:rsid w:val="00E17A82"/>
     <w:rsid w:val="00E17FF2"/>
     <w:rsid w:val="00E203D8"/>
     <w:rsid w:val="00E2097F"/>
     <w:rsid w:val="00E21450"/>
     <w:rsid w:val="00E2301A"/>
     <w:rsid w:val="00E27E6B"/>
     <w:rsid w:val="00E30095"/>
     <w:rsid w:val="00E3486D"/>
+    <w:rsid w:val="00E36244"/>
     <w:rsid w:val="00E42FFD"/>
     <w:rsid w:val="00E43EB2"/>
     <w:rsid w:val="00E45E75"/>
     <w:rsid w:val="00E517F2"/>
+    <w:rsid w:val="00E518B6"/>
     <w:rsid w:val="00E53C67"/>
     <w:rsid w:val="00E54BD5"/>
     <w:rsid w:val="00E577B3"/>
     <w:rsid w:val="00E63643"/>
     <w:rsid w:val="00E66436"/>
     <w:rsid w:val="00E71BAD"/>
     <w:rsid w:val="00E7347D"/>
     <w:rsid w:val="00E73FB0"/>
+    <w:rsid w:val="00E74E1D"/>
+    <w:rsid w:val="00E8231C"/>
+    <w:rsid w:val="00E84746"/>
     <w:rsid w:val="00E84D49"/>
     <w:rsid w:val="00E91932"/>
     <w:rsid w:val="00E96339"/>
     <w:rsid w:val="00E96C1F"/>
     <w:rsid w:val="00E96FA0"/>
     <w:rsid w:val="00E97BA4"/>
     <w:rsid w:val="00E97C2F"/>
     <w:rsid w:val="00EA3F95"/>
     <w:rsid w:val="00EA544F"/>
     <w:rsid w:val="00EA5AC2"/>
     <w:rsid w:val="00EA6177"/>
     <w:rsid w:val="00EA7F60"/>
     <w:rsid w:val="00EC4558"/>
     <w:rsid w:val="00EC4B42"/>
     <w:rsid w:val="00EC60F6"/>
     <w:rsid w:val="00ED053B"/>
     <w:rsid w:val="00ED061B"/>
     <w:rsid w:val="00ED2BF3"/>
     <w:rsid w:val="00ED30E9"/>
     <w:rsid w:val="00ED3694"/>
     <w:rsid w:val="00ED59F9"/>
     <w:rsid w:val="00EE2BE1"/>
     <w:rsid w:val="00EE3773"/>
     <w:rsid w:val="00EE6B9F"/>
     <w:rsid w:val="00EE7ABA"/>
     <w:rsid w:val="00EF4A44"/>
     <w:rsid w:val="00F02380"/>
     <w:rsid w:val="00F04CBF"/>
     <w:rsid w:val="00F0571B"/>
     <w:rsid w:val="00F05D2D"/>
+    <w:rsid w:val="00F05DD7"/>
     <w:rsid w:val="00F05EDF"/>
     <w:rsid w:val="00F06013"/>
     <w:rsid w:val="00F10849"/>
     <w:rsid w:val="00F1170C"/>
+    <w:rsid w:val="00F11F1C"/>
     <w:rsid w:val="00F11F9C"/>
     <w:rsid w:val="00F22DD3"/>
     <w:rsid w:val="00F311D1"/>
     <w:rsid w:val="00F32003"/>
     <w:rsid w:val="00F32310"/>
     <w:rsid w:val="00F33B44"/>
     <w:rsid w:val="00F33D7C"/>
     <w:rsid w:val="00F33E10"/>
     <w:rsid w:val="00F4000E"/>
     <w:rsid w:val="00F418EE"/>
     <w:rsid w:val="00F43B28"/>
     <w:rsid w:val="00F445E0"/>
     <w:rsid w:val="00F44DE0"/>
     <w:rsid w:val="00F470B1"/>
     <w:rsid w:val="00F47948"/>
     <w:rsid w:val="00F52107"/>
     <w:rsid w:val="00F54672"/>
     <w:rsid w:val="00F56A48"/>
     <w:rsid w:val="00F66EE6"/>
     <w:rsid w:val="00F6793E"/>
     <w:rsid w:val="00F70ED6"/>
     <w:rsid w:val="00F7194D"/>
     <w:rsid w:val="00F76087"/>
     <w:rsid w:val="00F761BE"/>
     <w:rsid w:val="00F822B6"/>
     <w:rsid w:val="00F90DDA"/>
     <w:rsid w:val="00F915FC"/>
     <w:rsid w:val="00F91CA2"/>
     <w:rsid w:val="00F91F88"/>
     <w:rsid w:val="00F938F8"/>
     <w:rsid w:val="00F94A55"/>
     <w:rsid w:val="00F956BF"/>
     <w:rsid w:val="00FB2B33"/>
     <w:rsid w:val="00FB6C5E"/>
     <w:rsid w:val="00FC0E38"/>
     <w:rsid w:val="00FC3FF7"/>
     <w:rsid w:val="00FC4537"/>
     <w:rsid w:val="00FC5A1B"/>
     <w:rsid w:val="00FC6C46"/>
+    <w:rsid w:val="00FD1145"/>
     <w:rsid w:val="00FD3C6C"/>
     <w:rsid w:val="00FD550C"/>
     <w:rsid w:val="00FD70BC"/>
     <w:rsid w:val="00FD78E1"/>
     <w:rsid w:val="00FE37F2"/>
     <w:rsid w:val="00FE516B"/>
     <w:rsid w:val="00FF1AC8"/>
     <w:rsid w:val="00FF354C"/>
     <w:rsid w:val="00FF57D7"/>
     <w:rsid w:val="00FF7151"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="132B2CFF"/>
+  <w14:docId w14:val="49C28001"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D3E6A80F-1A99-4BB0-A02B-5BC2A676DC0C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9465,50 +9426,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C764EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -9892,50 +9857,61 @@
     <w:aliases w:val="2 Char,Bullet list Char,Colorful List - Accent 11 Char,H&amp;P List Paragraph Char,List Paragraph1 Char,List Paragraph11 Char,Normal bullet 2 Char,Numurets Char,PPS_Bullet Char,Saistīto dokumentu saraksts Char,Syle 1 Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="001F6D99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D31F54"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
+    <w:name w:val="tv213"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00A01C2F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -10216,81 +10192,63 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>RelatedItemsNewEditForm</Edit>
   <New>RelatedItemsNewEditForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -10417,145 +10375,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>1516</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{638650E6-D3C5-4B42-AD7C-7E8CF0CBD9C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{383C842E-E6E2-41A2-81E1-77FE22E1BDA1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D46CE0BA-B0F8-41D3-A351-4C280A19950F}">
-[...9 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6477672C-A73D-4C2D-A318-6B1BF291348B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D46CE0BA-B0F8-41D3-A351-4C280A19950F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63F7EFAF-1A2F-4785-88F7-6BA31D28C71E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FE49AAA-62BD-45D6-AD5A-C77C328EC5D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7796</Words>
-  <Characters>4444</Characters>
+  <Words>7708</Words>
+  <Characters>4395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>36</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12216</CharactersWithSpaces>
+  <CharactersWithSpaces>12079</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pavels.belisovs@nva.gov.lv</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100385BFBF87896214B9C4D01EAA747C93C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>