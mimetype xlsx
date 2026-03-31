--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -6,54 +6,54 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\NVAShare\Attistibas_un_analitikas_dep\ASN\Janis_Martins\Atskaites\oficiālā statistika\2026\janvaris_2026\bezdarbnieki\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\NVAShare\Attistibas_un_analitikas_dep\ASN\Janis_Martins\Atskaites\oficiālā statistika\2026\februaris_2026\bezdarbnieki\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D7D29C8-0805-430A-BC73-87D627AF486E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A46B6E57-F62D-486E-81DF-493FF9D88484}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
   </bookViews>
   <sheets>
     <sheet name="Kopā_dzimumi" sheetId="1" r:id="rId1"/>
     <sheet name="vecuma grupas" sheetId="3" r:id="rId2"/>
     <sheet name="izglītības līmenis" sheetId="4" r:id="rId3"/>
     <sheet name="Mērķa grupas" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AF127" i="3" l="1"/>
   <c r="AG127" i="3"/>
   <c r="AH127" i="3"/>
   <c r="AF128" i="3"/>
   <c r="AG128" i="3"/>
@@ -1041,51 +1041,51 @@
   <si>
     <t>Piešķirts bezdarbnieka statuss sadalījumā pa problēmgrupām</t>
   </si>
   <si>
     <t>Rīgas reģions</t>
   </si>
   <si>
     <t>Kurzemes reģions</t>
   </si>
   <si>
     <t>Latgales reģions</t>
   </si>
   <si>
     <t>Vidzemes reģions</t>
   </si>
   <si>
     <t>Zemgales reģions</t>
   </si>
   <si>
     <t>Reģions pēc filiāles</t>
   </si>
   <si>
     <t>2026.gads</t>
   </si>
   <si>
-    <t>Kopā janvāris</t>
+    <t>Kopā janvāris - februāris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -1742,105 +1742,105 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
@@ -2141,51 +2141,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE0248AD-5B13-4DBC-8931-1F7AE34E61A7}">
   <dimension ref="A1:AN14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G17" sqref="G17"/>
+      <selection activeCell="I16" sqref="I16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.5703125" customWidth="1"/>
     <col min="2" max="6" width="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" customWidth="1"/>
     <col min="8" max="11" width="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="5" customWidth="1"/>
     <col min="13" max="25" width="5" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="6.42578125" customWidth="1"/>
     <col min="27" max="27" width="5" bestFit="1" customWidth="1"/>
     <col min="28" max="29" width="6.42578125" customWidth="1"/>
     <col min="30" max="30" width="5" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="4.85546875" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="6.140625" customWidth="1"/>
     <col min="33" max="33" width="5" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="4.85546875" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="4.7109375" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="5.28515625" customWidth="1"/>
     <col min="37" max="37" width="4.85546875" bestFit="1" customWidth="1"/>
     <col min="38" max="39" width="7.5703125" customWidth="1"/>
     <col min="40" max="40" width="7.85546875" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2212,165 +2212,165 @@
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="3"/>
       <c r="AK1" s="3"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="3"/>
     </row>
     <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="89" t="s">
+      <c r="A2" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="85" t="s">
+      <c r="B2" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="C2" s="86"/>
-[...36 lines deleted...]
-      <c r="AN2" s="86"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="91"/>
+      <c r="AI2" s="91"/>
+      <c r="AJ2" s="91"/>
+      <c r="AK2" s="91"/>
+      <c r="AL2" s="91"/>
+      <c r="AM2" s="91"/>
+      <c r="AN2" s="91"/>
     </row>
     <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="90"/>
-      <c r="B3" s="87" t="s">
+      <c r="A3" s="83"/>
+      <c r="B3" s="84" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="91"/>
-[...1 lines deleted...]
-      <c r="E3" s="82" t="s">
+      <c r="C3" s="85"/>
+      <c r="D3" s="86"/>
+      <c r="E3" s="87" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="83"/>
-[...1 lines deleted...]
-      <c r="H3" s="82" t="s">
+      <c r="F3" s="88"/>
+      <c r="G3" s="89"/>
+      <c r="H3" s="87" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="83"/>
-[...1 lines deleted...]
-      <c r="K3" s="82" t="s">
+      <c r="I3" s="88"/>
+      <c r="J3" s="89"/>
+      <c r="K3" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="L3" s="83"/>
-[...1 lines deleted...]
-      <c r="N3" s="82" t="s">
+      <c r="L3" s="88"/>
+      <c r="M3" s="89"/>
+      <c r="N3" s="87" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="83"/>
-[...1 lines deleted...]
-      <c r="Q3" s="82" t="s">
+      <c r="O3" s="88"/>
+      <c r="P3" s="89"/>
+      <c r="Q3" s="87" t="s">
         <v>6</v>
       </c>
-      <c r="R3" s="83"/>
-[...1 lines deleted...]
-      <c r="T3" s="82" t="s">
+      <c r="R3" s="88"/>
+      <c r="S3" s="89"/>
+      <c r="T3" s="87" t="s">
         <v>7</v>
       </c>
-      <c r="U3" s="83"/>
-[...1 lines deleted...]
-      <c r="W3" s="82" t="s">
+      <c r="U3" s="88"/>
+      <c r="V3" s="89"/>
+      <c r="W3" s="87" t="s">
         <v>8</v>
       </c>
-      <c r="X3" s="83"/>
-[...1 lines deleted...]
-      <c r="Z3" s="82" t="s">
+      <c r="X3" s="88"/>
+      <c r="Y3" s="89"/>
+      <c r="Z3" s="87" t="s">
         <v>9</v>
       </c>
-      <c r="AA3" s="83"/>
-[...1 lines deleted...]
-      <c r="AC3" s="82" t="s">
+      <c r="AA3" s="88"/>
+      <c r="AB3" s="89"/>
+      <c r="AC3" s="87" t="s">
         <v>10</v>
       </c>
-      <c r="AD3" s="83"/>
-[...1 lines deleted...]
-      <c r="AF3" s="87" t="s">
+      <c r="AD3" s="88"/>
+      <c r="AE3" s="89"/>
+      <c r="AF3" s="84" t="s">
         <v>11</v>
       </c>
-      <c r="AG3" s="88"/>
-[...1 lines deleted...]
-      <c r="AI3" s="82" t="s">
+      <c r="AG3" s="92"/>
+      <c r="AH3" s="89"/>
+      <c r="AI3" s="87" t="s">
         <v>12</v>
       </c>
-      <c r="AJ3" s="83"/>
-[...5 lines deleted...]
-      <c r="AN3" s="84"/>
+      <c r="AJ3" s="88"/>
+      <c r="AK3" s="89"/>
+      <c r="AL3" s="87" t="s">
+        <v>13</v>
+      </c>
+      <c r="AM3" s="88"/>
+      <c r="AN3" s="89"/>
     </row>
     <row r="4" spans="1:40" x14ac:dyDescent="0.25">
-      <c r="A4" s="90"/>
+      <c r="A4" s="83"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J4" s="9" t="s">
@@ -2458,633 +2458,669 @@
         <v>13</v>
       </c>
       <c r="AL4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AM4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AN4" s="51" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="70">
         <v>1923</v>
       </c>
       <c r="C5" s="71">
         <v>1865</v>
       </c>
       <c r="D5" s="72">
         <v>3788</v>
       </c>
-      <c r="E5" s="53"/>
-[...1 lines deleted...]
-      <c r="G5" s="55"/>
+      <c r="E5" s="53">
+        <v>1537</v>
+      </c>
+      <c r="F5" s="54">
+        <v>1533</v>
+      </c>
+      <c r="G5" s="55">
+        <v>3070</v>
+      </c>
       <c r="H5" s="53"/>
       <c r="I5" s="54"/>
       <c r="J5" s="55"/>
       <c r="K5" s="19"/>
       <c r="L5" s="20"/>
       <c r="M5" s="21"/>
       <c r="N5" s="19"/>
       <c r="O5" s="20"/>
       <c r="P5" s="21"/>
       <c r="Q5" s="19"/>
       <c r="R5" s="20"/>
       <c r="S5" s="21"/>
       <c r="T5" s="19"/>
       <c r="U5" s="20"/>
       <c r="V5" s="21"/>
       <c r="W5" s="19"/>
       <c r="X5" s="20"/>
       <c r="Y5" s="55"/>
       <c r="Z5" s="19"/>
       <c r="AA5" s="20"/>
       <c r="AB5" s="55"/>
       <c r="AC5" s="19"/>
       <c r="AD5" s="20"/>
       <c r="AE5" s="21"/>
       <c r="AF5" s="53"/>
       <c r="AG5" s="54"/>
       <c r="AH5" s="55"/>
       <c r="AI5" s="19"/>
       <c r="AJ5" s="20"/>
       <c r="AK5" s="21"/>
       <c r="AL5" s="53">
         <f>SUM(B5,E5,H5,K5,N5,Q5,T5,W5,Z5,AC5,AF5,AI5)</f>
-        <v>1923</v>
+        <v>3460</v>
       </c>
       <c r="AM5" s="54">
         <f>SUM(C5,F5,I5,L5,O5,R5,U5,X5,AA5,AD5,AG5,AJ5)</f>
-        <v>1865</v>
+        <v>3398</v>
       </c>
       <c r="AN5" s="55">
         <f>SUM(S5,P5,M5,J5,G5,D5,V5,Y5,AB5,AE5,AH5,AK5)</f>
-        <v>3788</v>
+        <v>6858</v>
       </c>
     </row>
     <row r="6" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="70">
         <v>556</v>
       </c>
       <c r="C6" s="71">
         <v>761</v>
       </c>
       <c r="D6" s="72">
         <v>1317</v>
       </c>
-      <c r="E6" s="53"/>
-[...1 lines deleted...]
-      <c r="G6" s="55"/>
+      <c r="E6" s="53">
+        <v>411</v>
+      </c>
+      <c r="F6" s="54">
+        <v>519</v>
+      </c>
+      <c r="G6" s="55">
+        <v>930</v>
+      </c>
       <c r="H6" s="53"/>
       <c r="I6" s="54"/>
       <c r="J6" s="55"/>
       <c r="K6" s="19"/>
       <c r="L6" s="20"/>
       <c r="M6" s="21"/>
       <c r="N6" s="19"/>
       <c r="O6" s="20"/>
       <c r="P6" s="21"/>
       <c r="Q6" s="19"/>
       <c r="R6" s="20"/>
       <c r="S6" s="21"/>
       <c r="T6" s="19"/>
       <c r="U6" s="20"/>
       <c r="V6" s="21"/>
       <c r="W6" s="19"/>
       <c r="X6" s="20"/>
       <c r="Y6" s="55"/>
       <c r="Z6" s="19"/>
       <c r="AA6" s="20"/>
       <c r="AB6" s="55"/>
       <c r="AC6" s="19"/>
       <c r="AD6" s="20"/>
       <c r="AE6" s="21"/>
       <c r="AF6" s="53"/>
       <c r="AG6" s="54"/>
       <c r="AH6" s="55"/>
       <c r="AI6" s="19"/>
       <c r="AJ6" s="20"/>
       <c r="AK6" s="21"/>
       <c r="AL6" s="53">
         <f t="shared" ref="AL6:AL9" si="0">SUM(B6,E6,H6,K6,N6,Q6,T6,W6,Z6,AC6,AF6,AI6)</f>
-        <v>556</v>
+        <v>967</v>
       </c>
       <c r="AM6" s="54">
         <f>SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6,AG6,AJ6)</f>
-        <v>761</v>
+        <v>1280</v>
       </c>
       <c r="AN6" s="55">
         <f t="shared" ref="AN6:AN10" si="1">SUM(S6,P6,M6,J6,G6,D6,V6,Y6,AB6,AE6,AH6,AK6)</f>
-        <v>1317</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="7" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="70">
         <v>546</v>
       </c>
       <c r="C7" s="71">
         <v>754</v>
       </c>
       <c r="D7" s="72">
         <v>1300</v>
       </c>
-      <c r="E7" s="53"/>
-[...1 lines deleted...]
-      <c r="G7" s="55"/>
+      <c r="E7" s="53">
+        <v>415</v>
+      </c>
+      <c r="F7" s="54">
+        <v>541</v>
+      </c>
+      <c r="G7" s="55">
+        <v>956</v>
+      </c>
       <c r="H7" s="53"/>
       <c r="I7" s="54"/>
       <c r="J7" s="55"/>
       <c r="K7" s="19"/>
       <c r="L7" s="20"/>
       <c r="M7" s="21"/>
       <c r="N7" s="19"/>
       <c r="O7" s="20"/>
       <c r="P7" s="21"/>
       <c r="Q7" s="19"/>
       <c r="R7" s="20"/>
       <c r="S7" s="21"/>
       <c r="T7" s="19"/>
       <c r="U7" s="20"/>
       <c r="V7" s="21"/>
       <c r="W7" s="19"/>
       <c r="X7" s="20"/>
       <c r="Y7" s="55"/>
       <c r="Z7" s="19"/>
       <c r="AA7" s="20"/>
       <c r="AB7" s="55"/>
       <c r="AC7" s="19"/>
       <c r="AD7" s="20"/>
       <c r="AE7" s="21"/>
       <c r="AF7" s="53"/>
       <c r="AG7" s="54"/>
       <c r="AH7" s="55"/>
       <c r="AI7" s="19"/>
       <c r="AJ7" s="20"/>
       <c r="AK7" s="21"/>
       <c r="AL7" s="53">
         <f t="shared" si="0"/>
-        <v>546</v>
+        <v>961</v>
       </c>
       <c r="AM7" s="54">
         <f t="shared" ref="AM7:AM10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7,AG7,AJ7)</f>
-        <v>754</v>
+        <v>1295</v>
       </c>
       <c r="AN7" s="55">
         <f t="shared" si="1"/>
-        <v>1300</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="8" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="70">
         <v>604</v>
       </c>
       <c r="C8" s="71">
         <v>648</v>
       </c>
       <c r="D8" s="72">
         <v>1252</v>
       </c>
-      <c r="E8" s="53"/>
-[...1 lines deleted...]
-      <c r="G8" s="55"/>
+      <c r="E8" s="53">
+        <v>372</v>
+      </c>
+      <c r="F8" s="54">
+        <v>494</v>
+      </c>
+      <c r="G8" s="55">
+        <v>866</v>
+      </c>
       <c r="H8" s="53"/>
       <c r="I8" s="54"/>
       <c r="J8" s="55"/>
       <c r="K8" s="19"/>
       <c r="L8" s="20"/>
       <c r="M8" s="21"/>
       <c r="N8" s="19"/>
       <c r="O8" s="20"/>
       <c r="P8" s="21"/>
       <c r="Q8" s="19"/>
       <c r="R8" s="20"/>
       <c r="S8" s="21"/>
       <c r="T8" s="19"/>
       <c r="U8" s="20"/>
       <c r="V8" s="21"/>
       <c r="W8" s="19"/>
       <c r="X8" s="20"/>
       <c r="Y8" s="55"/>
       <c r="Z8" s="19"/>
       <c r="AA8" s="20"/>
       <c r="AB8" s="55"/>
       <c r="AC8" s="19"/>
       <c r="AD8" s="20"/>
       <c r="AE8" s="21"/>
       <c r="AF8" s="53"/>
       <c r="AG8" s="54"/>
       <c r="AH8" s="55"/>
       <c r="AI8" s="19"/>
       <c r="AJ8" s="20"/>
       <c r="AK8" s="21"/>
       <c r="AL8" s="53">
         <f t="shared" si="0"/>
-        <v>604</v>
+        <v>976</v>
       </c>
       <c r="AM8" s="54">
         <f t="shared" si="2"/>
-        <v>648</v>
+        <v>1142</v>
       </c>
       <c r="AN8" s="55">
         <f t="shared" si="1"/>
-        <v>1252</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="9" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="70">
         <v>446</v>
       </c>
       <c r="C9" s="71">
         <v>717</v>
       </c>
       <c r="D9" s="72">
         <v>1163</v>
       </c>
-      <c r="E9" s="53"/>
-[...1 lines deleted...]
-      <c r="G9" s="55"/>
+      <c r="E9" s="53">
+        <v>379</v>
+      </c>
+      <c r="F9" s="54">
+        <v>544</v>
+      </c>
+      <c r="G9" s="55">
+        <v>923</v>
+      </c>
       <c r="H9" s="53"/>
       <c r="I9" s="54"/>
       <c r="J9" s="55"/>
       <c r="K9" s="19"/>
       <c r="L9" s="20"/>
       <c r="M9" s="21"/>
       <c r="N9" s="19"/>
       <c r="O9" s="20"/>
       <c r="P9" s="21"/>
       <c r="Q9" s="19"/>
       <c r="R9" s="20"/>
       <c r="S9" s="21"/>
       <c r="T9" s="19"/>
       <c r="U9" s="20"/>
       <c r="V9" s="21"/>
       <c r="W9" s="19"/>
       <c r="X9" s="20"/>
       <c r="Y9" s="55"/>
       <c r="Z9" s="19"/>
       <c r="AA9" s="20"/>
       <c r="AB9" s="55"/>
       <c r="AC9" s="19"/>
       <c r="AD9" s="20"/>
       <c r="AE9" s="21"/>
       <c r="AF9" s="53"/>
       <c r="AG9" s="54"/>
       <c r="AH9" s="55"/>
       <c r="AI9" s="19"/>
       <c r="AJ9" s="20"/>
       <c r="AK9" s="21"/>
       <c r="AL9" s="53">
         <f t="shared" si="0"/>
-        <v>446</v>
+        <v>825</v>
       </c>
       <c r="AM9" s="54">
         <f t="shared" si="2"/>
-        <v>717</v>
+        <v>1261</v>
       </c>
       <c r="AN9" s="55">
         <f t="shared" si="1"/>
-        <v>1163</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="10" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="73">
         <v>4075</v>
       </c>
       <c r="C10" s="74">
         <v>4745</v>
       </c>
       <c r="D10" s="75">
         <v>8820</v>
       </c>
-      <c r="E10" s="22"/>
-[...1 lines deleted...]
-      <c r="G10" s="24"/>
+      <c r="E10" s="22">
+        <v>3114</v>
+      </c>
+      <c r="F10" s="52">
+        <v>3631</v>
+      </c>
+      <c r="G10" s="24">
+        <v>6745</v>
+      </c>
       <c r="H10" s="22"/>
       <c r="I10" s="52"/>
       <c r="J10" s="24"/>
       <c r="K10" s="22"/>
       <c r="L10" s="23"/>
       <c r="M10" s="24"/>
       <c r="N10" s="22"/>
       <c r="O10" s="23"/>
       <c r="P10" s="24"/>
       <c r="Q10" s="22"/>
       <c r="R10" s="23"/>
       <c r="S10" s="24"/>
       <c r="T10" s="22"/>
       <c r="U10" s="23"/>
       <c r="V10" s="24"/>
       <c r="W10" s="22"/>
       <c r="X10" s="23"/>
       <c r="Y10" s="24"/>
       <c r="Z10" s="22"/>
       <c r="AA10" s="23"/>
       <c r="AB10" s="24"/>
       <c r="AC10" s="22"/>
       <c r="AD10" s="23"/>
       <c r="AE10" s="24"/>
       <c r="AF10" s="22"/>
       <c r="AG10" s="52"/>
       <c r="AH10" s="24"/>
       <c r="AI10" s="22"/>
       <c r="AJ10" s="23"/>
       <c r="AK10" s="24"/>
       <c r="AL10" s="22">
         <f>SUM(B10,E10,H10,K10,N10,Q10,T10,W10,Z10,AC10,AF10,AI10)</f>
-        <v>4075</v>
+        <v>7189</v>
       </c>
       <c r="AM10" s="52">
         <f t="shared" si="2"/>
-        <v>4745</v>
+        <v>8376</v>
       </c>
       <c r="AN10" s="24">
         <f t="shared" si="1"/>
-        <v>8820</v>
+        <v>15565</v>
       </c>
     </row>
     <row r="11" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A11" s="49"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
     </row>
     <row r="12" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A12" s="39"/>
     </row>
     <row r="14" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A14" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="A2:A4"/>
-[...4 lines deleted...]
-    <mergeCell ref="K3:M3"/>
     <mergeCell ref="AI3:AK3"/>
     <mergeCell ref="AL3:AN3"/>
     <mergeCell ref="B2:AN2"/>
     <mergeCell ref="T3:V3"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AC3:AE3"/>
     <mergeCell ref="AF3:AH3"/>
     <mergeCell ref="Q3:S3"/>
+    <mergeCell ref="A2:A4"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="H3:J3"/>
+    <mergeCell ref="N3:P3"/>
+    <mergeCell ref="K3:M3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6EE40A5-51DF-45DE-8519-25CBC250D7D5}">
   <dimension ref="A1:AI150"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="S145" sqref="S145"/>
+      <selection activeCell="F144" sqref="F144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.7109375" customWidth="1"/>
     <col min="2" max="28" width="6" customWidth="1"/>
     <col min="29" max="33" width="6.140625" customWidth="1"/>
     <col min="34" max="34" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
     <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="89" t="s">
+      <c r="A2" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="93" t="s">
+      <c r="B2" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C2" s="93"/>
-[...30 lines deleted...]
-      <c r="AH2" s="94"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="96"/>
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96"/>
+      <c r="I2" s="96"/>
+      <c r="J2" s="96"/>
+      <c r="K2" s="96"/>
+      <c r="L2" s="96"/>
+      <c r="M2" s="96"/>
+      <c r="N2" s="96"/>
+      <c r="O2" s="96"/>
+      <c r="P2" s="96"/>
+      <c r="Q2" s="96"/>
+      <c r="R2" s="96"/>
+      <c r="S2" s="96"/>
+      <c r="T2" s="96"/>
+      <c r="U2" s="96"/>
+      <c r="V2" s="96"/>
+      <c r="W2" s="96"/>
+      <c r="X2" s="96"/>
+      <c r="Y2" s="96"/>
+      <c r="Z2" s="96"/>
+      <c r="AA2" s="96"/>
+      <c r="AB2" s="96"/>
+      <c r="AC2" s="96"/>
+      <c r="AD2" s="96"/>
+      <c r="AE2" s="96"/>
+      <c r="AF2" s="96"/>
+      <c r="AG2" s="96"/>
+      <c r="AH2" s="97"/>
     </row>
     <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="97"/>
-      <c r="B3" s="95" t="s">
+      <c r="A3" s="100"/>
+      <c r="B3" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="95"/>
-[...30 lines deleted...]
-      <c r="AH3" s="96"/>
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+      <c r="N3" s="98"/>
+      <c r="O3" s="98"/>
+      <c r="P3" s="98"/>
+      <c r="Q3" s="98"/>
+      <c r="R3" s="98"/>
+      <c r="S3" s="98"/>
+      <c r="T3" s="98"/>
+      <c r="U3" s="98"/>
+      <c r="V3" s="98"/>
+      <c r="W3" s="98"/>
+      <c r="X3" s="98"/>
+      <c r="Y3" s="98"/>
+      <c r="Z3" s="98"/>
+      <c r="AA3" s="98"/>
+      <c r="AB3" s="98"/>
+      <c r="AC3" s="98"/>
+      <c r="AD3" s="98"/>
+      <c r="AE3" s="98"/>
+      <c r="AF3" s="98"/>
+      <c r="AG3" s="98"/>
+      <c r="AH3" s="99"/>
     </row>
     <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="90"/>
-      <c r="B4" s="87" t="s">
+      <c r="A4" s="83"/>
+      <c r="B4" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="91"/>
-[...1 lines deleted...]
-      <c r="E4" s="87" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="91"/>
-[...1 lines deleted...]
-      <c r="H4" s="87" t="s">
+      <c r="F4" s="85"/>
+      <c r="G4" s="86"/>
+      <c r="H4" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I4" s="91"/>
-[...1 lines deleted...]
-      <c r="K4" s="87" t="s">
+      <c r="I4" s="85"/>
+      <c r="J4" s="86"/>
+      <c r="K4" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L4" s="91"/>
-[...1 lines deleted...]
-      <c r="N4" s="87" t="s">
+      <c r="L4" s="85"/>
+      <c r="M4" s="86"/>
+      <c r="N4" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="87" t="s">
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
+      <c r="Q4" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R4" s="91"/>
-[...1 lines deleted...]
-      <c r="T4" s="87" t="s">
+      <c r="R4" s="85"/>
+      <c r="S4" s="86"/>
+      <c r="T4" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U4" s="91"/>
-[...1 lines deleted...]
-      <c r="W4" s="87" t="s">
+      <c r="U4" s="85"/>
+      <c r="V4" s="86"/>
+      <c r="W4" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X4" s="91"/>
-[...1 lines deleted...]
-      <c r="Z4" s="87" t="s">
+      <c r="X4" s="85"/>
+      <c r="Y4" s="86"/>
+      <c r="Z4" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA4" s="91"/>
-[...1 lines deleted...]
-      <c r="AC4" s="87" t="s">
+      <c r="AA4" s="85"/>
+      <c r="AB4" s="86"/>
+      <c r="AC4" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD4" s="91"/>
-[...5 lines deleted...]
-      <c r="AH4" s="92"/>
+      <c r="AD4" s="85"/>
+      <c r="AE4" s="86"/>
+      <c r="AF4" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG4" s="85"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A5" s="90"/>
+      <c r="A5" s="83"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="30" t="s">
@@ -3783,189 +3819,189 @@
       <c r="AB11" s="75">
         <v>921</v>
       </c>
       <c r="AC11" s="73">
         <v>476</v>
       </c>
       <c r="AD11" s="74">
         <v>453</v>
       </c>
       <c r="AE11" s="75">
         <v>929</v>
       </c>
       <c r="AF11" s="73">
         <f t="shared" si="1"/>
         <v>4075</v>
       </c>
       <c r="AG11" s="74">
         <f>SUM(C11,F11,I11,L11,O11,R11,U11,X11,AA11,AD11)</f>
         <v>4745</v>
       </c>
       <c r="AH11" s="75">
         <f t="shared" si="3"/>
         <v>8820</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A13" s="89" t="s">
+    <row r="12" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B13" s="98" t="s">
+      <c r="B13" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C13" s="98"/>
-[...34 lines deleted...]
-      <c r="B14" s="99" t="s">
+      <c r="C13" s="94"/>
+      <c r="D13" s="94"/>
+      <c r="E13" s="94"/>
+      <c r="F13" s="94"/>
+      <c r="G13" s="94"/>
+      <c r="H13" s="94"/>
+      <c r="I13" s="94"/>
+      <c r="J13" s="94"/>
+      <c r="K13" s="94"/>
+      <c r="L13" s="94"/>
+      <c r="M13" s="94"/>
+      <c r="N13" s="94"/>
+      <c r="O13" s="94"/>
+      <c r="P13" s="94"/>
+      <c r="Q13" s="94"/>
+      <c r="R13" s="94"/>
+      <c r="S13" s="94"/>
+      <c r="T13" s="94"/>
+      <c r="U13" s="94"/>
+      <c r="V13" s="94"/>
+      <c r="W13" s="94"/>
+      <c r="X13" s="94"/>
+      <c r="Y13" s="94"/>
+      <c r="Z13" s="94"/>
+      <c r="AA13" s="94"/>
+      <c r="AB13" s="94"/>
+      <c r="AC13" s="94"/>
+      <c r="AD13" s="94"/>
+      <c r="AE13" s="94"/>
+      <c r="AF13" s="94"/>
+      <c r="AG13" s="94"/>
+      <c r="AH13" s="94"/>
+    </row>
+    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="100"/>
+      <c r="B14" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="99"/>
-[...34 lines deleted...]
-      <c r="B15" s="87" t="s">
+      <c r="C14" s="95"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="95"/>
+      <c r="L14" s="95"/>
+      <c r="M14" s="95"/>
+      <c r="N14" s="95"/>
+      <c r="O14" s="95"/>
+      <c r="P14" s="95"/>
+      <c r="Q14" s="95"/>
+      <c r="R14" s="95"/>
+      <c r="S14" s="95"/>
+      <c r="T14" s="95"/>
+      <c r="U14" s="95"/>
+      <c r="V14" s="95"/>
+      <c r="W14" s="95"/>
+      <c r="X14" s="95"/>
+      <c r="Y14" s="95"/>
+      <c r="Z14" s="95"/>
+      <c r="AA14" s="95"/>
+      <c r="AB14" s="95"/>
+      <c r="AC14" s="95"/>
+      <c r="AD14" s="95"/>
+      <c r="AE14" s="95"/>
+      <c r="AF14" s="95"/>
+      <c r="AG14" s="95"/>
+      <c r="AH14" s="95"/>
+    </row>
+    <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="83"/>
+      <c r="B15" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="91"/>
-[...1 lines deleted...]
-      <c r="E15" s="87" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="92"/>
+      <c r="E15" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F15" s="91"/>
-[...1 lines deleted...]
-      <c r="H15" s="87" t="s">
+      <c r="F15" s="85"/>
+      <c r="G15" s="86"/>
+      <c r="H15" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I15" s="91"/>
-[...1 lines deleted...]
-      <c r="K15" s="87" t="s">
+      <c r="I15" s="85"/>
+      <c r="J15" s="86"/>
+      <c r="K15" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L15" s="91"/>
-[...1 lines deleted...]
-      <c r="N15" s="87" t="s">
+      <c r="L15" s="85"/>
+      <c r="M15" s="86"/>
+      <c r="N15" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O15" s="91"/>
-[...1 lines deleted...]
-      <c r="Q15" s="87" t="s">
+      <c r="O15" s="85"/>
+      <c r="P15" s="86"/>
+      <c r="Q15" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R15" s="91"/>
-[...1 lines deleted...]
-      <c r="T15" s="87" t="s">
+      <c r="R15" s="85"/>
+      <c r="S15" s="86"/>
+      <c r="T15" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U15" s="91"/>
-[...1 lines deleted...]
-      <c r="W15" s="87" t="s">
+      <c r="U15" s="85"/>
+      <c r="V15" s="86"/>
+      <c r="W15" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X15" s="91"/>
-[...1 lines deleted...]
-      <c r="Z15" s="87" t="s">
+      <c r="X15" s="85"/>
+      <c r="Y15" s="86"/>
+      <c r="Z15" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA15" s="91"/>
-[...1 lines deleted...]
-      <c r="AC15" s="87" t="s">
+      <c r="AA15" s="85"/>
+      <c r="AB15" s="86"/>
+      <c r="AC15" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD15" s="91"/>
-[...8 lines deleted...]
-      <c r="A16" s="90"/>
+      <c r="AD15" s="85"/>
+      <c r="AE15" s="86"/>
+      <c r="AF15" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG15" s="85"/>
+      <c r="AH15" s="86"/>
+    </row>
+    <row r="16" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A16" s="83"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
@@ -4022,471 +4058,831 @@
       <c r="AA16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="53"/>
-[...28 lines deleted...]
-      <c r="AE17" s="55"/>
+      <c r="B17" s="53">
+        <v>32</v>
+      </c>
+      <c r="C17" s="54">
+        <v>31</v>
+      </c>
+      <c r="D17" s="58">
+        <v>63</v>
+      </c>
+      <c r="E17" s="53">
+        <v>212</v>
+      </c>
+      <c r="F17" s="54">
+        <v>178</v>
+      </c>
+      <c r="G17" s="55">
+        <v>390</v>
+      </c>
+      <c r="H17" s="53">
+        <v>173</v>
+      </c>
+      <c r="I17" s="54">
+        <v>170</v>
+      </c>
+      <c r="J17" s="55">
+        <v>343</v>
+      </c>
+      <c r="K17" s="53">
+        <v>192</v>
+      </c>
+      <c r="L17" s="54">
+        <v>182</v>
+      </c>
+      <c r="M17" s="55">
+        <v>374</v>
+      </c>
+      <c r="N17" s="53">
+        <v>216</v>
+      </c>
+      <c r="O17" s="54">
+        <v>219</v>
+      </c>
+      <c r="P17" s="55">
+        <v>435</v>
+      </c>
+      <c r="Q17" s="53">
+        <v>180</v>
+      </c>
+      <c r="R17" s="54">
+        <v>197</v>
+      </c>
+      <c r="S17" s="55">
+        <v>377</v>
+      </c>
+      <c r="T17" s="53">
+        <v>141</v>
+      </c>
+      <c r="U17" s="54">
+        <v>152</v>
+      </c>
+      <c r="V17" s="55">
+        <v>293</v>
+      </c>
+      <c r="W17" s="53">
+        <v>136</v>
+      </c>
+      <c r="X17" s="54">
+        <v>133</v>
+      </c>
+      <c r="Y17" s="55">
+        <v>269</v>
+      </c>
+      <c r="Z17" s="53">
+        <v>118</v>
+      </c>
+      <c r="AA17" s="54">
+        <v>142</v>
+      </c>
+      <c r="AB17" s="55">
+        <v>260</v>
+      </c>
+      <c r="AC17" s="53">
+        <v>137</v>
+      </c>
+      <c r="AD17" s="54">
+        <v>129</v>
+      </c>
+      <c r="AE17" s="55">
+        <v>266</v>
+      </c>
       <c r="AF17" s="53">
         <f>B17+E17+H17+K17+N17+Q17+T17+W17+Z17+AC17</f>
-        <v>0</v>
+        <v>1537</v>
       </c>
       <c r="AG17" s="54">
         <f t="shared" ref="AG17:AG22" si="4">SUM(C17,F17,I17,L17,O17,R17,U17,X17,AA17,AD17)</f>
-        <v>0</v>
+        <v>1533</v>
       </c>
       <c r="AH17" s="55">
         <f t="shared" ref="AH17:AH22" si="5">SUM(D17,G17,J17,M17,P17,S17,V17,Y17,AB17,AE17)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="53"/>
-[...28 lines deleted...]
-      <c r="AE18" s="55"/>
+      <c r="B18" s="53">
+        <v>17</v>
+      </c>
+      <c r="C18" s="54">
+        <v>13</v>
+      </c>
+      <c r="D18" s="58">
+        <v>30</v>
+      </c>
+      <c r="E18" s="53">
+        <v>44</v>
+      </c>
+      <c r="F18" s="54">
+        <v>50</v>
+      </c>
+      <c r="G18" s="55">
+        <v>94</v>
+      </c>
+      <c r="H18" s="53">
+        <v>49</v>
+      </c>
+      <c r="I18" s="54">
+        <v>52</v>
+      </c>
+      <c r="J18" s="55">
+        <v>101</v>
+      </c>
+      <c r="K18" s="53">
+        <v>42</v>
+      </c>
+      <c r="L18" s="54">
+        <v>50</v>
+      </c>
+      <c r="M18" s="55">
+        <v>92</v>
+      </c>
+      <c r="N18" s="53">
+        <v>42</v>
+      </c>
+      <c r="O18" s="54">
+        <v>69</v>
+      </c>
+      <c r="P18" s="55">
+        <v>111</v>
+      </c>
+      <c r="Q18" s="53">
+        <v>50</v>
+      </c>
+      <c r="R18" s="54">
+        <v>47</v>
+      </c>
+      <c r="S18" s="55">
+        <v>97</v>
+      </c>
+      <c r="T18" s="53">
+        <v>42</v>
+      </c>
+      <c r="U18" s="54">
+        <v>49</v>
+      </c>
+      <c r="V18" s="55">
+        <v>91</v>
+      </c>
+      <c r="W18" s="53">
+        <v>46</v>
+      </c>
+      <c r="X18" s="54">
+        <v>69</v>
+      </c>
+      <c r="Y18" s="55">
+        <v>115</v>
+      </c>
+      <c r="Z18" s="53">
+        <v>38</v>
+      </c>
+      <c r="AA18" s="54">
+        <v>57</v>
+      </c>
+      <c r="AB18" s="55">
+        <v>95</v>
+      </c>
+      <c r="AC18" s="53">
+        <v>41</v>
+      </c>
+      <c r="AD18" s="54">
+        <v>63</v>
+      </c>
+      <c r="AE18" s="55">
+        <v>104</v>
+      </c>
       <c r="AF18" s="53">
         <f t="shared" ref="AF18:AF22" si="6">B18+E18+H18+K18+N18+Q18+T18+W18+Z18+AC18</f>
-        <v>0</v>
+        <v>411</v>
       </c>
       <c r="AG18" s="54">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>519</v>
       </c>
       <c r="AH18" s="55">
         <f t="shared" si="5"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="53"/>
-[...28 lines deleted...]
-      <c r="AE19" s="55"/>
+      <c r="B19" s="53">
+        <v>8</v>
+      </c>
+      <c r="C19" s="54">
+        <v>16</v>
+      </c>
+      <c r="D19" s="58">
+        <v>24</v>
+      </c>
+      <c r="E19" s="53">
+        <v>42</v>
+      </c>
+      <c r="F19" s="54">
+        <v>51</v>
+      </c>
+      <c r="G19" s="55">
+        <v>93</v>
+      </c>
+      <c r="H19" s="53">
+        <v>32</v>
+      </c>
+      <c r="I19" s="54">
+        <v>30</v>
+      </c>
+      <c r="J19" s="55">
+        <v>62</v>
+      </c>
+      <c r="K19" s="53">
+        <v>31</v>
+      </c>
+      <c r="L19" s="54">
+        <v>61</v>
+      </c>
+      <c r="M19" s="55">
+        <v>92</v>
+      </c>
+      <c r="N19" s="53">
+        <v>52</v>
+      </c>
+      <c r="O19" s="54">
+        <v>57</v>
+      </c>
+      <c r="P19" s="55">
+        <v>109</v>
+      </c>
+      <c r="Q19" s="53">
+        <v>34</v>
+      </c>
+      <c r="R19" s="54">
+        <v>66</v>
+      </c>
+      <c r="S19" s="55">
+        <v>100</v>
+      </c>
+      <c r="T19" s="53">
+        <v>43</v>
+      </c>
+      <c r="U19" s="54">
+        <v>70</v>
+      </c>
+      <c r="V19" s="55">
+        <v>113</v>
+      </c>
+      <c r="W19" s="53">
+        <v>44</v>
+      </c>
+      <c r="X19" s="54">
+        <v>61</v>
+      </c>
+      <c r="Y19" s="55">
+        <v>105</v>
+      </c>
+      <c r="Z19" s="53">
+        <v>50</v>
+      </c>
+      <c r="AA19" s="54">
+        <v>63</v>
+      </c>
+      <c r="AB19" s="55">
+        <v>113</v>
+      </c>
+      <c r="AC19" s="53">
+        <v>79</v>
+      </c>
+      <c r="AD19" s="54">
+        <v>66</v>
+      </c>
+      <c r="AE19" s="55">
+        <v>145</v>
+      </c>
       <c r="AF19" s="53">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>415</v>
       </c>
       <c r="AG19" s="54">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>541</v>
       </c>
       <c r="AH19" s="55">
         <f t="shared" si="5"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="53"/>
-[...28 lines deleted...]
-      <c r="AE20" s="55"/>
+      <c r="B20" s="53">
+        <v>9</v>
+      </c>
+      <c r="C20" s="54">
+        <v>7</v>
+      </c>
+      <c r="D20" s="58">
+        <v>16</v>
+      </c>
+      <c r="E20" s="53">
+        <v>41</v>
+      </c>
+      <c r="F20" s="54">
+        <v>54</v>
+      </c>
+      <c r="G20" s="55">
+        <v>95</v>
+      </c>
+      <c r="H20" s="53">
+        <v>36</v>
+      </c>
+      <c r="I20" s="54">
+        <v>44</v>
+      </c>
+      <c r="J20" s="55">
+        <v>80</v>
+      </c>
+      <c r="K20" s="53">
+        <v>43</v>
+      </c>
+      <c r="L20" s="54">
+        <v>48</v>
+      </c>
+      <c r="M20" s="55">
+        <v>91</v>
+      </c>
+      <c r="N20" s="53">
+        <v>55</v>
+      </c>
+      <c r="O20" s="54">
+        <v>53</v>
+      </c>
+      <c r="P20" s="55">
+        <v>108</v>
+      </c>
+      <c r="Q20" s="53">
+        <v>46</v>
+      </c>
+      <c r="R20" s="54">
+        <v>56</v>
+      </c>
+      <c r="S20" s="55">
+        <v>102</v>
+      </c>
+      <c r="T20" s="53">
+        <v>29</v>
+      </c>
+      <c r="U20" s="54">
+        <v>45</v>
+      </c>
+      <c r="V20" s="55">
+        <v>74</v>
+      </c>
+      <c r="W20" s="53">
+        <v>42</v>
+      </c>
+      <c r="X20" s="54">
+        <v>66</v>
+      </c>
+      <c r="Y20" s="55">
+        <v>108</v>
+      </c>
+      <c r="Z20" s="53">
+        <v>37</v>
+      </c>
+      <c r="AA20" s="54">
+        <v>62</v>
+      </c>
+      <c r="AB20" s="55">
+        <v>99</v>
+      </c>
+      <c r="AC20" s="53">
+        <v>34</v>
+      </c>
+      <c r="AD20" s="54">
+        <v>59</v>
+      </c>
+      <c r="AE20" s="55">
+        <v>93</v>
+      </c>
       <c r="AF20" s="53">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>372</v>
       </c>
       <c r="AG20" s="54">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="AH20" s="55">
         <f t="shared" si="5"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="21" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="53"/>
-[...28 lines deleted...]
-      <c r="AE21" s="55"/>
+      <c r="B21" s="53">
+        <v>9</v>
+      </c>
+      <c r="C21" s="54">
+        <v>11</v>
+      </c>
+      <c r="D21" s="58">
+        <v>20</v>
+      </c>
+      <c r="E21" s="53">
+        <v>46</v>
+      </c>
+      <c r="F21" s="54">
+        <v>65</v>
+      </c>
+      <c r="G21" s="55">
+        <v>111</v>
+      </c>
+      <c r="H21" s="53">
+        <v>36</v>
+      </c>
+      <c r="I21" s="54">
+        <v>48</v>
+      </c>
+      <c r="J21" s="55">
+        <v>84</v>
+      </c>
+      <c r="K21" s="53">
+        <v>55</v>
+      </c>
+      <c r="L21" s="54">
+        <v>66</v>
+      </c>
+      <c r="M21" s="55">
+        <v>121</v>
+      </c>
+      <c r="N21" s="53">
+        <v>49</v>
+      </c>
+      <c r="O21" s="54">
+        <v>64</v>
+      </c>
+      <c r="P21" s="55">
+        <v>113</v>
+      </c>
+      <c r="Q21" s="53">
+        <v>49</v>
+      </c>
+      <c r="R21" s="54">
+        <v>54</v>
+      </c>
+      <c r="S21" s="55">
+        <v>103</v>
+      </c>
+      <c r="T21" s="53">
+        <v>31</v>
+      </c>
+      <c r="U21" s="54">
+        <v>47</v>
+      </c>
+      <c r="V21" s="55">
+        <v>78</v>
+      </c>
+      <c r="W21" s="53">
+        <v>30</v>
+      </c>
+      <c r="X21" s="54">
+        <v>70</v>
+      </c>
+      <c r="Y21" s="55">
+        <v>100</v>
+      </c>
+      <c r="Z21" s="53">
+        <v>41</v>
+      </c>
+      <c r="AA21" s="54">
+        <v>60</v>
+      </c>
+      <c r="AB21" s="55">
+        <v>101</v>
+      </c>
+      <c r="AC21" s="53">
+        <v>33</v>
+      </c>
+      <c r="AD21" s="54">
+        <v>59</v>
+      </c>
+      <c r="AE21" s="55">
+        <v>92</v>
+      </c>
       <c r="AF21" s="67">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="AG21" s="68">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>544</v>
       </c>
       <c r="AH21" s="69">
         <f t="shared" si="5"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="22" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="22"/>
-[...28 lines deleted...]
-      <c r="AE22" s="24"/>
+      <c r="B22" s="22">
+        <v>75</v>
+      </c>
+      <c r="C22" s="52">
+        <v>78</v>
+      </c>
+      <c r="D22" s="63">
+        <v>153</v>
+      </c>
+      <c r="E22" s="22">
+        <v>385</v>
+      </c>
+      <c r="F22" s="52">
+        <v>398</v>
+      </c>
+      <c r="G22" s="24">
+        <v>783</v>
+      </c>
+      <c r="H22" s="22">
+        <v>326</v>
+      </c>
+      <c r="I22" s="52">
+        <v>344</v>
+      </c>
+      <c r="J22" s="24">
+        <v>670</v>
+      </c>
+      <c r="K22" s="22">
+        <v>363</v>
+      </c>
+      <c r="L22" s="52">
+        <v>407</v>
+      </c>
+      <c r="M22" s="24">
+        <v>770</v>
+      </c>
+      <c r="N22" s="22">
+        <v>414</v>
+      </c>
+      <c r="O22" s="52">
+        <v>462</v>
+      </c>
+      <c r="P22" s="24">
+        <v>876</v>
+      </c>
+      <c r="Q22" s="22">
+        <v>359</v>
+      </c>
+      <c r="R22" s="52">
+        <v>420</v>
+      </c>
+      <c r="S22" s="24">
+        <v>779</v>
+      </c>
+      <c r="T22" s="22">
+        <v>286</v>
+      </c>
+      <c r="U22" s="52">
+        <v>363</v>
+      </c>
+      <c r="V22" s="24">
+        <v>649</v>
+      </c>
+      <c r="W22" s="22">
+        <v>298</v>
+      </c>
+      <c r="X22" s="52">
+        <v>399</v>
+      </c>
+      <c r="Y22" s="24">
+        <v>697</v>
+      </c>
+      <c r="Z22" s="22">
+        <v>284</v>
+      </c>
+      <c r="AA22" s="52">
+        <v>384</v>
+      </c>
+      <c r="AB22" s="24">
+        <v>668</v>
+      </c>
+      <c r="AC22" s="22">
+        <v>324</v>
+      </c>
+      <c r="AD22" s="52">
+        <v>376</v>
+      </c>
+      <c r="AE22" s="24">
+        <v>700</v>
+      </c>
       <c r="AF22" s="22">
         <f t="shared" si="6"/>
-        <v>0</v>
+        <v>3114</v>
       </c>
       <c r="AG22" s="52">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>3631</v>
       </c>
       <c r="AH22" s="24">
         <f t="shared" si="5"/>
-        <v>0</v>
+        <v>6745</v>
       </c>
     </row>
     <row r="23" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="100" t="s">
+      <c r="A24" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B24" s="98" t="s">
+      <c r="B24" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C24" s="98"/>
-[...30 lines deleted...]
-      <c r="AH24" s="98"/>
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="94"/>
+      <c r="F24" s="94"/>
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="94"/>
+      <c r="J24" s="94"/>
+      <c r="K24" s="94"/>
+      <c r="L24" s="94"/>
+      <c r="M24" s="94"/>
+      <c r="N24" s="94"/>
+      <c r="O24" s="94"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="94"/>
+      <c r="R24" s="94"/>
+      <c r="S24" s="94"/>
+      <c r="T24" s="94"/>
+      <c r="U24" s="94"/>
+      <c r="V24" s="94"/>
+      <c r="W24" s="94"/>
+      <c r="X24" s="94"/>
+      <c r="Y24" s="94"/>
+      <c r="Z24" s="94"/>
+      <c r="AA24" s="94"/>
+      <c r="AB24" s="94"/>
+      <c r="AC24" s="94"/>
+      <c r="AD24" s="94"/>
+      <c r="AE24" s="94"/>
+      <c r="AF24" s="94"/>
+      <c r="AG24" s="94"/>
+      <c r="AH24" s="94"/>
     </row>
     <row r="25" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="100"/>
-      <c r="B25" s="99" t="s">
+      <c r="A25" s="93"/>
+      <c r="B25" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="99"/>
-[...30 lines deleted...]
-      <c r="AH25" s="99"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
+      <c r="P25" s="95"/>
+      <c r="Q25" s="95"/>
+      <c r="R25" s="95"/>
+      <c r="S25" s="95"/>
+      <c r="T25" s="95"/>
+      <c r="U25" s="95"/>
+      <c r="V25" s="95"/>
+      <c r="W25" s="95"/>
+      <c r="X25" s="95"/>
+      <c r="Y25" s="95"/>
+      <c r="Z25" s="95"/>
+      <c r="AA25" s="95"/>
+      <c r="AB25" s="95"/>
+      <c r="AC25" s="95"/>
+      <c r="AD25" s="95"/>
+      <c r="AE25" s="95"/>
+      <c r="AF25" s="95"/>
+      <c r="AG25" s="95"/>
+      <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="100"/>
-      <c r="B26" s="87" t="s">
+      <c r="A26" s="93"/>
+      <c r="B26" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C26" s="91"/>
-[...1 lines deleted...]
-      <c r="E26" s="87" t="s">
+      <c r="C26" s="85"/>
+      <c r="D26" s="92"/>
+      <c r="E26" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="91"/>
-[...1 lines deleted...]
-      <c r="H26" s="87" t="s">
+      <c r="F26" s="85"/>
+      <c r="G26" s="86"/>
+      <c r="H26" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I26" s="91"/>
-[...1 lines deleted...]
-      <c r="K26" s="87" t="s">
+      <c r="I26" s="85"/>
+      <c r="J26" s="86"/>
+      <c r="K26" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L26" s="91"/>
-[...1 lines deleted...]
-      <c r="N26" s="87" t="s">
+      <c r="L26" s="85"/>
+      <c r="M26" s="86"/>
+      <c r="N26" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O26" s="91"/>
-[...1 lines deleted...]
-      <c r="Q26" s="87" t="s">
+      <c r="O26" s="85"/>
+      <c r="P26" s="86"/>
+      <c r="Q26" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R26" s="91"/>
-[...1 lines deleted...]
-      <c r="T26" s="87" t="s">
+      <c r="R26" s="85"/>
+      <c r="S26" s="86"/>
+      <c r="T26" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U26" s="91"/>
-[...1 lines deleted...]
-      <c r="W26" s="87" t="s">
+      <c r="U26" s="85"/>
+      <c r="V26" s="86"/>
+      <c r="W26" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X26" s="91"/>
-[...1 lines deleted...]
-      <c r="Z26" s="87" t="s">
+      <c r="X26" s="85"/>
+      <c r="Y26" s="86"/>
+      <c r="Z26" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA26" s="91"/>
-[...1 lines deleted...]
-      <c r="AC26" s="87" t="s">
+      <c r="AA26" s="85"/>
+      <c r="AB26" s="86"/>
+      <c r="AC26" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD26" s="91"/>
-[...5 lines deleted...]
-      <c r="AH26" s="92"/>
+      <c r="AD26" s="85"/>
+      <c r="AE26" s="86"/>
+      <c r="AF26" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG26" s="85"/>
+      <c r="AH26" s="86"/>
     </row>
     <row r="27" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="100"/>
+      <c r="A27" s="93"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -4827,187 +5223,187 @@
       <c r="V33" s="18"/>
       <c r="W33" s="13"/>
       <c r="X33" s="14"/>
       <c r="Y33" s="18"/>
       <c r="Z33" s="13"/>
       <c r="AA33" s="14"/>
       <c r="AB33" s="18"/>
       <c r="AC33" s="13"/>
       <c r="AD33" s="14"/>
       <c r="AE33" s="18"/>
       <c r="AF33" s="13">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="AG33" s="14">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AH33" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="35" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="100" t="s">
+      <c r="A35" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B35" s="98" t="s">
+      <c r="B35" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C35" s="98"/>
-[...30 lines deleted...]
-      <c r="AH35" s="98"/>
+      <c r="C35" s="94"/>
+      <c r="D35" s="94"/>
+      <c r="E35" s="94"/>
+      <c r="F35" s="94"/>
+      <c r="G35" s="94"/>
+      <c r="H35" s="94"/>
+      <c r="I35" s="94"/>
+      <c r="J35" s="94"/>
+      <c r="K35" s="94"/>
+      <c r="L35" s="94"/>
+      <c r="M35" s="94"/>
+      <c r="N35" s="94"/>
+      <c r="O35" s="94"/>
+      <c r="P35" s="94"/>
+      <c r="Q35" s="94"/>
+      <c r="R35" s="94"/>
+      <c r="S35" s="94"/>
+      <c r="T35" s="94"/>
+      <c r="U35" s="94"/>
+      <c r="V35" s="94"/>
+      <c r="W35" s="94"/>
+      <c r="X35" s="94"/>
+      <c r="Y35" s="94"/>
+      <c r="Z35" s="94"/>
+      <c r="AA35" s="94"/>
+      <c r="AB35" s="94"/>
+      <c r="AC35" s="94"/>
+      <c r="AD35" s="94"/>
+      <c r="AE35" s="94"/>
+      <c r="AF35" s="94"/>
+      <c r="AG35" s="94"/>
+      <c r="AH35" s="94"/>
     </row>
     <row r="36" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="100"/>
-      <c r="B36" s="99" t="s">
+      <c r="A36" s="93"/>
+      <c r="B36" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="99"/>
-[...30 lines deleted...]
-      <c r="AH36" s="99"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
+      <c r="P36" s="95"/>
+      <c r="Q36" s="95"/>
+      <c r="R36" s="95"/>
+      <c r="S36" s="95"/>
+      <c r="T36" s="95"/>
+      <c r="U36" s="95"/>
+      <c r="V36" s="95"/>
+      <c r="W36" s="95"/>
+      <c r="X36" s="95"/>
+      <c r="Y36" s="95"/>
+      <c r="Z36" s="95"/>
+      <c r="AA36" s="95"/>
+      <c r="AB36" s="95"/>
+      <c r="AC36" s="95"/>
+      <c r="AD36" s="95"/>
+      <c r="AE36" s="95"/>
+      <c r="AF36" s="95"/>
+      <c r="AG36" s="95"/>
+      <c r="AH36" s="95"/>
     </row>
     <row r="37" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="100"/>
-      <c r="B37" s="87" t="s">
+      <c r="A37" s="93"/>
+      <c r="B37" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C37" s="91"/>
-[...1 lines deleted...]
-      <c r="E37" s="87" t="s">
+      <c r="C37" s="85"/>
+      <c r="D37" s="92"/>
+      <c r="E37" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F37" s="91"/>
-[...1 lines deleted...]
-      <c r="H37" s="87" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="86"/>
+      <c r="H37" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I37" s="91"/>
-[...1 lines deleted...]
-      <c r="K37" s="87" t="s">
+      <c r="I37" s="85"/>
+      <c r="J37" s="86"/>
+      <c r="K37" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L37" s="91"/>
-[...1 lines deleted...]
-      <c r="N37" s="87" t="s">
+      <c r="L37" s="85"/>
+      <c r="M37" s="86"/>
+      <c r="N37" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O37" s="91"/>
-[...1 lines deleted...]
-      <c r="Q37" s="87" t="s">
+      <c r="O37" s="85"/>
+      <c r="P37" s="86"/>
+      <c r="Q37" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R37" s="91"/>
-[...1 lines deleted...]
-      <c r="T37" s="87" t="s">
+      <c r="R37" s="85"/>
+      <c r="S37" s="86"/>
+      <c r="T37" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U37" s="91"/>
-[...1 lines deleted...]
-      <c r="W37" s="87" t="s">
+      <c r="U37" s="85"/>
+      <c r="V37" s="86"/>
+      <c r="W37" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X37" s="91"/>
-[...1 lines deleted...]
-      <c r="Z37" s="87" t="s">
+      <c r="X37" s="85"/>
+      <c r="Y37" s="86"/>
+      <c r="Z37" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA37" s="91"/>
-[...1 lines deleted...]
-      <c r="AC37" s="87" t="s">
+      <c r="AA37" s="85"/>
+      <c r="AB37" s="86"/>
+      <c r="AC37" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD37" s="91"/>
-[...5 lines deleted...]
-      <c r="AH37" s="92"/>
+      <c r="AD37" s="85"/>
+      <c r="AE37" s="86"/>
+      <c r="AF37" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG37" s="85"/>
+      <c r="AH37" s="86"/>
     </row>
     <row r="38" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="100"/>
+      <c r="A38" s="93"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
@@ -5348,187 +5744,187 @@
       <c r="V44" s="18"/>
       <c r="W44" s="13"/>
       <c r="X44" s="14"/>
       <c r="Y44" s="18"/>
       <c r="Z44" s="13"/>
       <c r="AA44" s="14"/>
       <c r="AB44" s="18"/>
       <c r="AC44" s="13"/>
       <c r="AD44" s="14"/>
       <c r="AE44" s="18"/>
       <c r="AF44" s="13">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AG44" s="14">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AH44" s="18">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="100" t="s">
+      <c r="A46" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B46" s="98" t="s">
+      <c r="B46" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C46" s="98"/>
-[...30 lines deleted...]
-      <c r="AH46" s="98"/>
+      <c r="C46" s="94"/>
+      <c r="D46" s="94"/>
+      <c r="E46" s="94"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="94"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="94"/>
+      <c r="J46" s="94"/>
+      <c r="K46" s="94"/>
+      <c r="L46" s="94"/>
+      <c r="M46" s="94"/>
+      <c r="N46" s="94"/>
+      <c r="O46" s="94"/>
+      <c r="P46" s="94"/>
+      <c r="Q46" s="94"/>
+      <c r="R46" s="94"/>
+      <c r="S46" s="94"/>
+      <c r="T46" s="94"/>
+      <c r="U46" s="94"/>
+      <c r="V46" s="94"/>
+      <c r="W46" s="94"/>
+      <c r="X46" s="94"/>
+      <c r="Y46" s="94"/>
+      <c r="Z46" s="94"/>
+      <c r="AA46" s="94"/>
+      <c r="AB46" s="94"/>
+      <c r="AC46" s="94"/>
+      <c r="AD46" s="94"/>
+      <c r="AE46" s="94"/>
+      <c r="AF46" s="94"/>
+      <c r="AG46" s="94"/>
+      <c r="AH46" s="94"/>
     </row>
     <row r="47" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="100"/>
-      <c r="B47" s="99" t="s">
+      <c r="A47" s="93"/>
+      <c r="B47" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="99"/>
-[...30 lines deleted...]
-      <c r="AH47" s="99"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="95"/>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
+      <c r="P47" s="95"/>
+      <c r="Q47" s="95"/>
+      <c r="R47" s="95"/>
+      <c r="S47" s="95"/>
+      <c r="T47" s="95"/>
+      <c r="U47" s="95"/>
+      <c r="V47" s="95"/>
+      <c r="W47" s="95"/>
+      <c r="X47" s="95"/>
+      <c r="Y47" s="95"/>
+      <c r="Z47" s="95"/>
+      <c r="AA47" s="95"/>
+      <c r="AB47" s="95"/>
+      <c r="AC47" s="95"/>
+      <c r="AD47" s="95"/>
+      <c r="AE47" s="95"/>
+      <c r="AF47" s="95"/>
+      <c r="AG47" s="95"/>
+      <c r="AH47" s="95"/>
     </row>
     <row r="48" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="100"/>
-      <c r="B48" s="87" t="s">
+      <c r="A48" s="93"/>
+      <c r="B48" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C48" s="91"/>
-[...1 lines deleted...]
-      <c r="E48" s="87" t="s">
+      <c r="C48" s="85"/>
+      <c r="D48" s="92"/>
+      <c r="E48" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F48" s="91"/>
-[...1 lines deleted...]
-      <c r="H48" s="87" t="s">
+      <c r="F48" s="85"/>
+      <c r="G48" s="86"/>
+      <c r="H48" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I48" s="91"/>
-[...1 lines deleted...]
-      <c r="K48" s="87" t="s">
+      <c r="I48" s="85"/>
+      <c r="J48" s="86"/>
+      <c r="K48" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L48" s="91"/>
-[...1 lines deleted...]
-      <c r="N48" s="87" t="s">
+      <c r="L48" s="85"/>
+      <c r="M48" s="86"/>
+      <c r="N48" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O48" s="91"/>
-[...1 lines deleted...]
-      <c r="Q48" s="87" t="s">
+      <c r="O48" s="85"/>
+      <c r="P48" s="86"/>
+      <c r="Q48" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R48" s="91"/>
-[...1 lines deleted...]
-      <c r="T48" s="87" t="s">
+      <c r="R48" s="85"/>
+      <c r="S48" s="86"/>
+      <c r="T48" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U48" s="91"/>
-[...1 lines deleted...]
-      <c r="W48" s="87" t="s">
+      <c r="U48" s="85"/>
+      <c r="V48" s="86"/>
+      <c r="W48" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X48" s="91"/>
-[...1 lines deleted...]
-      <c r="Z48" s="87" t="s">
+      <c r="X48" s="85"/>
+      <c r="Y48" s="86"/>
+      <c r="Z48" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA48" s="91"/>
-[...1 lines deleted...]
-      <c r="AC48" s="87" t="s">
+      <c r="AA48" s="85"/>
+      <c r="AB48" s="86"/>
+      <c r="AC48" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD48" s="91"/>
-[...5 lines deleted...]
-      <c r="AH48" s="92"/>
+      <c r="AD48" s="85"/>
+      <c r="AE48" s="86"/>
+      <c r="AF48" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG48" s="85"/>
+      <c r="AH48" s="86"/>
     </row>
     <row r="49" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="100"/>
+      <c r="A49" s="93"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
@@ -5869,187 +6265,187 @@
       <c r="V55" s="18"/>
       <c r="W55" s="13"/>
       <c r="X55" s="14"/>
       <c r="Y55" s="18"/>
       <c r="Z55" s="13"/>
       <c r="AA55" s="14"/>
       <c r="AB55" s="18"/>
       <c r="AC55" s="13"/>
       <c r="AD55" s="14"/>
       <c r="AE55" s="18"/>
       <c r="AF55" s="13">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="AG55" s="14">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AH55" s="18">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="57" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="100" t="s">
+      <c r="A57" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B57" s="98" t="s">
+      <c r="B57" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C57" s="98"/>
-[...30 lines deleted...]
-      <c r="AH57" s="98"/>
+      <c r="C57" s="94"/>
+      <c r="D57" s="94"/>
+      <c r="E57" s="94"/>
+      <c r="F57" s="94"/>
+      <c r="G57" s="94"/>
+      <c r="H57" s="94"/>
+      <c r="I57" s="94"/>
+      <c r="J57" s="94"/>
+      <c r="K57" s="94"/>
+      <c r="L57" s="94"/>
+      <c r="M57" s="94"/>
+      <c r="N57" s="94"/>
+      <c r="O57" s="94"/>
+      <c r="P57" s="94"/>
+      <c r="Q57" s="94"/>
+      <c r="R57" s="94"/>
+      <c r="S57" s="94"/>
+      <c r="T57" s="94"/>
+      <c r="U57" s="94"/>
+      <c r="V57" s="94"/>
+      <c r="W57" s="94"/>
+      <c r="X57" s="94"/>
+      <c r="Y57" s="94"/>
+      <c r="Z57" s="94"/>
+      <c r="AA57" s="94"/>
+      <c r="AB57" s="94"/>
+      <c r="AC57" s="94"/>
+      <c r="AD57" s="94"/>
+      <c r="AE57" s="94"/>
+      <c r="AF57" s="94"/>
+      <c r="AG57" s="94"/>
+      <c r="AH57" s="94"/>
     </row>
     <row r="58" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="100"/>
-      <c r="B58" s="99" t="s">
+      <c r="A58" s="93"/>
+      <c r="B58" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="99"/>
-[...30 lines deleted...]
-      <c r="AH58" s="99"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="95"/>
+      <c r="E58" s="95"/>
+      <c r="F58" s="95"/>
+      <c r="G58" s="95"/>
+      <c r="H58" s="95"/>
+      <c r="I58" s="95"/>
+      <c r="J58" s="95"/>
+      <c r="K58" s="95"/>
+      <c r="L58" s="95"/>
+      <c r="M58" s="95"/>
+      <c r="N58" s="95"/>
+      <c r="O58" s="95"/>
+      <c r="P58" s="95"/>
+      <c r="Q58" s="95"/>
+      <c r="R58" s="95"/>
+      <c r="S58" s="95"/>
+      <c r="T58" s="95"/>
+      <c r="U58" s="95"/>
+      <c r="V58" s="95"/>
+      <c r="W58" s="95"/>
+      <c r="X58" s="95"/>
+      <c r="Y58" s="95"/>
+      <c r="Z58" s="95"/>
+      <c r="AA58" s="95"/>
+      <c r="AB58" s="95"/>
+      <c r="AC58" s="95"/>
+      <c r="AD58" s="95"/>
+      <c r="AE58" s="95"/>
+      <c r="AF58" s="95"/>
+      <c r="AG58" s="95"/>
+      <c r="AH58" s="95"/>
     </row>
     <row r="59" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="100"/>
-      <c r="B59" s="87" t="s">
+      <c r="A59" s="93"/>
+      <c r="B59" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C59" s="91"/>
-[...1 lines deleted...]
-      <c r="E59" s="87" t="s">
+      <c r="C59" s="85"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F59" s="91"/>
-[...1 lines deleted...]
-      <c r="H59" s="87" t="s">
+      <c r="F59" s="85"/>
+      <c r="G59" s="86"/>
+      <c r="H59" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I59" s="91"/>
-[...1 lines deleted...]
-      <c r="K59" s="87" t="s">
+      <c r="I59" s="85"/>
+      <c r="J59" s="86"/>
+      <c r="K59" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L59" s="91"/>
-[...1 lines deleted...]
-      <c r="N59" s="87" t="s">
+      <c r="L59" s="85"/>
+      <c r="M59" s="86"/>
+      <c r="N59" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O59" s="91"/>
-[...1 lines deleted...]
-      <c r="Q59" s="87" t="s">
+      <c r="O59" s="85"/>
+      <c r="P59" s="86"/>
+      <c r="Q59" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R59" s="91"/>
-[...1 lines deleted...]
-      <c r="T59" s="87" t="s">
+      <c r="R59" s="85"/>
+      <c r="S59" s="86"/>
+      <c r="T59" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U59" s="91"/>
-[...1 lines deleted...]
-      <c r="W59" s="87" t="s">
+      <c r="U59" s="85"/>
+      <c r="V59" s="86"/>
+      <c r="W59" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X59" s="91"/>
-[...1 lines deleted...]
-      <c r="Z59" s="87" t="s">
+      <c r="X59" s="85"/>
+      <c r="Y59" s="86"/>
+      <c r="Z59" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA59" s="91"/>
-[...1 lines deleted...]
-      <c r="AC59" s="87" t="s">
+      <c r="AA59" s="85"/>
+      <c r="AB59" s="86"/>
+      <c r="AC59" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD59" s="91"/>
-[...5 lines deleted...]
-      <c r="AH59" s="92"/>
+      <c r="AD59" s="85"/>
+      <c r="AE59" s="86"/>
+      <c r="AF59" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG59" s="85"/>
+      <c r="AH59" s="86"/>
     </row>
     <row r="60" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="100"/>
+      <c r="A60" s="93"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
@@ -6425,187 +6821,187 @@
       <c r="L67" s="28"/>
       <c r="M67" s="28"/>
       <c r="N67" s="28"/>
       <c r="O67" s="28"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="28"/>
       <c r="R67" s="28"/>
       <c r="S67" s="28"/>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28"/>
       <c r="X67" s="28"/>
       <c r="Y67" s="28"/>
       <c r="Z67" s="28"/>
       <c r="AA67" s="28"/>
       <c r="AB67" s="28"/>
       <c r="AC67" s="28"/>
       <c r="AD67" s="28"/>
       <c r="AE67" s="28"/>
       <c r="AF67" s="28"/>
       <c r="AG67" s="28"/>
       <c r="AH67" s="28"/>
     </row>
     <row r="68" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="100" t="s">
+      <c r="A68" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B68" s="98" t="s">
+      <c r="B68" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C68" s="98"/>
-[...30 lines deleted...]
-      <c r="AH68" s="98"/>
+      <c r="C68" s="94"/>
+      <c r="D68" s="94"/>
+      <c r="E68" s="94"/>
+      <c r="F68" s="94"/>
+      <c r="G68" s="94"/>
+      <c r="H68" s="94"/>
+      <c r="I68" s="94"/>
+      <c r="J68" s="94"/>
+      <c r="K68" s="94"/>
+      <c r="L68" s="94"/>
+      <c r="M68" s="94"/>
+      <c r="N68" s="94"/>
+      <c r="O68" s="94"/>
+      <c r="P68" s="94"/>
+      <c r="Q68" s="94"/>
+      <c r="R68" s="94"/>
+      <c r="S68" s="94"/>
+      <c r="T68" s="94"/>
+      <c r="U68" s="94"/>
+      <c r="V68" s="94"/>
+      <c r="W68" s="94"/>
+      <c r="X68" s="94"/>
+      <c r="Y68" s="94"/>
+      <c r="Z68" s="94"/>
+      <c r="AA68" s="94"/>
+      <c r="AB68" s="94"/>
+      <c r="AC68" s="94"/>
+      <c r="AD68" s="94"/>
+      <c r="AE68" s="94"/>
+      <c r="AF68" s="94"/>
+      <c r="AG68" s="94"/>
+      <c r="AH68" s="94"/>
     </row>
     <row r="69" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="100"/>
-      <c r="B69" s="99" t="s">
+      <c r="A69" s="93"/>
+      <c r="B69" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="99"/>
-[...30 lines deleted...]
-      <c r="AH69" s="99"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
+      <c r="P69" s="95"/>
+      <c r="Q69" s="95"/>
+      <c r="R69" s="95"/>
+      <c r="S69" s="95"/>
+      <c r="T69" s="95"/>
+      <c r="U69" s="95"/>
+      <c r="V69" s="95"/>
+      <c r="W69" s="95"/>
+      <c r="X69" s="95"/>
+      <c r="Y69" s="95"/>
+      <c r="Z69" s="95"/>
+      <c r="AA69" s="95"/>
+      <c r="AB69" s="95"/>
+      <c r="AC69" s="95"/>
+      <c r="AD69" s="95"/>
+      <c r="AE69" s="95"/>
+      <c r="AF69" s="95"/>
+      <c r="AG69" s="95"/>
+      <c r="AH69" s="95"/>
     </row>
     <row r="70" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="100"/>
-      <c r="B70" s="87" t="s">
+      <c r="A70" s="93"/>
+      <c r="B70" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C70" s="91"/>
-[...1 lines deleted...]
-      <c r="E70" s="87" t="s">
+      <c r="C70" s="85"/>
+      <c r="D70" s="92"/>
+      <c r="E70" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F70" s="91"/>
-[...1 lines deleted...]
-      <c r="H70" s="87" t="s">
+      <c r="F70" s="85"/>
+      <c r="G70" s="86"/>
+      <c r="H70" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I70" s="91"/>
-[...1 lines deleted...]
-      <c r="K70" s="87" t="s">
+      <c r="I70" s="85"/>
+      <c r="J70" s="86"/>
+      <c r="K70" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L70" s="91"/>
-[...1 lines deleted...]
-      <c r="N70" s="87" t="s">
+      <c r="L70" s="85"/>
+      <c r="M70" s="86"/>
+      <c r="N70" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O70" s="91"/>
-[...1 lines deleted...]
-      <c r="Q70" s="87" t="s">
+      <c r="O70" s="85"/>
+      <c r="P70" s="86"/>
+      <c r="Q70" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R70" s="91"/>
-[...1 lines deleted...]
-      <c r="T70" s="87" t="s">
+      <c r="R70" s="85"/>
+      <c r="S70" s="86"/>
+      <c r="T70" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U70" s="91"/>
-[...1 lines deleted...]
-      <c r="W70" s="87" t="s">
+      <c r="U70" s="85"/>
+      <c r="V70" s="86"/>
+      <c r="W70" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X70" s="91"/>
-[...1 lines deleted...]
-      <c r="Z70" s="87" t="s">
+      <c r="X70" s="85"/>
+      <c r="Y70" s="86"/>
+      <c r="Z70" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA70" s="91"/>
-[...1 lines deleted...]
-      <c r="AC70" s="87" t="s">
+      <c r="AA70" s="85"/>
+      <c r="AB70" s="86"/>
+      <c r="AC70" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD70" s="91"/>
-[...5 lines deleted...]
-      <c r="AH70" s="92"/>
+      <c r="AD70" s="85"/>
+      <c r="AE70" s="86"/>
+      <c r="AF70" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG70" s="85"/>
+      <c r="AH70" s="86"/>
     </row>
     <row r="71" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="100"/>
+      <c r="A71" s="93"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
@@ -6946,187 +7342,187 @@
       <c r="V77" s="18"/>
       <c r="W77" s="13"/>
       <c r="X77" s="14"/>
       <c r="Y77" s="18"/>
       <c r="Z77" s="13"/>
       <c r="AA77" s="14"/>
       <c r="AB77" s="18"/>
       <c r="AC77" s="13"/>
       <c r="AD77" s="14"/>
       <c r="AE77" s="18"/>
       <c r="AF77" s="13">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG77" s="14">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="AH77" s="18">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="79" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="100" t="s">
+      <c r="A79" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B79" s="98" t="s">
+      <c r="B79" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C79" s="98"/>
-[...30 lines deleted...]
-      <c r="AH79" s="98"/>
+      <c r="C79" s="94"/>
+      <c r="D79" s="94"/>
+      <c r="E79" s="94"/>
+      <c r="F79" s="94"/>
+      <c r="G79" s="94"/>
+      <c r="H79" s="94"/>
+      <c r="I79" s="94"/>
+      <c r="J79" s="94"/>
+      <c r="K79" s="94"/>
+      <c r="L79" s="94"/>
+      <c r="M79" s="94"/>
+      <c r="N79" s="94"/>
+      <c r="O79" s="94"/>
+      <c r="P79" s="94"/>
+      <c r="Q79" s="94"/>
+      <c r="R79" s="94"/>
+      <c r="S79" s="94"/>
+      <c r="T79" s="94"/>
+      <c r="U79" s="94"/>
+      <c r="V79" s="94"/>
+      <c r="W79" s="94"/>
+      <c r="X79" s="94"/>
+      <c r="Y79" s="94"/>
+      <c r="Z79" s="94"/>
+      <c r="AA79" s="94"/>
+      <c r="AB79" s="94"/>
+      <c r="AC79" s="94"/>
+      <c r="AD79" s="94"/>
+      <c r="AE79" s="94"/>
+      <c r="AF79" s="94"/>
+      <c r="AG79" s="94"/>
+      <c r="AH79" s="94"/>
     </row>
     <row r="80" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="100"/>
-      <c r="B80" s="99" t="s">
+      <c r="A80" s="93"/>
+      <c r="B80" s="95" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="99"/>
-[...30 lines deleted...]
-      <c r="AH80" s="99"/>
+      <c r="C80" s="95"/>
+      <c r="D80" s="95"/>
+      <c r="E80" s="95"/>
+      <c r="F80" s="95"/>
+      <c r="G80" s="95"/>
+      <c r="H80" s="95"/>
+      <c r="I80" s="95"/>
+      <c r="J80" s="95"/>
+      <c r="K80" s="95"/>
+      <c r="L80" s="95"/>
+      <c r="M80" s="95"/>
+      <c r="N80" s="95"/>
+      <c r="O80" s="95"/>
+      <c r="P80" s="95"/>
+      <c r="Q80" s="95"/>
+      <c r="R80" s="95"/>
+      <c r="S80" s="95"/>
+      <c r="T80" s="95"/>
+      <c r="U80" s="95"/>
+      <c r="V80" s="95"/>
+      <c r="W80" s="95"/>
+      <c r="X80" s="95"/>
+      <c r="Y80" s="95"/>
+      <c r="Z80" s="95"/>
+      <c r="AA80" s="95"/>
+      <c r="AB80" s="95"/>
+      <c r="AC80" s="95"/>
+      <c r="AD80" s="95"/>
+      <c r="AE80" s="95"/>
+      <c r="AF80" s="95"/>
+      <c r="AG80" s="95"/>
+      <c r="AH80" s="95"/>
     </row>
     <row r="81" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="100"/>
-      <c r="B81" s="87" t="s">
+      <c r="A81" s="93"/>
+      <c r="B81" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C81" s="91"/>
-[...1 lines deleted...]
-      <c r="E81" s="87" t="s">
+      <c r="C81" s="85"/>
+      <c r="D81" s="92"/>
+      <c r="E81" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F81" s="91"/>
-[...1 lines deleted...]
-      <c r="H81" s="87" t="s">
+      <c r="F81" s="85"/>
+      <c r="G81" s="86"/>
+      <c r="H81" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I81" s="91"/>
-[...1 lines deleted...]
-      <c r="K81" s="87" t="s">
+      <c r="I81" s="85"/>
+      <c r="J81" s="86"/>
+      <c r="K81" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L81" s="91"/>
-[...1 lines deleted...]
-      <c r="N81" s="87" t="s">
+      <c r="L81" s="85"/>
+      <c r="M81" s="86"/>
+      <c r="N81" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O81" s="91"/>
-[...1 lines deleted...]
-      <c r="Q81" s="87" t="s">
+      <c r="O81" s="85"/>
+      <c r="P81" s="86"/>
+      <c r="Q81" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R81" s="91"/>
-[...1 lines deleted...]
-      <c r="T81" s="87" t="s">
+      <c r="R81" s="85"/>
+      <c r="S81" s="86"/>
+      <c r="T81" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U81" s="91"/>
-[...1 lines deleted...]
-      <c r="W81" s="87" t="s">
+      <c r="U81" s="85"/>
+      <c r="V81" s="86"/>
+      <c r="W81" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X81" s="91"/>
-[...1 lines deleted...]
-      <c r="Z81" s="87" t="s">
+      <c r="X81" s="85"/>
+      <c r="Y81" s="86"/>
+      <c r="Z81" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA81" s="91"/>
-[...1 lines deleted...]
-      <c r="AC81" s="87" t="s">
+      <c r="AA81" s="85"/>
+      <c r="AB81" s="86"/>
+      <c r="AC81" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD81" s="91"/>
-[...5 lines deleted...]
-      <c r="AH81" s="92"/>
+      <c r="AD81" s="85"/>
+      <c r="AE81" s="86"/>
+      <c r="AF81" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG81" s="85"/>
+      <c r="AH81" s="86"/>
     </row>
     <row r="82" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="100"/>
+      <c r="A82" s="93"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
@@ -7467,187 +7863,187 @@
       <c r="V88" s="18"/>
       <c r="W88" s="13"/>
       <c r="X88" s="14"/>
       <c r="Y88" s="18"/>
       <c r="Z88" s="13"/>
       <c r="AA88" s="14"/>
       <c r="AB88" s="18"/>
       <c r="AC88" s="13"/>
       <c r="AD88" s="14"/>
       <c r="AE88" s="18"/>
       <c r="AF88" s="13">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AG88" s="14">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AH88" s="18">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="90" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="100" t="s">
+      <c r="A90" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B90" s="98" t="s">
+      <c r="B90" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C90" s="98"/>
-[...30 lines deleted...]
-      <c r="AH90" s="98"/>
+      <c r="C90" s="94"/>
+      <c r="D90" s="94"/>
+      <c r="E90" s="94"/>
+      <c r="F90" s="94"/>
+      <c r="G90" s="94"/>
+      <c r="H90" s="94"/>
+      <c r="I90" s="94"/>
+      <c r="J90" s="94"/>
+      <c r="K90" s="94"/>
+      <c r="L90" s="94"/>
+      <c r="M90" s="94"/>
+      <c r="N90" s="94"/>
+      <c r="O90" s="94"/>
+      <c r="P90" s="94"/>
+      <c r="Q90" s="94"/>
+      <c r="R90" s="94"/>
+      <c r="S90" s="94"/>
+      <c r="T90" s="94"/>
+      <c r="U90" s="94"/>
+      <c r="V90" s="94"/>
+      <c r="W90" s="94"/>
+      <c r="X90" s="94"/>
+      <c r="Y90" s="94"/>
+      <c r="Z90" s="94"/>
+      <c r="AA90" s="94"/>
+      <c r="AB90" s="94"/>
+      <c r="AC90" s="94"/>
+      <c r="AD90" s="94"/>
+      <c r="AE90" s="94"/>
+      <c r="AF90" s="94"/>
+      <c r="AG90" s="94"/>
+      <c r="AH90" s="94"/>
     </row>
     <row r="91" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="100"/>
-      <c r="B91" s="99" t="s">
+      <c r="A91" s="93"/>
+      <c r="B91" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="99"/>
-[...30 lines deleted...]
-      <c r="AH91" s="99"/>
+      <c r="C91" s="95"/>
+      <c r="D91" s="95"/>
+      <c r="E91" s="95"/>
+      <c r="F91" s="95"/>
+      <c r="G91" s="95"/>
+      <c r="H91" s="95"/>
+      <c r="I91" s="95"/>
+      <c r="J91" s="95"/>
+      <c r="K91" s="95"/>
+      <c r="L91" s="95"/>
+      <c r="M91" s="95"/>
+      <c r="N91" s="95"/>
+      <c r="O91" s="95"/>
+      <c r="P91" s="95"/>
+      <c r="Q91" s="95"/>
+      <c r="R91" s="95"/>
+      <c r="S91" s="95"/>
+      <c r="T91" s="95"/>
+      <c r="U91" s="95"/>
+      <c r="V91" s="95"/>
+      <c r="W91" s="95"/>
+      <c r="X91" s="95"/>
+      <c r="Y91" s="95"/>
+      <c r="Z91" s="95"/>
+      <c r="AA91" s="95"/>
+      <c r="AB91" s="95"/>
+      <c r="AC91" s="95"/>
+      <c r="AD91" s="95"/>
+      <c r="AE91" s="95"/>
+      <c r="AF91" s="95"/>
+      <c r="AG91" s="95"/>
+      <c r="AH91" s="95"/>
     </row>
     <row r="92" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="100"/>
-      <c r="B92" s="87" t="s">
+      <c r="A92" s="93"/>
+      <c r="B92" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C92" s="91"/>
-[...1 lines deleted...]
-      <c r="E92" s="87" t="s">
+      <c r="C92" s="85"/>
+      <c r="D92" s="92"/>
+      <c r="E92" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F92" s="91"/>
-[...1 lines deleted...]
-      <c r="H92" s="87" t="s">
+      <c r="F92" s="85"/>
+      <c r="G92" s="86"/>
+      <c r="H92" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I92" s="91"/>
-[...1 lines deleted...]
-      <c r="K92" s="87" t="s">
+      <c r="I92" s="85"/>
+      <c r="J92" s="86"/>
+      <c r="K92" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L92" s="91"/>
-[...1 lines deleted...]
-      <c r="N92" s="87" t="s">
+      <c r="L92" s="85"/>
+      <c r="M92" s="86"/>
+      <c r="N92" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O92" s="91"/>
-[...1 lines deleted...]
-      <c r="Q92" s="87" t="s">
+      <c r="O92" s="85"/>
+      <c r="P92" s="86"/>
+      <c r="Q92" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R92" s="91"/>
-[...1 lines deleted...]
-      <c r="T92" s="87" t="s">
+      <c r="R92" s="85"/>
+      <c r="S92" s="86"/>
+      <c r="T92" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U92" s="91"/>
-[...1 lines deleted...]
-      <c r="W92" s="87" t="s">
+      <c r="U92" s="85"/>
+      <c r="V92" s="86"/>
+      <c r="W92" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X92" s="91"/>
-[...1 lines deleted...]
-      <c r="Z92" s="87" t="s">
+      <c r="X92" s="85"/>
+      <c r="Y92" s="86"/>
+      <c r="Z92" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA92" s="91"/>
-[...1 lines deleted...]
-      <c r="AC92" s="87" t="s">
+      <c r="AA92" s="85"/>
+      <c r="AB92" s="86"/>
+      <c r="AC92" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD92" s="91"/>
-[...5 lines deleted...]
-      <c r="AH92" s="92"/>
+      <c r="AD92" s="85"/>
+      <c r="AE92" s="86"/>
+      <c r="AF92" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG92" s="85"/>
+      <c r="AH92" s="86"/>
     </row>
     <row r="93" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="100"/>
+      <c r="A93" s="93"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
@@ -7989,187 +8385,187 @@
       <c r="V99" s="18"/>
       <c r="W99" s="13"/>
       <c r="X99" s="14"/>
       <c r="Y99" s="18"/>
       <c r="Z99" s="13"/>
       <c r="AA99" s="14"/>
       <c r="AB99" s="18"/>
       <c r="AC99" s="13"/>
       <c r="AD99" s="14"/>
       <c r="AE99" s="18"/>
       <c r="AF99" s="13">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="AG99" s="14">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="AH99" s="18">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:35" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="101" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="100" t="s">
+      <c r="A101" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B101" s="98" t="s">
+      <c r="B101" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C101" s="98"/>
-[...30 lines deleted...]
-      <c r="AH101" s="98"/>
+      <c r="C101" s="94"/>
+      <c r="D101" s="94"/>
+      <c r="E101" s="94"/>
+      <c r="F101" s="94"/>
+      <c r="G101" s="94"/>
+      <c r="H101" s="94"/>
+      <c r="I101" s="94"/>
+      <c r="J101" s="94"/>
+      <c r="K101" s="94"/>
+      <c r="L101" s="94"/>
+      <c r="M101" s="94"/>
+      <c r="N101" s="94"/>
+      <c r="O101" s="94"/>
+      <c r="P101" s="94"/>
+      <c r="Q101" s="94"/>
+      <c r="R101" s="94"/>
+      <c r="S101" s="94"/>
+      <c r="T101" s="94"/>
+      <c r="U101" s="94"/>
+      <c r="V101" s="94"/>
+      <c r="W101" s="94"/>
+      <c r="X101" s="94"/>
+      <c r="Y101" s="94"/>
+      <c r="Z101" s="94"/>
+      <c r="AA101" s="94"/>
+      <c r="AB101" s="94"/>
+      <c r="AC101" s="94"/>
+      <c r="AD101" s="94"/>
+      <c r="AE101" s="94"/>
+      <c r="AF101" s="94"/>
+      <c r="AG101" s="94"/>
+      <c r="AH101" s="94"/>
     </row>
     <row r="102" spans="1:35" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="100"/>
-      <c r="B102" s="99" t="s">
+      <c r="A102" s="93"/>
+      <c r="B102" s="95" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="99"/>
-[...30 lines deleted...]
-      <c r="AH102" s="99"/>
+      <c r="C102" s="95"/>
+      <c r="D102" s="95"/>
+      <c r="E102" s="95"/>
+      <c r="F102" s="95"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
+      <c r="I102" s="95"/>
+      <c r="J102" s="95"/>
+      <c r="K102" s="95"/>
+      <c r="L102" s="95"/>
+      <c r="M102" s="95"/>
+      <c r="N102" s="95"/>
+      <c r="O102" s="95"/>
+      <c r="P102" s="95"/>
+      <c r="Q102" s="95"/>
+      <c r="R102" s="95"/>
+      <c r="S102" s="95"/>
+      <c r="T102" s="95"/>
+      <c r="U102" s="95"/>
+      <c r="V102" s="95"/>
+      <c r="W102" s="95"/>
+      <c r="X102" s="95"/>
+      <c r="Y102" s="95"/>
+      <c r="Z102" s="95"/>
+      <c r="AA102" s="95"/>
+      <c r="AB102" s="95"/>
+      <c r="AC102" s="95"/>
+      <c r="AD102" s="95"/>
+      <c r="AE102" s="95"/>
+      <c r="AF102" s="95"/>
+      <c r="AG102" s="95"/>
+      <c r="AH102" s="95"/>
     </row>
     <row r="103" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="100"/>
-      <c r="B103" s="87" t="s">
+      <c r="A103" s="93"/>
+      <c r="B103" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C103" s="91"/>
-[...1 lines deleted...]
-      <c r="E103" s="87" t="s">
+      <c r="C103" s="85"/>
+      <c r="D103" s="92"/>
+      <c r="E103" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F103" s="91"/>
-[...1 lines deleted...]
-      <c r="H103" s="87" t="s">
+      <c r="F103" s="85"/>
+      <c r="G103" s="86"/>
+      <c r="H103" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I103" s="91"/>
-[...1 lines deleted...]
-      <c r="K103" s="87" t="s">
+      <c r="I103" s="85"/>
+      <c r="J103" s="86"/>
+      <c r="K103" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L103" s="91"/>
-[...1 lines deleted...]
-      <c r="N103" s="87" t="s">
+      <c r="L103" s="85"/>
+      <c r="M103" s="86"/>
+      <c r="N103" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O103" s="91"/>
-[...1 lines deleted...]
-      <c r="Q103" s="87" t="s">
+      <c r="O103" s="85"/>
+      <c r="P103" s="86"/>
+      <c r="Q103" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R103" s="91"/>
-[...1 lines deleted...]
-      <c r="T103" s="87" t="s">
+      <c r="R103" s="85"/>
+      <c r="S103" s="86"/>
+      <c r="T103" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U103" s="91"/>
-[...1 lines deleted...]
-      <c r="W103" s="87" t="s">
+      <c r="U103" s="85"/>
+      <c r="V103" s="86"/>
+      <c r="W103" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X103" s="91"/>
-[...1 lines deleted...]
-      <c r="Z103" s="87" t="s">
+      <c r="X103" s="85"/>
+      <c r="Y103" s="86"/>
+      <c r="Z103" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA103" s="91"/>
-[...1 lines deleted...]
-      <c r="AC103" s="87" t="s">
+      <c r="AA103" s="85"/>
+      <c r="AB103" s="86"/>
+      <c r="AC103" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD103" s="91"/>
-[...5 lines deleted...]
-      <c r="AH103" s="92"/>
+      <c r="AD103" s="85"/>
+      <c r="AE103" s="86"/>
+      <c r="AF103" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG103" s="85"/>
+      <c r="AH103" s="86"/>
     </row>
     <row r="104" spans="1:35" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="100"/>
+      <c r="A104" s="93"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
@@ -8510,187 +8906,187 @@
       <c r="V110" s="18"/>
       <c r="W110" s="13"/>
       <c r="X110" s="14"/>
       <c r="Y110" s="18"/>
       <c r="Z110" s="13"/>
       <c r="AA110" s="14"/>
       <c r="AB110" s="18"/>
       <c r="AC110" s="13"/>
       <c r="AD110" s="14"/>
       <c r="AE110" s="18"/>
       <c r="AF110" s="13">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AG110" s="14">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH110" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:35" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="100" t="s">
+      <c r="A112" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B112" s="98" t="s">
+      <c r="B112" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C112" s="98"/>
-[...30 lines deleted...]
-      <c r="AH112" s="98"/>
+      <c r="C112" s="94"/>
+      <c r="D112" s="94"/>
+      <c r="E112" s="94"/>
+      <c r="F112" s="94"/>
+      <c r="G112" s="94"/>
+      <c r="H112" s="94"/>
+      <c r="I112" s="94"/>
+      <c r="J112" s="94"/>
+      <c r="K112" s="94"/>
+      <c r="L112" s="94"/>
+      <c r="M112" s="94"/>
+      <c r="N112" s="94"/>
+      <c r="O112" s="94"/>
+      <c r="P112" s="94"/>
+      <c r="Q112" s="94"/>
+      <c r="R112" s="94"/>
+      <c r="S112" s="94"/>
+      <c r="T112" s="94"/>
+      <c r="U112" s="94"/>
+      <c r="V112" s="94"/>
+      <c r="W112" s="94"/>
+      <c r="X112" s="94"/>
+      <c r="Y112" s="94"/>
+      <c r="Z112" s="94"/>
+      <c r="AA112" s="94"/>
+      <c r="AB112" s="94"/>
+      <c r="AC112" s="94"/>
+      <c r="AD112" s="94"/>
+      <c r="AE112" s="94"/>
+      <c r="AF112" s="94"/>
+      <c r="AG112" s="94"/>
+      <c r="AH112" s="94"/>
     </row>
     <row r="113" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="100"/>
-      <c r="B113" s="99" t="s">
+      <c r="A113" s="93"/>
+      <c r="B113" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="99"/>
-[...30 lines deleted...]
-      <c r="AH113" s="99"/>
+      <c r="C113" s="95"/>
+      <c r="D113" s="95"/>
+      <c r="E113" s="95"/>
+      <c r="F113" s="95"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
+      <c r="I113" s="95"/>
+      <c r="J113" s="95"/>
+      <c r="K113" s="95"/>
+      <c r="L113" s="95"/>
+      <c r="M113" s="95"/>
+      <c r="N113" s="95"/>
+      <c r="O113" s="95"/>
+      <c r="P113" s="95"/>
+      <c r="Q113" s="95"/>
+      <c r="R113" s="95"/>
+      <c r="S113" s="95"/>
+      <c r="T113" s="95"/>
+      <c r="U113" s="95"/>
+      <c r="V113" s="95"/>
+      <c r="W113" s="95"/>
+      <c r="X113" s="95"/>
+      <c r="Y113" s="95"/>
+      <c r="Z113" s="95"/>
+      <c r="AA113" s="95"/>
+      <c r="AB113" s="95"/>
+      <c r="AC113" s="95"/>
+      <c r="AD113" s="95"/>
+      <c r="AE113" s="95"/>
+      <c r="AF113" s="95"/>
+      <c r="AG113" s="95"/>
+      <c r="AH113" s="95"/>
     </row>
     <row r="114" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="100"/>
-      <c r="B114" s="87" t="s">
+      <c r="A114" s="93"/>
+      <c r="B114" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C114" s="91"/>
-[...1 lines deleted...]
-      <c r="E114" s="87" t="s">
+      <c r="C114" s="85"/>
+      <c r="D114" s="92"/>
+      <c r="E114" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F114" s="91"/>
-[...1 lines deleted...]
-      <c r="H114" s="87" t="s">
+      <c r="F114" s="85"/>
+      <c r="G114" s="86"/>
+      <c r="H114" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I114" s="91"/>
-[...1 lines deleted...]
-      <c r="K114" s="87" t="s">
+      <c r="I114" s="85"/>
+      <c r="J114" s="86"/>
+      <c r="K114" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L114" s="91"/>
-[...1 lines deleted...]
-      <c r="N114" s="87" t="s">
+      <c r="L114" s="85"/>
+      <c r="M114" s="86"/>
+      <c r="N114" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O114" s="91"/>
-[...1 lines deleted...]
-      <c r="Q114" s="87" t="s">
+      <c r="O114" s="85"/>
+      <c r="P114" s="86"/>
+      <c r="Q114" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R114" s="91"/>
-[...1 lines deleted...]
-      <c r="T114" s="87" t="s">
+      <c r="R114" s="85"/>
+      <c r="S114" s="86"/>
+      <c r="T114" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U114" s="91"/>
-[...1 lines deleted...]
-      <c r="W114" s="87" t="s">
+      <c r="U114" s="85"/>
+      <c r="V114" s="86"/>
+      <c r="W114" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X114" s="91"/>
-[...1 lines deleted...]
-      <c r="Z114" s="87" t="s">
+      <c r="X114" s="85"/>
+      <c r="Y114" s="86"/>
+      <c r="Z114" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA114" s="91"/>
-[...1 lines deleted...]
-      <c r="AC114" s="87" t="s">
+      <c r="AA114" s="85"/>
+      <c r="AB114" s="86"/>
+      <c r="AC114" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD114" s="91"/>
-[...5 lines deleted...]
-      <c r="AH114" s="92"/>
+      <c r="AD114" s="85"/>
+      <c r="AE114" s="86"/>
+      <c r="AF114" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG114" s="85"/>
+      <c r="AH114" s="86"/>
     </row>
     <row r="115" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="100"/>
+      <c r="A115" s="93"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
@@ -9031,187 +9427,187 @@
       <c r="V121" s="18"/>
       <c r="W121" s="13"/>
       <c r="X121" s="14"/>
       <c r="Y121" s="18"/>
       <c r="Z121" s="13"/>
       <c r="AA121" s="14"/>
       <c r="AB121" s="18"/>
       <c r="AC121" s="13"/>
       <c r="AD121" s="14"/>
       <c r="AE121" s="18"/>
       <c r="AF121" s="13">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG121" s="14">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH121" s="18">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="100" t="s">
+      <c r="A123" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B123" s="98" t="s">
+      <c r="B123" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C123" s="98"/>
-[...30 lines deleted...]
-      <c r="AH123" s="98"/>
+      <c r="C123" s="94"/>
+      <c r="D123" s="94"/>
+      <c r="E123" s="94"/>
+      <c r="F123" s="94"/>
+      <c r="G123" s="94"/>
+      <c r="H123" s="94"/>
+      <c r="I123" s="94"/>
+      <c r="J123" s="94"/>
+      <c r="K123" s="94"/>
+      <c r="L123" s="94"/>
+      <c r="M123" s="94"/>
+      <c r="N123" s="94"/>
+      <c r="O123" s="94"/>
+      <c r="P123" s="94"/>
+      <c r="Q123" s="94"/>
+      <c r="R123" s="94"/>
+      <c r="S123" s="94"/>
+      <c r="T123" s="94"/>
+      <c r="U123" s="94"/>
+      <c r="V123" s="94"/>
+      <c r="W123" s="94"/>
+      <c r="X123" s="94"/>
+      <c r="Y123" s="94"/>
+      <c r="Z123" s="94"/>
+      <c r="AA123" s="94"/>
+      <c r="AB123" s="94"/>
+      <c r="AC123" s="94"/>
+      <c r="AD123" s="94"/>
+      <c r="AE123" s="94"/>
+      <c r="AF123" s="94"/>
+      <c r="AG123" s="94"/>
+      <c r="AH123" s="94"/>
     </row>
     <row r="124" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="100"/>
-      <c r="B124" s="99" t="s">
+      <c r="A124" s="93"/>
+      <c r="B124" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="99"/>
-[...30 lines deleted...]
-      <c r="AH124" s="99"/>
+      <c r="C124" s="95"/>
+      <c r="D124" s="95"/>
+      <c r="E124" s="95"/>
+      <c r="F124" s="95"/>
+      <c r="G124" s="95"/>
+      <c r="H124" s="95"/>
+      <c r="I124" s="95"/>
+      <c r="J124" s="95"/>
+      <c r="K124" s="95"/>
+      <c r="L124" s="95"/>
+      <c r="M124" s="95"/>
+      <c r="N124" s="95"/>
+      <c r="O124" s="95"/>
+      <c r="P124" s="95"/>
+      <c r="Q124" s="95"/>
+      <c r="R124" s="95"/>
+      <c r="S124" s="95"/>
+      <c r="T124" s="95"/>
+      <c r="U124" s="95"/>
+      <c r="V124" s="95"/>
+      <c r="W124" s="95"/>
+      <c r="X124" s="95"/>
+      <c r="Y124" s="95"/>
+      <c r="Z124" s="95"/>
+      <c r="AA124" s="95"/>
+      <c r="AB124" s="95"/>
+      <c r="AC124" s="95"/>
+      <c r="AD124" s="95"/>
+      <c r="AE124" s="95"/>
+      <c r="AF124" s="95"/>
+      <c r="AG124" s="95"/>
+      <c r="AH124" s="95"/>
     </row>
     <row r="125" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="100"/>
-      <c r="B125" s="87" t="s">
+      <c r="A125" s="93"/>
+      <c r="B125" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C125" s="91"/>
-[...1 lines deleted...]
-      <c r="E125" s="87" t="s">
+      <c r="C125" s="85"/>
+      <c r="D125" s="92"/>
+      <c r="E125" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F125" s="91"/>
-[...1 lines deleted...]
-      <c r="H125" s="87" t="s">
+      <c r="F125" s="85"/>
+      <c r="G125" s="86"/>
+      <c r="H125" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I125" s="91"/>
-[...1 lines deleted...]
-      <c r="K125" s="87" t="s">
+      <c r="I125" s="85"/>
+      <c r="J125" s="86"/>
+      <c r="K125" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L125" s="91"/>
-[...1 lines deleted...]
-      <c r="N125" s="87" t="s">
+      <c r="L125" s="85"/>
+      <c r="M125" s="86"/>
+      <c r="N125" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O125" s="91"/>
-[...1 lines deleted...]
-      <c r="Q125" s="87" t="s">
+      <c r="O125" s="85"/>
+      <c r="P125" s="86"/>
+      <c r="Q125" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R125" s="91"/>
-[...1 lines deleted...]
-      <c r="T125" s="87" t="s">
+      <c r="R125" s="85"/>
+      <c r="S125" s="86"/>
+      <c r="T125" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U125" s="91"/>
-[...1 lines deleted...]
-      <c r="W125" s="87" t="s">
+      <c r="U125" s="85"/>
+      <c r="V125" s="86"/>
+      <c r="W125" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X125" s="91"/>
-[...1 lines deleted...]
-      <c r="Z125" s="87" t="s">
+      <c r="X125" s="85"/>
+      <c r="Y125" s="86"/>
+      <c r="Z125" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA125" s="91"/>
-[...1 lines deleted...]
-      <c r="AC125" s="87" t="s">
+      <c r="AA125" s="85"/>
+      <c r="AB125" s="86"/>
+      <c r="AC125" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD125" s="91"/>
-[...5 lines deleted...]
-      <c r="AH125" s="92"/>
+      <c r="AD125" s="85"/>
+      <c r="AE125" s="86"/>
+      <c r="AF125" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG125" s="85"/>
+      <c r="AH125" s="86"/>
     </row>
     <row r="126" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="100"/>
+      <c r="A126" s="93"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
@@ -9551,187 +9947,187 @@
       <c r="U132" s="14"/>
       <c r="V132" s="18"/>
       <c r="W132" s="13"/>
       <c r="X132" s="14"/>
       <c r="Y132" s="18"/>
       <c r="Z132" s="13"/>
       <c r="AA132" s="14"/>
       <c r="AB132" s="18"/>
       <c r="AC132" s="13"/>
       <c r="AD132" s="14"/>
       <c r="AE132" s="18"/>
       <c r="AF132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="100" t="s">
+      <c r="A134" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B134" s="98" t="s">
+      <c r="B134" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C134" s="98"/>
-[...30 lines deleted...]
-      <c r="AH134" s="98"/>
+      <c r="C134" s="94"/>
+      <c r="D134" s="94"/>
+      <c r="E134" s="94"/>
+      <c r="F134" s="94"/>
+      <c r="G134" s="94"/>
+      <c r="H134" s="94"/>
+      <c r="I134" s="94"/>
+      <c r="J134" s="94"/>
+      <c r="K134" s="94"/>
+      <c r="L134" s="94"/>
+      <c r="M134" s="94"/>
+      <c r="N134" s="94"/>
+      <c r="O134" s="94"/>
+      <c r="P134" s="94"/>
+      <c r="Q134" s="94"/>
+      <c r="R134" s="94"/>
+      <c r="S134" s="94"/>
+      <c r="T134" s="94"/>
+      <c r="U134" s="94"/>
+      <c r="V134" s="94"/>
+      <c r="W134" s="94"/>
+      <c r="X134" s="94"/>
+      <c r="Y134" s="94"/>
+      <c r="Z134" s="94"/>
+      <c r="AA134" s="94"/>
+      <c r="AB134" s="94"/>
+      <c r="AC134" s="94"/>
+      <c r="AD134" s="94"/>
+      <c r="AE134" s="94"/>
+      <c r="AF134" s="94"/>
+      <c r="AG134" s="94"/>
+      <c r="AH134" s="94"/>
     </row>
     <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="100"/>
-      <c r="B135" s="99" t="s">
+      <c r="A135" s="93"/>
+      <c r="B135" s="95" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="99"/>
-[...30 lines deleted...]
-      <c r="AH135" s="99"/>
+      <c r="C135" s="95"/>
+      <c r="D135" s="95"/>
+      <c r="E135" s="95"/>
+      <c r="F135" s="95"/>
+      <c r="G135" s="95"/>
+      <c r="H135" s="95"/>
+      <c r="I135" s="95"/>
+      <c r="J135" s="95"/>
+      <c r="K135" s="95"/>
+      <c r="L135" s="95"/>
+      <c r="M135" s="95"/>
+      <c r="N135" s="95"/>
+      <c r="O135" s="95"/>
+      <c r="P135" s="95"/>
+      <c r="Q135" s="95"/>
+      <c r="R135" s="95"/>
+      <c r="S135" s="95"/>
+      <c r="T135" s="95"/>
+      <c r="U135" s="95"/>
+      <c r="V135" s="95"/>
+      <c r="W135" s="95"/>
+      <c r="X135" s="95"/>
+      <c r="Y135" s="95"/>
+      <c r="Z135" s="95"/>
+      <c r="AA135" s="95"/>
+      <c r="AB135" s="95"/>
+      <c r="AC135" s="95"/>
+      <c r="AD135" s="95"/>
+      <c r="AE135" s="95"/>
+      <c r="AF135" s="95"/>
+      <c r="AG135" s="95"/>
+      <c r="AH135" s="95"/>
     </row>
     <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="100"/>
-      <c r="B136" s="87" t="s">
+      <c r="A136" s="93"/>
+      <c r="B136" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C136" s="91"/>
-[...1 lines deleted...]
-      <c r="E136" s="87" t="s">
+      <c r="C136" s="85"/>
+      <c r="D136" s="92"/>
+      <c r="E136" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F136" s="91"/>
-[...1 lines deleted...]
-      <c r="H136" s="87" t="s">
+      <c r="F136" s="85"/>
+      <c r="G136" s="86"/>
+      <c r="H136" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I136" s="91"/>
-[...1 lines deleted...]
-      <c r="K136" s="87" t="s">
+      <c r="I136" s="85"/>
+      <c r="J136" s="86"/>
+      <c r="K136" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L136" s="91"/>
-[...1 lines deleted...]
-      <c r="N136" s="87" t="s">
+      <c r="L136" s="85"/>
+      <c r="M136" s="86"/>
+      <c r="N136" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O136" s="91"/>
-[...1 lines deleted...]
-      <c r="Q136" s="87" t="s">
+      <c r="O136" s="85"/>
+      <c r="P136" s="86"/>
+      <c r="Q136" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R136" s="91"/>
-[...1 lines deleted...]
-      <c r="T136" s="87" t="s">
+      <c r="R136" s="85"/>
+      <c r="S136" s="86"/>
+      <c r="T136" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U136" s="91"/>
-[...1 lines deleted...]
-      <c r="W136" s="87" t="s">
+      <c r="U136" s="85"/>
+      <c r="V136" s="86"/>
+      <c r="W136" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X136" s="91"/>
-[...1 lines deleted...]
-      <c r="Z136" s="87" t="s">
+      <c r="X136" s="85"/>
+      <c r="Y136" s="86"/>
+      <c r="Z136" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA136" s="91"/>
-[...1 lines deleted...]
-      <c r="AC136" s="87" t="s">
+      <c r="AA136" s="85"/>
+      <c r="AB136" s="86"/>
+      <c r="AC136" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD136" s="91"/>
-[...5 lines deleted...]
-      <c r="AH136" s="92"/>
+      <c r="AD136" s="85"/>
+      <c r="AE136" s="86"/>
+      <c r="AF136" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG136" s="85"/>
+      <c r="AH136" s="86"/>
     </row>
     <row r="137" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A137" s="100"/>
+      <c r="A137" s="93"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="66" t="s">
@@ -9794,864 +10190,864 @@
       <c r="AC137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AE137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AF137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AH137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:AE138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="D138" s="16">
         <f t="shared" si="36"/>
-        <v>65</v>
+        <v>128</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="36"/>
-        <v>229</v>
+        <v>441</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="36"/>
-        <v>208</v>
+        <v>386</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="36"/>
-        <v>437</v>
+        <v>827</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="36"/>
-        <v>202</v>
+        <v>375</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="36"/>
-        <v>211</v>
+        <v>381</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="36"/>
-        <v>413</v>
+        <v>756</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="36"/>
-        <v>223</v>
+        <v>415</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="36"/>
-        <v>235</v>
+        <v>417</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="36"/>
-        <v>458</v>
+        <v>832</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="36"/>
-        <v>270</v>
+        <v>486</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="36"/>
-        <v>276</v>
+        <v>495</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="36"/>
-        <v>546</v>
+        <v>981</v>
       </c>
       <c r="Q138" s="10">
         <f t="shared" si="36"/>
-        <v>229</v>
+        <v>409</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="36"/>
-        <v>226</v>
+        <v>423</v>
       </c>
       <c r="S138" s="15">
         <f t="shared" si="36"/>
-        <v>455</v>
+        <v>832</v>
       </c>
       <c r="T138" s="10">
         <f t="shared" si="36"/>
-        <v>189</v>
+        <v>330</v>
       </c>
       <c r="U138" s="1">
         <f t="shared" si="36"/>
-        <v>205</v>
+        <v>357</v>
       </c>
       <c r="V138" s="15">
         <f t="shared" si="36"/>
-        <v>394</v>
+        <v>687</v>
       </c>
       <c r="W138" s="10">
         <f t="shared" si="36"/>
-        <v>184</v>
+        <v>320</v>
       </c>
       <c r="X138" s="1">
         <f t="shared" si="36"/>
-        <v>186</v>
+        <v>319</v>
       </c>
       <c r="Y138" s="15">
         <f t="shared" si="36"/>
-        <v>370</v>
+        <v>639</v>
       </c>
       <c r="Z138" s="10">
         <f t="shared" si="36"/>
-        <v>167</v>
+        <v>285</v>
       </c>
       <c r="AA138" s="1">
         <f t="shared" si="36"/>
-        <v>157</v>
+        <v>299</v>
       </c>
       <c r="AB138" s="15">
         <f t="shared" si="36"/>
-        <v>324</v>
+        <v>584</v>
       </c>
       <c r="AC138" s="10">
         <f t="shared" si="36"/>
-        <v>200</v>
+        <v>337</v>
       </c>
       <c r="AD138" s="1">
         <f t="shared" si="36"/>
-        <v>126</v>
+        <v>255</v>
       </c>
       <c r="AE138" s="15">
         <f t="shared" si="36"/>
-        <v>326</v>
+        <v>592</v>
       </c>
       <c r="AF138" s="10">
         <f>SUM(B138,E138,H138,K138,N138,Q138,T138,W138,Z138,AC138)</f>
-        <v>1923</v>
+        <v>3460</v>
       </c>
       <c r="AG138" s="1">
         <f t="shared" ref="AG138:AG143" si="37">SUM(C138,F138,I138,L138,O138,R138,U138,X138,AA138,AD138)</f>
-        <v>1865</v>
+        <v>3398</v>
       </c>
       <c r="AH138" s="15">
         <f t="shared" ref="AH138:AH142" si="38">SUM(D138,G138,J138,M138,P138,S138,V138,Y138,AB138,AE138)</f>
-        <v>3788</v>
+        <v>6858</v>
       </c>
     </row>
     <row r="139" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:AE139" si="39">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="39"/>
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D139" s="16">
         <f t="shared" si="39"/>
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="39"/>
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="39"/>
-        <v>131</v>
+        <v>225</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="39"/>
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="39"/>
-        <v>115</v>
+        <v>216</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="39"/>
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="39"/>
-        <v>95</v>
+        <v>145</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="39"/>
-        <v>161</v>
+        <v>253</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="39"/>
-        <v>81</v>
+        <v>123</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="39"/>
-        <v>176</v>
+        <v>287</v>
       </c>
       <c r="Q139" s="10">
         <f t="shared" si="39"/>
-        <v>63</v>
+        <v>113</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>92</v>
+        <v>139</v>
       </c>
       <c r="S139" s="15">
         <f t="shared" si="39"/>
-        <v>155</v>
+        <v>252</v>
       </c>
       <c r="T139" s="10">
         <f t="shared" si="39"/>
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="U139" s="1">
         <f t="shared" si="39"/>
-        <v>88</v>
+        <v>137</v>
       </c>
       <c r="V139" s="15">
         <f t="shared" si="39"/>
-        <v>142</v>
+        <v>233</v>
       </c>
       <c r="W139" s="10">
         <f t="shared" si="39"/>
-        <v>51</v>
+        <v>97</v>
       </c>
       <c r="X139" s="1">
         <f t="shared" si="39"/>
-        <v>74</v>
+        <v>143</v>
       </c>
       <c r="Y139" s="15">
         <f t="shared" si="39"/>
-        <v>125</v>
+        <v>240</v>
       </c>
       <c r="Z139" s="10">
         <f t="shared" si="39"/>
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="AA139" s="1">
         <f t="shared" si="39"/>
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="AB139" s="15">
         <f t="shared" si="39"/>
-        <v>143</v>
+        <v>238</v>
       </c>
       <c r="AC139" s="10">
         <f t="shared" si="39"/>
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="AD139" s="1">
         <f t="shared" si="39"/>
-        <v>83</v>
+        <v>146</v>
       </c>
       <c r="AE139" s="15">
         <f t="shared" si="39"/>
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="AF139" s="10">
         <f>SUM(B139,E139,H139,K139,N139,Q139,T139,W139,Z139,AC139)</f>
-        <v>556</v>
+        <v>967</v>
       </c>
       <c r="AG139" s="1">
         <f t="shared" si="37"/>
-        <v>761</v>
+        <v>1280</v>
       </c>
       <c r="AH139" s="15">
         <f>SUM(D139,G139,J139,M139,P139,S139,V139,Y139,AB139,AE139)</f>
-        <v>1317</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="140" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:AE140" si="40">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="40"/>
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D140" s="16">
         <f t="shared" si="40"/>
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="40"/>
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="40"/>
-        <v>125</v>
+        <v>218</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="40"/>
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="40"/>
-        <v>97</v>
+        <v>159</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="40"/>
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="40"/>
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="40"/>
-        <v>118</v>
+        <v>210</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="40"/>
-        <v>59</v>
+        <v>111</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="40"/>
-        <v>134</v>
+        <v>243</v>
       </c>
       <c r="Q140" s="10">
         <f t="shared" si="40"/>
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>95</v>
+        <v>161</v>
       </c>
       <c r="S140" s="15">
         <f t="shared" si="40"/>
-        <v>144</v>
+        <v>244</v>
       </c>
       <c r="T140" s="10">
         <f t="shared" si="40"/>
-        <v>47</v>
+        <v>90</v>
       </c>
       <c r="U140" s="1">
         <f t="shared" si="40"/>
-        <v>72</v>
+        <v>142</v>
       </c>
       <c r="V140" s="15">
         <f t="shared" si="40"/>
-        <v>119</v>
+        <v>232</v>
       </c>
       <c r="W140" s="10">
         <f t="shared" si="40"/>
-        <v>67</v>
+        <v>111</v>
       </c>
       <c r="X140" s="1">
         <f t="shared" si="40"/>
-        <v>94</v>
+        <v>155</v>
       </c>
       <c r="Y140" s="15">
         <f t="shared" si="40"/>
-        <v>161</v>
+        <v>266</v>
       </c>
       <c r="Z140" s="10">
         <f t="shared" si="40"/>
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="AA140" s="1">
         <f t="shared" si="40"/>
-        <v>104</v>
+        <v>167</v>
       </c>
       <c r="AB140" s="15">
         <f t="shared" si="40"/>
-        <v>170</v>
+        <v>283</v>
       </c>
       <c r="AC140" s="10">
         <f t="shared" si="40"/>
-        <v>98</v>
+        <v>177</v>
       </c>
       <c r="AD140" s="1">
         <f t="shared" si="40"/>
-        <v>108</v>
+        <v>174</v>
       </c>
       <c r="AE140" s="15">
         <f t="shared" si="40"/>
-        <v>206</v>
+        <v>351</v>
       </c>
       <c r="AF140" s="10">
         <f>SUM(B140,E140,H140,K140,N140,Q140,T140,W140,Z140,AC140)</f>
-        <v>546</v>
+        <v>961</v>
       </c>
       <c r="AG140" s="1">
         <f t="shared" si="37"/>
-        <v>754</v>
+        <v>1295</v>
       </c>
       <c r="AH140" s="15">
         <f t="shared" si="38"/>
-        <v>1300</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="141" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f>SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" ref="C141:AE141" si="41">SUM(C9,C20,C31,C42,C53,C64,C75,C86,C97,C108,C119,C130)</f>
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D141" s="16">
         <f t="shared" si="41"/>
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="41"/>
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>65</v>
+        <v>119</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="41"/>
-        <v>118</v>
+        <v>213</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="41"/>
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="41"/>
-        <v>119</v>
+        <v>199</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="41"/>
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="41"/>
-        <v>151</v>
+        <v>242</v>
       </c>
       <c r="N141" s="10">
         <f t="shared" si="41"/>
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="41"/>
-        <v>141</v>
+        <v>249</v>
       </c>
       <c r="Q141" s="10">
         <f t="shared" si="41"/>
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>67</v>
+        <v>123</v>
       </c>
       <c r="S141" s="15">
         <f t="shared" si="41"/>
-        <v>143</v>
+        <v>245</v>
       </c>
       <c r="T141" s="10">
         <f t="shared" si="41"/>
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="U141" s="1">
         <f t="shared" si="41"/>
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="V141" s="15">
         <f t="shared" si="41"/>
-        <v>111</v>
+        <v>185</v>
       </c>
       <c r="W141" s="10">
         <f t="shared" si="41"/>
-        <v>74</v>
+        <v>116</v>
       </c>
       <c r="X141" s="1">
         <f t="shared" si="41"/>
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="Y141" s="15">
         <f t="shared" si="41"/>
-        <v>172</v>
+        <v>280</v>
       </c>
       <c r="Z141" s="10">
         <f>SUM(Z9,Z20,Z31,Z42,Z53,Z64,Z75,Z86,Z97,Z108,Z119,Z130)</f>
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="AA141" s="1">
         <f t="shared" si="41"/>
-        <v>88</v>
+        <v>150</v>
       </c>
       <c r="AB141" s="15">
         <f t="shared" si="41"/>
-        <v>150</v>
+        <v>249</v>
       </c>
       <c r="AC141" s="10">
         <f t="shared" si="41"/>
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="AD141" s="1">
         <f t="shared" si="41"/>
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="AE141" s="15">
         <f t="shared" si="41"/>
-        <v>130</v>
+        <v>223</v>
       </c>
       <c r="AF141" s="10">
         <f>SUM(B141,E141,H141,K141,N141,Q141,T141,W141,Z141,AC141)</f>
-        <v>604</v>
+        <v>976</v>
       </c>
       <c r="AG141" s="1">
         <f t="shared" si="37"/>
-        <v>648</v>
+        <v>1142</v>
       </c>
       <c r="AH141" s="15">
         <f>SUM(D141,G141,J141,M141,P141,S141,V141,Y141,AB141,AE141)</f>
-        <v>1252</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="142" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="10">
         <f t="shared" ref="B142:AE142" si="42">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C142" s="1">
         <f t="shared" si="42"/>
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D142" s="16">
         <f t="shared" si="42"/>
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="E142" s="10">
         <f t="shared" si="42"/>
-        <v>67</v>
+        <v>113</v>
       </c>
       <c r="F142" s="1">
         <f t="shared" si="42"/>
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="G142" s="15">
         <f t="shared" si="42"/>
-        <v>121</v>
+        <v>232</v>
       </c>
       <c r="H142" s="10">
         <f t="shared" si="42"/>
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I142" s="1">
         <f t="shared" si="42"/>
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="J142" s="15">
         <f t="shared" si="42"/>
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="K142" s="10">
         <f t="shared" si="42"/>
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="L142" s="1">
         <f t="shared" si="42"/>
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="M142" s="15">
         <f t="shared" si="42"/>
-        <v>115</v>
+        <v>236</v>
       </c>
       <c r="N142" s="10">
         <f t="shared" si="42"/>
-        <v>60</v>
+        <v>109</v>
       </c>
       <c r="O142" s="1">
         <f t="shared" si="42"/>
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="P142" s="15">
         <f t="shared" si="42"/>
-        <v>156</v>
+        <v>269</v>
       </c>
       <c r="Q142" s="10">
         <f t="shared" si="42"/>
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="R142" s="1">
         <f t="shared" si="42"/>
-        <v>92</v>
+        <v>146</v>
       </c>
       <c r="S142" s="15">
         <f t="shared" si="42"/>
-        <v>138</v>
+        <v>241</v>
       </c>
       <c r="T142" s="10">
         <f t="shared" si="42"/>
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="U142" s="1">
         <f t="shared" si="42"/>
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="V142" s="15">
         <f t="shared" si="42"/>
-        <v>126</v>
+        <v>204</v>
       </c>
       <c r="W142" s="10">
         <f t="shared" si="42"/>
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="X142" s="1">
         <f t="shared" si="42"/>
-        <v>81</v>
+        <v>151</v>
       </c>
       <c r="Y142" s="15">
         <f t="shared" si="42"/>
-        <v>128</v>
+        <v>228</v>
       </c>
       <c r="Z142" s="10">
         <f t="shared" si="42"/>
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="AA142" s="1">
         <f t="shared" si="42"/>
-        <v>87</v>
+        <v>147</v>
       </c>
       <c r="AB142" s="15">
         <f t="shared" si="42"/>
-        <v>134</v>
+        <v>235</v>
       </c>
       <c r="AC142" s="10">
         <f t="shared" si="42"/>
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="AD142" s="1">
         <f t="shared" si="42"/>
-        <v>73</v>
+        <v>132</v>
       </c>
       <c r="AE142" s="15">
         <f t="shared" si="42"/>
-        <v>125</v>
+        <v>217</v>
       </c>
       <c r="AF142" s="10">
         <f>SUM(B142,E142,H142,K142,N142,Q142,T142,W142,Z142,AC142)</f>
-        <v>446</v>
+        <v>825</v>
       </c>
       <c r="AG142" s="1">
         <f t="shared" si="37"/>
-        <v>717</v>
+        <v>1261</v>
       </c>
       <c r="AH142" s="15">
         <f t="shared" si="38"/>
-        <v>1163</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="143" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="27" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:AE143" si="43">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>69</v>
+        <v>144</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="43"/>
-        <v>92</v>
+        <v>170</v>
       </c>
       <c r="D143" s="17">
         <f t="shared" si="43"/>
-        <v>161</v>
+        <v>314</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="43"/>
-        <v>461</v>
+        <v>846</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>471</v>
+        <v>869</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="43"/>
-        <v>932</v>
+        <v>1715</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="43"/>
-        <v>399</v>
+        <v>725</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>439</v>
+        <v>783</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="43"/>
-        <v>838</v>
+        <v>1508</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="43"/>
-        <v>458</v>
+        <v>821</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>545</v>
+        <v>952</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="43"/>
-        <v>1003</v>
+        <v>1773</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="43"/>
-        <v>540</v>
+        <v>954</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>613</v>
+        <v>1075</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="43"/>
-        <v>1153</v>
+        <v>2029</v>
       </c>
       <c r="Q143" s="13">
         <f t="shared" si="43"/>
-        <v>463</v>
+        <v>822</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>572</v>
+        <v>992</v>
       </c>
       <c r="S143" s="18">
         <f t="shared" si="43"/>
-        <v>1035</v>
+        <v>1814</v>
       </c>
       <c r="T143" s="13">
         <f t="shared" si="43"/>
-        <v>382</v>
+        <v>668</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>510</v>
+        <v>873</v>
       </c>
       <c r="V143" s="18">
         <f t="shared" si="43"/>
-        <v>892</v>
+        <v>1541</v>
       </c>
       <c r="W143" s="13">
         <f t="shared" si="43"/>
-        <v>423</v>
+        <v>721</v>
       </c>
       <c r="X143" s="14">
         <f t="shared" si="43"/>
-        <v>533</v>
+        <v>932</v>
       </c>
       <c r="Y143" s="18">
         <f t="shared" si="43"/>
-        <v>956</v>
+        <v>1653</v>
       </c>
       <c r="Z143" s="13">
         <f t="shared" si="43"/>
-        <v>404</v>
+        <v>688</v>
       </c>
       <c r="AA143" s="14">
         <f t="shared" si="43"/>
-        <v>517</v>
+        <v>901</v>
       </c>
       <c r="AB143" s="18">
         <f t="shared" si="43"/>
-        <v>921</v>
+        <v>1589</v>
       </c>
       <c r="AC143" s="13">
         <f t="shared" si="43"/>
-        <v>476</v>
+        <v>800</v>
       </c>
       <c r="AD143" s="14">
         <f t="shared" si="43"/>
-        <v>453</v>
+        <v>829</v>
       </c>
       <c r="AE143" s="18">
         <f t="shared" si="43"/>
-        <v>929</v>
+        <v>1629</v>
       </c>
       <c r="AF143" s="13">
         <f t="shared" ref="AF143" si="44">SUM(B143,E143,H143,K143,N143,Q143,T143,W143,Z143,AC143)</f>
-        <v>4075</v>
+        <v>7189</v>
       </c>
       <c r="AG143" s="14">
         <f t="shared" si="37"/>
-        <v>4745</v>
+        <v>8376</v>
       </c>
       <c r="AH143" s="18">
         <f>SUM(D143,G143,J143,M143,P143,S143,V143,Y143,AB143,AE143)</f>
-        <v>8820</v>
+        <v>15565</v>
       </c>
     </row>
     <row r="145" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B145" s="61"/>
       <c r="C145" s="61"/>
       <c r="D145" s="61"/>
       <c r="E145" s="61"/>
       <c r="F145" s="61"/>
       <c r="G145" s="61"/>
       <c r="H145" s="61"/>
       <c r="I145" s="61"/>
       <c r="J145" s="61"/>
       <c r="K145" s="61"/>
       <c r="L145" s="61"/>
       <c r="M145" s="61"/>
       <c r="N145" s="61"/>
       <c r="O145" s="61"/>
       <c r="P145" s="61"/>
       <c r="Q145" s="61"/>
       <c r="R145" s="61"/>
       <c r="S145" s="61"/>
       <c r="T145" s="61"/>
       <c r="U145" s="61"/>
       <c r="V145" s="61"/>
       <c r="W145" s="61"/>
@@ -10822,372 +11218,372 @@
       <c r="M150" s="61"/>
       <c r="N150" s="61"/>
       <c r="O150" s="61"/>
       <c r="P150" s="61"/>
       <c r="Q150" s="61"/>
       <c r="R150" s="61"/>
       <c r="S150" s="61"/>
       <c r="T150" s="61"/>
       <c r="U150" s="61"/>
       <c r="V150" s="61"/>
       <c r="W150" s="61"/>
       <c r="X150" s="61"/>
       <c r="Y150" s="61"/>
       <c r="Z150" s="61"/>
       <c r="AA150" s="61"/>
       <c r="AB150" s="61"/>
       <c r="AC150" s="61"/>
       <c r="AD150" s="61"/>
       <c r="AE150" s="61"/>
       <c r="AF150" s="61"/>
       <c r="AG150" s="61"/>
       <c r="AH150" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="182">
-    <mergeCell ref="A134:A137"/>
-[...30 lines deleted...]
-    <mergeCell ref="Q125:S125"/>
+    <mergeCell ref="AF4:AH4"/>
+    <mergeCell ref="B2:AH2"/>
+    <mergeCell ref="B3:AH3"/>
+    <mergeCell ref="A13:A16"/>
+    <mergeCell ref="B13:AH13"/>
+    <mergeCell ref="B14:AH14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="H15:J15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="W4:Y4"/>
+    <mergeCell ref="Z4:AB4"/>
+    <mergeCell ref="AC4:AE4"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="H4:J4"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="N4:P4"/>
+    <mergeCell ref="A2:A5"/>
+    <mergeCell ref="AF15:AH15"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="B24:AH24"/>
+    <mergeCell ref="B25:AH25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="T15:V15"/>
+    <mergeCell ref="W15:Y15"/>
+    <mergeCell ref="Z15:AB15"/>
+    <mergeCell ref="AC15:AE15"/>
+    <mergeCell ref="T26:V26"/>
+    <mergeCell ref="W26:Y26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="AC26:AE26"/>
+    <mergeCell ref="AF26:AH26"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="B35:AH35"/>
+    <mergeCell ref="B36:AH36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="Z37:AB37"/>
+    <mergeCell ref="AC37:AE37"/>
+    <mergeCell ref="AF37:AH37"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="B46:AH46"/>
+    <mergeCell ref="B47:AH47"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="Q37:S37"/>
+    <mergeCell ref="T37:V37"/>
+    <mergeCell ref="W37:Y37"/>
+    <mergeCell ref="AF48:AH48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="Q48:S48"/>
+    <mergeCell ref="A57:A60"/>
+    <mergeCell ref="B57:AH57"/>
+    <mergeCell ref="B58:AH58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="Q59:S59"/>
+    <mergeCell ref="T48:V48"/>
+    <mergeCell ref="W48:Y48"/>
+    <mergeCell ref="Z48:AB48"/>
+    <mergeCell ref="AC48:AE48"/>
+    <mergeCell ref="T59:V59"/>
+    <mergeCell ref="W59:Y59"/>
+    <mergeCell ref="Z59:AB59"/>
+    <mergeCell ref="AC59:AE59"/>
+    <mergeCell ref="AF59:AH59"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="B68:AH68"/>
+    <mergeCell ref="B69:AH69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="Z70:AB70"/>
+    <mergeCell ref="AC70:AE70"/>
+    <mergeCell ref="AF70:AH70"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:AH79"/>
+    <mergeCell ref="B80:AH80"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="K81:M81"/>
+    <mergeCell ref="H70:J70"/>
+    <mergeCell ref="K70:M70"/>
+    <mergeCell ref="N70:P70"/>
+    <mergeCell ref="Q70:S70"/>
+    <mergeCell ref="T70:V70"/>
+    <mergeCell ref="W70:Y70"/>
+    <mergeCell ref="AF81:AH81"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="Q81:S81"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:AH90"/>
+    <mergeCell ref="B91:AH91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="E92:G92"/>
+    <mergeCell ref="H92:J92"/>
+    <mergeCell ref="K92:M92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="Q92:S92"/>
+    <mergeCell ref="T81:V81"/>
+    <mergeCell ref="W81:Y81"/>
+    <mergeCell ref="Z81:AB81"/>
+    <mergeCell ref="AC81:AE81"/>
+    <mergeCell ref="T92:V92"/>
+    <mergeCell ref="W92:Y92"/>
+    <mergeCell ref="Z92:AB92"/>
+    <mergeCell ref="AC92:AE92"/>
+    <mergeCell ref="AF92:AH92"/>
     <mergeCell ref="A101:A104"/>
     <mergeCell ref="B101:AH101"/>
     <mergeCell ref="B102:AH102"/>
     <mergeCell ref="B103:D103"/>
     <mergeCell ref="E103:G103"/>
     <mergeCell ref="Z103:AB103"/>
     <mergeCell ref="AC103:AE103"/>
     <mergeCell ref="AF103:AH103"/>
     <mergeCell ref="A112:A115"/>
     <mergeCell ref="B112:AH112"/>
     <mergeCell ref="B113:AH113"/>
     <mergeCell ref="B114:D114"/>
     <mergeCell ref="E114:G114"/>
     <mergeCell ref="H114:J114"/>
     <mergeCell ref="K114:M114"/>
     <mergeCell ref="H103:J103"/>
     <mergeCell ref="K103:M103"/>
     <mergeCell ref="N103:P103"/>
     <mergeCell ref="Q103:S103"/>
     <mergeCell ref="T103:V103"/>
     <mergeCell ref="W103:Y103"/>
     <mergeCell ref="AF114:AH114"/>
     <mergeCell ref="N114:P114"/>
     <mergeCell ref="Q114:S114"/>
-    <mergeCell ref="T81:V81"/>
-[...124 lines deleted...]
-    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="A123:A126"/>
+    <mergeCell ref="B123:AH123"/>
+    <mergeCell ref="B124:AH124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="E125:G125"/>
+    <mergeCell ref="H125:J125"/>
+    <mergeCell ref="K125:M125"/>
+    <mergeCell ref="N125:P125"/>
+    <mergeCell ref="Q125:S125"/>
+    <mergeCell ref="T114:V114"/>
+    <mergeCell ref="W114:Y114"/>
+    <mergeCell ref="Z114:AB114"/>
+    <mergeCell ref="AC114:AE114"/>
+    <mergeCell ref="T125:V125"/>
+    <mergeCell ref="W125:Y125"/>
+    <mergeCell ref="Z125:AB125"/>
+    <mergeCell ref="AC125:AE125"/>
+    <mergeCell ref="AF125:AH125"/>
+    <mergeCell ref="A134:A137"/>
+    <mergeCell ref="B134:AH134"/>
+    <mergeCell ref="B135:AH135"/>
+    <mergeCell ref="B136:D136"/>
+    <mergeCell ref="E136:G136"/>
+    <mergeCell ref="Z136:AB136"/>
+    <mergeCell ref="AC136:AE136"/>
+    <mergeCell ref="AF136:AH136"/>
+    <mergeCell ref="H136:J136"/>
+    <mergeCell ref="K136:M136"/>
+    <mergeCell ref="N136:P136"/>
+    <mergeCell ref="Q136:S136"/>
+    <mergeCell ref="T136:V136"/>
+    <mergeCell ref="W136:Y136"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71E943CA-A93B-441D-8765-58CDD5C8E60F}">
   <dimension ref="A1:Y144"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J146" sqref="J146"/>
+      <selection activeCell="G137" sqref="G137"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.85546875" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" customWidth="1"/>
     <col min="3" max="22" width="6.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A2" s="100" t="s">
+      <c r="A2" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="98" t="s">
+      <c r="B2" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C2" s="98"/>
-[...18 lines deleted...]
-      <c r="V2" s="98"/>
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+      <c r="N2" s="94"/>
+      <c r="O2" s="94"/>
+      <c r="P2" s="94"/>
+      <c r="Q2" s="94"/>
+      <c r="R2" s="94"/>
+      <c r="S2" s="94"/>
+      <c r="T2" s="94"/>
+      <c r="U2" s="94"/>
+      <c r="V2" s="94"/>
     </row>
     <row r="3" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="100"/>
-      <c r="B3" s="99" t="s">
+      <c r="A3" s="93"/>
+      <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="99"/>
-[...18 lines deleted...]
-      <c r="V3" s="99"/>
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="95"/>
+      <c r="F3" s="95"/>
+      <c r="G3" s="95"/>
+      <c r="H3" s="95"/>
+      <c r="I3" s="95"/>
+      <c r="J3" s="95"/>
+      <c r="K3" s="95"/>
+      <c r="L3" s="95"/>
+      <c r="M3" s="95"/>
+      <c r="N3" s="95"/>
+      <c r="O3" s="95"/>
+      <c r="P3" s="95"/>
+      <c r="Q3" s="95"/>
+      <c r="R3" s="95"/>
+      <c r="S3" s="95"/>
+      <c r="T3" s="95"/>
+      <c r="U3" s="95"/>
+      <c r="V3" s="95"/>
     </row>
     <row r="4" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="100"/>
-      <c r="B4" s="87" t="s">
+      <c r="A4" s="93"/>
+      <c r="B4" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="91"/>
-[...1 lines deleted...]
-      <c r="E4" s="87" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="91"/>
-[...1 lines deleted...]
-      <c r="H4" s="87" t="s">
+      <c r="F4" s="85"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="91"/>
-[...1 lines deleted...]
-      <c r="K4" s="87" t="s">
+      <c r="I4" s="85"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L4" s="91"/>
-[...1 lines deleted...]
-      <c r="N4" s="87" t="s">
+      <c r="L4" s="85"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="87" t="s">
+      <c r="O4" s="85"/>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R4" s="91"/>
-[...5 lines deleted...]
-      <c r="V4" s="92"/>
+      <c r="R4" s="85"/>
+      <c r="S4" s="92"/>
+      <c r="T4" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U4" s="85"/>
+      <c r="V4" s="86"/>
     </row>
     <row r="5" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A5" s="100"/>
+      <c r="A5" s="93"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="6" t="s">
@@ -11634,145 +12030,144 @@
       <c r="P11" s="81">
         <v>169</v>
       </c>
       <c r="Q11" s="73">
         <v>128</v>
       </c>
       <c r="R11" s="74">
         <v>192</v>
       </c>
       <c r="S11" s="81">
         <v>320</v>
       </c>
       <c r="T11" s="73">
         <f t="shared" si="1"/>
         <v>4075</v>
       </c>
       <c r="U11" s="74">
         <f t="shared" si="2"/>
         <v>4745</v>
       </c>
       <c r="V11" s="75">
         <f t="shared" si="0"/>
         <v>8820</v>
       </c>
     </row>
-    <row r="12" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A13" s="100" t="s">
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A13" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B13" s="98" t="s">
+      <c r="B13" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C13" s="98"/>
-[...22 lines deleted...]
-      <c r="B14" s="99" t="s">
+      <c r="C13" s="94"/>
+      <c r="D13" s="94"/>
+      <c r="E13" s="94"/>
+      <c r="F13" s="94"/>
+      <c r="G13" s="94"/>
+      <c r="H13" s="94"/>
+      <c r="I13" s="94"/>
+      <c r="J13" s="94"/>
+      <c r="K13" s="94"/>
+      <c r="L13" s="94"/>
+      <c r="M13" s="94"/>
+      <c r="N13" s="94"/>
+      <c r="O13" s="94"/>
+      <c r="P13" s="94"/>
+      <c r="Q13" s="94"/>
+      <c r="R13" s="94"/>
+      <c r="S13" s="94"/>
+      <c r="T13" s="94"/>
+      <c r="U13" s="94"/>
+      <c r="V13" s="94"/>
+    </row>
+    <row r="14" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="93"/>
+      <c r="B14" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="99"/>
-[...22 lines deleted...]
-      <c r="B15" s="87" t="s">
+      <c r="C14" s="95"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="95"/>
+      <c r="L14" s="95"/>
+      <c r="M14" s="95"/>
+      <c r="N14" s="95"/>
+      <c r="O14" s="95"/>
+      <c r="P14" s="95"/>
+      <c r="Q14" s="95"/>
+      <c r="R14" s="95"/>
+      <c r="S14" s="95"/>
+      <c r="T14" s="95"/>
+      <c r="U14" s="95"/>
+      <c r="V14" s="95"/>
+    </row>
+    <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="93"/>
+      <c r="B15" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="91"/>
-[...1 lines deleted...]
-      <c r="E15" s="87" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="92"/>
+      <c r="E15" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F15" s="91"/>
-[...1 lines deleted...]
-      <c r="H15" s="87" t="s">
+      <c r="F15" s="85"/>
+      <c r="G15" s="92"/>
+      <c r="H15" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I15" s="91"/>
-[...1 lines deleted...]
-      <c r="K15" s="87" t="s">
+      <c r="I15" s="85"/>
+      <c r="J15" s="92"/>
+      <c r="K15" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L15" s="91"/>
-[...1 lines deleted...]
-      <c r="N15" s="87" t="s">
+      <c r="L15" s="85"/>
+      <c r="M15" s="92"/>
+      <c r="N15" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O15" s="91"/>
-[...1 lines deleted...]
-      <c r="Q15" s="87" t="s">
+      <c r="O15" s="85"/>
+      <c r="P15" s="92"/>
+      <c r="Q15" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R15" s="91"/>
-[...8 lines deleted...]
-      <c r="A16" s="100"/>
+      <c r="R15" s="85"/>
+      <c r="S15" s="92"/>
+      <c r="T15" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U15" s="85"/>
+      <c r="V15" s="86"/>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A16" s="93"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="6" t="s">
@@ -11793,355 +12188,571 @@
       <c r="O16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="53"/>
-[...16 lines deleted...]
-      <c r="S17" s="58"/>
+      <c r="B17" s="53">
+        <v>615</v>
+      </c>
+      <c r="C17" s="54">
+        <v>365</v>
+      </c>
+      <c r="D17" s="58">
+        <v>980</v>
+      </c>
+      <c r="E17" s="53">
+        <v>304</v>
+      </c>
+      <c r="F17" s="54">
+        <v>437</v>
+      </c>
+      <c r="G17" s="58">
+        <v>741</v>
+      </c>
+      <c r="H17" s="53">
+        <v>392</v>
+      </c>
+      <c r="I17" s="54">
+        <v>391</v>
+      </c>
+      <c r="J17" s="58">
+        <v>783</v>
+      </c>
+      <c r="K17" s="53">
+        <v>154</v>
+      </c>
+      <c r="L17" s="54">
+        <v>255</v>
+      </c>
+      <c r="M17" s="58">
+        <v>409</v>
+      </c>
+      <c r="N17" s="53">
+        <v>15</v>
+      </c>
+      <c r="O17" s="54">
+        <v>15</v>
+      </c>
+      <c r="P17" s="58">
+        <v>30</v>
+      </c>
+      <c r="Q17" s="53">
+        <v>57</v>
+      </c>
+      <c r="R17" s="54">
+        <v>70</v>
+      </c>
+      <c r="S17" s="58">
+        <v>127</v>
+      </c>
       <c r="T17" s="53">
         <f>SUM(B17,E17,H17,K17,N17,Q17)</f>
-        <v>0</v>
+        <v>1537</v>
       </c>
       <c r="U17" s="54">
         <f t="shared" ref="U17:U22" si="3">SUM(C17,F17,I17,L17,O17,R17)</f>
-        <v>0</v>
+        <v>1533</v>
       </c>
       <c r="V17" s="55">
         <f t="shared" ref="V17:V22" si="4">SUM(D17,G17,J17,M17,P17,S17)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="53"/>
-[...16 lines deleted...]
-      <c r="S18" s="58"/>
+      <c r="B18" s="53">
+        <v>80</v>
+      </c>
+      <c r="C18" s="54">
+        <v>59</v>
+      </c>
+      <c r="D18" s="58">
+        <v>139</v>
+      </c>
+      <c r="E18" s="53">
+        <v>123</v>
+      </c>
+      <c r="F18" s="54">
+        <v>193</v>
+      </c>
+      <c r="G18" s="58">
+        <v>316</v>
+      </c>
+      <c r="H18" s="53">
+        <v>96</v>
+      </c>
+      <c r="I18" s="54">
+        <v>99</v>
+      </c>
+      <c r="J18" s="58">
+        <v>195</v>
+      </c>
+      <c r="K18" s="53">
+        <v>90</v>
+      </c>
+      <c r="L18" s="54">
+        <v>130</v>
+      </c>
+      <c r="M18" s="58">
+        <v>220</v>
+      </c>
+      <c r="N18" s="53">
+        <v>11</v>
+      </c>
+      <c r="O18" s="54">
+        <v>16</v>
+      </c>
+      <c r="P18" s="58">
+        <v>27</v>
+      </c>
+      <c r="Q18" s="53">
+        <v>11</v>
+      </c>
+      <c r="R18" s="54">
+        <v>22</v>
+      </c>
+      <c r="S18" s="58">
+        <v>33</v>
+      </c>
       <c r="T18" s="53">
         <f t="shared" ref="T18:T22" si="5">SUM(B18,E18,H18,K18,N18,Q18)</f>
-        <v>0</v>
+        <v>411</v>
       </c>
       <c r="U18" s="54">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>519</v>
       </c>
       <c r="V18" s="55">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="53"/>
-[...16 lines deleted...]
-      <c r="S19" s="58"/>
+      <c r="B19" s="53">
+        <v>90</v>
+      </c>
+      <c r="C19" s="54">
+        <v>58</v>
+      </c>
+      <c r="D19" s="58">
+        <v>148</v>
+      </c>
+      <c r="E19" s="53">
+        <v>137</v>
+      </c>
+      <c r="F19" s="54">
+        <v>209</v>
+      </c>
+      <c r="G19" s="58">
+        <v>346</v>
+      </c>
+      <c r="H19" s="53">
+        <v>111</v>
+      </c>
+      <c r="I19" s="54">
+        <v>128</v>
+      </c>
+      <c r="J19" s="58">
+        <v>239</v>
+      </c>
+      <c r="K19" s="53">
+        <v>49</v>
+      </c>
+      <c r="L19" s="54">
+        <v>104</v>
+      </c>
+      <c r="M19" s="58">
+        <v>153</v>
+      </c>
+      <c r="N19" s="53">
+        <v>6</v>
+      </c>
+      <c r="O19" s="54">
+        <v>13</v>
+      </c>
+      <c r="P19" s="58">
+        <v>19</v>
+      </c>
+      <c r="Q19" s="53">
+        <v>22</v>
+      </c>
+      <c r="R19" s="54">
+        <v>29</v>
+      </c>
+      <c r="S19" s="58">
+        <v>51</v>
+      </c>
       <c r="T19" s="53">
         <f t="shared" si="5"/>
-        <v>0</v>
+        <v>415</v>
       </c>
       <c r="U19" s="54">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>541</v>
       </c>
       <c r="V19" s="55">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="53"/>
-[...16 lines deleted...]
-      <c r="S20" s="58"/>
+      <c r="B20" s="53">
+        <v>84</v>
+      </c>
+      <c r="C20" s="54">
+        <v>41</v>
+      </c>
+      <c r="D20" s="58">
+        <v>125</v>
+      </c>
+      <c r="E20" s="53">
+        <v>104</v>
+      </c>
+      <c r="F20" s="54">
+        <v>176</v>
+      </c>
+      <c r="G20" s="58">
+        <v>280</v>
+      </c>
+      <c r="H20" s="53">
+        <v>99</v>
+      </c>
+      <c r="I20" s="54">
+        <v>116</v>
+      </c>
+      <c r="J20" s="58">
+        <v>215</v>
+      </c>
+      <c r="K20" s="53">
+        <v>63</v>
+      </c>
+      <c r="L20" s="54">
+        <v>123</v>
+      </c>
+      <c r="M20" s="58">
+        <v>186</v>
+      </c>
+      <c r="N20" s="53">
+        <v>7</v>
+      </c>
+      <c r="O20" s="54">
+        <v>17</v>
+      </c>
+      <c r="P20" s="58">
+        <v>24</v>
+      </c>
+      <c r="Q20" s="53">
+        <v>15</v>
+      </c>
+      <c r="R20" s="54">
+        <v>21</v>
+      </c>
+      <c r="S20" s="58">
+        <v>36</v>
+      </c>
       <c r="T20" s="53">
         <f t="shared" si="5"/>
-        <v>0</v>
+        <v>372</v>
       </c>
       <c r="U20" s="54">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="V20" s="55">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="21" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="53"/>
-[...16 lines deleted...]
-      <c r="S21" s="58"/>
+      <c r="B21" s="53">
+        <v>85</v>
+      </c>
+      <c r="C21" s="54">
+        <v>51</v>
+      </c>
+      <c r="D21" s="58">
+        <v>136</v>
+      </c>
+      <c r="E21" s="53">
+        <v>123</v>
+      </c>
+      <c r="F21" s="54">
+        <v>180</v>
+      </c>
+      <c r="G21" s="58">
+        <v>303</v>
+      </c>
+      <c r="H21" s="53">
+        <v>90</v>
+      </c>
+      <c r="I21" s="54">
+        <v>139</v>
+      </c>
+      <c r="J21" s="58">
+        <v>229</v>
+      </c>
+      <c r="K21" s="53">
+        <v>60</v>
+      </c>
+      <c r="L21" s="54">
+        <v>123</v>
+      </c>
+      <c r="M21" s="58">
+        <v>183</v>
+      </c>
+      <c r="N21" s="53">
+        <v>7</v>
+      </c>
+      <c r="O21" s="54">
+        <v>16</v>
+      </c>
+      <c r="P21" s="58">
+        <v>23</v>
+      </c>
+      <c r="Q21" s="53">
+        <v>14</v>
+      </c>
+      <c r="R21" s="54">
+        <v>35</v>
+      </c>
+      <c r="S21" s="58">
+        <v>49</v>
+      </c>
       <c r="T21" s="53">
         <f t="shared" si="5"/>
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="U21" s="54">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>544</v>
       </c>
       <c r="V21" s="55">
         <f t="shared" si="4"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="22"/>
-[...16 lines deleted...]
-      <c r="S22" s="63"/>
+      <c r="B22" s="22">
+        <v>954</v>
+      </c>
+      <c r="C22" s="52">
+        <v>574</v>
+      </c>
+      <c r="D22" s="63">
+        <v>1528</v>
+      </c>
+      <c r="E22" s="22">
+        <v>791</v>
+      </c>
+      <c r="F22" s="52">
+        <v>1195</v>
+      </c>
+      <c r="G22" s="63">
+        <v>1986</v>
+      </c>
+      <c r="H22" s="22">
+        <v>788</v>
+      </c>
+      <c r="I22" s="52">
+        <v>873</v>
+      </c>
+      <c r="J22" s="63">
+        <v>1661</v>
+      </c>
+      <c r="K22" s="22">
+        <v>416</v>
+      </c>
+      <c r="L22" s="52">
+        <v>735</v>
+      </c>
+      <c r="M22" s="63">
+        <v>1151</v>
+      </c>
+      <c r="N22" s="22">
+        <v>46</v>
+      </c>
+      <c r="O22" s="52">
+        <v>77</v>
+      </c>
+      <c r="P22" s="63">
+        <v>123</v>
+      </c>
+      <c r="Q22" s="22">
+        <v>119</v>
+      </c>
+      <c r="R22" s="52">
+        <v>177</v>
+      </c>
+      <c r="S22" s="63">
+        <v>296</v>
+      </c>
       <c r="T22" s="22">
         <f t="shared" si="5"/>
-        <v>0</v>
+        <v>3114</v>
       </c>
       <c r="U22" s="52">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>3631</v>
       </c>
       <c r="V22" s="24">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>6745</v>
       </c>
     </row>
     <row r="23" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="100" t="s">
+      <c r="A24" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B24" s="98" t="s">
+      <c r="B24" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C24" s="98"/>
-[...18 lines deleted...]
-      <c r="V24" s="98"/>
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="94"/>
+      <c r="F24" s="94"/>
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="94"/>
+      <c r="J24" s="94"/>
+      <c r="K24" s="94"/>
+      <c r="L24" s="94"/>
+      <c r="M24" s="94"/>
+      <c r="N24" s="94"/>
+      <c r="O24" s="94"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="94"/>
+      <c r="R24" s="94"/>
+      <c r="S24" s="94"/>
+      <c r="T24" s="94"/>
+      <c r="U24" s="94"/>
+      <c r="V24" s="94"/>
     </row>
     <row r="25" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="100"/>
-      <c r="B25" s="99" t="s">
+      <c r="A25" s="93"/>
+      <c r="B25" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="99"/>
-[...18 lines deleted...]
-      <c r="V25" s="99"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
+      <c r="P25" s="95"/>
+      <c r="Q25" s="95"/>
+      <c r="R25" s="95"/>
+      <c r="S25" s="95"/>
+      <c r="T25" s="95"/>
+      <c r="U25" s="95"/>
+      <c r="V25" s="95"/>
     </row>
     <row r="26" spans="1:22" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="100"/>
-      <c r="B26" s="87" t="s">
+      <c r="A26" s="93"/>
+      <c r="B26" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C26" s="91"/>
-[...1 lines deleted...]
-      <c r="E26" s="87" t="s">
+      <c r="C26" s="85"/>
+      <c r="D26" s="92"/>
+      <c r="E26" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F26" s="91"/>
-[...1 lines deleted...]
-      <c r="H26" s="87" t="s">
+      <c r="F26" s="85"/>
+      <c r="G26" s="92"/>
+      <c r="H26" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I26" s="91"/>
-[...1 lines deleted...]
-      <c r="K26" s="87" t="s">
+      <c r="I26" s="85"/>
+      <c r="J26" s="92"/>
+      <c r="K26" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L26" s="91"/>
-[...1 lines deleted...]
-      <c r="N26" s="87" t="s">
+      <c r="L26" s="85"/>
+      <c r="M26" s="92"/>
+      <c r="N26" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O26" s="91"/>
-[...1 lines deleted...]
-      <c r="Q26" s="87" t="s">
+      <c r="O26" s="85"/>
+      <c r="P26" s="92"/>
+      <c r="Q26" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R26" s="91"/>
-[...5 lines deleted...]
-      <c r="V26" s="92"/>
+      <c r="R26" s="85"/>
+      <c r="S26" s="92"/>
+      <c r="T26" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U26" s="85"/>
+      <c r="V26" s="86"/>
     </row>
     <row r="27" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="100"/>
+      <c r="A27" s="93"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="6" t="s">
@@ -12374,143 +12985,143 @@
       <c r="J33" s="63"/>
       <c r="K33" s="22"/>
       <c r="L33" s="52"/>
       <c r="M33" s="63"/>
       <c r="N33" s="22"/>
       <c r="O33" s="52"/>
       <c r="P33" s="63"/>
       <c r="Q33" s="22"/>
       <c r="R33" s="52"/>
       <c r="S33" s="63"/>
       <c r="T33" s="13">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="U33" s="14">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="V33" s="18">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="35" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="100" t="s">
+      <c r="A35" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B35" s="98" t="s">
+      <c r="B35" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C35" s="98"/>
-[...18 lines deleted...]
-      <c r="V35" s="98"/>
+      <c r="C35" s="94"/>
+      <c r="D35" s="94"/>
+      <c r="E35" s="94"/>
+      <c r="F35" s="94"/>
+      <c r="G35" s="94"/>
+      <c r="H35" s="94"/>
+      <c r="I35" s="94"/>
+      <c r="J35" s="94"/>
+      <c r="K35" s="94"/>
+      <c r="L35" s="94"/>
+      <c r="M35" s="94"/>
+      <c r="N35" s="94"/>
+      <c r="O35" s="94"/>
+      <c r="P35" s="94"/>
+      <c r="Q35" s="94"/>
+      <c r="R35" s="94"/>
+      <c r="S35" s="94"/>
+      <c r="T35" s="94"/>
+      <c r="U35" s="94"/>
+      <c r="V35" s="94"/>
     </row>
     <row r="36" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="100"/>
-      <c r="B36" s="99" t="s">
+      <c r="A36" s="93"/>
+      <c r="B36" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="99"/>
-[...18 lines deleted...]
-      <c r="V36" s="99"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
+      <c r="P36" s="95"/>
+      <c r="Q36" s="95"/>
+      <c r="R36" s="95"/>
+      <c r="S36" s="95"/>
+      <c r="T36" s="95"/>
+      <c r="U36" s="95"/>
+      <c r="V36" s="95"/>
     </row>
     <row r="37" spans="1:22" ht="26.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="100"/>
-      <c r="B37" s="87" t="s">
+      <c r="A37" s="93"/>
+      <c r="B37" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C37" s="91"/>
-[...1 lines deleted...]
-      <c r="E37" s="87" t="s">
+      <c r="C37" s="85"/>
+      <c r="D37" s="92"/>
+      <c r="E37" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F37" s="91"/>
-[...1 lines deleted...]
-      <c r="H37" s="87" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="92"/>
+      <c r="H37" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I37" s="91"/>
-[...1 lines deleted...]
-      <c r="K37" s="87" t="s">
+      <c r="I37" s="85"/>
+      <c r="J37" s="92"/>
+      <c r="K37" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L37" s="91"/>
-[...1 lines deleted...]
-      <c r="N37" s="87" t="s">
+      <c r="L37" s="85"/>
+      <c r="M37" s="92"/>
+      <c r="N37" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O37" s="91"/>
-[...1 lines deleted...]
-      <c r="Q37" s="87" t="s">
+      <c r="O37" s="85"/>
+      <c r="P37" s="92"/>
+      <c r="Q37" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R37" s="91"/>
-[...5 lines deleted...]
-      <c r="V37" s="92"/>
+      <c r="R37" s="85"/>
+      <c r="S37" s="92"/>
+      <c r="T37" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U37" s="85"/>
+      <c r="V37" s="86"/>
     </row>
     <row r="38" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="100"/>
+      <c r="A38" s="93"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="6" t="s">
@@ -12743,143 +13354,143 @@
       <c r="J44" s="63"/>
       <c r="K44" s="22"/>
       <c r="L44" s="52"/>
       <c r="M44" s="63"/>
       <c r="N44" s="22"/>
       <c r="O44" s="52"/>
       <c r="P44" s="63"/>
       <c r="Q44" s="22"/>
       <c r="R44" s="52"/>
       <c r="S44" s="63"/>
       <c r="T44" s="13">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="U44" s="14">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="V44" s="18">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="100" t="s">
+      <c r="A46" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B46" s="98" t="s">
+      <c r="B46" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C46" s="98"/>
-[...18 lines deleted...]
-      <c r="V46" s="98"/>
+      <c r="C46" s="94"/>
+      <c r="D46" s="94"/>
+      <c r="E46" s="94"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="94"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="94"/>
+      <c r="J46" s="94"/>
+      <c r="K46" s="94"/>
+      <c r="L46" s="94"/>
+      <c r="M46" s="94"/>
+      <c r="N46" s="94"/>
+      <c r="O46" s="94"/>
+      <c r="P46" s="94"/>
+      <c r="Q46" s="94"/>
+      <c r="R46" s="94"/>
+      <c r="S46" s="94"/>
+      <c r="T46" s="94"/>
+      <c r="U46" s="94"/>
+      <c r="V46" s="94"/>
     </row>
     <row r="47" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="100"/>
-      <c r="B47" s="99" t="s">
+      <c r="A47" s="93"/>
+      <c r="B47" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="99"/>
-[...18 lines deleted...]
-      <c r="V47" s="99"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="95"/>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
+      <c r="P47" s="95"/>
+      <c r="Q47" s="95"/>
+      <c r="R47" s="95"/>
+      <c r="S47" s="95"/>
+      <c r="T47" s="95"/>
+      <c r="U47" s="95"/>
+      <c r="V47" s="95"/>
     </row>
     <row r="48" spans="1:22" ht="25.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="100"/>
-      <c r="B48" s="87" t="s">
+      <c r="A48" s="93"/>
+      <c r="B48" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C48" s="91"/>
-[...1 lines deleted...]
-      <c r="E48" s="87" t="s">
+      <c r="C48" s="85"/>
+      <c r="D48" s="92"/>
+      <c r="E48" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F48" s="91"/>
-[...1 lines deleted...]
-      <c r="H48" s="87" t="s">
+      <c r="F48" s="85"/>
+      <c r="G48" s="92"/>
+      <c r="H48" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I48" s="91"/>
-[...1 lines deleted...]
-      <c r="K48" s="87" t="s">
+      <c r="I48" s="85"/>
+      <c r="J48" s="92"/>
+      <c r="K48" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L48" s="91"/>
-[...1 lines deleted...]
-      <c r="N48" s="87" t="s">
+      <c r="L48" s="85"/>
+      <c r="M48" s="92"/>
+      <c r="N48" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O48" s="91"/>
-[...1 lines deleted...]
-      <c r="Q48" s="87" t="s">
+      <c r="O48" s="85"/>
+      <c r="P48" s="92"/>
+      <c r="Q48" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R48" s="91"/>
-[...5 lines deleted...]
-      <c r="V48" s="92"/>
+      <c r="R48" s="85"/>
+      <c r="S48" s="92"/>
+      <c r="T48" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U48" s="85"/>
+      <c r="V48" s="86"/>
     </row>
     <row r="49" spans="1:22" ht="16.149999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="100"/>
+      <c r="A49" s="93"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="6" t="s">
@@ -13112,143 +13723,143 @@
       <c r="J55" s="17"/>
       <c r="K55" s="13"/>
       <c r="L55" s="14"/>
       <c r="M55" s="17"/>
       <c r="N55" s="13"/>
       <c r="O55" s="14"/>
       <c r="P55" s="17"/>
       <c r="Q55" s="13"/>
       <c r="R55" s="14"/>
       <c r="S55" s="17"/>
       <c r="T55" s="13">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="U55" s="14">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="V55" s="18">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="57" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="100" t="s">
+      <c r="A57" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B57" s="98" t="s">
+      <c r="B57" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C57" s="98"/>
-[...18 lines deleted...]
-      <c r="V57" s="98"/>
+      <c r="C57" s="94"/>
+      <c r="D57" s="94"/>
+      <c r="E57" s="94"/>
+      <c r="F57" s="94"/>
+      <c r="G57" s="94"/>
+      <c r="H57" s="94"/>
+      <c r="I57" s="94"/>
+      <c r="J57" s="94"/>
+      <c r="K57" s="94"/>
+      <c r="L57" s="94"/>
+      <c r="M57" s="94"/>
+      <c r="N57" s="94"/>
+      <c r="O57" s="94"/>
+      <c r="P57" s="94"/>
+      <c r="Q57" s="94"/>
+      <c r="R57" s="94"/>
+      <c r="S57" s="94"/>
+      <c r="T57" s="94"/>
+      <c r="U57" s="94"/>
+      <c r="V57" s="94"/>
     </row>
     <row r="58" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="100"/>
-      <c r="B58" s="99" t="s">
+      <c r="A58" s="93"/>
+      <c r="B58" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="99"/>
-[...18 lines deleted...]
-      <c r="V58" s="99"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="95"/>
+      <c r="E58" s="95"/>
+      <c r="F58" s="95"/>
+      <c r="G58" s="95"/>
+      <c r="H58" s="95"/>
+      <c r="I58" s="95"/>
+      <c r="J58" s="95"/>
+      <c r="K58" s="95"/>
+      <c r="L58" s="95"/>
+      <c r="M58" s="95"/>
+      <c r="N58" s="95"/>
+      <c r="O58" s="95"/>
+      <c r="P58" s="95"/>
+      <c r="Q58" s="95"/>
+      <c r="R58" s="95"/>
+      <c r="S58" s="95"/>
+      <c r="T58" s="95"/>
+      <c r="U58" s="95"/>
+      <c r="V58" s="95"/>
     </row>
     <row r="59" spans="1:22" ht="23.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="100"/>
-      <c r="B59" s="87" t="s">
+      <c r="A59" s="93"/>
+      <c r="B59" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C59" s="91"/>
-[...1 lines deleted...]
-      <c r="E59" s="87" t="s">
+      <c r="C59" s="85"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F59" s="91"/>
-[...1 lines deleted...]
-      <c r="H59" s="87" t="s">
+      <c r="F59" s="85"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I59" s="91"/>
-[...1 lines deleted...]
-      <c r="K59" s="87" t="s">
+      <c r="I59" s="85"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L59" s="91"/>
-[...1 lines deleted...]
-      <c r="N59" s="87" t="s">
+      <c r="L59" s="85"/>
+      <c r="M59" s="92"/>
+      <c r="N59" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O59" s="91"/>
-[...1 lines deleted...]
-      <c r="Q59" s="87" t="s">
+      <c r="O59" s="85"/>
+      <c r="P59" s="92"/>
+      <c r="Q59" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R59" s="91"/>
-[...5 lines deleted...]
-      <c r="V59" s="92"/>
+      <c r="R59" s="85"/>
+      <c r="S59" s="92"/>
+      <c r="T59" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U59" s="85"/>
+      <c r="V59" s="86"/>
     </row>
     <row r="60" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="100"/>
+      <c r="A60" s="93"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="6" t="s">
@@ -13504,143 +14115,143 @@
     <row r="67" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A67" s="38"/>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="48"/>
       <c r="J67" s="48"/>
       <c r="K67" s="48"/>
       <c r="L67" s="48"/>
       <c r="M67" s="48"/>
       <c r="N67" s="48"/>
       <c r="O67" s="48"/>
       <c r="P67" s="48"/>
       <c r="Q67" s="48"/>
       <c r="R67" s="48"/>
       <c r="S67" s="48"/>
       <c r="T67" s="48"/>
       <c r="U67" s="48"/>
       <c r="V67" s="48"/>
     </row>
     <row r="68" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="100" t="s">
+      <c r="A68" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B68" s="98" t="s">
+      <c r="B68" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C68" s="98"/>
-[...18 lines deleted...]
-      <c r="V68" s="98"/>
+      <c r="C68" s="94"/>
+      <c r="D68" s="94"/>
+      <c r="E68" s="94"/>
+      <c r="F68" s="94"/>
+      <c r="G68" s="94"/>
+      <c r="H68" s="94"/>
+      <c r="I68" s="94"/>
+      <c r="J68" s="94"/>
+      <c r="K68" s="94"/>
+      <c r="L68" s="94"/>
+      <c r="M68" s="94"/>
+      <c r="N68" s="94"/>
+      <c r="O68" s="94"/>
+      <c r="P68" s="94"/>
+      <c r="Q68" s="94"/>
+      <c r="R68" s="94"/>
+      <c r="S68" s="94"/>
+      <c r="T68" s="94"/>
+      <c r="U68" s="94"/>
+      <c r="V68" s="94"/>
     </row>
     <row r="69" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="100"/>
-      <c r="B69" s="99" t="s">
+      <c r="A69" s="93"/>
+      <c r="B69" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="99"/>
-[...18 lines deleted...]
-      <c r="V69" s="99"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
+      <c r="P69" s="95"/>
+      <c r="Q69" s="95"/>
+      <c r="R69" s="95"/>
+      <c r="S69" s="95"/>
+      <c r="T69" s="95"/>
+      <c r="U69" s="95"/>
+      <c r="V69" s="95"/>
     </row>
     <row r="70" spans="1:22" ht="28.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="100"/>
-      <c r="B70" s="87" t="s">
+      <c r="A70" s="93"/>
+      <c r="B70" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C70" s="91"/>
-[...1 lines deleted...]
-      <c r="E70" s="87" t="s">
+      <c r="C70" s="85"/>
+      <c r="D70" s="92"/>
+      <c r="E70" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F70" s="91"/>
-[...1 lines deleted...]
-      <c r="H70" s="87" t="s">
+      <c r="F70" s="85"/>
+      <c r="G70" s="92"/>
+      <c r="H70" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I70" s="91"/>
-[...1 lines deleted...]
-      <c r="K70" s="87" t="s">
+      <c r="I70" s="85"/>
+      <c r="J70" s="92"/>
+      <c r="K70" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L70" s="91"/>
-[...1 lines deleted...]
-      <c r="N70" s="87" t="s">
+      <c r="L70" s="85"/>
+      <c r="M70" s="92"/>
+      <c r="N70" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O70" s="91"/>
-[...1 lines deleted...]
-      <c r="Q70" s="87" t="s">
+      <c r="O70" s="85"/>
+      <c r="P70" s="92"/>
+      <c r="Q70" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R70" s="91"/>
-[...5 lines deleted...]
-      <c r="V70" s="92"/>
+      <c r="R70" s="85"/>
+      <c r="S70" s="92"/>
+      <c r="T70" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U70" s="85"/>
+      <c r="V70" s="86"/>
     </row>
     <row r="71" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="100"/>
+      <c r="A71" s="93"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="6" t="s">
@@ -13873,143 +14484,143 @@
       <c r="J77" s="17"/>
       <c r="K77" s="13"/>
       <c r="L77" s="14"/>
       <c r="M77" s="17"/>
       <c r="N77" s="13"/>
       <c r="O77" s="14"/>
       <c r="P77" s="17"/>
       <c r="Q77" s="13"/>
       <c r="R77" s="14"/>
       <c r="S77" s="17"/>
       <c r="T77" s="13">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="U77" s="14">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="V77" s="18">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="79" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="100" t="s">
+      <c r="A79" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B79" s="98" t="s">
+      <c r="B79" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C79" s="98"/>
-[...18 lines deleted...]
-      <c r="V79" s="98"/>
+      <c r="C79" s="94"/>
+      <c r="D79" s="94"/>
+      <c r="E79" s="94"/>
+      <c r="F79" s="94"/>
+      <c r="G79" s="94"/>
+      <c r="H79" s="94"/>
+      <c r="I79" s="94"/>
+      <c r="J79" s="94"/>
+      <c r="K79" s="94"/>
+      <c r="L79" s="94"/>
+      <c r="M79" s="94"/>
+      <c r="N79" s="94"/>
+      <c r="O79" s="94"/>
+      <c r="P79" s="94"/>
+      <c r="Q79" s="94"/>
+      <c r="R79" s="94"/>
+      <c r="S79" s="94"/>
+      <c r="T79" s="94"/>
+      <c r="U79" s="94"/>
+      <c r="V79" s="94"/>
     </row>
     <row r="80" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="100"/>
-      <c r="B80" s="99" t="s">
+      <c r="A80" s="93"/>
+      <c r="B80" s="95" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="99"/>
-[...18 lines deleted...]
-      <c r="V80" s="99"/>
+      <c r="C80" s="95"/>
+      <c r="D80" s="95"/>
+      <c r="E80" s="95"/>
+      <c r="F80" s="95"/>
+      <c r="G80" s="95"/>
+      <c r="H80" s="95"/>
+      <c r="I80" s="95"/>
+      <c r="J80" s="95"/>
+      <c r="K80" s="95"/>
+      <c r="L80" s="95"/>
+      <c r="M80" s="95"/>
+      <c r="N80" s="95"/>
+      <c r="O80" s="95"/>
+      <c r="P80" s="95"/>
+      <c r="Q80" s="95"/>
+      <c r="R80" s="95"/>
+      <c r="S80" s="95"/>
+      <c r="T80" s="95"/>
+      <c r="U80" s="95"/>
+      <c r="V80" s="95"/>
     </row>
     <row r="81" spans="1:22" ht="26.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="100"/>
-      <c r="B81" s="87" t="s">
+      <c r="A81" s="93"/>
+      <c r="B81" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C81" s="91"/>
-[...1 lines deleted...]
-      <c r="E81" s="87" t="s">
+      <c r="C81" s="85"/>
+      <c r="D81" s="92"/>
+      <c r="E81" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F81" s="91"/>
-[...1 lines deleted...]
-      <c r="H81" s="87" t="s">
+      <c r="F81" s="85"/>
+      <c r="G81" s="92"/>
+      <c r="H81" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I81" s="91"/>
-[...1 lines deleted...]
-      <c r="K81" s="87" t="s">
+      <c r="I81" s="85"/>
+      <c r="J81" s="92"/>
+      <c r="K81" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L81" s="91"/>
-[...1 lines deleted...]
-      <c r="N81" s="87" t="s">
+      <c r="L81" s="85"/>
+      <c r="M81" s="92"/>
+      <c r="N81" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O81" s="91"/>
-[...1 lines deleted...]
-      <c r="Q81" s="87" t="s">
+      <c r="O81" s="85"/>
+      <c r="P81" s="92"/>
+      <c r="Q81" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R81" s="91"/>
-[...5 lines deleted...]
-      <c r="V81" s="92"/>
+      <c r="R81" s="85"/>
+      <c r="S81" s="92"/>
+      <c r="T81" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U81" s="85"/>
+      <c r="V81" s="86"/>
     </row>
     <row r="82" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="100"/>
+      <c r="A82" s="93"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="6" t="s">
@@ -14242,143 +14853,143 @@
       <c r="J88" s="17"/>
       <c r="K88" s="13"/>
       <c r="L88" s="14"/>
       <c r="M88" s="17"/>
       <c r="N88" s="13"/>
       <c r="O88" s="14"/>
       <c r="P88" s="17"/>
       <c r="Q88" s="13"/>
       <c r="R88" s="14"/>
       <c r="S88" s="17"/>
       <c r="T88" s="13">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="U88" s="14">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="V88" s="18">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="90" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="100" t="s">
+      <c r="A90" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B90" s="98" t="s">
+      <c r="B90" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C90" s="98"/>
-[...18 lines deleted...]
-      <c r="V90" s="98"/>
+      <c r="C90" s="94"/>
+      <c r="D90" s="94"/>
+      <c r="E90" s="94"/>
+      <c r="F90" s="94"/>
+      <c r="G90" s="94"/>
+      <c r="H90" s="94"/>
+      <c r="I90" s="94"/>
+      <c r="J90" s="94"/>
+      <c r="K90" s="94"/>
+      <c r="L90" s="94"/>
+      <c r="M90" s="94"/>
+      <c r="N90" s="94"/>
+      <c r="O90" s="94"/>
+      <c r="P90" s="94"/>
+      <c r="Q90" s="94"/>
+      <c r="R90" s="94"/>
+      <c r="S90" s="94"/>
+      <c r="T90" s="94"/>
+      <c r="U90" s="94"/>
+      <c r="V90" s="94"/>
     </row>
     <row r="91" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="100"/>
-      <c r="B91" s="99" t="s">
+      <c r="A91" s="93"/>
+      <c r="B91" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="99"/>
-[...18 lines deleted...]
-      <c r="V91" s="99"/>
+      <c r="C91" s="95"/>
+      <c r="D91" s="95"/>
+      <c r="E91" s="95"/>
+      <c r="F91" s="95"/>
+      <c r="G91" s="95"/>
+      <c r="H91" s="95"/>
+      <c r="I91" s="95"/>
+      <c r="J91" s="95"/>
+      <c r="K91" s="95"/>
+      <c r="L91" s="95"/>
+      <c r="M91" s="95"/>
+      <c r="N91" s="95"/>
+      <c r="O91" s="95"/>
+      <c r="P91" s="95"/>
+      <c r="Q91" s="95"/>
+      <c r="R91" s="95"/>
+      <c r="S91" s="95"/>
+      <c r="T91" s="95"/>
+      <c r="U91" s="95"/>
+      <c r="V91" s="95"/>
     </row>
     <row r="92" spans="1:22" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="100"/>
-      <c r="B92" s="87" t="s">
+      <c r="A92" s="93"/>
+      <c r="B92" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C92" s="91"/>
-[...1 lines deleted...]
-      <c r="E92" s="87" t="s">
+      <c r="C92" s="85"/>
+      <c r="D92" s="92"/>
+      <c r="E92" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F92" s="91"/>
-[...1 lines deleted...]
-      <c r="H92" s="87" t="s">
+      <c r="F92" s="85"/>
+      <c r="G92" s="92"/>
+      <c r="H92" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I92" s="91"/>
-[...1 lines deleted...]
-      <c r="K92" s="87" t="s">
+      <c r="I92" s="85"/>
+      <c r="J92" s="92"/>
+      <c r="K92" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L92" s="91"/>
-[...1 lines deleted...]
-      <c r="N92" s="87" t="s">
+      <c r="L92" s="85"/>
+      <c r="M92" s="92"/>
+      <c r="N92" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O92" s="91"/>
-[...1 lines deleted...]
-      <c r="Q92" s="87" t="s">
+      <c r="O92" s="85"/>
+      <c r="P92" s="92"/>
+      <c r="Q92" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R92" s="91"/>
-[...5 lines deleted...]
-      <c r="V92" s="92"/>
+      <c r="R92" s="85"/>
+      <c r="S92" s="92"/>
+      <c r="T92" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U92" s="85"/>
+      <c r="V92" s="86"/>
     </row>
     <row r="93" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="100"/>
+      <c r="A93" s="93"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="6" t="s">
@@ -14611,143 +15222,143 @@
       <c r="J99" s="17"/>
       <c r="K99" s="13"/>
       <c r="L99" s="14"/>
       <c r="M99" s="17"/>
       <c r="N99" s="13"/>
       <c r="O99" s="14"/>
       <c r="P99" s="17"/>
       <c r="Q99" s="13"/>
       <c r="R99" s="14"/>
       <c r="S99" s="17"/>
       <c r="T99" s="13">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="U99" s="14">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="V99" s="18">
         <f t="shared" si="25"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="101" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="100" t="s">
+      <c r="A101" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B101" s="98" t="s">
+      <c r="B101" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C101" s="98"/>
-[...18 lines deleted...]
-      <c r="V101" s="98"/>
+      <c r="C101" s="94"/>
+      <c r="D101" s="94"/>
+      <c r="E101" s="94"/>
+      <c r="F101" s="94"/>
+      <c r="G101" s="94"/>
+      <c r="H101" s="94"/>
+      <c r="I101" s="94"/>
+      <c r="J101" s="94"/>
+      <c r="K101" s="94"/>
+      <c r="L101" s="94"/>
+      <c r="M101" s="94"/>
+      <c r="N101" s="94"/>
+      <c r="O101" s="94"/>
+      <c r="P101" s="94"/>
+      <c r="Q101" s="94"/>
+      <c r="R101" s="94"/>
+      <c r="S101" s="94"/>
+      <c r="T101" s="94"/>
+      <c r="U101" s="94"/>
+      <c r="V101" s="94"/>
     </row>
     <row r="102" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="100"/>
-      <c r="B102" s="99" t="s">
+      <c r="A102" s="93"/>
+      <c r="B102" s="95" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="99"/>
-[...18 lines deleted...]
-      <c r="V102" s="99"/>
+      <c r="C102" s="95"/>
+      <c r="D102" s="95"/>
+      <c r="E102" s="95"/>
+      <c r="F102" s="95"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
+      <c r="I102" s="95"/>
+      <c r="J102" s="95"/>
+      <c r="K102" s="95"/>
+      <c r="L102" s="95"/>
+      <c r="M102" s="95"/>
+      <c r="N102" s="95"/>
+      <c r="O102" s="95"/>
+      <c r="P102" s="95"/>
+      <c r="Q102" s="95"/>
+      <c r="R102" s="95"/>
+      <c r="S102" s="95"/>
+      <c r="T102" s="95"/>
+      <c r="U102" s="95"/>
+      <c r="V102" s="95"/>
     </row>
     <row r="103" spans="1:22" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="100"/>
-      <c r="B103" s="87" t="s">
+      <c r="A103" s="93"/>
+      <c r="B103" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C103" s="91"/>
-[...1 lines deleted...]
-      <c r="E103" s="87" t="s">
+      <c r="C103" s="85"/>
+      <c r="D103" s="92"/>
+      <c r="E103" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F103" s="91"/>
-[...1 lines deleted...]
-      <c r="H103" s="87" t="s">
+      <c r="F103" s="85"/>
+      <c r="G103" s="92"/>
+      <c r="H103" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I103" s="91"/>
-[...1 lines deleted...]
-      <c r="K103" s="87" t="s">
+      <c r="I103" s="85"/>
+      <c r="J103" s="92"/>
+      <c r="K103" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L103" s="91"/>
-[...1 lines deleted...]
-      <c r="N103" s="87" t="s">
+      <c r="L103" s="85"/>
+      <c r="M103" s="92"/>
+      <c r="N103" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O103" s="91"/>
-[...1 lines deleted...]
-      <c r="Q103" s="87" t="s">
+      <c r="O103" s="85"/>
+      <c r="P103" s="92"/>
+      <c r="Q103" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R103" s="91"/>
-[...5 lines deleted...]
-      <c r="V103" s="92"/>
+      <c r="R103" s="85"/>
+      <c r="S103" s="92"/>
+      <c r="T103" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U103" s="85"/>
+      <c r="V103" s="86"/>
     </row>
     <row r="104" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="100"/>
+      <c r="A104" s="93"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="6" t="s">
@@ -14980,143 +15591,143 @@
       <c r="J110" s="17"/>
       <c r="K110" s="13"/>
       <c r="L110" s="14"/>
       <c r="M110" s="17"/>
       <c r="N110" s="13"/>
       <c r="O110" s="14"/>
       <c r="P110" s="17"/>
       <c r="Q110" s="13"/>
       <c r="R110" s="14"/>
       <c r="S110" s="17"/>
       <c r="T110" s="13">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="U110" s="14">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="V110" s="18">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="100" t="s">
+      <c r="A112" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B112" s="98" t="s">
+      <c r="B112" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C112" s="98"/>
-[...18 lines deleted...]
-      <c r="V112" s="98"/>
+      <c r="C112" s="94"/>
+      <c r="D112" s="94"/>
+      <c r="E112" s="94"/>
+      <c r="F112" s="94"/>
+      <c r="G112" s="94"/>
+      <c r="H112" s="94"/>
+      <c r="I112" s="94"/>
+      <c r="J112" s="94"/>
+      <c r="K112" s="94"/>
+      <c r="L112" s="94"/>
+      <c r="M112" s="94"/>
+      <c r="N112" s="94"/>
+      <c r="O112" s="94"/>
+      <c r="P112" s="94"/>
+      <c r="Q112" s="94"/>
+      <c r="R112" s="94"/>
+      <c r="S112" s="94"/>
+      <c r="T112" s="94"/>
+      <c r="U112" s="94"/>
+      <c r="V112" s="94"/>
     </row>
     <row r="113" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="100"/>
-      <c r="B113" s="99" t="s">
+      <c r="A113" s="93"/>
+      <c r="B113" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="99"/>
-[...18 lines deleted...]
-      <c r="V113" s="99"/>
+      <c r="C113" s="95"/>
+      <c r="D113" s="95"/>
+      <c r="E113" s="95"/>
+      <c r="F113" s="95"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
+      <c r="I113" s="95"/>
+      <c r="J113" s="95"/>
+      <c r="K113" s="95"/>
+      <c r="L113" s="95"/>
+      <c r="M113" s="95"/>
+      <c r="N113" s="95"/>
+      <c r="O113" s="95"/>
+      <c r="P113" s="95"/>
+      <c r="Q113" s="95"/>
+      <c r="R113" s="95"/>
+      <c r="S113" s="95"/>
+      <c r="T113" s="95"/>
+      <c r="U113" s="95"/>
+      <c r="V113" s="95"/>
     </row>
     <row r="114" spans="1:22" ht="24.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="100"/>
-      <c r="B114" s="87" t="s">
+      <c r="A114" s="93"/>
+      <c r="B114" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C114" s="91"/>
-[...1 lines deleted...]
-      <c r="E114" s="87" t="s">
+      <c r="C114" s="85"/>
+      <c r="D114" s="92"/>
+      <c r="E114" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F114" s="91"/>
-[...1 lines deleted...]
-      <c r="H114" s="87" t="s">
+      <c r="F114" s="85"/>
+      <c r="G114" s="92"/>
+      <c r="H114" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I114" s="91"/>
-[...1 lines deleted...]
-      <c r="K114" s="87" t="s">
+      <c r="I114" s="85"/>
+      <c r="J114" s="92"/>
+      <c r="K114" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L114" s="91"/>
-[...1 lines deleted...]
-      <c r="N114" s="87" t="s">
+      <c r="L114" s="85"/>
+      <c r="M114" s="92"/>
+      <c r="N114" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O114" s="91"/>
-[...1 lines deleted...]
-      <c r="Q114" s="87" t="s">
+      <c r="O114" s="85"/>
+      <c r="P114" s="92"/>
+      <c r="Q114" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R114" s="91"/>
-[...5 lines deleted...]
-      <c r="V114" s="92"/>
+      <c r="R114" s="85"/>
+      <c r="S114" s="92"/>
+      <c r="T114" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U114" s="85"/>
+      <c r="V114" s="86"/>
     </row>
     <row r="115" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="100"/>
+      <c r="A115" s="93"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="6" t="s">
@@ -15349,143 +15960,143 @@
       <c r="J121" s="17"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="17"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="17"/>
       <c r="Q121" s="13"/>
       <c r="R121" s="14"/>
       <c r="S121" s="17"/>
       <c r="T121" s="13">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U121" s="14">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V121" s="18">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="100" t="s">
+      <c r="A123" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B123" s="98" t="s">
+      <c r="B123" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C123" s="98"/>
-[...18 lines deleted...]
-      <c r="V123" s="98"/>
+      <c r="C123" s="94"/>
+      <c r="D123" s="94"/>
+      <c r="E123" s="94"/>
+      <c r="F123" s="94"/>
+      <c r="G123" s="94"/>
+      <c r="H123" s="94"/>
+      <c r="I123" s="94"/>
+      <c r="J123" s="94"/>
+      <c r="K123" s="94"/>
+      <c r="L123" s="94"/>
+      <c r="M123" s="94"/>
+      <c r="N123" s="94"/>
+      <c r="O123" s="94"/>
+      <c r="P123" s="94"/>
+      <c r="Q123" s="94"/>
+      <c r="R123" s="94"/>
+      <c r="S123" s="94"/>
+      <c r="T123" s="94"/>
+      <c r="U123" s="94"/>
+      <c r="V123" s="94"/>
     </row>
     <row r="124" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="100"/>
-      <c r="B124" s="99" t="s">
+      <c r="A124" s="93"/>
+      <c r="B124" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="99"/>
-[...18 lines deleted...]
-      <c r="V124" s="99"/>
+      <c r="C124" s="95"/>
+      <c r="D124" s="95"/>
+      <c r="E124" s="95"/>
+      <c r="F124" s="95"/>
+      <c r="G124" s="95"/>
+      <c r="H124" s="95"/>
+      <c r="I124" s="95"/>
+      <c r="J124" s="95"/>
+      <c r="K124" s="95"/>
+      <c r="L124" s="95"/>
+      <c r="M124" s="95"/>
+      <c r="N124" s="95"/>
+      <c r="O124" s="95"/>
+      <c r="P124" s="95"/>
+      <c r="Q124" s="95"/>
+      <c r="R124" s="95"/>
+      <c r="S124" s="95"/>
+      <c r="T124" s="95"/>
+      <c r="U124" s="95"/>
+      <c r="V124" s="95"/>
     </row>
     <row r="125" spans="1:22" ht="29.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="100"/>
-      <c r="B125" s="87" t="s">
+      <c r="A125" s="93"/>
+      <c r="B125" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C125" s="91"/>
-[...1 lines deleted...]
-      <c r="E125" s="87" t="s">
+      <c r="C125" s="85"/>
+      <c r="D125" s="92"/>
+      <c r="E125" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F125" s="91"/>
-[...1 lines deleted...]
-      <c r="H125" s="87" t="s">
+      <c r="F125" s="85"/>
+      <c r="G125" s="92"/>
+      <c r="H125" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I125" s="91"/>
-[...1 lines deleted...]
-      <c r="K125" s="87" t="s">
+      <c r="I125" s="85"/>
+      <c r="J125" s="92"/>
+      <c r="K125" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L125" s="91"/>
-[...1 lines deleted...]
-      <c r="N125" s="87" t="s">
+      <c r="L125" s="85"/>
+      <c r="M125" s="92"/>
+      <c r="N125" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O125" s="91"/>
-[...1 lines deleted...]
-      <c r="Q125" s="87" t="s">
+      <c r="O125" s="85"/>
+      <c r="P125" s="92"/>
+      <c r="Q125" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R125" s="91"/>
-[...5 lines deleted...]
-      <c r="V125" s="92"/>
+      <c r="R125" s="85"/>
+      <c r="S125" s="92"/>
+      <c r="T125" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U125" s="85"/>
+      <c r="V125" s="86"/>
     </row>
     <row r="126" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="100"/>
+      <c r="A126" s="93"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="6" t="s">
@@ -15717,143 +16328,143 @@
       <c r="I132" s="14"/>
       <c r="J132" s="17"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="17"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="17"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="17"/>
       <c r="T132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A134" s="100" t="s">
+      <c r="A134" s="93" t="s">
         <v>45</v>
       </c>
-      <c r="B134" s="98" t="s">
+      <c r="B134" s="94" t="s">
         <v>46</v>
       </c>
-      <c r="C134" s="98"/>
-[...18 lines deleted...]
-      <c r="V134" s="98"/>
+      <c r="C134" s="94"/>
+      <c r="D134" s="94"/>
+      <c r="E134" s="94"/>
+      <c r="F134" s="94"/>
+      <c r="G134" s="94"/>
+      <c r="H134" s="94"/>
+      <c r="I134" s="94"/>
+      <c r="J134" s="94"/>
+      <c r="K134" s="94"/>
+      <c r="L134" s="94"/>
+      <c r="M134" s="94"/>
+      <c r="N134" s="94"/>
+      <c r="O134" s="94"/>
+      <c r="P134" s="94"/>
+      <c r="Q134" s="94"/>
+      <c r="R134" s="94"/>
+      <c r="S134" s="94"/>
+      <c r="T134" s="94"/>
+      <c r="U134" s="94"/>
+      <c r="V134" s="94"/>
     </row>
     <row r="135" spans="1:25" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="100"/>
+      <c r="A135" s="93"/>
       <c r="B135" s="101" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="102"/>
       <c r="D135" s="102"/>
       <c r="E135" s="102"/>
       <c r="F135" s="102"/>
       <c r="G135" s="102"/>
       <c r="H135" s="102"/>
       <c r="I135" s="102"/>
       <c r="J135" s="102"/>
       <c r="K135" s="102"/>
       <c r="L135" s="102"/>
       <c r="M135" s="102"/>
       <c r="N135" s="102"/>
       <c r="O135" s="102"/>
       <c r="P135" s="102"/>
       <c r="Q135" s="102"/>
       <c r="R135" s="102"/>
       <c r="S135" s="102"/>
       <c r="T135" s="102"/>
       <c r="U135" s="102"/>
       <c r="V135" s="103"/>
     </row>
     <row r="136" spans="1:25" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="100"/>
-      <c r="B136" s="87" t="s">
+      <c r="A136" s="93"/>
+      <c r="B136" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C136" s="91"/>
-[...1 lines deleted...]
-      <c r="E136" s="87" t="s">
+      <c r="C136" s="85"/>
+      <c r="D136" s="92"/>
+      <c r="E136" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F136" s="91"/>
-[...1 lines deleted...]
-      <c r="H136" s="87" t="s">
+      <c r="F136" s="85"/>
+      <c r="G136" s="92"/>
+      <c r="H136" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I136" s="91"/>
-[...1 lines deleted...]
-      <c r="K136" s="87" t="s">
+      <c r="I136" s="85"/>
+      <c r="J136" s="92"/>
+      <c r="K136" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L136" s="91"/>
-[...1 lines deleted...]
-      <c r="N136" s="87" t="s">
+      <c r="L136" s="85"/>
+      <c r="M136" s="92"/>
+      <c r="N136" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O136" s="91"/>
-[...1 lines deleted...]
-      <c r="Q136" s="87" t="s">
+      <c r="O136" s="85"/>
+      <c r="P136" s="92"/>
+      <c r="Q136" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R136" s="91"/>
-[...5 lines deleted...]
-      <c r="V136" s="92"/>
+      <c r="R136" s="85"/>
+      <c r="S136" s="92"/>
+      <c r="T136" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U136" s="85"/>
+      <c r="V136" s="86"/>
     </row>
     <row r="137" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A137" s="100"/>
+      <c r="A137" s="93"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="6" t="s">
@@ -15880,863 +16491,863 @@
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U137" s="35" t="s">
         <v>15</v>
       </c>
       <c r="V137" s="36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="40">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>825</v>
+        <v>1440</v>
       </c>
       <c r="C138" s="40">
         <f t="shared" ref="C138:D138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>462</v>
+        <v>827</v>
       </c>
       <c r="D138" s="40">
         <f t="shared" si="36"/>
-        <v>1287</v>
+        <v>2267</v>
       </c>
       <c r="E138" s="40">
         <f>SUM(E6,E17,E28,E39,E50,E61,E72,E83,E94,E105,E116,E127)</f>
-        <v>410</v>
+        <v>714</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" ref="F138:V138" si="37">SUM(F6,F17,F28,F39,F50,F61,F72,F83,F94,F105,F116,F127)</f>
-        <v>486</v>
+        <v>923</v>
       </c>
       <c r="G138" s="41">
         <f t="shared" si="37"/>
-        <v>896</v>
+        <v>1637</v>
       </c>
       <c r="H138" s="40">
         <f t="shared" si="37"/>
-        <v>441</v>
+        <v>833</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="37"/>
-        <v>491</v>
+        <v>882</v>
       </c>
       <c r="J138" s="41">
         <f t="shared" si="37"/>
-        <v>932</v>
+        <v>1715</v>
       </c>
       <c r="K138" s="56">
         <f>SUM(K6,K17,K28,K39,K50,K61,K72,K83,K94,K105,K116,K127)</f>
-        <v>188</v>
+        <v>342</v>
       </c>
       <c r="L138" s="54">
         <f t="shared" si="37"/>
-        <v>314</v>
+        <v>569</v>
       </c>
       <c r="M138" s="59">
         <f t="shared" si="37"/>
-        <v>502</v>
+        <v>911</v>
       </c>
       <c r="N138" s="40">
         <f t="shared" si="37"/>
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="37"/>
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="P138" s="41">
         <f t="shared" si="37"/>
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="Q138" s="40">
         <f t="shared" si="37"/>
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="37"/>
-        <v>81</v>
+        <v>151</v>
       </c>
       <c r="S138" s="41">
         <f t="shared" si="37"/>
-        <v>132</v>
+        <v>259</v>
       </c>
       <c r="T138" s="56">
         <f>SUM(T6,T17,T28,T39,T50,T61,T72,T83,T94,T105,T116,T127)</f>
-        <v>1923</v>
+        <v>3460</v>
       </c>
       <c r="U138" s="54">
         <f t="shared" si="37"/>
-        <v>1865</v>
+        <v>3398</v>
       </c>
       <c r="V138" s="57">
         <f t="shared" si="37"/>
-        <v>3788</v>
+        <v>6858</v>
       </c>
       <c r="W138" s="28"/>
       <c r="X138" s="28"/>
       <c r="Y138" s="28"/>
     </row>
     <row r="139" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="40">
         <f t="shared" ref="B139:D143" si="38">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>126</v>
+        <v>206</v>
       </c>
       <c r="C139" s="40">
         <f t="shared" si="38"/>
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="D139" s="40">
         <f t="shared" si="38"/>
-        <v>186</v>
+        <v>325</v>
       </c>
       <c r="E139" s="40">
         <f t="shared" ref="E139:V139" si="39">SUM(E7,E18,E29,E40,E51,E62,E73,E84,E95,E106,E117,E128)</f>
-        <v>146</v>
+        <v>269</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>281</v>
+        <v>474</v>
       </c>
       <c r="G139" s="41">
         <f t="shared" si="39"/>
-        <v>427</v>
+        <v>743</v>
       </c>
       <c r="H139" s="40">
         <f t="shared" si="39"/>
-        <v>161</v>
+        <v>257</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>172</v>
+        <v>271</v>
       </c>
       <c r="J139" s="41">
         <f t="shared" si="39"/>
-        <v>333</v>
+        <v>528</v>
       </c>
       <c r="K139" s="56">
         <f t="shared" si="39"/>
-        <v>96</v>
+        <v>186</v>
       </c>
       <c r="L139" s="54">
         <f t="shared" si="39"/>
-        <v>192</v>
+        <v>322</v>
       </c>
       <c r="M139" s="59">
         <f t="shared" si="39"/>
-        <v>288</v>
+        <v>508</v>
       </c>
       <c r="N139" s="40">
         <f t="shared" si="39"/>
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="P139" s="41">
         <f t="shared" si="39"/>
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="Q139" s="40">
         <f t="shared" si="39"/>
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="S139" s="41">
         <f t="shared" si="39"/>
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="T139" s="56">
         <f>SUM(T7,T18,T29,T40,T51,T62,T73,T84,T95,T106,T117,T128)</f>
-        <v>556</v>
+        <v>967</v>
       </c>
       <c r="U139" s="54">
         <f t="shared" si="39"/>
-        <v>761</v>
+        <v>1280</v>
       </c>
       <c r="V139" s="57">
         <f t="shared" si="39"/>
-        <v>1317</v>
+        <v>2247</v>
       </c>
       <c r="W139" s="28"/>
       <c r="X139" s="28"/>
       <c r="Y139" s="28"/>
     </row>
     <row r="140" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="40">
         <f>SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="C140" s="40">
         <f t="shared" si="38"/>
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="D140" s="40">
         <f t="shared" si="38"/>
-        <v>202</v>
+        <v>350</v>
       </c>
       <c r="E140" s="40">
         <f t="shared" ref="E140:V140" si="40">SUM(E8,E19,E30,E41,E52,E63,E74,E85,E96,E107,E118,E129)</f>
-        <v>197</v>
+        <v>334</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>318</v>
+        <v>527</v>
       </c>
       <c r="G140" s="41">
         <f>SUM(G8,G19,G30,G41,G52,G63,G74,G85,G96,G107,G118,G129)</f>
-        <v>515</v>
+        <v>861</v>
       </c>
       <c r="H140" s="40">
         <f t="shared" si="40"/>
-        <v>117</v>
+        <v>228</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>155</v>
+        <v>283</v>
       </c>
       <c r="J140" s="41">
         <f t="shared" si="40"/>
-        <v>272</v>
+        <v>511</v>
       </c>
       <c r="K140" s="56">
         <f t="shared" si="40"/>
-        <v>57</v>
+        <v>106</v>
       </c>
       <c r="L140" s="54">
         <f t="shared" si="40"/>
-        <v>152</v>
+        <v>256</v>
       </c>
       <c r="M140" s="59">
         <f t="shared" si="40"/>
-        <v>209</v>
+        <v>362</v>
       </c>
       <c r="N140" s="40">
         <f t="shared" si="40"/>
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="P140" s="41">
         <f t="shared" si="40"/>
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="Q140" s="40">
         <f t="shared" si="40"/>
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="S140" s="41">
         <f t="shared" si="40"/>
-        <v>76</v>
+        <v>127</v>
       </c>
       <c r="T140" s="56">
         <f t="shared" si="40"/>
-        <v>546</v>
+        <v>961</v>
       </c>
       <c r="U140" s="54">
         <f t="shared" si="40"/>
-        <v>754</v>
+        <v>1295</v>
       </c>
       <c r="V140" s="57">
         <f t="shared" si="40"/>
-        <v>1300</v>
+        <v>2256</v>
       </c>
       <c r="W140" s="28"/>
       <c r="X140" s="28"/>
       <c r="Y140" s="28"/>
     </row>
     <row r="141" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="40">
         <f t="shared" si="38"/>
-        <v>152</v>
+        <v>236</v>
       </c>
       <c r="C141" s="40">
         <f t="shared" si="38"/>
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="D141" s="40">
         <f t="shared" si="38"/>
-        <v>214</v>
+        <v>339</v>
       </c>
       <c r="E141" s="40">
         <f t="shared" ref="E141:V141" si="41">SUM(E9,E20,E31,E42,E53,E64,E75,E86,E97,E108,E119,E130)</f>
-        <v>175</v>
+        <v>279</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>257</v>
+        <v>433</v>
       </c>
       <c r="G141" s="41">
         <f t="shared" si="41"/>
-        <v>432</v>
+        <v>712</v>
       </c>
       <c r="H141" s="40">
         <f t="shared" si="41"/>
-        <v>154</v>
+        <v>253</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>147</v>
+        <v>263</v>
       </c>
       <c r="J141" s="41">
         <f t="shared" si="41"/>
-        <v>301</v>
+        <v>516</v>
       </c>
       <c r="K141" s="40">
         <f t="shared" si="41"/>
-        <v>97</v>
+        <v>160</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>148</v>
+        <v>271</v>
       </c>
       <c r="M141" s="41">
         <f t="shared" si="41"/>
-        <v>245</v>
+        <v>431</v>
       </c>
       <c r="N141" s="40">
         <f t="shared" si="41"/>
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="P141" s="41">
         <f t="shared" si="41"/>
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="Q141" s="40">
         <f t="shared" si="41"/>
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="S141" s="41">
         <f t="shared" si="41"/>
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="T141" s="40">
         <f>SUM(T9,T20,T31,T42,T53,T64,T75,T86,T97,T108,T119,T130)</f>
-        <v>604</v>
+        <v>976</v>
       </c>
       <c r="U141" s="1">
         <f>SUM(U9,U20,U31,U42,U53,U64,U75,U86,U97,U108,U119,U130)</f>
-        <v>648</v>
+        <v>1142</v>
       </c>
       <c r="V141" s="46">
         <f t="shared" si="41"/>
-        <v>1252</v>
+        <v>2118</v>
       </c>
       <c r="W141" s="28"/>
       <c r="X141" s="28"/>
       <c r="Y141" s="28"/>
     </row>
     <row r="142" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="43">
         <f t="shared" si="38"/>
-        <v>130</v>
+        <v>215</v>
       </c>
       <c r="C142" s="43">
         <f t="shared" si="38"/>
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="D142" s="43">
         <f t="shared" si="38"/>
-        <v>196</v>
+        <v>332</v>
       </c>
       <c r="E142" s="43">
         <f t="shared" ref="E142:V142" si="42">SUM(E10,E21,E32,E43,E54,E65,E76,E87,E98,E109,E120,E131)</f>
-        <v>128</v>
+        <v>251</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="42"/>
-        <v>239</v>
+        <v>419</v>
       </c>
       <c r="G142" s="44">
         <f t="shared" si="42"/>
-        <v>367</v>
+        <v>670</v>
       </c>
       <c r="H142" s="43">
         <f t="shared" si="42"/>
-        <v>107</v>
+        <v>197</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="42"/>
-        <v>167</v>
+        <v>306</v>
       </c>
       <c r="J142" s="44">
         <f t="shared" si="42"/>
-        <v>274</v>
+        <v>503</v>
       </c>
       <c r="K142" s="43">
         <f t="shared" si="42"/>
-        <v>64</v>
+        <v>124</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="42"/>
-        <v>189</v>
+        <v>312</v>
       </c>
       <c r="M142" s="44">
         <f t="shared" si="42"/>
-        <v>253</v>
+        <v>436</v>
       </c>
       <c r="N142" s="43">
         <f t="shared" si="42"/>
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="42"/>
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="P142" s="44">
         <f t="shared" si="42"/>
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="Q142" s="43">
         <f t="shared" si="42"/>
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="R142" s="33">
         <f t="shared" si="42"/>
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="S142" s="44">
         <f t="shared" si="42"/>
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="T142" s="43">
         <f t="shared" si="42"/>
-        <v>446</v>
+        <v>825</v>
       </c>
       <c r="U142" s="33">
         <f t="shared" si="42"/>
-        <v>717</v>
+        <v>1261</v>
       </c>
       <c r="V142" s="47">
         <f t="shared" si="42"/>
-        <v>1163</v>
+        <v>2086</v>
       </c>
       <c r="W142" s="28"/>
       <c r="X142" s="28"/>
       <c r="Y142" s="28"/>
     </row>
     <row r="143" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="42">
         <f t="shared" si="38"/>
-        <v>1364</v>
+        <v>2318</v>
       </c>
       <c r="C143" s="42">
         <f t="shared" si="38"/>
-        <v>721</v>
+        <v>1295</v>
       </c>
       <c r="D143" s="64">
         <f t="shared" si="38"/>
-        <v>2085</v>
+        <v>3613</v>
       </c>
       <c r="E143" s="42">
         <f t="shared" ref="E143:V143" si="43">SUM(E11,E22,E33,E44,E55,E66,E77,E88,E99,E110,E121,E132)</f>
-        <v>1056</v>
+        <v>1847</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>1581</v>
+        <v>2776</v>
       </c>
       <c r="G143" s="45">
         <f t="shared" si="43"/>
-        <v>2637</v>
+        <v>4623</v>
       </c>
       <c r="H143" s="42">
         <f t="shared" si="43"/>
-        <v>980</v>
+        <v>1768</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>1132</v>
+        <v>2005</v>
       </c>
       <c r="J143" s="45">
         <f t="shared" si="43"/>
-        <v>2112</v>
+        <v>3773</v>
       </c>
       <c r="K143" s="42">
         <f t="shared" si="43"/>
-        <v>502</v>
+        <v>918</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>995</v>
+        <v>1730</v>
       </c>
       <c r="M143" s="45">
         <f t="shared" si="43"/>
-        <v>1497</v>
+        <v>2648</v>
       </c>
       <c r="N143" s="42">
         <f t="shared" si="43"/>
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>124</v>
+        <v>201</v>
       </c>
       <c r="P143" s="45">
         <f t="shared" si="43"/>
-        <v>169</v>
+        <v>292</v>
       </c>
       <c r="Q143" s="42">
         <f t="shared" si="43"/>
-        <v>128</v>
+        <v>247</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>192</v>
+        <v>369</v>
       </c>
       <c r="S143" s="45">
         <f t="shared" si="43"/>
-        <v>320</v>
+        <v>616</v>
       </c>
       <c r="T143" s="42">
         <f>SUM(T11,T22,T33,T44,T55,T66,T77,T88,T99,T110,T121,T132)</f>
-        <v>4075</v>
+        <v>7189</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>4745</v>
+        <v>8376</v>
       </c>
       <c r="V143" s="45">
         <f t="shared" si="43"/>
-        <v>8820</v>
+        <v>15565</v>
       </c>
       <c r="W143" s="28"/>
       <c r="X143" s="28"/>
       <c r="Y143" s="28"/>
     </row>
     <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A144" s="38"/>
       <c r="B144" s="28"/>
       <c r="C144" s="28"/>
       <c r="D144" s="28"/>
       <c r="E144" s="28"/>
       <c r="F144" s="28"/>
       <c r="G144" s="28"/>
       <c r="H144" s="28"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="28"/>
       <c r="O144" s="28"/>
       <c r="P144" s="28"/>
       <c r="Q144" s="28"/>
       <c r="R144" s="28"/>
       <c r="S144" s="28"/>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="130">
+    <mergeCell ref="A2:A5"/>
+    <mergeCell ref="B2:V2"/>
+    <mergeCell ref="B3:V3"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="H4:J4"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="N4:P4"/>
+    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="T15:V15"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="B24:V24"/>
+    <mergeCell ref="B25:V25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="A13:A16"/>
+    <mergeCell ref="B13:V13"/>
+    <mergeCell ref="B14:V14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="H15:J15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="T26:V26"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="B35:V35"/>
+    <mergeCell ref="B36:V36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="Q37:S37"/>
+    <mergeCell ref="T37:V37"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="B46:V46"/>
+    <mergeCell ref="B47:V47"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="Q48:S48"/>
+    <mergeCell ref="T48:V48"/>
+    <mergeCell ref="A57:A60"/>
+    <mergeCell ref="B57:V57"/>
+    <mergeCell ref="B58:V58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="Q59:S59"/>
+    <mergeCell ref="T59:V59"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="B68:V68"/>
+    <mergeCell ref="B69:V69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="H70:J70"/>
+    <mergeCell ref="K70:M70"/>
+    <mergeCell ref="N70:P70"/>
+    <mergeCell ref="Q70:S70"/>
+    <mergeCell ref="T70:V70"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:V79"/>
+    <mergeCell ref="B80:V80"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="K81:M81"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="Q81:S81"/>
+    <mergeCell ref="T81:V81"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:V90"/>
+    <mergeCell ref="B91:V91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="E92:G92"/>
+    <mergeCell ref="H92:J92"/>
+    <mergeCell ref="K92:M92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="Q92:S92"/>
+    <mergeCell ref="T92:V92"/>
+    <mergeCell ref="A101:A104"/>
+    <mergeCell ref="B101:V101"/>
+    <mergeCell ref="B102:V102"/>
+    <mergeCell ref="B103:D103"/>
+    <mergeCell ref="E103:G103"/>
+    <mergeCell ref="H103:J103"/>
+    <mergeCell ref="K103:M103"/>
+    <mergeCell ref="N103:P103"/>
+    <mergeCell ref="Q103:S103"/>
+    <mergeCell ref="T103:V103"/>
+    <mergeCell ref="A112:A115"/>
+    <mergeCell ref="B112:V112"/>
+    <mergeCell ref="B113:V113"/>
+    <mergeCell ref="B114:D114"/>
+    <mergeCell ref="E114:G114"/>
+    <mergeCell ref="H114:J114"/>
+    <mergeCell ref="K114:M114"/>
+    <mergeCell ref="N114:P114"/>
+    <mergeCell ref="Q114:S114"/>
+    <mergeCell ref="T114:V114"/>
     <mergeCell ref="A123:A126"/>
     <mergeCell ref="B123:V123"/>
     <mergeCell ref="B124:V124"/>
     <mergeCell ref="B125:D125"/>
     <mergeCell ref="E125:G125"/>
     <mergeCell ref="H125:J125"/>
     <mergeCell ref="K125:M125"/>
     <mergeCell ref="N136:P136"/>
     <mergeCell ref="Q136:S136"/>
     <mergeCell ref="T136:V136"/>
     <mergeCell ref="N125:P125"/>
     <mergeCell ref="Q125:S125"/>
     <mergeCell ref="T125:V125"/>
     <mergeCell ref="A134:A137"/>
     <mergeCell ref="B134:V134"/>
     <mergeCell ref="B135:V135"/>
     <mergeCell ref="B136:D136"/>
     <mergeCell ref="E136:G136"/>
     <mergeCell ref="H136:J136"/>
     <mergeCell ref="K136:M136"/>
-    <mergeCell ref="A112:A115"/>
-[...108 lines deleted...]
-    <mergeCell ref="T4:V4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D201FDC-9B38-4064-A6D3-ECC043EB8B50}">
   <dimension ref="A1:Q153"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M147" sqref="M147"/>
+      <selection activeCell="I18" sqref="I18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7109375" customWidth="1"/>
     <col min="2" max="16" width="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="89" t="s">
+      <c r="A2" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B2" s="93" t="s">
+      <c r="B2" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C2" s="93"/>
-[...12 lines deleted...]
-      <c r="P2" s="94"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="96"/>
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96"/>
+      <c r="I2" s="96"/>
+      <c r="J2" s="96"/>
+      <c r="K2" s="96"/>
+      <c r="L2" s="96"/>
+      <c r="M2" s="96"/>
+      <c r="N2" s="96"/>
+      <c r="O2" s="96"/>
+      <c r="P2" s="97"/>
     </row>
     <row r="3" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="97"/>
-      <c r="B3" s="95" t="s">
+      <c r="A3" s="100"/>
+      <c r="B3" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="95"/>
-[...12 lines deleted...]
-      <c r="P3" s="96"/>
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+      <c r="N3" s="98"/>
+      <c r="O3" s="98"/>
+      <c r="P3" s="99"/>
     </row>
     <row r="4" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="90"/>
-      <c r="B4" s="87" t="s">
+      <c r="A4" s="83"/>
+      <c r="B4" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="91"/>
-[...1 lines deleted...]
-      <c r="E4" s="87" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="86"/>
+      <c r="E4" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F4" s="91"/>
-[...1 lines deleted...]
-      <c r="H4" s="87" t="s">
+      <c r="F4" s="85"/>
+      <c r="G4" s="86"/>
+      <c r="H4" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="91"/>
-[...1 lines deleted...]
-      <c r="K4" s="87" t="s">
+      <c r="I4" s="85"/>
+      <c r="J4" s="86"/>
+      <c r="K4" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L4" s="91"/>
-[...1 lines deleted...]
-      <c r="N4" s="87" t="s">
+      <c r="L4" s="85"/>
+      <c r="M4" s="86"/>
+      <c r="N4" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O4" s="91"/>
-      <c r="P4" s="92"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A5" s="90"/>
+      <c r="A5" s="83"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="9" t="s">
@@ -17039,362 +17650,542 @@
       <c r="I11" s="74">
         <v>4</v>
       </c>
       <c r="J11" s="75">
         <v>4</v>
       </c>
       <c r="K11" s="73">
         <v>8</v>
       </c>
       <c r="L11" s="74">
         <v>0</v>
       </c>
       <c r="M11" s="75">
         <v>8</v>
       </c>
       <c r="N11" s="73">
         <v>476</v>
       </c>
       <c r="O11" s="74">
         <v>453</v>
       </c>
       <c r="P11" s="75">
         <v>929</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A13" s="89" t="s">
+    <row r="12" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B13" s="93" t="s">
+      <c r="B13" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C13" s="93"/>
-[...16 lines deleted...]
-      <c r="B14" s="99" t="s">
+      <c r="C13" s="96"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="96"/>
+      <c r="J13" s="96"/>
+      <c r="K13" s="96"/>
+      <c r="L13" s="96"/>
+      <c r="M13" s="96"/>
+      <c r="N13" s="96"/>
+      <c r="O13" s="96"/>
+      <c r="P13" s="97"/>
+    </row>
+    <row r="14" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="100"/>
+      <c r="B14" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="99"/>
-[...11 lines deleted...]
-      <c r="O14" s="99"/>
+      <c r="C14" s="95"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="95"/>
+      <c r="L14" s="95"/>
+      <c r="M14" s="95"/>
+      <c r="N14" s="95"/>
+      <c r="O14" s="95"/>
       <c r="P14" s="104"/>
     </row>
-    <row r="15" spans="1:16" ht="36.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B15" s="87" t="s">
+    <row r="15" spans="1:16" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="100"/>
+      <c r="B15" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="91"/>
-[...1 lines deleted...]
-      <c r="E15" s="87" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="86"/>
+      <c r="E15" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="91"/>
-[...1 lines deleted...]
-      <c r="H15" s="87" t="s">
+      <c r="F15" s="85"/>
+      <c r="G15" s="86"/>
+      <c r="H15" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I15" s="91"/>
-[...1 lines deleted...]
-      <c r="K15" s="87" t="s">
+      <c r="I15" s="85"/>
+      <c r="J15" s="86"/>
+      <c r="K15" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L15" s="91"/>
-[...1 lines deleted...]
-      <c r="N15" s="87" t="s">
+      <c r="L15" s="85"/>
+      <c r="M15" s="86"/>
+      <c r="N15" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O15" s="91"/>
-[...3 lines deleted...]
-      <c r="A16" s="97"/>
+      <c r="O15" s="85"/>
+      <c r="P15" s="86"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A16" s="100"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="10"/>
-[...15 lines deleted...]
-    <row r="18" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="10">
+        <v>244</v>
+      </c>
+      <c r="C17" s="1">
+        <v>209</v>
+      </c>
+      <c r="D17" s="15">
+        <v>453</v>
+      </c>
+      <c r="E17" s="10">
+        <v>93</v>
+      </c>
+      <c r="F17" s="1">
+        <v>99</v>
+      </c>
+      <c r="G17" s="15">
+        <v>192</v>
+      </c>
+      <c r="H17" s="10">
+        <v>0</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
+      </c>
+      <c r="J17" s="15">
+        <v>0</v>
+      </c>
+      <c r="K17" s="10">
+        <v>1</v>
+      </c>
+      <c r="L17" s="1">
+        <v>0</v>
+      </c>
+      <c r="M17" s="15">
+        <v>1</v>
+      </c>
+      <c r="N17" s="10">
+        <v>137</v>
+      </c>
+      <c r="O17" s="1">
+        <v>129</v>
+      </c>
+      <c r="P17" s="15">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="10"/>
-[...15 lines deleted...]
-    <row r="19" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="10">
+        <v>61</v>
+      </c>
+      <c r="C18" s="1">
+        <v>63</v>
+      </c>
+      <c r="D18" s="15">
+        <v>124</v>
+      </c>
+      <c r="E18" s="10">
+        <v>37</v>
+      </c>
+      <c r="F18" s="1">
+        <v>43</v>
+      </c>
+      <c r="G18" s="15">
+        <v>80</v>
+      </c>
+      <c r="H18" s="10">
+        <v>0</v>
+      </c>
+      <c r="I18" s="1">
+        <v>0</v>
+      </c>
+      <c r="J18" s="15">
+        <v>0</v>
+      </c>
+      <c r="K18" s="10">
+        <v>4</v>
+      </c>
+      <c r="L18" s="1">
+        <v>0</v>
+      </c>
+      <c r="M18" s="15">
+        <v>4</v>
+      </c>
+      <c r="N18" s="10">
+        <v>41</v>
+      </c>
+      <c r="O18" s="1">
+        <v>63</v>
+      </c>
+      <c r="P18" s="15">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="10"/>
-[...15 lines deleted...]
-    <row r="20" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="10">
+        <v>50</v>
+      </c>
+      <c r="C19" s="1">
+        <v>67</v>
+      </c>
+      <c r="D19" s="15">
+        <v>117</v>
+      </c>
+      <c r="E19" s="10">
+        <v>76</v>
+      </c>
+      <c r="F19" s="1">
+        <v>67</v>
+      </c>
+      <c r="G19" s="15">
+        <v>143</v>
+      </c>
+      <c r="H19" s="10">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="15">
+        <v>0</v>
+      </c>
+      <c r="K19" s="10">
+        <v>0</v>
+      </c>
+      <c r="L19" s="1">
+        <v>0</v>
+      </c>
+      <c r="M19" s="15">
+        <v>0</v>
+      </c>
+      <c r="N19" s="10">
+        <v>79</v>
+      </c>
+      <c r="O19" s="1">
+        <v>66</v>
+      </c>
+      <c r="P19" s="15">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="10"/>
-[...15 lines deleted...]
-    <row r="21" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="10">
+        <v>50</v>
+      </c>
+      <c r="C20" s="1">
+        <v>61</v>
+      </c>
+      <c r="D20" s="15">
+        <v>111</v>
+      </c>
+      <c r="E20" s="10">
+        <v>31</v>
+      </c>
+      <c r="F20" s="1">
+        <v>41</v>
+      </c>
+      <c r="G20" s="15">
+        <v>72</v>
+      </c>
+      <c r="H20" s="10">
+        <v>0</v>
+      </c>
+      <c r="I20" s="1">
+        <v>0</v>
+      </c>
+      <c r="J20" s="15">
+        <v>0</v>
+      </c>
+      <c r="K20" s="10">
+        <v>0</v>
+      </c>
+      <c r="L20" s="1">
+        <v>0</v>
+      </c>
+      <c r="M20" s="15">
+        <v>0</v>
+      </c>
+      <c r="N20" s="10">
+        <v>34</v>
+      </c>
+      <c r="O20" s="1">
+        <v>59</v>
+      </c>
+      <c r="P20" s="15">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="32"/>
-[...15 lines deleted...]
-    <row r="22" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="32">
+        <v>55</v>
+      </c>
+      <c r="C21" s="33">
+        <v>76</v>
+      </c>
+      <c r="D21" s="34">
+        <v>131</v>
+      </c>
+      <c r="E21" s="32">
+        <v>31</v>
+      </c>
+      <c r="F21" s="33">
+        <v>30</v>
+      </c>
+      <c r="G21" s="34">
+        <v>61</v>
+      </c>
+      <c r="H21" s="32">
+        <v>0</v>
+      </c>
+      <c r="I21" s="33">
+        <v>0</v>
+      </c>
+      <c r="J21" s="34">
+        <v>0</v>
+      </c>
+      <c r="K21" s="32">
+        <v>2</v>
+      </c>
+      <c r="L21" s="33">
+        <v>0</v>
+      </c>
+      <c r="M21" s="34">
+        <v>2</v>
+      </c>
+      <c r="N21" s="32">
+        <v>33</v>
+      </c>
+      <c r="O21" s="33">
+        <v>59</v>
+      </c>
+      <c r="P21" s="34">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="13"/>
-[...13 lines deleted...]
-      <c r="P22" s="18"/>
+      <c r="B22" s="13">
+        <v>460</v>
+      </c>
+      <c r="C22" s="14">
+        <v>476</v>
+      </c>
+      <c r="D22" s="18">
+        <v>936</v>
+      </c>
+      <c r="E22" s="13">
+        <v>268</v>
+      </c>
+      <c r="F22" s="14">
+        <v>280</v>
+      </c>
+      <c r="G22" s="18">
+        <v>548</v>
+      </c>
+      <c r="H22" s="13">
+        <v>0</v>
+      </c>
+      <c r="I22" s="14">
+        <v>0</v>
+      </c>
+      <c r="J22" s="18">
+        <v>0</v>
+      </c>
+      <c r="K22" s="13">
+        <v>7</v>
+      </c>
+      <c r="L22" s="14">
+        <v>0</v>
+      </c>
+      <c r="M22" s="18">
+        <v>7</v>
+      </c>
+      <c r="N22" s="13">
+        <v>324</v>
+      </c>
+      <c r="O22" s="14">
+        <v>376</v>
+      </c>
+      <c r="P22" s="18">
+        <v>700</v>
+      </c>
     </row>
     <row r="23" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="24" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="89" t="s">
+      <c r="A24" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B24" s="93" t="s">
+      <c r="B24" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C24" s="93"/>
-[...12 lines deleted...]
-      <c r="P24" s="94"/>
+      <c r="C24" s="96"/>
+      <c r="D24" s="96"/>
+      <c r="E24" s="96"/>
+      <c r="F24" s="96"/>
+      <c r="G24" s="96"/>
+      <c r="H24" s="96"/>
+      <c r="I24" s="96"/>
+      <c r="J24" s="96"/>
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="96"/>
+      <c r="N24" s="96"/>
+      <c r="O24" s="96"/>
+      <c r="P24" s="97"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="97"/>
-      <c r="B25" s="99" t="s">
+      <c r="A25" s="100"/>
+      <c r="B25" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="99"/>
-[...11 lines deleted...]
-      <c r="O25" s="99"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
       <c r="P25" s="104"/>
     </row>
     <row r="26" spans="1:16" ht="37.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="97"/>
-      <c r="B26" s="87" t="s">
+      <c r="A26" s="100"/>
+      <c r="B26" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C26" s="91"/>
-[...1 lines deleted...]
-      <c r="E26" s="87" t="s">
+      <c r="C26" s="85"/>
+      <c r="D26" s="86"/>
+      <c r="E26" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F26" s="91"/>
-[...1 lines deleted...]
-      <c r="H26" s="87" t="s">
+      <c r="F26" s="85"/>
+      <c r="G26" s="86"/>
+      <c r="H26" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I26" s="91"/>
-[...1 lines deleted...]
-      <c r="K26" s="87" t="s">
+      <c r="I26" s="85"/>
+      <c r="J26" s="86"/>
+      <c r="K26" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L26" s="91"/>
-[...1 lines deleted...]
-      <c r="N26" s="87" t="s">
+      <c r="L26" s="85"/>
+      <c r="M26" s="86"/>
+      <c r="N26" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O26" s="91"/>
-      <c r="P26" s="92"/>
+      <c r="O26" s="85"/>
+      <c r="P26" s="86"/>
     </row>
     <row r="27" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="97"/>
+      <c r="A27" s="100"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -17519,121 +18310,121 @@
       <c r="O32" s="33"/>
       <c r="P32" s="34"/>
     </row>
     <row r="33" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="14"/>
       <c r="D33" s="18"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="18"/>
       <c r="H33" s="13"/>
       <c r="I33" s="14"/>
       <c r="J33" s="18"/>
       <c r="K33" s="13"/>
       <c r="L33" s="14"/>
       <c r="M33" s="18"/>
       <c r="N33" s="13"/>
       <c r="O33" s="14"/>
       <c r="P33" s="18"/>
     </row>
     <row r="34" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="35" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="89" t="s">
+      <c r="A35" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B35" s="93" t="s">
+      <c r="B35" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C35" s="93"/>
-[...12 lines deleted...]
-      <c r="P35" s="94"/>
+      <c r="C35" s="96"/>
+      <c r="D35" s="96"/>
+      <c r="E35" s="96"/>
+      <c r="F35" s="96"/>
+      <c r="G35" s="96"/>
+      <c r="H35" s="96"/>
+      <c r="I35" s="96"/>
+      <c r="J35" s="96"/>
+      <c r="K35" s="96"/>
+      <c r="L35" s="96"/>
+      <c r="M35" s="96"/>
+      <c r="N35" s="96"/>
+      <c r="O35" s="96"/>
+      <c r="P35" s="97"/>
     </row>
     <row r="36" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="97"/>
-      <c r="B36" s="99" t="s">
+      <c r="A36" s="100"/>
+      <c r="B36" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="99"/>
-[...11 lines deleted...]
-      <c r="O36" s="99"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
       <c r="P36" s="104"/>
     </row>
     <row r="37" spans="1:16" ht="38.450000000000003" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="97"/>
-      <c r="B37" s="87" t="s">
+      <c r="A37" s="100"/>
+      <c r="B37" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="91"/>
-[...1 lines deleted...]
-      <c r="E37" s="87" t="s">
+      <c r="C37" s="85"/>
+      <c r="D37" s="86"/>
+      <c r="E37" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F37" s="91"/>
-[...1 lines deleted...]
-      <c r="H37" s="87" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="86"/>
+      <c r="H37" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I37" s="91"/>
-[...1 lines deleted...]
-      <c r="K37" s="87" t="s">
+      <c r="I37" s="85"/>
+      <c r="J37" s="86"/>
+      <c r="K37" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L37" s="91"/>
-[...1 lines deleted...]
-      <c r="N37" s="87" t="s">
+      <c r="L37" s="85"/>
+      <c r="M37" s="86"/>
+      <c r="N37" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O37" s="91"/>
-      <c r="P37" s="92"/>
+      <c r="O37" s="85"/>
+      <c r="P37" s="86"/>
     </row>
     <row r="38" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="97"/>
+      <c r="A38" s="100"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
@@ -17758,121 +18549,121 @@
       <c r="O43" s="33"/>
       <c r="P43" s="34"/>
     </row>
     <row r="44" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13"/>
       <c r="C44" s="14"/>
       <c r="D44" s="18"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="18"/>
       <c r="H44" s="13"/>
       <c r="I44" s="14"/>
       <c r="J44" s="18"/>
       <c r="K44" s="13"/>
       <c r="L44" s="14"/>
       <c r="M44" s="18"/>
       <c r="N44" s="13"/>
       <c r="O44" s="14"/>
       <c r="P44" s="18"/>
     </row>
     <row r="45" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="46" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="89" t="s">
+      <c r="A46" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B46" s="93" t="s">
+      <c r="B46" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C46" s="93"/>
-[...12 lines deleted...]
-      <c r="P46" s="94"/>
+      <c r="C46" s="96"/>
+      <c r="D46" s="96"/>
+      <c r="E46" s="96"/>
+      <c r="F46" s="96"/>
+      <c r="G46" s="96"/>
+      <c r="H46" s="96"/>
+      <c r="I46" s="96"/>
+      <c r="J46" s="96"/>
+      <c r="K46" s="96"/>
+      <c r="L46" s="96"/>
+      <c r="M46" s="96"/>
+      <c r="N46" s="96"/>
+      <c r="O46" s="96"/>
+      <c r="P46" s="97"/>
     </row>
     <row r="47" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="97"/>
-      <c r="B47" s="99" t="s">
+      <c r="A47" s="100"/>
+      <c r="B47" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="99"/>
-[...11 lines deleted...]
-      <c r="O47" s="99"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="95"/>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
       <c r="P47" s="104"/>
     </row>
     <row r="48" spans="1:16" ht="40.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="97"/>
-      <c r="B48" s="87" t="s">
+      <c r="A48" s="100"/>
+      <c r="B48" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C48" s="91"/>
-[...1 lines deleted...]
-      <c r="E48" s="87" t="s">
+      <c r="C48" s="85"/>
+      <c r="D48" s="86"/>
+      <c r="E48" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F48" s="91"/>
-[...1 lines deleted...]
-      <c r="H48" s="87" t="s">
+      <c r="F48" s="85"/>
+      <c r="G48" s="86"/>
+      <c r="H48" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I48" s="91"/>
-[...1 lines deleted...]
-      <c r="K48" s="87" t="s">
+      <c r="I48" s="85"/>
+      <c r="J48" s="86"/>
+      <c r="K48" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L48" s="91"/>
-[...1 lines deleted...]
-      <c r="N48" s="87" t="s">
+      <c r="L48" s="85"/>
+      <c r="M48" s="86"/>
+      <c r="N48" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O48" s="91"/>
-      <c r="P48" s="92"/>
+      <c r="O48" s="85"/>
+      <c r="P48" s="86"/>
     </row>
     <row r="49" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="97"/>
+      <c r="A49" s="100"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
@@ -17997,121 +18788,121 @@
       <c r="O54" s="33"/>
       <c r="P54" s="34"/>
     </row>
     <row r="55" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13"/>
       <c r="C55" s="14"/>
       <c r="D55" s="18"/>
       <c r="E55" s="13"/>
       <c r="F55" s="14"/>
       <c r="G55" s="18"/>
       <c r="H55" s="13"/>
       <c r="I55" s="14"/>
       <c r="J55" s="18"/>
       <c r="K55" s="13"/>
       <c r="L55" s="14"/>
       <c r="M55" s="18"/>
       <c r="N55" s="13"/>
       <c r="O55" s="14"/>
       <c r="P55" s="18"/>
     </row>
     <row r="56" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="57" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="89" t="s">
+      <c r="A57" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B57" s="93" t="s">
+      <c r="B57" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C57" s="93"/>
-[...12 lines deleted...]
-      <c r="P57" s="94"/>
+      <c r="C57" s="96"/>
+      <c r="D57" s="96"/>
+      <c r="E57" s="96"/>
+      <c r="F57" s="96"/>
+      <c r="G57" s="96"/>
+      <c r="H57" s="96"/>
+      <c r="I57" s="96"/>
+      <c r="J57" s="96"/>
+      <c r="K57" s="96"/>
+      <c r="L57" s="96"/>
+      <c r="M57" s="96"/>
+      <c r="N57" s="96"/>
+      <c r="O57" s="96"/>
+      <c r="P57" s="97"/>
     </row>
     <row r="58" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="97"/>
-      <c r="B58" s="99" t="s">
+      <c r="A58" s="100"/>
+      <c r="B58" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="99"/>
-[...11 lines deleted...]
-      <c r="O58" s="99"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="95"/>
+      <c r="E58" s="95"/>
+      <c r="F58" s="95"/>
+      <c r="G58" s="95"/>
+      <c r="H58" s="95"/>
+      <c r="I58" s="95"/>
+      <c r="J58" s="95"/>
+      <c r="K58" s="95"/>
+      <c r="L58" s="95"/>
+      <c r="M58" s="95"/>
+      <c r="N58" s="95"/>
+      <c r="O58" s="95"/>
       <c r="P58" s="104"/>
     </row>
     <row r="59" spans="1:16" ht="39.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="97"/>
-      <c r="B59" s="87" t="s">
+      <c r="A59" s="100"/>
+      <c r="B59" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C59" s="91"/>
-[...1 lines deleted...]
-      <c r="E59" s="87" t="s">
+      <c r="C59" s="85"/>
+      <c r="D59" s="86"/>
+      <c r="E59" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F59" s="91"/>
-[...1 lines deleted...]
-      <c r="H59" s="87" t="s">
+      <c r="F59" s="85"/>
+      <c r="G59" s="86"/>
+      <c r="H59" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I59" s="91"/>
-[...1 lines deleted...]
-      <c r="K59" s="87" t="s">
+      <c r="I59" s="85"/>
+      <c r="J59" s="86"/>
+      <c r="K59" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L59" s="91"/>
-[...1 lines deleted...]
-      <c r="N59" s="87" t="s">
+      <c r="L59" s="85"/>
+      <c r="M59" s="86"/>
+      <c r="N59" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O59" s="91"/>
-      <c r="P59" s="92"/>
+      <c r="O59" s="85"/>
+      <c r="P59" s="86"/>
     </row>
     <row r="60" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="97"/>
+      <c r="A60" s="100"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
@@ -18253,121 +19044,121 @@
       <c r="L66" s="14"/>
       <c r="M66" s="18"/>
       <c r="N66" s="13"/>
       <c r="O66" s="14"/>
       <c r="P66" s="18"/>
     </row>
     <row r="67" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="38"/>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="48"/>
       <c r="J67" s="48"/>
       <c r="K67" s="48"/>
       <c r="L67" s="48"/>
       <c r="M67" s="48"/>
       <c r="N67" s="48"/>
       <c r="O67" s="48"/>
       <c r="P67" s="48"/>
     </row>
     <row r="68" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="89" t="s">
+      <c r="A68" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B68" s="93" t="s">
+      <c r="B68" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C68" s="93"/>
-[...12 lines deleted...]
-      <c r="P68" s="94"/>
+      <c r="C68" s="96"/>
+      <c r="D68" s="96"/>
+      <c r="E68" s="96"/>
+      <c r="F68" s="96"/>
+      <c r="G68" s="96"/>
+      <c r="H68" s="96"/>
+      <c r="I68" s="96"/>
+      <c r="J68" s="96"/>
+      <c r="K68" s="96"/>
+      <c r="L68" s="96"/>
+      <c r="M68" s="96"/>
+      <c r="N68" s="96"/>
+      <c r="O68" s="96"/>
+      <c r="P68" s="97"/>
     </row>
     <row r="69" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="97"/>
-      <c r="B69" s="99" t="s">
+      <c r="A69" s="100"/>
+      <c r="B69" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="99"/>
-[...11 lines deleted...]
-      <c r="O69" s="99"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
       <c r="P69" s="104"/>
     </row>
     <row r="70" spans="1:16" ht="39.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="97"/>
-      <c r="B70" s="87" t="s">
+      <c r="A70" s="100"/>
+      <c r="B70" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C70" s="91"/>
-[...1 lines deleted...]
-      <c r="E70" s="87" t="s">
+      <c r="C70" s="85"/>
+      <c r="D70" s="86"/>
+      <c r="E70" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F70" s="91"/>
-[...1 lines deleted...]
-      <c r="H70" s="87" t="s">
+      <c r="F70" s="85"/>
+      <c r="G70" s="86"/>
+      <c r="H70" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I70" s="91"/>
-[...1 lines deleted...]
-      <c r="K70" s="87" t="s">
+      <c r="I70" s="85"/>
+      <c r="J70" s="86"/>
+      <c r="K70" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L70" s="91"/>
-[...1 lines deleted...]
-      <c r="N70" s="87" t="s">
+      <c r="L70" s="85"/>
+      <c r="M70" s="86"/>
+      <c r="N70" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O70" s="91"/>
-      <c r="P70" s="92"/>
+      <c r="O70" s="85"/>
+      <c r="P70" s="86"/>
     </row>
     <row r="71" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="97"/>
+      <c r="A71" s="100"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
@@ -18492,121 +19283,121 @@
       <c r="O76" s="33"/>
       <c r="P76" s="34"/>
     </row>
     <row r="77" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13"/>
       <c r="C77" s="14"/>
       <c r="D77" s="18"/>
       <c r="E77" s="13"/>
       <c r="F77" s="14"/>
       <c r="G77" s="18"/>
       <c r="H77" s="13"/>
       <c r="I77" s="14"/>
       <c r="J77" s="18"/>
       <c r="K77" s="13"/>
       <c r="L77" s="14"/>
       <c r="M77" s="18"/>
       <c r="N77" s="13"/>
       <c r="O77" s="14"/>
       <c r="P77" s="18"/>
     </row>
     <row r="78" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="79" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="89" t="s">
+      <c r="A79" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B79" s="93" t="s">
+      <c r="B79" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C79" s="93"/>
-[...12 lines deleted...]
-      <c r="P79" s="94"/>
+      <c r="C79" s="96"/>
+      <c r="D79" s="96"/>
+      <c r="E79" s="96"/>
+      <c r="F79" s="96"/>
+      <c r="G79" s="96"/>
+      <c r="H79" s="96"/>
+      <c r="I79" s="96"/>
+      <c r="J79" s="96"/>
+      <c r="K79" s="96"/>
+      <c r="L79" s="96"/>
+      <c r="M79" s="96"/>
+      <c r="N79" s="96"/>
+      <c r="O79" s="96"/>
+      <c r="P79" s="97"/>
     </row>
     <row r="80" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="97"/>
-      <c r="B80" s="99" t="s">
+      <c r="A80" s="100"/>
+      <c r="B80" s="95" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="99"/>
-[...11 lines deleted...]
-      <c r="O80" s="99"/>
+      <c r="C80" s="95"/>
+      <c r="D80" s="95"/>
+      <c r="E80" s="95"/>
+      <c r="F80" s="95"/>
+      <c r="G80" s="95"/>
+      <c r="H80" s="95"/>
+      <c r="I80" s="95"/>
+      <c r="J80" s="95"/>
+      <c r="K80" s="95"/>
+      <c r="L80" s="95"/>
+      <c r="M80" s="95"/>
+      <c r="N80" s="95"/>
+      <c r="O80" s="95"/>
       <c r="P80" s="104"/>
     </row>
     <row r="81" spans="1:16" ht="41.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="97"/>
-      <c r="B81" s="87" t="s">
+      <c r="A81" s="100"/>
+      <c r="B81" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C81" s="91"/>
-[...1 lines deleted...]
-      <c r="E81" s="87" t="s">
+      <c r="C81" s="85"/>
+      <c r="D81" s="86"/>
+      <c r="E81" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F81" s="91"/>
-[...1 lines deleted...]
-      <c r="H81" s="87" t="s">
+      <c r="F81" s="85"/>
+      <c r="G81" s="86"/>
+      <c r="H81" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I81" s="91"/>
-[...1 lines deleted...]
-      <c r="K81" s="87" t="s">
+      <c r="I81" s="85"/>
+      <c r="J81" s="86"/>
+      <c r="K81" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L81" s="91"/>
-[...1 lines deleted...]
-      <c r="N81" s="87" t="s">
+      <c r="L81" s="85"/>
+      <c r="M81" s="86"/>
+      <c r="N81" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O81" s="91"/>
-      <c r="P81" s="92"/>
+      <c r="O81" s="85"/>
+      <c r="P81" s="86"/>
     </row>
     <row r="82" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="97"/>
+      <c r="A82" s="100"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
@@ -18731,121 +19522,121 @@
       <c r="O87" s="33"/>
       <c r="P87" s="34"/>
     </row>
     <row r="88" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13"/>
       <c r="C88" s="14"/>
       <c r="D88" s="18"/>
       <c r="E88" s="13"/>
       <c r="F88" s="14"/>
       <c r="G88" s="18"/>
       <c r="H88" s="13"/>
       <c r="I88" s="14"/>
       <c r="J88" s="18"/>
       <c r="K88" s="13"/>
       <c r="L88" s="14"/>
       <c r="M88" s="18"/>
       <c r="N88" s="13"/>
       <c r="O88" s="14"/>
       <c r="P88" s="18"/>
     </row>
     <row r="89" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="90" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="89" t="s">
+      <c r="A90" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B90" s="93" t="s">
+      <c r="B90" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C90" s="93"/>
-[...12 lines deleted...]
-      <c r="P90" s="94"/>
+      <c r="C90" s="96"/>
+      <c r="D90" s="96"/>
+      <c r="E90" s="96"/>
+      <c r="F90" s="96"/>
+      <c r="G90" s="96"/>
+      <c r="H90" s="96"/>
+      <c r="I90" s="96"/>
+      <c r="J90" s="96"/>
+      <c r="K90" s="96"/>
+      <c r="L90" s="96"/>
+      <c r="M90" s="96"/>
+      <c r="N90" s="96"/>
+      <c r="O90" s="96"/>
+      <c r="P90" s="97"/>
     </row>
     <row r="91" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="97"/>
-      <c r="B91" s="99" t="s">
+      <c r="A91" s="100"/>
+      <c r="B91" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="99"/>
-[...11 lines deleted...]
-      <c r="O91" s="99"/>
+      <c r="C91" s="95"/>
+      <c r="D91" s="95"/>
+      <c r="E91" s="95"/>
+      <c r="F91" s="95"/>
+      <c r="G91" s="95"/>
+      <c r="H91" s="95"/>
+      <c r="I91" s="95"/>
+      <c r="J91" s="95"/>
+      <c r="K91" s="95"/>
+      <c r="L91" s="95"/>
+      <c r="M91" s="95"/>
+      <c r="N91" s="95"/>
+      <c r="O91" s="95"/>
       <c r="P91" s="104"/>
     </row>
     <row r="92" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="97"/>
-      <c r="B92" s="87" t="s">
+      <c r="A92" s="100"/>
+      <c r="B92" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C92" s="91"/>
-[...1 lines deleted...]
-      <c r="E92" s="87" t="s">
+      <c r="C92" s="85"/>
+      <c r="D92" s="86"/>
+      <c r="E92" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F92" s="91"/>
-[...1 lines deleted...]
-      <c r="H92" s="87" t="s">
+      <c r="F92" s="85"/>
+      <c r="G92" s="86"/>
+      <c r="H92" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I92" s="91"/>
-[...1 lines deleted...]
-      <c r="K92" s="87" t="s">
+      <c r="I92" s="85"/>
+      <c r="J92" s="86"/>
+      <c r="K92" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L92" s="91"/>
-[...1 lines deleted...]
-      <c r="N92" s="87" t="s">
+      <c r="L92" s="85"/>
+      <c r="M92" s="86"/>
+      <c r="N92" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O92" s="91"/>
-      <c r="P92" s="92"/>
+      <c r="O92" s="85"/>
+      <c r="P92" s="86"/>
     </row>
     <row r="93" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="97"/>
+      <c r="A93" s="100"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
@@ -18970,121 +19761,121 @@
       <c r="O98" s="33"/>
       <c r="P98" s="34"/>
     </row>
     <row r="99" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13"/>
       <c r="C99" s="14"/>
       <c r="D99" s="18"/>
       <c r="E99" s="13"/>
       <c r="F99" s="14"/>
       <c r="G99" s="18"/>
       <c r="H99" s="13"/>
       <c r="I99" s="14"/>
       <c r="J99" s="18"/>
       <c r="K99" s="13"/>
       <c r="L99" s="14"/>
       <c r="M99" s="18"/>
       <c r="N99" s="13"/>
       <c r="O99" s="14"/>
       <c r="P99" s="18"/>
     </row>
     <row r="100" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="101" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="89" t="s">
+      <c r="A101" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B101" s="93" t="s">
+      <c r="B101" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C101" s="93"/>
-[...12 lines deleted...]
-      <c r="P101" s="94"/>
+      <c r="C101" s="96"/>
+      <c r="D101" s="96"/>
+      <c r="E101" s="96"/>
+      <c r="F101" s="96"/>
+      <c r="G101" s="96"/>
+      <c r="H101" s="96"/>
+      <c r="I101" s="96"/>
+      <c r="J101" s="96"/>
+      <c r="K101" s="96"/>
+      <c r="L101" s="96"/>
+      <c r="M101" s="96"/>
+      <c r="N101" s="96"/>
+      <c r="O101" s="96"/>
+      <c r="P101" s="97"/>
     </row>
     <row r="102" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="97"/>
-      <c r="B102" s="99" t="s">
+      <c r="A102" s="100"/>
+      <c r="B102" s="95" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="99"/>
-[...11 lines deleted...]
-      <c r="O102" s="99"/>
+      <c r="C102" s="95"/>
+      <c r="D102" s="95"/>
+      <c r="E102" s="95"/>
+      <c r="F102" s="95"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
+      <c r="I102" s="95"/>
+      <c r="J102" s="95"/>
+      <c r="K102" s="95"/>
+      <c r="L102" s="95"/>
+      <c r="M102" s="95"/>
+      <c r="N102" s="95"/>
+      <c r="O102" s="95"/>
       <c r="P102" s="104"/>
     </row>
     <row r="103" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A103" s="97"/>
-      <c r="B103" s="87" t="s">
+      <c r="A103" s="100"/>
+      <c r="B103" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C103" s="91"/>
-[...1 lines deleted...]
-      <c r="E103" s="87" t="s">
+      <c r="C103" s="85"/>
+      <c r="D103" s="86"/>
+      <c r="E103" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F103" s="91"/>
-[...1 lines deleted...]
-      <c r="H103" s="87" t="s">
+      <c r="F103" s="85"/>
+      <c r="G103" s="86"/>
+      <c r="H103" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I103" s="91"/>
-[...1 lines deleted...]
-      <c r="K103" s="87" t="s">
+      <c r="I103" s="85"/>
+      <c r="J103" s="86"/>
+      <c r="K103" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L103" s="91"/>
-[...1 lines deleted...]
-      <c r="N103" s="87" t="s">
+      <c r="L103" s="85"/>
+      <c r="M103" s="86"/>
+      <c r="N103" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O103" s="91"/>
-      <c r="P103" s="92"/>
+      <c r="O103" s="85"/>
+      <c r="P103" s="86"/>
     </row>
     <row r="104" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="97"/>
+      <c r="A104" s="100"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
@@ -19209,121 +20000,121 @@
       <c r="O109" s="33"/>
       <c r="P109" s="34"/>
     </row>
     <row r="110" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13"/>
       <c r="C110" s="14"/>
       <c r="D110" s="18"/>
       <c r="E110" s="13"/>
       <c r="F110" s="14"/>
       <c r="G110" s="18"/>
       <c r="H110" s="13"/>
       <c r="I110" s="14"/>
       <c r="J110" s="18"/>
       <c r="K110" s="13"/>
       <c r="L110" s="14"/>
       <c r="M110" s="18"/>
       <c r="N110" s="13"/>
       <c r="O110" s="14"/>
       <c r="P110" s="18"/>
     </row>
     <row r="111" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="112" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="89" t="s">
+      <c r="A112" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B112" s="93" t="s">
+      <c r="B112" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C112" s="93"/>
-[...12 lines deleted...]
-      <c r="P112" s="94"/>
+      <c r="C112" s="96"/>
+      <c r="D112" s="96"/>
+      <c r="E112" s="96"/>
+      <c r="F112" s="96"/>
+      <c r="G112" s="96"/>
+      <c r="H112" s="96"/>
+      <c r="I112" s="96"/>
+      <c r="J112" s="96"/>
+      <c r="K112" s="96"/>
+      <c r="L112" s="96"/>
+      <c r="M112" s="96"/>
+      <c r="N112" s="96"/>
+      <c r="O112" s="96"/>
+      <c r="P112" s="97"/>
     </row>
     <row r="113" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="97"/>
-      <c r="B113" s="99" t="s">
+      <c r="A113" s="100"/>
+      <c r="B113" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="99"/>
-[...11 lines deleted...]
-      <c r="O113" s="99"/>
+      <c r="C113" s="95"/>
+      <c r="D113" s="95"/>
+      <c r="E113" s="95"/>
+      <c r="F113" s="95"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
+      <c r="I113" s="95"/>
+      <c r="J113" s="95"/>
+      <c r="K113" s="95"/>
+      <c r="L113" s="95"/>
+      <c r="M113" s="95"/>
+      <c r="N113" s="95"/>
+      <c r="O113" s="95"/>
       <c r="P113" s="104"/>
     </row>
     <row r="114" spans="1:16" ht="41.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A114" s="97"/>
-      <c r="B114" s="87" t="s">
+      <c r="A114" s="100"/>
+      <c r="B114" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C114" s="91"/>
-[...1 lines deleted...]
-      <c r="E114" s="87" t="s">
+      <c r="C114" s="85"/>
+      <c r="D114" s="86"/>
+      <c r="E114" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F114" s="91"/>
-[...1 lines deleted...]
-      <c r="H114" s="87" t="s">
+      <c r="F114" s="85"/>
+      <c r="G114" s="86"/>
+      <c r="H114" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I114" s="91"/>
-[...1 lines deleted...]
-      <c r="K114" s="87" t="s">
+      <c r="I114" s="85"/>
+      <c r="J114" s="86"/>
+      <c r="K114" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L114" s="91"/>
-[...1 lines deleted...]
-      <c r="N114" s="87" t="s">
+      <c r="L114" s="85"/>
+      <c r="M114" s="86"/>
+      <c r="N114" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O114" s="91"/>
-      <c r="P114" s="92"/>
+      <c r="O114" s="85"/>
+      <c r="P114" s="86"/>
     </row>
     <row r="115" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="97"/>
+      <c r="A115" s="100"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
@@ -19448,121 +20239,121 @@
       <c r="O120" s="33"/>
       <c r="P120" s="34"/>
     </row>
     <row r="121" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="18"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="18"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="18"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="18"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="18"/>
     </row>
     <row r="122" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="123" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A123" s="89" t="s">
+      <c r="A123" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B123" s="93" t="s">
+      <c r="B123" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C123" s="93"/>
-[...12 lines deleted...]
-      <c r="P123" s="94"/>
+      <c r="C123" s="96"/>
+      <c r="D123" s="96"/>
+      <c r="E123" s="96"/>
+      <c r="F123" s="96"/>
+      <c r="G123" s="96"/>
+      <c r="H123" s="96"/>
+      <c r="I123" s="96"/>
+      <c r="J123" s="96"/>
+      <c r="K123" s="96"/>
+      <c r="L123" s="96"/>
+      <c r="M123" s="96"/>
+      <c r="N123" s="96"/>
+      <c r="O123" s="96"/>
+      <c r="P123" s="97"/>
     </row>
     <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="97"/>
-      <c r="B124" s="99" t="s">
+      <c r="A124" s="100"/>
+      <c r="B124" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="99"/>
-[...11 lines deleted...]
-      <c r="O124" s="99"/>
+      <c r="C124" s="95"/>
+      <c r="D124" s="95"/>
+      <c r="E124" s="95"/>
+      <c r="F124" s="95"/>
+      <c r="G124" s="95"/>
+      <c r="H124" s="95"/>
+      <c r="I124" s="95"/>
+      <c r="J124" s="95"/>
+      <c r="K124" s="95"/>
+      <c r="L124" s="95"/>
+      <c r="M124" s="95"/>
+      <c r="N124" s="95"/>
+      <c r="O124" s="95"/>
       <c r="P124" s="104"/>
     </row>
     <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A125" s="97"/>
-      <c r="B125" s="87" t="s">
+      <c r="A125" s="100"/>
+      <c r="B125" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C125" s="91"/>
-[...1 lines deleted...]
-      <c r="E125" s="87" t="s">
+      <c r="C125" s="85"/>
+      <c r="D125" s="86"/>
+      <c r="E125" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F125" s="91"/>
-[...1 lines deleted...]
-      <c r="H125" s="87" t="s">
+      <c r="F125" s="85"/>
+      <c r="G125" s="86"/>
+      <c r="H125" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I125" s="91"/>
-[...1 lines deleted...]
-      <c r="K125" s="87" t="s">
+      <c r="I125" s="85"/>
+      <c r="J125" s="86"/>
+      <c r="K125" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L125" s="91"/>
-[...1 lines deleted...]
-      <c r="N125" s="87" t="s">
+      <c r="L125" s="85"/>
+      <c r="M125" s="86"/>
+      <c r="N125" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O125" s="91"/>
-      <c r="P125" s="92"/>
+      <c r="O125" s="85"/>
+      <c r="P125" s="86"/>
     </row>
     <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="97"/>
+      <c r="A126" s="100"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
@@ -19687,121 +20478,121 @@
       <c r="O131" s="33"/>
       <c r="P131" s="34"/>
     </row>
     <row r="132" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="18"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
     </row>
     <row r="133" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="89" t="s">
+      <c r="A134" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="B134" s="93" t="s">
+      <c r="B134" s="96" t="s">
         <v>46</v>
       </c>
-      <c r="C134" s="93"/>
-[...12 lines deleted...]
-      <c r="P134" s="94"/>
+      <c r="C134" s="96"/>
+      <c r="D134" s="96"/>
+      <c r="E134" s="96"/>
+      <c r="F134" s="96"/>
+      <c r="G134" s="96"/>
+      <c r="H134" s="96"/>
+      <c r="I134" s="96"/>
+      <c r="J134" s="96"/>
+      <c r="K134" s="96"/>
+      <c r="L134" s="96"/>
+      <c r="M134" s="96"/>
+      <c r="N134" s="96"/>
+      <c r="O134" s="96"/>
+      <c r="P134" s="97"/>
     </row>
     <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="97"/>
-      <c r="B135" s="99" t="s">
+      <c r="A135" s="100"/>
+      <c r="B135" s="95" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="99"/>
-[...11 lines deleted...]
-      <c r="O135" s="99"/>
+      <c r="C135" s="95"/>
+      <c r="D135" s="95"/>
+      <c r="E135" s="95"/>
+      <c r="F135" s="95"/>
+      <c r="G135" s="95"/>
+      <c r="H135" s="95"/>
+      <c r="I135" s="95"/>
+      <c r="J135" s="95"/>
+      <c r="K135" s="95"/>
+      <c r="L135" s="95"/>
+      <c r="M135" s="95"/>
+      <c r="N135" s="95"/>
+      <c r="O135" s="95"/>
       <c r="P135" s="104"/>
     </row>
     <row r="136" spans="1:17" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A136" s="97"/>
-      <c r="B136" s="82" t="s">
+      <c r="A136" s="100"/>
+      <c r="B136" s="87" t="s">
         <v>32</v>
       </c>
-      <c r="C136" s="83"/>
-[...1 lines deleted...]
-      <c r="E136" s="82" t="s">
+      <c r="C136" s="88"/>
+      <c r="D136" s="89"/>
+      <c r="E136" s="87" t="s">
         <v>33</v>
       </c>
-      <c r="F136" s="83"/>
-[...1 lines deleted...]
-      <c r="H136" s="82" t="s">
+      <c r="F136" s="88"/>
+      <c r="G136" s="89"/>
+      <c r="H136" s="87" t="s">
         <v>35</v>
       </c>
-      <c r="I136" s="83"/>
-[...1 lines deleted...]
-      <c r="K136" s="82" t="s">
+      <c r="I136" s="88"/>
+      <c r="J136" s="89"/>
+      <c r="K136" s="87" t="s">
         <v>34</v>
       </c>
-      <c r="L136" s="83"/>
-[...1 lines deleted...]
-      <c r="N136" s="82" t="s">
+      <c r="L136" s="88"/>
+      <c r="M136" s="89"/>
+      <c r="N136" s="87" t="s">
         <v>36</v>
       </c>
-      <c r="O136" s="83"/>
-      <c r="P136" s="84"/>
+      <c r="O136" s="88"/>
+      <c r="P136" s="89"/>
     </row>
     <row r="137" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A137" s="97"/>
+      <c r="A137" s="100"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="66" t="s">
@@ -19810,437 +20601,437 @@
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="M137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>259</v>
+        <v>503</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:P138" si="0">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>243</v>
+        <v>452</v>
       </c>
       <c r="D138" s="15">
         <f t="shared" si="0"/>
-        <v>502</v>
+        <v>955</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="0"/>
-        <v>129</v>
+        <v>222</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="0"/>
-        <v>118</v>
+        <v>217</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="0"/>
-        <v>247</v>
+        <v>439</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="0"/>
-        <v>200</v>
+        <v>337</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="0"/>
-        <v>126</v>
+        <v>255</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="0"/>
-        <v>326</v>
+        <v>592</v>
       </c>
       <c r="Q138" s="28"/>
     </row>
     <row r="139" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:P139" si="1">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>72</v>
+        <v>133</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="1"/>
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="D139" s="15">
         <f t="shared" si="1"/>
-        <v>158</v>
+        <v>282</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="1"/>
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="1"/>
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="1"/>
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="1"/>
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="1"/>
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="1"/>
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="1"/>
-        <v>83</v>
+        <v>146</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="1"/>
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="Q139" s="28"/>
     </row>
     <row r="140" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:P140" si="2">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>62</v>
+        <v>112</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="2"/>
-        <v>89</v>
+        <v>156</v>
       </c>
       <c r="D140" s="15">
         <f>SUM(D8,D19,D30,D41,D52,D63,D74,D85,D96,D107,D118,D129)</f>
-        <v>151</v>
+        <v>268</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="2"/>
-        <v>80</v>
+        <v>156</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="2"/>
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="2"/>
-        <v>167</v>
+        <v>310</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="2"/>
-        <v>98</v>
+        <v>177</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="2"/>
-        <v>108</v>
+        <v>174</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="2"/>
-        <v>206</v>
+        <v>351</v>
       </c>
       <c r="Q140" s="28"/>
     </row>
     <row r="141" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f t="shared" ref="B141:P141" si="3">SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>59</v>
+        <v>109</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" si="3"/>
-        <v>76</v>
+        <v>137</v>
       </c>
       <c r="D141" s="15">
         <f t="shared" si="3"/>
-        <v>135</v>
+        <v>246</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="3"/>
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="3"/>
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="3"/>
-        <v>89</v>
+        <v>161</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N141" s="10">
         <f>SUM(N9,N20,N31,N42,N53,N64,N75,N86,N97,N108,N119,N130)</f>
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="3"/>
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="3"/>
-        <v>130</v>
+        <v>223</v>
       </c>
       <c r="Q141" s="28"/>
     </row>
     <row r="142" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="32">
         <f t="shared" ref="B142:P142" si="4">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>78</v>
+        <v>133</v>
       </c>
       <c r="C142" s="33">
         <f t="shared" si="4"/>
-        <v>69</v>
+        <v>145</v>
       </c>
       <c r="D142" s="34">
         <f t="shared" si="4"/>
-        <v>147</v>
+        <v>278</v>
       </c>
       <c r="E142" s="32">
         <f t="shared" si="4"/>
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="4"/>
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="G142" s="34">
         <f>SUM(G10,G21,G32,G43,G54,G65,G76,G87,G98,G109,G120,G131)</f>
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="H142" s="32">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="J142" s="34">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="K142" s="32">
         <f t="shared" si="4"/>
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M142" s="34">
         <f t="shared" si="4"/>
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N142" s="32">
         <f t="shared" si="4"/>
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="4"/>
-        <v>73</v>
+        <v>132</v>
       </c>
       <c r="P142" s="34">
         <f t="shared" si="4"/>
-        <v>125</v>
+        <v>217</v>
       </c>
       <c r="Q142" s="28"/>
     </row>
     <row r="143" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:P143" si="5">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>530</v>
+        <v>990</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="5"/>
-        <v>563</v>
+        <v>1039</v>
       </c>
       <c r="D143" s="18">
         <f t="shared" si="5"/>
-        <v>1093</v>
+        <v>2029</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="5"/>
-        <v>327</v>
+        <v>595</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="5"/>
-        <v>347</v>
+        <v>627</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="5"/>
-        <v>674</v>
+        <v>1222</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="5"/>
         <v>4</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="5"/>
         <v>4</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="5"/>
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="5"/>
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="5"/>
-        <v>476</v>
+        <v>800</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="5"/>
-        <v>453</v>
+        <v>829</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="5"/>
-        <v>929</v>
+        <v>1629</v>
       </c>
       <c r="Q143" s="28"/>
     </row>
     <row r="144" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A144" s="38"/>
       <c r="B144" s="48"/>
       <c r="C144" s="48"/>
       <c r="D144" s="48"/>
       <c r="E144" s="48"/>
       <c r="F144" s="48"/>
       <c r="G144" s="48"/>
       <c r="H144" s="48"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="48"/>
       <c r="O144" s="48"/>
       <c r="P144" s="48"/>
       <c r="Q144" s="28"/>
     </row>
     <row r="145" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B145" s="60"/>
       <c r="C145" s="60"/>
@@ -20380,154 +21171,154 @@
       <c r="N152" s="48"/>
       <c r="O152" s="48"/>
       <c r="P152" s="48"/>
       <c r="Q152" s="48"/>
     </row>
     <row r="153" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B153" s="48"/>
       <c r="C153" s="48"/>
       <c r="D153" s="48"/>
       <c r="E153" s="48"/>
       <c r="F153" s="48"/>
       <c r="G153" s="48"/>
       <c r="H153" s="48"/>
       <c r="I153" s="48"/>
       <c r="J153" s="48"/>
       <c r="K153" s="48"/>
       <c r="L153" s="48"/>
       <c r="M153" s="48"/>
       <c r="N153" s="48"/>
       <c r="O153" s="48"/>
       <c r="P153" s="48"/>
       <c r="Q153" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="104">
-    <mergeCell ref="A134:A137"/>
-[...78 lines deleted...]
-    <mergeCell ref="N37:P37"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="B24:P24"/>
     <mergeCell ref="B25:P25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="E26:G26"/>
     <mergeCell ref="H26:J26"/>
     <mergeCell ref="K26:M26"/>
     <mergeCell ref="N26:P26"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="B13:P13"/>
     <mergeCell ref="B14:P14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="N15:P15"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="B46:P46"/>
+    <mergeCell ref="B47:P47"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="B35:P35"/>
+    <mergeCell ref="B36:P36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="B68:P68"/>
+    <mergeCell ref="B69:P69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="H70:J70"/>
+    <mergeCell ref="K70:M70"/>
+    <mergeCell ref="N70:P70"/>
+    <mergeCell ref="A57:A60"/>
+    <mergeCell ref="B57:P57"/>
+    <mergeCell ref="B58:P58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:P90"/>
+    <mergeCell ref="B91:P91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="E92:G92"/>
+    <mergeCell ref="H92:J92"/>
+    <mergeCell ref="K92:M92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:P79"/>
+    <mergeCell ref="B80:P80"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="K81:M81"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="A112:A115"/>
+    <mergeCell ref="B112:P112"/>
+    <mergeCell ref="B113:P113"/>
+    <mergeCell ref="B114:D114"/>
+    <mergeCell ref="E114:G114"/>
+    <mergeCell ref="H114:J114"/>
+    <mergeCell ref="K114:M114"/>
+    <mergeCell ref="N114:P114"/>
+    <mergeCell ref="A101:A104"/>
+    <mergeCell ref="B101:P101"/>
+    <mergeCell ref="B102:P102"/>
+    <mergeCell ref="B103:D103"/>
+    <mergeCell ref="E103:G103"/>
+    <mergeCell ref="H103:J103"/>
+    <mergeCell ref="K103:M103"/>
+    <mergeCell ref="N103:P103"/>
+    <mergeCell ref="A134:A137"/>
+    <mergeCell ref="B134:P134"/>
+    <mergeCell ref="B135:P135"/>
+    <mergeCell ref="B136:D136"/>
+    <mergeCell ref="E136:G136"/>
+    <mergeCell ref="H136:J136"/>
+    <mergeCell ref="K136:M136"/>
+    <mergeCell ref="N136:P136"/>
+    <mergeCell ref="A123:A126"/>
+    <mergeCell ref="B123:P123"/>
+    <mergeCell ref="B124:P124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="E125:G125"/>
+    <mergeCell ref="H125:J125"/>
+    <mergeCell ref="K125:M125"/>
+    <mergeCell ref="N125:P125"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Kopā_dzimumi</vt:lpstr>
       <vt:lpstr>vecuma grupas</vt:lpstr>
       <vt:lpstr>izglītības līmenis</vt:lpstr>