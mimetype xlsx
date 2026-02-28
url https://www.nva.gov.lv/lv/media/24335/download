--- v0 (2025-12-15)
+++ v1 (2026-02-28)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.ilmane\Desktop\Mājas lapa\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A6CF14D-1A98-41CF-B331-A4B755B3C62C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCC53A16-278C-492C-A3EF-B6A20854482B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="23260" windowHeight="12460" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="0"/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="zUp34Y4im0UBPro0KUEXrnBbyVHybsOUU/LQiKHF8SY="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -167,93 +167,93 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> un laiks </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(..līdz)</t>
     </r>
   </si>
   <si>
     <t>Nodarbinātības valsts aģentūras Saldus filiāle</t>
   </si>
   <si>
     <t>Kuldīgas iela 3, Saldus, LV-3801</t>
   </si>
   <si>
-    <t>Atbalsta un izaugsmes centrs "Alendum",       Inga Jekaboviča</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026. gada janvāris</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026. gada marts</t>
     </r>
   </si>
   <si>
-    <t>26.01.2026.         plkst. 9:00</t>
+    <t>23.03.2026.         plkst. 9:00</t>
   </si>
   <si>
-    <t>30.01.2026.     plkst. 15:50</t>
+    <t>27.03.2026.     plkst. 15:50</t>
+  </si>
+  <si>
+    <t>Atbalsta un izaugsmes centrs "Alendum",       Inga Jekaboviča</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
@@ -480,62 +480,62 @@
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -761,190 +761,190 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A7:Z996"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C23" sqref="C23"/>
+    <sheetView tabSelected="1" topLeftCell="A15" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="K18" sqref="K18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.81640625" customWidth="1"/>
     <col min="2" max="2" width="16.453125" customWidth="1"/>
     <col min="3" max="3" width="20.54296875" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="15.453125" customWidth="1"/>
     <col min="6" max="6" width="27.26953125" customWidth="1"/>
     <col min="7" max="7" width="7.08984375" customWidth="1"/>
     <col min="8" max="26" width="8.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="3:7" x14ac:dyDescent="0.35">
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="3:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="G8" s="2"/>
     </row>
     <row r="9" spans="3:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="G9" s="2"/>
     </row>
     <row r="10" spans="3:7" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="C10" s="23" t="s">
+      <c r="C10" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="D10" s="24"/>
-      <c r="E10" s="24"/>
+      <c r="D10" s="26"/>
+      <c r="E10" s="26"/>
       <c r="F10" s="3"/>
     </row>
     <row r="11" spans="3:7" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="C11" s="25" t="s">
+      <c r="C11" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="D11" s="24"/>
-      <c r="E11" s="24"/>
+      <c r="D11" s="26"/>
+      <c r="E11" s="26"/>
       <c r="F11" s="4"/>
     </row>
     <row r="12" spans="3:7" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C12" s="5"/>
       <c r="D12" s="6"/>
       <c r="E12" s="5"/>
     </row>
     <row r="13" spans="3:7" ht="14.5" x14ac:dyDescent="0.35">
       <c r="E13" s="4"/>
     </row>
     <row r="14" spans="3:7" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C14" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
     </row>
     <row r="15" spans="3:7" ht="14.5" x14ac:dyDescent="0.35">
       <c r="D15" s="8"/>
       <c r="G15" s="9"/>
     </row>
     <row r="16" spans="3:7" ht="18" x14ac:dyDescent="0.35">
       <c r="D16" s="18" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:26" ht="68.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="20" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>3</v>
       </c>
       <c r="E18" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="G18" s="20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:26" ht="97" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="21" t="s">
+      <c r="C19" s="21" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D19" s="21" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="21" t="s">
         <v>7</v>
       </c>
       <c r="F19" s="22" t="s">
         <v>8</v>
       </c>
       <c r="G19" s="21">
         <v>40</v>
       </c>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
       <c r="R19" s="10"/>
       <c r="S19" s="10"/>
       <c r="T19" s="10"/>
       <c r="U19" s="10"/>
       <c r="V19" s="10"/>
       <c r="W19" s="10"/>
       <c r="X19" s="10"/>
       <c r="Y19" s="10"/>
       <c r="Z19" s="10"/>
     </row>
     <row r="20" spans="1:26" s="19" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="26"/>
-[...5 lines deleted...]
-      <c r="G20" s="26"/>
+      <c r="A20" s="23"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="23"/>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="10"/>
       <c r="K20" s="10"/>
       <c r="L20" s="10"/>
       <c r="M20" s="10"/>
       <c r="N20" s="10"/>
       <c r="O20" s="10"/>
       <c r="P20" s="10"/>
       <c r="Q20" s="10"/>
       <c r="R20" s="10"/>
       <c r="S20" s="10"/>
       <c r="T20" s="10"/>
       <c r="U20" s="10"/>
       <c r="V20" s="10"/>
       <c r="W20" s="10"/>
       <c r="X20" s="10"/>
       <c r="Y20" s="10"/>
       <c r="Z20" s="10"/>
     </row>
     <row r="21" spans="1:26" ht="29" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="13"/>