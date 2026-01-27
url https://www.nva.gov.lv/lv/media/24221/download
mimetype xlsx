--- v0 (2025-12-04)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\Documents\KPP_2025\Mājaslapai\95.kods\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\Documents\KPP_2026\Mājaslapai\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Īsa anotācija</t>
@@ -143,53 +143,50 @@
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(..līdz)</t>
     </r>
   </si>
   <si>
     <t>Eiropas Savienības Atveseļošanas un noturības mehānisms</t>
   </si>
   <si>
     <t>AF projekts "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001</t>
   </si>
   <si>
     <t>Gaismas iela 20A, Aizkraukle</t>
   </si>
   <si>
     <t>Kursa saturs tiek nodrošināts atbilstoši Ministru kabineta 2010. gada 13. aprīļa noteikumos Nr.358 “Noteikumi par transportlīdzekļu vadītāju apmācību un transportlīdzekļu vadītāju apmācības programmām” noteiktajam par periodisko apmācību.</t>
   </si>
   <si>
     <t>Nodarbinātības valsts aģentūra        Jēkabpils fil. Aizkraukles KAC</t>
   </si>
   <si>
     <t>Transportlīdzekļu vadītāju periodiskā apmācība (95.kods)</t>
   </si>
   <si>
-    <t>SIA "Buts"                                       Dzintra Mikolone</t>
-[...1 lines deleted...]
-  <si>
     <t>Uz grupu nodarbībām pieteikties pie nodarbinātības aģenta vismaz trīs dienas iepriekš.</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
     </r>
   </si>
@@ -230,58 +227,61 @@
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026.gada janvārim</t>
-[...6 lines deleted...]
-    <t>23.01.2026.   21.15</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026.gada februārim</t>
+    </r>
+  </si>
+  <si>
+    <t>23.02.2026.   15.30</t>
+  </si>
+  <si>
+    <t>27.02.2026.   21.15</t>
+  </si>
+  <si>
+    <t>SIA "Buts"                                       Raimonds Mihņevičs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -890,51 +890,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A7:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E25" sqref="E25"/>
+      <selection activeCell="A29" sqref="A29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="24" customWidth="1"/>
     <col min="4" max="4" width="13" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="47.42578125" customWidth="1"/>
     <col min="7" max="7" width="12.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="3:7" x14ac:dyDescent="0.25">
       <c r="F7" s="13">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="3:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G8" s="5"/>
     </row>
     <row r="9" spans="3:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G9" s="5"/>
     </row>
     <row r="10" spans="3:7" x14ac:dyDescent="0.25">
       <c r="C10" s="18" t="s">
@@ -950,88 +950,88 @@
       </c>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="3:7" x14ac:dyDescent="0.25">
       <c r="C12" s="11"/>
       <c r="D12" s="12"/>
       <c r="E12" s="11"/>
     </row>
     <row r="13" spans="3:7" x14ac:dyDescent="0.25">
       <c r="C13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
     </row>
     <row r="14" spans="3:7" x14ac:dyDescent="0.25">
       <c r="D14" s="8"/>
       <c r="G14" s="7"/>
     </row>
     <row r="15" spans="3:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="D15" s="14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="3:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F16" s="2"/>
     </row>
     <row r="17" spans="1:7" s="4" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>0</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="1" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="23" t="s">
+      <c r="C18" s="20" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>10</v>
       </c>
       <c r="G18" s="20">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="24"/>
       <c r="B19" s="24"/>
       <c r="C19" s="21"/>
       <c r="D19" s="24"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="24"/>
@@ -1040,74 +1040,74 @@
       <c r="D20" s="24"/>
       <c r="E20" s="21"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="24"/>
       <c r="B21" s="24"/>
       <c r="C21" s="21"/>
       <c r="D21" s="24"/>
       <c r="E21" s="21"/>
       <c r="F21" s="21"/>
       <c r="G21" s="21"/>
     </row>
     <row r="22" spans="1:7" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="25"/>
       <c r="B22" s="25"/>
       <c r="C22" s="22"/>
       <c r="D22" s="25"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
     </row>
     <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B23" s="17"/>
       <c r="C23" s="17"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="16"/>
       <c r="B24" s="9"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="10"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="F18:F22"/>
     <mergeCell ref="G18:G22"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="B18:B22"/>
     <mergeCell ref="C18:C22"/>
     <mergeCell ref="D18:D22"/>
     <mergeCell ref="E18:E22"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.19685039370078741" top="0.51181102362204722" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
@@ -1121,65 +1121,50 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010037684198CC6FA64699FAD9A20499552E" ma:contentTypeVersion="13" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="23b396270b82bda780c20309d2245f7e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37" xmlns:ns3="a9fbca63-a43b-4848-b07c-0a84483657ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9390da56c22c65ca57c03fdb54d0ff0" ns2:_="" ns3:_="">
     <xsd:import namespace="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37"/>
     <xsd:import namespace="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1342,99 +1327,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a9fbca63-a43b-4848-b07c-0a84483657ab" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
-[...23 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5046C83F-7D49-477A-A445-1BE8D639CB34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37"/>
     <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>