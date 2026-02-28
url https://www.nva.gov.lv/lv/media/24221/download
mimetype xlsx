--- v1 (2026-01-27)
+++ v2 (2026-02-28)
@@ -192,96 +192,96 @@
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
     </r>
   </si>
   <si>
+    <t>SIA "Buts"                                       Raimonds Mihņevičs</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026.gada februārim</t>
-[...9 lines deleted...]
-    <t>SIA "Buts"                                       Raimonds Mihņevičs</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026.gada martam</t>
+    </r>
+  </si>
+  <si>
+    <t>23.03.2026.   15.30</t>
+  </si>
+  <si>
+    <t>27.03.2026.   21.15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -890,51 +890,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A7:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A29" sqref="A29"/>
+      <selection activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="24" customWidth="1"/>
     <col min="4" max="4" width="13" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="47.42578125" customWidth="1"/>
     <col min="7" max="7" width="12.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="3:7" x14ac:dyDescent="0.25">
       <c r="F7" s="13">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="3:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G8" s="5"/>
     </row>
     <row r="9" spans="3:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G9" s="5"/>
     </row>
     <row r="10" spans="3:7" x14ac:dyDescent="0.25">
       <c r="C10" s="18" t="s">
@@ -950,88 +950,88 @@
       </c>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="3:7" x14ac:dyDescent="0.25">
       <c r="C12" s="11"/>
       <c r="D12" s="12"/>
       <c r="E12" s="11"/>
     </row>
     <row r="13" spans="3:7" x14ac:dyDescent="0.25">
       <c r="C13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
     </row>
     <row r="14" spans="3:7" x14ac:dyDescent="0.25">
       <c r="D14" s="8"/>
       <c r="G14" s="7"/>
     </row>
     <row r="15" spans="3:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="D15" s="14" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="3:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F16" s="2"/>
     </row>
     <row r="17" spans="1:7" s="4" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>0</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="1" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="23" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B18" s="23" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C18" s="20" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>10</v>
       </c>
       <c r="G18" s="20">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="24"/>
       <c r="B19" s="24"/>
       <c r="C19" s="21"/>
       <c r="D19" s="24"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="24"/>
@@ -1328,121 +1328,121 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="a9fbca63-a43b-4848-b07c-0a84483657ab" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
-</file>
-[...11 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5046C83F-7D49-477A-A445-1BE8D639CB34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37"/>
     <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="37cdf2eb-ed93-4cb0-aade-dc0aa0724b37"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>