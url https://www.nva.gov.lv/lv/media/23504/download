--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vitaza\Documents\My documents\0PPP\2KPP\Majaslapai plāni\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11280"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10980"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
@@ -227,133 +227,133 @@
         <charset val="186"/>
       </rPr>
       <t>Liepājas filiāle</t>
     </r>
   </si>
   <si>
     <t>Asistents-pavadonis personai ar invaliditāti</t>
   </si>
   <si>
     <t>Atbalsta un izaugsmes centrs "Alendum", Māris Ceirulis</t>
   </si>
   <si>
     <t>Ganību ielā 197/205, Liepāja, LV-3407</t>
   </si>
   <si>
     <t>Kurss “Asistents-pavadonis personai ar invaliditāti”. 
 Tiek apgūtas prasmes, atbilstoši tēmām: 
 1. Saskarsmes psiholoģijas pamati, 
 2. Ergonomijas pamati, 
 3. Aprūpes pamati, 
 4. Veselības aprūpe un pirmā palīdzība, 
 5. Sociālās vides un pakalpojumu pieejamība</t>
   </si>
   <si>
     <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>24.11.2025.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+ plkst. 9:00</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">28.11.2025. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+plkst. 15:50</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns oktobrim</t>
-[...47 lines deleted...]
-plkst. 15:50</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns novembrim</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -1050,51 +1050,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G24"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D19" sqref="D19"/>
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="48.42578125" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="27"/>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
@@ -1201,85 +1201,85 @@
       <c r="F13" s="28"/>
       <c r="G13" s="28"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="29" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
     </row>
     <row r="15" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="22"/>
       <c r="G15" s="22"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="D16" s="16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="1" customFormat="1" ht="113.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="23" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="24" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="23">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="14"/>