--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -3,74 +3,73 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\baiba.armasevica\Desktop\KPP\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\Documents\KPP_2025\Mājaslapai\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FC51D43F-D455-4A1C-B431-B53D7FDB738C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13470"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="179021"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
@@ -219,113 +218,113 @@
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
     </r>
   </si>
   <si>
     <t>Biedrība Atbalsta un izaugsmes centrs "Alendum", Evita Bērziņa</t>
   </si>
   <si>
     <t xml:space="preserve">Visa Latvijas teritorija (attālināti) </t>
   </si>
   <si>
     <t xml:space="preserve">Darba vides un psihoemocionālo faktoru nozīme vecāka gadagājuma cilvēkiem, 50+ </t>
   </si>
   <si>
     <t>Garīgais un fiziskais darbs, to veidi un raksturojums;  Starppaudžu komunikācija un sadarbība darba vide; Darba vides riska faktori (fizikālie, ķīmieskie, bioloģiskie, traumatiskie, ergonomiskie, psihosociālie, u.c) un to ietekme uz veselību; Psihoemocionālie darba vides riska faktori un to ietekme uz veselību, Izdegšanas sindroms, Arodveselība, Obligātās veselības pārbaudes un arodslimību profilakse</t>
-  </si>
-[...4 lines deleted...]
-    <t>12.12.2025. līdz 15:50</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Konkurētspējas paaugstināšanas pasākumu nodarbību plāns </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Decembris</t>
-    </r>
+      <t>2025.g.decembrim</t>
+    </r>
+  </si>
+  <si>
+    <t>15.12.2025. no 9:00</t>
+  </si>
+  <si>
+    <t>17.12.2025. līdz 15:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
@@ -984,55 +983,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G26"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="26"/>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="26"/>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
@@ -1139,85 +1138,85 @@
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="28" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
     </row>
     <row r="15" spans="1:7" s="24" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="25"/>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="D16" s="16" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="1" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B19" s="18" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C19" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="18">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="18"/>
       <c r="B20" s="18"/>
       <c r="C20" s="18"/>
       <c r="D20" s="19"/>
       <c r="E20" s="18"/>
       <c r="F20" s="20"/>
       <c r="G20" s="18"/>
@@ -1280,68 +1279,72 @@
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1468,111 +1471,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>