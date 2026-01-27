--- v1 (2025-12-16)
+++ v2 (2026-01-27)
@@ -3,73 +3,74 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\Documents\KPP_2025\Mājaslapai\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\baiba.armasevica\Desktop\KPP\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CFCFADB3-A15A-4E37-AED0-1B1B7A318FE0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13470"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="179021"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
@@ -220,137 +221,107 @@
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
     </r>
   </si>
   <si>
     <t>Biedrība Atbalsta un izaugsmes centrs "Alendum", Evita Bērziņa</t>
   </si>
   <si>
     <t xml:space="preserve">Visa Latvijas teritorija (attālināti) </t>
   </si>
   <si>
     <t xml:space="preserve">Darba vides un psihoemocionālo faktoru nozīme vecāka gadagājuma cilvēkiem, 50+ </t>
   </si>
   <si>
     <t>Garīgais un fiziskais darbs, to veidi un raksturojums;  Starppaudžu komunikācija un sadarbība darba vide; Darba vides riska faktori (fizikālie, ķīmieskie, bioloģiskie, traumatiskie, ergonomiskie, psihosociālie, u.c) un to ietekme uz veselību; Psihoemocionālie darba vides riska faktori un to ietekme uz veselību, Izdegšanas sindroms, Arodveselība, Obligātās veselības pārbaudes un arodslimību profilakse</t>
   </si>
   <si>
+    <t>18.03.2026. no 9:00</t>
+  </si>
+  <si>
+    <t>20.03.2026. līdz 15:50</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve"> </t>
-    </r>
-[...9 lines deleted...]
-      <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> </t>
-[...10 lines deleted...]
-      <t xml:space="preserve">Konkurētspējas paaugstināšanas pasākumu nodarbību plāns </t>
+      <t xml:space="preserve">Plānoto Konkurētspējas paaugstināšanas pasākumu nodarbību plāns </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>2025.g.decembrim</t>
-[...6 lines deleted...]
-    <t>17.12.2025. līdz 15:50</t>
+      <t>2026.gada 1.ceturksnim</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
-      <color indexed="8"/>
-[...6 lines deleted...]
-      <sz val="14"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color indexed="8"/>
@@ -508,50 +479,59 @@
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="4"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF5B9BD5"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
@@ -563,126 +543,127 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
@@ -983,55 +964,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E24" sqref="E24"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="26"/>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="26"/>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
@@ -1137,86 +1118,90 @@
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="28" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
     </row>
     <row r="15" spans="1:7" s="24" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="25"/>
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="31"/>
       <c r="D16" s="16" t="s">
-        <v>18</v>
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E16" s="31"/>
+      <c r="F16" s="31"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="1" customFormat="1" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="18" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C19" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="18">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="18"/>
       <c r="B20" s="18"/>
       <c r="C20" s="18"/>
       <c r="D20" s="19"/>
       <c r="E20" s="18"/>
       <c r="F20" s="20"/>
       <c r="G20" s="18"/>
@@ -1279,72 +1264,81 @@
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1471,107 +1465,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>