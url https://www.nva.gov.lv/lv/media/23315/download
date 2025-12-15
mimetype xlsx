--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -4,141 +4,140 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Viktorijak\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Initaj\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CBD33BB8-0665-45DD-ACE9-373C6A550B9E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8364" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880" firstSheet="1" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Traktehn_vad_progr" sheetId="4" state="hidden" r:id="rId1"/>
     <sheet name="Transp_ pēc 1 vienības" sheetId="5" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="179021"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H7" i="4" l="1"/>
-  <c r="P7" i="4" s="1"/>
-  <c r="Q7" i="4" s="1"/>
   <c r="I45" i="5"/>
   <c r="I44" i="5"/>
   <c r="I43" i="5"/>
   <c r="I42" i="5"/>
   <c r="I41" i="5"/>
   <c r="I40" i="5"/>
   <c r="I39" i="5"/>
   <c r="I38" i="5"/>
   <c r="I37" i="5"/>
   <c r="I36" i="5"/>
   <c r="I35" i="5"/>
   <c r="I34" i="5"/>
   <c r="I33" i="5"/>
   <c r="I32" i="5"/>
   <c r="I31" i="5"/>
   <c r="I30" i="5"/>
   <c r="I29" i="5"/>
   <c r="I28" i="5"/>
   <c r="I27" i="5"/>
   <c r="I26" i="5"/>
   <c r="I25" i="5"/>
   <c r="I24" i="5"/>
   <c r="I23" i="5"/>
   <c r="I22" i="5"/>
   <c r="I21" i="5"/>
   <c r="I20" i="5"/>
   <c r="I19" i="5"/>
   <c r="I18" i="5"/>
   <c r="I17" i="5"/>
   <c r="I16" i="5"/>
   <c r="I15" i="5"/>
   <c r="I14" i="5"/>
   <c r="I13" i="5"/>
   <c r="I12" i="5"/>
   <c r="I11" i="5"/>
   <c r="I10" i="5"/>
   <c r="I9" i="5"/>
   <c r="I8" i="5"/>
   <c r="I7" i="5"/>
   <c r="I6" i="5"/>
   <c r="H14" i="4"/>
   <c r="P14" i="4" s="1"/>
   <c r="Q14" i="4" s="1"/>
   <c r="H13" i="4"/>
   <c r="P13" i="4" s="1"/>
   <c r="Q13" i="4" s="1"/>
   <c r="H12" i="4"/>
   <c r="P12" i="4" s="1"/>
   <c r="Q12" i="4" s="1"/>
+  <c r="P11" i="4"/>
+  <c r="Q11" i="4" s="1"/>
   <c r="H11" i="4"/>
-  <c r="P11" i="4" s="1"/>
-  <c r="Q11" i="4" s="1"/>
   <c r="H10" i="4"/>
   <c r="P10" i="4" s="1"/>
   <c r="Q10" i="4" s="1"/>
   <c r="P9" i="4"/>
   <c r="Q9" i="4" s="1"/>
   <c r="H9" i="4"/>
+  <c r="Q8" i="4"/>
   <c r="P8" i="4"/>
-  <c r="Q8" i="4" s="1"/>
   <c r="H8" i="4"/>
+  <c r="P7" i="4"/>
+  <c r="Q7" i="4" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="83">
   <si>
     <t>Pirmās palīdzības kursa mācību stundu skaits</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Kopējais mācību stundu skaits</t>
   </si>
   <si>
     <t>Izglītības iestādes organizētās Apmācības ietvaros bezdarbniekiem sniegtais pārkvalificēšanās pakalpojums netiek aplikts ar pievienotās vērtības nodokli (turpmāk – PVN) saskaņā ar Pievienotās vērtības nodokļa likuma 52.panta pirmās daļas 16.punktu. Pārkvalificēšanās pakalpojums darba meklētājiem tiek aplikts ar PVN, piemērojot PVN standartlikmi 21 procenta apmērā saskaņā ar Pievienotās vērtības nodokļa likuma 41.panta pirmās daļas 1.punktu, kas ir ietverta apmācību kupona vērtībā (nepārsniedzot apmācību kupona maksimālo vērtību).</t>
   </si>
   <si>
     <t xml:space="preserve">Traktortehnikas vadītāju apmācības izglītības programmu saraksts </t>
   </si>
   <si>
     <t xml:space="preserve">Teorētiskās apmācības stundu skaits </t>
   </si>
   <si>
     <t>8=3+4+5+6+7</t>
   </si>
   <si>
     <t xml:space="preserve">11K1 mod. - “TR1” (ar 1.pal.) kategorijas traktortehnikas “Traktori, lauksaimniecības pašgājējmašīnas, komunālās mašīnas, universālās pašgājējmašīnas, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas ar pilnu masu līdz 7500 kilogramiem” </t>
   </si>
   <si>
@@ -380,98 +379,76 @@
   <si>
     <t>10K1M - "D1E" kategorijas autovadītājs ar iepriekš iegūtu "D1" kategoriju (ar 1.pal.)</t>
   </si>
   <si>
     <t>10KM - "D1E" kategorijas autovadītājs ar iepriekš iegūtu "D1" kategoriju</t>
   </si>
   <si>
     <t>10P1M - "D1E" kategorijas autovadītājs ar iepriekš iegūtu "D1" kategoriju (ar 1.pal.) (kods 95)</t>
   </si>
   <si>
     <t>10PM - "D1E" kategorijas autovadītājs ar iepriekš iegūtu "D1" kategoriju (kods 95)</t>
   </si>
   <si>
     <t>*Apmācību kupona vērtība (EUR)</t>
   </si>
   <si>
     <t>11P1M - "D" kategorijas autovadītājs ar iepriekš iegūtu "B" kategoriju (ar 1.pal.) (kods 95)</t>
   </si>
   <si>
     <t>11PM - "D" kategorijas autovadītājs ar iepriekš iegūtu "B" kategoriju (kods 95)</t>
   </si>
   <si>
     <t xml:space="preserve">*Izglītības iestādes organizētās Apmācības ietvaros bezdarbniekiem sniegtais pārkvalificēšanās pakalpojums netiek aplikts ar pievienotās vērtības nodokli (turpmāk – PVN) saskaņā ar Pievienotās vērtības nodokļa likuma 52.panta pirmās daļas 16.punktu. Pārkvalificēšanās pakalpojums darba meklētājiem un bezdarba riskam pakļautām personām tiek aplikts ar PVN, piemērojot PVN standartlikmi 21 procenta apmērā saskaņā ar Pievienotās vērtības nodokļa likuma 41.panta pirmās daļas 1.punktu, kas ir ietverta apmācību kupona vērtībā (nepārsniedzot apmācību kupona maksimālo vērtību).                                                                                                                                                                                                                                               </t>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t xml:space="preserve">Apmācību kupona vērtība tiek noteikta saskaņā ar:                                                                                                                                                                                                                                                                                                                                            
 Ministru kabineta 2011. gada 25. janvāra noteikumos Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”noteikto;                                                                                                                                                                                                                                                                                                                         
-Labklājības ministrijas 2025. gada 26.februāra Rīkojumu Nr.32 “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu”. Šīs metodikas noteiktās likmes piemēro no 2025. gada 1. aprīļa.;
-Saskaņā ar grozījumiem MK noteikumos Nr.358 “Par transportlīdzekļu vadītāju apmācību un transportlīdzekļu vadītāju apmācības programmām”, programmām 4KM, 4K1M, 4PM, 4P1M, 5KM, 5K1M, 5PM, 5P1M grozīts programmu stundu skaits un, līdz ar to, programmām 4KM, 4K1M, 5KM, 5K1M grozītas kuponu vērtības, kuras piemēro no 2025.gada 1.jūlija.
+Labklājības ministrijas 2025. gada 6. oktobra Rīkojumu Nr.3/AF “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika mācību un stipendijas izmaksām” apstiprināšanu”. Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra;
 Apmācību kupona vērtībā iekļautas izmaksas par veselības pārbaudi (nodrošina pēc nepieciešamības), pirmās palīdzības sniegšanas kursa nodrošināšanu (ja attiecināms), periodiskās apmācības (kods 95) nodrošināšanu (ja attiecināms), transportlīdzekļa nodrošināšanu vadīšanas eksāmena kārtošanas laikā CSDD (t.sk. ja izmanto CSDD transportlīdzekli Rīgas nodaļā), profesionālās kvalifikācijas (kods 95) eksāmenu (ja attiecināms) vai kvalifikācijas eksāmenu kārtošanu un vadītāja apliecības saņemšanu CSDD.                                                                                                                                                                                                                                                                                     </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...1 lines deleted...]
-    <numFmt numFmtId="164" formatCode="0.000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="13"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -629,57 +606,50 @@
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="30">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -794,80 +764,80 @@
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14951017792291024"/>
+        <fgColor theme="0" tint="-0.14944914090395825"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.24948881496627703"/>
+        <fgColor theme="0" tint="-0.24942777794732504"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.34949797051911985"/>
+        <fgColor theme="0" tint="-0.34943693350016786"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="51">
+  <borders count="53">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -1255,136 +1225,50 @@
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...84 lines deleted...]
-    <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
@@ -1396,701 +1280,798 @@
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color auto="1"/>
       </right>
-      <top style="thin">
-[...6 lines deleted...]
-      <left style="thin">
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="47">
+  <cellStyleXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="6" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="32" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="18" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="164">
+  <cellXfs count="159">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
-    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="25" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="25" borderId="10" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="25" borderId="10" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="25" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="25" borderId="10" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="26" fillId="25" borderId="10" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="12" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="26" borderId="12" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="26" borderId="12" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="25" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="26" borderId="12" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="25" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="25" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="25" borderId="15" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="25" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="25" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="25" borderId="15" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="25" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="26" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="15" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="26" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="26" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="26" borderId="15" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="26" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="27" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="27" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="27" borderId="12" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="27" borderId="12" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="27" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="27" borderId="12" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="27" borderId="12" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="25" fillId="27" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="27" borderId="15" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="27" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="27" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="25" fillId="27" borderId="15" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="26" fillId="27" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="28" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="28" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="28" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="3" fillId="28" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="28" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="28" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="28" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="26" fillId="28" borderId="12" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="27" fillId="28" borderId="12" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="26" fillId="28" borderId="15" xfId="38" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="27" fillId="28" borderId="15" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="28" borderId="18" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="28" borderId="19" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="29" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="29" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="29" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="29" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="1" fillId="29" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="29" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...158 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="24" borderId="41" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="4" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="29" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="30" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="31" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="37" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="38" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="39" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="35" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="36" xfId="39" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="24" borderId="50" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="24" borderId="51" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="24" borderId="29" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="24" borderId="52" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="24" borderId="31" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="24" borderId="30" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="24" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="47">
-[...35 lines deleted...]
-    <cellStyle name="Neutral 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+  <cellStyles count="48">
+    <cellStyle name="20% - Accent1 2" xfId="2"/>
+    <cellStyle name="20% - Accent2 2" xfId="3"/>
+    <cellStyle name="20% - Accent3 2" xfId="4"/>
+    <cellStyle name="20% - Accent4 2" xfId="5"/>
+    <cellStyle name="20% - Accent5 2" xfId="6"/>
+    <cellStyle name="20% - Accent6 2" xfId="7"/>
+    <cellStyle name="40% - Accent1 2" xfId="8"/>
+    <cellStyle name="40% - Accent2 2" xfId="9"/>
+    <cellStyle name="40% - Accent3 2" xfId="10"/>
+    <cellStyle name="40% - Accent4 2" xfId="11"/>
+    <cellStyle name="40% - Accent5 2" xfId="12"/>
+    <cellStyle name="40% - Accent6 2" xfId="13"/>
+    <cellStyle name="60% - Accent1 2" xfId="14"/>
+    <cellStyle name="60% - Accent2 2" xfId="15"/>
+    <cellStyle name="60% - Accent3 2" xfId="16"/>
+    <cellStyle name="60% - Accent4 2" xfId="17"/>
+    <cellStyle name="60% - Accent5 2" xfId="18"/>
+    <cellStyle name="60% - Accent6 2" xfId="19"/>
+    <cellStyle name="Accent1 2" xfId="20"/>
+    <cellStyle name="Accent2 2" xfId="21"/>
+    <cellStyle name="Accent3 2" xfId="22"/>
+    <cellStyle name="Accent4 2" xfId="23"/>
+    <cellStyle name="Accent5 2" xfId="24"/>
+    <cellStyle name="Accent6 2" xfId="25"/>
+    <cellStyle name="Bad 2" xfId="26"/>
+    <cellStyle name="Calculation 2" xfId="27"/>
+    <cellStyle name="Check Cell 2" xfId="28"/>
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Explanatory Text 2" xfId="29"/>
+    <cellStyle name="Good 2" xfId="30"/>
+    <cellStyle name="Heading 1 2" xfId="31"/>
+    <cellStyle name="Heading 2 2" xfId="32"/>
+    <cellStyle name="Heading 3 2" xfId="33"/>
+    <cellStyle name="Heading 4 2" xfId="34"/>
+    <cellStyle name="Input 2" xfId="35"/>
+    <cellStyle name="Linked Cell 2" xfId="36"/>
+    <cellStyle name="Neutral 2" xfId="37"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="37" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
-[...8 lines deleted...]
-    <cellStyle name="Warning Text 2" xfId="46" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="Normal 2" xfId="38"/>
+    <cellStyle name="Normal 2 2" xfId="39"/>
+    <cellStyle name="Normal 3" xfId="40"/>
+    <cellStyle name="Normal 4" xfId="41"/>
+    <cellStyle name="Note 2" xfId="42"/>
+    <cellStyle name="Note 2 2" xfId="43"/>
+    <cellStyle name="Output 2" xfId="44"/>
+    <cellStyle name="Title 2" xfId="45"/>
+    <cellStyle name="Total 2" xfId="46"/>
+    <cellStyle name="Warning Text 2" xfId="47"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -2141,119 +2122,85 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2393,130 +2340,130 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S21"/>
   <sheetViews>
     <sheetView topLeftCell="A11" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A17" sqref="A17:N17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.21875" style="1"/>
-[...8 lines deleted...]
-    <col min="18" max="16384" width="9.21875" style="1"/>
+    <col min="1" max="1" width="9.28515625" style="1"/>
+    <col min="2" max="2" width="79.7109375" style="2" customWidth="1"/>
+    <col min="3" max="7" width="20.7109375" style="2" customWidth="1"/>
+    <col min="8" max="12" width="20.7109375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="18.28515625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="21.7109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="14.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="20.5703125" style="1" customWidth="1"/>
+    <col min="17" max="17" width="16.7109375" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="16.8" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
-      <c r="J1" s="152"/>
-[...3 lines deleted...]
-    <row r="2" spans="1:19" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="J1" s="150"/>
+      <c r="K1" s="150"/>
+      <c r="L1" s="150"/>
+    </row>
+    <row r="2" spans="1:19" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="5"/>
       <c r="K2" s="9"/>
       <c r="L2" s="10"/>
     </row>
-    <row r="3" spans="1:19" ht="24.6" x14ac:dyDescent="0.4">
-      <c r="A3" s="153" t="s">
+    <row r="3" spans="1:19" ht="25.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="151" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="153"/>
-[...24 lines deleted...]
-    <row r="5" spans="1:19" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="151"/>
+      <c r="C3" s="151"/>
+      <c r="D3" s="151"/>
+      <c r="E3" s="151"/>
+      <c r="F3" s="151"/>
+      <c r="G3" s="151"/>
+      <c r="H3" s="151"/>
+      <c r="I3" s="151"/>
+      <c r="J3" s="151"/>
+      <c r="K3" s="151"/>
+      <c r="L3" s="151"/>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="B4" s="152"/>
+      <c r="C4" s="152"/>
+      <c r="D4" s="152"/>
+      <c r="E4" s="152"/>
+      <c r="F4" s="152"/>
+      <c r="G4" s="152"/>
+      <c r="H4" s="152"/>
+      <c r="I4" s="152"/>
+      <c r="J4" s="152"/>
+      <c r="K4" s="152"/>
+      <c r="L4" s="152"/>
+    </row>
+    <row r="5" spans="1:19" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>0</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>2</v>
       </c>
       <c r="I5" s="12" t="s">
@@ -2525,94 +2472,94 @@
       <c r="J5" s="13" t="s">
         <v>21</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="L5" s="60" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="60" t="s">
         <v>25</v>
       </c>
       <c r="N5" s="61" t="s">
         <v>26</v>
       </c>
       <c r="O5" s="78" t="s">
         <v>28</v>
       </c>
       <c r="P5" s="79" t="s">
         <v>26</v>
       </c>
       <c r="Q5" s="85" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A6" s="14">
         <v>1</v>
       </c>
       <c r="B6" s="14">
         <v>2</v>
       </c>
       <c r="C6" s="14">
         <v>3</v>
       </c>
       <c r="D6" s="14">
         <v>4</v>
       </c>
       <c r="E6" s="14">
         <v>5</v>
       </c>
       <c r="F6" s="14">
         <v>6</v>
       </c>
       <c r="G6" s="14">
         <v>7</v>
       </c>
       <c r="H6" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I6" s="15">
         <v>9</v>
       </c>
       <c r="J6" s="16">
         <v>10</v>
       </c>
       <c r="K6" s="15">
         <v>11</v>
       </c>
       <c r="L6" s="62" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="63"/>
       <c r="N6" s="64"/>
       <c r="O6" s="80"/>
       <c r="P6" s="80"/>
       <c r="Q6" s="83"/>
     </row>
-    <row r="7" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="17">
         <v>1</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="19">
         <v>70</v>
       </c>
       <c r="D7" s="19">
         <v>2</v>
       </c>
       <c r="E7" s="19">
         <v>8.5</v>
       </c>
       <c r="F7" s="19">
         <v>1</v>
       </c>
       <c r="G7" s="19">
         <v>15</v>
       </c>
       <c r="H7" s="20">
         <f t="shared" ref="H7:H14" si="0">SUM(C7:G7)</f>
         <v>96.5</v>
       </c>
@@ -2625,51 +2572,51 @@
       <c r="K7" s="23">
         <v>13.6</v>
       </c>
       <c r="L7" s="65">
         <v>640</v>
       </c>
       <c r="M7" s="66">
         <v>0.21440000000000001</v>
       </c>
       <c r="N7" s="67">
         <v>777.22</v>
       </c>
       <c r="O7" s="81">
         <v>7.29</v>
       </c>
       <c r="P7" s="82">
         <f>H7*O7</f>
         <v>703.48500000000001</v>
       </c>
       <c r="Q7" s="84">
         <f>P7-N7</f>
         <v>-73.735000000000014</v>
       </c>
       <c r="S7" s="11"/>
     </row>
-    <row r="8" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="17">
         <v>2</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="19">
         <v>70</v>
       </c>
       <c r="D8" s="19">
         <v>2</v>
       </c>
       <c r="E8" s="19">
         <v>8.5</v>
       </c>
       <c r="F8" s="19">
         <v>1</v>
       </c>
       <c r="G8" s="19">
         <v>0</v>
       </c>
       <c r="H8" s="20">
         <f t="shared" si="0"/>
         <v>81.5</v>
       </c>
@@ -2682,51 +2629,51 @@
       <c r="K8" s="23">
         <v>13.6</v>
       </c>
       <c r="L8" s="65">
         <v>640</v>
       </c>
       <c r="M8" s="68">
         <v>0.21440000000000001</v>
       </c>
       <c r="N8" s="67">
         <v>777.22</v>
       </c>
       <c r="O8" s="81">
         <v>7.29</v>
       </c>
       <c r="P8" s="82">
         <f t="shared" ref="P8:P14" si="1">H8*O8</f>
         <v>594.13499999999999</v>
       </c>
       <c r="Q8" s="84">
         <f t="shared" ref="Q8:Q14" si="2">P8-N8</f>
         <v>-183.08500000000004</v>
       </c>
       <c r="S8" s="11"/>
     </row>
-    <row r="9" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="17">
         <v>3</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="19">
         <v>70</v>
       </c>
       <c r="D9" s="19">
         <v>2</v>
       </c>
       <c r="E9" s="19">
         <v>8.5</v>
       </c>
       <c r="F9" s="19">
         <v>1</v>
       </c>
       <c r="G9" s="19">
         <v>15</v>
       </c>
       <c r="H9" s="20">
         <f t="shared" si="0"/>
         <v>96.5</v>
       </c>
@@ -2739,51 +2686,51 @@
       <c r="K9" s="23">
         <v>13.6</v>
       </c>
       <c r="L9" s="65">
         <v>640</v>
       </c>
       <c r="M9" s="68">
         <v>0.21440000000000001</v>
       </c>
       <c r="N9" s="67">
         <v>777.22</v>
       </c>
       <c r="O9" s="81">
         <v>7.29</v>
       </c>
       <c r="P9" s="82">
         <f t="shared" si="1"/>
         <v>703.48500000000001</v>
       </c>
       <c r="Q9" s="84">
         <f t="shared" si="2"/>
         <v>-73.735000000000014</v>
       </c>
       <c r="S9" s="11"/>
     </row>
-    <row r="10" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:19" s="6" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="32">
         <v>4</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="34">
         <v>70</v>
       </c>
       <c r="D10" s="34">
         <v>2</v>
       </c>
       <c r="E10" s="34">
         <v>8.5</v>
       </c>
       <c r="F10" s="34">
         <v>1</v>
       </c>
       <c r="G10" s="34">
         <v>0</v>
       </c>
       <c r="H10" s="35">
         <f t="shared" si="0"/>
         <v>81.5</v>
       </c>
@@ -2796,51 +2743,51 @@
       <c r="K10" s="38">
         <v>13.6</v>
       </c>
       <c r="L10" s="69">
         <v>640</v>
       </c>
       <c r="M10" s="70">
         <v>0.21440000000000001</v>
       </c>
       <c r="N10" s="71">
         <v>777.22</v>
       </c>
       <c r="O10" s="81">
         <v>7.29</v>
       </c>
       <c r="P10" s="82">
         <f t="shared" si="1"/>
         <v>594.13499999999999</v>
       </c>
       <c r="Q10" s="84">
         <f t="shared" si="2"/>
         <v>-183.08500000000004</v>
       </c>
       <c r="S10" s="11"/>
     </row>
-    <row r="11" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="25">
         <v>5</v>
       </c>
       <c r="B11" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="27">
         <v>49</v>
       </c>
       <c r="D11" s="27">
         <v>2</v>
       </c>
       <c r="E11" s="27">
         <v>10</v>
       </c>
       <c r="F11" s="27">
         <v>1</v>
       </c>
       <c r="G11" s="27">
         <v>15</v>
       </c>
       <c r="H11" s="28">
         <f t="shared" si="0"/>
         <v>77</v>
       </c>
@@ -2853,51 +2800,51 @@
       <c r="K11" s="31">
         <v>13.6</v>
       </c>
       <c r="L11" s="72">
         <v>520</v>
       </c>
       <c r="M11" s="73">
         <v>0.21440000000000001</v>
       </c>
       <c r="N11" s="74">
         <v>631.49</v>
       </c>
       <c r="O11" s="81">
         <v>7.29</v>
       </c>
       <c r="P11" s="82">
         <f t="shared" si="1"/>
         <v>561.33000000000004</v>
       </c>
       <c r="Q11" s="84">
         <f t="shared" si="2"/>
         <v>-70.159999999999968</v>
       </c>
       <c r="S11" s="11"/>
     </row>
-    <row r="12" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="39">
         <v>6</v>
       </c>
       <c r="B12" s="40" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="41">
         <v>49</v>
       </c>
       <c r="D12" s="41">
         <v>2</v>
       </c>
       <c r="E12" s="41">
         <v>10</v>
       </c>
       <c r="F12" s="41">
         <v>1</v>
       </c>
       <c r="G12" s="41">
         <v>0</v>
       </c>
       <c r="H12" s="42">
         <f t="shared" si="0"/>
         <v>62</v>
       </c>
@@ -2910,51 +2857,51 @@
       <c r="K12" s="45">
         <v>13.6</v>
       </c>
       <c r="L12" s="75">
         <v>520</v>
       </c>
       <c r="M12" s="70">
         <v>0.21440000000000001</v>
       </c>
       <c r="N12" s="71">
         <v>631.49</v>
       </c>
       <c r="O12" s="81">
         <v>7.29</v>
       </c>
       <c r="P12" s="82">
         <f t="shared" si="1"/>
         <v>451.98</v>
       </c>
       <c r="Q12" s="84">
         <f t="shared" si="2"/>
         <v>-179.51</v>
       </c>
       <c r="S12" s="11"/>
     </row>
-    <row r="13" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="46">
         <v>7</v>
       </c>
       <c r="B13" s="47" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="48">
         <v>75</v>
       </c>
       <c r="D13" s="48">
         <v>2</v>
       </c>
       <c r="E13" s="48">
         <v>6</v>
       </c>
       <c r="F13" s="48">
         <v>1</v>
       </c>
       <c r="G13" s="48">
         <v>15</v>
       </c>
       <c r="H13" s="49">
         <f t="shared" si="0"/>
         <v>99</v>
       </c>
@@ -2967,51 +2914,51 @@
       <c r="K13" s="52">
         <v>13.6</v>
       </c>
       <c r="L13" s="76">
         <v>650</v>
       </c>
       <c r="M13" s="73">
         <v>0.21440000000000001</v>
       </c>
       <c r="N13" s="74">
         <v>789.36</v>
       </c>
       <c r="O13" s="81">
         <v>7.29</v>
       </c>
       <c r="P13" s="82">
         <f t="shared" si="1"/>
         <v>721.71</v>
       </c>
       <c r="Q13" s="84">
         <f t="shared" si="2"/>
         <v>-67.649999999999977</v>
       </c>
       <c r="S13" s="11"/>
     </row>
-    <row r="14" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:19" s="6" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="53">
         <v>8</v>
       </c>
       <c r="B14" s="54" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="55">
         <v>75</v>
       </c>
       <c r="D14" s="55">
         <v>2</v>
       </c>
       <c r="E14" s="55">
         <v>6</v>
       </c>
       <c r="F14" s="55">
         <v>1</v>
       </c>
       <c r="G14" s="55">
         <v>0</v>
       </c>
       <c r="H14" s="56">
         <f t="shared" si="0"/>
         <v>84</v>
       </c>
@@ -3024,1647 +2971,1819 @@
       <c r="K14" s="59">
         <v>13.6</v>
       </c>
       <c r="L14" s="77">
         <v>650</v>
       </c>
       <c r="M14" s="70">
         <v>0.21440000000000001</v>
       </c>
       <c r="N14" s="71">
         <v>789.36</v>
       </c>
       <c r="O14" s="81">
         <v>7.29</v>
       </c>
       <c r="P14" s="82">
         <f t="shared" si="1"/>
         <v>612.36</v>
       </c>
       <c r="Q14" s="84">
         <f t="shared" si="2"/>
         <v>-177</v>
       </c>
       <c r="S14" s="11"/>
     </row>
-    <row r="15" spans="1:19" s="6" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="155" t="s">
+    <row r="15" spans="1:19" s="6" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="153" t="s">
         <v>30</v>
       </c>
-      <c r="B15" s="155"/>
-[...14 lines deleted...]
-      <c r="A16" s="156" t="s">
+      <c r="B15" s="153"/>
+      <c r="C15" s="153"/>
+      <c r="D15" s="153"/>
+      <c r="E15" s="153"/>
+      <c r="F15" s="153"/>
+      <c r="G15" s="153"/>
+      <c r="H15" s="153"/>
+      <c r="I15" s="153"/>
+      <c r="J15" s="153"/>
+      <c r="K15" s="153"/>
+      <c r="L15" s="153"/>
+      <c r="M15" s="153"/>
+      <c r="N15" s="153"/>
+    </row>
+    <row r="16" spans="1:19" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="154" t="s">
         <v>27</v>
       </c>
-      <c r="B16" s="156"/>
-[...14 lines deleted...]
-      <c r="A17" s="151" t="s">
+      <c r="B16" s="154"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="154"/>
+      <c r="E16" s="154"/>
+      <c r="F16" s="154"/>
+      <c r="G16" s="154"/>
+      <c r="H16" s="154"/>
+      <c r="I16" s="154"/>
+      <c r="J16" s="154"/>
+      <c r="K16" s="154"/>
+      <c r="L16" s="154"/>
+      <c r="M16" s="154"/>
+      <c r="N16" s="154"/>
+    </row>
+    <row r="17" spans="1:14" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="149" t="s">
         <v>23</v>
       </c>
-      <c r="B17" s="151"/>
-[...14 lines deleted...]
-      <c r="A18" s="151" t="s">
+      <c r="B17" s="149"/>
+      <c r="C17" s="149"/>
+      <c r="D17" s="149"/>
+      <c r="E17" s="149"/>
+      <c r="F17" s="149"/>
+      <c r="G17" s="149"/>
+      <c r="H17" s="149"/>
+      <c r="I17" s="149"/>
+      <c r="J17" s="149"/>
+      <c r="K17" s="149"/>
+      <c r="L17" s="149"/>
+      <c r="M17" s="149"/>
+      <c r="N17" s="149"/>
+    </row>
+    <row r="18" spans="1:14" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="149" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="151"/>
-[...13 lines deleted...]
-    <row r="19" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="B18" s="149"/>
+      <c r="C18" s="149"/>
+      <c r="D18" s="149"/>
+      <c r="E18" s="149"/>
+      <c r="F18" s="149"/>
+      <c r="G18" s="149"/>
+      <c r="H18" s="149"/>
+      <c r="I18" s="149"/>
+      <c r="J18" s="149"/>
+      <c r="K18" s="149"/>
+      <c r="L18" s="149"/>
+      <c r="M18" s="149"/>
+      <c r="N18" s="149"/>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="7"/>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
       <c r="L19" s="7"/>
     </row>
-    <row r="20" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="7"/>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="7"/>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="7"/>
       <c r="L20" s="7"/>
     </row>
-    <row r="21" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="7"/>
       <c r="L21" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A18:N18"/>
     <mergeCell ref="J1:L1"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="A15:N15"/>
     <mergeCell ref="A16:N16"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="42" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:K51"/>
+  <dimension ref="A1:O51"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="80" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="80" workbookViewId="0">
+      <selection activeCell="L8" sqref="L8"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.21875" style="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="9.21875" style="1"/>
+    <col min="1" max="1" width="9.28515625" style="1"/>
+    <col min="2" max="2" width="81.28515625" style="2" customWidth="1"/>
+    <col min="3" max="4" width="20.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="22.7109375" style="2" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="15.7109375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="17.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="17.7109375" style="86" customWidth="1"/>
+    <col min="11" max="11" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="15" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="16.8" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:15" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A1" s="7"/>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="88"/>
       <c r="H1" s="88"/>
       <c r="I1" s="89"/>
       <c r="J1" s="89"/>
     </row>
-    <row r="2" spans="1:10" ht="20.399999999999999" x14ac:dyDescent="0.35">
-      <c r="A2" s="157" t="s">
+    <row r="2" spans="1:15" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A2" s="155" t="s">
         <v>31</v>
       </c>
-      <c r="B2" s="157"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="155"/>
+      <c r="C2" s="155"/>
+      <c r="D2" s="155"/>
+      <c r="E2" s="155"/>
+      <c r="F2" s="155"/>
+      <c r="G2" s="155"/>
+      <c r="H2" s="155"/>
+      <c r="I2" s="155"/>
+      <c r="J2" s="155"/>
+    </row>
+    <row r="3" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
-      <c r="B3" s="158"/>
-[...10 lines deleted...]
-      <c r="A4" s="114" t="s">
+      <c r="B3" s="156"/>
+      <c r="C3" s="156"/>
+      <c r="D3" s="156"/>
+      <c r="E3" s="156"/>
+      <c r="F3" s="156"/>
+      <c r="G3" s="156"/>
+      <c r="H3" s="156"/>
+      <c r="I3" s="156"/>
+      <c r="J3" s="156"/>
+    </row>
+    <row r="4" spans="1:15" ht="111" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="111" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="114" t="s">
+      <c r="B4" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="109" t="s">
+      <c r="C4" s="106" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="93" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="93" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="93" t="s">
         <v>35</v>
       </c>
       <c r="G4" s="93" t="s">
         <v>36</v>
       </c>
       <c r="H4" s="95" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="100" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="100" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:15" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="101">
         <v>1</v>
       </c>
       <c r="B5" s="101">
         <v>2</v>
       </c>
-      <c r="C5" s="110">
+      <c r="C5" s="107">
         <v>3</v>
       </c>
       <c r="D5" s="94">
         <v>4</v>
       </c>
       <c r="E5" s="94">
         <v>5</v>
       </c>
       <c r="F5" s="94">
         <v>6</v>
       </c>
       <c r="G5" s="94">
         <v>7</v>
       </c>
       <c r="H5" s="96">
         <v>8</v>
       </c>
       <c r="I5" s="101" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="105">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A6" s="115">
+    <row r="6" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="139">
         <v>1</v>
       </c>
-      <c r="B6" s="118" t="s">
+      <c r="B6" s="112" t="s">
         <v>40</v>
       </c>
-      <c r="C6" s="111">
+      <c r="C6" s="108">
         <v>50</v>
       </c>
       <c r="D6" s="91">
         <v>24</v>
       </c>
       <c r="E6" s="91">
         <v>35</v>
       </c>
       <c r="F6" s="91">
         <v>15</v>
       </c>
       <c r="G6" s="91">
         <v>2</v>
       </c>
       <c r="H6" s="97">
         <v>2</v>
       </c>
       <c r="I6" s="102">
         <f t="shared" ref="I6:I45" si="0">C6+D6+E6+F6+G6+H6</f>
         <v>128</v>
       </c>
-      <c r="J6" s="106">
-[...7 lines deleted...]
-      <c r="B7" s="119" t="s">
+      <c r="J6" s="143">
+        <v>1375.33</v>
+      </c>
+      <c r="L6" s="138"/>
+      <c r="M6" s="138"/>
+      <c r="N6" s="138"/>
+      <c r="O6" s="138"/>
+    </row>
+    <row r="7" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="140">
+        <v>2</v>
+      </c>
+      <c r="B7" s="113" t="s">
         <v>41</v>
       </c>
-      <c r="C7" s="112">
+      <c r="C7" s="109">
         <v>50</v>
       </c>
       <c r="D7" s="92">
         <v>24</v>
       </c>
       <c r="E7" s="92">
         <v>35</v>
       </c>
       <c r="F7" s="92"/>
       <c r="G7" s="92">
         <v>2</v>
       </c>
       <c r="H7" s="98">
         <v>2</v>
       </c>
       <c r="I7" s="103">
         <f t="shared" si="0"/>
         <v>113</v>
       </c>
-      <c r="J7" s="107">
-[...4 lines deleted...]
-      <c r="A8" s="115">
+      <c r="J7" s="144">
+        <v>1375.33</v>
+      </c>
+      <c r="L7" s="138"/>
+      <c r="M7" s="138"/>
+      <c r="N7" s="138"/>
+      <c r="O7" s="138"/>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A8" s="139">
         <v>3</v>
       </c>
-      <c r="B8" s="118" t="s">
+      <c r="B8" s="112" t="s">
         <v>42</v>
       </c>
-      <c r="C8" s="111">
+      <c r="C8" s="108">
         <v>30</v>
       </c>
       <c r="D8" s="91">
         <v>24</v>
       </c>
       <c r="E8" s="91"/>
       <c r="F8" s="91">
         <v>15</v>
       </c>
       <c r="G8" s="91">
         <v>2</v>
       </c>
       <c r="H8" s="97">
         <v>2</v>
       </c>
       <c r="I8" s="102">
         <f t="shared" si="0"/>
         <v>73</v>
       </c>
-      <c r="J8" s="106">
-[...4 lines deleted...]
-      <c r="A9" s="117">
+      <c r="J8" s="143">
+        <v>1336.64</v>
+      </c>
+      <c r="L8" s="138"/>
+      <c r="M8" s="138"/>
+      <c r="N8" s="138"/>
+      <c r="O8" s="138"/>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A9" s="131">
         <v>4</v>
       </c>
-      <c r="B9" s="120" t="s">
+      <c r="B9" s="114" t="s">
         <v>43</v>
       </c>
-      <c r="C9" s="113">
+      <c r="C9" s="110">
         <v>30</v>
       </c>
       <c r="D9" s="90">
         <v>24</v>
       </c>
       <c r="E9" s="90"/>
       <c r="F9" s="90"/>
       <c r="G9" s="90">
         <v>2</v>
       </c>
       <c r="H9" s="99">
         <v>2</v>
       </c>
       <c r="I9" s="104">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
-      <c r="J9" s="108">
-[...4 lines deleted...]
-      <c r="A10" s="117">
+      <c r="J9" s="145">
+        <v>1252.3399999999999</v>
+      </c>
+      <c r="L9" s="138"/>
+      <c r="M9" s="138"/>
+      <c r="N9" s="138"/>
+      <c r="O9" s="138"/>
+    </row>
+    <row r="10" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="131">
         <v>5</v>
       </c>
-      <c r="B10" s="120" t="s">
+      <c r="B10" s="114" t="s">
         <v>44</v>
       </c>
-      <c r="C10" s="113">
+      <c r="C10" s="110">
         <v>30</v>
       </c>
       <c r="D10" s="90">
         <v>24</v>
       </c>
       <c r="E10" s="90">
         <v>35</v>
       </c>
       <c r="F10" s="90">
         <v>15</v>
       </c>
       <c r="G10" s="90">
         <v>2</v>
       </c>
       <c r="H10" s="99">
         <v>2</v>
       </c>
       <c r="I10" s="104">
         <f t="shared" si="0"/>
         <v>108</v>
       </c>
-      <c r="J10" s="108">
-[...4 lines deleted...]
-      <c r="A11" s="116">
+      <c r="J10" s="145">
+        <v>1375.33</v>
+      </c>
+      <c r="L10" s="138"/>
+      <c r="M10" s="138"/>
+      <c r="N10" s="138"/>
+      <c r="O10" s="138"/>
+    </row>
+    <row r="11" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="140">
         <v>6</v>
       </c>
-      <c r="B11" s="119" t="s">
+      <c r="B11" s="113" t="s">
         <v>45</v>
       </c>
-      <c r="C11" s="112">
+      <c r="C11" s="109">
         <v>30</v>
       </c>
       <c r="D11" s="92">
         <v>24</v>
       </c>
       <c r="E11" s="92">
         <v>35</v>
       </c>
       <c r="F11" s="92"/>
       <c r="G11" s="92">
         <v>2</v>
       </c>
       <c r="H11" s="98">
         <v>2</v>
       </c>
       <c r="I11" s="103">
         <f t="shared" si="0"/>
         <v>93</v>
       </c>
-      <c r="J11" s="107">
-[...4 lines deleted...]
-      <c r="A12" s="115">
+      <c r="J11" s="144">
+        <v>1375.33</v>
+      </c>
+      <c r="L11" s="138"/>
+      <c r="M11" s="138"/>
+      <c r="N11" s="138"/>
+      <c r="O11" s="138"/>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A12" s="139">
         <v>7</v>
       </c>
-      <c r="B12" s="118" t="s">
+      <c r="B12" s="112" t="s">
         <v>46</v>
       </c>
-      <c r="C12" s="111">
+      <c r="C12" s="108">
         <v>30</v>
       </c>
       <c r="D12" s="91">
         <v>24</v>
       </c>
       <c r="E12" s="91"/>
       <c r="F12" s="91">
         <v>15</v>
       </c>
       <c r="G12" s="91">
         <v>2</v>
       </c>
       <c r="H12" s="97">
         <v>2</v>
       </c>
       <c r="I12" s="102">
         <f t="shared" si="0"/>
         <v>73</v>
       </c>
-      <c r="J12" s="106">
-[...4 lines deleted...]
-      <c r="A13" s="117">
+      <c r="J12" s="143">
+        <v>1336.64</v>
+      </c>
+      <c r="L12" s="138"/>
+      <c r="M12" s="138"/>
+      <c r="N12" s="138"/>
+      <c r="O12" s="138"/>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A13" s="131">
         <v>8</v>
       </c>
-      <c r="B13" s="120" t="s">
+      <c r="B13" s="114" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="113">
+      <c r="C13" s="110">
         <v>30</v>
       </c>
       <c r="D13" s="90">
         <v>24</v>
       </c>
       <c r="E13" s="90"/>
       <c r="F13" s="90"/>
       <c r="G13" s="90">
         <v>2</v>
       </c>
       <c r="H13" s="99">
         <v>2</v>
       </c>
       <c r="I13" s="104">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
-      <c r="J13" s="108">
-[...4 lines deleted...]
-      <c r="A14" s="117">
+      <c r="J13" s="145">
+        <v>1252.3399999999999</v>
+      </c>
+      <c r="L13" s="138"/>
+      <c r="M13" s="138"/>
+      <c r="N13" s="138"/>
+      <c r="O13" s="138"/>
+    </row>
+    <row r="14" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="131">
         <v>9</v>
       </c>
-      <c r="B14" s="120" t="s">
+      <c r="B14" s="114" t="s">
         <v>48</v>
       </c>
-      <c r="C14" s="113">
+      <c r="C14" s="110">
         <v>30</v>
       </c>
       <c r="D14" s="90">
         <v>24</v>
       </c>
       <c r="E14" s="90">
         <v>35</v>
       </c>
       <c r="F14" s="90">
         <v>15</v>
       </c>
       <c r="G14" s="90">
         <v>2</v>
       </c>
       <c r="H14" s="99">
         <v>2</v>
       </c>
       <c r="I14" s="104">
         <f t="shared" si="0"/>
         <v>108</v>
       </c>
-      <c r="J14" s="108">
-[...4 lines deleted...]
-      <c r="A15" s="116">
+      <c r="J14" s="145">
+        <v>1375.33</v>
+      </c>
+      <c r="L14" s="138"/>
+      <c r="M14" s="138"/>
+      <c r="N14" s="138"/>
+      <c r="O14" s="138"/>
+    </row>
+    <row r="15" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="140">
         <v>10</v>
       </c>
-      <c r="B15" s="119" t="s">
+      <c r="B15" s="113" t="s">
         <v>49</v>
       </c>
-      <c r="C15" s="133">
+      <c r="C15" s="123">
         <v>30</v>
       </c>
-      <c r="D15" s="134">
+      <c r="D15" s="124">
         <v>24</v>
       </c>
-      <c r="E15" s="134">
+      <c r="E15" s="124">
         <v>35</v>
       </c>
-      <c r="F15" s="134"/>
-[...3 lines deleted...]
-      <c r="H15" s="135">
+      <c r="F15" s="124"/>
+      <c r="G15" s="124">
+        <v>2</v>
+      </c>
+      <c r="H15" s="125">
         <v>2</v>
       </c>
       <c r="I15" s="103">
         <f t="shared" si="0"/>
         <v>93</v>
       </c>
-      <c r="J15" s="107">
-[...4 lines deleted...]
-      <c r="A16" s="115">
+      <c r="J15" s="146">
+        <v>1375.33</v>
+      </c>
+      <c r="L15" s="138"/>
+      <c r="M15" s="138"/>
+      <c r="N15" s="138"/>
+      <c r="O15" s="138"/>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A16" s="139">
         <v>11</v>
       </c>
-      <c r="B16" s="127" t="s">
+      <c r="B16" s="117" t="s">
         <v>50</v>
       </c>
-      <c r="C16" s="161">
+      <c r="C16" s="136">
         <v>30</v>
       </c>
-      <c r="D16" s="136">
+      <c r="D16" s="126">
         <v>24</v>
       </c>
-      <c r="E16" s="136"/>
-      <c r="F16" s="136">
+      <c r="E16" s="126"/>
+      <c r="F16" s="126">
         <v>15</v>
       </c>
-      <c r="G16" s="136">
-[...5 lines deleted...]
-      <c r="I16" s="130">
+      <c r="G16" s="126">
+        <v>2</v>
+      </c>
+      <c r="H16" s="127">
+        <v>2</v>
+      </c>
+      <c r="I16" s="120">
         <f t="shared" si="0"/>
         <v>73</v>
       </c>
-      <c r="J16" s="162">
-[...4 lines deleted...]
-      <c r="A17" s="117">
+      <c r="J16" s="143">
+        <v>1336.64</v>
+      </c>
+      <c r="L16" s="138"/>
+      <c r="M16" s="138"/>
+      <c r="N16" s="138"/>
+      <c r="O16" s="138"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="131">
         <v>12</v>
       </c>
-      <c r="B17" s="128" t="s">
+      <c r="B17" s="118" t="s">
         <v>51</v>
       </c>
-      <c r="C17" s="143">
+      <c r="C17" s="133">
         <v>30</v>
       </c>
       <c r="D17" s="90">
         <v>24</v>
       </c>
       <c r="E17" s="90"/>
       <c r="F17" s="90"/>
       <c r="G17" s="90">
         <v>2</v>
       </c>
-      <c r="H17" s="138">
-[...2 lines deleted...]
-      <c r="I17" s="131">
+      <c r="H17" s="128">
+        <v>2</v>
+      </c>
+      <c r="I17" s="121">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
-      <c r="J17" s="162">
-[...4 lines deleted...]
-      <c r="A18" s="117">
+      <c r="J17" s="147">
+        <v>1252.3399999999999</v>
+      </c>
+      <c r="L17" s="138"/>
+      <c r="M17" s="138"/>
+      <c r="N17" s="138"/>
+      <c r="O17" s="138"/>
+    </row>
+    <row r="18" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="131">
         <v>13</v>
       </c>
-      <c r="B18" s="128" t="s">
+      <c r="B18" s="118" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="143">
+      <c r="C18" s="133">
         <v>30</v>
       </c>
       <c r="D18" s="90">
         <v>24</v>
       </c>
       <c r="E18" s="90">
         <v>35</v>
       </c>
       <c r="F18" s="90">
         <v>15</v>
       </c>
       <c r="G18" s="90">
         <v>2</v>
       </c>
-      <c r="H18" s="138">
-[...2 lines deleted...]
-      <c r="I18" s="131">
+      <c r="H18" s="128">
+        <v>2</v>
+      </c>
+      <c r="I18" s="121">
         <f t="shared" si="0"/>
         <v>108</v>
       </c>
-      <c r="J18" s="108">
-[...4 lines deleted...]
-      <c r="A19" s="116">
+      <c r="J18" s="147">
+        <v>1375.33</v>
+      </c>
+      <c r="L18" s="138"/>
+      <c r="M18" s="138"/>
+      <c r="N18" s="138"/>
+      <c r="O18" s="138"/>
+    </row>
+    <row r="19" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="140">
         <v>14</v>
       </c>
-      <c r="B19" s="129" t="s">
+      <c r="B19" s="119" t="s">
         <v>53</v>
       </c>
-      <c r="C19" s="163">
+      <c r="C19" s="137">
         <v>30</v>
       </c>
-      <c r="D19" s="134">
+      <c r="D19" s="124">
         <v>24</v>
       </c>
-      <c r="E19" s="134">
+      <c r="E19" s="124">
         <v>35</v>
       </c>
-      <c r="F19" s="134"/>
-[...6 lines deleted...]
-      <c r="I19" s="132">
+      <c r="F19" s="124"/>
+      <c r="G19" s="124">
+        <v>2</v>
+      </c>
+      <c r="H19" s="130">
+        <v>2</v>
+      </c>
+      <c r="I19" s="122">
         <f t="shared" si="0"/>
         <v>93</v>
       </c>
-      <c r="J19" s="107">
-[...4 lines deleted...]
-      <c r="A20" s="115">
+      <c r="J19" s="148">
+        <v>1375.33</v>
+      </c>
+      <c r="L19" s="138"/>
+      <c r="M19" s="138"/>
+      <c r="N19" s="138"/>
+      <c r="O19" s="138"/>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="139">
         <v>15</v>
       </c>
-      <c r="B20" s="127" t="s">
+      <c r="B20" s="117" t="s">
         <v>54</v>
       </c>
-      <c r="C20" s="161">
+      <c r="C20" s="136">
         <v>30</v>
       </c>
-      <c r="D20" s="136">
+      <c r="D20" s="126">
         <v>24</v>
       </c>
-      <c r="E20" s="136"/>
-      <c r="F20" s="136">
+      <c r="E20" s="126"/>
+      <c r="F20" s="126">
         <v>15</v>
       </c>
-      <c r="G20" s="136">
-[...5 lines deleted...]
-      <c r="I20" s="130">
+      <c r="G20" s="126">
+        <v>2</v>
+      </c>
+      <c r="H20" s="127">
+        <v>2</v>
+      </c>
+      <c r="I20" s="120">
         <f t="shared" si="0"/>
         <v>73</v>
       </c>
-      <c r="J20" s="162">
-[...4 lines deleted...]
-      <c r="A21" s="117">
+      <c r="J20" s="145">
+        <v>1336.64</v>
+      </c>
+      <c r="L20" s="138"/>
+      <c r="M20" s="138"/>
+      <c r="N20" s="138"/>
+      <c r="O20" s="138"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A21" s="131">
         <v>16</v>
       </c>
-      <c r="B21" s="128" t="s">
+      <c r="B21" s="118" t="s">
         <v>55</v>
       </c>
-      <c r="C21" s="143">
+      <c r="C21" s="133">
         <v>30</v>
       </c>
       <c r="D21" s="90">
         <v>24</v>
       </c>
       <c r="E21" s="90"/>
       <c r="F21" s="90"/>
       <c r="G21" s="90">
         <v>2</v>
       </c>
-      <c r="H21" s="138">
-[...2 lines deleted...]
-      <c r="I21" s="131">
+      <c r="H21" s="128">
+        <v>2</v>
+      </c>
+      <c r="I21" s="121">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
-      <c r="J21" s="162">
-[...4 lines deleted...]
-      <c r="A22" s="117">
+      <c r="J21" s="145">
+        <v>1252.3399999999999</v>
+      </c>
+      <c r="L21" s="138"/>
+      <c r="M21" s="138"/>
+      <c r="N21" s="138"/>
+      <c r="O21" s="138"/>
+    </row>
+    <row r="22" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="131">
         <v>17</v>
       </c>
-      <c r="B22" s="128" t="s">
+      <c r="B22" s="118" t="s">
         <v>56</v>
       </c>
-      <c r="C22" s="143">
+      <c r="C22" s="133">
         <v>30</v>
       </c>
       <c r="D22" s="90">
         <v>24</v>
       </c>
       <c r="E22" s="90">
         <v>35</v>
       </c>
       <c r="F22" s="90">
         <v>15</v>
       </c>
       <c r="G22" s="90">
         <v>2</v>
       </c>
-      <c r="H22" s="138">
-[...2 lines deleted...]
-      <c r="I22" s="131">
+      <c r="H22" s="128">
+        <v>2</v>
+      </c>
+      <c r="I22" s="121">
         <f t="shared" si="0"/>
         <v>108</v>
       </c>
-      <c r="J22" s="108">
-[...4 lines deleted...]
-      <c r="A23" s="116">
+      <c r="J22" s="145">
+        <v>1375.33</v>
+      </c>
+      <c r="L22" s="138"/>
+      <c r="M22" s="138"/>
+      <c r="N22" s="138"/>
+      <c r="O22" s="138"/>
+    </row>
+    <row r="23" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="140">
         <v>18</v>
       </c>
-      <c r="B23" s="129" t="s">
+      <c r="B23" s="119" t="s">
         <v>57</v>
       </c>
-      <c r="C23" s="126">
+      <c r="C23" s="135">
         <v>30</v>
       </c>
       <c r="D23" s="92">
         <v>24</v>
       </c>
       <c r="E23" s="92">
         <v>35</v>
       </c>
       <c r="F23" s="92"/>
       <c r="G23" s="92">
         <v>2</v>
       </c>
-      <c r="H23" s="139">
-[...2 lines deleted...]
-      <c r="I23" s="132">
+      <c r="H23" s="129">
+        <v>2</v>
+      </c>
+      <c r="I23" s="122">
         <f t="shared" si="0"/>
         <v>93</v>
       </c>
-      <c r="J23" s="107">
-[...4 lines deleted...]
-      <c r="A24" s="115">
+      <c r="J23" s="144">
+        <v>1375.33</v>
+      </c>
+      <c r="L23" s="138"/>
+      <c r="M23" s="138"/>
+      <c r="N23" s="138"/>
+      <c r="O23" s="138"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="139">
         <v>19</v>
       </c>
-      <c r="B24" s="118" t="s">
+      <c r="B24" s="112" t="s">
         <v>58</v>
       </c>
-      <c r="C24" s="111">
+      <c r="C24" s="108">
         <v>30</v>
       </c>
       <c r="D24" s="91">
         <v>14</v>
       </c>
       <c r="E24" s="91"/>
       <c r="F24" s="91">
         <v>15</v>
       </c>
       <c r="G24" s="91">
         <v>2</v>
       </c>
       <c r="H24" s="97">
         <v>2</v>
       </c>
       <c r="I24" s="102">
         <f t="shared" si="0"/>
         <v>63</v>
       </c>
-      <c r="J24" s="106">
-[...4 lines deleted...]
-      <c r="A25" s="117">
+      <c r="J24" s="143">
+        <v>924.14</v>
+      </c>
+      <c r="L24" s="138"/>
+      <c r="M24" s="138"/>
+      <c r="N24" s="138"/>
+      <c r="O24" s="138"/>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A25" s="131">
         <v>20</v>
       </c>
-      <c r="B25" s="120" t="s">
+      <c r="B25" s="114" t="s">
         <v>59</v>
       </c>
-      <c r="C25" s="113">
+      <c r="C25" s="110">
         <v>30</v>
       </c>
       <c r="D25" s="90">
         <v>14</v>
       </c>
       <c r="E25" s="90"/>
       <c r="F25" s="90"/>
       <c r="G25" s="90">
         <v>2</v>
       </c>
       <c r="H25" s="99">
         <v>2</v>
       </c>
       <c r="I25" s="104">
         <f t="shared" si="0"/>
         <v>48</v>
       </c>
-      <c r="J25" s="108">
-[...4 lines deleted...]
-      <c r="A26" s="117">
+      <c r="J25" s="145">
+        <v>839.84</v>
+      </c>
+      <c r="L25" s="138"/>
+      <c r="M25" s="138"/>
+      <c r="N25" s="138"/>
+      <c r="O25" s="138"/>
+    </row>
+    <row r="26" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="131">
         <v>21</v>
       </c>
-      <c r="B26" s="120" t="s">
+      <c r="B26" s="114" t="s">
         <v>60</v>
       </c>
-      <c r="C26" s="113">
+      <c r="C26" s="110">
         <v>30</v>
       </c>
       <c r="D26" s="90">
         <v>14</v>
       </c>
       <c r="E26" s="90">
         <v>35</v>
       </c>
       <c r="F26" s="90">
         <v>15</v>
       </c>
       <c r="G26" s="90">
         <v>2</v>
       </c>
       <c r="H26" s="99">
         <v>2</v>
       </c>
       <c r="I26" s="104">
         <f t="shared" si="0"/>
         <v>98</v>
       </c>
-      <c r="J26" s="108">
-[...4 lines deleted...]
-      <c r="A27" s="116">
+      <c r="J26" s="145">
+        <v>1120.8399999999999</v>
+      </c>
+      <c r="L26" s="138"/>
+      <c r="M26" s="138"/>
+      <c r="N26" s="138"/>
+      <c r="O26" s="138"/>
+    </row>
+    <row r="27" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="140">
         <v>22</v>
       </c>
-      <c r="B27" s="119" t="s">
+      <c r="B27" s="113" t="s">
         <v>61</v>
       </c>
-      <c r="C27" s="112">
+      <c r="C27" s="109">
         <v>30</v>
       </c>
       <c r="D27" s="92">
         <v>14</v>
       </c>
       <c r="E27" s="92">
         <v>35</v>
       </c>
       <c r="F27" s="92"/>
       <c r="G27" s="92">
         <v>2</v>
       </c>
       <c r="H27" s="98">
         <v>2</v>
       </c>
       <c r="I27" s="103">
         <f t="shared" si="0"/>
         <v>83</v>
       </c>
-      <c r="J27" s="107">
-[...4 lines deleted...]
-      <c r="A28" s="115">
+      <c r="J27" s="144">
+        <v>1036.53</v>
+      </c>
+      <c r="L27" s="138"/>
+      <c r="M27" s="138"/>
+      <c r="N27" s="138"/>
+      <c r="O27" s="138"/>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A28" s="139">
         <v>23</v>
       </c>
-      <c r="B28" s="118" t="s">
+      <c r="B28" s="112" t="s">
         <v>62</v>
       </c>
-      <c r="C28" s="111">
+      <c r="C28" s="108">
         <v>25</v>
       </c>
       <c r="D28" s="91">
         <v>16</v>
       </c>
       <c r="E28" s="91"/>
       <c r="F28" s="91">
         <v>15</v>
       </c>
       <c r="G28" s="91">
         <v>2</v>
       </c>
       <c r="H28" s="97">
         <v>2</v>
       </c>
       <c r="I28" s="102">
         <f t="shared" si="0"/>
         <v>60</v>
       </c>
-      <c r="J28" s="121">
-[...4 lines deleted...]
-      <c r="A29" s="117">
+      <c r="J28" s="143">
+        <v>978.54</v>
+      </c>
+      <c r="L28" s="138"/>
+      <c r="M28" s="138"/>
+      <c r="N28" s="138"/>
+      <c r="O28" s="138"/>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A29" s="131">
         <v>24</v>
       </c>
-      <c r="B29" s="120" t="s">
+      <c r="B29" s="114" t="s">
         <v>63</v>
       </c>
-      <c r="C29" s="113">
+      <c r="C29" s="110">
         <v>25</v>
       </c>
       <c r="D29" s="90">
         <v>16</v>
       </c>
       <c r="E29" s="90"/>
       <c r="F29" s="90"/>
       <c r="G29" s="90">
         <v>2</v>
       </c>
       <c r="H29" s="99">
         <v>2</v>
       </c>
       <c r="I29" s="104">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
-      <c r="J29" s="122">
-[...4 lines deleted...]
-      <c r="A30" s="117">
+      <c r="J29" s="145">
+        <v>894.24</v>
+      </c>
+      <c r="L29" s="138"/>
+      <c r="M29" s="138"/>
+      <c r="N29" s="138"/>
+      <c r="O29" s="138"/>
+    </row>
+    <row r="30" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="131">
         <v>25</v>
       </c>
-      <c r="B30" s="120" t="s">
+      <c r="B30" s="114" t="s">
         <v>64</v>
       </c>
-      <c r="C30" s="113">
+      <c r="C30" s="110">
         <v>25</v>
       </c>
       <c r="D30" s="90">
         <v>16</v>
       </c>
       <c r="E30" s="90">
         <v>35</v>
       </c>
       <c r="F30" s="90">
         <v>15</v>
       </c>
       <c r="G30" s="90">
         <v>2</v>
       </c>
       <c r="H30" s="99">
         <v>2</v>
       </c>
       <c r="I30" s="104">
         <f t="shared" si="0"/>
         <v>95</v>
       </c>
-      <c r="J30" s="122">
-[...5 lines deleted...]
-      <c r="A31" s="116">
+      <c r="J30" s="145">
+        <v>1175.24</v>
+      </c>
+      <c r="K30" s="116"/>
+      <c r="L30" s="138"/>
+      <c r="M30" s="138"/>
+      <c r="N30" s="138"/>
+      <c r="O30" s="138"/>
+    </row>
+    <row r="31" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="140">
         <v>26</v>
       </c>
-      <c r="B31" s="119" t="s">
+      <c r="B31" s="113" t="s">
         <v>65</v>
       </c>
-      <c r="C31" s="112">
+      <c r="C31" s="109">
         <v>25</v>
       </c>
       <c r="D31" s="92">
         <v>16</v>
       </c>
       <c r="E31" s="92">
         <v>35</v>
       </c>
       <c r="F31" s="92"/>
       <c r="G31" s="92">
         <v>2</v>
       </c>
       <c r="H31" s="98">
         <v>2</v>
       </c>
       <c r="I31" s="103">
         <f t="shared" si="0"/>
         <v>80</v>
       </c>
-      <c r="J31" s="123">
-[...5 lines deleted...]
-      <c r="A32" s="115">
+      <c r="J31" s="144">
+        <v>1090.94</v>
+      </c>
+      <c r="K31" s="115"/>
+      <c r="L31" s="138"/>
+      <c r="M31" s="138"/>
+      <c r="N31" s="138"/>
+      <c r="O31" s="138"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A32" s="139">
         <v>27</v>
       </c>
-      <c r="B32" s="118" t="s">
+      <c r="B32" s="112" t="s">
         <v>66</v>
       </c>
-      <c r="C32" s="111">
+      <c r="C32" s="108">
         <v>25</v>
       </c>
       <c r="D32" s="91">
         <v>16</v>
       </c>
       <c r="E32" s="91"/>
       <c r="F32" s="91">
         <v>15</v>
       </c>
       <c r="G32" s="91">
         <v>2</v>
       </c>
       <c r="H32" s="97">
         <v>2</v>
       </c>
       <c r="I32" s="102">
         <f t="shared" si="0"/>
         <v>60</v>
       </c>
-      <c r="J32" s="121">
-[...4 lines deleted...]
-      <c r="A33" s="117">
+      <c r="J32" s="143">
+        <v>978.54</v>
+      </c>
+      <c r="L32" s="138"/>
+      <c r="M32" s="138"/>
+      <c r="N32" s="138"/>
+      <c r="O32" s="138"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A33" s="131">
         <v>28</v>
       </c>
-      <c r="B33" s="120" t="s">
+      <c r="B33" s="114" t="s">
         <v>67</v>
       </c>
-      <c r="C33" s="113">
+      <c r="C33" s="110">
         <v>25</v>
       </c>
       <c r="D33" s="90">
         <v>16</v>
       </c>
       <c r="E33" s="90"/>
       <c r="F33" s="90"/>
       <c r="G33" s="90">
         <v>2</v>
       </c>
       <c r="H33" s="99">
         <v>2</v>
       </c>
       <c r="I33" s="104">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
-      <c r="J33" s="122">
-[...4 lines deleted...]
-      <c r="A34" s="117">
+      <c r="J33" s="145">
+        <v>894.24</v>
+      </c>
+      <c r="L33" s="138"/>
+      <c r="M33" s="138"/>
+      <c r="N33" s="138"/>
+      <c r="O33" s="138"/>
+    </row>
+    <row r="34" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="131">
         <v>29</v>
       </c>
-      <c r="B34" s="120" t="s">
+      <c r="B34" s="114" t="s">
         <v>68</v>
       </c>
-      <c r="C34" s="113">
+      <c r="C34" s="110">
         <v>25</v>
       </c>
       <c r="D34" s="90">
         <v>16</v>
       </c>
       <c r="E34" s="90">
         <v>35</v>
       </c>
       <c r="F34" s="90">
         <v>15</v>
       </c>
       <c r="G34" s="90">
         <v>2</v>
       </c>
       <c r="H34" s="99">
         <v>2</v>
       </c>
       <c r="I34" s="104">
         <f t="shared" si="0"/>
         <v>95</v>
       </c>
-      <c r="J34" s="122">
-[...5 lines deleted...]
-      <c r="A35" s="116">
+      <c r="J34" s="145">
+        <v>1175.24</v>
+      </c>
+      <c r="K34" s="115"/>
+      <c r="L34" s="138"/>
+      <c r="M34" s="138"/>
+      <c r="N34" s="138"/>
+      <c r="O34" s="138"/>
+    </row>
+    <row r="35" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="140">
         <v>30</v>
       </c>
-      <c r="B35" s="119" t="s">
+      <c r="B35" s="113" t="s">
         <v>69</v>
       </c>
-      <c r="C35" s="112">
+      <c r="C35" s="109">
         <v>25</v>
       </c>
       <c r="D35" s="92">
         <v>16</v>
       </c>
       <c r="E35" s="92">
         <v>35</v>
       </c>
       <c r="F35" s="92"/>
       <c r="G35" s="92">
         <v>2</v>
       </c>
       <c r="H35" s="98">
         <v>2</v>
       </c>
       <c r="I35" s="103">
         <f t="shared" si="0"/>
         <v>80</v>
       </c>
-      <c r="J35" s="123">
-[...4 lines deleted...]
-      <c r="A36" s="115">
+      <c r="J35" s="144">
+        <v>1090.94</v>
+      </c>
+      <c r="L35" s="138"/>
+      <c r="M35" s="138"/>
+      <c r="N35" s="138"/>
+      <c r="O35" s="138"/>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A36" s="139">
         <v>31</v>
       </c>
-      <c r="B36" s="118" t="s">
+      <c r="B36" s="112" t="s">
         <v>70</v>
       </c>
-      <c r="C36" s="111">
+      <c r="C36" s="108">
         <v>20</v>
       </c>
       <c r="D36" s="91">
         <v>16</v>
       </c>
       <c r="E36" s="91"/>
       <c r="F36" s="91">
         <v>15</v>
       </c>
       <c r="G36" s="91">
         <v>2</v>
       </c>
       <c r="H36" s="97">
         <v>2</v>
       </c>
       <c r="I36" s="102">
         <f t="shared" si="0"/>
         <v>55</v>
       </c>
-      <c r="J36" s="121">
-[...4 lines deleted...]
-      <c r="A37" s="117">
+      <c r="J36" s="145">
+        <v>950.44</v>
+      </c>
+      <c r="L36" s="138"/>
+      <c r="M36" s="138"/>
+      <c r="N36" s="138"/>
+      <c r="O36" s="138"/>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A37" s="131">
         <v>32</v>
       </c>
-      <c r="B37" s="120" t="s">
+      <c r="B37" s="114" t="s">
         <v>71</v>
       </c>
-      <c r="C37" s="113">
+      <c r="C37" s="110">
         <v>20</v>
       </c>
       <c r="D37" s="90">
         <v>16</v>
       </c>
       <c r="E37" s="90"/>
       <c r="F37" s="90"/>
       <c r="G37" s="90">
         <v>2</v>
       </c>
       <c r="H37" s="99">
         <v>2</v>
       </c>
       <c r="I37" s="104">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
-      <c r="J37" s="122">
-[...4 lines deleted...]
-      <c r="A38" s="117">
+      <c r="J37" s="145">
+        <v>866.14</v>
+      </c>
+      <c r="L37" s="138"/>
+      <c r="M37" s="138"/>
+      <c r="N37" s="138"/>
+      <c r="O37" s="138"/>
+    </row>
+    <row r="38" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="131">
         <v>33</v>
       </c>
-      <c r="B38" s="120" t="s">
+      <c r="B38" s="114" t="s">
         <v>72</v>
       </c>
-      <c r="C38" s="113">
+      <c r="C38" s="110">
         <v>20</v>
       </c>
       <c r="D38" s="90">
         <v>16</v>
       </c>
       <c r="E38" s="90">
         <v>35</v>
       </c>
       <c r="F38" s="90">
         <v>15</v>
       </c>
       <c r="G38" s="90">
         <v>2</v>
       </c>
       <c r="H38" s="99">
         <v>2</v>
       </c>
       <c r="I38" s="104">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
-      <c r="J38" s="122">
-[...4 lines deleted...]
-      <c r="A39" s="116">
+      <c r="J38" s="145">
+        <v>1147.1400000000001</v>
+      </c>
+      <c r="L38" s="138"/>
+      <c r="M38" s="138"/>
+      <c r="N38" s="138"/>
+      <c r="O38" s="138"/>
+    </row>
+    <row r="39" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="140">
         <v>34</v>
       </c>
-      <c r="B39" s="119" t="s">
+      <c r="B39" s="113" t="s">
         <v>73</v>
       </c>
-      <c r="C39" s="112">
+      <c r="C39" s="109">
         <v>20</v>
       </c>
       <c r="D39" s="92">
         <v>16</v>
       </c>
       <c r="E39" s="92">
         <v>35</v>
       </c>
       <c r="F39" s="92"/>
       <c r="G39" s="92">
         <v>2</v>
       </c>
       <c r="H39" s="98">
         <v>2</v>
       </c>
       <c r="I39" s="103">
         <f t="shared" si="0"/>
         <v>75</v>
       </c>
-      <c r="J39" s="123">
-[...4 lines deleted...]
-      <c r="A40" s="115">
+      <c r="J39" s="146">
+        <v>1062.8399999999999</v>
+      </c>
+      <c r="L39" s="138"/>
+      <c r="M39" s="138"/>
+      <c r="N39" s="138"/>
+      <c r="O39" s="138"/>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A40" s="139">
         <v>35</v>
       </c>
-      <c r="B40" s="118" t="s">
+      <c r="B40" s="112" t="s">
         <v>74</v>
       </c>
-      <c r="C40" s="111">
+      <c r="C40" s="108">
         <v>20</v>
       </c>
       <c r="D40" s="91">
         <v>16</v>
       </c>
       <c r="E40" s="91"/>
       <c r="F40" s="91">
         <v>15</v>
       </c>
       <c r="G40" s="91">
         <v>2</v>
       </c>
       <c r="H40" s="97">
         <v>2</v>
       </c>
       <c r="I40" s="102">
         <f t="shared" si="0"/>
         <v>55</v>
       </c>
-      <c r="J40" s="121">
-[...4 lines deleted...]
-      <c r="A41" s="117">
+      <c r="J40" s="143">
+        <v>950.44</v>
+      </c>
+      <c r="L40" s="138"/>
+      <c r="M40" s="138"/>
+      <c r="N40" s="138"/>
+      <c r="O40" s="138"/>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A41" s="131">
         <v>36</v>
       </c>
-      <c r="B41" s="120" t="s">
+      <c r="B41" s="114" t="s">
         <v>75</v>
       </c>
-      <c r="C41" s="113">
+      <c r="C41" s="110">
         <v>20</v>
       </c>
       <c r="D41" s="90">
         <v>16</v>
       </c>
       <c r="E41" s="90"/>
       <c r="F41" s="90"/>
       <c r="G41" s="90">
         <v>2</v>
       </c>
       <c r="H41" s="99">
         <v>2</v>
       </c>
       <c r="I41" s="104">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
-      <c r="J41" s="122">
-[...4 lines deleted...]
-      <c r="A42" s="117">
+      <c r="J41" s="145">
+        <v>866.14</v>
+      </c>
+      <c r="L41" s="138"/>
+      <c r="M41" s="138"/>
+      <c r="N41" s="138"/>
+      <c r="O41" s="138"/>
+    </row>
+    <row r="42" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="131">
         <v>37</v>
       </c>
-      <c r="B42" s="120" t="s">
+      <c r="B42" s="114" t="s">
         <v>76</v>
       </c>
-      <c r="C42" s="113">
+      <c r="C42" s="110">
         <v>20</v>
       </c>
       <c r="D42" s="90">
         <v>16</v>
       </c>
       <c r="E42" s="90">
         <v>35</v>
       </c>
       <c r="F42" s="90">
         <v>15</v>
       </c>
       <c r="G42" s="90">
         <v>2</v>
       </c>
       <c r="H42" s="99">
         <v>2</v>
       </c>
       <c r="I42" s="104">
         <f t="shared" si="0"/>
         <v>90</v>
       </c>
-      <c r="J42" s="122">
-[...4 lines deleted...]
-      <c r="A43" s="116">
+      <c r="J42" s="145">
+        <v>1147.1400000000001</v>
+      </c>
+      <c r="L42" s="138"/>
+      <c r="M42" s="138"/>
+      <c r="N42" s="138"/>
+      <c r="O42" s="138"/>
+    </row>
+    <row r="43" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="140">
         <v>38</v>
       </c>
-      <c r="B43" s="119" t="s">
+      <c r="B43" s="113" t="s">
         <v>77</v>
       </c>
-      <c r="C43" s="112">
+      <c r="C43" s="109">
         <v>20</v>
       </c>
       <c r="D43" s="92">
         <v>16</v>
       </c>
       <c r="E43" s="92">
         <v>35</v>
       </c>
       <c r="F43" s="92"/>
       <c r="G43" s="92">
         <v>2</v>
       </c>
       <c r="H43" s="98">
         <v>2</v>
       </c>
       <c r="I43" s="103">
         <f t="shared" si="0"/>
         <v>75</v>
       </c>
-      <c r="J43" s="123">
-[...4 lines deleted...]
-      <c r="A44" s="141">
+      <c r="J43" s="144">
+        <v>1062.8399999999999</v>
+      </c>
+      <c r="L43" s="138"/>
+      <c r="M43" s="138"/>
+      <c r="N43" s="138"/>
+      <c r="O43" s="138"/>
+    </row>
+    <row r="44" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="131">
         <v>39</v>
       </c>
-      <c r="B44" s="142" t="s">
+      <c r="B44" s="132" t="s">
         <v>79</v>
       </c>
-      <c r="C44" s="143">
+      <c r="C44" s="133">
         <v>40</v>
       </c>
       <c r="D44" s="90">
         <v>36</v>
       </c>
       <c r="E44" s="90">
         <v>35</v>
       </c>
       <c r="F44" s="90">
         <v>15</v>
       </c>
       <c r="G44" s="99">
         <v>2</v>
       </c>
-      <c r="H44" s="138">
-[...2 lines deleted...]
-      <c r="I44" s="144">
+      <c r="H44" s="128">
+        <v>2</v>
+      </c>
+      <c r="I44" s="134">
         <f t="shared" si="0"/>
         <v>130</v>
       </c>
       <c r="J44" s="145">
-        <v>1551.66</v>
-[...3 lines deleted...]
-      <c r="A45" s="146">
+        <v>1375.33</v>
+      </c>
+      <c r="L44" s="138"/>
+      <c r="M44" s="138"/>
+      <c r="N44" s="138"/>
+      <c r="O44" s="138"/>
+    </row>
+    <row r="45" spans="1:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="140">
         <v>40</v>
       </c>
-      <c r="B45" s="147" t="s">
+      <c r="B45" s="141" t="s">
         <v>80</v>
       </c>
-      <c r="C45" s="148">
+      <c r="C45" s="135">
         <v>40</v>
       </c>
       <c r="D45" s="92">
         <v>36</v>
       </c>
       <c r="E45" s="92">
         <v>35</v>
       </c>
       <c r="F45" s="92"/>
       <c r="G45" s="98">
         <v>2</v>
       </c>
-      <c r="H45" s="139">
-[...2 lines deleted...]
-      <c r="I45" s="149">
+      <c r="H45" s="129">
+        <v>2</v>
+      </c>
+      <c r="I45" s="142">
         <f t="shared" si="0"/>
         <v>115</v>
       </c>
-      <c r="J45" s="150">
-[...18 lines deleted...]
-      <c r="A47" s="160" t="s">
+      <c r="J45" s="144">
+        <v>1375.33</v>
+      </c>
+      <c r="L45" s="138"/>
+      <c r="M45" s="138"/>
+      <c r="N45" s="138"/>
+      <c r="O45" s="138"/>
+    </row>
+    <row r="46" spans="1:15" ht="156" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="157" t="s">
+        <v>82</v>
+      </c>
+      <c r="B46" s="157"/>
+      <c r="C46" s="157"/>
+      <c r="D46" s="157"/>
+      <c r="E46" s="157"/>
+      <c r="F46" s="157"/>
+      <c r="G46" s="157"/>
+      <c r="H46" s="157"/>
+      <c r="I46" s="157"/>
+      <c r="J46" s="157"/>
+    </row>
+    <row r="47" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="158" t="s">
         <v>81</v>
       </c>
-      <c r="B47" s="160"/>
-[...21 lines deleted...]
-    <row r="50" spans="2:9" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="B47" s="158"/>
+      <c r="C47" s="158"/>
+      <c r="D47" s="158"/>
+      <c r="E47" s="158"/>
+      <c r="F47" s="158"/>
+      <c r="G47" s="158"/>
+      <c r="H47" s="158"/>
+      <c r="I47" s="158"/>
+      <c r="J47" s="158"/>
+    </row>
+    <row r="48" spans="1:15" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="158"/>
+      <c r="B48" s="158"/>
+      <c r="C48" s="158"/>
+      <c r="D48" s="158"/>
+      <c r="E48" s="158"/>
+      <c r="F48" s="158"/>
+      <c r="G48" s="158"/>
+      <c r="H48" s="158"/>
+      <c r="I48" s="158"/>
+      <c r="J48" s="158"/>
+    </row>
+    <row r="50" spans="2:9" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="4"/>
       <c r="I50" s="87"/>
     </row>
-    <row r="51" spans="2:9" ht="16.8" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:9" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="4"/>
       <c r="I51" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="A46:J46"/>
     <mergeCell ref="A47:J48"/>
   </mergeCells>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="0.35433070866141703" bottom="0.35433070866141703" header="0.31496062992126" footer="0.22635416666666699"/>
   <pageSetup scale="53" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C&amp;9&amp;K09+000KRG_4.2.14.3_14.pielikums_4.versija 19.06.2025.</oddFooter>
+    <oddFooter>&amp;C&amp;9&amp;K09+000KRG_4.2.14.3_14.pielikums_5.versija 10.10.2025.</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="50" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100338C07FF376BE64AA2F99BFADDC31AA7" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="37be98cb1f37e242fdbd76c23b56e5d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b988820425af6776af8d8638a24f98e1" ns2:_="" ns3:_="">
     <xsd:import namespace="d068b6ee-840b-4ce5-a3c1-a58983f5b64b"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -4791,129 +4910,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xsi:nil="true"/>
     <RegNr xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b">16292</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5C79333-C778-47FE-A80B-AF7EE14ED913}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{050A1FDB-0A4A-4D73-BFF9-73F7DEEE78B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d068b6ee-840b-4ce5-a3c1-a58983f5b64b"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5C79333-C778-47FE-A80B-AF7EE14ED913}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{504D4BDF-4EC6-4DD9-A87B-2E0122DE17E7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{504D4BDF-4EC6-4DD9-A87B-2E0122DE17E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA76A4B1-354B-4B38-A985-774A2368F91C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="d068b6ee-840b-4ce5-a3c1-a58983f5b64b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Traktehn_vad_progr</vt:lpstr>
       <vt:lpstr>Transp_ pēc 1 vienības</vt:lpstr>
     </vt:vector>