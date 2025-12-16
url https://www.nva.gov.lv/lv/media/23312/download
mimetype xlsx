--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\MI noteikumi\Mājas lapai\TT\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Initaj\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="179021"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H5" i="1" l="1"/>
   <c r="H10" i="1"/>
   <c r="H9" i="1"/>
   <c r="H8" i="1"/>
   <c r="H7" i="1"/>
   <c r="H6" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Traktortehnikas vadītāju apmācības izglītības programmu saraksts</t>
   </si>
   <si>
@@ -90,100 +90,114 @@
     <t xml:space="preserve">12K1M -“TR2” (ar 1.pal.)  kategorijas traktortehnikas “Visi traktori, lauksaimniecības pašgājējmašīnas, komunālās mašīnas, universālās pašgājējmašīnas, buldozeri, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas” </t>
   </si>
   <si>
     <t xml:space="preserve">12KM -“TR2” kategorijas traktortehnikas “Visi traktori, lauksaimniecības pašgājējmašīnas, komunālās mašīnas, universālās pašgājējmašīnas, buldozeri, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas” </t>
   </si>
   <si>
     <t>13K1M - “TR3” (ar 1.pal.)  kategorijas traktortehnikas “Meža mašīnas, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas”</t>
   </si>
   <si>
     <t xml:space="preserve">13KM - “TR3” kategorijas traktortehnikas “Meža mašīnas, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas” </t>
   </si>
   <si>
     <t xml:space="preserve">14K1M - “TR4” (ar 1.pal.) kategorijas traktortehnikas “Ceļu būves mašīnas, buldozeri, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas” </t>
   </si>
   <si>
     <t xml:space="preserve">14KM - “TR4” kategorijas traktortehnikas “Ceļu būves mašīnas, buldozeri, ekskavatori, iekrāvēji un speciālās pašgājējmašīnas” </t>
   </si>
   <si>
     <t>*Apmācību kupona vērtība (EUR)</t>
   </si>
   <si>
     <t xml:space="preserve">*Izglītības iestādes organizētās Apmācības ietvaros bezdarbniekiem sniegtais pārkvalificēšanās pakalpojums netiek aplikts ar pievienotās vērtības nodokli (turpmāk – PVN) saskaņā ar Pievienotās vērtības nodokļa likuma 52.panta pirmās daļas 16.punktu. Pārkvalificēšanās pakalpojums darba meklētājiem un bezdarba riskam pakļautām personām tiek aplikts ar PVN, piemērojot PVN standartlikmi 21 procenta apmērā saskaņā ar Pievienotās vērtības nodokļa likuma 41.panta pirmās daļas 1.punktu, kas ir ietverta apmācību kupona vērtībā (nepārsniedzot apmācību kupona maksimālo vērtību).                                                                                                                                                                                                                                                                                                                                                                                                                           </t>
   </si>
   <si>
     <t xml:space="preserve">Apmācību kupona vērtība tiek noteikta saskaņā ar:
-Ministru kabineta 2011. gada 25. janvāra noteikumos Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” noteikto;                                                                                                                                                                                                                                                                                                                                                                                                    Labklājības ministrijas 2025. gada 26.februāra Rīkojumu Nr.32 “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu”. Šīs metodikas noteiktās likmes piemēro no 2025. gada 1. aprīļa;
+Ministru kabineta 2011. gada 25. janvāra noteikumos Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” noteikto;                                                                                                                                                                                                                                                                                                                                                                                                    Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika mācību un stipendijas izmaksām” apstiprināšanu”. Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra;
 Apmācību kupona vērtībā iekļautas izmaksas par veselības pārbaudi (nodrošina pēc nepieciešamības), pirmās palīdzības sniegšanas kursa nodrošināšanu (ja attiecināms), braukšanas mācību atļauju (ja attiecināms), traktortehnikas nodrošināšanu vadīšanas eksāmena kārtošanas laikā VTUA, kvalifikācijas eksāmenu kārtošanu un vadītāja apliecības saņemšanu VTUA.                                                                                                                                                                                                                                                 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -263,266 +277,276 @@
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
+      <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
+      <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
-      <top/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right style="thin">
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...26 lines deleted...]
-      </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -774,397 +798,397 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5"/>
+      <selection activeCell="A11" sqref="A11:I11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="81.140625" customWidth="1"/>
-    <col min="3" max="3" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.5703125" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="13.140625" customWidth="1"/>
-    <col min="9" max="9" width="11.85546875" customWidth="1"/>
+    <col min="9" max="9" width="11.85546875" style="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1" s="28" t="s">
+      <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="28"/>
-[...6 lines deleted...]
-      <c r="I1" s="28"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
-      <c r="B2" s="29"/>
-[...6 lines deleted...]
-      <c r="I2" s="29"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
     </row>
     <row r="3" spans="1:9" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="29.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="25">
+      <c r="A4" s="23">
         <v>1</v>
       </c>
-      <c r="B4" s="15">
+      <c r="B4" s="13">
         <v>2</v>
       </c>
-      <c r="C4" s="20">
+      <c r="C4" s="18">
         <v>3</v>
       </c>
       <c r="D4" s="7">
         <v>4</v>
       </c>
       <c r="E4" s="7">
         <v>5</v>
       </c>
       <c r="F4" s="7">
         <v>6</v>
       </c>
       <c r="G4" s="9">
         <v>7</v>
       </c>
-      <c r="H4" s="15" t="s">
+      <c r="H4" s="13" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="12">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A5" s="26">
+      <c r="A5" s="24">
         <v>1</v>
       </c>
-      <c r="B5" s="23" t="s">
+      <c r="B5" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="21">
+      <c r="C5" s="19">
         <v>70</v>
       </c>
       <c r="D5" s="3">
         <v>2</v>
       </c>
       <c r="E5" s="3">
         <v>8.5</v>
       </c>
       <c r="F5" s="3">
         <v>1</v>
       </c>
-      <c r="G5" s="18">
+      <c r="G5" s="16">
         <v>15</v>
       </c>
-      <c r="H5" s="16">
+      <c r="H5" s="14">
         <f t="shared" ref="H5:H10" si="0">SUM(C5:G5)</f>
         <v>96.5</v>
       </c>
-      <c r="I5" s="13">
-        <v>747.9</v>
+      <c r="I5" s="30">
+        <v>711.79</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="27">
+      <c r="A6" s="25">
         <v>2</v>
       </c>
-      <c r="B6" s="24" t="s">
+      <c r="B6" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="22">
+      <c r="C6" s="20">
         <v>70</v>
       </c>
       <c r="D6" s="4">
         <v>2</v>
       </c>
       <c r="E6" s="4">
         <v>8.5</v>
       </c>
       <c r="F6" s="4">
         <v>1</v>
       </c>
-      <c r="G6" s="19">
+      <c r="G6" s="17">
         <v>0</v>
       </c>
-      <c r="H6" s="17">
+      <c r="H6" s="15">
         <f t="shared" si="0"/>
         <v>81.5</v>
       </c>
-      <c r="I6" s="14">
-        <v>747.9</v>
+      <c r="I6" s="31">
+        <v>711.79</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A7" s="26">
+      <c r="A7" s="24">
         <v>3</v>
       </c>
-      <c r="B7" s="23" t="s">
+      <c r="B7" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="C7" s="21">
+      <c r="C7" s="19">
         <v>49</v>
       </c>
       <c r="D7" s="3">
         <v>2</v>
       </c>
       <c r="E7" s="3">
         <v>10</v>
       </c>
       <c r="F7" s="3">
         <v>1</v>
       </c>
-      <c r="G7" s="18">
+      <c r="G7" s="16">
         <v>15</v>
       </c>
-      <c r="H7" s="16">
+      <c r="H7" s="14">
         <f t="shared" si="0"/>
         <v>77</v>
       </c>
-      <c r="I7" s="13">
-        <v>876.45</v>
+      <c r="I7" s="32">
+        <v>834.15</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="27">
+      <c r="A8" s="25">
         <v>4</v>
       </c>
-      <c r="B8" s="24" t="s">
+      <c r="B8" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="C8" s="22">
+      <c r="C8" s="20">
         <v>49</v>
       </c>
       <c r="D8" s="4">
         <v>2</v>
       </c>
       <c r="E8" s="4">
         <v>10</v>
       </c>
       <c r="F8" s="4">
         <v>1</v>
       </c>
-      <c r="G8" s="19">
+      <c r="G8" s="17">
         <v>0</v>
       </c>
-      <c r="H8" s="17">
+      <c r="H8" s="15">
         <f t="shared" si="0"/>
         <v>62</v>
       </c>
-      <c r="I8" s="14">
-        <v>876.45</v>
+      <c r="I8" s="33">
+        <v>834.15</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A9" s="26">
+      <c r="A9" s="24">
         <v>5</v>
       </c>
-      <c r="B9" s="23" t="s">
+      <c r="B9" s="21" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="21">
+      <c r="C9" s="19">
         <v>75</v>
       </c>
       <c r="D9" s="3">
         <v>2</v>
       </c>
       <c r="E9" s="3">
         <v>6</v>
       </c>
       <c r="F9" s="3">
         <v>1</v>
       </c>
-      <c r="G9" s="18">
+      <c r="G9" s="16">
         <v>15</v>
       </c>
-      <c r="H9" s="16">
+      <c r="H9" s="14">
         <f t="shared" si="0"/>
         <v>99</v>
       </c>
-      <c r="I9" s="13">
-        <v>876.45</v>
+      <c r="I9" s="34">
+        <v>834.15</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="27">
+      <c r="A10" s="25">
         <v>6</v>
       </c>
-      <c r="B10" s="24" t="s">
+      <c r="B10" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="C10" s="22">
+      <c r="C10" s="20">
         <v>75</v>
       </c>
       <c r="D10" s="4">
         <v>2</v>
       </c>
       <c r="E10" s="4">
         <v>6</v>
       </c>
       <c r="F10" s="4">
         <v>1</v>
       </c>
-      <c r="G10" s="19">
+      <c r="G10" s="17">
         <v>0</v>
       </c>
-      <c r="H10" s="17">
+      <c r="H10" s="15">
         <f t="shared" si="0"/>
         <v>84</v>
       </c>
-      <c r="I10" s="14">
-        <v>876.45</v>
+      <c r="I10" s="33">
+        <v>834.15</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="30" t="s">
+      <c r="A11" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="B11" s="30"/>
-[...6 lines deleted...]
-      <c r="I11" s="30"/>
+      <c r="B11" s="28"/>
+      <c r="C11" s="28"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="28"/>
+      <c r="F11" s="28"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="28"/>
+      <c r="I11" s="28"/>
     </row>
     <row r="12" spans="1:9" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="31" t="s">
+      <c r="A12" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="31"/>
-[...6 lines deleted...]
-      <c r="I12" s="31"/>
+      <c r="B12" s="29"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="29"/>
+      <c r="E12" s="29"/>
+      <c r="F12" s="29"/>
+      <c r="G12" s="29"/>
+      <c r="H12" s="29"/>
+      <c r="I12" s="29"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="1"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="1"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="1"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A12:I12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K05+000KRG_4.2.14.3_15.pielikums_3.versija 19.06.2025.</oddFooter>
+    <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K05+000KRG_4.2.14.3_15.pielikums_4.versija 10.10.2025.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>