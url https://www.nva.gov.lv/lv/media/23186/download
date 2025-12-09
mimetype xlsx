--- v0 (2025-10-10)
+++ v1 (2025-12-09)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.198.5.56\krg\4. Pamatdarbības procesi\4.2.14.2. Kuponu izsniegsana\14_03_2025_processv5\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Viktorijak\Desktop\Programmu saraksti\Ar 01.11.2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A4738DB-6C9E-46A3-991B-789E5ABF97C5}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56549AA9-9CA8-4733-9BEF-3354616801B4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6640" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="22992" windowHeight="8316" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Traktehn_vad_progr" sheetId="4" state="hidden" r:id="rId1"/>
     <sheet name="Traktori pēc 1 vienības" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Traktori pēc 1 vienības'!$A$1:$I$14</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H7" i="4" l="1"/>
   <c r="H12" i="5"/>
   <c r="H11" i="5"/>
   <c r="H10" i="5"/>
   <c r="H9" i="5"/>
   <c r="H8" i="5"/>
   <c r="H7" i="5"/>
   <c r="Q14" i="4"/>
   <c r="P14" i="4"/>
   <c r="H14" i="4"/>
   <c r="Q13" i="4"/>
@@ -205,62 +205,105 @@
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Apmācības izmaksās vienai personai par visu apmācību periodu izglītības iestādē</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> iekļautas arī izmaksas par veselības pārbaudi, pirmās palīdzības sniegšanas kursa nodrošināšanu (pēc nepieciešamības) un viena veida traktortehnikas nodrošināšanu praktiskās vadīšanas eksāmena kārtošanas laikā VTUA.</t>
     </r>
   </si>
   <si>
     <t>*Apmācību kupona vērtība</t>
   </si>
   <si>
     <t>Traktortehnikas vadītāju apmācības izglītības programmu saraksts</t>
   </si>
   <si>
     <t xml:space="preserve">*Izglītības iestādes organizētās Apmācības ietvaros bezdarbniekiem sniegtais pārkvalificēšanās pakalpojums netiek aplikts ar pievienotās vērtības nodokli (turpmāk – PVN) saskaņā ar Pievienotās vērtības nodokļa likuma 52.panta pirmās daļas 16.punktu. Pārkvalificēšanās pakalpojums darba meklētājiem tiek aplikts ar PVN, piemērojot PVN standartlikmi 21 procenta apmērā saskaņā ar Pievienotās vērtības nodokļa likuma 41.panta pirmās daļas 1.punktu, kas ir ietverta apmācību kupona vērtībā (nepārsniedzot apmācību kupona maksimālo vērtību).                                                                                                                                                                                                                                                                                                                                                                                                                           </t>
   </si>
   <si>
-    <t xml:space="preserve">Apmācību kupona vērtība tiek noteikta saskaņā ar Ministru kabineta 2011. gada 25. janvāra noteikumos Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” noteikto;                                                                                                                                                                                                                                                                                                                                                                                                    Labklājības ministrijas 2025. gada 26.februāra Rīkojumu Nr.32 “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu”. Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. aprīļa;  
+    <r>
+      <t xml:space="preserve">Apmācību kupona vērtība tiek noteikta saskaņā ar Ministru kabineta 2011. gada 25. janvāra noteikumos Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” noteikto;                                                                                                                                                                                                                                                                                                                                                                                                    </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika mācību un stipendijas izmaksām” apstiprināšanu”. Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra; </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
 Apmācību kupona vērtībā iekļautas izmaksas par veselības pārbaudi (nodrošina pēc nepieciešamības), pirmās palīdzības sniegšanas kursa nodrošināšanu (ja attiecināms), braukšanas mācību atļauju (ja attiecināms), traktortehnikas nodrošināšanu vadīšanas eksāmena kārtošanas laikā VTUA, kvalifikācijas eksāmenu kārtošanu un vadītāja apliecības saņemšanu VTUA.                                                                                                                                                                                                                                                 </t>
+    </r>
   </si>
   <si>
-    <t>KRG_4.2.14.2_38.pielikums_2.versija 14.03.2025.</t>
+    <r>
+      <t>KRG_4.2.14.2_38.pielikums</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>_3.versija 10.10.2025.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
@@ -423,50 +466,72 @@
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFC45911"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FF0000FF"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF0000FF"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF0000FF"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="30">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -581,80 +646,80 @@
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14969328897976622"/>
+        <fgColor theme="0" tint="-0.14963225196081423"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.24964140751365704"/>
+        <fgColor theme="0" tint="-0.24958037049470505"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.34965056306649983"/>
+        <fgColor theme="0" tint="-0.34958952604754784"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="48">
+  <borders count="45">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -915,65 +980,50 @@
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
-[...13 lines deleted...]
-      </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
@@ -1121,208 +1171,176 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
-      <right style="thin">
-[...28 lines deleted...]
-      </left>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color auto="1"/>
       </left>
-      <right/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
       <top style="medium">
         <color auto="1"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-      <right/>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="34" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="138">
+  <cellXfs count="136">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1562,147 +1580,147 @@
     <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="24" borderId="24" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="24" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="24" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="24" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...24 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="26" fillId="24" borderId="34" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="24" borderId="35" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="24" borderId="36" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="24" borderId="40" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="32" fillId="24" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="32" fillId="24" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="32" fillId="24" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="47">
     <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="40% - Accent6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="60% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="60% - Accent2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="60% - Accent3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="60% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="60% - Accent5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
     <cellStyle name="60% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
     <cellStyle name="Accent1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
     <cellStyle name="Accent2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
     <cellStyle name="Accent3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
     <cellStyle name="Accent4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
@@ -2065,1186 +2083,1199 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S21"/>
   <sheetViews>
     <sheetView topLeftCell="A11" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A17" sqref="A17:N17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.26953125" style="11"/>
-[...8 lines deleted...]
-    <col min="18" max="16384" width="9.26953125" style="11"/>
+    <col min="1" max="1" width="9.33203125" style="9"/>
+    <col min="2" max="2" width="79.6640625" style="10" customWidth="1"/>
+    <col min="3" max="7" width="20.6640625" style="10" customWidth="1"/>
+    <col min="8" max="12" width="20.6640625" style="9" customWidth="1"/>
+    <col min="13" max="13" width="18.33203125" style="9" customWidth="1"/>
+    <col min="14" max="14" width="21.6640625" style="9" customWidth="1"/>
+    <col min="15" max="15" width="14.6640625" style="9" customWidth="1"/>
+    <col min="16" max="16" width="20.5546875" style="9" customWidth="1"/>
+    <col min="17" max="17" width="16.6640625" style="9" customWidth="1"/>
+    <col min="18" max="16384" width="9.33203125" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="16.5" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="L1" s="9"/>
+    <row r="1" spans="1:19" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="7"/>
+      <c r="K1" s="7"/>
+      <c r="L1" s="7"/>
     </row>
-    <row r="2" spans="1:19" ht="16.5" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="L2" s="20"/>
+    <row r="2" spans="1:19" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="12"/>
+      <c r="I2" s="12"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="18"/>
     </row>
-    <row r="3" spans="1:19" ht="25" x14ac:dyDescent="0.5">
-      <c r="A3" s="8" t="s">
+    <row r="3" spans="1:19" ht="24.6" x14ac:dyDescent="0.4">
+      <c r="A3" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="8"/>
-[...9 lines deleted...]
-      <c r="L3" s="8"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
     </row>
-    <row r="4" spans="1:19" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="L4" s="7"/>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="B4" s="5"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
     </row>
-    <row r="5" spans="1:19" ht="151.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="22" t="s">
+    <row r="5" spans="1:19" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="22" t="s">
+      <c r="B5" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="22" t="s">
+      <c r="C5" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="22" t="s">
+      <c r="D5" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="22" t="s">
+      <c r="E5" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="22" t="s">
+      <c r="F5" s="20" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="22" t="s">
+      <c r="G5" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="H5" s="22" t="s">
+      <c r="H5" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="22" t="s">
+      <c r="I5" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="J5" s="23" t="s">
+      <c r="J5" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="K5" s="22" t="s">
+      <c r="K5" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="L5" s="70" t="s">
+      <c r="L5" s="68" t="s">
         <v>24</v>
       </c>
-      <c r="M5" s="70" t="s">
+      <c r="M5" s="68" t="s">
         <v>25</v>
       </c>
-      <c r="N5" s="71" t="s">
+      <c r="N5" s="69" t="s">
         <v>26</v>
       </c>
-      <c r="O5" s="88" t="s">
+      <c r="O5" s="86" t="s">
         <v>28</v>
       </c>
-      <c r="P5" s="89" t="s">
+      <c r="P5" s="87" t="s">
         <v>26</v>
       </c>
-      <c r="Q5" s="95" t="s">
+      <c r="Q5" s="93" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="6" spans="1:19" x14ac:dyDescent="0.35">
-      <c r="A6" s="24">
+    <row r="6" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A6" s="22">
         <v>1</v>
       </c>
-      <c r="B6" s="24">
+      <c r="B6" s="22">
         <v>2</v>
       </c>
-      <c r="C6" s="24">
+      <c r="C6" s="22">
         <v>3</v>
       </c>
-      <c r="D6" s="24">
+      <c r="D6" s="22">
         <v>4</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E6" s="22">
         <v>5</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F6" s="22">
         <v>6</v>
       </c>
-      <c r="G6" s="24">
+      <c r="G6" s="22">
         <v>7</v>
       </c>
-      <c r="H6" s="24" t="s">
+      <c r="H6" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="I6" s="25">
+      <c r="I6" s="23">
         <v>9</v>
       </c>
-      <c r="J6" s="26">
+      <c r="J6" s="24">
         <v>10</v>
       </c>
-      <c r="K6" s="25">
+      <c r="K6" s="23">
         <v>11</v>
       </c>
-      <c r="L6" s="72" t="s">
+      <c r="L6" s="70" t="s">
         <v>19</v>
       </c>
-      <c r="M6" s="73"/>
-[...3 lines deleted...]
-      <c r="Q6" s="93"/>
+      <c r="M6" s="71"/>
+      <c r="N6" s="72"/>
+      <c r="O6" s="88"/>
+      <c r="P6" s="88"/>
+      <c r="Q6" s="91"/>
     </row>
-    <row r="7" spans="1:19" s="16" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="27">
+    <row r="7" spans="1:19" s="14" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="25">
         <v>1</v>
       </c>
-      <c r="B7" s="28" t="s">
+      <c r="B7" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="29">
+      <c r="C7" s="27">
         <v>70</v>
       </c>
-      <c r="D7" s="29">
+      <c r="D7" s="27">
         <v>2</v>
       </c>
-      <c r="E7" s="29">
+      <c r="E7" s="27">
         <v>8.5</v>
       </c>
-      <c r="F7" s="29">
+      <c r="F7" s="27">
         <v>1</v>
       </c>
-      <c r="G7" s="29">
+      <c r="G7" s="27">
         <v>15</v>
       </c>
-      <c r="H7" s="30">
+      <c r="H7" s="28">
         <f t="shared" ref="H7:H14" si="0">SUM(C7:G7)</f>
         <v>96.5</v>
       </c>
-      <c r="I7" s="31">
+      <c r="I7" s="29">
         <v>554</v>
       </c>
-      <c r="J7" s="32">
+      <c r="J7" s="30">
         <v>67.22</v>
       </c>
-      <c r="K7" s="33">
+      <c r="K7" s="31">
         <v>13.6</v>
       </c>
-      <c r="L7" s="75">
+      <c r="L7" s="73">
         <v>640</v>
       </c>
-      <c r="M7" s="76">
+      <c r="M7" s="74">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N7" s="77">
+      <c r="N7" s="75">
         <v>777.22</v>
       </c>
-      <c r="O7" s="91">
+      <c r="O7" s="89">
         <v>7.29</v>
       </c>
-      <c r="P7" s="92">
+      <c r="P7" s="90">
         <f>H7*O7</f>
         <v>703.48500000000001</v>
       </c>
-      <c r="Q7" s="94">
+      <c r="Q7" s="92">
         <f>P7-N7</f>
         <v>-73.735000000000014</v>
       </c>
-      <c r="S7" s="21"/>
+      <c r="S7" s="19"/>
     </row>
-    <row r="8" spans="1:19" s="16" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="27">
+    <row r="8" spans="1:19" s="14" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="25">
         <v>2</v>
       </c>
-      <c r="B8" s="28" t="s">
+      <c r="B8" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="29">
+      <c r="C8" s="27">
         <v>70</v>
       </c>
-      <c r="D8" s="29">
+      <c r="D8" s="27">
         <v>2</v>
       </c>
-      <c r="E8" s="29">
+      <c r="E8" s="27">
         <v>8.5</v>
       </c>
-      <c r="F8" s="29">
+      <c r="F8" s="27">
         <v>1</v>
       </c>
-      <c r="G8" s="29">
+      <c r="G8" s="27">
         <v>0</v>
       </c>
-      <c r="H8" s="30">
+      <c r="H8" s="28">
         <f t="shared" si="0"/>
         <v>81.5</v>
       </c>
-      <c r="I8" s="31">
+      <c r="I8" s="29">
         <v>519</v>
       </c>
-      <c r="J8" s="32">
+      <c r="J8" s="30">
         <v>67.22</v>
       </c>
-      <c r="K8" s="33">
+      <c r="K8" s="31">
         <v>13.6</v>
       </c>
-      <c r="L8" s="75">
+      <c r="L8" s="73">
         <v>640</v>
       </c>
-      <c r="M8" s="78">
+      <c r="M8" s="76">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N8" s="77">
+      <c r="N8" s="75">
         <v>777.22</v>
       </c>
-      <c r="O8" s="91">
+      <c r="O8" s="89">
         <v>7.29</v>
       </c>
-      <c r="P8" s="92">
+      <c r="P8" s="90">
         <f t="shared" ref="P8:P14" si="1">H8*O8</f>
         <v>594.13499999999999</v>
       </c>
-      <c r="Q8" s="94">
+      <c r="Q8" s="92">
         <f t="shared" ref="Q8:Q14" si="2">P8-N8</f>
         <v>-183.08500000000004</v>
       </c>
-      <c r="S8" s="21"/>
+      <c r="S8" s="19"/>
     </row>
-    <row r="9" spans="1:19" s="16" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="27">
+    <row r="9" spans="1:19" s="14" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="25">
         <v>3</v>
       </c>
-      <c r="B9" s="34" t="s">
+      <c r="B9" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29">
+      <c r="C9" s="27">
         <v>70</v>
       </c>
-      <c r="D9" s="29">
+      <c r="D9" s="27">
         <v>2</v>
       </c>
-      <c r="E9" s="29">
+      <c r="E9" s="27">
         <v>8.5</v>
       </c>
-      <c r="F9" s="29">
+      <c r="F9" s="27">
         <v>1</v>
       </c>
-      <c r="G9" s="29">
+      <c r="G9" s="27">
         <v>15</v>
       </c>
-      <c r="H9" s="30">
+      <c r="H9" s="28">
         <f t="shared" si="0"/>
         <v>96.5</v>
       </c>
-      <c r="I9" s="31">
+      <c r="I9" s="29">
         <v>554</v>
       </c>
-      <c r="J9" s="32">
+      <c r="J9" s="30">
         <v>67.22</v>
       </c>
-      <c r="K9" s="33">
+      <c r="K9" s="31">
         <v>13.6</v>
       </c>
-      <c r="L9" s="75">
+      <c r="L9" s="73">
         <v>640</v>
       </c>
-      <c r="M9" s="78">
+      <c r="M9" s="76">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N9" s="77">
+      <c r="N9" s="75">
         <v>777.22</v>
       </c>
-      <c r="O9" s="91">
+      <c r="O9" s="89">
         <v>7.29</v>
       </c>
-      <c r="P9" s="92">
+      <c r="P9" s="90">
         <f t="shared" si="1"/>
         <v>703.48500000000001</v>
       </c>
-      <c r="Q9" s="94">
+      <c r="Q9" s="92">
         <f t="shared" si="2"/>
         <v>-73.735000000000014</v>
       </c>
-      <c r="S9" s="21"/>
+      <c r="S9" s="19"/>
     </row>
-    <row r="10" spans="1:19" s="16" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="42">
+    <row r="10" spans="1:19" s="14" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="40">
         <v>4</v>
       </c>
-      <c r="B10" s="43" t="s">
+      <c r="B10" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="44">
+      <c r="C10" s="42">
         <v>70</v>
       </c>
-      <c r="D10" s="44">
+      <c r="D10" s="42">
         <v>2</v>
       </c>
-      <c r="E10" s="44">
+      <c r="E10" s="42">
         <v>8.5</v>
       </c>
-      <c r="F10" s="44">
+      <c r="F10" s="42">
         <v>1</v>
       </c>
-      <c r="G10" s="44">
+      <c r="G10" s="42">
         <v>0</v>
       </c>
-      <c r="H10" s="45">
+      <c r="H10" s="43">
         <f t="shared" si="0"/>
         <v>81.5</v>
       </c>
-      <c r="I10" s="46">
+      <c r="I10" s="44">
         <v>519</v>
       </c>
-      <c r="J10" s="47">
+      <c r="J10" s="45">
         <v>67.22</v>
       </c>
-      <c r="K10" s="48">
+      <c r="K10" s="46">
         <v>13.6</v>
       </c>
-      <c r="L10" s="79">
+      <c r="L10" s="77">
         <v>640</v>
       </c>
-      <c r="M10" s="80">
+      <c r="M10" s="78">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N10" s="81">
+      <c r="N10" s="79">
         <v>777.22</v>
       </c>
-      <c r="O10" s="91">
+      <c r="O10" s="89">
         <v>7.29</v>
       </c>
-      <c r="P10" s="92">
+      <c r="P10" s="90">
         <f t="shared" si="1"/>
         <v>594.13499999999999</v>
       </c>
-      <c r="Q10" s="94">
+      <c r="Q10" s="92">
         <f t="shared" si="2"/>
         <v>-183.08500000000004</v>
       </c>
-      <c r="S10" s="21"/>
+      <c r="S10" s="19"/>
     </row>
-    <row r="11" spans="1:19" s="16" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="35">
+    <row r="11" spans="1:19" s="14" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="33">
         <v>5</v>
       </c>
-      <c r="B11" s="36" t="s">
+      <c r="B11" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="37">
+      <c r="C11" s="35">
         <v>49</v>
       </c>
-      <c r="D11" s="37">
+      <c r="D11" s="35">
         <v>2</v>
       </c>
-      <c r="E11" s="37">
+      <c r="E11" s="35">
         <v>10</v>
       </c>
-      <c r="F11" s="37">
+      <c r="F11" s="35">
         <v>1</v>
       </c>
-      <c r="G11" s="37">
+      <c r="G11" s="35">
         <v>15</v>
       </c>
-      <c r="H11" s="38">
+      <c r="H11" s="36">
         <f t="shared" si="0"/>
         <v>77</v>
       </c>
-      <c r="I11" s="39">
+      <c r="I11" s="37">
         <v>437</v>
       </c>
-      <c r="J11" s="40">
+      <c r="J11" s="38">
         <v>67.22</v>
       </c>
-      <c r="K11" s="41">
+      <c r="K11" s="39">
         <v>13.6</v>
       </c>
-      <c r="L11" s="82">
+      <c r="L11" s="80">
         <v>520</v>
       </c>
-      <c r="M11" s="83">
+      <c r="M11" s="81">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N11" s="84">
+      <c r="N11" s="82">
         <v>631.49</v>
       </c>
-      <c r="O11" s="91">
+      <c r="O11" s="89">
         <v>7.29</v>
       </c>
-      <c r="P11" s="92">
+      <c r="P11" s="90">
         <f t="shared" si="1"/>
         <v>561.33000000000004</v>
       </c>
-      <c r="Q11" s="94">
+      <c r="Q11" s="92">
         <f t="shared" si="2"/>
         <v>-70.159999999999968</v>
       </c>
-      <c r="S11" s="21"/>
+      <c r="S11" s="19"/>
     </row>
-    <row r="12" spans="1:19" s="16" customFormat="1" ht="47.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="49">
+    <row r="12" spans="1:19" s="14" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="47">
         <v>6</v>
       </c>
-      <c r="B12" s="50" t="s">
+      <c r="B12" s="48" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="51">
+      <c r="C12" s="49">
         <v>49</v>
       </c>
-      <c r="D12" s="51">
+      <c r="D12" s="49">
         <v>2</v>
       </c>
-      <c r="E12" s="51">
+      <c r="E12" s="49">
         <v>10</v>
       </c>
-      <c r="F12" s="51">
+      <c r="F12" s="49">
         <v>1</v>
       </c>
-      <c r="G12" s="51">
+      <c r="G12" s="49">
         <v>0</v>
       </c>
-      <c r="H12" s="52">
+      <c r="H12" s="50">
         <f t="shared" si="0"/>
         <v>62</v>
       </c>
-      <c r="I12" s="53">
+      <c r="I12" s="51">
         <v>402</v>
       </c>
-      <c r="J12" s="54">
+      <c r="J12" s="52">
         <v>67.22</v>
       </c>
-      <c r="K12" s="55">
+      <c r="K12" s="53">
         <v>13.6</v>
       </c>
-      <c r="L12" s="85">
+      <c r="L12" s="83">
         <v>520</v>
       </c>
-      <c r="M12" s="80">
+      <c r="M12" s="78">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N12" s="81">
+      <c r="N12" s="79">
         <v>631.49</v>
       </c>
-      <c r="O12" s="91">
+      <c r="O12" s="89">
         <v>7.29</v>
       </c>
-      <c r="P12" s="92">
+      <c r="P12" s="90">
         <f t="shared" si="1"/>
         <v>451.98</v>
       </c>
-      <c r="Q12" s="94">
+      <c r="Q12" s="92">
         <f t="shared" si="2"/>
         <v>-179.51</v>
       </c>
-      <c r="S12" s="21"/>
+      <c r="S12" s="19"/>
     </row>
-    <row r="13" spans="1:19" s="16" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="56">
+    <row r="13" spans="1:19" s="14" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="54">
         <v>7</v>
       </c>
-      <c r="B13" s="57" t="s">
+      <c r="B13" s="55" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="58">
+      <c r="C13" s="56">
         <v>75</v>
       </c>
-      <c r="D13" s="58">
+      <c r="D13" s="56">
         <v>2</v>
       </c>
-      <c r="E13" s="58">
+      <c r="E13" s="56">
         <v>6</v>
       </c>
-      <c r="F13" s="58">
+      <c r="F13" s="56">
         <v>1</v>
       </c>
-      <c r="G13" s="58">
+      <c r="G13" s="56">
         <v>15</v>
       </c>
-      <c r="H13" s="59">
+      <c r="H13" s="57">
         <f t="shared" si="0"/>
         <v>99</v>
       </c>
-      <c r="I13" s="60">
+      <c r="I13" s="58">
         <v>569</v>
       </c>
-      <c r="J13" s="61">
+      <c r="J13" s="59">
         <v>67.22</v>
       </c>
-      <c r="K13" s="62">
+      <c r="K13" s="60">
         <v>13.6</v>
       </c>
-      <c r="L13" s="86">
+      <c r="L13" s="84">
         <v>650</v>
       </c>
-      <c r="M13" s="83">
+      <c r="M13" s="81">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N13" s="84">
+      <c r="N13" s="82">
         <v>789.36</v>
       </c>
-      <c r="O13" s="91">
+      <c r="O13" s="89">
         <v>7.29</v>
       </c>
-      <c r="P13" s="92">
+      <c r="P13" s="90">
         <f t="shared" si="1"/>
         <v>721.71</v>
       </c>
-      <c r="Q13" s="94">
+      <c r="Q13" s="92">
         <f t="shared" si="2"/>
         <v>-67.649999999999977</v>
       </c>
-      <c r="S13" s="21"/>
+      <c r="S13" s="19"/>
     </row>
-    <row r="14" spans="1:19" s="16" customFormat="1" ht="47.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="63">
+    <row r="14" spans="1:19" s="14" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="61">
         <v>8</v>
       </c>
-      <c r="B14" s="64" t="s">
+      <c r="B14" s="62" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="65">
+      <c r="C14" s="63">
         <v>75</v>
       </c>
-      <c r="D14" s="65">
+      <c r="D14" s="63">
         <v>2</v>
       </c>
-      <c r="E14" s="65">
+      <c r="E14" s="63">
         <v>6</v>
       </c>
-      <c r="F14" s="65">
+      <c r="F14" s="63">
         <v>1</v>
       </c>
-      <c r="G14" s="65">
+      <c r="G14" s="63">
         <v>0</v>
       </c>
-      <c r="H14" s="66">
+      <c r="H14" s="64">
         <f t="shared" si="0"/>
         <v>84</v>
       </c>
-      <c r="I14" s="67">
+      <c r="I14" s="65">
         <v>534</v>
       </c>
-      <c r="J14" s="68">
+      <c r="J14" s="66">
         <v>67.22</v>
       </c>
-      <c r="K14" s="69">
+      <c r="K14" s="67">
         <v>13.6</v>
       </c>
-      <c r="L14" s="87">
+      <c r="L14" s="85">
         <v>650</v>
       </c>
-      <c r="M14" s="80">
+      <c r="M14" s="78">
         <v>0.21440000000000001</v>
       </c>
-      <c r="N14" s="81">
+      <c r="N14" s="79">
         <v>789.36</v>
       </c>
-      <c r="O14" s="91">
+      <c r="O14" s="89">
         <v>7.29</v>
       </c>
-      <c r="P14" s="92">
+      <c r="P14" s="90">
         <f t="shared" si="1"/>
         <v>612.36</v>
       </c>
-      <c r="Q14" s="94">
+      <c r="Q14" s="92">
         <f t="shared" si="2"/>
         <v>-177</v>
       </c>
-      <c r="S14" s="21"/>
+      <c r="S14" s="19"/>
     </row>
-    <row r="15" spans="1:19" s="16" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="6" t="s">
+    <row r="15" spans="1:19" s="14" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="B15" s="6"/>
-[...11 lines deleted...]
-      <c r="N15" s="6"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
     </row>
-    <row r="16" spans="1:19" ht="105.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="5" t="s">
+    <row r="16" spans="1:19" ht="105.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B16" s="5"/>
-[...11 lines deleted...]
-      <c r="N16" s="5"/>
+      <c r="B16" s="3"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
     </row>
-    <row r="17" spans="1:14" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="10" t="s">
+    <row r="17" spans="1:14" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="B17" s="10"/>
-[...11 lines deleted...]
-      <c r="N17" s="10"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="8"/>
+      <c r="F17" s="8"/>
+      <c r="G17" s="8"/>
+      <c r="H17" s="8"/>
+      <c r="I17" s="8"/>
+      <c r="J17" s="8"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
     </row>
-    <row r="18" spans="1:14" ht="105" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="10" t="s">
+    <row r="18" spans="1:14" ht="105" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="10"/>
-[...11 lines deleted...]
-      <c r="N18" s="10"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="8"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
     </row>
-    <row r="19" spans="1:14" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="L19" s="17"/>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A19" s="15"/>
+      <c r="B19" s="16"/>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+      <c r="G19" s="16"/>
+      <c r="H19" s="15"/>
+      <c r="I19" s="15"/>
+      <c r="J19" s="15"/>
+      <c r="K19" s="15"/>
+      <c r="L19" s="15"/>
     </row>
-    <row r="20" spans="1:14" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="L20" s="17"/>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A20" s="15"/>
+      <c r="B20" s="16"/>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="16"/>
+      <c r="H20" s="15"/>
+      <c r="I20" s="15"/>
+      <c r="J20" s="15"/>
+      <c r="K20" s="15"/>
+      <c r="L20" s="15"/>
     </row>
-    <row r="21" spans="1:14" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="L21" s="17"/>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A21" s="15"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="15"/>
+      <c r="I21" s="15"/>
+      <c r="J21" s="15"/>
+      <c r="K21" s="15"/>
+      <c r="L21" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A18:N18"/>
     <mergeCell ref="J1:L1"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="A15:N15"/>
     <mergeCell ref="A16:N16"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="42" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:J14"/>
+  <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.26953125" style="11"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="9.26953125" style="11"/>
+    <col min="1" max="1" width="9.33203125" style="9"/>
+    <col min="2" max="2" width="79.6640625" style="10" customWidth="1"/>
+    <col min="3" max="7" width="20.6640625" style="10" customWidth="1"/>
+    <col min="8" max="8" width="17.6640625" style="9" customWidth="1"/>
+    <col min="9" max="9" width="13.6640625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="9.33203125" style="103"/>
+    <col min="11" max="12" width="9.33203125" style="9"/>
+    <col min="13" max="13" width="10.6640625" style="9" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.33203125" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="16.5" x14ac:dyDescent="0.35">
-      <c r="B1" s="134" t="s">
+    <row r="1" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="B1" s="126" t="s">
         <v>35</v>
       </c>
-      <c r="C1" s="13"/>
-[...5 lines deleted...]
-      <c r="I1" s="19"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="17"/>
     </row>
-    <row r="2" spans="1:10" ht="16.5" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="I2" s="20"/>
+    <row r="2" spans="1:13" ht="16.8" x14ac:dyDescent="0.3">
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="12"/>
+      <c r="I2" s="18"/>
     </row>
-    <row r="3" spans="1:10" ht="25" x14ac:dyDescent="0.5">
-      <c r="A3" s="8" t="s">
+    <row r="3" spans="1:13" ht="24.6" x14ac:dyDescent="0.4">
+      <c r="A3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="8"/>
-[...6 lines deleted...]
-      <c r="I3" s="8"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
     </row>
-    <row r="4" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="I4" s="7"/>
+    <row r="4" spans="1:13" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="5"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
     </row>
-    <row r="5" spans="1:10" ht="151.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="110" t="s">
+    <row r="5" spans="1:13" ht="151.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="109" t="s">
+      <c r="B5" s="106" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="111" t="s">
+      <c r="C5" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="111" t="s">
+      <c r="D5" s="108" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="111" t="s">
+      <c r="E5" s="108" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="111" t="s">
+      <c r="F5" s="108" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="112" t="s">
+      <c r="G5" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="H5" s="110" t="s">
+      <c r="H5" s="107" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="109" t="s">
+      <c r="I5" s="107" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="105">
+    <row r="6" spans="1:13" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="102">
         <v>1</v>
       </c>
-      <c r="B6" s="105">
+      <c r="B6" s="102">
         <v>2</v>
       </c>
-      <c r="C6" s="113">
+      <c r="C6" s="110">
         <v>3</v>
       </c>
-      <c r="D6" s="114">
+      <c r="D6" s="111">
         <v>4</v>
       </c>
-      <c r="E6" s="114">
+      <c r="E6" s="111">
         <v>5</v>
       </c>
-      <c r="F6" s="114">
+      <c r="F6" s="111">
         <v>6</v>
       </c>
-      <c r="G6" s="115">
+      <c r="G6" s="112">
         <v>7</v>
       </c>
-      <c r="H6" s="105" t="s">
+      <c r="H6" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="I6" s="133">
+      <c r="I6" s="132">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="16" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="98">
+    <row r="7" spans="1:13" s="14" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="96">
         <v>1</v>
       </c>
-      <c r="B7" s="99" t="s">
+      <c r="B7" s="97" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="101">
+      <c r="C7" s="99">
         <v>70</v>
       </c>
-      <c r="D7" s="97">
+      <c r="D7" s="95">
         <v>2</v>
       </c>
-      <c r="E7" s="97">
+      <c r="E7" s="95">
         <v>8.5</v>
       </c>
-      <c r="F7" s="97">
+      <c r="F7" s="95">
         <v>1</v>
       </c>
-      <c r="G7" s="103">
+      <c r="G7" s="101">
         <v>15</v>
       </c>
-      <c r="H7" s="104">
+      <c r="H7" s="123">
         <f t="shared" ref="H7:H12" si="0">SUM(C7:G7)</f>
         <v>96.5</v>
       </c>
-      <c r="I7" s="135">
-[...2 lines deleted...]
-      <c r="J7" s="107"/>
+      <c r="I7" s="133">
+        <v>711.79</v>
+      </c>
+      <c r="J7" s="104"/>
+      <c r="M7" s="19"/>
     </row>
-    <row r="8" spans="1:10" s="16" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="116">
+    <row r="8" spans="1:13" s="14" customFormat="1" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="113">
         <v>2</v>
       </c>
-      <c r="B8" s="121" t="s">
+      <c r="B8" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="122">
+      <c r="C8" s="119">
         <v>70</v>
       </c>
-      <c r="D8" s="123">
+      <c r="D8" s="120">
         <v>2</v>
       </c>
-      <c r="E8" s="123">
+      <c r="E8" s="120">
         <v>8.5</v>
       </c>
-      <c r="F8" s="123">
+      <c r="F8" s="120">
         <v>1</v>
       </c>
-      <c r="G8" s="124">
+      <c r="G8" s="121">
         <v>0</v>
       </c>
       <c r="H8" s="125">
         <f t="shared" si="0"/>
         <v>81.5</v>
       </c>
-      <c r="I8" s="136">
-[...2 lines deleted...]
-      <c r="J8" s="107"/>
+      <c r="I8" s="134">
+        <v>711.79</v>
+      </c>
+      <c r="J8" s="104"/>
+      <c r="M8" s="19"/>
     </row>
-    <row r="9" spans="1:10" s="16" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="119">
+    <row r="9" spans="1:13" s="14" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="116">
         <v>3</v>
       </c>
-      <c r="B9" s="126" t="s">
+      <c r="B9" s="130" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="100">
+      <c r="C9" s="127">
         <v>49</v>
       </c>
-      <c r="D9" s="100">
+      <c r="D9" s="98">
         <v>2</v>
       </c>
-      <c r="E9" s="100">
+      <c r="E9" s="98">
         <v>10</v>
       </c>
-      <c r="F9" s="100">
+      <c r="F9" s="98">
         <v>1</v>
       </c>
-      <c r="G9" s="102">
+      <c r="G9" s="100">
         <v>15</v>
       </c>
-      <c r="H9" s="130">
+      <c r="H9" s="123">
         <f t="shared" si="0"/>
         <v>77</v>
       </c>
-      <c r="I9" s="135">
-[...2 lines deleted...]
-      <c r="J9" s="107"/>
+      <c r="I9" s="133">
+        <v>834.15</v>
+      </c>
+      <c r="J9" s="104"/>
+      <c r="M9" s="19"/>
     </row>
-    <row r="10" spans="1:10" s="16" customFormat="1" ht="47.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="120">
+    <row r="10" spans="1:13" s="14" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="117">
         <v>4</v>
       </c>
-      <c r="B10" s="129" t="s">
+      <c r="B10" s="118" t="s">
         <v>12</v>
       </c>
-      <c r="C10" s="123">
+      <c r="C10" s="128">
         <v>49</v>
       </c>
-      <c r="D10" s="123">
+      <c r="D10" s="120">
         <v>2</v>
       </c>
-      <c r="E10" s="123">
+      <c r="E10" s="120">
         <v>10</v>
       </c>
-      <c r="F10" s="123">
+      <c r="F10" s="120">
         <v>1</v>
       </c>
-      <c r="G10" s="124">
+      <c r="G10" s="121">
         <v>0</v>
       </c>
-      <c r="H10" s="132">
+      <c r="H10" s="125">
         <f t="shared" si="0"/>
         <v>62</v>
       </c>
-      <c r="I10" s="136">
-[...2 lines deleted...]
-      <c r="J10" s="107"/>
+      <c r="I10" s="134">
+        <v>834.15</v>
+      </c>
+      <c r="J10" s="104"/>
+      <c r="M10" s="19"/>
     </row>
-    <row r="11" spans="1:10" s="16" customFormat="1" ht="47.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="128">
+    <row r="11" spans="1:13" s="14" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="122">
         <v>5</v>
       </c>
-      <c r="B11" s="126" t="s">
+      <c r="B11" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C11" s="100">
+      <c r="C11" s="127">
         <v>75</v>
       </c>
-      <c r="D11" s="100">
+      <c r="D11" s="98">
         <v>2</v>
       </c>
-      <c r="E11" s="100">
+      <c r="E11" s="98">
         <v>6</v>
       </c>
-      <c r="F11" s="100">
+      <c r="F11" s="98">
         <v>1</v>
       </c>
-      <c r="G11" s="102">
+      <c r="G11" s="100">
         <v>15</v>
       </c>
-      <c r="H11" s="130">
+      <c r="H11" s="123">
         <f t="shared" si="0"/>
         <v>99</v>
       </c>
       <c r="I11" s="135">
-        <v>876.45</v>
-[...1 lines deleted...]
-      <c r="J11" s="107"/>
+        <v>834.15</v>
+      </c>
+      <c r="J11" s="104"/>
+      <c r="M11" s="19"/>
     </row>
-    <row r="12" spans="1:10" s="16" customFormat="1" ht="47.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="120">
+    <row r="12" spans="1:13" s="14" customFormat="1" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="117">
         <v>6</v>
       </c>
-      <c r="B12" s="127" t="s">
+      <c r="B12" s="131" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="117">
+      <c r="C12" s="129">
         <v>75</v>
       </c>
-      <c r="D12" s="117">
+      <c r="D12" s="114">
         <v>2</v>
       </c>
-      <c r="E12" s="117">
+      <c r="E12" s="114">
         <v>6</v>
       </c>
-      <c r="F12" s="117">
+      <c r="F12" s="114">
         <v>1</v>
       </c>
-      <c r="G12" s="118">
+      <c r="G12" s="115">
         <v>0</v>
       </c>
-      <c r="H12" s="131">
+      <c r="H12" s="124">
         <f t="shared" si="0"/>
         <v>84</v>
       </c>
-      <c r="I12" s="137">
-[...2 lines deleted...]
-      <c r="J12" s="107"/>
+      <c r="I12" s="134">
+        <v>834.15</v>
+      </c>
+      <c r="J12" s="104"/>
+      <c r="M12" s="19"/>
     </row>
-    <row r="13" spans="1:10" s="96" customFormat="1" ht="118.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="2" t="s">
+    <row r="13" spans="1:13" s="94" customFormat="1" ht="118.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
-      <c r="J13" s="108"/>
+      <c r="J13" s="105"/>
     </row>
-    <row r="14" spans="1:10" ht="67.150000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="4" t="s">
+    <row r="14" spans="1:13" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3"/>
-[...6 lines deleted...]
-      <c r="I14" s="3"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A13:I13"/>
   </mergeCells>
   <pageMargins left="0.31496062992126" right="0.31496062992126" top="0.35433070866141703" bottom="0.35433070866141703" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup scale="53" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xsi:nil="true"/>
     <RegNr xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b">16292</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100338C07FF376BE64AA2F99BFADDC31AA7" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="37be98cb1f37e242fdbd76c23b56e5d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d068b6ee-840b-4ce5-a3c1-a58983f5b64b" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b988820425af6776af8d8638a24f98e1" ns2:_="" ns3:_="">
     <xsd:import namespace="d068b6ee-840b-4ce5-a3c1-a58983f5b64b"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -3375,106 +3406,101 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA76A4B1-354B-4B38-A985-774A2368F91C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="d068b6ee-840b-4ce5-a3c1-a58983f5b64b"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{504D4BDF-4EC6-4DD9-A87B-2E0122DE17E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5C79333-C778-47FE-A80B-AF7EE14ED913}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{050A1FDB-0A4A-4D73-BFF9-73F7DEEE78B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d068b6ee-840b-4ce5-a3c1-a58983f5b64b"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5C79333-C778-47FE-A80B-AF7EE14ED913}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{504D4BDF-4EC6-4DD9-A87B-2E0122DE17E7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>