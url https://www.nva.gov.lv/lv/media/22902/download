--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\diana.sauka\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7FFA4D17-D2DB-4261-94C5-D9F694515D3F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB0ED950-B96F-413D-A7F1-C578DF67913F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
@@ -190,50 +190,95 @@
   <si>
     <t>SIA "Dialogs AB"                             Lolita Liepa</t>
   </si>
   <si>
     <t>Mācīšanās procesa struktūra, likumsakarības, principi
 Izziņas procesu (uztveres, atmiņas un domāšanas) darbība mācīšanās laikā
 Personības īpašības un īpatnības, kas ietekmē mācīšanos: spējas, temperaments, raksturs, motivācija. Motivācijas veicināšanas paņēmieni
 Mācīšanās metodes, stili, paņēmieni, to būtība un veidi: individuālā mācīšanās stila paņēmiena, metodes noteikšana un ievērošana
 Mācību vide kā priekšnosacījums efektīvam mācīšanās procesam: fiziskā telpa, laiks, uzturs, miegs
 Laika uztveres īpatnības
 Laika plānošanas metodes un praktiski paņēmieni laika plānošanā
 Stress kā viens no nepareizas laika plānošanas rezultātiem, tā pārvarēšana
 "Laika zagļi”, to neitralizēšana, laika ekonomija</t>
   </si>
   <si>
     <t>Mācīšanās spējas un metodes. Pašorganizēšanās un laika menedžments - attālināti</t>
   </si>
   <si>
     <t>1 Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
   </si>
   <si>
     <t>2 Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros</t>
   </si>
   <si>
     <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">24.11.2025.   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>8:30</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> 01.12.2025.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>08:30</t>
+    </r>
+  </si>
+  <si>
+    <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
@@ -247,88 +292,85 @@
         <charset val="186"/>
       </rPr>
       <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>plāns 2025.gada novembrim</t>
+      <t>plāns 2025.gada novembrim,  decembrim</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">24.11.2025.
-</t>
+      <t xml:space="preserve">28.11.2025.  </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>08:30</t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">15:20 </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>28.11.2025.</t>
+      <t xml:space="preserve">  05.12.2025.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 15:20</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -967,51 +1009,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A8:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F23" sqref="F23"/>
+      <selection activeCell="E29" sqref="E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="17.5703125" customWidth="1"/>
     <col min="6" max="6" width="93.85546875" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="F9" s="14"/>
       <c r="G9" s="6"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
@@ -1041,88 +1083,88 @@
         <v>11</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A16" s="25" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B16" s="25"/>
       <c r="C16" s="25"/>
       <c r="D16" s="25"/>
       <c r="E16" s="25"/>
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B19" s="18" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="18" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
@@ -1179,72 +1221,81 @@
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Regular"&amp;10&amp;K05-017 &amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1371,107 +1422,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>