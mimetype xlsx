--- v1 (2025-10-31)
+++ v2 (2025-12-16)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\diana.sauka\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB0ED950-B96F-413D-A7F1-C578DF67913F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{363B1B28-40D1-4D05-9C77-9739A808E4C4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
@@ -166,115 +166,157 @@
   <si>
     <t>Eiropas Savienības Atveseļošanas un noturības mehānisms</t>
   </si>
   <si>
     <t>AF projekts "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbinātības valsts aģentūra </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>- attālināti (visā Latvijā)</t>
     </r>
   </si>
   <si>
     <t>attālināti (visā Latvijā)</t>
   </si>
   <si>
-    <t>SIA "Dialogs AB"                             Lolita Liepa</t>
-[...1 lines deleted...]
-  <si>
     <t>Mācīšanās procesa struktūra, likumsakarības, principi
 Izziņas procesu (uztveres, atmiņas un domāšanas) darbība mācīšanās laikā
 Personības īpašības un īpatnības, kas ietekmē mācīšanos: spējas, temperaments, raksturs, motivācija. Motivācijas veicināšanas paņēmieni
 Mācīšanās metodes, stili, paņēmieni, to būtība un veidi: individuālā mācīšanās stila paņēmiena, metodes noteikšana un ievērošana
 Mācību vide kā priekšnosacījums efektīvam mācīšanās procesam: fiziskā telpa, laiks, uzturs, miegs
 Laika uztveres īpatnības
 Laika plānošanas metodes un praktiski paņēmieni laika plānošanā
 Stress kā viens no nepareizas laika plānošanas rezultātiem, tā pārvarēšana
 "Laika zagļi”, to neitralizēšana, laika ekonomija</t>
   </si>
   <si>
     <t>Mācīšanās spējas un metodes. Pašorganizēšanās un laika menedžments - attālināti</t>
   </si>
   <si>
     <t>1 Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
   </si>
   <si>
     <t>2 Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">24.11.2025.   </t>
+      <t xml:space="preserve">26.01.2026.   </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>8:30</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> 01.12.2025.
+      <t xml:space="preserve"> 23.02.2026.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>08:30</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">30.01.2026.  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">15:20 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  27.02.2026.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+15:20</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
@@ -292,97 +334,55 @@
         <charset val="186"/>
       </rPr>
       <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>plāns 2025.gada novembrim,  decembrim</t>
-[...45 lines deleted...]
-    </r>
+      <t>plāns 2026.gada janvārim, februārim</t>
+    </r>
+  </si>
+  <si>
+    <t>SIA "Dialogs AB"    Sandra Zeltiņa          SIA "Dialogs AB"                             Lolita Liepa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -1009,51 +1009,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A8:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E29" sqref="E29"/>
+      <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="17.5703125" customWidth="1"/>
     <col min="6" max="6" width="93.85546875" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="F9" s="14"/>
       <c r="G9" s="6"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
@@ -1120,104 +1120,104 @@
     <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="B19" s="18" t="s">
+      <c r="C19" s="18" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="20" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G19" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="15"/>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="E21" s="9"/>
       <c r="F21" s="11"/>
     </row>
     <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="15"/>
       <c r="B22" s="15"/>
       <c r="C22" s="16"/>
       <c r="D22" s="16"/>
       <c r="E22" s="9"/>
       <c r="F22" s="11"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="17" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="12"/>
       <c r="B25" s="12"/>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A11:G11"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
     <mergeCell ref="A16:G16"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Regular"&amp;10&amp;K05-017 &amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>