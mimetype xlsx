--- v2 (2025-12-16)
+++ v3 (2026-02-28)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\diana.sauka\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{363B1B28-40D1-4D05-9C77-9739A808E4C4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4D06E5CB-1E54-466A-9590-E765B23D06A5}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
@@ -186,137 +186,185 @@
   </si>
   <si>
     <t>attālināti (visā Latvijā)</t>
   </si>
   <si>
     <t>Mācīšanās procesa struktūra, likumsakarības, principi
 Izziņas procesu (uztveres, atmiņas un domāšanas) darbība mācīšanās laikā
 Personības īpašības un īpatnības, kas ietekmē mācīšanos: spējas, temperaments, raksturs, motivācija. Motivācijas veicināšanas paņēmieni
 Mācīšanās metodes, stili, paņēmieni, to būtība un veidi: individuālā mācīšanās stila paņēmiena, metodes noteikšana un ievērošana
 Mācību vide kā priekšnosacījums efektīvam mācīšanās procesam: fiziskā telpa, laiks, uzturs, miegs
 Laika uztveres īpatnības
 Laika plānošanas metodes un praktiski paņēmieni laika plānošanā
 Stress kā viens no nepareizas laika plānošanas rezultātiem, tā pārvarēšana
 "Laika zagļi”, to neitralizēšana, laika ekonomija</t>
   </si>
   <si>
     <t>Mācīšanās spējas un metodes. Pašorganizēšanās un laika menedžments - attālināti</t>
   </si>
   <si>
     <t>1 Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
   </si>
   <si>
     <t>2 Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros</t>
   </si>
   <si>
+    <t xml:space="preserve">   SIA "Dialogs AB"                             Lolita Liepa</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">   </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">26.01.2026.   </t>
+      <t>13.04.2026.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>8:30</t>
+      <t xml:space="preserve">    8:30  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve"> 23.02.2026.
-</t>
+      <t>11.05.2026.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>08:30</t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">  8:30</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">30.01.2026.  </t>
+      <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">15:20 </t>
+      <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">  27.02.2026.</t>
+      <t xml:space="preserve">17.04.2026.   </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">
-15:20</t>
+      <t xml:space="preserve">15:20      </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">15.05.2026. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> 15:20</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
@@ -334,62 +382,59 @@
         <charset val="186"/>
       </rPr>
       <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>plāns 2026.gada janvārim, februārim</t>
-[...3 lines deleted...]
-    <t>SIA "Dialogs AB"    Sandra Zeltiņa          SIA "Dialogs AB"                             Lolita Liepa</t>
+      <t>plāns 2026.gada  aprīlim, maijam</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="26" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -536,50 +581,57 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
@@ -1009,51 +1061,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A8:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C19" sqref="C19"/>
+      <selection activeCell="F27" sqref="F27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="17.5703125" customWidth="1"/>
     <col min="6" max="6" width="93.85546875" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="F9" s="14"/>
       <c r="G9" s="6"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
@@ -1083,94 +1135,94 @@
         <v>11</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A16" s="25" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B16" s="25"/>
       <c r="C16" s="25"/>
       <c r="D16" s="25"/>
       <c r="E16" s="25"/>
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A19" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="18" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D19" s="19" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="15"/>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="E21" s="9"/>