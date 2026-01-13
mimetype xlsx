--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -1,84 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.ilmane\Desktop\Mājas lapa\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.ilmane\Desktop\Mājas lapa\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8524F911-B6DE-4A0A-B7B5-DAAF27CBB991}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{55373AA4-0529-4119-ABFF-5858E6D72394}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6230" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="179021"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="34">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <t>Eiropas Savienības Atveseļošanas un noturības mehānisms</t>
   </si>
   <si>
     <t>AF projekts "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001</t>
   </si>
@@ -193,154 +191,164 @@
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(..līdz)</t>
     </r>
   </si>
   <si>
     <t>Nodarbinātības valsts aģentūras attālināti (visā Latvijā)</t>
   </si>
   <si>
     <t xml:space="preserve">Lietišķās rakstības specifika.
 Lietišķās sarakstes etiķete.
 Dokumentu veidi, izstrādāšanas un noformēšanas nosacījumi.
 Pamatdarbības ar Word dokumentu.
 Lietvedības organizēšana uzņēmumā/iestādē - dokumentu klasificēšana un nomenklatūras izstrāde, dokumentu arhivēšana.
 Elektroniskie dokumenti.
 </t>
   </si>
   <si>
-    <t>Sabiedrība ar ierobežotu atbildību "BUTS",                Indra Streka</t>
-[...1 lines deleted...]
-  <si>
     <t>Visa Latvijas teritorija (attālināti)</t>
   </si>
   <si>
     <t>Lietišķās rakstības prasmes un lietvedības organizēšanas, dokumentu izstrādes praktiskums-attālināti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sabiedrība ar ierobežotu atbildību "BUTS", Indra Streka            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sabiedrība ar ierobežotu atbildību "BUTS", Indra Streka  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.12.2025.     no 9:00 </t>
+  </si>
+  <si>
+    <t>19.12.2025.     līdz 15:50</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2025.gada oktobrim, novembrim, decembrim</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns no 2025.gada decembra līdz 2026.gada martam</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">29.09.2025.     no 9:00 </t>
-[...47 lines deleted...]
-    <t>12.12.2025.     līdz 15:50</t>
+    <t xml:space="preserve">12.01.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>16.01.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.01.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>30.01.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.02.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>13.02.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.02.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>27.02.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02.03.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>06.03.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.03.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>20.03.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Uz grupu nodarbībām pieteikties pie </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>nodarbinātības aģenta vismaz trīs dienas iepriekš.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="26" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
@@ -489,111 +497,156 @@
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -601,119 +654,144 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>43793</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>716842</xdr:colOff>
+      <xdr:colOff>653342</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>29670</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C475E8-3A21-4D31-9F85-AC8935E052E7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="43793" y="0"/>
@@ -978,413 +1056,377 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A7:I30"/>
+  <dimension ref="A7:I32"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A24" zoomScale="60" zoomScaleNormal="100" zoomScalePageLayoutView="60" workbookViewId="0">
-      <selection activeCell="A26" sqref="A26"/>
+    <sheetView tabSelected="1" topLeftCell="A21" zoomScale="40" zoomScaleNormal="40" zoomScalePageLayoutView="60" workbookViewId="0">
+      <selection activeCell="F37" sqref="F37:F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="13.7265625" customWidth="1"/>
     <col min="2" max="2" width="12.453125" customWidth="1"/>
-    <col min="3" max="3" width="14.81640625" customWidth="1"/>
-    <col min="4" max="4" width="24.54296875" style="27" customWidth="1"/>
+    <col min="3" max="3" width="15.7265625" customWidth="1"/>
+    <col min="4" max="4" width="24.54296875" style="26" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
     <col min="6" max="6" width="47.453125" customWidth="1"/>
     <col min="7" max="7" width="11.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="3:7" ht="15" x14ac:dyDescent="0.35">
       <c r="F7" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="3:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="G8" s="7"/>
     </row>
     <row r="9" spans="3:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C10" s="35" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="35"/>
       <c r="E10" s="35"/>
       <c r="F10" s="18"/>
     </row>
     <row r="11" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C11" s="36" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="6"/>
     </row>
     <row r="12" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C12" s="13"/>
       <c r="D12" s="14"/>
       <c r="E12" s="13"/>
     </row>
     <row r="13" spans="3:7" x14ac:dyDescent="0.35">
       <c r="E13" s="6"/>
     </row>
     <row r="14" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C14" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="D14" s="28"/>
+      <c r="D14" s="27"/>
       <c r="E14" s="22"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
     </row>
     <row r="15" spans="3:7" x14ac:dyDescent="0.35">
       <c r="D15" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="9"/>
     </row>
     <row r="16" spans="3:7" ht="15" x14ac:dyDescent="0.35">
       <c r="E16" s="1"/>
     </row>
-    <row r="17" spans="1:9" s="32" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="F17" s="34"/>
+    <row r="17" spans="1:9" s="31" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="D17" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" s="33"/>
     </row>
     <row r="18" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
       <c r="F18" s="2"/>
     </row>
     <row r="19" spans="1:9" s="5" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="D19" s="29" t="s">
+      <c r="D19" s="28" t="s">
         <v>1</v>
       </c>
       <c r="E19" s="20" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>0</v>
       </c>
       <c r="G19" s="20" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="94" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="4" t="s">
+    <row r="20" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="23" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="30" t="s">
         <v>14</v>
       </c>
-      <c r="D20" s="31" t="s">
+      <c r="E20" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E20" s="20" t="s">
+      <c r="F20" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="37">
+        <v>40</v>
+      </c>
+      <c r="I20" s="25"/>
+    </row>
+    <row r="21" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="F20" s="23" t="s">
-[...16 lines deleted...]
-      <c r="D21" s="31" t="s">
+      <c r="D21" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E21" s="20" t="s">
-[...11 lines deleted...]
-      <c r="A22" s="24" t="s">
+      <c r="F21" s="38"/>
+      <c r="G21" s="38"/>
+      <c r="I21" s="25"/>
+    </row>
+    <row r="22" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="23" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="38"/>
+      <c r="G22" s="38"/>
+      <c r="I22" s="25"/>
+    </row>
+    <row r="23" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="D22" s="31" t="s">
+      <c r="B23" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E22" s="20" t="s">
+      <c r="F23" s="38"/>
+      <c r="G23" s="38"/>
+      <c r="I23" s="25"/>
+    </row>
+    <row r="24" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="F22" s="23" t="s">
-[...17 lines deleted...]
-      <c r="D23" s="31" t="s">
+      <c r="D24" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E23" s="20" t="s">
+      <c r="F24" s="38"/>
+      <c r="G24" s="38"/>
+      <c r="I24" s="25"/>
+    </row>
+    <row r="25" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C25" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="F23" s="23" t="s">
-[...17 lines deleted...]
-      <c r="D24" s="31" t="s">
+      <c r="D25" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E24" s="20" t="s">
+      <c r="F25" s="38"/>
+      <c r="G25" s="38"/>
+      <c r="I25" s="25"/>
+    </row>
+    <row r="26" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="F24" s="23" t="s">
-[...17 lines deleted...]
-      <c r="D25" s="31" t="s">
+      <c r="D26" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="E25" s="20" t="s">
-[...11 lines deleted...]
-      <c r="A26" s="24" t="s">
+      <c r="F26" s="39"/>
+      <c r="G26" s="39"/>
+      <c r="I26" s="25"/>
+    </row>
+    <row r="27" spans="1:9" s="24" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="40"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="41"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="43"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="I27" s="25"/>
+    </row>
+    <row r="28" spans="1:9" s="24" customFormat="1" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="44" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="4" t="s">
-[...23 lines deleted...]
-      <c r="A28" s="19" t="s">
+      <c r="B28" s="44"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="I28" s="25"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="F29" s="3"/>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="B28" s="11"/>
-[...4 lines deleted...]
-      <c r="A29" s="19" t="s">
+      <c r="B30" s="11"/>
+      <c r="C30" s="12"/>
+      <c r="E30" s="12"/>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="B29" s="11"/>
-[...8 lines deleted...]
-      <c r="E30" s="16"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="12"/>
+      <c r="E31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A32" s="15"/>
+      <c r="B32" s="15"/>
+      <c r="C32" s="16"/>
+      <c r="D32" s="29"/>
+      <c r="E32" s="16"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="4">
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="C11:E11"/>
+    <mergeCell ref="F20:F26"/>
+    <mergeCell ref="G20:G26"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.19685039370078741" top="0.51181102362204722" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100F43DADB9C24F9E4C8D9E5DD1049F1246" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e4956802ebed97f78894495649638723">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="378f461d-c54a-47c8-8e38-113daa833785" xmlns:ns3="a9fbca63-a43b-4848-b07c-0a84483657ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc76de41e095bf61e8e87dbc9164ac2a" ns2:_="" ns3:_="">
     <xsd:import namespace="378f461d-c54a-47c8-8e38-113daa833785"/>
     <xsd:import namespace="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
@@ -1575,122 +1617,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a9fbca63-a43b-4848-b07c-0a84483657ab" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="378f461d-c54a-47c8-8e38-113daa833785">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
-[...31 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B10C3CCC-6BE5-4FBF-A4B6-6ACFF6A2FE1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="378f461d-c54a-47c8-8e38-113daa833785"/>
     <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="378f461d-c54a-47c8-8e38-113daa833785"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jolanta Utinane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>