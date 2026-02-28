--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.ilmane\Desktop\Mājas lapa\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{55373AA4-0529-4119-ABFF-5858E6D72394}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F34E70D-E0CE-46A9-906C-6DDD5AF1EB45}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6230" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="35">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <t>Eiropas Savienības Atveseļošanas un noturības mehānisms</t>
   </si>
   <si>
     <t>AF projekts "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001</t>
   </si>
@@ -200,148 +200,151 @@
       <t>(..līdz)</t>
     </r>
   </si>
   <si>
     <t>Nodarbinātības valsts aģentūras attālināti (visā Latvijā)</t>
   </si>
   <si>
     <t xml:space="preserve">Lietišķās rakstības specifika.
 Lietišķās sarakstes etiķete.
 Dokumentu veidi, izstrādāšanas un noformēšanas nosacījumi.
 Pamatdarbības ar Word dokumentu.
 Lietvedības organizēšana uzņēmumā/iestādē - dokumentu klasificēšana un nomenklatūras izstrāde, dokumentu arhivēšana.
 Elektroniskie dokumenti.
 </t>
   </si>
   <si>
     <t>Visa Latvijas teritorija (attālināti)</t>
   </si>
   <si>
     <t>Lietišķās rakstības prasmes un lietvedības organizēšanas, dokumentu izstrādes praktiskums-attālināti</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrība ar ierobežotu atbildību "BUTS", Indra Streka            </t>
   </si>
   <si>
-    <t xml:space="preserve">Sabiedrība ar ierobežotu atbildību "BUTS", Indra Streka  </t>
-[...5 lines deleted...]
-    <t>19.12.2025.     līdz 15:50</t>
+    <t xml:space="preserve">23.02.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>27.02.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">02.03.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>06.03.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.03.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>20.03.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Uz grupu nodarbībām pieteikties pie </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>nodarbinātības aģenta vismaz trīs dienas iepriekš.</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns no 2025.gada decembra līdz 2026.gada martam</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns no 2026.gada februāra līdz maijam</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">12.01.2026.     no 9:00 </t>
-[...48 lines deleted...]
-    </r>
+    <t xml:space="preserve">23.03.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>27.03.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.04.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>17.04.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.04.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>24.04.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.05.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>15.05.2026.     līdz 15:50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.05.2026.     no 9:00 </t>
+  </si>
+  <si>
+    <t>22.05.2026.     līdz 15:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
@@ -680,81 +683,81 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
@@ -1056,377 +1059,408 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A7:I32"/>
+  <dimension ref="A7:I33"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A21" zoomScale="40" zoomScaleNormal="40" zoomScalePageLayoutView="60" workbookViewId="0">
-      <selection activeCell="F37" sqref="F37:F38"/>
+    <sheetView tabSelected="1" topLeftCell="A25" zoomScale="50" zoomScaleNormal="50" zoomScalePageLayoutView="60" workbookViewId="0">
+      <selection activeCell="L26" sqref="L26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="13.7265625" customWidth="1"/>
     <col min="2" max="2" width="12.453125" customWidth="1"/>
     <col min="3" max="3" width="15.7265625" customWidth="1"/>
     <col min="4" max="4" width="24.54296875" style="26" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
     <col min="6" max="6" width="47.453125" customWidth="1"/>
     <col min="7" max="7" width="11.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="7" spans="3:7" ht="15" x14ac:dyDescent="0.35">
       <c r="F7" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="3:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="G8" s="7"/>
     </row>
     <row r="9" spans="3:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C10" s="35" t="s">
+      <c r="C10" s="41" t="s">
         <v>6</v>
       </c>
-      <c r="D10" s="35"/>
-      <c r="E10" s="35"/>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
       <c r="F10" s="18"/>
     </row>
     <row r="11" spans="3:7" x14ac:dyDescent="0.35">
-      <c r="C11" s="36" t="s">
+      <c r="C11" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="D11" s="36"/>
-      <c r="E11" s="36"/>
+      <c r="D11" s="42"/>
+      <c r="E11" s="42"/>
       <c r="F11" s="6"/>
     </row>
     <row r="12" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C12" s="13"/>
       <c r="D12" s="14"/>
       <c r="E12" s="13"/>
     </row>
     <row r="13" spans="3:7" x14ac:dyDescent="0.35">
       <c r="E13" s="6"/>
     </row>
     <row r="14" spans="3:7" x14ac:dyDescent="0.35">
       <c r="C14" s="21" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="22"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
     </row>
     <row r="15" spans="3:7" x14ac:dyDescent="0.35">
       <c r="D15" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="9"/>
     </row>
     <row r="16" spans="3:7" ht="15" x14ac:dyDescent="0.35">
       <c r="E16" s="1"/>
     </row>
     <row r="17" spans="1:9" s="31" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="D17" s="32" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F17" s="33"/>
     </row>
     <row r="18" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
       <c r="F18" s="2"/>
     </row>
     <row r="19" spans="1:9" s="5" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="20" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>1</v>
       </c>
       <c r="E19" s="20" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>0</v>
       </c>
       <c r="G19" s="20" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="B20" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D20" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F20" s="37" t="s">
+      <c r="F20" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="G20" s="37">
+      <c r="G20" s="43">
         <v>40</v>
       </c>
       <c r="I20" s="25"/>
     </row>
     <row r="21" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="23" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F21" s="38"/>
-      <c r="G21" s="38"/>
+      <c r="F21" s="44"/>
+      <c r="G21" s="44"/>
       <c r="I21" s="25"/>
     </row>
     <row r="22" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="23" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F22" s="38"/>
-      <c r="G22" s="38"/>
+      <c r="F22" s="44"/>
+      <c r="G22" s="44"/>
       <c r="I22" s="25"/>
     </row>
     <row r="23" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F23" s="38"/>
-      <c r="G23" s="38"/>
+      <c r="F23" s="44"/>
+      <c r="G23" s="44"/>
       <c r="I23" s="25"/>
     </row>
     <row r="24" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="23" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F24" s="38"/>
-      <c r="G24" s="38"/>
+      <c r="F24" s="44"/>
+      <c r="G24" s="44"/>
       <c r="I24" s="25"/>
     </row>
     <row r="25" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="23" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F25" s="38"/>
-      <c r="G25" s="38"/>
+      <c r="F25" s="44"/>
+      <c r="G25" s="44"/>
       <c r="I25" s="25"/>
     </row>
     <row r="26" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="23" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F26" s="39"/>
-      <c r="G26" s="39"/>
+      <c r="F26" s="44"/>
+      <c r="G26" s="44"/>
       <c r="I26" s="25"/>
     </row>
-    <row r="27" spans="1:9" s="24" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="G27" s="41"/>
+    <row r="27" spans="1:9" s="24" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" s="45"/>
+      <c r="G27" s="45"/>
       <c r="I27" s="25"/>
     </row>
-    <row r="28" spans="1:9" s="24" customFormat="1" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G28" s="41"/>
+    <row r="28" spans="1:9" s="24" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="35"/>
+      <c r="B28" s="36"/>
+      <c r="C28" s="36"/>
+      <c r="D28" s="37"/>
+      <c r="E28" s="38"/>
+      <c r="F28" s="36"/>
+      <c r="G28" s="36"/>
       <c r="I28" s="25"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="E30" s="12"/>
+    <row r="29" spans="1:9" s="24" customFormat="1" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="B29" s="39"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="40"/>
+      <c r="E29" s="38"/>
+      <c r="F29" s="36"/>
+      <c r="G29" s="36"/>
+      <c r="I29" s="25"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.35">
       <c r="A31" s="19" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B31" s="11"/>
       <c r="C31" s="12"/>
       <c r="E31" s="12"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="E32" s="16"/>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B32" s="11"/>
+      <c r="C32" s="12"/>
+      <c r="E32" s="12"/>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A33" s="15"/>
+      <c r="B33" s="15"/>
+      <c r="C33" s="16"/>
+      <c r="D33" s="29"/>
+      <c r="E33" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="C11:E11"/>
-    <mergeCell ref="F20:F26"/>
-    <mergeCell ref="G20:G26"/>
+    <mergeCell ref="F20:F27"/>
+    <mergeCell ref="G20:G27"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.19685039370078741" top="0.51181102362204722" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a9fbca63-a43b-4848-b07c-0a84483657ab" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="378f461d-c54a-47c8-8e38-113daa833785">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100F43DADB9C24F9E4C8D9E5DD1049F1246" ma:contentTypeVersion="15" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="e4956802ebed97f78894495649638723">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="378f461d-c54a-47c8-8e38-113daa833785" xmlns:ns3="a9fbca63-a43b-4848-b07c-0a84483657ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc76de41e095bf61e8e87dbc9164ac2a" ns2:_="" ns3:_="">
     <xsd:import namespace="378f461d-c54a-47c8-8e38-113daa833785"/>
     <xsd:import namespace="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
@@ -1617,122 +1651,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="378f461d-c54a-47c8-8e38-113daa833785"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B10C3CCC-6BE5-4FBF-A4B6-6ACFF6A2FE1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="378f461d-c54a-47c8-8e38-113daa833785"/>
     <ds:schemaRef ds:uri="a9fbca63-a43b-4848-b07c-0a84483657ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>