--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -12,69 +12,69 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vitaza\Documents\My documents\0PPP\2KPP\Majaslapai plāni\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11280"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10980"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="26">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -186,53 +186,50 @@
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbinātības valsts aģentūra </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>- attālināti (visā Latvijā)</t>
     </r>
   </si>
   <si>
     <t>attālināti (visā Latvijā)</t>
-  </si>
-[...1 lines deleted...]
-    <t>SIA "Dialogs AB"                             Ingūna Pētersone – Mitkus</t>
   </si>
   <si>
     <t>Lietišķās komunikācijas etiķetes pamatprincipi 
 Līdztiesības pamatprincipu un ētisko aspektu ievērošana darba vidē 
 Emocionālās inteliģences jēdziens, tā nozīme saskarsmē 
 Kultūru atšķirību faktors lietišķajā komunikācijā un darba vidē
 Domstarpību un konfliktu risināšana lietišķajā vidē 
 Savstarpēja uztvere. Saskarsmes barjeras. Saskarsmes stili.
 Neverbālās komunikācijas būtība un struktūra: acu kontakts un sejas izteiksme; žesti un ķermeņa poza, vizuālais tēls
 Verbālās komunikācijas būtība un struktūra; runātāja un klausītāja mijiedarbība; runas tehnikas un klausīšanās veidi, pareizas artikulācijas un dikcijas nozīme, teksta loģiskā analīze, publiskās runas sagatavošana</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
@@ -247,92 +244,183 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Lietišķo attiecību kultūra, sarunu vadīšana un publiskā runa/uzstāšanās </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">- attālināti </t>
     </r>
   </si>
   <si>
-    <t>SIA "Dialogs AB"                             Barba Lielbārde</t>
-[...2 lines deleted...]
-    <t>22.09.2025.
+    <t xml:space="preserve">SIA "Dialogs AB" 
+Ingūna Pētersone-Mitkus                            </t>
+  </si>
+  <si>
+    <t>01.12.2025.
 08:30</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>26.09.2025.</t>
+      <t>05.12.2025.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>15:20</t>
     </r>
   </si>
   <si>
+    <t>SIA "Dialogs AB"
+Barba Lielbārde</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>19.11.2025.
+20.11.2025.
+21.11.2025.
+24.11.2025.
+25.11.2025.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>15:20</t>
+    </r>
+  </si>
+  <si>
+    <t>19.11.2025.
+20.11.2025.
+21.11.2025.
+24.11.2025.
+25.11.2025.
+08:30</t>
+  </si>
+  <si>
+    <t>08.12.2025.
+08:30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>12.12.2025.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>15:20</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
@@ -342,176 +430,51 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>plāns 2025.gada septembrim, oktobrim, novembrim, decembrim</t>
-[...124 lines deleted...]
-      <t>15:20</t>
+      <t>plāns 2025.gada novembrim, decembrim</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
@@ -768,144 +731,153 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1209,422 +1181,384 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D21" sqref="D21"/>
+      <selection activeCell="A21" sqref="A21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="75.140625" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="28"/>
-[...4 lines deleted...]
-      <c r="F1" s="28"/>
+      <c r="A1" s="32"/>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="28"/>
-[...4 lines deleted...]
-      <c r="F2" s="28"/>
+      <c r="A2" s="32"/>
+      <c r="B2" s="32"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="32"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="28"/>
-[...4 lines deleted...]
-      <c r="F3" s="28"/>
+      <c r="A3" s="32"/>
+      <c r="B3" s="32"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="28"/>
-[...4 lines deleted...]
-      <c r="F4" s="28"/>
+      <c r="A4" s="32"/>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="32"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="28"/>
-[...4 lines deleted...]
-      <c r="F5" s="28"/>
+      <c r="A5" s="32"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="28"/>
-[...4 lines deleted...]
-      <c r="F6" s="28"/>
+      <c r="A6" s="32"/>
+      <c r="B6" s="32"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="28"/>
-[...4 lines deleted...]
-      <c r="F7" s="28"/>
+      <c r="A7" s="32"/>
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="32"/>
     </row>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="28"/>
-[...4 lines deleted...]
-      <c r="F8" s="28"/>
+      <c r="A8" s="32"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A9" s="28"/>
-[...5 lines deleted...]
-      <c r="G9" s="21">
+      <c r="A9" s="32"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="30" t="s">
+      <c r="A10" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="30"/>
-[...4 lines deleted...]
-      <c r="G10" s="19"/>
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="34"/>
+      <c r="F10" s="34"/>
+      <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="29" t="s">
+      <c r="A11" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="29"/>
-[...4 lines deleted...]
-      <c r="G11" s="20">
+      <c r="B11" s="33"/>
+      <c r="C11" s="33"/>
+      <c r="D11" s="33"/>
+      <c r="E11" s="33"/>
+      <c r="F11" s="33"/>
+      <c r="G11" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="31" t="s">
+      <c r="A13" s="35" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="31"/>
-[...4 lines deleted...]
-      <c r="G13" s="31"/>
+      <c r="B13" s="35"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="32" t="s">
+      <c r="A14" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="32"/>
-[...4 lines deleted...]
-      <c r="G14" s="32"/>
+      <c r="B14" s="36"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="36"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="36"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="27" t="s">
-[...7 lines deleted...]
-      <c r="G16" s="27"/>
+      <c r="A16" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="31"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="31"/>
+      <c r="G16" s="31"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
-    <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B19" s="24" t="s">
+    <row r="19" spans="1:7" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="C19" s="17" t="s">
+      <c r="D19" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="F19" s="28" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="G19" s="25">
         <v>40</v>
       </c>
     </row>
-    <row r="20" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>22</v>
+    <row r="20" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A20" s="21" t="s">
+        <v>18</v>
       </c>
       <c r="B20" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="38"/>
+      <c r="E20" s="26"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="26"/>
+    </row>
+    <row r="21" spans="1:7" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="23" t="s">
-[...10 lines deleted...]
-      <c r="A21" s="22" t="s">
+      <c r="B21" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="B21" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="24" t="s">
-        <v>18</v>
-[...26 lines deleted...]
-      <c r="F23" s="3"/>
+        <v>20</v>
+      </c>
+      <c r="D21" s="39"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="30"/>
+      <c r="G21" s="27"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F22" s="3"/>
+    </row>
+    <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" s="14"/>
+      <c r="C23" s="15"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="11"/>
     </row>
     <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A24" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="14"/>
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="9"/>
       <c r="F24" s="11"/>
     </row>
-    <row r="25" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F25" s="11"/>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" s="7"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A27" s="16" t="s">
-[...12 lines deleted...]
-      <c r="E28" s="13"/>
+      <c r="A27" s="12"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="9">
-    <mergeCell ref="G19:G22"/>
+  <mergeCells count="10">
     <mergeCell ref="A16:G16"/>
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
-    <mergeCell ref="F19:F22"/>
-    <mergeCell ref="E19:E22"/>
+    <mergeCell ref="G19:G21"/>
+    <mergeCell ref="F19:F21"/>
+    <mergeCell ref="E19:E21"/>
+    <mergeCell ref="D19:D21"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1751,98 +1685,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>