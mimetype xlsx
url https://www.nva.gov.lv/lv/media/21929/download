--- v1 (2025-10-31)
+++ v2 (2026-01-13)
@@ -12,69 +12,69 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vitaza\Documents\My documents\0PPP\2KPP\Majaslapai plāni\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10980"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="28">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -248,179 +248,179 @@
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Lietišķo attiecību kultūra, sarunu vadīšana un publiskā runa/uzstāšanās </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">- attālināti </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">SIA "Dialogs AB" 
 Ingūna Pētersone-Mitkus                            </t>
   </si>
   <si>
-    <t>01.12.2025.
+    <t>SIA "Dialogs AB"
+Barba Lielbārde</t>
+  </si>
+  <si>
+    <t>26.01.2026.
 08:30</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>05.12.2025.</t>
+      <t>30.01.2026.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>15:20</t>
     </r>
   </si>
   <si>
-    <t>SIA "Dialogs AB"
-Barba Lielbārde</t>
+    <t>23.02.2026.
+08:30</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>19.11.2025.
-[...3 lines deleted...]
-25.11.2025.</t>
+      <t>27.02.2026.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>15:20</t>
     </r>
   </si>
   <si>
-    <t>19.11.2025.
-[...10 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>12.12.2025.</t>
+      <t>13.03.2026.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>15:20</t>
     </r>
   </si>
   <si>
+    <t>09.03.2026.
+08:30</t>
+  </si>
+  <si>
+    <t>05.01.2026.
+08:30</t>
+  </si>
+  <si>
+    <t>09.01.2026.
+15:20</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
@@ -430,51 +430,51 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>plāns 2025.gada novembrim, decembrim</t>
+      <t>plāns 2026.gada janvārim, februārim, martam</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
@@ -731,154 +731,148 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1181,384 +1175,404 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A21" sqref="A21"/>
+      <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="75.140625" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="32"/>
-[...4 lines deleted...]
-      <c r="F1" s="32"/>
+      <c r="A1" s="23"/>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="32"/>
-[...4 lines deleted...]
-      <c r="F2" s="32"/>
+      <c r="A2" s="23"/>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="32"/>
-[...4 lines deleted...]
-      <c r="F3" s="32"/>
+      <c r="A3" s="23"/>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="23"/>
+      <c r="E3" s="23"/>
+      <c r="F3" s="23"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="32"/>
-[...4 lines deleted...]
-      <c r="F4" s="32"/>
+      <c r="A4" s="23"/>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23"/>
+      <c r="D4" s="23"/>
+      <c r="E4" s="23"/>
+      <c r="F4" s="23"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="32"/>
-[...4 lines deleted...]
-      <c r="F5" s="32"/>
+      <c r="A5" s="23"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="23"/>
+      <c r="E5" s="23"/>
+      <c r="F5" s="23"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="32"/>
-[...4 lines deleted...]
-      <c r="F6" s="32"/>
+      <c r="A6" s="23"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="23"/>
+      <c r="F6" s="23"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="32"/>
-[...4 lines deleted...]
-      <c r="F7" s="32"/>
+      <c r="A7" s="23"/>
+      <c r="B7" s="23"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="23"/>
+      <c r="F7" s="23"/>
     </row>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="32"/>
-[...4 lines deleted...]
-      <c r="F8" s="32"/>
+      <c r="A8" s="23"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="23"/>
+      <c r="F8" s="23"/>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A9" s="32"/>
-[...5 lines deleted...]
-      <c r="G9" s="20">
+      <c r="A9" s="23"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="23"/>
+      <c r="E9" s="23"/>
+      <c r="F9" s="23"/>
+      <c r="G9" s="19">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="34" t="s">
+      <c r="A10" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="34"/>
-[...4 lines deleted...]
-      <c r="G10" s="18"/>
+      <c r="B10" s="25"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="25"/>
+      <c r="F10" s="25"/>
+      <c r="G10" s="17"/>
     </row>
     <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="33" t="s">
+      <c r="A11" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="33"/>
-[...4 lines deleted...]
-      <c r="G11" s="19">
+      <c r="B11" s="24"/>
+      <c r="C11" s="24"/>
+      <c r="D11" s="24"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="18">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="35" t="s">
+      <c r="A13" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="35"/>
-[...4 lines deleted...]
-      <c r="G13" s="35"/>
+      <c r="B13" s="26"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="36" t="s">
+      <c r="A14" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="36"/>
-[...4 lines deleted...]
-      <c r="G14" s="36"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="31" t="s">
-[...7 lines deleted...]
-      <c r="G16" s="31"/>
+      <c r="A16" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="37"/>
+      <c r="D16" s="37"/>
+      <c r="E16" s="37"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="37"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
-    <row r="18" spans="1:7" s="5" customFormat="1" ht="94.5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="21" t="s">
+    <row r="19" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="F19" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" s="28">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="35"/>
+      <c r="E20" s="29"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="29"/>
+    </row>
+    <row r="21" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="22" t="s">
-[...19 lines deleted...]
-      <c r="A20" s="21" t="s">
+      <c r="C21" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="B20" s="23" t="s">
-[...11 lines deleted...]
-      <c r="A21" s="21" t="s">
+      <c r="D21" s="35"/>
+      <c r="E21" s="29"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="29"/>
+    </row>
+    <row r="22" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="B21" s="17" t="s">
-[...14 lines deleted...]
-      <c r="A23" s="14" t="s">
+      <c r="C22" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" s="36"/>
+      <c r="E22" s="30"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="30"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F23" s="3"/>
+    </row>
+    <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="B23" s="14"/>
-[...6 lines deleted...]
-      <c r="A24" s="14"/>
       <c r="B24" s="14"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="9"/>
       <c r="F24" s="11"/>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E25" s="8"/>
+    <row r="25" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="14"/>
+      <c r="B25" s="14"/>
+      <c r="C25" s="15"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="11"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A27" s="12"/>
-[...3 lines deleted...]
-      <c r="E27" s="13"/>
+      <c r="A27" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27" s="7"/>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="12"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="G19:G22"/>
+    <mergeCell ref="F19:F22"/>
+    <mergeCell ref="E19:E22"/>
+    <mergeCell ref="D19:D22"/>
     <mergeCell ref="A16:G16"/>
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
-    <mergeCell ref="G19:G21"/>
-[...2 lines deleted...]
-    <mergeCell ref="D19:D21"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1685,139 +1699,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Jolanta Utinane</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>