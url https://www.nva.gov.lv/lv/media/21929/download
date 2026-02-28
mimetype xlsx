--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -12,69 +12,69 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vitaza\Documents\My documents\0PPP\2KPP\Majaslapai plāni\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="29">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -244,181 +244,91 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Lietišķo attiecību kultūra, sarunu vadīšana un publiskā runa/uzstāšanās </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">- attālināti </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">SIA "Dialogs AB" 
-[...2 lines deleted...]
-  <si>
     <t>SIA "Dialogs AB"
 Barba Lielbārde</t>
   </si>
   <si>
-    <t>26.01.2026.
-[...2 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>30.01.2026.</t>
+      <t>13.03.2026.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>15:20</t>
     </r>
   </si>
   <si>
-    <t>23.02.2026.
-[...72 lines deleted...]
-  <si>
     <t>09.03.2026.
 08:30</t>
-  </si>
-[...6 lines deleted...]
-15:20</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
@@ -430,51 +340,207 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>plāns 2026.gada janvārim, februārim, martam</t>
+      <t>plāns 2025.gada decembrim, 2026.gada februārim, martam, aprīlim, maijam</t>
+    </r>
+  </si>
+  <si>
+    <t>25.02.2026.
+08:30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>03.03.2026.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>15:20</t>
+    </r>
+  </si>
+  <si>
+    <t>26.03.2026.
+08:30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>01.04.2026.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>15:20</t>
+    </r>
+  </si>
+  <si>
+    <t>16.04.2026.
+08:30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>22.04.2026.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>15:20</t>
+    </r>
+  </si>
+  <si>
+    <t>07.05.2026.
+08:30</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>13.05.2026.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>15:20</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
@@ -731,96 +797,99 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1175,353 +1244,368 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B21" sqref="B21"/>
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.28515625" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" customWidth="1"/>
     <col min="6" max="6" width="75.140625" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="23"/>
-[...4 lines deleted...]
-      <c r="F1" s="23"/>
+      <c r="A1" s="24"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="23"/>
-[...4 lines deleted...]
-      <c r="F2" s="23"/>
+      <c r="A2" s="24"/>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="23"/>
-[...4 lines deleted...]
-      <c r="F3" s="23"/>
+      <c r="A3" s="24"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="23"/>
-[...4 lines deleted...]
-      <c r="F4" s="23"/>
+      <c r="A4" s="24"/>
+      <c r="B4" s="24"/>
+      <c r="C4" s="24"/>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="23"/>
-[...4 lines deleted...]
-      <c r="F5" s="23"/>
+      <c r="A5" s="24"/>
+      <c r="B5" s="24"/>
+      <c r="C5" s="24"/>
+      <c r="D5" s="24"/>
+      <c r="E5" s="24"/>
+      <c r="F5" s="24"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="23"/>
-[...4 lines deleted...]
-      <c r="F6" s="23"/>
+      <c r="A6" s="24"/>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="23"/>
-[...4 lines deleted...]
-      <c r="F7" s="23"/>
+      <c r="A7" s="24"/>
+      <c r="B7" s="24"/>
+      <c r="C7" s="24"/>
+      <c r="D7" s="24"/>
+      <c r="E7" s="24"/>
+      <c r="F7" s="24"/>
     </row>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="23"/>
-[...4 lines deleted...]
-      <c r="F8" s="23"/>
+      <c r="A8" s="24"/>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A9" s="23"/>
-[...4 lines deleted...]
-      <c r="F9" s="23"/>
+      <c r="A9" s="24"/>
+      <c r="B9" s="24"/>
+      <c r="C9" s="24"/>
+      <c r="D9" s="24"/>
+      <c r="E9" s="24"/>
+      <c r="F9" s="24"/>
       <c r="G9" s="19">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="25" t="s">
+      <c r="A10" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="25"/>
-[...3 lines deleted...]
-      <c r="F10" s="25"/>
+      <c r="B10" s="26"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="26"/>
+      <c r="E10" s="26"/>
+      <c r="F10" s="26"/>
       <c r="G10" s="17"/>
     </row>
     <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="24"/>
-[...3 lines deleted...]
-      <c r="F11" s="24"/>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="25"/>
+      <c r="E11" s="25"/>
+      <c r="F11" s="25"/>
       <c r="G11" s="18">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="26" t="s">
+      <c r="A13" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="26"/>
-[...4 lines deleted...]
-      <c r="G13" s="26"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27"/>
+      <c r="G13" s="27"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="27" t="s">
+      <c r="A14" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="27"/>
-[...4 lines deleted...]
-      <c r="G14" s="27"/>
+      <c r="B14" s="28"/>
+      <c r="C14" s="28"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="28"/>
+      <c r="F14" s="28"/>
+      <c r="G14" s="28"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="E15" s="1"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="37" t="s">
-[...7 lines deleted...]
-      <c r="G16" s="37"/>
+      <c r="A16" s="38" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="38"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="38"/>
+      <c r="E16" s="38"/>
+      <c r="F16" s="38"/>
+      <c r="G16" s="38"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="20" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>21</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>22</v>
       </c>
       <c r="C19" s="22" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D19" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" s="35" t="s">
         <v>13</v>
       </c>
-      <c r="E19" s="28" t="s">
+      <c r="E19" s="29" t="s">
         <v>16</v>
       </c>
-      <c r="F19" s="31" t="s">
+      <c r="F19" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="G19" s="28">
+      <c r="G19" s="29">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="22" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="22" t="s">
+      <c r="B20" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="D20" s="35"/>
-[...2 lines deleted...]
-      <c r="G20" s="29"/>
+      <c r="D20" s="36"/>
+      <c r="E20" s="30"/>
+      <c r="F20" s="33"/>
+      <c r="G20" s="30"/>
     </row>
     <row r="21" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="20" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B21" s="22" t="s">
-        <v>22</v>
-[...7 lines deleted...]
-      <c r="G21" s="29"/>
+        <v>24</v>
+      </c>
+      <c r="C21" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" s="36"/>
+      <c r="E21" s="30"/>
+      <c r="F21" s="33"/>
+      <c r="G21" s="30"/>
     </row>
     <row r="22" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="20" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>25</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>17</v>
       </c>
       <c r="D22" s="36"/>
       <c r="E22" s="30"/>
       <c r="F22" s="33"/>
       <c r="G22" s="30"/>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="A24" s="14" t="s">
+    <row r="23" spans="1:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="37"/>
+      <c r="E23" s="31"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="31"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F24" s="3"/>
+    </row>
+    <row r="25" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="B24" s="14"/>
-[...6 lines deleted...]
-      <c r="A25" s="14"/>
       <c r="B25" s="14"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="9"/>
       <c r="F25" s="11"/>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E26" s="8"/>
+    <row r="26" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="14"/>
+      <c r="B26" s="14"/>
+      <c r="C26" s="15"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="11"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A28" s="12"/>
-[...3 lines deleted...]
-      <c r="E28" s="13"/>
+      <c r="A28" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="B28" s="7"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="12"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="G19:G22"/>
-[...2 lines deleted...]
-    <mergeCell ref="D19:D22"/>
+    <mergeCell ref="G19:G23"/>
+    <mergeCell ref="F19:F23"/>
+    <mergeCell ref="E19:E23"/>
+    <mergeCell ref="D19:D23"/>
     <mergeCell ref="A16:G16"/>
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1798,33 +1882,35 @@
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
+  <dc:creator>Jolanta Utinane</dc:creator>
   <cp:keywords/>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>