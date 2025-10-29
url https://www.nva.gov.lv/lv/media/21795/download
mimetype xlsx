--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -6,56 +6,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\NVAShare\Attistibas_un_analitikas_dep\ASN\Janis_Martins\Atskaites\oficiālā statistika\2025\augusts_2025\bezdarbnieki\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.jurjane\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\HTWUAJ8F\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{06315FC3-B0B0-49BE-99AD-DF0067D6C389}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08EE1D64-8911-4E43-B49F-7C7EB49B8A6C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12110" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
   </bookViews>
   <sheets>
     <sheet name="Kopā_dzimumi" sheetId="1" r:id="rId1"/>
     <sheet name="vecuma grupas" sheetId="3" r:id="rId2"/>
     <sheet name="izglītības līmenis" sheetId="4" r:id="rId3"/>
     <sheet name="Mērķa grupas" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AF83" i="3" l="1"/>
   <c r="AF84" i="3"/>
   <c r="AF85" i="3"/>
   <c r="AF86" i="3"/>
   <c r="AF87" i="3"/>
   <c r="AF88" i="3"/>
   <c r="N141" i="5" l="1"/>
@@ -1041,51 +1041,51 @@
   <si>
     <t>Piešķirts bezdarbnieka statuss sadalījumā pa problēmgrupām</t>
   </si>
   <si>
     <t>Rīgas reģions</t>
   </si>
   <si>
     <t>Kurzemes reģions</t>
   </si>
   <si>
     <t>Latgales reģions</t>
   </si>
   <si>
     <t>Vidzemes reģions</t>
   </si>
   <si>
     <t>Zemgales reģions</t>
   </si>
   <si>
     <t>2025.gads</t>
   </si>
   <si>
     <t>Reģions pēc filiāles</t>
   </si>
   <si>
-    <t>Kopā janvāris - augusts</t>
+    <t>Kopā janvāris - septembris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -2141,167 +2141,167 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE0248AD-5B13-4DBC-8931-1F7AE34E61A7}">
   <dimension ref="A1:AN14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.5703125" customWidth="1"/>
+    <col min="1" max="1" width="19.54296875" customWidth="1"/>
     <col min="2" max="6" width="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" customWidth="1"/>
     <col min="8" max="11" width="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="5" customWidth="1"/>
     <col min="13" max="25" width="5" bestFit="1" customWidth="1"/>
-    <col min="26" max="26" width="6.42578125" customWidth="1"/>
+    <col min="26" max="26" width="6.453125" customWidth="1"/>
     <col min="27" max="27" width="5" bestFit="1" customWidth="1"/>
-    <col min="28" max="29" width="6.42578125" customWidth="1"/>
+    <col min="28" max="29" width="6.453125" customWidth="1"/>
     <col min="30" max="30" width="5" bestFit="1" customWidth="1"/>
-    <col min="31" max="31" width="4.85546875" bestFit="1" customWidth="1"/>
-    <col min="32" max="32" width="6.140625" customWidth="1"/>
+    <col min="31" max="31" width="4.81640625" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="6.1796875" customWidth="1"/>
     <col min="33" max="33" width="5" bestFit="1" customWidth="1"/>
-    <col min="34" max="34" width="4.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="40" max="40" width="7.85546875" customWidth="1"/>
+    <col min="34" max="34" width="4.81640625" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="4.7265625" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="5.26953125" customWidth="1"/>
+    <col min="37" max="37" width="4.81640625" bestFit="1" customWidth="1"/>
+    <col min="38" max="39" width="7.54296875" customWidth="1"/>
+    <col min="40" max="40" width="7.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:40" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="3"/>
       <c r="AK1" s="3"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="3"/>
     </row>
-    <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="85" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="86"/>
       <c r="D2" s="86"/>
       <c r="E2" s="86"/>
       <c r="F2" s="86"/>
       <c r="G2" s="86"/>
       <c r="H2" s="86"/>
       <c r="I2" s="86"/>
       <c r="J2" s="86"/>
       <c r="K2" s="86"/>
       <c r="L2" s="86"/>
       <c r="M2" s="86"/>
       <c r="N2" s="86"/>
       <c r="O2" s="86"/>
       <c r="P2" s="86"/>
       <c r="Q2" s="86"/>
       <c r="R2" s="86"/>
       <c r="S2" s="86"/>
       <c r="T2" s="86"/>
       <c r="U2" s="86"/>
       <c r="V2" s="86"/>
       <c r="W2" s="86"/>
       <c r="X2" s="86"/>
       <c r="Y2" s="86"/>
       <c r="Z2" s="86"/>
       <c r="AA2" s="86"/>
       <c r="AB2" s="86"/>
       <c r="AC2" s="86"/>
       <c r="AD2" s="86"/>
       <c r="AE2" s="86"/>
       <c r="AF2" s="86"/>
       <c r="AG2" s="86"/>
       <c r="AH2" s="86"/>
       <c r="AI2" s="86"/>
       <c r="AJ2" s="86"/>
       <c r="AK2" s="86"/>
       <c r="AL2" s="86"/>
       <c r="AM2" s="86"/>
       <c r="AN2" s="86"/>
     </row>
-    <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="90"/>
       <c r="B3" s="87" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="91"/>
       <c r="D3" s="92"/>
       <c r="E3" s="82" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="83"/>
       <c r="G3" s="84"/>
       <c r="H3" s="82" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="83"/>
       <c r="J3" s="84"/>
       <c r="K3" s="82" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="83"/>
       <c r="M3" s="84"/>
       <c r="N3" s="82" t="s">
         <v>5</v>
       </c>
       <c r="O3" s="83"/>
@@ -2325,51 +2325,51 @@
         <v>9</v>
       </c>
       <c r="AA3" s="83"/>
       <c r="AB3" s="84"/>
       <c r="AC3" s="82" t="s">
         <v>10</v>
       </c>
       <c r="AD3" s="83"/>
       <c r="AE3" s="84"/>
       <c r="AF3" s="87" t="s">
         <v>11</v>
       </c>
       <c r="AG3" s="88"/>
       <c r="AH3" s="84"/>
       <c r="AI3" s="82" t="s">
         <v>12</v>
       </c>
       <c r="AJ3" s="83"/>
       <c r="AK3" s="84"/>
       <c r="AL3" s="82" t="s">
         <v>13</v>
       </c>
       <c r="AM3" s="83"/>
       <c r="AN3" s="84"/>
     </row>
-    <row r="4" spans="1:40" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A4" s="90"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>15</v>
       </c>
@@ -2445,51 +2445,51 @@
       <c r="AG4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AH4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AI4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AJ4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AK4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AL4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AM4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AN4" s="51" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:40" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="70">
         <v>1996</v>
       </c>
       <c r="C5" s="71">
         <v>1827</v>
       </c>
       <c r="D5" s="72">
         <v>3823</v>
       </c>
       <c r="E5" s="53">
         <v>1913</v>
       </c>
       <c r="F5" s="54">
         <v>1833</v>
       </c>
       <c r="G5" s="55">
         <v>3746</v>
       </c>
       <c r="H5" s="53">
         <v>1662</v>
       </c>
       <c r="I5" s="54">
@@ -2521,76 +2521,82 @@
       </c>
       <c r="R5" s="20">
         <v>1339</v>
       </c>
       <c r="S5" s="21">
         <v>3466</v>
       </c>
       <c r="T5" s="19">
         <v>2010</v>
       </c>
       <c r="U5" s="20">
         <v>1624</v>
       </c>
       <c r="V5" s="21">
         <v>3634</v>
       </c>
       <c r="W5" s="19">
         <v>1619</v>
       </c>
       <c r="X5" s="20">
         <v>1374</v>
       </c>
       <c r="Y5" s="55">
         <v>2993</v>
       </c>
-      <c r="Z5" s="19"/>
-[...1 lines deleted...]
-      <c r="AB5" s="55"/>
+      <c r="Z5" s="19">
+        <v>1893</v>
+      </c>
+      <c r="AA5" s="20">
+        <v>1511</v>
+      </c>
+      <c r="AB5" s="55">
+        <v>3404</v>
+      </c>
       <c r="AC5" s="19"/>
       <c r="AD5" s="20"/>
       <c r="AE5" s="21"/>
       <c r="AF5" s="53"/>
       <c r="AG5" s="54"/>
       <c r="AH5" s="55"/>
       <c r="AI5" s="19"/>
       <c r="AJ5" s="20"/>
       <c r="AK5" s="21"/>
       <c r="AL5" s="53">
         <f>SUM(B5,E5,H5,K5,N5,Q5,T5,W5,Z5,AC5,AF5,AI5)</f>
-        <v>14545</v>
+        <v>16438</v>
       </c>
       <c r="AM5" s="54">
         <f>SUM(C5,F5,I5,L5,O5,R5,U5,X5,AA5,AD5,AG5,AJ5)</f>
-        <v>12313</v>
+        <v>13824</v>
       </c>
       <c r="AN5" s="55">
         <f>SUM(S5,P5,M5,J5,G5,D5,V5,Y5,AB5,AE5,AH5,AK5)</f>
-        <v>26858</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:40" x14ac:dyDescent="0.25">
+        <v>30262</v>
+      </c>
+    </row>
+    <row r="6" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="70">
         <v>686</v>
       </c>
       <c r="C6" s="71">
         <v>1114</v>
       </c>
       <c r="D6" s="72">
         <v>1800</v>
       </c>
       <c r="E6" s="53">
         <v>539</v>
       </c>
       <c r="F6" s="54">
         <v>675</v>
       </c>
       <c r="G6" s="55">
         <v>1214</v>
       </c>
       <c r="H6" s="53">
         <v>482</v>
       </c>
       <c r="I6" s="54">
@@ -2622,76 +2628,82 @@
       </c>
       <c r="R6" s="20">
         <v>481</v>
       </c>
       <c r="S6" s="21">
         <v>1155</v>
       </c>
       <c r="T6" s="19">
         <v>577</v>
       </c>
       <c r="U6" s="20">
         <v>536</v>
       </c>
       <c r="V6" s="21">
         <v>1113</v>
       </c>
       <c r="W6" s="19">
         <v>439</v>
       </c>
       <c r="X6" s="20">
         <v>411</v>
       </c>
       <c r="Y6" s="55">
         <v>850</v>
       </c>
-      <c r="Z6" s="19"/>
-[...1 lines deleted...]
-      <c r="AB6" s="55"/>
+      <c r="Z6" s="19">
+        <v>566</v>
+      </c>
+      <c r="AA6" s="20">
+        <v>471</v>
+      </c>
+      <c r="AB6" s="55">
+        <v>1037</v>
+      </c>
       <c r="AC6" s="19"/>
       <c r="AD6" s="20"/>
       <c r="AE6" s="21"/>
       <c r="AF6" s="53"/>
       <c r="AG6" s="54"/>
       <c r="AH6" s="55"/>
       <c r="AI6" s="19"/>
       <c r="AJ6" s="20"/>
       <c r="AK6" s="21"/>
       <c r="AL6" s="53">
         <f t="shared" ref="AL6:AL9" si="0">SUM(B6,E6,H6,K6,N6,Q6,T6,W6,Z6,AC6,AF6,AI6)</f>
-        <v>4339</v>
+        <v>4905</v>
       </c>
       <c r="AM6" s="54">
         <f>SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6,AG6,AJ6)</f>
-        <v>4574</v>
+        <v>5045</v>
       </c>
       <c r="AN6" s="55">
         <f t="shared" ref="AN6:AN10" si="1">SUM(S6,P6,M6,J6,G6,D6,V6,Y6,AB6,AE6,AH6,AK6)</f>
-        <v>8913</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:40" x14ac:dyDescent="0.25">
+        <v>9950</v>
+      </c>
+    </row>
+    <row r="7" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="70">
         <v>635</v>
       </c>
       <c r="C7" s="71">
         <v>866</v>
       </c>
       <c r="D7" s="72">
         <v>1501</v>
       </c>
       <c r="E7" s="53">
         <v>650</v>
       </c>
       <c r="F7" s="54">
         <v>630</v>
       </c>
       <c r="G7" s="55">
         <v>1280</v>
       </c>
       <c r="H7" s="53">
         <v>456</v>
       </c>
       <c r="I7" s="54">
@@ -2723,76 +2735,82 @@
       </c>
       <c r="R7" s="20">
         <v>427</v>
       </c>
       <c r="S7" s="21">
         <v>928</v>
       </c>
       <c r="T7" s="19">
         <v>481</v>
       </c>
       <c r="U7" s="20">
         <v>552</v>
       </c>
       <c r="V7" s="21">
         <v>1033</v>
       </c>
       <c r="W7" s="19">
         <v>467</v>
       </c>
       <c r="X7" s="20">
         <v>460</v>
       </c>
       <c r="Y7" s="55">
         <v>927</v>
       </c>
-      <c r="Z7" s="19"/>
-[...1 lines deleted...]
-      <c r="AB7" s="55"/>
+      <c r="Z7" s="19">
+        <v>588</v>
+      </c>
+      <c r="AA7" s="20">
+        <v>480</v>
+      </c>
+      <c r="AB7" s="55">
+        <v>1068</v>
+      </c>
       <c r="AC7" s="19"/>
       <c r="AD7" s="20"/>
       <c r="AE7" s="21"/>
       <c r="AF7" s="53"/>
       <c r="AG7" s="54"/>
       <c r="AH7" s="55"/>
       <c r="AI7" s="19"/>
       <c r="AJ7" s="20"/>
       <c r="AK7" s="21"/>
       <c r="AL7" s="53">
         <f t="shared" si="0"/>
-        <v>3988</v>
+        <v>4576</v>
       </c>
       <c r="AM7" s="54">
         <f t="shared" ref="AM7:AM10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7,AG7,AJ7)</f>
-        <v>4502</v>
+        <v>4982</v>
       </c>
       <c r="AN7" s="55">
         <f t="shared" si="1"/>
-        <v>8490</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:40" x14ac:dyDescent="0.25">
+        <v>9558</v>
+      </c>
+    </row>
+    <row r="8" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="70">
         <v>657</v>
       </c>
       <c r="C8" s="71">
         <v>684</v>
       </c>
       <c r="D8" s="72">
         <v>1341</v>
       </c>
       <c r="E8" s="53">
         <v>457</v>
       </c>
       <c r="F8" s="54">
         <v>551</v>
       </c>
       <c r="G8" s="55">
         <v>1008</v>
       </c>
       <c r="H8" s="53">
         <v>428</v>
       </c>
       <c r="I8" s="54">
@@ -2824,76 +2842,82 @@
       </c>
       <c r="R8" s="20">
         <v>428</v>
       </c>
       <c r="S8" s="21">
         <v>1029</v>
       </c>
       <c r="T8" s="19">
         <v>557</v>
       </c>
       <c r="U8" s="20">
         <v>446</v>
       </c>
       <c r="V8" s="21">
         <v>1003</v>
       </c>
       <c r="W8" s="19">
         <v>412</v>
       </c>
       <c r="X8" s="20">
         <v>405</v>
       </c>
       <c r="Y8" s="55">
         <v>817</v>
       </c>
-      <c r="Z8" s="19"/>
-[...1 lines deleted...]
-      <c r="AB8" s="55"/>
+      <c r="Z8" s="19">
+        <v>499</v>
+      </c>
+      <c r="AA8" s="20">
+        <v>449</v>
+      </c>
+      <c r="AB8" s="55">
+        <v>948</v>
+      </c>
       <c r="AC8" s="19"/>
       <c r="AD8" s="20"/>
       <c r="AE8" s="21"/>
       <c r="AF8" s="53"/>
       <c r="AG8" s="54"/>
       <c r="AH8" s="55"/>
       <c r="AI8" s="19"/>
       <c r="AJ8" s="20"/>
       <c r="AK8" s="21"/>
       <c r="AL8" s="53">
         <f t="shared" si="0"/>
-        <v>3920</v>
+        <v>4419</v>
       </c>
       <c r="AM8" s="54">
         <f t="shared" si="2"/>
-        <v>3773</v>
+        <v>4222</v>
       </c>
       <c r="AN8" s="55">
         <f t="shared" si="1"/>
-        <v>7693</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>8641</v>
+      </c>
+    </row>
+    <row r="9" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="70">
         <v>607</v>
       </c>
       <c r="C9" s="71">
         <v>775</v>
       </c>
       <c r="D9" s="72">
         <v>1382</v>
       </c>
       <c r="E9" s="53">
         <v>420</v>
       </c>
       <c r="F9" s="54">
         <v>535</v>
       </c>
       <c r="G9" s="55">
         <v>955</v>
       </c>
       <c r="H9" s="53">
         <v>430</v>
       </c>
       <c r="I9" s="54">
@@ -2925,76 +2949,82 @@
       </c>
       <c r="R9" s="20">
         <v>415</v>
       </c>
       <c r="S9" s="21">
         <v>987</v>
       </c>
       <c r="T9" s="19">
         <v>498</v>
       </c>
       <c r="U9" s="20">
         <v>428</v>
       </c>
       <c r="V9" s="21">
         <v>926</v>
       </c>
       <c r="W9" s="19">
         <v>433</v>
       </c>
       <c r="X9" s="20">
         <v>370</v>
       </c>
       <c r="Y9" s="55">
         <v>803</v>
       </c>
-      <c r="Z9" s="19"/>
-[...1 lines deleted...]
-      <c r="AB9" s="55"/>
+      <c r="Z9" s="19">
+        <v>484</v>
+      </c>
+      <c r="AA9" s="20">
+        <v>420</v>
+      </c>
+      <c r="AB9" s="55">
+        <v>904</v>
+      </c>
       <c r="AC9" s="19"/>
       <c r="AD9" s="20"/>
       <c r="AE9" s="21"/>
       <c r="AF9" s="53"/>
       <c r="AG9" s="54"/>
       <c r="AH9" s="55"/>
       <c r="AI9" s="19"/>
       <c r="AJ9" s="20"/>
       <c r="AK9" s="21"/>
       <c r="AL9" s="53">
         <f t="shared" si="0"/>
-        <v>3689</v>
+        <v>4173</v>
       </c>
       <c r="AM9" s="54">
         <f t="shared" si="2"/>
-        <v>3767</v>
+        <v>4187</v>
       </c>
       <c r="AN9" s="55">
         <f t="shared" si="1"/>
-        <v>7456</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>8360</v>
+      </c>
+    </row>
+    <row r="10" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="73">
         <v>4581</v>
       </c>
       <c r="C10" s="74">
         <v>5266</v>
       </c>
       <c r="D10" s="75">
         <v>9847</v>
       </c>
       <c r="E10" s="22">
         <v>3979</v>
       </c>
       <c r="F10" s="52">
         <v>4224</v>
       </c>
       <c r="G10" s="24">
         <v>8203</v>
       </c>
       <c r="H10" s="22">
         <v>3458</v>
       </c>
       <c r="I10" s="52">
@@ -3026,258 +3056,264 @@
       </c>
       <c r="R10" s="23">
         <v>3090</v>
       </c>
       <c r="S10" s="24">
         <v>7565</v>
       </c>
       <c r="T10" s="22">
         <v>4123</v>
       </c>
       <c r="U10" s="23">
         <v>3586</v>
       </c>
       <c r="V10" s="24">
         <v>7709</v>
       </c>
       <c r="W10" s="22">
         <v>3370</v>
       </c>
       <c r="X10" s="23">
         <v>3020</v>
       </c>
       <c r="Y10" s="24">
         <v>6390</v>
       </c>
-      <c r="Z10" s="22"/>
-[...1 lines deleted...]
-      <c r="AB10" s="24"/>
+      <c r="Z10" s="22">
+        <v>4030</v>
+      </c>
+      <c r="AA10" s="23">
+        <v>3331</v>
+      </c>
+      <c r="AB10" s="24">
+        <v>7361</v>
+      </c>
       <c r="AC10" s="22"/>
       <c r="AD10" s="23"/>
       <c r="AE10" s="24"/>
       <c r="AF10" s="22"/>
       <c r="AG10" s="52"/>
       <c r="AH10" s="24"/>
       <c r="AI10" s="22"/>
       <c r="AJ10" s="23"/>
       <c r="AK10" s="24"/>
       <c r="AL10" s="22">
         <f>SUM(B10,E10,H10,K10,N10,Q10,T10,W10,Z10,AC10,AF10,AI10)</f>
-        <v>30481</v>
+        <v>34511</v>
       </c>
       <c r="AM10" s="52">
         <f t="shared" si="2"/>
-        <v>28929</v>
+        <v>32260</v>
       </c>
       <c r="AN10" s="24">
         <f t="shared" si="1"/>
-        <v>59410</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:40" x14ac:dyDescent="0.25">
+        <v>66771</v>
+      </c>
+    </row>
+    <row r="11" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A11" s="49"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
     </row>
-    <row r="12" spans="1:40" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A12" s="39"/>
     </row>
-    <row r="14" spans="1:40" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A14" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="AI3:AK3"/>
     <mergeCell ref="AL3:AN3"/>
     <mergeCell ref="B2:AN2"/>
     <mergeCell ref="T3:V3"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AC3:AE3"/>
     <mergeCell ref="AF3:AH3"/>
     <mergeCell ref="Q3:S3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6EE40A5-51DF-45DE-8519-25CBC250D7D5}">
   <dimension ref="A1:AI150"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K145" sqref="K145"/>
+    <sheetView topLeftCell="A96" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="O149" sqref="O149"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.7109375" customWidth="1"/>
+    <col min="1" max="1" width="19.7265625" customWidth="1"/>
     <col min="2" max="28" width="6" customWidth="1"/>
-    <col min="29" max="33" width="6.140625" customWidth="1"/>
-    <col min="34" max="34" width="8.28515625" customWidth="1"/>
+    <col min="29" max="33" width="6.1796875" customWidth="1"/>
+    <col min="34" max="34" width="8.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
-    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="93"/>
       <c r="D2" s="93"/>
       <c r="E2" s="93"/>
       <c r="F2" s="93"/>
       <c r="G2" s="93"/>
       <c r="H2" s="93"/>
       <c r="I2" s="93"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2" s="93"/>
       <c r="O2" s="93"/>
       <c r="P2" s="93"/>
       <c r="Q2" s="93"/>
       <c r="R2" s="93"/>
       <c r="S2" s="93"/>
       <c r="T2" s="93"/>
       <c r="U2" s="93"/>
       <c r="V2" s="93"/>
       <c r="W2" s="93"/>
       <c r="X2" s="93"/>
       <c r="Y2" s="93"/>
       <c r="Z2" s="93"/>
       <c r="AA2" s="93"/>
       <c r="AB2" s="93"/>
       <c r="AC2" s="93"/>
       <c r="AD2" s="93"/>
       <c r="AE2" s="93"/>
       <c r="AF2" s="93"/>
       <c r="AG2" s="93"/>
       <c r="AH2" s="94"/>
     </row>
-    <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="97"/>
       <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="95"/>
       <c r="D3" s="95"/>
       <c r="E3" s="95"/>
       <c r="F3" s="95"/>
       <c r="G3" s="95"/>
       <c r="H3" s="95"/>
       <c r="I3" s="95"/>
       <c r="J3" s="95"/>
       <c r="K3" s="95"/>
       <c r="L3" s="95"/>
       <c r="M3" s="95"/>
       <c r="N3" s="95"/>
       <c r="O3" s="95"/>
       <c r="P3" s="95"/>
       <c r="Q3" s="95"/>
       <c r="R3" s="95"/>
       <c r="S3" s="95"/>
       <c r="T3" s="95"/>
       <c r="U3" s="95"/>
       <c r="V3" s="95"/>
       <c r="W3" s="95"/>
       <c r="X3" s="95"/>
       <c r="Y3" s="95"/>
       <c r="Z3" s="95"/>
       <c r="AA3" s="95"/>
       <c r="AB3" s="95"/>
       <c r="AC3" s="95"/>
       <c r="AD3" s="95"/>
       <c r="AE3" s="95"/>
       <c r="AF3" s="95"/>
       <c r="AG3" s="95"/>
       <c r="AH3" s="96"/>
     </row>
-    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="90"/>
       <c r="B4" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="91"/>
       <c r="D4" s="88"/>
       <c r="E4" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="91"/>
       <c r="G4" s="92"/>
       <c r="H4" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="91"/>
       <c r="J4" s="92"/>
       <c r="K4" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="91"/>
       <c r="M4" s="92"/>
       <c r="N4" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O4" s="91"/>
@@ -3291,51 +3327,51 @@
         <v>22</v>
       </c>
       <c r="U4" s="91"/>
       <c r="V4" s="92"/>
       <c r="W4" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X4" s="91"/>
       <c r="Y4" s="92"/>
       <c r="Z4" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA4" s="91"/>
       <c r="AB4" s="92"/>
       <c r="AC4" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD4" s="91"/>
       <c r="AE4" s="92"/>
       <c r="AF4" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG4" s="91"/>
       <c r="AH4" s="92"/>
     </row>
-    <row r="5" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A5" s="90"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="29" t="s">
         <v>15</v>
       </c>
@@ -3393,51 +3429,51 @@
       <c r="AA5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AB5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AC5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AE5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AF5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AH5" s="30" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="70">
         <v>30</v>
       </c>
       <c r="C6" s="71">
         <v>27</v>
       </c>
       <c r="D6" s="76">
         <v>57</v>
       </c>
       <c r="E6" s="70">
         <v>226</v>
       </c>
       <c r="F6" s="71">
         <v>189</v>
       </c>
       <c r="G6" s="72">
         <v>415</v>
       </c>
       <c r="H6" s="70">
         <v>221</v>
       </c>
       <c r="I6" s="71">
@@ -3500,51 +3536,51 @@
       <c r="AB6" s="72">
         <v>305</v>
       </c>
       <c r="AC6" s="70">
         <v>182</v>
       </c>
       <c r="AD6" s="71">
         <v>116</v>
       </c>
       <c r="AE6" s="72">
         <v>298</v>
       </c>
       <c r="AF6" s="70">
         <f>B6+E6+H6+K6+N6+Q6+T6+W6+Z6+AC6</f>
         <v>1996</v>
       </c>
       <c r="AG6" s="71">
         <f t="shared" ref="AG6:AH6" si="0">SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6)</f>
         <v>1827</v>
       </c>
       <c r="AH6" s="72">
         <f t="shared" si="0"/>
         <v>3823</v>
       </c>
     </row>
-    <row r="7" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="70">
         <v>16</v>
       </c>
       <c r="C7" s="71">
         <v>22</v>
       </c>
       <c r="D7" s="76">
         <v>38</v>
       </c>
       <c r="E7" s="70">
         <v>81</v>
       </c>
       <c r="F7" s="71">
         <v>115</v>
       </c>
       <c r="G7" s="72">
         <v>196</v>
       </c>
       <c r="H7" s="70">
         <v>57</v>
       </c>
       <c r="I7" s="71">
@@ -3607,51 +3643,51 @@
       <c r="AB7" s="72">
         <v>199</v>
       </c>
       <c r="AC7" s="70">
         <v>78</v>
       </c>
       <c r="AD7" s="71">
         <v>112</v>
       </c>
       <c r="AE7" s="72">
         <v>190</v>
       </c>
       <c r="AF7" s="70">
         <f t="shared" ref="AF7:AF11" si="1">B7+E7+H7+K7+N7+Q7+T7+W7+Z7+AC7</f>
         <v>686</v>
       </c>
       <c r="AG7" s="71">
         <f t="shared" ref="AG7:AG10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7)</f>
         <v>1114</v>
       </c>
       <c r="AH7" s="72">
         <f t="shared" ref="AH7:AH11" si="3">SUM(D7,G7,J7,M7,P7,S7,V7,Y7,AB7,AE7)</f>
         <v>1800</v>
       </c>
     </row>
-    <row r="8" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="70">
         <v>15</v>
       </c>
       <c r="C8" s="71">
         <v>19</v>
       </c>
       <c r="D8" s="76">
         <v>34</v>
       </c>
       <c r="E8" s="70">
         <v>62</v>
       </c>
       <c r="F8" s="71">
         <v>81</v>
       </c>
       <c r="G8" s="72">
         <v>143</v>
       </c>
       <c r="H8" s="70">
         <v>54</v>
       </c>
       <c r="I8" s="71">
@@ -3714,51 +3750,51 @@
       <c r="AB8" s="72">
         <v>202</v>
       </c>
       <c r="AC8" s="70">
         <v>92</v>
       </c>
       <c r="AD8" s="71">
         <v>100</v>
       </c>
       <c r="AE8" s="72">
         <v>192</v>
       </c>
       <c r="AF8" s="70">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
       <c r="AG8" s="71">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
       <c r="AH8" s="72">
         <f t="shared" si="3"/>
         <v>1501</v>
       </c>
     </row>
-    <row r="9" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="70">
         <v>7</v>
       </c>
       <c r="C9" s="71">
         <v>14</v>
       </c>
       <c r="D9" s="76">
         <v>21</v>
       </c>
       <c r="E9" s="70">
         <v>68</v>
       </c>
       <c r="F9" s="71">
         <v>68</v>
       </c>
       <c r="G9" s="72">
         <v>136</v>
       </c>
       <c r="H9" s="70">
         <v>66</v>
       </c>
       <c r="I9" s="71">
@@ -3821,51 +3857,51 @@
       <c r="AB9" s="72">
         <v>164</v>
       </c>
       <c r="AC9" s="70">
         <v>60</v>
       </c>
       <c r="AD9" s="71">
         <v>68</v>
       </c>
       <c r="AE9" s="72">
         <v>128</v>
       </c>
       <c r="AF9" s="70">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
       <c r="AG9" s="71">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
       <c r="AH9" s="72">
         <f t="shared" si="3"/>
         <v>1341</v>
       </c>
     </row>
-    <row r="10" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="31" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="77">
         <v>14</v>
       </c>
       <c r="C10" s="78">
         <v>14</v>
       </c>
       <c r="D10" s="79">
         <v>28</v>
       </c>
       <c r="E10" s="77">
         <v>63</v>
       </c>
       <c r="F10" s="78">
         <v>75</v>
       </c>
       <c r="G10" s="80">
         <v>138</v>
       </c>
       <c r="H10" s="77">
         <v>51</v>
       </c>
       <c r="I10" s="78">
@@ -3928,51 +3964,51 @@
       <c r="AB10" s="80">
         <v>127</v>
       </c>
       <c r="AC10" s="77">
         <v>66</v>
       </c>
       <c r="AD10" s="78">
         <v>104</v>
       </c>
       <c r="AE10" s="80">
         <v>170</v>
       </c>
       <c r="AF10" s="77">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
       <c r="AG10" s="78">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
       <c r="AH10" s="80">
         <f t="shared" si="3"/>
         <v>1382</v>
       </c>
     </row>
-    <row r="11" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="73">
         <v>82</v>
       </c>
       <c r="C11" s="74">
         <v>96</v>
       </c>
       <c r="D11" s="81">
         <v>178</v>
       </c>
       <c r="E11" s="73">
         <v>500</v>
       </c>
       <c r="F11" s="74">
         <v>528</v>
       </c>
       <c r="G11" s="75">
         <v>1028</v>
       </c>
       <c r="H11" s="73">
         <v>449</v>
       </c>
       <c r="I11" s="74">
@@ -4035,130 +4071,130 @@
       <c r="AB11" s="75">
         <v>997</v>
       </c>
       <c r="AC11" s="73">
         <v>478</v>
       </c>
       <c r="AD11" s="74">
         <v>500</v>
       </c>
       <c r="AE11" s="75">
         <v>978</v>
       </c>
       <c r="AF11" s="73">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
       <c r="AG11" s="74">
         <f>SUM(C11,F11,I11,L11,O11,R11,U11,X11,AA11,AD11)</f>
         <v>5266</v>
       </c>
       <c r="AH11" s="75">
         <f t="shared" si="3"/>
         <v>9847</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="98"/>
       <c r="D13" s="98"/>
       <c r="E13" s="98"/>
       <c r="F13" s="98"/>
       <c r="G13" s="98"/>
       <c r="H13" s="98"/>
       <c r="I13" s="98"/>
       <c r="J13" s="98"/>
       <c r="K13" s="98"/>
       <c r="L13" s="98"/>
       <c r="M13" s="98"/>
       <c r="N13" s="98"/>
       <c r="O13" s="98"/>
       <c r="P13" s="98"/>
       <c r="Q13" s="98"/>
       <c r="R13" s="98"/>
       <c r="S13" s="98"/>
       <c r="T13" s="98"/>
       <c r="U13" s="98"/>
       <c r="V13" s="98"/>
       <c r="W13" s="98"/>
       <c r="X13" s="98"/>
       <c r="Y13" s="98"/>
       <c r="Z13" s="98"/>
       <c r="AA13" s="98"/>
       <c r="AB13" s="98"/>
       <c r="AC13" s="98"/>
       <c r="AD13" s="98"/>
       <c r="AE13" s="98"/>
       <c r="AF13" s="98"/>
       <c r="AG13" s="98"/>
       <c r="AH13" s="98"/>
     </row>
-    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="97"/>
       <c r="B14" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="99"/>
       <c r="F14" s="99"/>
       <c r="G14" s="99"/>
       <c r="H14" s="99"/>
       <c r="I14" s="99"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="99"/>
       <c r="Q14" s="99"/>
       <c r="R14" s="99"/>
       <c r="S14" s="99"/>
       <c r="T14" s="99"/>
       <c r="U14" s="99"/>
       <c r="V14" s="99"/>
       <c r="W14" s="99"/>
       <c r="X14" s="99"/>
       <c r="Y14" s="99"/>
       <c r="Z14" s="99"/>
       <c r="AA14" s="99"/>
       <c r="AB14" s="99"/>
       <c r="AC14" s="99"/>
       <c r="AD14" s="99"/>
       <c r="AE14" s="99"/>
       <c r="AF14" s="99"/>
       <c r="AG14" s="99"/>
       <c r="AH14" s="99"/>
     </row>
-    <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="90"/>
       <c r="B15" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="91"/>
       <c r="D15" s="88"/>
       <c r="E15" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="91"/>
       <c r="G15" s="92"/>
       <c r="H15" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="91"/>
       <c r="J15" s="92"/>
       <c r="K15" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="91"/>
       <c r="M15" s="92"/>
       <c r="N15" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O15" s="91"/>
@@ -4172,51 +4208,51 @@
         <v>22</v>
       </c>
       <c r="U15" s="91"/>
       <c r="V15" s="92"/>
       <c r="W15" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X15" s="91"/>
       <c r="Y15" s="92"/>
       <c r="Z15" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA15" s="91"/>
       <c r="AB15" s="92"/>
       <c r="AC15" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD15" s="91"/>
       <c r="AE15" s="92"/>
       <c r="AF15" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG15" s="91"/>
       <c r="AH15" s="92"/>
     </row>
-    <row r="16" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A16" s="90"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
@@ -4274,51 +4310,51 @@
       <c r="AA16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="53">
         <v>41</v>
       </c>
       <c r="C17" s="54">
         <v>35</v>
       </c>
       <c r="D17" s="58">
         <v>76</v>
       </c>
       <c r="E17" s="53">
         <v>256</v>
       </c>
       <c r="F17" s="54">
         <v>212</v>
       </c>
       <c r="G17" s="55">
         <v>468</v>
       </c>
       <c r="H17" s="53">
         <v>227</v>
       </c>
       <c r="I17" s="54">
@@ -4381,51 +4417,51 @@
       <c r="AB17" s="55">
         <v>283</v>
       </c>
       <c r="AC17" s="53">
         <v>160</v>
       </c>
       <c r="AD17" s="54">
         <v>125</v>
       </c>
       <c r="AE17" s="55">
         <v>285</v>
       </c>
       <c r="AF17" s="53">
         <f>B17+E17+H17+K17+N17+Q17+T17+W17+Z17+AC17</f>
         <v>1913</v>
       </c>
       <c r="AG17" s="54">
         <f t="shared" ref="AG17:AG22" si="4">SUM(C17,F17,I17,L17,O17,R17,U17,X17,AA17,AD17)</f>
         <v>1833</v>
       </c>
       <c r="AH17" s="55">
         <f t="shared" ref="AH17:AH22" si="5">SUM(D17,G17,J17,M17,P17,S17,V17,Y17,AB17,AE17)</f>
         <v>3746</v>
       </c>
     </row>
-    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="53">
         <v>18</v>
       </c>
       <c r="C18" s="54">
         <v>24</v>
       </c>
       <c r="D18" s="58">
         <v>42</v>
       </c>
       <c r="E18" s="53">
         <v>65</v>
       </c>
       <c r="F18" s="54">
         <v>69</v>
       </c>
       <c r="G18" s="55">
         <v>134</v>
       </c>
       <c r="H18" s="53">
         <v>59</v>
       </c>
       <c r="I18" s="54">
@@ -4488,51 +4524,51 @@
       <c r="AB18" s="55">
         <v>114</v>
       </c>
       <c r="AC18" s="53">
         <v>49</v>
       </c>
       <c r="AD18" s="54">
         <v>63</v>
       </c>
       <c r="AE18" s="55">
         <v>112</v>
       </c>
       <c r="AF18" s="53">
         <f t="shared" ref="AF18:AF22" si="6">B18+E18+H18+K18+N18+Q18+T18+W18+Z18+AC18</f>
         <v>539</v>
       </c>
       <c r="AG18" s="54">
         <f t="shared" si="4"/>
         <v>675</v>
       </c>
       <c r="AH18" s="55">
         <f t="shared" si="5"/>
         <v>1214</v>
       </c>
     </row>
-    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="53">
         <v>20</v>
       </c>
       <c r="C19" s="54">
         <v>20</v>
       </c>
       <c r="D19" s="58">
         <v>40</v>
       </c>
       <c r="E19" s="53">
         <v>66</v>
       </c>
       <c r="F19" s="54">
         <v>61</v>
       </c>
       <c r="G19" s="55">
         <v>127</v>
       </c>
       <c r="H19" s="53">
         <v>50</v>
       </c>
       <c r="I19" s="54">
@@ -4595,51 +4631,51 @@
       <c r="AB19" s="55">
         <v>166</v>
       </c>
       <c r="AC19" s="53">
         <v>73</v>
       </c>
       <c r="AD19" s="54">
         <v>78</v>
       </c>
       <c r="AE19" s="55">
         <v>151</v>
       </c>
       <c r="AF19" s="53">
         <f t="shared" si="6"/>
         <v>650</v>
       </c>
       <c r="AG19" s="54">
         <f t="shared" si="4"/>
         <v>630</v>
       </c>
       <c r="AH19" s="55">
         <f t="shared" si="5"/>
         <v>1280</v>
       </c>
     </row>
-    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="53">
         <v>9</v>
       </c>
       <c r="C20" s="54">
         <v>20</v>
       </c>
       <c r="D20" s="58">
         <v>29</v>
       </c>
       <c r="E20" s="53">
         <v>56</v>
       </c>
       <c r="F20" s="54">
         <v>52</v>
       </c>
       <c r="G20" s="55">
         <v>108</v>
       </c>
       <c r="H20" s="53">
         <v>45</v>
       </c>
       <c r="I20" s="54">
@@ -4702,51 +4738,51 @@
       <c r="AB20" s="55">
         <v>109</v>
       </c>
       <c r="AC20" s="53">
         <v>36</v>
       </c>
       <c r="AD20" s="54">
         <v>69</v>
       </c>
       <c r="AE20" s="55">
         <v>105</v>
       </c>
       <c r="AF20" s="53">
         <f t="shared" si="6"/>
         <v>457</v>
       </c>
       <c r="AG20" s="54">
         <f t="shared" si="4"/>
         <v>551</v>
       </c>
       <c r="AH20" s="55">
         <f t="shared" si="5"/>
         <v>1008</v>
       </c>
     </row>
-    <row r="21" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="53">
         <v>7</v>
       </c>
       <c r="C21" s="54">
         <v>13</v>
       </c>
       <c r="D21" s="58">
         <v>20</v>
       </c>
       <c r="E21" s="53">
         <v>53</v>
       </c>
       <c r="F21" s="54">
         <v>58</v>
       </c>
       <c r="G21" s="55">
         <v>111</v>
       </c>
       <c r="H21" s="53">
         <v>59</v>
       </c>
       <c r="I21" s="54">
@@ -4809,51 +4845,51 @@
       <c r="AB21" s="55">
         <v>99</v>
       </c>
       <c r="AC21" s="53">
         <v>37</v>
       </c>
       <c r="AD21" s="54">
         <v>62</v>
       </c>
       <c r="AE21" s="55">
         <v>99</v>
       </c>
       <c r="AF21" s="67">
         <f t="shared" si="6"/>
         <v>420</v>
       </c>
       <c r="AG21" s="68">
         <f t="shared" si="4"/>
         <v>535</v>
       </c>
       <c r="AH21" s="69">
         <f t="shared" si="5"/>
         <v>955</v>
       </c>
     </row>
-    <row r="22" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>95</v>
       </c>
       <c r="C22" s="52">
         <v>112</v>
       </c>
       <c r="D22" s="63">
         <v>207</v>
       </c>
       <c r="E22" s="22">
         <v>496</v>
       </c>
       <c r="F22" s="52">
         <v>452</v>
       </c>
       <c r="G22" s="24">
         <v>948</v>
       </c>
       <c r="H22" s="22">
         <v>440</v>
       </c>
       <c r="I22" s="52">
@@ -4916,129 +4952,129 @@
       <c r="AB22" s="24">
         <v>771</v>
       </c>
       <c r="AC22" s="22">
         <v>355</v>
       </c>
       <c r="AD22" s="52">
         <v>397</v>
       </c>
       <c r="AE22" s="24">
         <v>752</v>
       </c>
       <c r="AF22" s="22">
         <f t="shared" si="6"/>
         <v>3979</v>
       </c>
       <c r="AG22" s="52">
         <f t="shared" si="4"/>
         <v>4224</v>
       </c>
       <c r="AH22" s="24">
         <f t="shared" si="5"/>
         <v>8203</v>
       </c>
     </row>
-    <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="98"/>
       <c r="O24" s="98"/>
       <c r="P24" s="98"/>
       <c r="Q24" s="98"/>
       <c r="R24" s="98"/>
       <c r="S24" s="98"/>
       <c r="T24" s="98"/>
       <c r="U24" s="98"/>
       <c r="V24" s="98"/>
       <c r="W24" s="98"/>
       <c r="X24" s="98"/>
       <c r="Y24" s="98"/>
       <c r="Z24" s="98"/>
       <c r="AA24" s="98"/>
       <c r="AB24" s="98"/>
       <c r="AC24" s="98"/>
       <c r="AD24" s="98"/>
       <c r="AE24" s="98"/>
       <c r="AF24" s="98"/>
       <c r="AG24" s="98"/>
       <c r="AH24" s="98"/>
     </row>
-    <row r="25" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="100"/>
       <c r="B25" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="99"/>
       <c r="D25" s="99"/>
       <c r="E25" s="99"/>
       <c r="F25" s="99"/>
       <c r="G25" s="99"/>
       <c r="H25" s="99"/>
       <c r="I25" s="99"/>
       <c r="J25" s="99"/>
       <c r="K25" s="99"/>
       <c r="L25" s="99"/>
       <c r="M25" s="99"/>
       <c r="N25" s="99"/>
       <c r="O25" s="99"/>
       <c r="P25" s="99"/>
       <c r="Q25" s="99"/>
       <c r="R25" s="99"/>
       <c r="S25" s="99"/>
       <c r="T25" s="99"/>
       <c r="U25" s="99"/>
       <c r="V25" s="99"/>
       <c r="W25" s="99"/>
       <c r="X25" s="99"/>
       <c r="Y25" s="99"/>
       <c r="Z25" s="99"/>
       <c r="AA25" s="99"/>
       <c r="AB25" s="99"/>
       <c r="AC25" s="99"/>
       <c r="AD25" s="99"/>
       <c r="AE25" s="99"/>
       <c r="AF25" s="99"/>
       <c r="AG25" s="99"/>
       <c r="AH25" s="99"/>
     </row>
-    <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="100"/>
       <c r="B26" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="88"/>
       <c r="E26" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="91"/>
       <c r="G26" s="92"/>
       <c r="H26" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="91"/>
       <c r="J26" s="92"/>
       <c r="K26" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="91"/>
       <c r="M26" s="92"/>
       <c r="N26" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O26" s="91"/>
@@ -5052,51 +5088,51 @@
         <v>22</v>
       </c>
       <c r="U26" s="91"/>
       <c r="V26" s="92"/>
       <c r="W26" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X26" s="91"/>
       <c r="Y26" s="92"/>
       <c r="Z26" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA26" s="91"/>
       <c r="AB26" s="92"/>
       <c r="AC26" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD26" s="91"/>
       <c r="AE26" s="92"/>
       <c r="AF26" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG26" s="91"/>
       <c r="AH26" s="92"/>
     </row>
-    <row r="27" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A27" s="100"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
@@ -5154,51 +5190,51 @@
       <c r="AA27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="10">
         <v>30</v>
       </c>
       <c r="C28" s="1">
         <v>35</v>
       </c>
       <c r="D28" s="16">
         <v>65</v>
       </c>
       <c r="E28" s="10">
         <v>179</v>
       </c>
       <c r="F28" s="1">
         <v>177</v>
       </c>
       <c r="G28" s="15">
         <v>356</v>
       </c>
       <c r="H28" s="10">
         <v>207</v>
       </c>
       <c r="I28" s="1">
@@ -5261,51 +5297,51 @@
       <c r="AB28" s="15">
         <v>285</v>
       </c>
       <c r="AC28" s="10">
         <v>157</v>
       </c>
       <c r="AD28" s="1">
         <v>124</v>
       </c>
       <c r="AE28" s="15">
         <v>281</v>
       </c>
       <c r="AF28" s="10">
         <f>B28+E28+H28+K28+N28+Q28+T28+W28+Z28+AC28</f>
         <v>1662</v>
       </c>
       <c r="AG28" s="1">
         <f t="shared" ref="AG28:AG33" si="7">SUM(C28,F28,I28,L28,O28,R28,U28,X28,AA28,AD28)</f>
         <v>1579</v>
       </c>
       <c r="AH28" s="15">
         <f t="shared" ref="AH28:AH33" si="8">SUM(D28,G28,J28,M28,P28,S28,V28,Y28,AB28,AE28)</f>
         <v>3241</v>
       </c>
     </row>
-    <row r="29" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="10">
         <v>14</v>
       </c>
       <c r="C29" s="1">
         <v>18</v>
       </c>
       <c r="D29" s="16">
         <v>32</v>
       </c>
       <c r="E29" s="10">
         <v>41</v>
       </c>
       <c r="F29" s="1">
         <v>51</v>
       </c>
       <c r="G29" s="15">
         <v>92</v>
       </c>
       <c r="H29" s="10">
         <v>46</v>
       </c>
       <c r="I29" s="1">
@@ -5368,51 +5404,51 @@
       <c r="AB29" s="15">
         <v>82</v>
       </c>
       <c r="AC29" s="10">
         <v>46</v>
       </c>
       <c r="AD29" s="1">
         <v>53</v>
       </c>
       <c r="AE29" s="15">
         <v>99</v>
       </c>
       <c r="AF29" s="10">
         <f t="shared" ref="AF29:AF33" si="9">B29+E29+H29+K29+N29+Q29+T29+W29+Z29+AC29</f>
         <v>482</v>
       </c>
       <c r="AG29" s="1">
         <f t="shared" si="7"/>
         <v>480</v>
       </c>
       <c r="AH29" s="15">
         <f t="shared" si="8"/>
         <v>962</v>
       </c>
     </row>
-    <row r="30" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>10</v>
       </c>
       <c r="C30" s="1">
         <v>12</v>
       </c>
       <c r="D30" s="16">
         <v>22</v>
       </c>
       <c r="E30" s="10">
         <v>43</v>
       </c>
       <c r="F30" s="1">
         <v>48</v>
       </c>
       <c r="G30" s="15">
         <v>91</v>
       </c>
       <c r="H30" s="10">
         <v>41</v>
       </c>
       <c r="I30" s="1">
@@ -5475,51 +5511,51 @@
       <c r="AB30" s="15">
         <v>131</v>
       </c>
       <c r="AC30" s="10">
         <v>52</v>
       </c>
       <c r="AD30" s="1">
         <v>70</v>
       </c>
       <c r="AE30" s="15">
         <v>122</v>
       </c>
       <c r="AF30" s="10">
         <f t="shared" si="9"/>
         <v>456</v>
       </c>
       <c r="AG30" s="1">
         <f t="shared" si="7"/>
         <v>546</v>
       </c>
       <c r="AH30" s="15">
         <f t="shared" si="8"/>
         <v>1002</v>
       </c>
     </row>
-    <row r="31" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
         <v>11</v>
       </c>
       <c r="C31" s="1">
         <v>8</v>
       </c>
       <c r="D31" s="16">
         <v>19</v>
       </c>
       <c r="E31" s="10">
         <v>40</v>
       </c>
       <c r="F31" s="1">
         <v>37</v>
       </c>
       <c r="G31" s="15">
         <v>77</v>
       </c>
       <c r="H31" s="10">
         <v>49</v>
       </c>
       <c r="I31" s="1">
@@ -5582,51 +5618,51 @@
       <c r="AB31" s="15">
         <v>84</v>
       </c>
       <c r="AC31" s="10">
         <v>50</v>
       </c>
       <c r="AD31" s="1">
         <v>58</v>
       </c>
       <c r="AE31" s="15">
         <v>108</v>
       </c>
       <c r="AF31" s="10">
         <f t="shared" si="9"/>
         <v>428</v>
       </c>
       <c r="AG31" s="1">
         <f t="shared" si="7"/>
         <v>446</v>
       </c>
       <c r="AH31" s="15">
         <f t="shared" si="8"/>
         <v>874</v>
       </c>
     </row>
-    <row r="32" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="10">
         <v>16</v>
       </c>
       <c r="C32" s="1">
         <v>8</v>
       </c>
       <c r="D32" s="16">
         <v>24</v>
       </c>
       <c r="E32" s="10">
         <v>52</v>
       </c>
       <c r="F32" s="1">
         <v>46</v>
       </c>
       <c r="G32" s="15">
         <v>98</v>
       </c>
       <c r="H32" s="10">
         <v>42</v>
       </c>
       <c r="I32" s="1">
@@ -5689,51 +5725,51 @@
       <c r="AB32" s="15">
         <v>85</v>
       </c>
       <c r="AC32" s="10">
         <v>42</v>
       </c>
       <c r="AD32" s="1">
         <v>39</v>
       </c>
       <c r="AE32" s="15">
         <v>81</v>
       </c>
       <c r="AF32" s="32">
         <f t="shared" si="9"/>
         <v>430</v>
       </c>
       <c r="AG32" s="33">
         <f t="shared" si="7"/>
         <v>445</v>
       </c>
       <c r="AH32" s="34">
         <f t="shared" si="8"/>
         <v>875</v>
       </c>
     </row>
-    <row r="33" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>81</v>
       </c>
       <c r="C33" s="14">
         <v>81</v>
       </c>
       <c r="D33" s="17">
         <v>162</v>
       </c>
       <c r="E33" s="13">
         <v>355</v>
       </c>
       <c r="F33" s="14">
         <v>359</v>
       </c>
       <c r="G33" s="18">
         <v>714</v>
       </c>
       <c r="H33" s="13">
         <v>385</v>
       </c>
       <c r="I33" s="14">
@@ -5796,129 +5832,129 @@
       <c r="AB33" s="18">
         <v>667</v>
       </c>
       <c r="AC33" s="13">
         <v>347</v>
       </c>
       <c r="AD33" s="14">
         <v>344</v>
       </c>
       <c r="AE33" s="18">
         <v>691</v>
       </c>
       <c r="AF33" s="13">
         <f t="shared" si="9"/>
         <v>3458</v>
       </c>
       <c r="AG33" s="14">
         <f t="shared" si="7"/>
         <v>3496</v>
       </c>
       <c r="AH33" s="18">
         <f t="shared" si="8"/>
         <v>6954</v>
       </c>
     </row>
-    <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="98"/>
       <c r="D35" s="98"/>
       <c r="E35" s="98"/>
       <c r="F35" s="98"/>
       <c r="G35" s="98"/>
       <c r="H35" s="98"/>
       <c r="I35" s="98"/>
       <c r="J35" s="98"/>
       <c r="K35" s="98"/>
       <c r="L35" s="98"/>
       <c r="M35" s="98"/>
       <c r="N35" s="98"/>
       <c r="O35" s="98"/>
       <c r="P35" s="98"/>
       <c r="Q35" s="98"/>
       <c r="R35" s="98"/>
       <c r="S35" s="98"/>
       <c r="T35" s="98"/>
       <c r="U35" s="98"/>
       <c r="V35" s="98"/>
       <c r="W35" s="98"/>
       <c r="X35" s="98"/>
       <c r="Y35" s="98"/>
       <c r="Z35" s="98"/>
       <c r="AA35" s="98"/>
       <c r="AB35" s="98"/>
       <c r="AC35" s="98"/>
       <c r="AD35" s="98"/>
       <c r="AE35" s="98"/>
       <c r="AF35" s="98"/>
       <c r="AG35" s="98"/>
       <c r="AH35" s="98"/>
     </row>
-    <row r="36" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="100"/>
       <c r="B36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="99"/>
       <c r="D36" s="99"/>
       <c r="E36" s="99"/>
       <c r="F36" s="99"/>
       <c r="G36" s="99"/>
       <c r="H36" s="99"/>
       <c r="I36" s="99"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="99"/>
       <c r="Q36" s="99"/>
       <c r="R36" s="99"/>
       <c r="S36" s="99"/>
       <c r="T36" s="99"/>
       <c r="U36" s="99"/>
       <c r="V36" s="99"/>
       <c r="W36" s="99"/>
       <c r="X36" s="99"/>
       <c r="Y36" s="99"/>
       <c r="Z36" s="99"/>
       <c r="AA36" s="99"/>
       <c r="AB36" s="99"/>
       <c r="AC36" s="99"/>
       <c r="AD36" s="99"/>
       <c r="AE36" s="99"/>
       <c r="AF36" s="99"/>
       <c r="AG36" s="99"/>
       <c r="AH36" s="99"/>
     </row>
-    <row r="37" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="100"/>
       <c r="B37" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="91"/>
       <c r="D37" s="88"/>
       <c r="E37" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="91"/>
       <c r="G37" s="92"/>
       <c r="H37" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="91"/>
       <c r="J37" s="92"/>
       <c r="K37" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="91"/>
       <c r="M37" s="92"/>
       <c r="N37" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O37" s="91"/>
@@ -5932,51 +5968,51 @@
         <v>22</v>
       </c>
       <c r="U37" s="91"/>
       <c r="V37" s="92"/>
       <c r="W37" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X37" s="91"/>
       <c r="Y37" s="92"/>
       <c r="Z37" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA37" s="91"/>
       <c r="AB37" s="92"/>
       <c r="AC37" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD37" s="91"/>
       <c r="AE37" s="92"/>
       <c r="AF37" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG37" s="91"/>
       <c r="AH37" s="92"/>
     </row>
-    <row r="38" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A38" s="100"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
@@ -6034,51 +6070,51 @@
       <c r="AA38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="10">
         <v>16</v>
       </c>
       <c r="C39" s="1">
         <v>26</v>
       </c>
       <c r="D39" s="16">
         <v>42</v>
       </c>
       <c r="E39" s="10">
         <v>153</v>
       </c>
       <c r="F39" s="1">
         <v>146</v>
       </c>
       <c r="G39" s="15">
         <v>299</v>
       </c>
       <c r="H39" s="10">
         <v>173</v>
       </c>
       <c r="I39" s="1">
@@ -6141,51 +6177,51 @@
       <c r="AB39" s="15">
         <v>227</v>
       </c>
       <c r="AC39" s="10">
         <v>161</v>
       </c>
       <c r="AD39" s="1">
         <v>118</v>
       </c>
       <c r="AE39" s="15">
         <v>279</v>
       </c>
       <c r="AF39" s="10">
         <f>B39+E39+H39+K39+N39+Q39+T39+W39+Z39+AC39</f>
         <v>1531</v>
       </c>
       <c r="AG39" s="1">
         <f t="shared" ref="AG39:AG44" si="10">SUM(C39,F39,I39,L39,O39,R39,U39,X39,AA39,AD39)</f>
         <v>1434</v>
       </c>
       <c r="AH39" s="15">
         <f t="shared" ref="AH39:AH44" si="11">SUM(D39,G39,J39,M39,P39,S39,V39,Y39,AB39,AE39)</f>
         <v>2965</v>
       </c>
     </row>
-    <row r="40" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>11</v>
       </c>
       <c r="C40" s="1">
         <v>12</v>
       </c>
       <c r="D40" s="16">
         <v>23</v>
       </c>
       <c r="E40" s="10">
         <v>35</v>
       </c>
       <c r="F40" s="1">
         <v>41</v>
       </c>
       <c r="G40" s="15">
         <v>76</v>
       </c>
       <c r="H40" s="10">
         <v>43</v>
       </c>
       <c r="I40" s="1">
@@ -6248,51 +6284,51 @@
       <c r="AB40" s="15">
         <v>104</v>
       </c>
       <c r="AC40" s="10">
         <v>49</v>
       </c>
       <c r="AD40" s="1">
         <v>53</v>
       </c>
       <c r="AE40" s="15">
         <v>102</v>
       </c>
       <c r="AF40" s="10">
         <f t="shared" ref="AF40:AF44" si="12">B40+E40+H40+K40+N40+Q40+T40+W40+Z40+AC40</f>
         <v>475</v>
       </c>
       <c r="AG40" s="1">
         <f t="shared" si="10"/>
         <v>416</v>
       </c>
       <c r="AH40" s="15">
         <f t="shared" si="11"/>
         <v>891</v>
       </c>
     </row>
-    <row r="41" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>12</v>
       </c>
       <c r="C41" s="1">
         <v>12</v>
       </c>
       <c r="D41" s="16">
         <v>24</v>
       </c>
       <c r="E41" s="10">
         <v>51</v>
       </c>
       <c r="F41" s="1">
         <v>28</v>
       </c>
       <c r="G41" s="15">
         <v>79</v>
       </c>
       <c r="H41" s="10">
         <v>38</v>
       </c>
       <c r="I41" s="1">
@@ -6355,51 +6391,51 @@
       <c r="AB41" s="15">
         <v>133</v>
       </c>
       <c r="AC41" s="10">
         <v>48</v>
       </c>
       <c r="AD41" s="1">
         <v>63</v>
       </c>
       <c r="AE41" s="15">
         <v>111</v>
       </c>
       <c r="AF41" s="10">
         <f t="shared" si="12"/>
         <v>411</v>
       </c>
       <c r="AG41" s="1">
         <f t="shared" si="10"/>
         <v>511</v>
       </c>
       <c r="AH41" s="15">
         <f t="shared" si="11"/>
         <v>922</v>
       </c>
     </row>
-    <row r="42" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="10">
         <v>6</v>
       </c>
       <c r="C42" s="1">
         <v>13</v>
       </c>
       <c r="D42" s="16">
         <v>19</v>
       </c>
       <c r="E42" s="10">
         <v>33</v>
       </c>
       <c r="F42" s="1">
         <v>36</v>
       </c>
       <c r="G42" s="15">
         <v>69</v>
       </c>
       <c r="H42" s="10">
         <v>42</v>
       </c>
       <c r="I42" s="1">
@@ -6462,51 +6498,51 @@
       <c r="AB42" s="15">
         <v>70</v>
       </c>
       <c r="AC42" s="10">
         <v>46</v>
       </c>
       <c r="AD42" s="1">
         <v>45</v>
       </c>
       <c r="AE42" s="15">
         <v>91</v>
       </c>
       <c r="AF42" s="10">
         <f t="shared" si="12"/>
         <v>383</v>
       </c>
       <c r="AG42" s="1">
         <f t="shared" si="10"/>
         <v>419</v>
       </c>
       <c r="AH42" s="15">
         <f t="shared" si="11"/>
         <v>802</v>
       </c>
     </row>
-    <row r="43" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="10">
         <v>3</v>
       </c>
       <c r="C43" s="1">
         <v>9</v>
       </c>
       <c r="D43" s="16">
         <v>12</v>
       </c>
       <c r="E43" s="10">
         <v>40</v>
       </c>
       <c r="F43" s="1">
         <v>37</v>
       </c>
       <c r="G43" s="15">
         <v>77</v>
       </c>
       <c r="H43" s="10">
         <v>39</v>
       </c>
       <c r="I43" s="1">
@@ -6569,51 +6605,51 @@
       <c r="AB43" s="15">
         <v>99</v>
       </c>
       <c r="AC43" s="10">
         <v>42</v>
       </c>
       <c r="AD43" s="1">
         <v>42</v>
       </c>
       <c r="AE43" s="15">
         <v>84</v>
       </c>
       <c r="AF43" s="32">
         <f t="shared" si="12"/>
         <v>387</v>
       </c>
       <c r="AG43" s="33">
         <f t="shared" si="10"/>
         <v>410</v>
       </c>
       <c r="AH43" s="34">
         <f t="shared" si="11"/>
         <v>797</v>
       </c>
     </row>
-    <row r="44" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13">
         <v>48</v>
       </c>
       <c r="C44" s="14">
         <v>72</v>
       </c>
       <c r="D44" s="17">
         <v>120</v>
       </c>
       <c r="E44" s="13">
         <v>312</v>
       </c>
       <c r="F44" s="14">
         <v>288</v>
       </c>
       <c r="G44" s="18">
         <v>600</v>
       </c>
       <c r="H44" s="13">
         <v>335</v>
       </c>
       <c r="I44" s="14">
@@ -6676,129 +6712,129 @@
       <c r="AB44" s="18">
         <v>633</v>
       </c>
       <c r="AC44" s="13">
         <v>346</v>
       </c>
       <c r="AD44" s="14">
         <v>321</v>
       </c>
       <c r="AE44" s="18">
         <v>667</v>
       </c>
       <c r="AF44" s="13">
         <f t="shared" si="12"/>
         <v>3187</v>
       </c>
       <c r="AG44" s="14">
         <f t="shared" si="10"/>
         <v>3190</v>
       </c>
       <c r="AH44" s="18">
         <f t="shared" si="11"/>
         <v>6377</v>
       </c>
     </row>
-    <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="98"/>
       <c r="D46" s="98"/>
       <c r="E46" s="98"/>
       <c r="F46" s="98"/>
       <c r="G46" s="98"/>
       <c r="H46" s="98"/>
       <c r="I46" s="98"/>
       <c r="J46" s="98"/>
       <c r="K46" s="98"/>
       <c r="L46" s="98"/>
       <c r="M46" s="98"/>
       <c r="N46" s="98"/>
       <c r="O46" s="98"/>
       <c r="P46" s="98"/>
       <c r="Q46" s="98"/>
       <c r="R46" s="98"/>
       <c r="S46" s="98"/>
       <c r="T46" s="98"/>
       <c r="U46" s="98"/>
       <c r="V46" s="98"/>
       <c r="W46" s="98"/>
       <c r="X46" s="98"/>
       <c r="Y46" s="98"/>
       <c r="Z46" s="98"/>
       <c r="AA46" s="98"/>
       <c r="AB46" s="98"/>
       <c r="AC46" s="98"/>
       <c r="AD46" s="98"/>
       <c r="AE46" s="98"/>
       <c r="AF46" s="98"/>
       <c r="AG46" s="98"/>
       <c r="AH46" s="98"/>
     </row>
-    <row r="47" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="100"/>
       <c r="B47" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="99"/>
       <c r="D47" s="99"/>
       <c r="E47" s="99"/>
       <c r="F47" s="99"/>
       <c r="G47" s="99"/>
       <c r="H47" s="99"/>
       <c r="I47" s="99"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="99"/>
       <c r="Q47" s="99"/>
       <c r="R47" s="99"/>
       <c r="S47" s="99"/>
       <c r="T47" s="99"/>
       <c r="U47" s="99"/>
       <c r="V47" s="99"/>
       <c r="W47" s="99"/>
       <c r="X47" s="99"/>
       <c r="Y47" s="99"/>
       <c r="Z47" s="99"/>
       <c r="AA47" s="99"/>
       <c r="AB47" s="99"/>
       <c r="AC47" s="99"/>
       <c r="AD47" s="99"/>
       <c r="AE47" s="99"/>
       <c r="AF47" s="99"/>
       <c r="AG47" s="99"/>
       <c r="AH47" s="99"/>
     </row>
-    <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="100"/>
       <c r="B48" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C48" s="91"/>
       <c r="D48" s="88"/>
       <c r="E48" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F48" s="91"/>
       <c r="G48" s="92"/>
       <c r="H48" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="92"/>
       <c r="K48" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="91"/>
       <c r="M48" s="92"/>
       <c r="N48" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O48" s="91"/>
@@ -6812,51 +6848,51 @@
         <v>22</v>
       </c>
       <c r="U48" s="91"/>
       <c r="V48" s="92"/>
       <c r="W48" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X48" s="91"/>
       <c r="Y48" s="92"/>
       <c r="Z48" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA48" s="91"/>
       <c r="AB48" s="92"/>
       <c r="AC48" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD48" s="91"/>
       <c r="AE48" s="92"/>
       <c r="AF48" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG48" s="91"/>
       <c r="AH48" s="92"/>
     </row>
-    <row r="49" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A49" s="100"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
@@ -6914,51 +6950,51 @@
       <c r="AA49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>29</v>
       </c>
       <c r="C50" s="1">
         <v>31</v>
       </c>
       <c r="D50" s="16">
         <v>60</v>
       </c>
       <c r="E50" s="10">
         <v>182</v>
       </c>
       <c r="F50" s="1">
         <v>135</v>
       </c>
       <c r="G50" s="15">
         <v>317</v>
       </c>
       <c r="H50" s="10">
         <v>192</v>
       </c>
       <c r="I50" s="1">
@@ -7021,51 +7057,51 @@
       <c r="AB50" s="15">
         <v>225</v>
       </c>
       <c r="AC50" s="10">
         <v>170</v>
       </c>
       <c r="AD50" s="1">
         <v>100</v>
       </c>
       <c r="AE50" s="15">
         <v>270</v>
       </c>
       <c r="AF50" s="10">
         <f>B50+E50+H50+K50+N50+Q50+T50+W50+Z50+AC50</f>
         <v>1687</v>
       </c>
       <c r="AG50" s="1">
         <f t="shared" ref="AG50:AG55" si="13">SUM(C50,F50,I50,L50,O50,R50,U50,X50,AA50,AD50)</f>
         <v>1303</v>
       </c>
       <c r="AH50" s="15">
         <f t="shared" ref="AH50:AH55" si="14">SUM(D50,G50,J50,M50,P50,S50,V50,Y50,AB50,AE50)</f>
         <v>2990</v>
       </c>
     </row>
-    <row r="51" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>6</v>
       </c>
       <c r="C51" s="1">
         <v>6</v>
       </c>
       <c r="D51" s="16">
         <v>12</v>
       </c>
       <c r="E51" s="10">
         <v>46</v>
       </c>
       <c r="F51" s="1">
         <v>42</v>
       </c>
       <c r="G51" s="15">
         <v>88</v>
       </c>
       <c r="H51" s="10">
         <v>52</v>
       </c>
       <c r="I51" s="1">
@@ -7128,51 +7164,51 @@
       <c r="AB51" s="15">
         <v>109</v>
       </c>
       <c r="AC51" s="10">
         <v>50</v>
       </c>
       <c r="AD51" s="1">
         <v>61</v>
       </c>
       <c r="AE51" s="15">
         <v>111</v>
       </c>
       <c r="AF51" s="10">
         <f t="shared" ref="AF51:AF55" si="15">B51+E51+H51+K51+N51+Q51+T51+W51+Z51+AC51</f>
         <v>467</v>
       </c>
       <c r="AG51" s="1">
         <f t="shared" si="13"/>
         <v>461</v>
       </c>
       <c r="AH51" s="15">
         <f t="shared" si="14"/>
         <v>928</v>
       </c>
     </row>
-    <row r="52" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>9</v>
       </c>
       <c r="C52" s="1">
         <v>12</v>
       </c>
       <c r="D52" s="16">
         <v>21</v>
       </c>
       <c r="E52" s="10">
         <v>46</v>
       </c>
       <c r="F52" s="1">
         <v>33</v>
       </c>
       <c r="G52" s="15">
         <v>79</v>
       </c>
       <c r="H52" s="10">
         <v>35</v>
       </c>
       <c r="I52" s="1">
@@ -7235,51 +7271,51 @@
       <c r="AB52" s="15">
         <v>115</v>
       </c>
       <c r="AC52" s="10">
         <v>46</v>
       </c>
       <c r="AD52" s="1">
         <v>76</v>
       </c>
       <c r="AE52" s="15">
         <v>122</v>
       </c>
       <c r="AF52" s="10">
         <f t="shared" si="15"/>
         <v>387</v>
       </c>
       <c r="AG52" s="1">
         <f t="shared" si="13"/>
         <v>510</v>
       </c>
       <c r="AH52" s="15">
         <f t="shared" si="14"/>
         <v>897</v>
       </c>
     </row>
-    <row r="53" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>12</v>
       </c>
       <c r="C53" s="1">
         <v>4</v>
       </c>
       <c r="D53" s="16">
         <v>16</v>
       </c>
       <c r="E53" s="10">
         <v>43</v>
       </c>
       <c r="F53" s="1">
         <v>32</v>
       </c>
       <c r="G53" s="15">
         <v>75</v>
       </c>
       <c r="H53" s="10">
         <v>37</v>
       </c>
       <c r="I53" s="1">
@@ -7342,51 +7378,51 @@
       <c r="AB53" s="15">
         <v>84</v>
       </c>
       <c r="AC53" s="10">
         <v>37</v>
       </c>
       <c r="AD53" s="1">
         <v>47</v>
       </c>
       <c r="AE53" s="15">
         <v>84</v>
       </c>
       <c r="AF53" s="10">
         <f t="shared" si="15"/>
         <v>425</v>
       </c>
       <c r="AG53" s="1">
         <f t="shared" si="13"/>
         <v>394</v>
       </c>
       <c r="AH53" s="15">
         <f t="shared" si="14"/>
         <v>819</v>
       </c>
     </row>
-    <row r="54" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="10">
         <v>10</v>
       </c>
       <c r="C54" s="1">
         <v>7</v>
       </c>
       <c r="D54" s="16">
         <v>17</v>
       </c>
       <c r="E54" s="10">
         <v>34</v>
       </c>
       <c r="F54" s="1">
         <v>36</v>
       </c>
       <c r="G54" s="15">
         <v>70</v>
       </c>
       <c r="H54" s="10">
         <v>34</v>
       </c>
       <c r="I54" s="1">
@@ -7449,51 +7485,51 @@
       <c r="AB54" s="15">
         <v>66</v>
       </c>
       <c r="AC54" s="10">
         <v>30</v>
       </c>
       <c r="AD54" s="1">
         <v>34</v>
       </c>
       <c r="AE54" s="15">
         <v>64</v>
       </c>
       <c r="AF54" s="32">
         <f t="shared" si="15"/>
         <v>342</v>
       </c>
       <c r="AG54" s="33">
         <f t="shared" si="13"/>
         <v>389</v>
       </c>
       <c r="AH54" s="34">
         <f t="shared" si="14"/>
         <v>731</v>
       </c>
     </row>
-    <row r="55" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>66</v>
       </c>
       <c r="C55" s="14">
         <v>60</v>
       </c>
       <c r="D55" s="17">
         <v>126</v>
       </c>
       <c r="E55" s="13">
         <v>351</v>
       </c>
       <c r="F55" s="14">
         <v>278</v>
       </c>
       <c r="G55" s="18">
         <v>629</v>
       </c>
       <c r="H55" s="13">
         <v>350</v>
       </c>
       <c r="I55" s="14">
@@ -7556,129 +7592,129 @@
       <c r="AB55" s="18">
         <v>599</v>
       </c>
       <c r="AC55" s="13">
         <v>333</v>
       </c>
       <c r="AD55" s="14">
         <v>318</v>
       </c>
       <c r="AE55" s="18">
         <v>651</v>
       </c>
       <c r="AF55" s="13">
         <f t="shared" si="15"/>
         <v>3308</v>
       </c>
       <c r="AG55" s="14">
         <f t="shared" si="13"/>
         <v>3057</v>
       </c>
       <c r="AH55" s="18">
         <f t="shared" si="14"/>
         <v>6365</v>
       </c>
     </row>
-    <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="98"/>
       <c r="D57" s="98"/>
       <c r="E57" s="98"/>
       <c r="F57" s="98"/>
       <c r="G57" s="98"/>
       <c r="H57" s="98"/>
       <c r="I57" s="98"/>
       <c r="J57" s="98"/>
       <c r="K57" s="98"/>
       <c r="L57" s="98"/>
       <c r="M57" s="98"/>
       <c r="N57" s="98"/>
       <c r="O57" s="98"/>
       <c r="P57" s="98"/>
       <c r="Q57" s="98"/>
       <c r="R57" s="98"/>
       <c r="S57" s="98"/>
       <c r="T57" s="98"/>
       <c r="U57" s="98"/>
       <c r="V57" s="98"/>
       <c r="W57" s="98"/>
       <c r="X57" s="98"/>
       <c r="Y57" s="98"/>
       <c r="Z57" s="98"/>
       <c r="AA57" s="98"/>
       <c r="AB57" s="98"/>
       <c r="AC57" s="98"/>
       <c r="AD57" s="98"/>
       <c r="AE57" s="98"/>
       <c r="AF57" s="98"/>
       <c r="AG57" s="98"/>
       <c r="AH57" s="98"/>
     </row>
-    <row r="58" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="100"/>
       <c r="B58" s="99" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="99"/>
       <c r="D58" s="99"/>
       <c r="E58" s="99"/>
       <c r="F58" s="99"/>
       <c r="G58" s="99"/>
       <c r="H58" s="99"/>
       <c r="I58" s="99"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="99"/>
       <c r="Q58" s="99"/>
       <c r="R58" s="99"/>
       <c r="S58" s="99"/>
       <c r="T58" s="99"/>
       <c r="U58" s="99"/>
       <c r="V58" s="99"/>
       <c r="W58" s="99"/>
       <c r="X58" s="99"/>
       <c r="Y58" s="99"/>
       <c r="Z58" s="99"/>
       <c r="AA58" s="99"/>
       <c r="AB58" s="99"/>
       <c r="AC58" s="99"/>
       <c r="AD58" s="99"/>
       <c r="AE58" s="99"/>
       <c r="AF58" s="99"/>
       <c r="AG58" s="99"/>
       <c r="AH58" s="99"/>
     </row>
-    <row r="59" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="100"/>
       <c r="B59" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C59" s="91"/>
       <c r="D59" s="88"/>
       <c r="E59" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="91"/>
       <c r="G59" s="92"/>
       <c r="H59" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="91"/>
       <c r="J59" s="92"/>
       <c r="K59" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="91"/>
       <c r="M59" s="92"/>
       <c r="N59" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O59" s="91"/>
@@ -7692,51 +7728,51 @@
         <v>22</v>
       </c>
       <c r="U59" s="91"/>
       <c r="V59" s="92"/>
       <c r="W59" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X59" s="91"/>
       <c r="Y59" s="92"/>
       <c r="Z59" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA59" s="91"/>
       <c r="AB59" s="92"/>
       <c r="AC59" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD59" s="91"/>
       <c r="AE59" s="92"/>
       <c r="AF59" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG59" s="91"/>
       <c r="AH59" s="92"/>
     </row>
-    <row r="60" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A60" s="100"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
@@ -7794,51 +7830,51 @@
       <c r="AA60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>27</v>
       </c>
       <c r="C61" s="1">
         <v>27</v>
       </c>
       <c r="D61" s="16">
         <v>54</v>
       </c>
       <c r="E61" s="10">
         <v>205</v>
       </c>
       <c r="F61" s="1">
         <v>159</v>
       </c>
       <c r="G61" s="15">
         <v>364</v>
       </c>
       <c r="H61" s="10">
         <v>228</v>
       </c>
       <c r="I61" s="1">
@@ -7901,51 +7937,51 @@
       <c r="AB61" s="15">
         <v>299</v>
       </c>
       <c r="AC61" s="10">
         <v>201</v>
       </c>
       <c r="AD61" s="1">
         <v>91</v>
       </c>
       <c r="AE61" s="15">
         <v>292</v>
       </c>
       <c r="AF61" s="10">
         <f>B61+E61+H61+K61+N61+Q61+T61+W61+Z61+AC61</f>
         <v>2127</v>
       </c>
       <c r="AG61" s="1">
         <f t="shared" ref="AG61:AG66" si="16">SUM(C61,F61,I61,L61,O61,R61,U61,X61,AA61,AD61)</f>
         <v>1339</v>
       </c>
       <c r="AH61" s="15">
         <f t="shared" ref="AH61:AH66" si="17">SUM(D61,G61,J61,M61,P61,S61,V61,Y61,AB61,AE61)</f>
         <v>3466</v>
       </c>
     </row>
-    <row r="62" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>16</v>
       </c>
       <c r="C62" s="1">
         <v>11</v>
       </c>
       <c r="D62" s="16">
         <v>27</v>
       </c>
       <c r="E62" s="10">
         <v>54</v>
       </c>
       <c r="F62" s="1">
         <v>43</v>
       </c>
       <c r="G62" s="15">
         <v>97</v>
       </c>
       <c r="H62" s="10">
         <v>76</v>
       </c>
       <c r="I62" s="1">
@@ -8008,51 +8044,51 @@
       <c r="AB62" s="15">
         <v>105</v>
       </c>
       <c r="AC62" s="10">
         <v>78</v>
       </c>
       <c r="AD62" s="1">
         <v>63</v>
       </c>
       <c r="AE62" s="15">
         <v>141</v>
       </c>
       <c r="AF62" s="10">
         <f t="shared" ref="AF62:AF66" si="18">B62+E62+H62+K62+N62+Q62+T62+W62+Z62+AC62</f>
         <v>674</v>
       </c>
       <c r="AG62" s="1">
         <f t="shared" si="16"/>
         <v>481</v>
       </c>
       <c r="AH62" s="15">
         <f t="shared" si="17"/>
         <v>1155</v>
       </c>
     </row>
-    <row r="63" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>12</v>
       </c>
       <c r="C63" s="1">
         <v>16</v>
       </c>
       <c r="D63" s="16">
         <v>28</v>
       </c>
       <c r="E63" s="10">
         <v>54</v>
       </c>
       <c r="F63" s="1">
         <v>48</v>
       </c>
       <c r="G63" s="15">
         <v>102</v>
       </c>
       <c r="H63" s="10">
         <v>46</v>
       </c>
       <c r="I63" s="1">
@@ -8115,51 +8151,51 @@
       <c r="AB63" s="15">
         <v>114</v>
       </c>
       <c r="AC63" s="10">
         <v>70</v>
       </c>
       <c r="AD63" s="1">
         <v>56</v>
       </c>
       <c r="AE63" s="15">
         <v>126</v>
       </c>
       <c r="AF63" s="10">
         <f t="shared" si="18"/>
         <v>501</v>
       </c>
       <c r="AG63" s="1">
         <f t="shared" si="16"/>
         <v>427</v>
       </c>
       <c r="AH63" s="15">
         <f t="shared" si="17"/>
         <v>928</v>
       </c>
     </row>
-    <row r="64" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>5</v>
       </c>
       <c r="C64" s="1">
         <v>5</v>
       </c>
       <c r="D64" s="16">
         <v>10</v>
       </c>
       <c r="E64" s="10">
         <v>47</v>
       </c>
       <c r="F64" s="1">
         <v>45</v>
       </c>
       <c r="G64" s="15">
         <v>92</v>
       </c>
       <c r="H64" s="10">
         <v>54</v>
       </c>
       <c r="I64" s="1">
@@ -8222,51 +8258,51 @@
       <c r="AB64" s="15">
         <v>116</v>
       </c>
       <c r="AC64" s="10">
         <v>67</v>
       </c>
       <c r="AD64" s="1">
         <v>51</v>
       </c>
       <c r="AE64" s="15">
         <v>118</v>
       </c>
       <c r="AF64" s="10">
         <f t="shared" si="18"/>
         <v>601</v>
       </c>
       <c r="AG64" s="1">
         <f t="shared" si="16"/>
         <v>428</v>
       </c>
       <c r="AH64" s="15">
         <f t="shared" si="17"/>
         <v>1029</v>
       </c>
     </row>
-    <row r="65" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="10">
         <v>9</v>
       </c>
       <c r="C65" s="1">
         <v>5</v>
       </c>
       <c r="D65" s="16">
         <v>14</v>
       </c>
       <c r="E65" s="10">
         <v>51</v>
       </c>
       <c r="F65" s="1">
         <v>39</v>
       </c>
       <c r="G65" s="15">
         <v>90</v>
       </c>
       <c r="H65" s="10">
         <v>56</v>
       </c>
       <c r="I65" s="1">
@@ -8329,51 +8365,51 @@
       <c r="AB65" s="15">
         <v>101</v>
       </c>
       <c r="AC65" s="10">
         <v>63</v>
       </c>
       <c r="AD65" s="1">
         <v>45</v>
       </c>
       <c r="AE65" s="15">
         <v>108</v>
       </c>
       <c r="AF65" s="32">
         <f t="shared" si="18"/>
         <v>572</v>
       </c>
       <c r="AG65" s="33">
         <f t="shared" si="16"/>
         <v>415</v>
       </c>
       <c r="AH65" s="34">
         <f t="shared" si="17"/>
         <v>987</v>
       </c>
     </row>
-    <row r="66" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>69</v>
       </c>
       <c r="C66" s="14">
         <v>64</v>
       </c>
       <c r="D66" s="17">
         <v>133</v>
       </c>
       <c r="E66" s="13">
         <v>411</v>
       </c>
       <c r="F66" s="14">
         <v>334</v>
       </c>
       <c r="G66" s="18">
         <v>745</v>
       </c>
       <c r="H66" s="13">
         <v>460</v>
       </c>
       <c r="I66" s="14">
@@ -8436,165 +8472,165 @@
       <c r="AB66" s="18">
         <v>735</v>
       </c>
       <c r="AC66" s="13">
         <v>479</v>
       </c>
       <c r="AD66" s="14">
         <v>306</v>
       </c>
       <c r="AE66" s="18">
         <v>785</v>
       </c>
       <c r="AF66" s="13">
         <f t="shared" si="18"/>
         <v>4475</v>
       </c>
       <c r="AG66" s="14">
         <f t="shared" si="16"/>
         <v>3090</v>
       </c>
       <c r="AH66" s="18">
         <f t="shared" si="17"/>
         <v>7565</v>
       </c>
     </row>
-    <row r="67" spans="1:34" s="37" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:34" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A67" s="38"/>
       <c r="B67" s="28"/>
       <c r="C67" s="28"/>
       <c r="D67" s="28"/>
       <c r="E67" s="28"/>
       <c r="F67" s="28"/>
       <c r="G67" s="28"/>
       <c r="H67" s="28"/>
       <c r="I67" s="28"/>
       <c r="J67" s="28"/>
       <c r="K67" s="28"/>
       <c r="L67" s="28"/>
       <c r="M67" s="28"/>
       <c r="N67" s="28"/>
       <c r="O67" s="28"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="28"/>
       <c r="R67" s="28"/>
       <c r="S67" s="28"/>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28"/>
       <c r="X67" s="28"/>
       <c r="Y67" s="28"/>
       <c r="Z67" s="28"/>
       <c r="AA67" s="28"/>
       <c r="AB67" s="28"/>
       <c r="AC67" s="28"/>
       <c r="AD67" s="28"/>
       <c r="AE67" s="28"/>
       <c r="AF67" s="28"/>
       <c r="AG67" s="28"/>
       <c r="AH67" s="28"/>
     </row>
-    <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="98"/>
       <c r="D68" s="98"/>
       <c r="E68" s="98"/>
       <c r="F68" s="98"/>
       <c r="G68" s="98"/>
       <c r="H68" s="98"/>
       <c r="I68" s="98"/>
       <c r="J68" s="98"/>
       <c r="K68" s="98"/>
       <c r="L68" s="98"/>
       <c r="M68" s="98"/>
       <c r="N68" s="98"/>
       <c r="O68" s="98"/>
       <c r="P68" s="98"/>
       <c r="Q68" s="98"/>
       <c r="R68" s="98"/>
       <c r="S68" s="98"/>
       <c r="T68" s="98"/>
       <c r="U68" s="98"/>
       <c r="V68" s="98"/>
       <c r="W68" s="98"/>
       <c r="X68" s="98"/>
       <c r="Y68" s="98"/>
       <c r="Z68" s="98"/>
       <c r="AA68" s="98"/>
       <c r="AB68" s="98"/>
       <c r="AC68" s="98"/>
       <c r="AD68" s="98"/>
       <c r="AE68" s="98"/>
       <c r="AF68" s="98"/>
       <c r="AG68" s="98"/>
       <c r="AH68" s="98"/>
     </row>
-    <row r="69" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="100"/>
       <c r="B69" s="99" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="99"/>
       <c r="D69" s="99"/>
       <c r="E69" s="99"/>
       <c r="F69" s="99"/>
       <c r="G69" s="99"/>
       <c r="H69" s="99"/>
       <c r="I69" s="99"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="99"/>
       <c r="Q69" s="99"/>
       <c r="R69" s="99"/>
       <c r="S69" s="99"/>
       <c r="T69" s="99"/>
       <c r="U69" s="99"/>
       <c r="V69" s="99"/>
       <c r="W69" s="99"/>
       <c r="X69" s="99"/>
       <c r="Y69" s="99"/>
       <c r="Z69" s="99"/>
       <c r="AA69" s="99"/>
       <c r="AB69" s="99"/>
       <c r="AC69" s="99"/>
       <c r="AD69" s="99"/>
       <c r="AE69" s="99"/>
       <c r="AF69" s="99"/>
       <c r="AG69" s="99"/>
       <c r="AH69" s="99"/>
     </row>
-    <row r="70" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="100"/>
       <c r="B70" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C70" s="91"/>
       <c r="D70" s="88"/>
       <c r="E70" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F70" s="91"/>
       <c r="G70" s="92"/>
       <c r="H70" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="91"/>
       <c r="J70" s="92"/>
       <c r="K70" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="91"/>
       <c r="M70" s="92"/>
       <c r="N70" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O70" s="91"/>
@@ -8608,51 +8644,51 @@
         <v>22</v>
       </c>
       <c r="U70" s="91"/>
       <c r="V70" s="92"/>
       <c r="W70" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X70" s="91"/>
       <c r="Y70" s="92"/>
       <c r="Z70" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA70" s="91"/>
       <c r="AB70" s="92"/>
       <c r="AC70" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD70" s="91"/>
       <c r="AE70" s="92"/>
       <c r="AF70" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG70" s="91"/>
       <c r="AH70" s="92"/>
     </row>
-    <row r="71" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A71" s="100"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
@@ -8710,51 +8746,51 @@
       <c r="AA71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>50</v>
       </c>
       <c r="C72" s="1">
         <v>67</v>
       </c>
       <c r="D72" s="16">
         <v>117</v>
       </c>
       <c r="E72" s="10">
         <v>270</v>
       </c>
       <c r="F72" s="1">
         <v>209</v>
       </c>
       <c r="G72" s="15">
         <v>479</v>
       </c>
       <c r="H72" s="10">
         <v>241</v>
       </c>
       <c r="I72" s="1">
@@ -8817,51 +8853,51 @@
       <c r="AB72" s="15">
         <v>262</v>
       </c>
       <c r="AC72" s="10">
         <v>183</v>
       </c>
       <c r="AD72" s="1">
         <v>127</v>
       </c>
       <c r="AE72" s="15">
         <v>310</v>
       </c>
       <c r="AF72" s="10">
         <f>B72+E72+H72+K72+N72+Q72+T72+W72+Z72+AC72</f>
         <v>2010</v>
       </c>
       <c r="AG72" s="1">
         <f t="shared" ref="AG72:AG77" si="19">SUM(C72,F72,I72,L72,O72,R72,U72,X72,AA72,AD72)</f>
         <v>1624</v>
       </c>
       <c r="AH72" s="15">
         <f t="shared" ref="AH72:AH77" si="20">SUM(D72,G72,J72,M72,P72,S72,V72,Y72,AB72,AE72)</f>
         <v>3634</v>
       </c>
     </row>
-    <row r="73" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>17</v>
       </c>
       <c r="C73" s="1">
         <v>22</v>
       </c>
       <c r="D73" s="16">
         <v>39</v>
       </c>
       <c r="E73" s="10">
         <v>70</v>
       </c>
       <c r="F73" s="1">
         <v>59</v>
       </c>
       <c r="G73" s="15">
         <v>129</v>
       </c>
       <c r="H73" s="10">
         <v>50</v>
       </c>
       <c r="I73" s="1">
@@ -8924,51 +8960,51 @@
       <c r="AB73" s="15">
         <v>96</v>
       </c>
       <c r="AC73" s="10">
         <v>67</v>
       </c>
       <c r="AD73" s="1">
         <v>57</v>
       </c>
       <c r="AE73" s="15">
         <v>124</v>
       </c>
       <c r="AF73" s="10">
         <f t="shared" ref="AF73:AF77" si="21">B73+E73+H73+K73+N73+Q73+T73+W73+Z73+AC73</f>
         <v>577</v>
       </c>
       <c r="AG73" s="1">
         <f t="shared" si="19"/>
         <v>536</v>
       </c>
       <c r="AH73" s="15">
         <f t="shared" si="20"/>
         <v>1113</v>
       </c>
     </row>
-    <row r="74" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>24</v>
       </c>
       <c r="C74" s="1">
         <v>33</v>
       </c>
       <c r="D74" s="16">
         <v>57</v>
       </c>
       <c r="E74" s="10">
         <v>54</v>
       </c>
       <c r="F74" s="1">
         <v>58</v>
       </c>
       <c r="G74" s="15">
         <v>112</v>
       </c>
       <c r="H74" s="10">
         <v>44</v>
       </c>
       <c r="I74" s="1">
@@ -9031,51 +9067,51 @@
       <c r="AB74" s="15">
         <v>118</v>
       </c>
       <c r="AC74" s="10">
         <v>55</v>
       </c>
       <c r="AD74" s="1">
         <v>58</v>
       </c>
       <c r="AE74" s="15">
         <v>113</v>
       </c>
       <c r="AF74" s="10">
         <f t="shared" si="21"/>
         <v>481</v>
       </c>
       <c r="AG74" s="1">
         <f t="shared" si="19"/>
         <v>552</v>
       </c>
       <c r="AH74" s="15">
         <f t="shared" si="20"/>
         <v>1033</v>
       </c>
     </row>
-    <row r="75" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>9</v>
       </c>
       <c r="C75" s="1">
         <v>10</v>
       </c>
       <c r="D75" s="16">
         <v>19</v>
       </c>
       <c r="E75" s="10">
         <v>43</v>
       </c>
       <c r="F75" s="1">
         <v>41</v>
       </c>
       <c r="G75" s="15">
         <v>84</v>
       </c>
       <c r="H75" s="10">
         <v>45</v>
       </c>
       <c r="I75" s="1">
@@ -9138,51 +9174,51 @@
       <c r="AB75" s="15">
         <v>109</v>
       </c>
       <c r="AC75" s="10">
         <v>69</v>
       </c>
       <c r="AD75" s="1">
         <v>50</v>
       </c>
       <c r="AE75" s="15">
         <v>119</v>
       </c>
       <c r="AF75" s="10">
         <f t="shared" si="21"/>
         <v>557</v>
       </c>
       <c r="AG75" s="1">
         <f t="shared" si="19"/>
         <v>446</v>
       </c>
       <c r="AH75" s="15">
         <f t="shared" si="20"/>
         <v>1003</v>
       </c>
     </row>
-    <row r="76" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="10">
         <v>12</v>
       </c>
       <c r="C76" s="1">
         <v>5</v>
       </c>
       <c r="D76" s="16">
         <v>17</v>
       </c>
       <c r="E76" s="10">
         <v>46</v>
       </c>
       <c r="F76" s="1">
         <v>36</v>
       </c>
       <c r="G76" s="15">
         <v>82</v>
       </c>
       <c r="H76" s="10">
         <v>45</v>
       </c>
       <c r="I76" s="1">
@@ -9245,51 +9281,51 @@
       <c r="AB76" s="15">
         <v>92</v>
       </c>
       <c r="AC76" s="10">
         <v>50</v>
       </c>
       <c r="AD76" s="1">
         <v>45</v>
       </c>
       <c r="AE76" s="15">
         <v>95</v>
       </c>
       <c r="AF76" s="32">
         <f t="shared" si="21"/>
         <v>498</v>
       </c>
       <c r="AG76" s="33">
         <f t="shared" si="19"/>
         <v>428</v>
       </c>
       <c r="AH76" s="34">
         <f t="shared" si="20"/>
         <v>926</v>
       </c>
     </row>
-    <row r="77" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>112</v>
       </c>
       <c r="C77" s="14">
         <v>137</v>
       </c>
       <c r="D77" s="17">
         <v>249</v>
       </c>
       <c r="E77" s="13">
         <v>483</v>
       </c>
       <c r="F77" s="14">
         <v>403</v>
       </c>
       <c r="G77" s="18">
         <v>886</v>
       </c>
       <c r="H77" s="13">
         <v>425</v>
       </c>
       <c r="I77" s="14">
@@ -9352,129 +9388,129 @@
       <c r="AB77" s="18">
         <v>677</v>
       </c>
       <c r="AC77" s="13">
         <v>424</v>
       </c>
       <c r="AD77" s="14">
         <v>337</v>
       </c>
       <c r="AE77" s="18">
         <v>761</v>
       </c>
       <c r="AF77" s="13">
         <f t="shared" si="21"/>
         <v>4123</v>
       </c>
       <c r="AG77" s="14">
         <f t="shared" si="19"/>
         <v>3586</v>
       </c>
       <c r="AH77" s="18">
         <f t="shared" si="20"/>
         <v>7709</v>
       </c>
     </row>
-    <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="98"/>
       <c r="D79" s="98"/>
       <c r="E79" s="98"/>
       <c r="F79" s="98"/>
       <c r="G79" s="98"/>
       <c r="H79" s="98"/>
       <c r="I79" s="98"/>
       <c r="J79" s="98"/>
       <c r="K79" s="98"/>
       <c r="L79" s="98"/>
       <c r="M79" s="98"/>
       <c r="N79" s="98"/>
       <c r="O79" s="98"/>
       <c r="P79" s="98"/>
       <c r="Q79" s="98"/>
       <c r="R79" s="98"/>
       <c r="S79" s="98"/>
       <c r="T79" s="98"/>
       <c r="U79" s="98"/>
       <c r="V79" s="98"/>
       <c r="W79" s="98"/>
       <c r="X79" s="98"/>
       <c r="Y79" s="98"/>
       <c r="Z79" s="98"/>
       <c r="AA79" s="98"/>
       <c r="AB79" s="98"/>
       <c r="AC79" s="98"/>
       <c r="AD79" s="98"/>
       <c r="AE79" s="98"/>
       <c r="AF79" s="98"/>
       <c r="AG79" s="98"/>
       <c r="AH79" s="98"/>
     </row>
-    <row r="80" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="100"/>
       <c r="B80" s="99" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="99"/>
       <c r="D80" s="99"/>
       <c r="E80" s="99"/>
       <c r="F80" s="99"/>
       <c r="G80" s="99"/>
       <c r="H80" s="99"/>
       <c r="I80" s="99"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="99"/>
       <c r="Q80" s="99"/>
       <c r="R80" s="99"/>
       <c r="S80" s="99"/>
       <c r="T80" s="99"/>
       <c r="U80" s="99"/>
       <c r="V80" s="99"/>
       <c r="W80" s="99"/>
       <c r="X80" s="99"/>
       <c r="Y80" s="99"/>
       <c r="Z80" s="99"/>
       <c r="AA80" s="99"/>
       <c r="AB80" s="99"/>
       <c r="AC80" s="99"/>
       <c r="AD80" s="99"/>
       <c r="AE80" s="99"/>
       <c r="AF80" s="99"/>
       <c r="AG80" s="99"/>
       <c r="AH80" s="99"/>
     </row>
-    <row r="81" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="100"/>
       <c r="B81" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C81" s="91"/>
       <c r="D81" s="88"/>
       <c r="E81" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="91"/>
       <c r="G81" s="92"/>
       <c r="H81" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="91"/>
       <c r="J81" s="92"/>
       <c r="K81" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="91"/>
       <c r="M81" s="92"/>
       <c r="N81" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O81" s="91"/>
@@ -9488,51 +9524,51 @@
         <v>22</v>
       </c>
       <c r="U81" s="91"/>
       <c r="V81" s="92"/>
       <c r="W81" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X81" s="91"/>
       <c r="Y81" s="92"/>
       <c r="Z81" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA81" s="91"/>
       <c r="AB81" s="92"/>
       <c r="AC81" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD81" s="91"/>
       <c r="AE81" s="92"/>
       <c r="AF81" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG81" s="91"/>
       <c r="AH81" s="92"/>
     </row>
-    <row r="82" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A82" s="100"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
@@ -9590,51 +9626,51 @@
       <c r="AA82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>40</v>
       </c>
       <c r="C83" s="1">
         <v>45</v>
       </c>
       <c r="D83" s="16">
         <v>85</v>
       </c>
       <c r="E83" s="10">
         <v>217</v>
       </c>
       <c r="F83" s="1">
         <v>176</v>
       </c>
       <c r="G83" s="15">
         <v>393</v>
       </c>
       <c r="H83" s="10">
         <v>181</v>
       </c>
       <c r="I83" s="1">
@@ -9697,51 +9733,51 @@
       <c r="AB83" s="15">
         <v>207</v>
       </c>
       <c r="AC83" s="10">
         <v>125</v>
       </c>
       <c r="AD83" s="1">
         <v>109</v>
       </c>
       <c r="AE83" s="15">
         <v>234</v>
       </c>
       <c r="AF83" s="10">
         <f>B83+E83+H83+K83+N83+Q83+T83+W83+Z83+AC83</f>
         <v>1619</v>
       </c>
       <c r="AG83" s="1">
         <f t="shared" ref="AG83:AG88" si="22">SUM(C83,F83,I83,L83,O83,R83,U83,X83,AA83,AD83)</f>
         <v>1374</v>
       </c>
       <c r="AH83" s="15">
         <f t="shared" ref="AH83:AH88" si="23">SUM(D83,G83,J83,M83,P83,S83,V83,Y83,AB83,AE83)</f>
         <v>2993</v>
       </c>
     </row>
-    <row r="84" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>9</v>
       </c>
       <c r="C84" s="1">
         <v>19</v>
       </c>
       <c r="D84" s="16">
         <v>28</v>
       </c>
       <c r="E84" s="10">
         <v>46</v>
       </c>
       <c r="F84" s="1">
         <v>47</v>
       </c>
       <c r="G84" s="15">
         <v>93</v>
       </c>
       <c r="H84" s="10">
         <v>55</v>
       </c>
       <c r="I84" s="1">
@@ -9804,51 +9840,51 @@
       <c r="AB84" s="15">
         <v>73</v>
       </c>
       <c r="AC84" s="10">
         <v>50</v>
       </c>
       <c r="AD84" s="1">
         <v>43</v>
       </c>
       <c r="AE84" s="15">
         <v>93</v>
       </c>
       <c r="AF84" s="10">
         <f t="shared" ref="AF84:AF88" si="24">B84+E84+H84+K84+N84+Q84+T84+W84+Z84+AC84</f>
         <v>439</v>
       </c>
       <c r="AG84" s="1">
         <f t="shared" si="22"/>
         <v>411</v>
       </c>
       <c r="AH84" s="15">
         <f t="shared" si="23"/>
         <v>850</v>
       </c>
     </row>
-    <row r="85" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>18</v>
       </c>
       <c r="C85" s="1">
         <v>14</v>
       </c>
       <c r="D85" s="16">
         <v>32</v>
       </c>
       <c r="E85" s="10">
         <v>54</v>
       </c>
       <c r="F85" s="1">
         <v>52</v>
       </c>
       <c r="G85" s="15">
         <v>106</v>
       </c>
       <c r="H85" s="10">
         <v>54</v>
       </c>
       <c r="I85" s="1">
@@ -9911,51 +9947,51 @@
       <c r="AB85" s="15">
         <v>124</v>
       </c>
       <c r="AC85" s="10">
         <v>67</v>
       </c>
       <c r="AD85" s="1">
         <v>59</v>
       </c>
       <c r="AE85" s="15">
         <v>126</v>
       </c>
       <c r="AF85" s="10">
         <f t="shared" si="24"/>
         <v>467</v>
       </c>
       <c r="AG85" s="1">
         <f t="shared" si="22"/>
         <v>460</v>
       </c>
       <c r="AH85" s="15">
         <f t="shared" si="23"/>
         <v>927</v>
       </c>
     </row>
-    <row r="86" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>6</v>
       </c>
       <c r="C86" s="1">
         <v>8</v>
       </c>
       <c r="D86" s="16">
         <v>14</v>
       </c>
       <c r="E86" s="10">
         <v>40</v>
       </c>
       <c r="F86" s="1">
         <v>49</v>
       </c>
       <c r="G86" s="15">
         <v>89</v>
       </c>
       <c r="H86" s="10">
         <v>41</v>
       </c>
       <c r="I86" s="1">
@@ -10018,51 +10054,51 @@
       <c r="AB86" s="15">
         <v>82</v>
       </c>
       <c r="AC86" s="10">
         <v>49</v>
       </c>
       <c r="AD86" s="1">
         <v>35</v>
       </c>
       <c r="AE86" s="15">
         <v>84</v>
       </c>
       <c r="AF86" s="10">
         <f t="shared" si="24"/>
         <v>412</v>
       </c>
       <c r="AG86" s="1">
         <f t="shared" si="22"/>
         <v>405</v>
       </c>
       <c r="AH86" s="15">
         <f t="shared" si="23"/>
         <v>817</v>
       </c>
     </row>
-    <row r="87" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="10">
         <v>9</v>
       </c>
       <c r="C87" s="1">
         <v>6</v>
       </c>
       <c r="D87" s="16">
         <v>15</v>
       </c>
       <c r="E87" s="10">
         <v>53</v>
       </c>
       <c r="F87" s="1">
         <v>39</v>
       </c>
       <c r="G87" s="15">
         <v>92</v>
       </c>
       <c r="H87" s="10">
         <v>35</v>
       </c>
       <c r="I87" s="1">
@@ -10125,51 +10161,51 @@
       <c r="AB87" s="15">
         <v>94</v>
       </c>
       <c r="AC87" s="10">
         <v>42</v>
       </c>
       <c r="AD87" s="1">
         <v>38</v>
       </c>
       <c r="AE87" s="15">
         <v>80</v>
       </c>
       <c r="AF87" s="32">
         <f t="shared" si="24"/>
         <v>433</v>
       </c>
       <c r="AG87" s="33">
         <f t="shared" si="22"/>
         <v>370</v>
       </c>
       <c r="AH87" s="34">
         <f t="shared" si="23"/>
         <v>803</v>
       </c>
     </row>
-    <row r="88" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>82</v>
       </c>
       <c r="C88" s="14">
         <v>92</v>
       </c>
       <c r="D88" s="17">
         <v>174</v>
       </c>
       <c r="E88" s="13">
         <v>410</v>
       </c>
       <c r="F88" s="14">
         <v>363</v>
       </c>
       <c r="G88" s="18">
         <v>773</v>
       </c>
       <c r="H88" s="13">
         <v>366</v>
       </c>
       <c r="I88" s="14">
@@ -10232,130 +10268,129 @@
       <c r="AB88" s="18">
         <v>580</v>
       </c>
       <c r="AC88" s="13">
         <v>333</v>
       </c>
       <c r="AD88" s="14">
         <v>284</v>
       </c>
       <c r="AE88" s="18">
         <v>617</v>
       </c>
       <c r="AF88" s="13">
         <f t="shared" si="24"/>
         <v>3370</v>
       </c>
       <c r="AG88" s="14">
         <f t="shared" si="22"/>
         <v>3020</v>
       </c>
       <c r="AH88" s="18">
         <f t="shared" si="23"/>
         <v>6390</v>
       </c>
     </row>
-    <row r="89" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="90" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A90" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="98"/>
       <c r="D90" s="98"/>
       <c r="E90" s="98"/>
       <c r="F90" s="98"/>
       <c r="G90" s="98"/>
       <c r="H90" s="98"/>
       <c r="I90" s="98"/>
       <c r="J90" s="98"/>
       <c r="K90" s="98"/>
       <c r="L90" s="98"/>
       <c r="M90" s="98"/>
       <c r="N90" s="98"/>
       <c r="O90" s="98"/>
       <c r="P90" s="98"/>
       <c r="Q90" s="98"/>
       <c r="R90" s="98"/>
       <c r="S90" s="98"/>
       <c r="T90" s="98"/>
       <c r="U90" s="98"/>
       <c r="V90" s="98"/>
       <c r="W90" s="98"/>
       <c r="X90" s="98"/>
       <c r="Y90" s="98"/>
       <c r="Z90" s="98"/>
       <c r="AA90" s="98"/>
       <c r="AB90" s="98"/>
       <c r="AC90" s="98"/>
       <c r="AD90" s="98"/>
       <c r="AE90" s="98"/>
       <c r="AF90" s="98"/>
       <c r="AG90" s="98"/>
       <c r="AH90" s="98"/>
     </row>
-    <row r="91" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="100"/>
       <c r="B91" s="99" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="99"/>
       <c r="D91" s="99"/>
       <c r="E91" s="99"/>
       <c r="F91" s="99"/>
       <c r="G91" s="99"/>
       <c r="H91" s="99"/>
       <c r="I91" s="99"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="99"/>
       <c r="Q91" s="99"/>
       <c r="R91" s="99"/>
       <c r="S91" s="99"/>
       <c r="T91" s="99"/>
       <c r="U91" s="99"/>
       <c r="V91" s="99"/>
       <c r="W91" s="99"/>
       <c r="X91" s="99"/>
       <c r="Y91" s="99"/>
       <c r="Z91" s="99"/>
       <c r="AA91" s="99"/>
       <c r="AB91" s="99"/>
       <c r="AC91" s="99"/>
       <c r="AD91" s="99"/>
       <c r="AE91" s="99"/>
       <c r="AF91" s="99"/>
       <c r="AG91" s="99"/>
       <c r="AH91" s="99"/>
     </row>
-    <row r="92" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="100"/>
       <c r="B92" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C92" s="91"/>
       <c r="D92" s="88"/>
       <c r="E92" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F92" s="91"/>
       <c r="G92" s="92"/>
       <c r="H92" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="91"/>
       <c r="J92" s="92"/>
       <c r="K92" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="91"/>
       <c r="M92" s="92"/>
       <c r="N92" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O92" s="91"/>
@@ -10369,51 +10404,51 @@
         <v>22</v>
       </c>
       <c r="U92" s="91"/>
       <c r="V92" s="92"/>
       <c r="W92" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X92" s="91"/>
       <c r="Y92" s="92"/>
       <c r="Z92" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA92" s="91"/>
       <c r="AB92" s="92"/>
       <c r="AC92" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD92" s="91"/>
       <c r="AE92" s="92"/>
       <c r="AF92" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG92" s="91"/>
       <c r="AH92" s="92"/>
     </row>
-    <row r="93" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A93" s="100"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
@@ -10471,413 +10506,773 @@
       <c r="AA93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B94" s="10"/>
-[...28 lines deleted...]
-      <c r="AE94" s="15"/>
+      <c r="B94" s="10">
+        <v>55</v>
+      </c>
+      <c r="C94" s="1">
+        <v>32</v>
+      </c>
+      <c r="D94" s="16">
+        <v>87</v>
+      </c>
+      <c r="E94" s="10">
+        <v>282</v>
+      </c>
+      <c r="F94" s="1">
+        <v>220</v>
+      </c>
+      <c r="G94" s="15">
+        <v>502</v>
+      </c>
+      <c r="H94" s="10">
+        <v>216</v>
+      </c>
+      <c r="I94" s="1">
+        <v>163</v>
+      </c>
+      <c r="J94" s="15">
+        <v>379</v>
+      </c>
+      <c r="K94" s="10">
+        <v>256</v>
+      </c>
+      <c r="L94" s="1">
+        <v>190</v>
+      </c>
+      <c r="M94" s="15">
+        <v>446</v>
+      </c>
+      <c r="N94" s="10">
+        <v>261</v>
+      </c>
+      <c r="O94" s="1">
+        <v>221</v>
+      </c>
+      <c r="P94" s="15">
+        <v>482</v>
+      </c>
+      <c r="Q94" s="10">
+        <v>217</v>
+      </c>
+      <c r="R94" s="1">
+        <v>191</v>
+      </c>
+      <c r="S94" s="15">
+        <v>408</v>
+      </c>
+      <c r="T94" s="10">
+        <v>160</v>
+      </c>
+      <c r="U94" s="1">
+        <v>134</v>
+      </c>
+      <c r="V94" s="15">
+        <v>294</v>
+      </c>
+      <c r="W94" s="10">
+        <v>138</v>
+      </c>
+      <c r="X94" s="1">
+        <v>129</v>
+      </c>
+      <c r="Y94" s="15">
+        <v>267</v>
+      </c>
+      <c r="Z94" s="10">
+        <v>144</v>
+      </c>
+      <c r="AA94" s="1">
+        <v>121</v>
+      </c>
+      <c r="AB94" s="15">
+        <v>265</v>
+      </c>
+      <c r="AC94" s="10">
+        <v>164</v>
+      </c>
+      <c r="AD94" s="1">
+        <v>110</v>
+      </c>
+      <c r="AE94" s="15">
+        <v>274</v>
+      </c>
       <c r="AF94" s="10">
         <f>B94+E94+H94+K94+N94+Q94+T94+W94+Z94+AC94</f>
-        <v>0</v>
+        <v>1893</v>
       </c>
       <c r="AG94" s="1">
         <f t="shared" ref="AG94:AG99" si="25">SUM(C94,F94,I94,L94,O94,R94,U94,X94,AA94,AD94)</f>
-        <v>0</v>
+        <v>1511</v>
       </c>
       <c r="AH94" s="15">
         <f t="shared" ref="AH94:AH99" si="26">SUM(D94,G94,J94,M94,P94,S94,V94,Y94,AB94,AE94)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="95" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B95" s="10"/>
-[...28 lines deleted...]
-      <c r="AE95" s="15"/>
+      <c r="B95" s="10">
+        <v>25</v>
+      </c>
+      <c r="C95" s="1">
+        <v>17</v>
+      </c>
+      <c r="D95" s="16">
+        <v>42</v>
+      </c>
+      <c r="E95" s="10">
+        <v>80</v>
+      </c>
+      <c r="F95" s="1">
+        <v>50</v>
+      </c>
+      <c r="G95" s="15">
+        <v>130</v>
+      </c>
+      <c r="H95" s="10">
+        <v>59</v>
+      </c>
+      <c r="I95" s="1">
+        <v>40</v>
+      </c>
+      <c r="J95" s="15">
+        <v>99</v>
+      </c>
+      <c r="K95" s="10">
+        <v>57</v>
+      </c>
+      <c r="L95" s="1">
+        <v>54</v>
+      </c>
+      <c r="M95" s="15">
+        <v>111</v>
+      </c>
+      <c r="N95" s="10">
+        <v>84</v>
+      </c>
+      <c r="O95" s="1">
+        <v>50</v>
+      </c>
+      <c r="P95" s="15">
+        <v>134</v>
+      </c>
+      <c r="Q95" s="10">
+        <v>62</v>
+      </c>
+      <c r="R95" s="1">
+        <v>48</v>
+      </c>
+      <c r="S95" s="15">
+        <v>110</v>
+      </c>
+      <c r="T95" s="10">
+        <v>47</v>
+      </c>
+      <c r="U95" s="1">
+        <v>58</v>
+      </c>
+      <c r="V95" s="15">
+        <v>105</v>
+      </c>
+      <c r="W95" s="10">
+        <v>50</v>
+      </c>
+      <c r="X95" s="1">
+        <v>53</v>
+      </c>
+      <c r="Y95" s="15">
+        <v>103</v>
+      </c>
+      <c r="Z95" s="10">
+        <v>49</v>
+      </c>
+      <c r="AA95" s="1">
+        <v>52</v>
+      </c>
+      <c r="AB95" s="15">
+        <v>101</v>
+      </c>
+      <c r="AC95" s="10">
+        <v>53</v>
+      </c>
+      <c r="AD95" s="1">
+        <v>49</v>
+      </c>
+      <c r="AE95" s="15">
+        <v>102</v>
+      </c>
       <c r="AF95" s="10">
         <f t="shared" ref="AF95:AF99" si="27">B95+E95+H95+K95+N95+Q95+T95+W95+Z95+AC95</f>
-        <v>0</v>
+        <v>566</v>
       </c>
       <c r="AG95" s="1">
         <f t="shared" si="25"/>
-        <v>0</v>
+        <v>471</v>
       </c>
       <c r="AH95" s="15">
         <f t="shared" si="26"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="96" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B96" s="10"/>
-[...28 lines deleted...]
-      <c r="AE96" s="15"/>
+      <c r="B96" s="10">
+        <v>20</v>
+      </c>
+      <c r="C96" s="1">
+        <v>15</v>
+      </c>
+      <c r="D96" s="16">
+        <v>35</v>
+      </c>
+      <c r="E96" s="10">
+        <v>56</v>
+      </c>
+      <c r="F96" s="1">
+        <v>40</v>
+      </c>
+      <c r="G96" s="15">
+        <v>96</v>
+      </c>
+      <c r="H96" s="10">
+        <v>53</v>
+      </c>
+      <c r="I96" s="1">
+        <v>31</v>
+      </c>
+      <c r="J96" s="15">
+        <v>84</v>
+      </c>
+      <c r="K96" s="10">
+        <v>54</v>
+      </c>
+      <c r="L96" s="1">
+        <v>38</v>
+      </c>
+      <c r="M96" s="15">
+        <v>92</v>
+      </c>
+      <c r="N96" s="10">
+        <v>70</v>
+      </c>
+      <c r="O96" s="1">
+        <v>58</v>
+      </c>
+      <c r="P96" s="15">
+        <v>128</v>
+      </c>
+      <c r="Q96" s="10">
+        <v>64</v>
+      </c>
+      <c r="R96" s="1">
+        <v>55</v>
+      </c>
+      <c r="S96" s="15">
+        <v>119</v>
+      </c>
+      <c r="T96" s="10">
+        <v>70</v>
+      </c>
+      <c r="U96" s="1">
+        <v>59</v>
+      </c>
+      <c r="V96" s="15">
+        <v>129</v>
+      </c>
+      <c r="W96" s="10">
+        <v>50</v>
+      </c>
+      <c r="X96" s="1">
+        <v>59</v>
+      </c>
+      <c r="Y96" s="15">
+        <v>109</v>
+      </c>
+      <c r="Z96" s="10">
+        <v>62</v>
+      </c>
+      <c r="AA96" s="1">
+        <v>63</v>
+      </c>
+      <c r="AB96" s="15">
+        <v>125</v>
+      </c>
+      <c r="AC96" s="10">
+        <v>89</v>
+      </c>
+      <c r="AD96" s="1">
+        <v>62</v>
+      </c>
+      <c r="AE96" s="15">
+        <v>151</v>
+      </c>
       <c r="AF96" s="10">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>588</v>
       </c>
       <c r="AG96" s="1">
         <f t="shared" si="25"/>
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="AH96" s="15">
         <f t="shared" si="26"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:35" s="37" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="97" spans="1:35" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B97" s="53"/>
-[...28 lines deleted...]
-      <c r="AE97" s="55"/>
+      <c r="B97" s="53">
+        <v>17</v>
+      </c>
+      <c r="C97" s="54">
+        <v>13</v>
+      </c>
+      <c r="D97" s="58">
+        <v>30</v>
+      </c>
+      <c r="E97" s="53">
+        <v>60</v>
+      </c>
+      <c r="F97" s="54">
+        <v>54</v>
+      </c>
+      <c r="G97" s="55">
+        <v>114</v>
+      </c>
+      <c r="H97" s="53">
+        <v>39</v>
+      </c>
+      <c r="I97" s="54">
+        <v>36</v>
+      </c>
+      <c r="J97" s="55">
+        <v>75</v>
+      </c>
+      <c r="K97" s="53">
+        <v>69</v>
+      </c>
+      <c r="L97" s="54">
+        <v>59</v>
+      </c>
+      <c r="M97" s="55">
+        <v>128</v>
+      </c>
+      <c r="N97" s="53">
+        <v>72</v>
+      </c>
+      <c r="O97" s="54">
+        <v>61</v>
+      </c>
+      <c r="P97" s="55">
+        <v>133</v>
+      </c>
+      <c r="Q97" s="53">
+        <v>56</v>
+      </c>
+      <c r="R97" s="54">
+        <v>45</v>
+      </c>
+      <c r="S97" s="55">
+        <v>101</v>
+      </c>
+      <c r="T97" s="53">
+        <v>43</v>
+      </c>
+      <c r="U97" s="54">
+        <v>33</v>
+      </c>
+      <c r="V97" s="55">
+        <v>76</v>
+      </c>
+      <c r="W97" s="53">
+        <v>42</v>
+      </c>
+      <c r="X97" s="54">
+        <v>50</v>
+      </c>
+      <c r="Y97" s="55">
+        <v>92</v>
+      </c>
+      <c r="Z97" s="53">
+        <v>49</v>
+      </c>
+      <c r="AA97" s="54">
+        <v>48</v>
+      </c>
+      <c r="AB97" s="55">
+        <v>97</v>
+      </c>
+      <c r="AC97" s="53">
+        <v>52</v>
+      </c>
+      <c r="AD97" s="54">
+        <v>50</v>
+      </c>
+      <c r="AE97" s="55">
+        <v>102</v>
+      </c>
       <c r="AF97" s="10">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>499</v>
       </c>
       <c r="AG97" s="54">
         <f t="shared" si="25"/>
-        <v>0</v>
+        <v>449</v>
       </c>
       <c r="AH97" s="55">
         <f t="shared" si="26"/>
-        <v>0</v>
+        <v>948</v>
       </c>
       <c r="AI97"/>
     </row>
-    <row r="98" spans="1:35" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B98" s="10"/>
-[...28 lines deleted...]
-      <c r="AE98" s="15"/>
+      <c r="B98" s="10">
+        <v>9</v>
+      </c>
+      <c r="C98" s="1">
+        <v>9</v>
+      </c>
+      <c r="D98" s="16">
+        <v>18</v>
+      </c>
+      <c r="E98" s="10">
+        <v>54</v>
+      </c>
+      <c r="F98" s="1">
+        <v>52</v>
+      </c>
+      <c r="G98" s="15">
+        <v>106</v>
+      </c>
+      <c r="H98" s="10">
+        <v>48</v>
+      </c>
+      <c r="I98" s="1">
+        <v>36</v>
+      </c>
+      <c r="J98" s="15">
+        <v>84</v>
+      </c>
+      <c r="K98" s="10">
+        <v>61</v>
+      </c>
+      <c r="L98" s="1">
+        <v>56</v>
+      </c>
+      <c r="M98" s="15">
+        <v>117</v>
+      </c>
+      <c r="N98" s="10">
+        <v>66</v>
+      </c>
+      <c r="O98" s="1">
+        <v>57</v>
+      </c>
+      <c r="P98" s="15">
+        <v>123</v>
+      </c>
+      <c r="Q98" s="10">
+        <v>50</v>
+      </c>
+      <c r="R98" s="1">
+        <v>46</v>
+      </c>
+      <c r="S98" s="15">
+        <v>96</v>
+      </c>
+      <c r="T98" s="10">
+        <v>53</v>
+      </c>
+      <c r="U98" s="1">
+        <v>40</v>
+      </c>
+      <c r="V98" s="15">
+        <v>93</v>
+      </c>
+      <c r="W98" s="10">
+        <v>53</v>
+      </c>
+      <c r="X98" s="1">
+        <v>43</v>
+      </c>
+      <c r="Y98" s="15">
+        <v>96</v>
+      </c>
+      <c r="Z98" s="10">
+        <v>44</v>
+      </c>
+      <c r="AA98" s="1">
+        <v>33</v>
+      </c>
+      <c r="AB98" s="15">
+        <v>77</v>
+      </c>
+      <c r="AC98" s="10">
+        <v>46</v>
+      </c>
+      <c r="AD98" s="1">
+        <v>48</v>
+      </c>
+      <c r="AE98" s="15">
+        <v>94</v>
+      </c>
       <c r="AF98" s="32">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>484</v>
       </c>
       <c r="AG98" s="33">
         <f t="shared" si="25"/>
-        <v>0</v>
+        <v>420</v>
       </c>
       <c r="AH98" s="34">
         <f t="shared" si="26"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:35" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="99" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B99" s="13"/>
-[...28 lines deleted...]
-      <c r="AE99" s="18"/>
+      <c r="B99" s="13">
+        <v>126</v>
+      </c>
+      <c r="C99" s="14">
+        <v>86</v>
+      </c>
+      <c r="D99" s="17">
+        <v>212</v>
+      </c>
+      <c r="E99" s="13">
+        <v>532</v>
+      </c>
+      <c r="F99" s="14">
+        <v>416</v>
+      </c>
+      <c r="G99" s="18">
+        <v>948</v>
+      </c>
+      <c r="H99" s="13">
+        <v>415</v>
+      </c>
+      <c r="I99" s="14">
+        <v>306</v>
+      </c>
+      <c r="J99" s="18">
+        <v>721</v>
+      </c>
+      <c r="K99" s="13">
+        <v>497</v>
+      </c>
+      <c r="L99" s="14">
+        <v>397</v>
+      </c>
+      <c r="M99" s="18">
+        <v>894</v>
+      </c>
+      <c r="N99" s="13">
+        <v>553</v>
+      </c>
+      <c r="O99" s="14">
+        <v>447</v>
+      </c>
+      <c r="P99" s="18">
+        <v>1000</v>
+      </c>
+      <c r="Q99" s="13">
+        <v>449</v>
+      </c>
+      <c r="R99" s="14">
+        <v>385</v>
+      </c>
+      <c r="S99" s="18">
+        <v>834</v>
+      </c>
+      <c r="T99" s="13">
+        <v>373</v>
+      </c>
+      <c r="U99" s="14">
+        <v>324</v>
+      </c>
+      <c r="V99" s="18">
+        <v>697</v>
+      </c>
+      <c r="W99" s="13">
+        <v>333</v>
+      </c>
+      <c r="X99" s="14">
+        <v>334</v>
+      </c>
+      <c r="Y99" s="18">
+        <v>667</v>
+      </c>
+      <c r="Z99" s="13">
+        <v>348</v>
+      </c>
+      <c r="AA99" s="14">
+        <v>317</v>
+      </c>
+      <c r="AB99" s="18">
+        <v>665</v>
+      </c>
+      <c r="AC99" s="13">
+        <v>404</v>
+      </c>
+      <c r="AD99" s="14">
+        <v>319</v>
+      </c>
+      <c r="AE99" s="18">
+        <v>723</v>
+      </c>
       <c r="AF99" s="13">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>4030</v>
       </c>
       <c r="AG99" s="14">
         <f t="shared" si="25"/>
-        <v>0</v>
+        <v>3331</v>
       </c>
       <c r="AH99" s="18">
         <f t="shared" si="26"/>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="101" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7361</v>
+      </c>
+    </row>
+    <row r="100" spans="1:35" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="101" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="98"/>
       <c r="D101" s="98"/>
       <c r="E101" s="98"/>
       <c r="F101" s="98"/>
       <c r="G101" s="98"/>
       <c r="H101" s="98"/>
       <c r="I101" s="98"/>
       <c r="J101" s="98"/>
       <c r="K101" s="98"/>
       <c r="L101" s="98"/>
       <c r="M101" s="98"/>
       <c r="N101" s="98"/>
       <c r="O101" s="98"/>
       <c r="P101" s="98"/>
       <c r="Q101" s="98"/>
       <c r="R101" s="98"/>
       <c r="S101" s="98"/>
       <c r="T101" s="98"/>
       <c r="U101" s="98"/>
       <c r="V101" s="98"/>
       <c r="W101" s="98"/>
       <c r="X101" s="98"/>
       <c r="Y101" s="98"/>
       <c r="Z101" s="98"/>
       <c r="AA101" s="98"/>
       <c r="AB101" s="98"/>
       <c r="AC101" s="98"/>
       <c r="AD101" s="98"/>
       <c r="AE101" s="98"/>
       <c r="AF101" s="98"/>
       <c r="AG101" s="98"/>
       <c r="AH101" s="98"/>
     </row>
-    <row r="102" spans="1:35" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:35" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="100"/>
       <c r="B102" s="99" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="99"/>
       <c r="D102" s="99"/>
       <c r="E102" s="99"/>
       <c r="F102" s="99"/>
       <c r="G102" s="99"/>
       <c r="H102" s="99"/>
       <c r="I102" s="99"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="99"/>
       <c r="Q102" s="99"/>
       <c r="R102" s="99"/>
       <c r="S102" s="99"/>
       <c r="T102" s="99"/>
       <c r="U102" s="99"/>
       <c r="V102" s="99"/>
       <c r="W102" s="99"/>
       <c r="X102" s="99"/>
       <c r="Y102" s="99"/>
       <c r="Z102" s="99"/>
       <c r="AA102" s="99"/>
       <c r="AB102" s="99"/>
       <c r="AC102" s="99"/>
       <c r="AD102" s="99"/>
       <c r="AE102" s="99"/>
       <c r="AF102" s="99"/>
       <c r="AG102" s="99"/>
       <c r="AH102" s="99"/>
     </row>
-    <row r="103" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="100"/>
       <c r="B103" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C103" s="91"/>
       <c r="D103" s="88"/>
       <c r="E103" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F103" s="91"/>
       <c r="G103" s="92"/>
       <c r="H103" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="91"/>
       <c r="J103" s="92"/>
       <c r="K103" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="91"/>
       <c r="M103" s="92"/>
       <c r="N103" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O103" s="91"/>
@@ -10891,51 +11286,51 @@
         <v>22</v>
       </c>
       <c r="U103" s="91"/>
       <c r="V103" s="92"/>
       <c r="W103" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X103" s="91"/>
       <c r="Y103" s="92"/>
       <c r="Z103" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA103" s="91"/>
       <c r="AB103" s="92"/>
       <c r="AC103" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD103" s="91"/>
       <c r="AE103" s="92"/>
       <c r="AF103" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG103" s="91"/>
       <c r="AH103" s="92"/>
     </row>
-    <row r="104" spans="1:35" hidden="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
       <c r="A104" s="100"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
@@ -10993,412 +11388,412 @@
       <c r="AA104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:35" hidden="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10"/>
       <c r="C105" s="1"/>
       <c r="D105" s="16"/>
       <c r="E105" s="10"/>
       <c r="F105" s="1"/>
       <c r="G105" s="15"/>
       <c r="H105" s="10"/>
       <c r="I105" s="1"/>
       <c r="J105" s="15"/>
       <c r="K105" s="10"/>
       <c r="L105" s="1"/>
       <c r="M105" s="15"/>
       <c r="N105" s="10"/>
       <c r="O105" s="1"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="10"/>
       <c r="R105" s="1"/>
       <c r="S105" s="15"/>
       <c r="T105" s="10"/>
       <c r="U105" s="1"/>
       <c r="V105" s="15"/>
       <c r="W105" s="10"/>
       <c r="X105" s="1"/>
       <c r="Y105" s="15"/>
       <c r="Z105" s="10"/>
       <c r="AA105" s="1"/>
       <c r="AB105" s="15"/>
       <c r="AC105" s="10"/>
       <c r="AD105" s="1"/>
       <c r="AE105" s="15"/>
       <c r="AF105" s="10">
         <f t="shared" ref="AF105:AG110" si="28">SUM(B105,E105,H105,K105,N105,Q105,T105,W105,Z105,AC105)</f>
         <v>0</v>
       </c>
       <c r="AG105" s="1">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH105" s="15">
         <f t="shared" ref="AH105:AH110" si="29">SUM(D105,G105,J105,M105,P105,S105,V105,Y105,AB105,AE105)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="106" spans="1:35" hidden="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10"/>
       <c r="C106" s="1"/>
       <c r="D106" s="16"/>
       <c r="E106" s="10"/>
       <c r="F106" s="1"/>
       <c r="G106" s="15"/>
       <c r="H106" s="10"/>
       <c r="I106" s="1"/>
       <c r="J106" s="15"/>
       <c r="K106" s="10"/>
       <c r="L106" s="1"/>
       <c r="M106" s="15"/>
       <c r="N106" s="10"/>
       <c r="O106" s="1"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="10"/>
       <c r="R106" s="1"/>
       <c r="S106" s="15"/>
       <c r="T106" s="10"/>
       <c r="U106" s="1"/>
       <c r="V106" s="15"/>
       <c r="W106" s="10"/>
       <c r="X106" s="1"/>
       <c r="Y106" s="15"/>
       <c r="Z106" s="10"/>
       <c r="AA106" s="1"/>
       <c r="AB106" s="15"/>
       <c r="AC106" s="10"/>
       <c r="AD106" s="1"/>
       <c r="AE106" s="15"/>
       <c r="AF106" s="10">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AG106" s="1">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH106" s="15">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
-    <row r="107" spans="1:35" hidden="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10"/>
       <c r="C107" s="1"/>
       <c r="D107" s="16"/>
       <c r="E107" s="10"/>
       <c r="F107" s="1"/>
       <c r="G107" s="15"/>
       <c r="H107" s="10"/>
       <c r="I107" s="1"/>
       <c r="J107" s="15"/>
       <c r="K107" s="10"/>
       <c r="L107" s="1"/>
       <c r="M107" s="15"/>
       <c r="N107" s="10"/>
       <c r="O107" s="1"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="10"/>
       <c r="R107" s="1"/>
       <c r="S107" s="15"/>
       <c r="T107" s="10"/>
       <c r="U107" s="1"/>
       <c r="V107" s="15"/>
       <c r="W107" s="10"/>
       <c r="X107" s="1"/>
       <c r="Y107" s="15"/>
       <c r="Z107" s="10"/>
       <c r="AA107" s="1"/>
       <c r="AB107" s="15"/>
       <c r="AC107" s="10"/>
       <c r="AD107" s="1"/>
       <c r="AE107" s="15"/>
       <c r="AF107" s="10">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AG107" s="1">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH107" s="15">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
-    <row r="108" spans="1:35" hidden="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10"/>
       <c r="C108" s="1"/>
       <c r="D108" s="16"/>
       <c r="E108" s="10"/>
       <c r="F108" s="1"/>
       <c r="G108" s="15"/>
       <c r="H108" s="10"/>
       <c r="I108" s="1"/>
       <c r="J108" s="15"/>
       <c r="K108" s="10"/>
       <c r="L108" s="1"/>
       <c r="M108" s="15"/>
       <c r="N108" s="10"/>
       <c r="O108" s="1"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="10"/>
       <c r="R108" s="1"/>
       <c r="S108" s="15"/>
       <c r="T108" s="10"/>
       <c r="U108" s="1"/>
       <c r="V108" s="15"/>
       <c r="W108" s="10"/>
       <c r="X108" s="1"/>
       <c r="Y108" s="15"/>
       <c r="Z108" s="10"/>
       <c r="AA108" s="1"/>
       <c r="AB108" s="15"/>
       <c r="AC108" s="10"/>
       <c r="AD108" s="1"/>
       <c r="AE108" s="15"/>
       <c r="AF108" s="10">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AG108" s="1">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH108" s="15">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
-    <row r="109" spans="1:35" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:35" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="10"/>
       <c r="C109" s="1"/>
       <c r="D109" s="16"/>
       <c r="E109" s="10"/>
       <c r="F109" s="1"/>
       <c r="G109" s="15"/>
       <c r="H109" s="10"/>
       <c r="I109" s="1"/>
       <c r="J109" s="15"/>
       <c r="K109" s="10"/>
       <c r="L109" s="1"/>
       <c r="M109" s="15"/>
       <c r="N109" s="10"/>
       <c r="O109" s="1"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="10"/>
       <c r="R109" s="1"/>
       <c r="S109" s="15"/>
       <c r="T109" s="10"/>
       <c r="U109" s="1"/>
       <c r="V109" s="15"/>
       <c r="W109" s="10"/>
       <c r="X109" s="1"/>
       <c r="Y109" s="15"/>
       <c r="Z109" s="10"/>
       <c r="AA109" s="1"/>
       <c r="AB109" s="15"/>
       <c r="AC109" s="10"/>
       <c r="AD109" s="1"/>
       <c r="AE109" s="15"/>
       <c r="AF109" s="10">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AG109" s="1">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH109" s="15">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:35" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:35" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13"/>
       <c r="C110" s="14"/>
       <c r="D110" s="17"/>
       <c r="E110" s="13"/>
       <c r="F110" s="14"/>
       <c r="G110" s="18"/>
       <c r="H110" s="13"/>
       <c r="I110" s="14"/>
       <c r="J110" s="18"/>
       <c r="K110" s="13"/>
       <c r="L110" s="14"/>
       <c r="M110" s="18"/>
       <c r="N110" s="13"/>
       <c r="O110" s="14"/>
       <c r="P110" s="18"/>
       <c r="Q110" s="13"/>
       <c r="R110" s="14"/>
       <c r="S110" s="18"/>
       <c r="T110" s="13"/>
       <c r="U110" s="14"/>
       <c r="V110" s="18"/>
       <c r="W110" s="13"/>
       <c r="X110" s="14"/>
       <c r="Y110" s="18"/>
       <c r="Z110" s="13"/>
       <c r="AA110" s="14"/>
       <c r="AB110" s="18"/>
       <c r="AC110" s="13"/>
       <c r="AD110" s="14"/>
       <c r="AE110" s="18"/>
       <c r="AF110" s="13">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AG110" s="14">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="AH110" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:35" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="112" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:35" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="112" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="98"/>
       <c r="D112" s="98"/>
       <c r="E112" s="98"/>
       <c r="F112" s="98"/>
       <c r="G112" s="98"/>
       <c r="H112" s="98"/>
       <c r="I112" s="98"/>
       <c r="J112" s="98"/>
       <c r="K112" s="98"/>
       <c r="L112" s="98"/>
       <c r="M112" s="98"/>
       <c r="N112" s="98"/>
       <c r="O112" s="98"/>
       <c r="P112" s="98"/>
       <c r="Q112" s="98"/>
       <c r="R112" s="98"/>
       <c r="S112" s="98"/>
       <c r="T112" s="98"/>
       <c r="U112" s="98"/>
       <c r="V112" s="98"/>
       <c r="W112" s="98"/>
       <c r="X112" s="98"/>
       <c r="Y112" s="98"/>
       <c r="Z112" s="98"/>
       <c r="AA112" s="98"/>
       <c r="AB112" s="98"/>
       <c r="AC112" s="98"/>
       <c r="AD112" s="98"/>
       <c r="AE112" s="98"/>
       <c r="AF112" s="98"/>
       <c r="AG112" s="98"/>
       <c r="AH112" s="98"/>
     </row>
-    <row r="113" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="100"/>
       <c r="B113" s="99" t="s">
         <v>11</v>
       </c>
       <c r="C113" s="99"/>
       <c r="D113" s="99"/>
       <c r="E113" s="99"/>
       <c r="F113" s="99"/>
       <c r="G113" s="99"/>
       <c r="H113" s="99"/>
       <c r="I113" s="99"/>
       <c r="J113" s="99"/>
       <c r="K113" s="99"/>
       <c r="L113" s="99"/>
       <c r="M113" s="99"/>
       <c r="N113" s="99"/>
       <c r="O113" s="99"/>
       <c r="P113" s="99"/>
       <c r="Q113" s="99"/>
       <c r="R113" s="99"/>
       <c r="S113" s="99"/>
       <c r="T113" s="99"/>
       <c r="U113" s="99"/>
       <c r="V113" s="99"/>
       <c r="W113" s="99"/>
       <c r="X113" s="99"/>
       <c r="Y113" s="99"/>
       <c r="Z113" s="99"/>
       <c r="AA113" s="99"/>
       <c r="AB113" s="99"/>
       <c r="AC113" s="99"/>
       <c r="AD113" s="99"/>
       <c r="AE113" s="99"/>
       <c r="AF113" s="99"/>
       <c r="AG113" s="99"/>
       <c r="AH113" s="99"/>
     </row>
-    <row r="114" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="100"/>
       <c r="B114" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C114" s="91"/>
       <c r="D114" s="88"/>
       <c r="E114" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F114" s="91"/>
       <c r="G114" s="92"/>
       <c r="H114" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="91"/>
       <c r="J114" s="92"/>
       <c r="K114" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="91"/>
       <c r="M114" s="92"/>
       <c r="N114" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O114" s="91"/>
@@ -11412,51 +11807,51 @@
         <v>22</v>
       </c>
       <c r="U114" s="91"/>
       <c r="V114" s="92"/>
       <c r="W114" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X114" s="91"/>
       <c r="Y114" s="92"/>
       <c r="Z114" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA114" s="91"/>
       <c r="AB114" s="92"/>
       <c r="AC114" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD114" s="91"/>
       <c r="AE114" s="92"/>
       <c r="AF114" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG114" s="91"/>
       <c r="AH114" s="92"/>
     </row>
-    <row r="115" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A115" s="100"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
@@ -11514,412 +11909,412 @@
       <c r="AA115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="1"/>
       <c r="D116" s="16"/>
       <c r="E116" s="10"/>
       <c r="F116" s="1"/>
       <c r="G116" s="15"/>
       <c r="H116" s="10"/>
       <c r="I116" s="1"/>
       <c r="J116" s="15"/>
       <c r="K116" s="10"/>
       <c r="L116" s="1"/>
       <c r="M116" s="15"/>
       <c r="N116" s="10"/>
       <c r="O116" s="1"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="10"/>
       <c r="R116" s="1"/>
       <c r="S116" s="15"/>
       <c r="T116" s="10"/>
       <c r="U116" s="1"/>
       <c r="V116" s="15"/>
       <c r="W116" s="10"/>
       <c r="X116" s="1"/>
       <c r="Y116" s="15"/>
       <c r="Z116" s="10"/>
       <c r="AA116" s="1"/>
       <c r="AB116" s="15"/>
       <c r="AC116" s="10"/>
       <c r="AD116" s="1"/>
       <c r="AE116" s="15"/>
       <c r="AF116" s="10">
         <f>SUM(B116,E116,H116,K116,N116,Q116,T116,W116,Z116,AC116)</f>
         <v>0</v>
       </c>
       <c r="AG116" s="1">
         <f t="shared" ref="AG116:AG121" si="30">SUM(C116,F116,I116,L116,O116,R116,U116,X116,AA116,AD116)</f>
         <v>0</v>
       </c>
       <c r="AH116" s="15">
         <f t="shared" ref="AH116:AH121" si="31">SUM(D116,G116,J116,M116,P116,S116,V116,Y116,AB116,AE116)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="1"/>
       <c r="D117" s="16"/>
       <c r="E117" s="10"/>
       <c r="F117" s="1"/>
       <c r="G117" s="15"/>
       <c r="H117" s="10"/>
       <c r="I117" s="1"/>
       <c r="J117" s="15"/>
       <c r="K117" s="10"/>
       <c r="L117" s="1"/>
       <c r="M117" s="15"/>
       <c r="N117" s="10"/>
       <c r="O117" s="1"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="10"/>
       <c r="R117" s="1"/>
       <c r="S117" s="15"/>
       <c r="T117" s="10"/>
       <c r="U117" s="1"/>
       <c r="V117" s="15"/>
       <c r="W117" s="10"/>
       <c r="X117" s="1"/>
       <c r="Y117" s="15"/>
       <c r="Z117" s="10"/>
       <c r="AA117" s="1"/>
       <c r="AB117" s="15"/>
       <c r="AC117" s="10"/>
       <c r="AD117" s="1"/>
       <c r="AE117" s="15"/>
       <c r="AF117" s="10">
         <f t="shared" ref="AF117:AF121" si="32">SUM(B117,E117,H117,K117,N117,Q117,T117,W117,Z117,AC117)</f>
         <v>0</v>
       </c>
       <c r="AG117" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH117" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="16"/>
       <c r="E118" s="10"/>
       <c r="F118" s="1"/>
       <c r="G118" s="15"/>
       <c r="H118" s="10"/>
       <c r="I118" s="1"/>
       <c r="J118" s="15"/>
       <c r="K118" s="10"/>
       <c r="L118" s="1"/>
       <c r="M118" s="15"/>
       <c r="N118" s="10"/>
       <c r="O118" s="1"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="10"/>
       <c r="R118" s="1"/>
       <c r="S118" s="15"/>
       <c r="T118" s="10"/>
       <c r="U118" s="1"/>
       <c r="V118" s="15"/>
       <c r="W118" s="10"/>
       <c r="X118" s="1"/>
       <c r="Y118" s="15"/>
       <c r="Z118" s="10"/>
       <c r="AA118" s="1"/>
       <c r="AB118" s="15"/>
       <c r="AC118" s="10"/>
       <c r="AD118" s="1"/>
       <c r="AE118" s="15"/>
       <c r="AF118" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG118" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH118" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="16"/>
       <c r="E119" s="10"/>
       <c r="F119" s="1"/>
       <c r="G119" s="15"/>
       <c r="H119" s="10"/>
       <c r="I119" s="1"/>
       <c r="J119" s="15"/>
       <c r="K119" s="10"/>
       <c r="L119" s="1"/>
       <c r="M119" s="15"/>
       <c r="N119" s="10"/>
       <c r="O119" s="1"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="10"/>
       <c r="R119" s="1"/>
       <c r="S119" s="15"/>
       <c r="T119" s="10"/>
       <c r="U119" s="1"/>
       <c r="V119" s="15"/>
       <c r="W119" s="10"/>
       <c r="X119" s="1"/>
       <c r="Y119" s="15"/>
       <c r="Z119" s="10"/>
       <c r="AA119" s="1"/>
       <c r="AB119" s="15"/>
       <c r="AC119" s="10"/>
       <c r="AD119" s="1"/>
       <c r="AE119" s="15"/>
       <c r="AF119" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG119" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH119" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="1"/>
       <c r="D120" s="16"/>
       <c r="E120" s="10"/>
       <c r="F120" s="1"/>
       <c r="G120" s="15"/>
       <c r="H120" s="10"/>
       <c r="I120" s="1"/>
       <c r="J120" s="15"/>
       <c r="K120" s="10"/>
       <c r="L120" s="1"/>
       <c r="M120" s="15"/>
       <c r="N120" s="10"/>
       <c r="O120" s="1"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="10"/>
       <c r="R120" s="1"/>
       <c r="S120" s="15"/>
       <c r="T120" s="10"/>
       <c r="U120" s="1"/>
       <c r="V120" s="15"/>
       <c r="W120" s="10"/>
       <c r="X120" s="1"/>
       <c r="Y120" s="15"/>
       <c r="Z120" s="10"/>
       <c r="AA120" s="1"/>
       <c r="AB120" s="15"/>
       <c r="AC120" s="10"/>
       <c r="AD120" s="1"/>
       <c r="AE120" s="15"/>
       <c r="AF120" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG120" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH120" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="121" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="17"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="18"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="18"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="18"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="18"/>
       <c r="Q121" s="13"/>
       <c r="R121" s="14"/>
       <c r="S121" s="18"/>
       <c r="T121" s="13"/>
       <c r="U121" s="14"/>
       <c r="V121" s="18"/>
       <c r="W121" s="13"/>
       <c r="X121" s="14"/>
       <c r="Y121" s="18"/>
       <c r="Z121" s="13"/>
       <c r="AA121" s="14"/>
       <c r="AB121" s="18"/>
       <c r="AC121" s="13"/>
       <c r="AD121" s="14"/>
       <c r="AE121" s="18"/>
       <c r="AF121" s="13">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG121" s="14">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH121" s="18">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="123" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="123" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A123" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="98"/>
       <c r="D123" s="98"/>
       <c r="E123" s="98"/>
       <c r="F123" s="98"/>
       <c r="G123" s="98"/>
       <c r="H123" s="98"/>
       <c r="I123" s="98"/>
       <c r="J123" s="98"/>
       <c r="K123" s="98"/>
       <c r="L123" s="98"/>
       <c r="M123" s="98"/>
       <c r="N123" s="98"/>
       <c r="O123" s="98"/>
       <c r="P123" s="98"/>
       <c r="Q123" s="98"/>
       <c r="R123" s="98"/>
       <c r="S123" s="98"/>
       <c r="T123" s="98"/>
       <c r="U123" s="98"/>
       <c r="V123" s="98"/>
       <c r="W123" s="98"/>
       <c r="X123" s="98"/>
       <c r="Y123" s="98"/>
       <c r="Z123" s="98"/>
       <c r="AA123" s="98"/>
       <c r="AB123" s="98"/>
       <c r="AC123" s="98"/>
       <c r="AD123" s="98"/>
       <c r="AE123" s="98"/>
       <c r="AF123" s="98"/>
       <c r="AG123" s="98"/>
       <c r="AH123" s="98"/>
     </row>
-    <row r="124" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="100"/>
       <c r="B124" s="99" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="99"/>
       <c r="D124" s="99"/>
       <c r="E124" s="99"/>
       <c r="F124" s="99"/>
       <c r="G124" s="99"/>
       <c r="H124" s="99"/>
       <c r="I124" s="99"/>
       <c r="J124" s="99"/>
       <c r="K124" s="99"/>
       <c r="L124" s="99"/>
       <c r="M124" s="99"/>
       <c r="N124" s="99"/>
       <c r="O124" s="99"/>
       <c r="P124" s="99"/>
       <c r="Q124" s="99"/>
       <c r="R124" s="99"/>
       <c r="S124" s="99"/>
       <c r="T124" s="99"/>
       <c r="U124" s="99"/>
       <c r="V124" s="99"/>
       <c r="W124" s="99"/>
       <c r="X124" s="99"/>
       <c r="Y124" s="99"/>
       <c r="Z124" s="99"/>
       <c r="AA124" s="99"/>
       <c r="AB124" s="99"/>
       <c r="AC124" s="99"/>
       <c r="AD124" s="99"/>
       <c r="AE124" s="99"/>
       <c r="AF124" s="99"/>
       <c r="AG124" s="99"/>
       <c r="AH124" s="99"/>
     </row>
-    <row r="125" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="100"/>
       <c r="B125" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C125" s="91"/>
       <c r="D125" s="88"/>
       <c r="E125" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F125" s="91"/>
       <c r="G125" s="92"/>
       <c r="H125" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="91"/>
       <c r="J125" s="92"/>
       <c r="K125" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="91"/>
       <c r="M125" s="92"/>
       <c r="N125" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O125" s="91"/>
@@ -11933,51 +12328,51 @@
         <v>22</v>
       </c>
       <c r="U125" s="91"/>
       <c r="V125" s="92"/>
       <c r="W125" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X125" s="91"/>
       <c r="Y125" s="92"/>
       <c r="Z125" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA125" s="91"/>
       <c r="AB125" s="92"/>
       <c r="AC125" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD125" s="91"/>
       <c r="AE125" s="92"/>
       <c r="AF125" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG125" s="91"/>
       <c r="AH125" s="92"/>
     </row>
-    <row r="126" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A126" s="100"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
@@ -12035,411 +12430,411 @@
       <c r="AA126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="16"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="15"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="15"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="10"/>
       <c r="R127" s="1"/>
       <c r="S127" s="15"/>
       <c r="T127" s="10"/>
       <c r="U127" s="1"/>
       <c r="V127" s="15"/>
       <c r="W127" s="10"/>
       <c r="X127" s="1"/>
       <c r="Y127" s="15"/>
       <c r="Z127" s="10"/>
       <c r="AA127" s="1"/>
       <c r="AB127" s="15"/>
       <c r="AC127" s="10"/>
       <c r="AD127" s="1"/>
       <c r="AE127" s="15"/>
       <c r="AF127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127,T127,W127,Z127,AC127)</f>
         <v>0</v>
       </c>
       <c r="AG127" s="1">
         <f t="shared" ref="AG127:AG132" si="33">SUM(C127,F127,I127,L127,O127,R127,U127,X127,AA127,AD127)</f>
         <v>0</v>
       </c>
       <c r="AH127" s="15">
         <f t="shared" ref="AH127:AH132" si="34">SUM(D127,G127,J127,M127,P127,S127,V127,Y127,AB127,AE127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="16"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="15"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="15"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="10"/>
       <c r="R128" s="1"/>
       <c r="S128" s="15"/>
       <c r="T128" s="10"/>
       <c r="U128" s="1"/>
       <c r="V128" s="15"/>
       <c r="W128" s="10"/>
       <c r="X128" s="1"/>
       <c r="Y128" s="15"/>
       <c r="Z128" s="10"/>
       <c r="AA128" s="1"/>
       <c r="AB128" s="15"/>
       <c r="AC128" s="10"/>
       <c r="AD128" s="1"/>
       <c r="AE128" s="15"/>
       <c r="AF128" s="10">
         <f t="shared" ref="AF128:AF132" si="35">SUM(B128,E128,H128,K128,N128,Q128,T128,W128,Z128,AC128)</f>
         <v>0</v>
       </c>
       <c r="AG128" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH128" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="16"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="15"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="15"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="10"/>
       <c r="R129" s="1"/>
       <c r="S129" s="15"/>
       <c r="T129" s="10"/>
       <c r="U129" s="1"/>
       <c r="V129" s="15"/>
       <c r="W129" s="10"/>
       <c r="X129" s="1"/>
       <c r="Y129" s="15"/>
       <c r="Z129" s="10"/>
       <c r="AA129" s="1"/>
       <c r="AB129" s="15"/>
       <c r="AC129" s="10"/>
       <c r="AD129" s="1"/>
       <c r="AE129" s="15"/>
       <c r="AF129" s="10">
         <f>SUM(B129,E129,H129,K129,N129,Q129,T129,W129,Z129,AC129)</f>
         <v>0</v>
       </c>
       <c r="AG129" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH129" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="16"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="15"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="15"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="10"/>
       <c r="R130" s="1"/>
       <c r="S130" s="15"/>
       <c r="T130" s="10"/>
       <c r="U130" s="1"/>
       <c r="V130" s="15"/>
       <c r="W130" s="10"/>
       <c r="X130" s="1"/>
       <c r="Y130" s="15"/>
       <c r="Z130" s="10"/>
       <c r="AA130" s="1"/>
       <c r="AB130" s="15"/>
       <c r="AC130" s="10"/>
       <c r="AD130" s="1"/>
       <c r="AE130" s="15"/>
       <c r="AF130" s="10">
         <f>SUM(B130,E130,H130,K130,N130,Q130,T130,W130,Z130,AC130)</f>
         <v>0</v>
       </c>
       <c r="AG130" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH130" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="1"/>
       <c r="D131" s="16"/>
       <c r="E131" s="10"/>
       <c r="F131" s="1"/>
       <c r="G131" s="15"/>
       <c r="H131" s="10"/>
       <c r="I131" s="1"/>
       <c r="J131" s="15"/>
       <c r="K131" s="10"/>
       <c r="L131" s="1"/>
       <c r="M131" s="15"/>
       <c r="N131" s="10"/>
       <c r="O131" s="1"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="10"/>
       <c r="R131" s="1"/>
       <c r="S131" s="15"/>
       <c r="T131" s="10"/>
       <c r="U131" s="1"/>
       <c r="V131" s="15"/>
       <c r="W131" s="10"/>
       <c r="X131" s="1"/>
       <c r="Y131" s="15"/>
       <c r="Z131" s="10"/>
       <c r="AA131" s="1"/>
       <c r="AB131" s="15"/>
       <c r="AC131" s="10"/>
       <c r="AD131" s="1"/>
       <c r="AE131" s="15"/>
       <c r="AF131" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG131" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH131" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="18"/>
       <c r="T132" s="13"/>
       <c r="U132" s="14"/>
       <c r="V132" s="18"/>
       <c r="W132" s="13"/>
       <c r="X132" s="14"/>
       <c r="Y132" s="18"/>
       <c r="Z132" s="13"/>
       <c r="AA132" s="14"/>
       <c r="AB132" s="18"/>
       <c r="AC132" s="13"/>
       <c r="AD132" s="14"/>
       <c r="AE132" s="18"/>
       <c r="AF132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A134" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="98"/>
       <c r="D134" s="98"/>
       <c r="E134" s="98"/>
       <c r="F134" s="98"/>
       <c r="G134" s="98"/>
       <c r="H134" s="98"/>
       <c r="I134" s="98"/>
       <c r="J134" s="98"/>
       <c r="K134" s="98"/>
       <c r="L134" s="98"/>
       <c r="M134" s="98"/>
       <c r="N134" s="98"/>
       <c r="O134" s="98"/>
       <c r="P134" s="98"/>
       <c r="Q134" s="98"/>
       <c r="R134" s="98"/>
       <c r="S134" s="98"/>
       <c r="T134" s="98"/>
       <c r="U134" s="98"/>
       <c r="V134" s="98"/>
       <c r="W134" s="98"/>
       <c r="X134" s="98"/>
       <c r="Y134" s="98"/>
       <c r="Z134" s="98"/>
       <c r="AA134" s="98"/>
       <c r="AB134" s="98"/>
       <c r="AC134" s="98"/>
       <c r="AD134" s="98"/>
       <c r="AE134" s="98"/>
       <c r="AF134" s="98"/>
       <c r="AG134" s="98"/>
       <c r="AH134" s="98"/>
     </row>
-    <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="100"/>
       <c r="B135" s="99" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="99"/>
       <c r="D135" s="99"/>
       <c r="E135" s="99"/>
       <c r="F135" s="99"/>
       <c r="G135" s="99"/>
       <c r="H135" s="99"/>
       <c r="I135" s="99"/>
       <c r="J135" s="99"/>
       <c r="K135" s="99"/>
       <c r="L135" s="99"/>
       <c r="M135" s="99"/>
       <c r="N135" s="99"/>
       <c r="O135" s="99"/>
       <c r="P135" s="99"/>
       <c r="Q135" s="99"/>
       <c r="R135" s="99"/>
       <c r="S135" s="99"/>
       <c r="T135" s="99"/>
       <c r="U135" s="99"/>
       <c r="V135" s="99"/>
       <c r="W135" s="99"/>
       <c r="X135" s="99"/>
       <c r="Y135" s="99"/>
       <c r="Z135" s="99"/>
       <c r="AA135" s="99"/>
       <c r="AB135" s="99"/>
       <c r="AC135" s="99"/>
       <c r="AD135" s="99"/>
       <c r="AE135" s="99"/>
       <c r="AF135" s="99"/>
       <c r="AG135" s="99"/>
       <c r="AH135" s="99"/>
     </row>
-    <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="100"/>
       <c r="B136" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C136" s="91"/>
       <c r="D136" s="88"/>
       <c r="E136" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F136" s="91"/>
       <c r="G136" s="92"/>
       <c r="H136" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="91"/>
       <c r="J136" s="92"/>
       <c r="K136" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="91"/>
       <c r="M136" s="92"/>
       <c r="N136" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O136" s="91"/>
@@ -12453,51 +12848,51 @@
         <v>22</v>
       </c>
       <c r="U136" s="91"/>
       <c r="V136" s="92"/>
       <c r="W136" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X136" s="91"/>
       <c r="Y136" s="92"/>
       <c r="Z136" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA136" s="91"/>
       <c r="AB136" s="92"/>
       <c r="AC136" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD136" s="91"/>
       <c r="AE136" s="92"/>
       <c r="AF136" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG136" s="91"/>
       <c r="AH136" s="92"/>
     </row>
-    <row r="137" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A137" s="100"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="65" t="s">
         <v>15</v>
       </c>
@@ -12555,1048 +12950,1048 @@
       <c r="AA137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AB137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AC137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AE137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AF137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AH137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>263</v>
+        <v>318</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:AE138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>293</v>
+        <v>325</v>
       </c>
       <c r="D138" s="16">
         <f t="shared" si="36"/>
-        <v>556</v>
+        <v>643</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="36"/>
-        <v>1688</v>
+        <v>1970</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="36"/>
-        <v>1403</v>
+        <v>1623</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="36"/>
-        <v>3091</v>
+        <v>3593</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="36"/>
-        <v>1670</v>
+        <v>1886</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="36"/>
-        <v>1402</v>
+        <v>1565</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="36"/>
-        <v>3072</v>
+        <v>3451</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="36"/>
-        <v>1974</v>
+        <v>2230</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="36"/>
-        <v>1663</v>
+        <v>1853</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="36"/>
-        <v>3637</v>
+        <v>4083</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="36"/>
-        <v>2099</v>
+        <v>2360</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="36"/>
-        <v>1774</v>
+        <v>1995</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="36"/>
-        <v>3873</v>
+        <v>4355</v>
       </c>
       <c r="Q138" s="10">
         <f t="shared" si="36"/>
-        <v>1700</v>
+        <v>1917</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="36"/>
-        <v>1545</v>
+        <v>1736</v>
       </c>
       <c r="S138" s="15">
         <f t="shared" si="36"/>
-        <v>3245</v>
+        <v>3653</v>
       </c>
       <c r="T138" s="10">
         <f t="shared" si="36"/>
-        <v>1443</v>
+        <v>1603</v>
       </c>
       <c r="U138" s="1">
         <f t="shared" si="36"/>
-        <v>1239</v>
+        <v>1373</v>
       </c>
       <c r="V138" s="15">
         <f t="shared" si="36"/>
-        <v>2682</v>
+        <v>2976</v>
       </c>
       <c r="W138" s="10">
         <f t="shared" si="36"/>
-        <v>1231</v>
+        <v>1369</v>
       </c>
       <c r="X138" s="1">
         <f t="shared" si="36"/>
-        <v>1129</v>
+        <v>1258</v>
       </c>
       <c r="Y138" s="15">
         <f t="shared" si="36"/>
-        <v>2360</v>
+        <v>2627</v>
       </c>
       <c r="Z138" s="10">
         <f t="shared" si="36"/>
-        <v>1138</v>
+        <v>1282</v>
       </c>
       <c r="AA138" s="1">
         <f t="shared" si="36"/>
-        <v>955</v>
+        <v>1076</v>
       </c>
       <c r="AB138" s="15">
         <f t="shared" si="36"/>
-        <v>2093</v>
+        <v>2358</v>
       </c>
       <c r="AC138" s="10">
         <f t="shared" si="36"/>
-        <v>1339</v>
+        <v>1503</v>
       </c>
       <c r="AD138" s="1">
         <f t="shared" si="36"/>
-        <v>910</v>
+        <v>1020</v>
       </c>
       <c r="AE138" s="15">
         <f t="shared" si="36"/>
-        <v>2249</v>
+        <v>2523</v>
       </c>
       <c r="AF138" s="10">
         <f>SUM(B138,E138,H138,K138,N138,Q138,T138,W138,Z138,AC138)</f>
-        <v>14545</v>
+        <v>16438</v>
       </c>
       <c r="AG138" s="1">
         <f t="shared" ref="AG138:AG143" si="37">SUM(C138,F138,I138,L138,O138,R138,U138,X138,AA138,AD138)</f>
-        <v>12313</v>
+        <v>13824</v>
       </c>
       <c r="AH138" s="15">
         <f t="shared" ref="AH138:AH142" si="38">SUM(D138,G138,J138,M138,P138,S138,V138,Y138,AB138,AE138)</f>
-        <v>26858</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:34" x14ac:dyDescent="0.25">
+        <v>30262</v>
+      </c>
+    </row>
+    <row r="139" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:AE139" si="39">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>107</v>
+        <v>132</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="39"/>
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="D139" s="16">
         <f t="shared" si="39"/>
-        <v>241</v>
+        <v>283</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="39"/>
-        <v>438</v>
+        <v>518</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>467</v>
+        <v>517</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="39"/>
-        <v>905</v>
+        <v>1035</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="39"/>
-        <v>438</v>
+        <v>497</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>425</v>
+        <v>465</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="39"/>
-        <v>863</v>
+        <v>962</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="39"/>
-        <v>561</v>
+        <v>618</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="39"/>
-        <v>542</v>
+        <v>596</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="39"/>
-        <v>1103</v>
+        <v>1214</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="39"/>
-        <v>553</v>
+        <v>637</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>566</v>
+        <v>616</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="39"/>
-        <v>1119</v>
+        <v>1253</v>
       </c>
       <c r="Q139" s="10">
         <f t="shared" si="39"/>
-        <v>440</v>
+        <v>502</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>508</v>
+        <v>556</v>
       </c>
       <c r="S139" s="15">
         <f t="shared" si="39"/>
-        <v>948</v>
+        <v>1058</v>
       </c>
       <c r="T139" s="10">
         <f t="shared" si="39"/>
-        <v>464</v>
+        <v>511</v>
       </c>
       <c r="U139" s="1">
         <f t="shared" si="39"/>
-        <v>449</v>
+        <v>507</v>
       </c>
       <c r="V139" s="15">
         <f t="shared" si="39"/>
-        <v>913</v>
+        <v>1018</v>
       </c>
       <c r="W139" s="10">
         <f t="shared" si="39"/>
-        <v>460</v>
+        <v>510</v>
       </c>
       <c r="X139" s="1">
         <f t="shared" si="39"/>
-        <v>507</v>
+        <v>560</v>
       </c>
       <c r="Y139" s="15">
         <f t="shared" si="39"/>
-        <v>967</v>
+        <v>1070</v>
       </c>
       <c r="Z139" s="10">
         <f t="shared" si="39"/>
-        <v>411</v>
+        <v>460</v>
       </c>
       <c r="AA139" s="1">
         <f t="shared" si="39"/>
-        <v>471</v>
+        <v>523</v>
       </c>
       <c r="AB139" s="15">
         <f t="shared" si="39"/>
-        <v>882</v>
+        <v>983</v>
       </c>
       <c r="AC139" s="10">
         <f t="shared" si="39"/>
-        <v>467</v>
+        <v>520</v>
       </c>
       <c r="AD139" s="1">
         <f t="shared" si="39"/>
-        <v>505</v>
+        <v>554</v>
       </c>
       <c r="AE139" s="15">
         <f t="shared" si="39"/>
-        <v>972</v>
+        <v>1074</v>
       </c>
       <c r="AF139" s="10">
         <f>SUM(B139,E139,H139,K139,N139,Q139,T139,W139,Z139,AC139)</f>
-        <v>4339</v>
+        <v>4905</v>
       </c>
       <c r="AG139" s="1">
         <f t="shared" si="37"/>
-        <v>4574</v>
+        <v>5045</v>
       </c>
       <c r="AH139" s="15">
         <f>SUM(D139,G139,J139,M139,P139,S139,V139,Y139,AB139,AE139)</f>
-        <v>8913</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:34" x14ac:dyDescent="0.25">
+        <v>9950</v>
+      </c>
+    </row>
+    <row r="140" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:AE140" si="40">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="40"/>
-        <v>138</v>
+        <v>153</v>
       </c>
       <c r="D140" s="16">
         <f t="shared" si="40"/>
-        <v>258</v>
+        <v>293</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="40"/>
-        <v>430</v>
+        <v>486</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>409</v>
+        <v>449</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="40"/>
-        <v>839</v>
+        <v>935</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="40"/>
-        <v>362</v>
+        <v>415</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>328</v>
+        <v>359</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="40"/>
-        <v>690</v>
+        <v>774</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="40"/>
-        <v>399</v>
+        <v>453</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="40"/>
-        <v>441</v>
+        <v>479</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="40"/>
-        <v>840</v>
+        <v>932</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="40"/>
-        <v>421</v>
+        <v>491</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>530</v>
+        <v>588</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="40"/>
-        <v>951</v>
+        <v>1079</v>
       </c>
       <c r="Q140" s="10">
         <f t="shared" si="40"/>
-        <v>385</v>
+        <v>449</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>495</v>
+        <v>550</v>
       </c>
       <c r="S140" s="15">
         <f t="shared" si="40"/>
-        <v>880</v>
+        <v>999</v>
       </c>
       <c r="T140" s="10">
         <f t="shared" si="40"/>
-        <v>411</v>
+        <v>481</v>
       </c>
       <c r="U140" s="1">
         <f t="shared" si="40"/>
-        <v>479</v>
+        <v>538</v>
       </c>
       <c r="V140" s="15">
         <f t="shared" si="40"/>
-        <v>890</v>
+        <v>1019</v>
       </c>
       <c r="W140" s="10">
         <f t="shared" si="40"/>
-        <v>435</v>
+        <v>485</v>
       </c>
       <c r="X140" s="1">
         <f t="shared" si="40"/>
-        <v>541</v>
+        <v>600</v>
       </c>
       <c r="Y140" s="15">
         <f t="shared" si="40"/>
-        <v>976</v>
+        <v>1085</v>
       </c>
       <c r="Z140" s="10">
         <f t="shared" si="40"/>
-        <v>522</v>
+        <v>584</v>
       </c>
       <c r="AA140" s="1">
         <f t="shared" si="40"/>
-        <v>581</v>
+        <v>644</v>
       </c>
       <c r="AB140" s="15">
         <f t="shared" si="40"/>
-        <v>1103</v>
+        <v>1228</v>
       </c>
       <c r="AC140" s="10">
         <f t="shared" si="40"/>
-        <v>503</v>
+        <v>592</v>
       </c>
       <c r="AD140" s="1">
         <f t="shared" si="40"/>
-        <v>560</v>
+        <v>622</v>
       </c>
       <c r="AE140" s="15">
         <f t="shared" si="40"/>
-        <v>1063</v>
+        <v>1214</v>
       </c>
       <c r="AF140" s="10">
         <f>SUM(B140,E140,H140,K140,N140,Q140,T140,W140,Z140,AC140)</f>
-        <v>3988</v>
+        <v>4576</v>
       </c>
       <c r="AG140" s="1">
         <f t="shared" si="37"/>
-        <v>4502</v>
+        <v>4982</v>
       </c>
       <c r="AH140" s="15">
         <f t="shared" si="38"/>
-        <v>8490</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:34" x14ac:dyDescent="0.25">
+        <v>9558</v>
+      </c>
+    </row>
+    <row r="141" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f>SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" ref="C141:AE141" si="41">SUM(C9,C20,C31,C42,C53,C64,C75,C86,C97,C108,C119,C130)</f>
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="D141" s="16">
         <f t="shared" si="41"/>
-        <v>147</v>
+        <v>177</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="41"/>
-        <v>370</v>
+        <v>430</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>360</v>
+        <v>414</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="41"/>
-        <v>730</v>
+        <v>844</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="41"/>
-        <v>379</v>
+        <v>418</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>351</v>
+        <v>387</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="41"/>
-        <v>730</v>
+        <v>805</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="41"/>
-        <v>528</v>
+        <v>597</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>422</v>
+        <v>481</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="41"/>
-        <v>950</v>
+        <v>1078</v>
       </c>
       <c r="N141" s="10">
         <f t="shared" si="41"/>
-        <v>549</v>
+        <v>621</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>461</v>
+        <v>522</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="41"/>
-        <v>1010</v>
+        <v>1143</v>
       </c>
       <c r="Q141" s="10">
         <f t="shared" si="41"/>
-        <v>424</v>
+        <v>480</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>407</v>
+        <v>452</v>
       </c>
       <c r="S141" s="15">
         <f t="shared" si="41"/>
-        <v>831</v>
+        <v>932</v>
       </c>
       <c r="T141" s="10">
         <f t="shared" si="41"/>
-        <v>374</v>
+        <v>417</v>
       </c>
       <c r="U141" s="1">
         <f t="shared" si="41"/>
-        <v>395</v>
+        <v>428</v>
       </c>
       <c r="V141" s="15">
         <f t="shared" si="41"/>
-        <v>769</v>
+        <v>845</v>
       </c>
       <c r="W141" s="10">
         <f t="shared" si="41"/>
-        <v>414</v>
+        <v>456</v>
       </c>
       <c r="X141" s="1">
         <f t="shared" si="41"/>
-        <v>457</v>
+        <v>507</v>
       </c>
       <c r="Y141" s="15">
         <f t="shared" si="41"/>
-        <v>871</v>
+        <v>963</v>
       </c>
       <c r="Z141" s="10">
         <f>SUM(Z9,Z20,Z31,Z42,Z53,Z64,Z75,Z86,Z97,Z108,Z119,Z130)</f>
-        <v>403</v>
+        <v>452</v>
       </c>
       <c r="AA141" s="1">
         <f t="shared" si="41"/>
-        <v>415</v>
+        <v>463</v>
       </c>
       <c r="AB141" s="15">
         <f t="shared" si="41"/>
-        <v>818</v>
+        <v>915</v>
       </c>
       <c r="AC141" s="10">
         <f t="shared" si="41"/>
-        <v>414</v>
+        <v>466</v>
       </c>
       <c r="AD141" s="1">
         <f t="shared" si="41"/>
-        <v>423</v>
+        <v>473</v>
       </c>
       <c r="AE141" s="15">
         <f t="shared" si="41"/>
-        <v>837</v>
+        <v>939</v>
       </c>
       <c r="AF141" s="10">
         <f>SUM(B141,E141,H141,K141,N141,Q141,T141,W141,Z141,AC141)</f>
-        <v>3920</v>
+        <v>4419</v>
       </c>
       <c r="AG141" s="1">
         <f t="shared" si="37"/>
-        <v>3773</v>
+        <v>4222</v>
       </c>
       <c r="AH141" s="15">
         <f>SUM(D141,G141,J141,M141,P141,S141,V141,Y141,AB141,AE141)</f>
-        <v>7693</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>8641</v>
+      </c>
+    </row>
+    <row r="142" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="10">
         <f t="shared" ref="B142:AE142" si="42">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="C142" s="1">
         <f t="shared" si="42"/>
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="D142" s="16">
         <f t="shared" si="42"/>
-        <v>147</v>
+        <v>165</v>
       </c>
       <c r="E142" s="10">
         <f t="shared" si="42"/>
-        <v>392</v>
+        <v>446</v>
       </c>
       <c r="F142" s="1">
         <f t="shared" si="42"/>
-        <v>366</v>
+        <v>418</v>
       </c>
       <c r="G142" s="15">
         <f t="shared" si="42"/>
-        <v>758</v>
+        <v>864</v>
       </c>
       <c r="H142" s="10">
         <f t="shared" si="42"/>
-        <v>361</v>
+        <v>409</v>
       </c>
       <c r="I142" s="1">
         <f t="shared" si="42"/>
-        <v>368</v>
+        <v>404</v>
       </c>
       <c r="J142" s="15">
         <f t="shared" si="42"/>
-        <v>729</v>
+        <v>813</v>
       </c>
       <c r="K142" s="10">
         <f t="shared" si="42"/>
-        <v>459</v>
+        <v>520</v>
       </c>
       <c r="L142" s="1">
         <f t="shared" si="42"/>
-        <v>433</v>
+        <v>489</v>
       </c>
       <c r="M142" s="15">
         <f t="shared" si="42"/>
-        <v>892</v>
+        <v>1009</v>
       </c>
       <c r="N142" s="10">
         <f t="shared" si="42"/>
-        <v>510</v>
+        <v>576</v>
       </c>
       <c r="O142" s="1">
         <f t="shared" si="42"/>
-        <v>528</v>
+        <v>585</v>
       </c>
       <c r="P142" s="15">
         <f t="shared" si="42"/>
-        <v>1038</v>
+        <v>1161</v>
       </c>
       <c r="Q142" s="10">
         <f t="shared" si="42"/>
-        <v>383</v>
+        <v>433</v>
       </c>
       <c r="R142" s="1">
         <f t="shared" si="42"/>
-        <v>399</v>
+        <v>445</v>
       </c>
       <c r="S142" s="15">
         <f t="shared" si="42"/>
-        <v>782</v>
+        <v>878</v>
       </c>
       <c r="T142" s="10">
         <f t="shared" si="42"/>
-        <v>376</v>
+        <v>429</v>
       </c>
       <c r="U142" s="1">
         <f t="shared" si="42"/>
-        <v>361</v>
+        <v>401</v>
       </c>
       <c r="V142" s="15">
         <f t="shared" si="42"/>
-        <v>737</v>
+        <v>830</v>
       </c>
       <c r="W142" s="10">
         <f t="shared" si="42"/>
-        <v>393</v>
+        <v>446</v>
       </c>
       <c r="X142" s="1">
         <f t="shared" si="42"/>
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="Y142" s="15">
         <f t="shared" si="42"/>
-        <v>829</v>
+        <v>925</v>
       </c>
       <c r="Z142" s="10">
         <f t="shared" si="42"/>
-        <v>363</v>
+        <v>407</v>
       </c>
       <c r="AA142" s="1">
         <f t="shared" si="42"/>
-        <v>400</v>
+        <v>433</v>
       </c>
       <c r="AB142" s="15">
         <f t="shared" si="42"/>
-        <v>763</v>
+        <v>840</v>
       </c>
       <c r="AC142" s="10">
         <f t="shared" si="42"/>
-        <v>372</v>
+        <v>418</v>
       </c>
       <c r="AD142" s="1">
         <f t="shared" si="42"/>
-        <v>409</v>
+        <v>457</v>
       </c>
       <c r="AE142" s="15">
         <f t="shared" si="42"/>
-        <v>781</v>
+        <v>875</v>
       </c>
       <c r="AF142" s="10">
         <f>SUM(B142,E142,H142,K142,N142,Q142,T142,W142,Z142,AC142)</f>
-        <v>3689</v>
+        <v>4173</v>
       </c>
       <c r="AG142" s="1">
         <f t="shared" si="37"/>
-        <v>3767</v>
+        <v>4187</v>
       </c>
       <c r="AH142" s="15">
         <f t="shared" si="38"/>
-        <v>7456</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>8360</v>
+      </c>
+    </row>
+    <row r="143" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="27" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:AE143" si="43">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>635</v>
+        <v>761</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="43"/>
-        <v>714</v>
+        <v>800</v>
       </c>
       <c r="D143" s="17">
         <f t="shared" si="43"/>
-        <v>1349</v>
+        <v>1561</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="43"/>
-        <v>3318</v>
+        <v>3850</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>3005</v>
+        <v>3421</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="43"/>
-        <v>6323</v>
+        <v>7271</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="43"/>
-        <v>3210</v>
+        <v>3625</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>2874</v>
+        <v>3180</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="43"/>
-        <v>6084</v>
+        <v>6805</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="43"/>
-        <v>3921</v>
+        <v>4418</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>3501</v>
+        <v>3898</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="43"/>
-        <v>7422</v>
+        <v>8316</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="43"/>
-        <v>4132</v>
+        <v>4685</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>3859</v>
+        <v>4306</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="43"/>
-        <v>7991</v>
+        <v>8991</v>
       </c>
       <c r="Q143" s="13">
         <f t="shared" si="43"/>
-        <v>3332</v>
+        <v>3781</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>3354</v>
+        <v>3739</v>
       </c>
       <c r="S143" s="18">
         <f t="shared" si="43"/>
-        <v>6686</v>
+        <v>7520</v>
       </c>
       <c r="T143" s="13">
         <f t="shared" si="43"/>
-        <v>3068</v>
+        <v>3441</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>2923</v>
+        <v>3247</v>
       </c>
       <c r="V143" s="18">
         <f t="shared" si="43"/>
-        <v>5991</v>
+        <v>6688</v>
       </c>
       <c r="W143" s="13">
         <f t="shared" si="43"/>
-        <v>2933</v>
+        <v>3266</v>
       </c>
       <c r="X143" s="14">
         <f t="shared" si="43"/>
-        <v>3070</v>
+        <v>3404</v>
       </c>
       <c r="Y143" s="18">
         <f t="shared" si="43"/>
-        <v>6003</v>
+        <v>6670</v>
       </c>
       <c r="Z143" s="13">
         <f t="shared" si="43"/>
-        <v>2837</v>
+        <v>3185</v>
       </c>
       <c r="AA143" s="14">
         <f t="shared" si="43"/>
-        <v>2822</v>
+        <v>3139</v>
       </c>
       <c r="AB143" s="18">
         <f t="shared" si="43"/>
-        <v>5659</v>
+        <v>6324</v>
       </c>
       <c r="AC143" s="13">
         <f t="shared" si="43"/>
-        <v>3095</v>
+        <v>3499</v>
       </c>
       <c r="AD143" s="14">
         <f t="shared" si="43"/>
-        <v>2807</v>
+        <v>3126</v>
       </c>
       <c r="AE143" s="18">
         <f t="shared" si="43"/>
-        <v>5902</v>
+        <v>6625</v>
       </c>
       <c r="AF143" s="13">
         <f t="shared" ref="AF143" si="44">SUM(B143,E143,H143,K143,N143,Q143,T143,W143,Z143,AC143)</f>
-        <v>30481</v>
+        <v>34511</v>
       </c>
       <c r="AG143" s="14">
         <f t="shared" si="37"/>
-        <v>28929</v>
+        <v>32260</v>
       </c>
       <c r="AH143" s="18">
         <f>SUM(D143,G143,J143,M143,P143,S143,V143,Y143,AB143,AE143)</f>
-        <v>59410</v>
-[...2 lines deleted...]
-    <row r="145" spans="2:34" x14ac:dyDescent="0.25">
+        <v>66771</v>
+      </c>
+    </row>
+    <row r="145" spans="2:34" x14ac:dyDescent="0.35">
       <c r="B145" s="61"/>
       <c r="C145" s="61"/>
       <c r="D145" s="61"/>
       <c r="E145" s="61"/>
       <c r="F145" s="61"/>
       <c r="G145" s="61"/>
       <c r="H145" s="61"/>
       <c r="I145" s="61"/>
       <c r="J145" s="61"/>
       <c r="K145" s="61"/>
       <c r="L145" s="61"/>
       <c r="M145" s="61"/>
       <c r="N145" s="61"/>
       <c r="O145" s="61"/>
       <c r="P145" s="61"/>
       <c r="Q145" s="61"/>
       <c r="R145" s="61"/>
       <c r="S145" s="61"/>
       <c r="T145" s="61"/>
       <c r="U145" s="61"/>
       <c r="V145" s="61"/>
       <c r="W145" s="61"/>
       <c r="X145" s="61"/>
       <c r="Y145" s="61"/>
       <c r="Z145" s="61"/>
       <c r="AA145" s="61"/>
       <c r="AB145" s="61"/>
       <c r="AC145" s="61"/>
       <c r="AD145" s="61"/>
       <c r="AE145" s="61"/>
       <c r="AF145" s="61"/>
       <c r="AG145" s="61"/>
       <c r="AH145" s="61"/>
     </row>
-    <row r="146" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="146" spans="2:34" x14ac:dyDescent="0.35">
       <c r="B146" s="61"/>
       <c r="C146" s="61"/>
       <c r="D146" s="61"/>
       <c r="E146" s="61"/>
       <c r="F146" s="61"/>
       <c r="G146" s="61"/>
       <c r="H146" s="61"/>
       <c r="I146" s="61"/>
       <c r="J146" s="61"/>
       <c r="K146" s="61"/>
       <c r="L146" s="61"/>
       <c r="M146" s="61"/>
       <c r="N146" s="61"/>
       <c r="O146" s="61"/>
       <c r="P146" s="61"/>
       <c r="Q146" s="61"/>
       <c r="R146" s="61"/>
       <c r="S146" s="61"/>
       <c r="T146" s="61"/>
       <c r="U146" s="61"/>
       <c r="V146" s="61"/>
       <c r="W146" s="61"/>
       <c r="X146" s="61"/>
       <c r="Y146" s="61"/>
       <c r="Z146" s="61"/>
       <c r="AA146" s="61"/>
       <c r="AB146" s="61"/>
       <c r="AC146" s="61"/>
       <c r="AD146" s="61"/>
       <c r="AE146" s="61"/>
       <c r="AF146" s="61"/>
       <c r="AG146" s="61"/>
       <c r="AH146" s="61"/>
     </row>
-    <row r="147" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="147" spans="2:34" x14ac:dyDescent="0.35">
       <c r="B147" s="61"/>
       <c r="C147" s="61"/>
       <c r="D147" s="61"/>
       <c r="E147" s="61"/>
       <c r="F147" s="61"/>
       <c r="G147" s="61"/>
       <c r="H147" s="61"/>
       <c r="I147" s="61"/>
       <c r="J147" s="61"/>
       <c r="K147" s="61"/>
       <c r="L147" s="61"/>
       <c r="M147" s="61"/>
       <c r="N147" s="61"/>
       <c r="O147" s="61"/>
       <c r="P147" s="61"/>
       <c r="Q147" s="61"/>
       <c r="R147" s="61"/>
       <c r="S147" s="61"/>
       <c r="T147" s="61"/>
       <c r="U147" s="61"/>
       <c r="V147" s="61"/>
       <c r="W147" s="61"/>
       <c r="X147" s="61"/>
       <c r="Y147" s="61"/>
       <c r="Z147" s="61"/>
       <c r="AA147" s="61"/>
       <c r="AB147" s="61"/>
       <c r="AC147" s="61"/>
       <c r="AD147" s="61"/>
       <c r="AE147" s="61"/>
       <c r="AF147" s="61"/>
       <c r="AG147" s="61"/>
       <c r="AH147" s="61"/>
     </row>
-    <row r="148" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="148" spans="2:34" x14ac:dyDescent="0.35">
       <c r="B148" s="61"/>
       <c r="C148" s="61"/>
       <c r="D148" s="61"/>
       <c r="E148" s="61"/>
       <c r="F148" s="61"/>
       <c r="G148" s="61"/>
       <c r="H148" s="61"/>
       <c r="I148" s="61"/>
       <c r="J148" s="61"/>
       <c r="K148" s="61"/>
       <c r="L148" s="61"/>
       <c r="M148" s="61"/>
       <c r="N148" s="61"/>
       <c r="O148" s="61"/>
       <c r="P148" s="61"/>
       <c r="Q148" s="61"/>
       <c r="R148" s="61"/>
       <c r="S148" s="61"/>
       <c r="T148" s="61"/>
       <c r="U148" s="61"/>
       <c r="V148" s="61"/>
       <c r="W148" s="61"/>
       <c r="X148" s="61"/>
       <c r="Y148" s="61"/>
       <c r="Z148" s="61"/>
       <c r="AA148" s="61"/>
       <c r="AB148" s="61"/>
       <c r="AC148" s="61"/>
       <c r="AD148" s="61"/>
       <c r="AE148" s="61"/>
       <c r="AF148" s="61"/>
       <c r="AG148" s="61"/>
       <c r="AH148" s="61"/>
     </row>
-    <row r="149" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="149" spans="2:34" x14ac:dyDescent="0.35">
       <c r="B149" s="61"/>
       <c r="C149" s="61"/>
       <c r="D149" s="61"/>
       <c r="E149" s="61"/>
       <c r="F149" s="61"/>
       <c r="G149" s="61"/>
       <c r="H149" s="61"/>
       <c r="I149" s="61"/>
       <c r="J149" s="61"/>
       <c r="K149" s="61"/>
       <c r="L149" s="61"/>
       <c r="M149" s="61"/>
       <c r="N149" s="61"/>
       <c r="O149" s="61"/>
       <c r="P149" s="61"/>
       <c r="Q149" s="61"/>
       <c r="R149" s="61"/>
       <c r="S149" s="61"/>
       <c r="T149" s="61"/>
       <c r="U149" s="61"/>
       <c r="V149" s="61"/>
       <c r="W149" s="61"/>
       <c r="X149" s="61"/>
       <c r="Y149" s="61"/>
       <c r="Z149" s="61"/>
       <c r="AA149" s="61"/>
       <c r="AB149" s="61"/>
       <c r="AC149" s="61"/>
       <c r="AD149" s="61"/>
       <c r="AE149" s="61"/>
       <c r="AF149" s="61"/>
       <c r="AG149" s="61"/>
       <c r="AH149" s="61"/>
     </row>
-    <row r="150" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="150" spans="2:34" x14ac:dyDescent="0.35">
       <c r="B150" s="61"/>
       <c r="C150" s="61"/>
       <c r="D150" s="61"/>
       <c r="E150" s="61"/>
       <c r="F150" s="61"/>
       <c r="G150" s="61"/>
       <c r="H150" s="61"/>
       <c r="I150" s="61"/>
       <c r="J150" s="61"/>
       <c r="K150" s="61"/>
       <c r="L150" s="61"/>
       <c r="M150" s="61"/>
       <c r="N150" s="61"/>
       <c r="O150" s="61"/>
       <c r="P150" s="61"/>
       <c r="Q150" s="61"/>
       <c r="R150" s="61"/>
       <c r="S150" s="61"/>
       <c r="T150" s="61"/>
       <c r="U150" s="61"/>
       <c r="V150" s="61"/>
       <c r="W150" s="61"/>
       <c r="X150" s="61"/>
       <c r="Y150" s="61"/>
       <c r="Z150" s="61"/>
@@ -13780,180 +14175,180 @@
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Y4"/>
     <mergeCell ref="Z4:AB4"/>
     <mergeCell ref="AC4:AE4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="AF15:AH15"/>
     <mergeCell ref="N15:P15"/>
     <mergeCell ref="Q15:S15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71E943CA-A93B-441D-8765-58CDD5C8E60F}">
   <dimension ref="A1:Y144"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H139" sqref="H139"/>
+    <sheetView topLeftCell="A97" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M145" sqref="M145"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="22" width="6.85546875" customWidth="1"/>
+    <col min="1" max="1" width="19.81640625" customWidth="1"/>
+    <col min="2" max="2" width="8.81640625" customWidth="1"/>
+    <col min="3" max="22" width="6.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:22" ht="23.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
     </row>
-    <row r="2" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A2" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="98"/>
       <c r="D2" s="98"/>
       <c r="E2" s="98"/>
       <c r="F2" s="98"/>
       <c r="G2" s="98"/>
       <c r="H2" s="98"/>
       <c r="I2" s="98"/>
       <c r="J2" s="98"/>
       <c r="K2" s="98"/>
       <c r="L2" s="98"/>
       <c r="M2" s="98"/>
       <c r="N2" s="98"/>
       <c r="O2" s="98"/>
       <c r="P2" s="98"/>
       <c r="Q2" s="98"/>
       <c r="R2" s="98"/>
       <c r="S2" s="98"/>
       <c r="T2" s="98"/>
       <c r="U2" s="98"/>
       <c r="V2" s="98"/>
     </row>
-    <row r="3" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="100"/>
       <c r="B3" s="99" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="99"/>
       <c r="D3" s="99"/>
       <c r="E3" s="99"/>
       <c r="F3" s="99"/>
       <c r="G3" s="99"/>
       <c r="H3" s="99"/>
       <c r="I3" s="99"/>
       <c r="J3" s="99"/>
       <c r="K3" s="99"/>
       <c r="L3" s="99"/>
       <c r="M3" s="99"/>
       <c r="N3" s="99"/>
       <c r="O3" s="99"/>
       <c r="P3" s="99"/>
       <c r="Q3" s="99"/>
       <c r="R3" s="99"/>
       <c r="S3" s="99"/>
       <c r="T3" s="99"/>
       <c r="U3" s="99"/>
       <c r="V3" s="99"/>
     </row>
-    <row r="4" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="100"/>
       <c r="B4" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="91"/>
       <c r="D4" s="88"/>
       <c r="E4" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="91"/>
       <c r="G4" s="88"/>
       <c r="H4" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="91"/>
       <c r="J4" s="88"/>
       <c r="K4" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L4" s="91"/>
       <c r="M4" s="88"/>
       <c r="N4" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="91"/>
       <c r="P4" s="88"/>
       <c r="Q4" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R4" s="91"/>
       <c r="S4" s="88"/>
       <c r="T4" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U4" s="91"/>
       <c r="V4" s="92"/>
     </row>
-    <row r="5" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A5" s="100"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>15</v>
       </c>
@@ -13975,51 +14370,51 @@
       <c r="O5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="70">
         <v>856</v>
       </c>
       <c r="C6" s="71">
         <v>478</v>
       </c>
       <c r="D6" s="76">
         <v>1334</v>
       </c>
       <c r="E6" s="70">
         <v>414</v>
       </c>
       <c r="F6" s="71">
         <v>477</v>
       </c>
       <c r="G6" s="76">
         <v>891</v>
       </c>
       <c r="H6" s="70">
         <v>496</v>
       </c>
       <c r="I6" s="71">
@@ -14046,51 +14441,51 @@
       <c r="P6" s="76">
         <v>30</v>
       </c>
       <c r="Q6" s="70">
         <v>37</v>
       </c>
       <c r="R6" s="71">
         <v>43</v>
       </c>
       <c r="S6" s="76">
         <v>80</v>
       </c>
       <c r="T6" s="70">
         <f>SUM(B6,E6,H6,K6,N6,Q6)</f>
         <v>1996</v>
       </c>
       <c r="U6" s="71">
         <f>SUM(C6,F6,I6,L6,O6,R6)</f>
         <v>1827</v>
       </c>
       <c r="V6" s="72">
         <f t="shared" ref="V6:V11" si="0">SUM(D6,G6,J6,M6,P6,S6)</f>
         <v>3823</v>
       </c>
     </row>
-    <row r="7" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="70">
         <v>152</v>
       </c>
       <c r="C7" s="71">
         <v>100</v>
       </c>
       <c r="D7" s="76">
         <v>252</v>
       </c>
       <c r="E7" s="70">
         <v>196</v>
       </c>
       <c r="F7" s="71">
         <v>430</v>
       </c>
       <c r="G7" s="76">
         <v>626</v>
       </c>
       <c r="H7" s="70">
         <v>175</v>
       </c>
       <c r="I7" s="71">
@@ -14117,51 +14512,51 @@
       <c r="P7" s="76">
         <v>72</v>
       </c>
       <c r="Q7" s="70">
         <v>7</v>
       </c>
       <c r="R7" s="71">
         <v>15</v>
       </c>
       <c r="S7" s="76">
         <v>22</v>
       </c>
       <c r="T7" s="70">
         <f t="shared" ref="T7:T11" si="1">SUM(B7,E7,H7,K7,N7,Q7)</f>
         <v>686</v>
       </c>
       <c r="U7" s="71">
         <f t="shared" ref="U7:U11" si="2">SUM(C7,F7,I7,L7,O7,R7)</f>
         <v>1114</v>
       </c>
       <c r="V7" s="72">
         <f t="shared" si="0"/>
         <v>1800</v>
       </c>
     </row>
-    <row r="8" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="70">
         <v>144</v>
       </c>
       <c r="C8" s="71">
         <v>78</v>
       </c>
       <c r="D8" s="76">
         <v>222</v>
       </c>
       <c r="E8" s="70">
         <v>220</v>
       </c>
       <c r="F8" s="71">
         <v>374</v>
       </c>
       <c r="G8" s="76">
         <v>594</v>
       </c>
       <c r="H8" s="70">
         <v>151</v>
       </c>
       <c r="I8" s="71">
@@ -14188,51 +14583,51 @@
       <c r="P8" s="76">
         <v>35</v>
       </c>
       <c r="Q8" s="70">
         <v>5</v>
       </c>
       <c r="R8" s="71">
         <v>8</v>
       </c>
       <c r="S8" s="76">
         <v>13</v>
       </c>
       <c r="T8" s="70">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
       <c r="U8" s="71">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
       <c r="V8" s="72">
         <f t="shared" si="0"/>
         <v>1501</v>
       </c>
     </row>
-    <row r="9" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="70">
         <v>173</v>
       </c>
       <c r="C9" s="71">
         <v>74</v>
       </c>
       <c r="D9" s="76">
         <v>247</v>
       </c>
       <c r="E9" s="70">
         <v>180</v>
       </c>
       <c r="F9" s="71">
         <v>278</v>
       </c>
       <c r="G9" s="76">
         <v>458</v>
       </c>
       <c r="H9" s="70">
         <v>162</v>
       </c>
       <c r="I9" s="71">
@@ -14259,51 +14654,51 @@
       <c r="P9" s="76">
         <v>34</v>
       </c>
       <c r="Q9" s="70">
         <v>7</v>
       </c>
       <c r="R9" s="71">
         <v>11</v>
       </c>
       <c r="S9" s="76">
         <v>18</v>
       </c>
       <c r="T9" s="70">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
       <c r="U9" s="71">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
       <c r="V9" s="72">
         <f t="shared" si="0"/>
         <v>1341</v>
       </c>
     </row>
-    <row r="10" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="70">
         <v>110</v>
       </c>
       <c r="C10" s="71">
         <v>67</v>
       </c>
       <c r="D10" s="76">
         <v>177</v>
       </c>
       <c r="E10" s="70">
         <v>185</v>
       </c>
       <c r="F10" s="71">
         <v>260</v>
       </c>
       <c r="G10" s="76">
         <v>445</v>
       </c>
       <c r="H10" s="70">
         <v>178</v>
       </c>
       <c r="I10" s="71">
@@ -14330,51 +14725,51 @@
       <c r="P10" s="76">
         <v>36</v>
       </c>
       <c r="Q10" s="70">
         <v>2</v>
       </c>
       <c r="R10" s="71">
         <v>13</v>
       </c>
       <c r="S10" s="76">
         <v>15</v>
       </c>
       <c r="T10" s="70">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
       <c r="U10" s="71">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
       <c r="V10" s="72">
         <f t="shared" si="0"/>
         <v>1382</v>
       </c>
     </row>
-    <row r="11" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="73">
         <v>1435</v>
       </c>
       <c r="C11" s="74">
         <v>797</v>
       </c>
       <c r="D11" s="81">
         <v>2232</v>
       </c>
       <c r="E11" s="73">
         <v>1195</v>
       </c>
       <c r="F11" s="74">
         <v>1819</v>
       </c>
       <c r="G11" s="81">
         <v>3014</v>
       </c>
       <c r="H11" s="73">
         <v>1162</v>
       </c>
       <c r="I11" s="74">
@@ -14401,143 +14796,143 @@
       <c r="P11" s="81">
         <v>207</v>
       </c>
       <c r="Q11" s="73">
         <v>58</v>
       </c>
       <c r="R11" s="74">
         <v>90</v>
       </c>
       <c r="S11" s="81">
         <v>148</v>
       </c>
       <c r="T11" s="73">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
       <c r="U11" s="74">
         <f t="shared" si="2"/>
         <v>5266</v>
       </c>
       <c r="V11" s="75">
         <f t="shared" si="0"/>
         <v>9847</v>
       </c>
     </row>
-    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A13" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="98"/>
       <c r="D13" s="98"/>
       <c r="E13" s="98"/>
       <c r="F13" s="98"/>
       <c r="G13" s="98"/>
       <c r="H13" s="98"/>
       <c r="I13" s="98"/>
       <c r="J13" s="98"/>
       <c r="K13" s="98"/>
       <c r="L13" s="98"/>
       <c r="M13" s="98"/>
       <c r="N13" s="98"/>
       <c r="O13" s="98"/>
       <c r="P13" s="98"/>
       <c r="Q13" s="98"/>
       <c r="R13" s="98"/>
       <c r="S13" s="98"/>
       <c r="T13" s="98"/>
       <c r="U13" s="98"/>
       <c r="V13" s="98"/>
     </row>
-    <row r="14" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="100"/>
       <c r="B14" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="99"/>
       <c r="F14" s="99"/>
       <c r="G14" s="99"/>
       <c r="H14" s="99"/>
       <c r="I14" s="99"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="99"/>
       <c r="Q14" s="99"/>
       <c r="R14" s="99"/>
       <c r="S14" s="99"/>
       <c r="T14" s="99"/>
       <c r="U14" s="99"/>
       <c r="V14" s="99"/>
     </row>
-    <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="100"/>
       <c r="B15" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="91"/>
       <c r="D15" s="88"/>
       <c r="E15" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="91"/>
       <c r="G15" s="88"/>
       <c r="H15" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="91"/>
       <c r="J15" s="88"/>
       <c r="K15" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="91"/>
       <c r="M15" s="88"/>
       <c r="N15" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O15" s="91"/>
       <c r="P15" s="88"/>
       <c r="Q15" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R15" s="91"/>
       <c r="S15" s="88"/>
       <c r="T15" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U15" s="91"/>
       <c r="V15" s="92"/>
     </row>
-    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A16" s="100"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
@@ -14559,51 +14954,51 @@
       <c r="O16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="53">
         <v>792</v>
       </c>
       <c r="C17" s="54">
         <v>445</v>
       </c>
       <c r="D17" s="58">
         <v>1237</v>
       </c>
       <c r="E17" s="53">
         <v>381</v>
       </c>
       <c r="F17" s="54">
         <v>517</v>
       </c>
       <c r="G17" s="58">
         <v>898</v>
       </c>
       <c r="H17" s="53">
         <v>495</v>
       </c>
       <c r="I17" s="54">
@@ -14630,51 +15025,51 @@
       <c r="P17" s="58">
         <v>34</v>
       </c>
       <c r="Q17" s="53">
         <v>39</v>
       </c>
       <c r="R17" s="54">
         <v>44</v>
       </c>
       <c r="S17" s="58">
         <v>83</v>
       </c>
       <c r="T17" s="53">
         <f>SUM(B17,E17,H17,K17,N17,Q17)</f>
         <v>1913</v>
       </c>
       <c r="U17" s="54">
         <f t="shared" ref="U17:U22" si="3">SUM(C17,F17,I17,L17,O17,R17)</f>
         <v>1833</v>
       </c>
       <c r="V17" s="55">
         <f t="shared" ref="V17:V22" si="4">SUM(D17,G17,J17,M17,P17,S17)</f>
         <v>3746</v>
       </c>
     </row>
-    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="53">
         <v>124</v>
       </c>
       <c r="C18" s="54">
         <v>60</v>
       </c>
       <c r="D18" s="58">
         <v>184</v>
       </c>
       <c r="E18" s="53">
         <v>141</v>
       </c>
       <c r="F18" s="54">
         <v>222</v>
       </c>
       <c r="G18" s="58">
         <v>363</v>
       </c>
       <c r="H18" s="53">
         <v>130</v>
       </c>
       <c r="I18" s="54">
@@ -14701,51 +15096,51 @@
       <c r="P18" s="58">
         <v>44</v>
       </c>
       <c r="Q18" s="53">
         <v>3</v>
       </c>
       <c r="R18" s="54">
         <v>14</v>
       </c>
       <c r="S18" s="58">
         <v>17</v>
       </c>
       <c r="T18" s="53">
         <f t="shared" ref="T18:T22" si="5">SUM(B18,E18,H18,K18,N18,Q18)</f>
         <v>539</v>
       </c>
       <c r="U18" s="54">
         <f t="shared" si="3"/>
         <v>675</v>
       </c>
       <c r="V18" s="55">
         <f t="shared" si="4"/>
         <v>1214</v>
       </c>
     </row>
-    <row r="19" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="53">
         <v>137</v>
       </c>
       <c r="C19" s="54">
         <v>53</v>
       </c>
       <c r="D19" s="58">
         <v>190</v>
       </c>
       <c r="E19" s="53">
         <v>236</v>
       </c>
       <c r="F19" s="54">
         <v>266</v>
       </c>
       <c r="G19" s="58">
         <v>502</v>
       </c>
       <c r="H19" s="53">
         <v>163</v>
       </c>
       <c r="I19" s="54">
@@ -14772,51 +15167,51 @@
       <c r="P19" s="58">
         <v>30</v>
       </c>
       <c r="Q19" s="53">
         <v>2</v>
       </c>
       <c r="R19" s="54">
         <v>6</v>
       </c>
       <c r="S19" s="58">
         <v>8</v>
       </c>
       <c r="T19" s="53">
         <f t="shared" si="5"/>
         <v>650</v>
       </c>
       <c r="U19" s="54">
         <f t="shared" si="3"/>
         <v>630</v>
       </c>
       <c r="V19" s="55">
         <f t="shared" si="4"/>
         <v>1280</v>
       </c>
     </row>
-    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="53">
         <v>113</v>
       </c>
       <c r="C20" s="54">
         <v>57</v>
       </c>
       <c r="D20" s="58">
         <v>170</v>
       </c>
       <c r="E20" s="53">
         <v>129</v>
       </c>
       <c r="F20" s="54">
         <v>188</v>
       </c>
       <c r="G20" s="58">
         <v>317</v>
       </c>
       <c r="H20" s="53">
         <v>111</v>
       </c>
       <c r="I20" s="54">
@@ -14843,51 +15238,51 @@
       <c r="P20" s="58">
         <v>29</v>
       </c>
       <c r="Q20" s="53">
         <v>4</v>
       </c>
       <c r="R20" s="54">
         <v>9</v>
       </c>
       <c r="S20" s="58">
         <v>13</v>
       </c>
       <c r="T20" s="53">
         <f t="shared" si="5"/>
         <v>457</v>
       </c>
       <c r="U20" s="54">
         <f t="shared" si="3"/>
         <v>551</v>
       </c>
       <c r="V20" s="55">
         <f t="shared" si="4"/>
         <v>1008</v>
       </c>
     </row>
-    <row r="21" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="53">
         <v>104</v>
       </c>
       <c r="C21" s="54">
         <v>44</v>
       </c>
       <c r="D21" s="58">
         <v>148</v>
       </c>
       <c r="E21" s="53">
         <v>117</v>
       </c>
       <c r="F21" s="54">
         <v>190</v>
       </c>
       <c r="G21" s="58">
         <v>307</v>
       </c>
       <c r="H21" s="53">
         <v>109</v>
       </c>
       <c r="I21" s="54">
@@ -14914,51 +15309,51 @@
       <c r="P21" s="58">
         <v>23</v>
       </c>
       <c r="Q21" s="53">
         <v>6</v>
       </c>
       <c r="R21" s="54">
         <v>15</v>
       </c>
       <c r="S21" s="58">
         <v>21</v>
       </c>
       <c r="T21" s="53">
         <f t="shared" si="5"/>
         <v>420</v>
       </c>
       <c r="U21" s="54">
         <f t="shared" si="3"/>
         <v>535</v>
       </c>
       <c r="V21" s="55">
         <f t="shared" si="4"/>
         <v>955</v>
       </c>
     </row>
-    <row r="22" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>1270</v>
       </c>
       <c r="C22" s="52">
         <v>659</v>
       </c>
       <c r="D22" s="63">
         <v>1929</v>
       </c>
       <c r="E22" s="22">
         <v>1004</v>
       </c>
       <c r="F22" s="52">
         <v>1383</v>
       </c>
       <c r="G22" s="63">
         <v>2387</v>
       </c>
       <c r="H22" s="22">
         <v>1008</v>
       </c>
       <c r="I22" s="52">
@@ -14985,143 +15380,143 @@
       <c r="P22" s="63">
         <v>160</v>
       </c>
       <c r="Q22" s="22">
         <v>54</v>
       </c>
       <c r="R22" s="52">
         <v>88</v>
       </c>
       <c r="S22" s="63">
         <v>142</v>
       </c>
       <c r="T22" s="22">
         <f t="shared" si="5"/>
         <v>3979</v>
       </c>
       <c r="U22" s="52">
         <f t="shared" si="3"/>
         <v>4224</v>
       </c>
       <c r="V22" s="24">
         <f t="shared" si="4"/>
         <v>8203</v>
       </c>
     </row>
-    <row r="24" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A24" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="98"/>
       <c r="O24" s="98"/>
       <c r="P24" s="98"/>
       <c r="Q24" s="98"/>
       <c r="R24" s="98"/>
       <c r="S24" s="98"/>
       <c r="T24" s="98"/>
       <c r="U24" s="98"/>
       <c r="V24" s="98"/>
     </row>
-    <row r="25" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="100"/>
       <c r="B25" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="99"/>
       <c r="D25" s="99"/>
       <c r="E25" s="99"/>
       <c r="F25" s="99"/>
       <c r="G25" s="99"/>
       <c r="H25" s="99"/>
       <c r="I25" s="99"/>
       <c r="J25" s="99"/>
       <c r="K25" s="99"/>
       <c r="L25" s="99"/>
       <c r="M25" s="99"/>
       <c r="N25" s="99"/>
       <c r="O25" s="99"/>
       <c r="P25" s="99"/>
       <c r="Q25" s="99"/>
       <c r="R25" s="99"/>
       <c r="S25" s="99"/>
       <c r="T25" s="99"/>
       <c r="U25" s="99"/>
       <c r="V25" s="99"/>
     </row>
-    <row r="26" spans="1:22" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="100"/>
       <c r="B26" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="88"/>
       <c r="E26" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F26" s="91"/>
       <c r="G26" s="88"/>
       <c r="H26" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I26" s="91"/>
       <c r="J26" s="88"/>
       <c r="K26" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="91"/>
       <c r="M26" s="88"/>
       <c r="N26" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O26" s="91"/>
       <c r="P26" s="88"/>
       <c r="Q26" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R26" s="91"/>
       <c r="S26" s="88"/>
       <c r="T26" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U26" s="91"/>
       <c r="V26" s="92"/>
     </row>
-    <row r="27" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A27" s="100"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
@@ -15143,51 +15538,51 @@
       <c r="O27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="53">
         <v>699</v>
       </c>
       <c r="C28" s="54">
         <v>399</v>
       </c>
       <c r="D28" s="58">
         <v>1098</v>
       </c>
       <c r="E28" s="53">
         <v>335</v>
       </c>
       <c r="F28" s="54">
         <v>424</v>
       </c>
       <c r="G28" s="58">
         <v>759</v>
       </c>
       <c r="H28" s="53">
         <v>382</v>
       </c>
       <c r="I28" s="54">
@@ -15214,51 +15609,51 @@
       <c r="P28" s="58">
         <v>23</v>
       </c>
       <c r="Q28" s="53">
         <v>77</v>
       </c>
       <c r="R28" s="54">
         <v>77</v>
       </c>
       <c r="S28" s="58">
         <v>154</v>
       </c>
       <c r="T28" s="10">
         <f>SUM(B28,E28,H28,K28,N28,Q28)</f>
         <v>1662</v>
       </c>
       <c r="U28" s="1">
         <f t="shared" ref="U28:U33" si="6">SUM(C28,F28,I28,L28,O28,R28)</f>
         <v>1579</v>
       </c>
       <c r="V28" s="15">
         <f t="shared" ref="V28:V33" si="7">SUM(D28,G28,J28,M28,P28,S28)</f>
         <v>3241</v>
       </c>
     </row>
-    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="53">
         <v>109</v>
       </c>
       <c r="C29" s="54">
         <v>51</v>
       </c>
       <c r="D29" s="58">
         <v>160</v>
       </c>
       <c r="E29" s="53">
         <v>134</v>
       </c>
       <c r="F29" s="54">
         <v>163</v>
       </c>
       <c r="G29" s="58">
         <v>297</v>
       </c>
       <c r="H29" s="53">
         <v>108</v>
       </c>
       <c r="I29" s="54">
@@ -15285,51 +15680,51 @@
       <c r="P29" s="58">
         <v>28</v>
       </c>
       <c r="Q29" s="53">
         <v>14</v>
       </c>
       <c r="R29" s="54">
         <v>21</v>
       </c>
       <c r="S29" s="58">
         <v>35</v>
       </c>
       <c r="T29" s="10">
         <f t="shared" ref="T29:T33" si="8">SUM(B29,E29,H29,K29,N29,Q29)</f>
         <v>482</v>
       </c>
       <c r="U29" s="1">
         <f t="shared" si="6"/>
         <v>480</v>
       </c>
       <c r="V29" s="15">
         <f t="shared" si="7"/>
         <v>962</v>
       </c>
     </row>
-    <row r="30" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="53">
         <v>101</v>
       </c>
       <c r="C30" s="54">
         <v>54</v>
       </c>
       <c r="D30" s="58">
         <v>155</v>
       </c>
       <c r="E30" s="53">
         <v>170</v>
       </c>
       <c r="F30" s="54">
         <v>205</v>
       </c>
       <c r="G30" s="58">
         <v>375</v>
       </c>
       <c r="H30" s="53">
         <v>98</v>
       </c>
       <c r="I30" s="54">
@@ -15356,51 +15751,51 @@
       <c r="P30" s="58">
         <v>26</v>
       </c>
       <c r="Q30" s="53">
         <v>12</v>
       </c>
       <c r="R30" s="54">
         <v>22</v>
       </c>
       <c r="S30" s="58">
         <v>34</v>
       </c>
       <c r="T30" s="10">
         <f t="shared" si="8"/>
         <v>456</v>
       </c>
       <c r="U30" s="1">
         <f t="shared" si="6"/>
         <v>546</v>
       </c>
       <c r="V30" s="15">
         <f t="shared" si="7"/>
         <v>1002</v>
       </c>
     </row>
-    <row r="31" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="53">
         <v>128</v>
       </c>
       <c r="C31" s="54">
         <v>42</v>
       </c>
       <c r="D31" s="58">
         <v>170</v>
       </c>
       <c r="E31" s="53">
         <v>113</v>
       </c>
       <c r="F31" s="54">
         <v>178</v>
       </c>
       <c r="G31" s="58">
         <v>291</v>
       </c>
       <c r="H31" s="53">
         <v>114</v>
       </c>
       <c r="I31" s="54">
@@ -15427,51 +15822,51 @@
       <c r="P31" s="58">
         <v>18</v>
       </c>
       <c r="Q31" s="53">
         <v>13</v>
       </c>
       <c r="R31" s="54">
         <v>14</v>
       </c>
       <c r="S31" s="58">
         <v>27</v>
       </c>
       <c r="T31" s="10">
         <f t="shared" si="8"/>
         <v>428</v>
       </c>
       <c r="U31" s="1">
         <f t="shared" si="6"/>
         <v>446</v>
       </c>
       <c r="V31" s="15">
         <f t="shared" si="7"/>
         <v>874</v>
       </c>
     </row>
-    <row r="32" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="53">
         <v>101</v>
       </c>
       <c r="C32" s="54">
         <v>55</v>
       </c>
       <c r="D32" s="58">
         <v>156</v>
       </c>
       <c r="E32" s="53">
         <v>114</v>
       </c>
       <c r="F32" s="54">
         <v>150</v>
       </c>
       <c r="G32" s="58">
         <v>264</v>
       </c>
       <c r="H32" s="53">
         <v>107</v>
       </c>
       <c r="I32" s="54">
@@ -15498,51 +15893,51 @@
       <c r="P32" s="58">
         <v>32</v>
       </c>
       <c r="Q32" s="53">
         <v>15</v>
       </c>
       <c r="R32" s="54">
         <v>25</v>
       </c>
       <c r="S32" s="58">
         <v>40</v>
       </c>
       <c r="T32" s="10">
         <f t="shared" si="8"/>
         <v>430</v>
       </c>
       <c r="U32" s="1">
         <f t="shared" si="6"/>
         <v>445</v>
       </c>
       <c r="V32" s="15">
         <f t="shared" si="7"/>
         <v>875</v>
       </c>
     </row>
-    <row r="33" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="22">
         <v>1138</v>
       </c>
       <c r="C33" s="52">
         <v>601</v>
       </c>
       <c r="D33" s="63">
         <v>1739</v>
       </c>
       <c r="E33" s="22">
         <v>866</v>
       </c>
       <c r="F33" s="52">
         <v>1120</v>
       </c>
       <c r="G33" s="63">
         <v>1986</v>
       </c>
       <c r="H33" s="22">
         <v>809</v>
       </c>
       <c r="I33" s="52">
@@ -15569,143 +15964,143 @@
       <c r="P33" s="63">
         <v>127</v>
       </c>
       <c r="Q33" s="22">
         <v>131</v>
       </c>
       <c r="R33" s="52">
         <v>159</v>
       </c>
       <c r="S33" s="63">
         <v>290</v>
       </c>
       <c r="T33" s="13">
         <f t="shared" si="8"/>
         <v>3458</v>
       </c>
       <c r="U33" s="14">
         <f t="shared" si="6"/>
         <v>3496</v>
       </c>
       <c r="V33" s="18">
         <f t="shared" si="7"/>
         <v>6954</v>
       </c>
     </row>
-    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A35" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="98"/>
       <c r="D35" s="98"/>
       <c r="E35" s="98"/>
       <c r="F35" s="98"/>
       <c r="G35" s="98"/>
       <c r="H35" s="98"/>
       <c r="I35" s="98"/>
       <c r="J35" s="98"/>
       <c r="K35" s="98"/>
       <c r="L35" s="98"/>
       <c r="M35" s="98"/>
       <c r="N35" s="98"/>
       <c r="O35" s="98"/>
       <c r="P35" s="98"/>
       <c r="Q35" s="98"/>
       <c r="R35" s="98"/>
       <c r="S35" s="98"/>
       <c r="T35" s="98"/>
       <c r="U35" s="98"/>
       <c r="V35" s="98"/>
     </row>
-    <row r="36" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="100"/>
       <c r="B36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="99"/>
       <c r="D36" s="99"/>
       <c r="E36" s="99"/>
       <c r="F36" s="99"/>
       <c r="G36" s="99"/>
       <c r="H36" s="99"/>
       <c r="I36" s="99"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="99"/>
       <c r="Q36" s="99"/>
       <c r="R36" s="99"/>
       <c r="S36" s="99"/>
       <c r="T36" s="99"/>
       <c r="U36" s="99"/>
       <c r="V36" s="99"/>
     </row>
-    <row r="37" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="100"/>
       <c r="B37" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="91"/>
       <c r="D37" s="88"/>
       <c r="E37" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="91"/>
       <c r="G37" s="88"/>
       <c r="H37" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I37" s="91"/>
       <c r="J37" s="88"/>
       <c r="K37" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="91"/>
       <c r="M37" s="88"/>
       <c r="N37" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O37" s="91"/>
       <c r="P37" s="88"/>
       <c r="Q37" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R37" s="91"/>
       <c r="S37" s="88"/>
       <c r="T37" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U37" s="91"/>
       <c r="V37" s="92"/>
     </row>
-    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A38" s="100"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
@@ -15727,51 +16122,51 @@
       <c r="O38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="53">
         <v>648</v>
       </c>
       <c r="C39" s="54">
         <v>393</v>
       </c>
       <c r="D39" s="58">
         <v>1041</v>
       </c>
       <c r="E39" s="53">
         <v>301</v>
       </c>
       <c r="F39" s="54">
         <v>358</v>
       </c>
       <c r="G39" s="58">
         <v>659</v>
       </c>
       <c r="H39" s="53">
         <v>377</v>
       </c>
       <c r="I39" s="54">
@@ -15798,51 +16193,51 @@
       <c r="P39" s="58">
         <v>25</v>
       </c>
       <c r="Q39" s="53">
         <v>70</v>
       </c>
       <c r="R39" s="54">
         <v>62</v>
       </c>
       <c r="S39" s="58">
         <v>132</v>
       </c>
       <c r="T39" s="10">
         <f>SUM(B39,E39,H39,K39,N39,Q39)</f>
         <v>1531</v>
       </c>
       <c r="U39" s="1">
         <f t="shared" ref="U39:U44" si="9">SUM(C39,F39,I39,L39,O39,R39)</f>
         <v>1434</v>
       </c>
       <c r="V39" s="15">
         <f t="shared" ref="V39:V44" si="10">SUM(D39,G39,J39,M39,P39,S39)</f>
         <v>2965</v>
       </c>
     </row>
-    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="53">
         <v>115</v>
       </c>
       <c r="C40" s="54">
         <v>45</v>
       </c>
       <c r="D40" s="58">
         <v>160</v>
       </c>
       <c r="E40" s="53">
         <v>120</v>
       </c>
       <c r="F40" s="54">
         <v>136</v>
       </c>
       <c r="G40" s="58">
         <v>256</v>
       </c>
       <c r="H40" s="53">
         <v>114</v>
       </c>
       <c r="I40" s="54">
@@ -15869,51 +16264,51 @@
       <c r="P40" s="58">
         <v>24</v>
       </c>
       <c r="Q40" s="53">
         <v>19</v>
       </c>
       <c r="R40" s="54">
         <v>18</v>
       </c>
       <c r="S40" s="58">
         <v>37</v>
       </c>
       <c r="T40" s="10">
         <f t="shared" ref="T40:T44" si="11">SUM(B40,E40,H40,K40,N40,Q40)</f>
         <v>475</v>
       </c>
       <c r="U40" s="1">
         <f t="shared" si="9"/>
         <v>416</v>
       </c>
       <c r="V40" s="15">
         <f t="shared" si="10"/>
         <v>891</v>
       </c>
     </row>
-    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="53">
         <v>94</v>
       </c>
       <c r="C41" s="54">
         <v>55</v>
       </c>
       <c r="D41" s="58">
         <v>149</v>
       </c>
       <c r="E41" s="53">
         <v>149</v>
       </c>
       <c r="F41" s="54">
         <v>215</v>
       </c>
       <c r="G41" s="58">
         <v>364</v>
       </c>
       <c r="H41" s="53">
         <v>84</v>
       </c>
       <c r="I41" s="54">
@@ -15940,51 +16335,51 @@
       <c r="P41" s="58">
         <v>21</v>
       </c>
       <c r="Q41" s="53">
         <v>23</v>
       </c>
       <c r="R41" s="54">
         <v>24</v>
       </c>
       <c r="S41" s="58">
         <v>47</v>
       </c>
       <c r="T41" s="10">
         <f t="shared" si="11"/>
         <v>411</v>
       </c>
       <c r="U41" s="1">
         <f t="shared" si="9"/>
         <v>511</v>
       </c>
       <c r="V41" s="15">
         <f t="shared" si="10"/>
         <v>922</v>
       </c>
     </row>
-    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="53">
         <v>102</v>
       </c>
       <c r="C42" s="54">
         <v>50</v>
       </c>
       <c r="D42" s="58">
         <v>152</v>
       </c>
       <c r="E42" s="53">
         <v>112</v>
       </c>
       <c r="F42" s="54">
         <v>141</v>
       </c>
       <c r="G42" s="58">
         <v>253</v>
       </c>
       <c r="H42" s="53">
         <v>74</v>
       </c>
       <c r="I42" s="54">
@@ -16011,51 +16406,51 @@
       <c r="P42" s="58">
         <v>11</v>
       </c>
       <c r="Q42" s="53">
         <v>13</v>
       </c>
       <c r="R42" s="54">
         <v>22</v>
       </c>
       <c r="S42" s="58">
         <v>35</v>
       </c>
       <c r="T42" s="10">
         <f t="shared" si="11"/>
         <v>383</v>
       </c>
       <c r="U42" s="1">
         <f t="shared" si="9"/>
         <v>419</v>
       </c>
       <c r="V42" s="15">
         <f t="shared" si="10"/>
         <v>802</v>
       </c>
     </row>
-    <row r="43" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="53">
         <v>86</v>
       </c>
       <c r="C43" s="54">
         <v>52</v>
       </c>
       <c r="D43" s="58">
         <v>138</v>
       </c>
       <c r="E43" s="53">
         <v>115</v>
       </c>
       <c r="F43" s="54">
         <v>125</v>
       </c>
       <c r="G43" s="58">
         <v>240</v>
       </c>
       <c r="H43" s="53">
         <v>97</v>
       </c>
       <c r="I43" s="54">
@@ -16082,51 +16477,51 @@
       <c r="P43" s="58">
         <v>17</v>
       </c>
       <c r="Q43" s="53">
         <v>16</v>
       </c>
       <c r="R43" s="54">
         <v>31</v>
       </c>
       <c r="S43" s="58">
         <v>47</v>
       </c>
       <c r="T43" s="10">
         <f t="shared" si="11"/>
         <v>387</v>
       </c>
       <c r="U43" s="1">
         <f t="shared" si="9"/>
         <v>410</v>
       </c>
       <c r="V43" s="15">
         <f t="shared" si="10"/>
         <v>797</v>
       </c>
     </row>
-    <row r="44" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="22">
         <v>1045</v>
       </c>
       <c r="C44" s="52">
         <v>595</v>
       </c>
       <c r="D44" s="63">
         <v>1640</v>
       </c>
       <c r="E44" s="22">
         <v>797</v>
       </c>
       <c r="F44" s="52">
         <v>975</v>
       </c>
       <c r="G44" s="63">
         <v>1772</v>
       </c>
       <c r="H44" s="22">
         <v>746</v>
       </c>
       <c r="I44" s="52">
@@ -16153,143 +16548,143 @@
       <c r="P44" s="63">
         <v>98</v>
       </c>
       <c r="Q44" s="22">
         <v>141</v>
       </c>
       <c r="R44" s="52">
         <v>157</v>
       </c>
       <c r="S44" s="63">
         <v>298</v>
       </c>
       <c r="T44" s="13">
         <f t="shared" si="11"/>
         <v>3187</v>
       </c>
       <c r="U44" s="14">
         <f t="shared" si="9"/>
         <v>3190</v>
       </c>
       <c r="V44" s="18">
         <f t="shared" si="10"/>
         <v>6377</v>
       </c>
     </row>
-    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A46" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="98"/>
       <c r="D46" s="98"/>
       <c r="E46" s="98"/>
       <c r="F46" s="98"/>
       <c r="G46" s="98"/>
       <c r="H46" s="98"/>
       <c r="I46" s="98"/>
       <c r="J46" s="98"/>
       <c r="K46" s="98"/>
       <c r="L46" s="98"/>
       <c r="M46" s="98"/>
       <c r="N46" s="98"/>
       <c r="O46" s="98"/>
       <c r="P46" s="98"/>
       <c r="Q46" s="98"/>
       <c r="R46" s="98"/>
       <c r="S46" s="98"/>
       <c r="T46" s="98"/>
       <c r="U46" s="98"/>
       <c r="V46" s="98"/>
     </row>
-    <row r="47" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="100"/>
       <c r="B47" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="99"/>
       <c r="D47" s="99"/>
       <c r="E47" s="99"/>
       <c r="F47" s="99"/>
       <c r="G47" s="99"/>
       <c r="H47" s="99"/>
       <c r="I47" s="99"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="99"/>
       <c r="Q47" s="99"/>
       <c r="R47" s="99"/>
       <c r="S47" s="99"/>
       <c r="T47" s="99"/>
       <c r="U47" s="99"/>
       <c r="V47" s="99"/>
     </row>
-    <row r="48" spans="1:22" ht="25.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:22" ht="25.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="100"/>
       <c r="B48" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="91"/>
       <c r="D48" s="88"/>
       <c r="E48" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F48" s="91"/>
       <c r="G48" s="88"/>
       <c r="H48" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="88"/>
       <c r="K48" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="91"/>
       <c r="M48" s="88"/>
       <c r="N48" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O48" s="91"/>
       <c r="P48" s="88"/>
       <c r="Q48" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R48" s="91"/>
       <c r="S48" s="88"/>
       <c r="T48" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U48" s="91"/>
       <c r="V48" s="92"/>
     </row>
-    <row r="49" spans="1:22" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:22" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="100"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
@@ -16311,51 +16706,51 @@
       <c r="O49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>768</v>
       </c>
       <c r="C50" s="1">
         <v>350</v>
       </c>
       <c r="D50" s="16">
         <v>1118</v>
       </c>
       <c r="E50" s="10">
         <v>299</v>
       </c>
       <c r="F50" s="1">
         <v>341</v>
       </c>
       <c r="G50" s="16">
         <v>640</v>
       </c>
       <c r="H50" s="10">
         <v>426</v>
       </c>
       <c r="I50" s="1">
@@ -16382,51 +16777,51 @@
       <c r="P50" s="16">
         <v>29</v>
       </c>
       <c r="Q50" s="10">
         <v>58</v>
       </c>
       <c r="R50" s="1">
         <v>65</v>
       </c>
       <c r="S50" s="16">
         <v>123</v>
       </c>
       <c r="T50" s="10">
         <f>SUM(B50,E50,H50,K50,N50,Q50)</f>
         <v>1687</v>
       </c>
       <c r="U50" s="1">
         <f t="shared" ref="U50:U55" si="12">SUM(C50,F50,I50,L50,O50,R50)</f>
         <v>1303</v>
       </c>
       <c r="V50" s="15">
         <f t="shared" ref="V50:V55" si="13">SUM(D50,G50,J50,M50,P50,S50)</f>
         <v>2990</v>
       </c>
     </row>
-    <row r="51" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>98</v>
       </c>
       <c r="C51" s="1">
         <v>42</v>
       </c>
       <c r="D51" s="16">
         <v>140</v>
       </c>
       <c r="E51" s="10">
         <v>108</v>
       </c>
       <c r="F51" s="1">
         <v>164</v>
       </c>
       <c r="G51" s="16">
         <v>272</v>
       </c>
       <c r="H51" s="10">
         <v>129</v>
       </c>
       <c r="I51" s="1">
@@ -16453,51 +16848,51 @@
       <c r="P51" s="16">
         <v>24</v>
       </c>
       <c r="Q51" s="10">
         <v>22</v>
       </c>
       <c r="R51" s="1">
         <v>20</v>
       </c>
       <c r="S51" s="16">
         <v>42</v>
       </c>
       <c r="T51" s="10">
         <f t="shared" ref="T51:T55" si="14">SUM(B51,E51,H51,K51,N51,Q51)</f>
         <v>467</v>
       </c>
       <c r="U51" s="1">
         <f t="shared" si="12"/>
         <v>461</v>
       </c>
       <c r="V51" s="15">
         <f t="shared" si="13"/>
         <v>928</v>
       </c>
     </row>
-    <row r="52" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>101</v>
       </c>
       <c r="C52" s="1">
         <v>52</v>
       </c>
       <c r="D52" s="16">
         <v>153</v>
       </c>
       <c r="E52" s="10">
         <v>118</v>
       </c>
       <c r="F52" s="1">
         <v>200</v>
       </c>
       <c r="G52" s="16">
         <v>318</v>
       </c>
       <c r="H52" s="10">
         <v>87</v>
       </c>
       <c r="I52" s="1">
@@ -16524,51 +16919,51 @@
       <c r="P52" s="16">
         <v>20</v>
       </c>
       <c r="Q52" s="10">
         <v>16</v>
       </c>
       <c r="R52" s="1">
         <v>24</v>
       </c>
       <c r="S52" s="16">
         <v>40</v>
       </c>
       <c r="T52" s="10">
         <f t="shared" si="14"/>
         <v>387</v>
       </c>
       <c r="U52" s="1">
         <f t="shared" si="12"/>
         <v>510</v>
       </c>
       <c r="V52" s="15">
         <f t="shared" si="13"/>
         <v>897</v>
       </c>
     </row>
-    <row r="53" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>121</v>
       </c>
       <c r="C53" s="1">
         <v>58</v>
       </c>
       <c r="D53" s="16">
         <v>179</v>
       </c>
       <c r="E53" s="10">
         <v>121</v>
       </c>
       <c r="F53" s="1">
         <v>148</v>
       </c>
       <c r="G53" s="16">
         <v>269</v>
       </c>
       <c r="H53" s="10">
         <v>93</v>
       </c>
       <c r="I53" s="1">
@@ -16595,51 +16990,51 @@
       <c r="P53" s="16">
         <v>17</v>
       </c>
       <c r="Q53" s="10">
         <v>18</v>
       </c>
       <c r="R53" s="1">
         <v>13</v>
       </c>
       <c r="S53" s="16">
         <v>31</v>
       </c>
       <c r="T53" s="10">
         <f t="shared" si="14"/>
         <v>425</v>
       </c>
       <c r="U53" s="1">
         <f t="shared" si="12"/>
         <v>394</v>
       </c>
       <c r="V53" s="15">
         <f t="shared" si="13"/>
         <v>819</v>
       </c>
     </row>
-    <row r="54" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="10">
         <v>88</v>
       </c>
       <c r="C54" s="1">
         <v>42</v>
       </c>
       <c r="D54" s="16">
         <v>130</v>
       </c>
       <c r="E54" s="10">
         <v>102</v>
       </c>
       <c r="F54" s="1">
         <v>138</v>
       </c>
       <c r="G54" s="16">
         <v>240</v>
       </c>
       <c r="H54" s="10">
         <v>74</v>
       </c>
       <c r="I54" s="1">
@@ -16666,51 +17061,51 @@
       <c r="P54" s="16">
         <v>21</v>
       </c>
       <c r="Q54" s="10">
         <v>18</v>
       </c>
       <c r="R54" s="1">
         <v>30</v>
       </c>
       <c r="S54" s="16">
         <v>48</v>
       </c>
       <c r="T54" s="10">
         <f t="shared" si="14"/>
         <v>342</v>
       </c>
       <c r="U54" s="1">
         <f t="shared" si="12"/>
         <v>389</v>
       </c>
       <c r="V54" s="15">
         <f t="shared" si="13"/>
         <v>731</v>
       </c>
     </row>
-    <row r="55" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>1176</v>
       </c>
       <c r="C55" s="14">
         <v>544</v>
       </c>
       <c r="D55" s="17">
         <v>1720</v>
       </c>
       <c r="E55" s="13">
         <v>748</v>
       </c>
       <c r="F55" s="14">
         <v>991</v>
       </c>
       <c r="G55" s="17">
         <v>1739</v>
       </c>
       <c r="H55" s="13">
         <v>809</v>
       </c>
       <c r="I55" s="14">
@@ -16737,143 +17132,143 @@
       <c r="P55" s="17">
         <v>111</v>
       </c>
       <c r="Q55" s="13">
         <v>132</v>
       </c>
       <c r="R55" s="14">
         <v>152</v>
       </c>
       <c r="S55" s="17">
         <v>284</v>
       </c>
       <c r="T55" s="13">
         <f t="shared" si="14"/>
         <v>3308</v>
       </c>
       <c r="U55" s="14">
         <f t="shared" si="12"/>
         <v>3057</v>
       </c>
       <c r="V55" s="18">
         <f t="shared" si="13"/>
         <v>6365</v>
       </c>
     </row>
-    <row r="57" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A57" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="98"/>
       <c r="D57" s="98"/>
       <c r="E57" s="98"/>
       <c r="F57" s="98"/>
       <c r="G57" s="98"/>
       <c r="H57" s="98"/>
       <c r="I57" s="98"/>
       <c r="J57" s="98"/>
       <c r="K57" s="98"/>
       <c r="L57" s="98"/>
       <c r="M57" s="98"/>
       <c r="N57" s="98"/>
       <c r="O57" s="98"/>
       <c r="P57" s="98"/>
       <c r="Q57" s="98"/>
       <c r="R57" s="98"/>
       <c r="S57" s="98"/>
       <c r="T57" s="98"/>
       <c r="U57" s="98"/>
       <c r="V57" s="98"/>
     </row>
-    <row r="58" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="100"/>
       <c r="B58" s="99" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="99"/>
       <c r="D58" s="99"/>
       <c r="E58" s="99"/>
       <c r="F58" s="99"/>
       <c r="G58" s="99"/>
       <c r="H58" s="99"/>
       <c r="I58" s="99"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="99"/>
       <c r="Q58" s="99"/>
       <c r="R58" s="99"/>
       <c r="S58" s="99"/>
       <c r="T58" s="99"/>
       <c r="U58" s="99"/>
       <c r="V58" s="99"/>
     </row>
-    <row r="59" spans="1:22" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:22" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="100"/>
       <c r="B59" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="91"/>
       <c r="D59" s="88"/>
       <c r="E59" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F59" s="91"/>
       <c r="G59" s="88"/>
       <c r="H59" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I59" s="91"/>
       <c r="J59" s="88"/>
       <c r="K59" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="91"/>
       <c r="M59" s="88"/>
       <c r="N59" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O59" s="91"/>
       <c r="P59" s="88"/>
       <c r="Q59" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R59" s="91"/>
       <c r="S59" s="88"/>
       <c r="T59" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U59" s="91"/>
       <c r="V59" s="92"/>
     </row>
-    <row r="60" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A60" s="100"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
@@ -16895,51 +17290,51 @@
       <c r="O60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>804</v>
       </c>
       <c r="C61" s="1">
         <v>381</v>
       </c>
       <c r="D61" s="16">
         <v>1185</v>
       </c>
       <c r="E61" s="10">
         <v>510</v>
       </c>
       <c r="F61" s="1">
         <v>323</v>
       </c>
       <c r="G61" s="16">
         <v>833</v>
       </c>
       <c r="H61" s="10">
         <v>524</v>
       </c>
       <c r="I61" s="1">
@@ -16966,51 +17361,51 @@
       <c r="P61" s="16">
         <v>32</v>
       </c>
       <c r="Q61" s="10">
         <v>67</v>
       </c>
       <c r="R61" s="1">
         <v>72</v>
       </c>
       <c r="S61" s="16">
         <v>139</v>
       </c>
       <c r="T61" s="10">
         <f>SUM(B61,E61,H61,K61,N61,Q61)</f>
         <v>2127</v>
       </c>
       <c r="U61" s="1">
         <f t="shared" ref="U61:U66" si="15">SUM(C61,F61,I61,L61,O61,R61)</f>
         <v>1339</v>
       </c>
       <c r="V61" s="15">
         <f t="shared" ref="V61:V66" si="16">SUM(D61,G61,J61,M61,P61,S61)</f>
         <v>3466</v>
       </c>
     </row>
-    <row r="62" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>131</v>
       </c>
       <c r="C62" s="1">
         <v>49</v>
       </c>
       <c r="D62" s="16">
         <v>180</v>
       </c>
       <c r="E62" s="10">
         <v>214</v>
       </c>
       <c r="F62" s="1">
         <v>156</v>
       </c>
       <c r="G62" s="16">
         <v>370</v>
       </c>
       <c r="H62" s="10">
         <v>179</v>
       </c>
       <c r="I62" s="1">
@@ -17037,51 +17432,51 @@
       <c r="P62" s="16">
         <v>29</v>
       </c>
       <c r="Q62" s="10">
         <v>22</v>
       </c>
       <c r="R62" s="1">
         <v>25</v>
       </c>
       <c r="S62" s="16">
         <v>47</v>
       </c>
       <c r="T62" s="10">
         <f t="shared" ref="T62:T66" si="17">SUM(B62,E62,H62,K62,N62,Q62)</f>
         <v>674</v>
       </c>
       <c r="U62" s="1">
         <f t="shared" si="15"/>
         <v>481</v>
       </c>
       <c r="V62" s="15">
         <f t="shared" si="16"/>
         <v>1155</v>
       </c>
     </row>
-    <row r="63" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>117</v>
       </c>
       <c r="C63" s="1">
         <v>51</v>
       </c>
       <c r="D63" s="16">
         <v>168</v>
       </c>
       <c r="E63" s="10">
         <v>206</v>
       </c>
       <c r="F63" s="1">
         <v>177</v>
       </c>
       <c r="G63" s="16">
         <v>383</v>
       </c>
       <c r="H63" s="10">
         <v>101</v>
       </c>
       <c r="I63" s="1">
@@ -17108,51 +17503,51 @@
       <c r="P63" s="16">
         <v>17</v>
       </c>
       <c r="Q63" s="10">
         <v>19</v>
       </c>
       <c r="R63" s="1">
         <v>20</v>
       </c>
       <c r="S63" s="16">
         <v>39</v>
       </c>
       <c r="T63" s="10">
         <f t="shared" si="17"/>
         <v>501</v>
       </c>
       <c r="U63" s="1">
         <f t="shared" si="15"/>
         <v>427</v>
       </c>
       <c r="V63" s="15">
         <f t="shared" si="16"/>
         <v>928</v>
       </c>
     </row>
-    <row r="64" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>144</v>
       </c>
       <c r="C64" s="1">
         <v>48</v>
       </c>
       <c r="D64" s="16">
         <v>192</v>
       </c>
       <c r="E64" s="10">
         <v>182</v>
       </c>
       <c r="F64" s="1">
         <v>165</v>
       </c>
       <c r="G64" s="16">
         <v>347</v>
       </c>
       <c r="H64" s="10">
         <v>142</v>
       </c>
       <c r="I64" s="1">
@@ -17179,51 +17574,51 @@
       <c r="P64" s="16">
         <v>20</v>
       </c>
       <c r="Q64" s="10">
         <v>24</v>
       </c>
       <c r="R64" s="1">
         <v>21</v>
       </c>
       <c r="S64" s="16">
         <v>45</v>
       </c>
       <c r="T64" s="10">
         <f t="shared" si="17"/>
         <v>601</v>
       </c>
       <c r="U64" s="1">
         <f t="shared" si="15"/>
         <v>428</v>
       </c>
       <c r="V64" s="15">
         <f t="shared" si="16"/>
         <v>1029</v>
       </c>
     </row>
-    <row r="65" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="10">
         <v>122</v>
       </c>
       <c r="C65" s="1">
         <v>46</v>
       </c>
       <c r="D65" s="16">
         <v>168</v>
       </c>
       <c r="E65" s="10">
         <v>187</v>
       </c>
       <c r="F65" s="1">
         <v>151</v>
       </c>
       <c r="G65" s="16">
         <v>338</v>
       </c>
       <c r="H65" s="10">
         <v>147</v>
       </c>
       <c r="I65" s="1">
@@ -17250,51 +17645,51 @@
       <c r="P65" s="16">
         <v>19</v>
       </c>
       <c r="Q65" s="10">
         <v>18</v>
       </c>
       <c r="R65" s="1">
         <v>19</v>
       </c>
       <c r="S65" s="16">
         <v>37</v>
       </c>
       <c r="T65" s="10">
         <f t="shared" si="17"/>
         <v>572</v>
       </c>
       <c r="U65" s="1">
         <f t="shared" si="15"/>
         <v>415</v>
       </c>
       <c r="V65" s="15">
         <f t="shared" si="16"/>
         <v>987</v>
       </c>
     </row>
-    <row r="66" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>1318</v>
       </c>
       <c r="C66" s="14">
         <v>575</v>
       </c>
       <c r="D66" s="17">
         <v>1893</v>
       </c>
       <c r="E66" s="13">
         <v>1299</v>
       </c>
       <c r="F66" s="14">
         <v>972</v>
       </c>
       <c r="G66" s="17">
         <v>2271</v>
       </c>
       <c r="H66" s="13">
         <v>1093</v>
       </c>
       <c r="I66" s="14">
@@ -17321,167 +17716,167 @@
       <c r="P66" s="17">
         <v>117</v>
       </c>
       <c r="Q66" s="13">
         <v>150</v>
       </c>
       <c r="R66" s="14">
         <v>157</v>
       </c>
       <c r="S66" s="17">
         <v>307</v>
       </c>
       <c r="T66" s="13">
         <f t="shared" si="17"/>
         <v>4475</v>
       </c>
       <c r="U66" s="14">
         <f t="shared" si="15"/>
         <v>3090</v>
       </c>
       <c r="V66" s="18">
         <f t="shared" si="16"/>
         <v>7565</v>
       </c>
     </row>
-    <row r="67" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A67" s="38"/>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="48"/>
       <c r="J67" s="48"/>
       <c r="K67" s="48"/>
       <c r="L67" s="48"/>
       <c r="M67" s="48"/>
       <c r="N67" s="48"/>
       <c r="O67" s="48"/>
       <c r="P67" s="48"/>
       <c r="Q67" s="48"/>
       <c r="R67" s="48"/>
       <c r="S67" s="48"/>
       <c r="T67" s="48"/>
       <c r="U67" s="48"/>
       <c r="V67" s="48"/>
     </row>
-    <row r="68" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A68" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="98"/>
       <c r="D68" s="98"/>
       <c r="E68" s="98"/>
       <c r="F68" s="98"/>
       <c r="G68" s="98"/>
       <c r="H68" s="98"/>
       <c r="I68" s="98"/>
       <c r="J68" s="98"/>
       <c r="K68" s="98"/>
       <c r="L68" s="98"/>
       <c r="M68" s="98"/>
       <c r="N68" s="98"/>
       <c r="O68" s="98"/>
       <c r="P68" s="98"/>
       <c r="Q68" s="98"/>
       <c r="R68" s="98"/>
       <c r="S68" s="98"/>
       <c r="T68" s="98"/>
       <c r="U68" s="98"/>
       <c r="V68" s="98"/>
     </row>
-    <row r="69" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="100"/>
       <c r="B69" s="99" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="99"/>
       <c r="D69" s="99"/>
       <c r="E69" s="99"/>
       <c r="F69" s="99"/>
       <c r="G69" s="99"/>
       <c r="H69" s="99"/>
       <c r="I69" s="99"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="99"/>
       <c r="Q69" s="99"/>
       <c r="R69" s="99"/>
       <c r="S69" s="99"/>
       <c r="T69" s="99"/>
       <c r="U69" s="99"/>
       <c r="V69" s="99"/>
     </row>
-    <row r="70" spans="1:22" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:22" ht="28.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="100"/>
       <c r="B70" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="91"/>
       <c r="D70" s="88"/>
       <c r="E70" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F70" s="91"/>
       <c r="G70" s="88"/>
       <c r="H70" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I70" s="91"/>
       <c r="J70" s="88"/>
       <c r="K70" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="91"/>
       <c r="M70" s="88"/>
       <c r="N70" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O70" s="91"/>
       <c r="P70" s="88"/>
       <c r="Q70" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R70" s="91"/>
       <c r="S70" s="88"/>
       <c r="T70" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U70" s="91"/>
       <c r="V70" s="92"/>
     </row>
-    <row r="71" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A71" s="100"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
@@ -17503,51 +17898,51 @@
       <c r="O71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>887</v>
       </c>
       <c r="C72" s="1">
         <v>436</v>
       </c>
       <c r="D72" s="16">
         <v>1323</v>
       </c>
       <c r="E72" s="10">
         <v>376</v>
       </c>
       <c r="F72" s="1">
         <v>412</v>
       </c>
       <c r="G72" s="16">
         <v>788</v>
       </c>
       <c r="H72" s="10">
         <v>504</v>
       </c>
       <c r="I72" s="1">
@@ -17574,51 +17969,51 @@
       <c r="P72" s="16">
         <v>26</v>
       </c>
       <c r="Q72" s="10">
         <v>74</v>
       </c>
       <c r="R72" s="1">
         <v>92</v>
       </c>
       <c r="S72" s="16">
         <v>166</v>
       </c>
       <c r="T72" s="53">
         <f>SUM(B72,E72,H72,K72,N72,Q72)</f>
         <v>2010</v>
       </c>
       <c r="U72" s="54">
         <f t="shared" ref="U72:U77" si="18">SUM(C72,F72,I72,L72,O72,R72)</f>
         <v>1624</v>
       </c>
       <c r="V72" s="55">
         <f t="shared" ref="V72:V77" si="19">SUM(D72,G72,J72,M72,P72,S72)</f>
         <v>3634</v>
       </c>
     </row>
-    <row r="73" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>139</v>
       </c>
       <c r="C73" s="1">
         <v>53</v>
       </c>
       <c r="D73" s="16">
         <v>192</v>
       </c>
       <c r="E73" s="10">
         <v>168</v>
       </c>
       <c r="F73" s="1">
         <v>173</v>
       </c>
       <c r="G73" s="16">
         <v>341</v>
       </c>
       <c r="H73" s="10">
         <v>132</v>
       </c>
       <c r="I73" s="1">
@@ -17645,51 +18040,51 @@
       <c r="P73" s="16">
         <v>39</v>
       </c>
       <c r="Q73" s="10">
         <v>17</v>
       </c>
       <c r="R73" s="1">
         <v>23</v>
       </c>
       <c r="S73" s="16">
         <v>40</v>
       </c>
       <c r="T73" s="53">
         <f t="shared" ref="T73:T77" si="20">SUM(B73,E73,H73,K73,N73,Q73)</f>
         <v>577</v>
       </c>
       <c r="U73" s="54">
         <f t="shared" si="18"/>
         <v>536</v>
       </c>
       <c r="V73" s="55">
         <f t="shared" si="19"/>
         <v>1113</v>
       </c>
     </row>
-    <row r="74" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>89</v>
       </c>
       <c r="C74" s="1">
         <v>62</v>
       </c>
       <c r="D74" s="16">
         <v>151</v>
       </c>
       <c r="E74" s="10">
         <v>181</v>
       </c>
       <c r="F74" s="1">
         <v>219</v>
       </c>
       <c r="G74" s="16">
         <v>400</v>
       </c>
       <c r="H74" s="10">
         <v>114</v>
       </c>
       <c r="I74" s="1">
@@ -17716,51 +18111,51 @@
       <c r="P74" s="16">
         <v>23</v>
       </c>
       <c r="Q74" s="10">
         <v>11</v>
       </c>
       <c r="R74" s="1">
         <v>37</v>
       </c>
       <c r="S74" s="16">
         <v>48</v>
       </c>
       <c r="T74" s="53">
         <f t="shared" si="20"/>
         <v>481</v>
       </c>
       <c r="U74" s="54">
         <f t="shared" si="18"/>
         <v>552</v>
       </c>
       <c r="V74" s="55">
         <f t="shared" si="19"/>
         <v>1033</v>
       </c>
     </row>
-    <row r="75" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>150</v>
       </c>
       <c r="C75" s="1">
         <v>62</v>
       </c>
       <c r="D75" s="16">
         <v>212</v>
       </c>
       <c r="E75" s="10">
         <v>153</v>
       </c>
       <c r="F75" s="1">
         <v>174</v>
       </c>
       <c r="G75" s="16">
         <v>327</v>
       </c>
       <c r="H75" s="10">
         <v>138</v>
       </c>
       <c r="I75" s="1">
@@ -17787,51 +18182,51 @@
       <c r="P75" s="16">
         <v>20</v>
       </c>
       <c r="Q75" s="10">
         <v>15</v>
       </c>
       <c r="R75" s="1">
         <v>22</v>
       </c>
       <c r="S75" s="16">
         <v>37</v>
       </c>
       <c r="T75" s="10">
         <f t="shared" si="20"/>
         <v>557</v>
       </c>
       <c r="U75" s="1">
         <f t="shared" si="18"/>
         <v>446</v>
       </c>
       <c r="V75" s="15">
         <f t="shared" si="19"/>
         <v>1003</v>
       </c>
     </row>
-    <row r="76" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="10">
         <v>119</v>
       </c>
       <c r="C76" s="1">
         <v>52</v>
       </c>
       <c r="D76" s="16">
         <v>171</v>
       </c>
       <c r="E76" s="10">
         <v>142</v>
       </c>
       <c r="F76" s="1">
         <v>158</v>
       </c>
       <c r="G76" s="16">
         <v>300</v>
       </c>
       <c r="H76" s="10">
         <v>119</v>
       </c>
       <c r="I76" s="1">
@@ -17858,51 +18253,51 @@
       <c r="P76" s="16">
         <v>25</v>
       </c>
       <c r="Q76" s="10">
         <v>25</v>
       </c>
       <c r="R76" s="1">
         <v>19</v>
       </c>
       <c r="S76" s="16">
         <v>44</v>
       </c>
       <c r="T76" s="10">
         <f t="shared" si="20"/>
         <v>498</v>
       </c>
       <c r="U76" s="1">
         <f t="shared" si="18"/>
         <v>428</v>
       </c>
       <c r="V76" s="15">
         <f t="shared" si="19"/>
         <v>926</v>
       </c>
     </row>
-    <row r="77" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>1384</v>
       </c>
       <c r="C77" s="14">
         <v>665</v>
       </c>
       <c r="D77" s="17">
         <v>2049</v>
       </c>
       <c r="E77" s="13">
         <v>1020</v>
       </c>
       <c r="F77" s="14">
         <v>1136</v>
       </c>
       <c r="G77" s="17">
         <v>2156</v>
       </c>
       <c r="H77" s="13">
         <v>1007</v>
       </c>
       <c r="I77" s="14">
@@ -17929,143 +18324,143 @@
       <c r="P77" s="17">
         <v>133</v>
       </c>
       <c r="Q77" s="13">
         <v>142</v>
       </c>
       <c r="R77" s="14">
         <v>193</v>
       </c>
       <c r="S77" s="17">
         <v>335</v>
       </c>
       <c r="T77" s="13">
         <f t="shared" si="20"/>
         <v>4123</v>
       </c>
       <c r="U77" s="14">
         <f t="shared" si="18"/>
         <v>3586</v>
       </c>
       <c r="V77" s="18">
         <f t="shared" si="19"/>
         <v>7709</v>
       </c>
     </row>
-    <row r="79" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A79" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="98"/>
       <c r="D79" s="98"/>
       <c r="E79" s="98"/>
       <c r="F79" s="98"/>
       <c r="G79" s="98"/>
       <c r="H79" s="98"/>
       <c r="I79" s="98"/>
       <c r="J79" s="98"/>
       <c r="K79" s="98"/>
       <c r="L79" s="98"/>
       <c r="M79" s="98"/>
       <c r="N79" s="98"/>
       <c r="O79" s="98"/>
       <c r="P79" s="98"/>
       <c r="Q79" s="98"/>
       <c r="R79" s="98"/>
       <c r="S79" s="98"/>
       <c r="T79" s="98"/>
       <c r="U79" s="98"/>
       <c r="V79" s="98"/>
     </row>
-    <row r="80" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="100"/>
       <c r="B80" s="99" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="99"/>
       <c r="D80" s="99"/>
       <c r="E80" s="99"/>
       <c r="F80" s="99"/>
       <c r="G80" s="99"/>
       <c r="H80" s="99"/>
       <c r="I80" s="99"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="99"/>
       <c r="Q80" s="99"/>
       <c r="R80" s="99"/>
       <c r="S80" s="99"/>
       <c r="T80" s="99"/>
       <c r="U80" s="99"/>
       <c r="V80" s="99"/>
     </row>
-    <row r="81" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="100"/>
       <c r="B81" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="91"/>
       <c r="D81" s="88"/>
       <c r="E81" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F81" s="91"/>
       <c r="G81" s="88"/>
       <c r="H81" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I81" s="91"/>
       <c r="J81" s="88"/>
       <c r="K81" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L81" s="91"/>
       <c r="M81" s="88"/>
       <c r="N81" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O81" s="91"/>
       <c r="P81" s="88"/>
       <c r="Q81" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R81" s="91"/>
       <c r="S81" s="88"/>
       <c r="T81" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U81" s="91"/>
       <c r="V81" s="92"/>
     </row>
-    <row r="82" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A82" s="100"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
@@ -18087,51 +18482,51 @@
       <c r="O82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>703</v>
       </c>
       <c r="C83" s="1">
         <v>368</v>
       </c>
       <c r="D83" s="16">
         <v>1071</v>
       </c>
       <c r="E83" s="10">
         <v>321</v>
       </c>
       <c r="F83" s="1">
         <v>327</v>
       </c>
       <c r="G83" s="16">
         <v>648</v>
       </c>
       <c r="H83" s="10">
         <v>369</v>
       </c>
       <c r="I83" s="1">
@@ -18158,51 +18553,51 @@
       <c r="P83" s="16">
         <v>24</v>
       </c>
       <c r="Q83" s="10">
         <v>72</v>
       </c>
       <c r="R83" s="1">
         <v>94</v>
       </c>
       <c r="S83" s="16">
         <v>166</v>
       </c>
       <c r="T83" s="10">
         <f>SUM(B83,E83,H83,K83,N83,Q83)</f>
         <v>1619</v>
       </c>
       <c r="U83" s="1">
         <f t="shared" ref="U83:U88" si="21">SUM(C83,F83,I83,L83,O83,R83)</f>
         <v>1374</v>
       </c>
       <c r="V83" s="15">
         <f t="shared" ref="V83:V88" si="22">SUM(D83,G83,J83,M83,P83,S83)</f>
         <v>2993</v>
       </c>
     </row>
-    <row r="84" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>111</v>
       </c>
       <c r="C84" s="1">
         <v>34</v>
       </c>
       <c r="D84" s="16">
         <v>145</v>
       </c>
       <c r="E84" s="10">
         <v>109</v>
       </c>
       <c r="F84" s="1">
         <v>134</v>
       </c>
       <c r="G84" s="16">
         <v>243</v>
       </c>
       <c r="H84" s="10">
         <v>114</v>
       </c>
       <c r="I84" s="1">
@@ -18229,51 +18624,51 @@
       <c r="P84" s="16">
         <v>26</v>
       </c>
       <c r="Q84" s="10">
         <v>9</v>
       </c>
       <c r="R84" s="1">
         <v>22</v>
       </c>
       <c r="S84" s="16">
         <v>31</v>
       </c>
       <c r="T84" s="10">
         <f t="shared" ref="T84:T88" si="23">SUM(B84,E84,H84,K84,N84,Q84)</f>
         <v>439</v>
       </c>
       <c r="U84" s="1">
         <f t="shared" si="21"/>
         <v>411</v>
       </c>
       <c r="V84" s="15">
         <f t="shared" si="22"/>
         <v>850</v>
       </c>
     </row>
-    <row r="85" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>102</v>
       </c>
       <c r="C85" s="1">
         <v>56</v>
       </c>
       <c r="D85" s="16">
         <v>158</v>
       </c>
       <c r="E85" s="10">
         <v>148</v>
       </c>
       <c r="F85" s="1">
         <v>175</v>
       </c>
       <c r="G85" s="16">
         <v>323</v>
       </c>
       <c r="H85" s="10">
         <v>103</v>
       </c>
       <c r="I85" s="1">
@@ -18300,51 +18695,51 @@
       <c r="P85" s="16">
         <v>20</v>
       </c>
       <c r="Q85" s="10">
         <v>26</v>
       </c>
       <c r="R85" s="1">
         <v>20</v>
       </c>
       <c r="S85" s="16">
         <v>46</v>
       </c>
       <c r="T85" s="10">
         <f t="shared" si="23"/>
         <v>467</v>
       </c>
       <c r="U85" s="1">
         <f t="shared" si="21"/>
         <v>460</v>
       </c>
       <c r="V85" s="15">
         <f t="shared" si="22"/>
         <v>927</v>
       </c>
     </row>
-    <row r="86" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>135</v>
       </c>
       <c r="C86" s="1">
         <v>55</v>
       </c>
       <c r="D86" s="16">
         <v>190</v>
       </c>
       <c r="E86" s="10">
         <v>97</v>
       </c>
       <c r="F86" s="1">
         <v>155</v>
       </c>
       <c r="G86" s="16">
         <v>252</v>
       </c>
       <c r="H86" s="10">
         <v>94</v>
       </c>
       <c r="I86" s="1">
@@ -18371,51 +18766,51 @@
       <c r="P86" s="16">
         <v>21</v>
       </c>
       <c r="Q86" s="10">
         <v>11</v>
       </c>
       <c r="R86" s="1">
         <v>29</v>
       </c>
       <c r="S86" s="16">
         <v>40</v>
       </c>
       <c r="T86" s="10">
         <f t="shared" si="23"/>
         <v>412</v>
       </c>
       <c r="U86" s="1">
         <f t="shared" si="21"/>
         <v>405</v>
       </c>
       <c r="V86" s="15">
         <f t="shared" si="22"/>
         <v>817</v>
       </c>
     </row>
-    <row r="87" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="10">
         <v>97</v>
       </c>
       <c r="C87" s="1">
         <v>43</v>
       </c>
       <c r="D87" s="16">
         <v>140</v>
       </c>
       <c r="E87" s="10">
         <v>119</v>
       </c>
       <c r="F87" s="1">
         <v>136</v>
       </c>
       <c r="G87" s="16">
         <v>255</v>
       </c>
       <c r="H87" s="10">
         <v>110</v>
       </c>
       <c r="I87" s="1">
@@ -18442,51 +18837,51 @@
       <c r="P87" s="16">
         <v>24</v>
       </c>
       <c r="Q87" s="10">
         <v>24</v>
       </c>
       <c r="R87" s="1">
         <v>24</v>
       </c>
       <c r="S87" s="16">
         <v>48</v>
       </c>
       <c r="T87" s="10">
         <f t="shared" si="23"/>
         <v>433</v>
       </c>
       <c r="U87" s="1">
         <f t="shared" si="21"/>
         <v>370</v>
       </c>
       <c r="V87" s="15">
         <f t="shared" si="22"/>
         <v>803</v>
       </c>
     </row>
-    <row r="88" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>1148</v>
       </c>
       <c r="C88" s="14">
         <v>556</v>
       </c>
       <c r="D88" s="17">
         <v>1704</v>
       </c>
       <c r="E88" s="13">
         <v>794</v>
       </c>
       <c r="F88" s="14">
         <v>927</v>
       </c>
       <c r="G88" s="17">
         <v>1721</v>
       </c>
       <c r="H88" s="13">
         <v>790</v>
       </c>
       <c r="I88" s="14">
@@ -18513,144 +18908,143 @@
       <c r="P88" s="17">
         <v>115</v>
       </c>
       <c r="Q88" s="13">
         <v>142</v>
       </c>
       <c r="R88" s="14">
         <v>189</v>
       </c>
       <c r="S88" s="17">
         <v>331</v>
       </c>
       <c r="T88" s="13">
         <f t="shared" si="23"/>
         <v>3370</v>
       </c>
       <c r="U88" s="14">
         <f t="shared" si="21"/>
         <v>3020</v>
       </c>
       <c r="V88" s="18">
         <f t="shared" si="22"/>
         <v>6390</v>
       </c>
     </row>
-    <row r="89" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="90" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A90" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="98"/>
       <c r="D90" s="98"/>
       <c r="E90" s="98"/>
       <c r="F90" s="98"/>
       <c r="G90" s="98"/>
       <c r="H90" s="98"/>
       <c r="I90" s="98"/>
       <c r="J90" s="98"/>
       <c r="K90" s="98"/>
       <c r="L90" s="98"/>
       <c r="M90" s="98"/>
       <c r="N90" s="98"/>
       <c r="O90" s="98"/>
       <c r="P90" s="98"/>
       <c r="Q90" s="98"/>
       <c r="R90" s="98"/>
       <c r="S90" s="98"/>
       <c r="T90" s="98"/>
       <c r="U90" s="98"/>
       <c r="V90" s="98"/>
     </row>
-    <row r="91" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="100"/>
       <c r="B91" s="99" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="99"/>
       <c r="D91" s="99"/>
       <c r="E91" s="99"/>
       <c r="F91" s="99"/>
       <c r="G91" s="99"/>
       <c r="H91" s="99"/>
       <c r="I91" s="99"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="99"/>
       <c r="Q91" s="99"/>
       <c r="R91" s="99"/>
       <c r="S91" s="99"/>
       <c r="T91" s="99"/>
       <c r="U91" s="99"/>
       <c r="V91" s="99"/>
     </row>
-    <row r="92" spans="1:22" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="100"/>
       <c r="B92" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="91"/>
       <c r="D92" s="88"/>
       <c r="E92" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F92" s="91"/>
       <c r="G92" s="88"/>
       <c r="H92" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I92" s="91"/>
       <c r="J92" s="88"/>
       <c r="K92" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L92" s="91"/>
       <c r="M92" s="88"/>
       <c r="N92" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O92" s="91"/>
       <c r="P92" s="88"/>
       <c r="Q92" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R92" s="91"/>
       <c r="S92" s="88"/>
       <c r="T92" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U92" s="91"/>
       <c r="V92" s="92"/>
     </row>
-    <row r="93" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A93" s="100"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
@@ -18672,354 +19066,570 @@
       <c r="O93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B94" s="10"/>
-[...16 lines deleted...]
-      <c r="S94" s="16"/>
+      <c r="B94" s="10">
+        <v>765</v>
+      </c>
+      <c r="C94" s="1">
+        <v>370</v>
+      </c>
+      <c r="D94" s="16">
+        <v>1135</v>
+      </c>
+      <c r="E94" s="10">
+        <v>379</v>
+      </c>
+      <c r="F94" s="1">
+        <v>399</v>
+      </c>
+      <c r="G94" s="16">
+        <v>778</v>
+      </c>
+      <c r="H94" s="10">
+        <v>488</v>
+      </c>
+      <c r="I94" s="1">
+        <v>437</v>
+      </c>
+      <c r="J94" s="16">
+        <v>925</v>
+      </c>
+      <c r="K94" s="10">
+        <v>172</v>
+      </c>
+      <c r="L94" s="1">
+        <v>197</v>
+      </c>
+      <c r="M94" s="16">
+        <v>369</v>
+      </c>
+      <c r="N94" s="10">
+        <v>14</v>
+      </c>
+      <c r="O94" s="1">
+        <v>19</v>
+      </c>
+      <c r="P94" s="16">
+        <v>33</v>
+      </c>
+      <c r="Q94" s="10">
+        <v>75</v>
+      </c>
+      <c r="R94" s="1">
+        <v>89</v>
+      </c>
+      <c r="S94" s="16">
+        <v>164</v>
+      </c>
       <c r="T94" s="10">
         <f>SUM(B94,E94,H94,K94,N94,Q94)</f>
-        <v>0</v>
+        <v>1893</v>
       </c>
       <c r="U94" s="1">
         <f t="shared" ref="U94:U99" si="24">SUM(C94,F94,I94,L94,O94,R94)</f>
-        <v>0</v>
+        <v>1511</v>
       </c>
       <c r="V94" s="15">
         <f t="shared" ref="V94:V99" si="25">SUM(D94,G94,J94,M94,P94,S94)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="95" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B95" s="10"/>
-[...16 lines deleted...]
-      <c r="S95" s="16"/>
+      <c r="B95" s="10">
+        <v>130</v>
+      </c>
+      <c r="C95" s="1">
+        <v>53</v>
+      </c>
+      <c r="D95" s="16">
+        <v>183</v>
+      </c>
+      <c r="E95" s="10">
+        <v>156</v>
+      </c>
+      <c r="F95" s="1">
+        <v>142</v>
+      </c>
+      <c r="G95" s="16">
+        <v>298</v>
+      </c>
+      <c r="H95" s="10">
+        <v>141</v>
+      </c>
+      <c r="I95" s="1">
+        <v>124</v>
+      </c>
+      <c r="J95" s="16">
+        <v>265</v>
+      </c>
+      <c r="K95" s="10">
+        <v>110</v>
+      </c>
+      <c r="L95" s="1">
+        <v>109</v>
+      </c>
+      <c r="M95" s="16">
+        <v>219</v>
+      </c>
+      <c r="N95" s="10">
+        <v>13</v>
+      </c>
+      <c r="O95" s="1">
+        <v>28</v>
+      </c>
+      <c r="P95" s="16">
+        <v>41</v>
+      </c>
+      <c r="Q95" s="10">
+        <v>16</v>
+      </c>
+      <c r="R95" s="1">
+        <v>15</v>
+      </c>
+      <c r="S95" s="16">
+        <v>31</v>
+      </c>
       <c r="T95" s="10">
         <f t="shared" ref="T95:T99" si="26">SUM(B95,E95,H95,K95,N95,Q95)</f>
-        <v>0</v>
+        <v>566</v>
       </c>
       <c r="U95" s="1">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>471</v>
       </c>
       <c r="V95" s="15">
         <f t="shared" si="25"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="96" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B96" s="10"/>
-[...16 lines deleted...]
-      <c r="S96" s="16"/>
+      <c r="B96" s="10">
+        <v>167</v>
+      </c>
+      <c r="C96" s="1">
+        <v>55</v>
+      </c>
+      <c r="D96" s="16">
+        <v>222</v>
+      </c>
+      <c r="E96" s="10">
+        <v>183</v>
+      </c>
+      <c r="F96" s="1">
+        <v>176</v>
+      </c>
+      <c r="G96" s="16">
+        <v>359</v>
+      </c>
+      <c r="H96" s="10">
+        <v>147</v>
+      </c>
+      <c r="I96" s="1">
+        <v>131</v>
+      </c>
+      <c r="J96" s="16">
+        <v>278</v>
+      </c>
+      <c r="K96" s="10">
+        <v>65</v>
+      </c>
+      <c r="L96" s="1">
+        <v>80</v>
+      </c>
+      <c r="M96" s="16">
+        <v>145</v>
+      </c>
+      <c r="N96" s="10">
+        <v>8</v>
+      </c>
+      <c r="O96" s="1">
+        <v>10</v>
+      </c>
+      <c r="P96" s="16">
+        <v>18</v>
+      </c>
+      <c r="Q96" s="10">
+        <v>18</v>
+      </c>
+      <c r="R96" s="1">
+        <v>28</v>
+      </c>
+      <c r="S96" s="16">
+        <v>46</v>
+      </c>
       <c r="T96" s="10">
         <f t="shared" si="26"/>
-        <v>0</v>
+        <v>588</v>
       </c>
       <c r="U96" s="1">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="V96" s="15">
         <f t="shared" si="25"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="97" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B97" s="10"/>
-[...16 lines deleted...]
-      <c r="S97" s="16"/>
+      <c r="B97" s="10">
+        <v>151</v>
+      </c>
+      <c r="C97" s="1">
+        <v>66</v>
+      </c>
+      <c r="D97" s="16">
+        <v>217</v>
+      </c>
+      <c r="E97" s="10">
+        <v>131</v>
+      </c>
+      <c r="F97" s="1">
+        <v>169</v>
+      </c>
+      <c r="G97" s="16">
+        <v>300</v>
+      </c>
+      <c r="H97" s="10">
+        <v>119</v>
+      </c>
+      <c r="I97" s="1">
+        <v>93</v>
+      </c>
+      <c r="J97" s="16">
+        <v>212</v>
+      </c>
+      <c r="K97" s="10">
+        <v>69</v>
+      </c>
+      <c r="L97" s="1">
+        <v>99</v>
+      </c>
+      <c r="M97" s="16">
+        <v>168</v>
+      </c>
+      <c r="N97" s="10">
+        <v>10</v>
+      </c>
+      <c r="O97" s="1">
+        <v>9</v>
+      </c>
+      <c r="P97" s="16">
+        <v>19</v>
+      </c>
+      <c r="Q97" s="10">
+        <v>19</v>
+      </c>
+      <c r="R97" s="1">
+        <v>13</v>
+      </c>
+      <c r="S97" s="16">
+        <v>32</v>
+      </c>
       <c r="T97" s="10">
         <f t="shared" si="26"/>
-        <v>0</v>
+        <v>499</v>
       </c>
       <c r="U97" s="1">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>449</v>
       </c>
       <c r="V97" s="15">
         <f t="shared" si="25"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="98" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B98" s="10"/>
-[...16 lines deleted...]
-      <c r="S98" s="16"/>
+      <c r="B98" s="10">
+        <v>111</v>
+      </c>
+      <c r="C98" s="1">
+        <v>50</v>
+      </c>
+      <c r="D98" s="16">
+        <v>161</v>
+      </c>
+      <c r="E98" s="10">
+        <v>125</v>
+      </c>
+      <c r="F98" s="1">
+        <v>137</v>
+      </c>
+      <c r="G98" s="16">
+        <v>262</v>
+      </c>
+      <c r="H98" s="10">
+        <v>122</v>
+      </c>
+      <c r="I98" s="1">
+        <v>98</v>
+      </c>
+      <c r="J98" s="16">
+        <v>220</v>
+      </c>
+      <c r="K98" s="10">
+        <v>93</v>
+      </c>
+      <c r="L98" s="1">
+        <v>102</v>
+      </c>
+      <c r="M98" s="16">
+        <v>195</v>
+      </c>
+      <c r="N98" s="10">
+        <v>14</v>
+      </c>
+      <c r="O98" s="1">
+        <v>17</v>
+      </c>
+      <c r="P98" s="16">
+        <v>31</v>
+      </c>
+      <c r="Q98" s="10">
+        <v>19</v>
+      </c>
+      <c r="R98" s="1">
+        <v>16</v>
+      </c>
+      <c r="S98" s="16">
+        <v>35</v>
+      </c>
       <c r="T98" s="10">
         <f t="shared" si="26"/>
-        <v>0</v>
+        <v>484</v>
       </c>
       <c r="U98" s="1">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>420</v>
       </c>
       <c r="V98" s="15">
         <f t="shared" si="25"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="99" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B99" s="13"/>
-[...16 lines deleted...]
-      <c r="S99" s="17"/>
+      <c r="B99" s="13">
+        <v>1324</v>
+      </c>
+      <c r="C99" s="14">
+        <v>594</v>
+      </c>
+      <c r="D99" s="17">
+        <v>1918</v>
+      </c>
+      <c r="E99" s="13">
+        <v>974</v>
+      </c>
+      <c r="F99" s="14">
+        <v>1023</v>
+      </c>
+      <c r="G99" s="17">
+        <v>1997</v>
+      </c>
+      <c r="H99" s="13">
+        <v>1017</v>
+      </c>
+      <c r="I99" s="14">
+        <v>883</v>
+      </c>
+      <c r="J99" s="17">
+        <v>1900</v>
+      </c>
+      <c r="K99" s="13">
+        <v>509</v>
+      </c>
+      <c r="L99" s="14">
+        <v>587</v>
+      </c>
+      <c r="M99" s="17">
+        <v>1096</v>
+      </c>
+      <c r="N99" s="13">
+        <v>59</v>
+      </c>
+      <c r="O99" s="14">
+        <v>83</v>
+      </c>
+      <c r="P99" s="17">
+        <v>142</v>
+      </c>
+      <c r="Q99" s="13">
+        <v>147</v>
+      </c>
+      <c r="R99" s="14">
+        <v>161</v>
+      </c>
+      <c r="S99" s="17">
+        <v>308</v>
+      </c>
       <c r="T99" s="13">
         <f t="shared" si="26"/>
-        <v>0</v>
+        <v>4030</v>
       </c>
       <c r="U99" s="14">
         <f t="shared" si="24"/>
-        <v>0</v>
+        <v>3331</v>
       </c>
       <c r="V99" s="18">
         <f t="shared" si="25"/>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="101" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>7361</v>
+      </c>
+    </row>
+    <row r="100" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="101" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A101" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="98"/>
       <c r="D101" s="98"/>
       <c r="E101" s="98"/>
       <c r="F101" s="98"/>
       <c r="G101" s="98"/>
       <c r="H101" s="98"/>
       <c r="I101" s="98"/>
       <c r="J101" s="98"/>
       <c r="K101" s="98"/>
       <c r="L101" s="98"/>
       <c r="M101" s="98"/>
       <c r="N101" s="98"/>
       <c r="O101" s="98"/>
       <c r="P101" s="98"/>
       <c r="Q101" s="98"/>
       <c r="R101" s="98"/>
       <c r="S101" s="98"/>
       <c r="T101" s="98"/>
       <c r="U101" s="98"/>
       <c r="V101" s="98"/>
     </row>
-    <row r="102" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="100"/>
       <c r="B102" s="99" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="99"/>
       <c r="D102" s="99"/>
       <c r="E102" s="99"/>
       <c r="F102" s="99"/>
       <c r="G102" s="99"/>
       <c r="H102" s="99"/>
       <c r="I102" s="99"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="99"/>
       <c r="Q102" s="99"/>
       <c r="R102" s="99"/>
       <c r="S102" s="99"/>
       <c r="T102" s="99"/>
       <c r="U102" s="99"/>
       <c r="V102" s="99"/>
     </row>
-    <row r="103" spans="1:22" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:22" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="100"/>
       <c r="B103" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="91"/>
       <c r="D103" s="88"/>
       <c r="E103" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F103" s="91"/>
       <c r="G103" s="88"/>
       <c r="H103" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I103" s="91"/>
       <c r="J103" s="88"/>
       <c r="K103" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L103" s="91"/>
       <c r="M103" s="88"/>
       <c r="N103" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O103" s="91"/>
       <c r="P103" s="88"/>
       <c r="Q103" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R103" s="91"/>
       <c r="S103" s="88"/>
       <c r="T103" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U103" s="91"/>
       <c r="V103" s="92"/>
     </row>
-    <row r="104" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A104" s="100"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
@@ -19041,354 +19651,354 @@
       <c r="O104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10"/>
       <c r="C105" s="1"/>
       <c r="D105" s="16"/>
       <c r="E105" s="53"/>
       <c r="F105" s="54"/>
       <c r="G105" s="16"/>
       <c r="H105" s="10"/>
       <c r="I105" s="1"/>
       <c r="J105" s="16"/>
       <c r="K105" s="10"/>
       <c r="L105" s="1"/>
       <c r="M105" s="16"/>
       <c r="N105" s="10"/>
       <c r="O105" s="1"/>
       <c r="P105" s="16"/>
       <c r="Q105" s="10"/>
       <c r="R105" s="1"/>
       <c r="S105" s="16"/>
       <c r="T105" s="10">
         <f>SUM(B105,E105,H105,K105,N105,Q105)</f>
         <v>0</v>
       </c>
       <c r="U105" s="1">
         <f t="shared" ref="U105:U110" si="27">SUM(C105,F105,I105,L105,O105,R105)</f>
         <v>0</v>
       </c>
       <c r="V105" s="15">
         <f t="shared" ref="V105:V110" si="28">SUM(D105,G105,J105,M105,P105,S105)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="106" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10"/>
       <c r="C106" s="1"/>
       <c r="D106" s="16"/>
       <c r="E106" s="53"/>
       <c r="F106" s="54"/>
       <c r="G106" s="16"/>
       <c r="H106" s="10"/>
       <c r="I106" s="1"/>
       <c r="J106" s="16"/>
       <c r="K106" s="10"/>
       <c r="L106" s="1"/>
       <c r="M106" s="16"/>
       <c r="N106" s="10"/>
       <c r="O106" s="1"/>
       <c r="P106" s="16"/>
       <c r="Q106" s="10"/>
       <c r="R106" s="1"/>
       <c r="S106" s="16"/>
       <c r="T106" s="10">
         <f t="shared" ref="T106:T110" si="29">SUM(B106,E106,H106,K106,N106,Q106)</f>
         <v>0</v>
       </c>
       <c r="U106" s="1">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="V106" s="15">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
-    <row r="107" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10"/>
       <c r="C107" s="1"/>
       <c r="D107" s="16"/>
       <c r="E107" s="53"/>
       <c r="F107" s="54"/>
       <c r="G107" s="16"/>
       <c r="H107" s="10"/>
       <c r="I107" s="1"/>
       <c r="J107" s="16"/>
       <c r="K107" s="10"/>
       <c r="L107" s="1"/>
       <c r="M107" s="16"/>
       <c r="N107" s="10"/>
       <c r="O107" s="1"/>
       <c r="P107" s="16"/>
       <c r="Q107" s="10"/>
       <c r="R107" s="1"/>
       <c r="S107" s="16"/>
       <c r="T107" s="10">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="U107" s="1">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="V107" s="15">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
-    <row r="108" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10"/>
       <c r="C108" s="1"/>
       <c r="D108" s="16"/>
       <c r="E108" s="53"/>
       <c r="F108" s="54"/>
       <c r="G108" s="16"/>
       <c r="H108" s="10"/>
       <c r="I108" s="1"/>
       <c r="J108" s="16"/>
       <c r="K108" s="10"/>
       <c r="L108" s="1"/>
       <c r="M108" s="16"/>
       <c r="N108" s="10"/>
       <c r="O108" s="1"/>
       <c r="P108" s="16"/>
       <c r="Q108" s="10"/>
       <c r="R108" s="1"/>
       <c r="S108" s="16"/>
       <c r="T108" s="10">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="U108" s="1">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="V108" s="15">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
-    <row r="109" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="10"/>
       <c r="C109" s="1"/>
       <c r="D109" s="16"/>
       <c r="E109" s="53"/>
       <c r="F109" s="54"/>
       <c r="G109" s="16"/>
       <c r="H109" s="10"/>
       <c r="I109" s="1"/>
       <c r="J109" s="16"/>
       <c r="K109" s="10"/>
       <c r="L109" s="1"/>
       <c r="M109" s="16"/>
       <c r="N109" s="10"/>
       <c r="O109" s="1"/>
       <c r="P109" s="16"/>
       <c r="Q109" s="10"/>
       <c r="R109" s="1"/>
       <c r="S109" s="16"/>
       <c r="T109" s="10">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="U109" s="1">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="V109" s="15">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
-    <row r="110" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13"/>
       <c r="C110" s="14"/>
       <c r="D110" s="17"/>
       <c r="E110" s="22"/>
       <c r="F110" s="52"/>
       <c r="G110" s="17"/>
       <c r="H110" s="13"/>
       <c r="I110" s="14"/>
       <c r="J110" s="17"/>
       <c r="K110" s="13"/>
       <c r="L110" s="14"/>
       <c r="M110" s="17"/>
       <c r="N110" s="13"/>
       <c r="O110" s="14"/>
       <c r="P110" s="17"/>
       <c r="Q110" s="13"/>
       <c r="R110" s="14"/>
       <c r="S110" s="17"/>
       <c r="T110" s="13">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="U110" s="14">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="V110" s="18">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A112" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="98"/>
       <c r="D112" s="98"/>
       <c r="E112" s="98"/>
       <c r="F112" s="98"/>
       <c r="G112" s="98"/>
       <c r="H112" s="98"/>
       <c r="I112" s="98"/>
       <c r="J112" s="98"/>
       <c r="K112" s="98"/>
       <c r="L112" s="98"/>
       <c r="M112" s="98"/>
       <c r="N112" s="98"/>
       <c r="O112" s="98"/>
       <c r="P112" s="98"/>
       <c r="Q112" s="98"/>
       <c r="R112" s="98"/>
       <c r="S112" s="98"/>
       <c r="T112" s="98"/>
       <c r="U112" s="98"/>
       <c r="V112" s="98"/>
     </row>
-    <row r="113" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="100"/>
       <c r="B113" s="99" t="s">
         <v>11</v>
       </c>
       <c r="C113" s="99"/>
       <c r="D113" s="99"/>
       <c r="E113" s="99"/>
       <c r="F113" s="99"/>
       <c r="G113" s="99"/>
       <c r="H113" s="99"/>
       <c r="I113" s="99"/>
       <c r="J113" s="99"/>
       <c r="K113" s="99"/>
       <c r="L113" s="99"/>
       <c r="M113" s="99"/>
       <c r="N113" s="99"/>
       <c r="O113" s="99"/>
       <c r="P113" s="99"/>
       <c r="Q113" s="99"/>
       <c r="R113" s="99"/>
       <c r="S113" s="99"/>
       <c r="T113" s="99"/>
       <c r="U113" s="99"/>
       <c r="V113" s="99"/>
     </row>
-    <row r="114" spans="1:22" ht="24.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:22" ht="24.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="100"/>
       <c r="B114" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="91"/>
       <c r="D114" s="88"/>
       <c r="E114" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F114" s="91"/>
       <c r="G114" s="88"/>
       <c r="H114" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I114" s="91"/>
       <c r="J114" s="88"/>
       <c r="K114" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L114" s="91"/>
       <c r="M114" s="88"/>
       <c r="N114" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O114" s="91"/>
       <c r="P114" s="88"/>
       <c r="Q114" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R114" s="91"/>
       <c r="S114" s="88"/>
       <c r="T114" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U114" s="91"/>
       <c r="V114" s="92"/>
     </row>
-    <row r="115" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A115" s="100"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
@@ -19410,354 +20020,354 @@
       <c r="O115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="1"/>
       <c r="D116" s="16"/>
       <c r="E116" s="10"/>
       <c r="F116" s="1"/>
       <c r="G116" s="16"/>
       <c r="H116" s="10"/>
       <c r="I116" s="1"/>
       <c r="J116" s="16"/>
       <c r="K116" s="10"/>
       <c r="L116" s="1"/>
       <c r="M116" s="16"/>
       <c r="N116" s="10"/>
       <c r="O116" s="1"/>
       <c r="P116" s="16"/>
       <c r="Q116" s="10"/>
       <c r="R116" s="1"/>
       <c r="S116" s="16"/>
       <c r="T116" s="10">
         <f>SUM(B116,E116,H116,K116,N116,Q116)</f>
         <v>0</v>
       </c>
       <c r="U116" s="1">
         <f t="shared" ref="U116:U121" si="30">SUM(C116,F116,I116,L116,O116,R116)</f>
         <v>0</v>
       </c>
       <c r="V116" s="15">
         <f t="shared" ref="V116:V121" si="31">SUM(D116,G116,J116,M116,P116,S116)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="1"/>
       <c r="D117" s="16"/>
       <c r="E117" s="10"/>
       <c r="F117" s="1"/>
       <c r="G117" s="16"/>
       <c r="H117" s="10"/>
       <c r="I117" s="1"/>
       <c r="J117" s="16"/>
       <c r="K117" s="10"/>
       <c r="L117" s="1"/>
       <c r="M117" s="16"/>
       <c r="N117" s="10"/>
       <c r="O117" s="1"/>
       <c r="P117" s="16"/>
       <c r="Q117" s="10"/>
       <c r="R117" s="1"/>
       <c r="S117" s="16"/>
       <c r="T117" s="10">
         <f t="shared" ref="T117:T121" si="32">SUM(B117,E117,H117,K117,N117,Q117)</f>
         <v>0</v>
       </c>
       <c r="U117" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V117" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="16"/>
       <c r="E118" s="10"/>
       <c r="F118" s="1"/>
       <c r="G118" s="16"/>
       <c r="H118" s="10"/>
       <c r="I118" s="1"/>
       <c r="J118" s="16"/>
       <c r="K118" s="10"/>
       <c r="L118" s="1"/>
       <c r="M118" s="16"/>
       <c r="N118" s="10"/>
       <c r="O118" s="1"/>
       <c r="P118" s="16"/>
       <c r="Q118" s="10"/>
       <c r="R118" s="1"/>
       <c r="S118" s="16"/>
       <c r="T118" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U118" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V118" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="16"/>
       <c r="E119" s="10"/>
       <c r="F119" s="1"/>
       <c r="G119" s="16"/>
       <c r="H119" s="10"/>
       <c r="I119" s="1"/>
       <c r="J119" s="16"/>
       <c r="K119" s="10"/>
       <c r="L119" s="1"/>
       <c r="M119" s="16"/>
       <c r="N119" s="10"/>
       <c r="O119" s="1"/>
       <c r="P119" s="16"/>
       <c r="Q119" s="10"/>
       <c r="R119" s="1"/>
       <c r="S119" s="16"/>
       <c r="T119" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U119" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V119" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="1"/>
       <c r="D120" s="16"/>
       <c r="E120" s="10"/>
       <c r="F120" s="1"/>
       <c r="G120" s="16"/>
       <c r="H120" s="10"/>
       <c r="I120" s="1"/>
       <c r="J120" s="16"/>
       <c r="K120" s="10"/>
       <c r="L120" s="1"/>
       <c r="M120" s="16"/>
       <c r="N120" s="10"/>
       <c r="O120" s="1"/>
       <c r="P120" s="16"/>
       <c r="Q120" s="10"/>
       <c r="R120" s="1"/>
       <c r="S120" s="16"/>
       <c r="T120" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U120" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V120" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="121" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="17"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="17"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="17"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="17"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="17"/>
       <c r="Q121" s="13"/>
       <c r="R121" s="14"/>
       <c r="S121" s="17"/>
       <c r="T121" s="13">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U121" s="14">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V121" s="18">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
-    <row r="123" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="123" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A123" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="98"/>
       <c r="D123" s="98"/>
       <c r="E123" s="98"/>
       <c r="F123" s="98"/>
       <c r="G123" s="98"/>
       <c r="H123" s="98"/>
       <c r="I123" s="98"/>
       <c r="J123" s="98"/>
       <c r="K123" s="98"/>
       <c r="L123" s="98"/>
       <c r="M123" s="98"/>
       <c r="N123" s="98"/>
       <c r="O123" s="98"/>
       <c r="P123" s="98"/>
       <c r="Q123" s="98"/>
       <c r="R123" s="98"/>
       <c r="S123" s="98"/>
       <c r="T123" s="98"/>
       <c r="U123" s="98"/>
       <c r="V123" s="98"/>
     </row>
-    <row r="124" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="100"/>
       <c r="B124" s="99" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="99"/>
       <c r="D124" s="99"/>
       <c r="E124" s="99"/>
       <c r="F124" s="99"/>
       <c r="G124" s="99"/>
       <c r="H124" s="99"/>
       <c r="I124" s="99"/>
       <c r="J124" s="99"/>
       <c r="K124" s="99"/>
       <c r="L124" s="99"/>
       <c r="M124" s="99"/>
       <c r="N124" s="99"/>
       <c r="O124" s="99"/>
       <c r="P124" s="99"/>
       <c r="Q124" s="99"/>
       <c r="R124" s="99"/>
       <c r="S124" s="99"/>
       <c r="T124" s="99"/>
       <c r="U124" s="99"/>
       <c r="V124" s="99"/>
     </row>
-    <row r="125" spans="1:22" ht="29.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:22" ht="29.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="100"/>
       <c r="B125" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="91"/>
       <c r="D125" s="88"/>
       <c r="E125" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F125" s="91"/>
       <c r="G125" s="88"/>
       <c r="H125" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I125" s="91"/>
       <c r="J125" s="88"/>
       <c r="K125" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L125" s="91"/>
       <c r="M125" s="88"/>
       <c r="N125" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O125" s="91"/>
       <c r="P125" s="88"/>
       <c r="Q125" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R125" s="91"/>
       <c r="S125" s="88"/>
       <c r="T125" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U125" s="91"/>
       <c r="V125" s="92"/>
     </row>
-    <row r="126" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A126" s="100"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
@@ -19779,353 +20389,353 @@
       <c r="O126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="16"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="16"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="16"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="16"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="16"/>
       <c r="Q127" s="10"/>
       <c r="R127" s="1"/>
       <c r="S127" s="16"/>
       <c r="T127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127)</f>
         <v>0</v>
       </c>
       <c r="U127" s="1">
         <f t="shared" ref="U127:U132" si="33">SUM(C127,F127,I127,L127,O127,R127)</f>
         <v>0</v>
       </c>
       <c r="V127" s="15">
         <f t="shared" ref="V127:V132" si="34">SUM(D127,G127,J127,M127,P127,S127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="16"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="16"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="16"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="16"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="16"/>
       <c r="Q128" s="10"/>
       <c r="R128" s="1"/>
       <c r="S128" s="16"/>
       <c r="T128" s="10">
         <f t="shared" ref="T128:T132" si="35">SUM(B128,E128,H128,K128,N128,Q128)</f>
         <v>0</v>
       </c>
       <c r="U128" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V128" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:25" hidden="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="16"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="16"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="16"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="16"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="16"/>
       <c r="Q129" s="10"/>
       <c r="R129" s="1"/>
       <c r="S129" s="16"/>
       <c r="T129" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U129" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V129" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:25" hidden="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="16"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="16"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="16"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="16"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="16"/>
       <c r="Q130" s="10"/>
       <c r="R130" s="1"/>
       <c r="S130" s="16"/>
       <c r="T130" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U130" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V130" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:25" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:25" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="1"/>
       <c r="D131" s="16"/>
       <c r="E131" s="10"/>
       <c r="F131" s="1"/>
       <c r="G131" s="16"/>
       <c r="H131" s="10"/>
       <c r="I131" s="1"/>
       <c r="J131" s="16"/>
       <c r="K131" s="10"/>
       <c r="L131" s="1"/>
       <c r="M131" s="16"/>
       <c r="N131" s="10"/>
       <c r="O131" s="1"/>
       <c r="P131" s="16"/>
       <c r="Q131" s="10"/>
       <c r="R131" s="1"/>
       <c r="S131" s="16"/>
       <c r="T131" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U131" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V131" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:25" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:25" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="17"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="17"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="17"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="17"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="17"/>
       <c r="T132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A134" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="98"/>
       <c r="D134" s="98"/>
       <c r="E134" s="98"/>
       <c r="F134" s="98"/>
       <c r="G134" s="98"/>
       <c r="H134" s="98"/>
       <c r="I134" s="98"/>
       <c r="J134" s="98"/>
       <c r="K134" s="98"/>
       <c r="L134" s="98"/>
       <c r="M134" s="98"/>
       <c r="N134" s="98"/>
       <c r="O134" s="98"/>
       <c r="P134" s="98"/>
       <c r="Q134" s="98"/>
       <c r="R134" s="98"/>
       <c r="S134" s="98"/>
       <c r="T134" s="98"/>
       <c r="U134" s="98"/>
       <c r="V134" s="98"/>
     </row>
-    <row r="135" spans="1:25" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:25" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="100"/>
       <c r="B135" s="101" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="102"/>
       <c r="D135" s="102"/>
       <c r="E135" s="102"/>
       <c r="F135" s="102"/>
       <c r="G135" s="102"/>
       <c r="H135" s="102"/>
       <c r="I135" s="102"/>
       <c r="J135" s="102"/>
       <c r="K135" s="102"/>
       <c r="L135" s="102"/>
       <c r="M135" s="102"/>
       <c r="N135" s="102"/>
       <c r="O135" s="102"/>
       <c r="P135" s="102"/>
       <c r="Q135" s="102"/>
       <c r="R135" s="102"/>
       <c r="S135" s="102"/>
       <c r="T135" s="102"/>
       <c r="U135" s="102"/>
       <c r="V135" s="103"/>
     </row>
-    <row r="136" spans="1:25" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:25" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="100"/>
       <c r="B136" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="91"/>
       <c r="D136" s="88"/>
       <c r="E136" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F136" s="91"/>
       <c r="G136" s="88"/>
       <c r="H136" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I136" s="91"/>
       <c r="J136" s="88"/>
       <c r="K136" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L136" s="91"/>
       <c r="M136" s="88"/>
       <c r="N136" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O136" s="91"/>
       <c r="P136" s="88"/>
       <c r="Q136" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R136" s="91"/>
       <c r="S136" s="88"/>
       <c r="T136" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U136" s="91"/>
       <c r="V136" s="92"/>
     </row>
-    <row r="137" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A137" s="100"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>15</v>
       </c>
@@ -20147,603 +20757,603 @@
       <c r="O137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U137" s="35" t="s">
         <v>15</v>
       </c>
       <c r="V137" s="36" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="40">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>6157</v>
+        <v>6922</v>
       </c>
       <c r="C138" s="40">
         <f t="shared" ref="C138:D138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>3250</v>
+        <v>3620</v>
       </c>
       <c r="D138" s="40">
         <f t="shared" si="36"/>
-        <v>9407</v>
+        <v>10542</v>
       </c>
       <c r="E138" s="40">
         <f>SUM(E6,E17,E28,E39,E50,E61,E72,E83,E94,E105,E116,E127)</f>
-        <v>2937</v>
+        <v>3316</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" ref="F138:V138" si="37">SUM(F6,F17,F28,F39,F50,F61,F72,F83,F94,F105,F116,F127)</f>
-        <v>3179</v>
+        <v>3578</v>
       </c>
       <c r="G138" s="41">
         <f t="shared" si="37"/>
-        <v>6116</v>
+        <v>6894</v>
       </c>
       <c r="H138" s="40">
         <f t="shared" si="37"/>
-        <v>3573</v>
+        <v>4061</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="37"/>
-        <v>3535</v>
+        <v>3972</v>
       </c>
       <c r="J138" s="41">
         <f t="shared" si="37"/>
-        <v>7108</v>
+        <v>8033</v>
       </c>
       <c r="K138" s="56">
         <f>SUM(K6,K17,K28,K39,K50,K61,K72,K83,K94,K105,K116,K127)</f>
-        <v>1294</v>
+        <v>1466</v>
       </c>
       <c r="L138" s="54">
         <f t="shared" si="37"/>
-        <v>1667</v>
+        <v>1864</v>
       </c>
       <c r="M138" s="59">
         <f t="shared" si="37"/>
-        <v>2961</v>
+        <v>3330</v>
       </c>
       <c r="N138" s="40">
         <f t="shared" si="37"/>
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="37"/>
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="P138" s="41">
         <f t="shared" si="37"/>
-        <v>223</v>
+        <v>256</v>
       </c>
       <c r="Q138" s="40">
         <f t="shared" si="37"/>
-        <v>494</v>
+        <v>569</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="37"/>
-        <v>549</v>
+        <v>638</v>
       </c>
       <c r="S138" s="41">
         <f t="shared" si="37"/>
-        <v>1043</v>
+        <v>1207</v>
       </c>
       <c r="T138" s="56">
         <f>SUM(T6,T17,T28,T39,T50,T61,T72,T83,T94,T105,T116,T127)</f>
-        <v>14545</v>
+        <v>16438</v>
       </c>
       <c r="U138" s="54">
         <f t="shared" si="37"/>
-        <v>12313</v>
+        <v>13824</v>
       </c>
       <c r="V138" s="57">
         <f t="shared" si="37"/>
-        <v>26858</v>
+        <v>30262</v>
       </c>
       <c r="W138" s="28"/>
       <c r="X138" s="28"/>
       <c r="Y138" s="28"/>
     </row>
-    <row r="139" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="40">
         <f t="shared" ref="B139:D143" si="38">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>979</v>
+        <v>1109</v>
       </c>
       <c r="C139" s="40">
         <f t="shared" si="38"/>
-        <v>434</v>
+        <v>487</v>
       </c>
       <c r="D139" s="40">
         <f t="shared" si="38"/>
-        <v>1413</v>
+        <v>1596</v>
       </c>
       <c r="E139" s="40">
         <f t="shared" ref="E139:V139" si="39">SUM(E7,E18,E29,E40,E51,E62,E73,E84,E95,E106,E117,E128)</f>
-        <v>1190</v>
+        <v>1346</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>1578</v>
+        <v>1720</v>
       </c>
       <c r="G139" s="41">
         <f t="shared" si="39"/>
-        <v>2768</v>
+        <v>3066</v>
       </c>
       <c r="H139" s="40">
         <f t="shared" si="39"/>
-        <v>1081</v>
+        <v>1222</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>1067</v>
+        <v>1191</v>
       </c>
       <c r="J139" s="41">
         <f t="shared" si="39"/>
-        <v>2148</v>
+        <v>2413</v>
       </c>
       <c r="K139" s="56">
         <f t="shared" si="39"/>
-        <v>856</v>
+        <v>966</v>
       </c>
       <c r="L139" s="54">
         <f t="shared" si="39"/>
-        <v>1171</v>
+        <v>1280</v>
       </c>
       <c r="M139" s="59">
         <f t="shared" si="39"/>
-        <v>2027</v>
+        <v>2246</v>
       </c>
       <c r="N139" s="40">
         <f t="shared" si="39"/>
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>166</v>
+        <v>194</v>
       </c>
       <c r="P139" s="41">
         <f t="shared" si="39"/>
-        <v>286</v>
+        <v>327</v>
       </c>
       <c r="Q139" s="40">
         <f t="shared" si="39"/>
-        <v>113</v>
+        <v>129</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="S139" s="41">
         <f t="shared" si="39"/>
-        <v>271</v>
+        <v>302</v>
       </c>
       <c r="T139" s="56">
         <f>SUM(T7,T18,T29,T40,T51,T62,T73,T84,T95,T106,T117,T128)</f>
-        <v>4339</v>
+        <v>4905</v>
       </c>
       <c r="U139" s="54">
         <f t="shared" si="39"/>
-        <v>4574</v>
+        <v>5045</v>
       </c>
       <c r="V139" s="57">
         <f t="shared" si="39"/>
-        <v>8913</v>
+        <v>9950</v>
       </c>
       <c r="W139" s="28"/>
       <c r="X139" s="28"/>
       <c r="Y139" s="28"/>
     </row>
-    <row r="140" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="40">
         <f>SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>885</v>
+        <v>1052</v>
       </c>
       <c r="C140" s="40">
         <f t="shared" si="38"/>
-        <v>461</v>
+        <v>516</v>
       </c>
       <c r="D140" s="40">
         <f t="shared" si="38"/>
-        <v>1346</v>
+        <v>1568</v>
       </c>
       <c r="E140" s="40">
         <f t="shared" ref="E140:V140" si="40">SUM(E8,E19,E30,E41,E52,E63,E74,E85,E96,E107,E118,E129)</f>
-        <v>1428</v>
+        <v>1611</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>1831</v>
+        <v>2007</v>
       </c>
       <c r="G140" s="41">
         <f>SUM(G8,G19,G30,G41,G52,G63,G74,G85,G96,G107,G118,G129)</f>
-        <v>3259</v>
+        <v>3618</v>
       </c>
       <c r="H140" s="40">
         <f t="shared" si="40"/>
-        <v>901</v>
+        <v>1048</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>1065</v>
+        <v>1196</v>
       </c>
       <c r="J140" s="41">
         <f t="shared" si="40"/>
-        <v>1966</v>
+        <v>2244</v>
       </c>
       <c r="K140" s="56">
         <f t="shared" si="40"/>
-        <v>585</v>
+        <v>650</v>
       </c>
       <c r="L140" s="54">
         <f t="shared" si="40"/>
-        <v>867</v>
+        <v>947</v>
       </c>
       <c r="M140" s="59">
         <f t="shared" si="40"/>
-        <v>1452</v>
+        <v>1597</v>
       </c>
       <c r="N140" s="40">
         <f t="shared" si="40"/>
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="P140" s="41">
         <f t="shared" si="40"/>
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="Q140" s="40">
         <f t="shared" si="40"/>
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="S140" s="41">
         <f t="shared" si="40"/>
-        <v>275</v>
+        <v>321</v>
       </c>
       <c r="T140" s="56">
         <f t="shared" si="40"/>
-        <v>3988</v>
+        <v>4576</v>
       </c>
       <c r="U140" s="54">
         <f t="shared" si="40"/>
-        <v>4502</v>
+        <v>4982</v>
       </c>
       <c r="V140" s="57">
         <f t="shared" si="40"/>
-        <v>8490</v>
+        <v>9558</v>
       </c>
       <c r="W140" s="28"/>
       <c r="X140" s="28"/>
       <c r="Y140" s="28"/>
     </row>
-    <row r="141" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="40">
         <f t="shared" si="38"/>
-        <v>1066</v>
+        <v>1217</v>
       </c>
       <c r="C141" s="40">
         <f t="shared" si="38"/>
-        <v>446</v>
+        <v>512</v>
       </c>
       <c r="D141" s="40">
         <f t="shared" si="38"/>
-        <v>1512</v>
+        <v>1729</v>
       </c>
       <c r="E141" s="40">
         <f t="shared" ref="E141:V141" si="41">SUM(E9,E20,E31,E42,E53,E64,E75,E86,E97,E108,E119,E130)</f>
-        <v>1087</v>
+        <v>1218</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>1427</v>
+        <v>1596</v>
       </c>
       <c r="G141" s="41">
         <f t="shared" si="41"/>
-        <v>2514</v>
+        <v>2814</v>
       </c>
       <c r="H141" s="40">
         <f t="shared" si="41"/>
-        <v>928</v>
+        <v>1047</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>801</v>
+        <v>894</v>
       </c>
       <c r="J141" s="41">
         <f t="shared" si="41"/>
-        <v>1729</v>
+        <v>1941</v>
       </c>
       <c r="K141" s="40">
         <f t="shared" si="41"/>
-        <v>670</v>
+        <v>739</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>852</v>
+        <v>951</v>
       </c>
       <c r="M141" s="41">
         <f t="shared" si="41"/>
-        <v>1522</v>
+        <v>1690</v>
       </c>
       <c r="N141" s="40">
         <f t="shared" si="41"/>
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="P141" s="41">
         <f t="shared" si="41"/>
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="Q141" s="40">
         <f t="shared" si="41"/>
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="S141" s="41">
         <f t="shared" si="41"/>
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="T141" s="40">
         <f>SUM(T9,T20,T31,T42,T53,T64,T75,T86,T97,T108,T119,T130)</f>
-        <v>3920</v>
+        <v>4419</v>
       </c>
       <c r="U141" s="1">
         <f>SUM(U9,U20,U31,U42,U53,U64,U75,U86,U97,U108,U119,U130)</f>
-        <v>3773</v>
+        <v>4222</v>
       </c>
       <c r="V141" s="46">
         <f t="shared" si="41"/>
-        <v>7693</v>
+        <v>8641</v>
       </c>
       <c r="W141" s="28"/>
       <c r="X141" s="28"/>
       <c r="Y141" s="28"/>
     </row>
-    <row r="142" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="43">
         <f t="shared" si="38"/>
-        <v>827</v>
+        <v>938</v>
       </c>
       <c r="C142" s="43">
         <f t="shared" si="38"/>
-        <v>401</v>
+        <v>451</v>
       </c>
       <c r="D142" s="43">
         <f t="shared" si="38"/>
-        <v>1228</v>
+        <v>1389</v>
       </c>
       <c r="E142" s="43">
         <f t="shared" ref="E142:V142" si="42">SUM(E10,E21,E32,E43,E54,E65,E76,E87,E98,E109,E120,E131)</f>
-        <v>1081</v>
+        <v>1206</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="42"/>
-        <v>1308</v>
+        <v>1445</v>
       </c>
       <c r="G142" s="44">
         <f t="shared" si="42"/>
-        <v>2389</v>
+        <v>2651</v>
       </c>
       <c r="H142" s="43">
         <f t="shared" si="42"/>
-        <v>941</v>
+        <v>1063</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="42"/>
-        <v>886</v>
+        <v>984</v>
       </c>
       <c r="J142" s="44">
         <f t="shared" si="42"/>
-        <v>1827</v>
+        <v>2047</v>
       </c>
       <c r="K142" s="43">
         <f t="shared" si="42"/>
-        <v>633</v>
+        <v>726</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="42"/>
-        <v>882</v>
+        <v>984</v>
       </c>
       <c r="M142" s="44">
         <f t="shared" si="42"/>
-        <v>1515</v>
+        <v>1710</v>
       </c>
       <c r="N142" s="43">
         <f t="shared" si="42"/>
-        <v>83</v>
+        <v>97</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="42"/>
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="P142" s="44">
         <f t="shared" si="42"/>
-        <v>197</v>
+        <v>228</v>
       </c>
       <c r="Q142" s="43">
         <f t="shared" si="42"/>
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="R142" s="33">
         <f t="shared" si="42"/>
-        <v>176</v>
+        <v>192</v>
       </c>
       <c r="S142" s="44">
         <f t="shared" si="42"/>
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="T142" s="43">
         <f t="shared" si="42"/>
-        <v>3689</v>
+        <v>4173</v>
       </c>
       <c r="U142" s="33">
         <f t="shared" si="42"/>
-        <v>3767</v>
+        <v>4187</v>
       </c>
       <c r="V142" s="47">
         <f t="shared" si="42"/>
-        <v>7456</v>
+        <v>8360</v>
       </c>
       <c r="W142" s="28"/>
       <c r="X142" s="28"/>
       <c r="Y142" s="28"/>
     </row>
-    <row r="143" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="42">
         <f t="shared" si="38"/>
-        <v>9914</v>
+        <v>11238</v>
       </c>
       <c r="C143" s="42">
         <f t="shared" si="38"/>
-        <v>4992</v>
+        <v>5586</v>
       </c>
       <c r="D143" s="64">
         <f t="shared" si="38"/>
-        <v>14906</v>
+        <v>16824</v>
       </c>
       <c r="E143" s="42">
         <f t="shared" ref="E143:V143" si="43">SUM(E11,E22,E33,E44,E55,E66,E77,E88,E99,E110,E121,E132)</f>
-        <v>7723</v>
+        <v>8697</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>9323</v>
+        <v>10346</v>
       </c>
       <c r="G143" s="45">
         <f t="shared" si="43"/>
-        <v>17046</v>
+        <v>19043</v>
       </c>
       <c r="H143" s="42">
         <f t="shared" si="43"/>
-        <v>7424</v>
+        <v>8441</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>7354</v>
+        <v>8237</v>
       </c>
       <c r="J143" s="45">
         <f t="shared" si="43"/>
-        <v>14778</v>
+        <v>16678</v>
       </c>
       <c r="K143" s="42">
         <f t="shared" si="43"/>
-        <v>4038</v>
+        <v>4547</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>5439</v>
+        <v>6026</v>
       </c>
       <c r="M143" s="45">
         <f t="shared" si="43"/>
-        <v>9477</v>
+        <v>10573</v>
       </c>
       <c r="N143" s="42">
         <f t="shared" si="43"/>
-        <v>432</v>
+        <v>491</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>636</v>
+        <v>719</v>
       </c>
       <c r="P143" s="45">
         <f t="shared" si="43"/>
-        <v>1068</v>
+        <v>1210</v>
       </c>
       <c r="Q143" s="42">
         <f t="shared" si="43"/>
-        <v>950</v>
+        <v>1097</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>1185</v>
+        <v>1346</v>
       </c>
       <c r="S143" s="45">
         <f t="shared" si="43"/>
-        <v>2135</v>
+        <v>2443</v>
       </c>
       <c r="T143" s="42">
         <f>SUM(T11,T22,T33,T44,T55,T66,T77,T88,T99,T110,T121,T132)</f>
-        <v>30481</v>
+        <v>34511</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>28929</v>
+        <v>32260</v>
       </c>
       <c r="V143" s="45">
         <f t="shared" si="43"/>
-        <v>59410</v>
+        <v>66771</v>
       </c>
       <c r="W143" s="28"/>
       <c r="X143" s="28"/>
       <c r="Y143" s="28"/>
     </row>
-    <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A144" s="38"/>
       <c r="B144" s="28"/>
       <c r="C144" s="28"/>
       <c r="D144" s="28"/>
       <c r="E144" s="28"/>
       <c r="F144" s="28"/>
       <c r="G144" s="28"/>
       <c r="H144" s="28"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="28"/>
       <c r="O144" s="28"/>
       <c r="P144" s="28"/>
       <c r="Q144" s="28"/>
       <c r="R144" s="28"/>
       <c r="S144" s="28"/>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="130">
@@ -20864,5080 +21474,5260 @@
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="N26:P26"/>
     <mergeCell ref="Q26:S26"/>
     <mergeCell ref="T26:V26"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:V2"/>
     <mergeCell ref="B3:V3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D201FDC-9B38-4064-A6D3-ECC043EB8B50}">
   <dimension ref="A1:Q153"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E145" sqref="E145"/>
+    <sheetView topLeftCell="A99" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="R142" sqref="R142"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.7109375" customWidth="1"/>
+    <col min="1" max="1" width="20.7265625" customWidth="1"/>
     <col min="2" max="16" width="7" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A2" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="93"/>
       <c r="D2" s="93"/>
       <c r="E2" s="93"/>
       <c r="F2" s="93"/>
       <c r="G2" s="93"/>
       <c r="H2" s="93"/>
       <c r="I2" s="93"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2" s="93"/>
       <c r="O2" s="93"/>
       <c r="P2" s="94"/>
     </row>
-    <row r="3" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="97"/>
       <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="95"/>
       <c r="D3" s="95"/>
       <c r="E3" s="95"/>
       <c r="F3" s="95"/>
       <c r="G3" s="95"/>
       <c r="H3" s="95"/>
       <c r="I3" s="95"/>
       <c r="J3" s="95"/>
       <c r="K3" s="95"/>
       <c r="L3" s="95"/>
       <c r="M3" s="95"/>
       <c r="N3" s="95"/>
       <c r="O3" s="95"/>
       <c r="P3" s="96"/>
     </row>
-    <row r="4" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="90"/>
       <c r="B4" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="91"/>
       <c r="D4" s="92"/>
       <c r="E4" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="91"/>
       <c r="G4" s="92"/>
       <c r="H4" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="91"/>
       <c r="J4" s="92"/>
       <c r="K4" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="91"/>
       <c r="M4" s="92"/>
       <c r="N4" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="91"/>
       <c r="P4" s="92"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A5" s="90"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="70">
         <v>256</v>
       </c>
       <c r="C6" s="71">
         <v>216</v>
       </c>
       <c r="D6" s="72">
         <v>472</v>
       </c>
       <c r="E6" s="70">
         <v>117</v>
       </c>
       <c r="F6" s="71">
         <v>83</v>
       </c>
       <c r="G6" s="72">
         <v>200</v>
       </c>
       <c r="H6" s="70">
         <v>0</v>
       </c>
       <c r="I6" s="71">
         <v>1</v>
       </c>
       <c r="J6" s="72">
         <v>1</v>
       </c>
       <c r="K6" s="70">
         <v>0</v>
       </c>
       <c r="L6" s="71">
         <v>0</v>
       </c>
       <c r="M6" s="72">
         <v>0</v>
       </c>
       <c r="N6" s="70">
         <v>183</v>
       </c>
       <c r="O6" s="71">
         <v>116</v>
       </c>
       <c r="P6" s="72">
         <v>299</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="70">
         <v>97</v>
       </c>
       <c r="C7" s="71">
         <v>137</v>
       </c>
       <c r="D7" s="72">
         <v>234</v>
       </c>
       <c r="E7" s="70">
         <v>43</v>
       </c>
       <c r="F7" s="71">
         <v>48</v>
       </c>
       <c r="G7" s="72">
         <v>91</v>
       </c>
       <c r="H7" s="70">
         <v>0</v>
       </c>
       <c r="I7" s="71">
         <v>0</v>
       </c>
       <c r="J7" s="72">
         <v>0</v>
       </c>
       <c r="K7" s="70">
         <v>8</v>
       </c>
       <c r="L7" s="71">
         <v>0</v>
       </c>
       <c r="M7" s="72">
         <v>8</v>
       </c>
       <c r="N7" s="70">
         <v>78</v>
       </c>
       <c r="O7" s="71">
         <v>112</v>
       </c>
       <c r="P7" s="72">
         <v>190</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="70">
         <v>77</v>
       </c>
       <c r="C8" s="71">
         <v>100</v>
       </c>
       <c r="D8" s="72">
         <v>177</v>
       </c>
       <c r="E8" s="70">
         <v>55</v>
       </c>
       <c r="F8" s="71">
         <v>70</v>
       </c>
       <c r="G8" s="72">
         <v>125</v>
       </c>
       <c r="H8" s="70">
         <v>0</v>
       </c>
       <c r="I8" s="71">
         <v>0</v>
       </c>
       <c r="J8" s="72">
         <v>0</v>
       </c>
       <c r="K8" s="70">
         <v>4</v>
       </c>
       <c r="L8" s="71">
         <v>0</v>
       </c>
       <c r="M8" s="72">
         <v>4</v>
       </c>
       <c r="N8" s="70">
         <v>92</v>
       </c>
       <c r="O8" s="71">
         <v>100</v>
       </c>
       <c r="P8" s="72">
         <v>192</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="70">
         <v>75</v>
       </c>
       <c r="C9" s="71">
         <v>82</v>
       </c>
       <c r="D9" s="72">
         <v>157</v>
       </c>
       <c r="E9" s="70">
         <v>34</v>
       </c>
       <c r="F9" s="71">
         <v>31</v>
       </c>
       <c r="G9" s="72">
         <v>65</v>
       </c>
       <c r="H9" s="70">
         <v>0</v>
       </c>
       <c r="I9" s="71">
         <v>1</v>
       </c>
       <c r="J9" s="72">
         <v>1</v>
       </c>
       <c r="K9" s="70">
         <v>2</v>
       </c>
       <c r="L9" s="71">
         <v>0</v>
       </c>
       <c r="M9" s="72">
         <v>2</v>
       </c>
       <c r="N9" s="70">
         <v>60</v>
       </c>
       <c r="O9" s="71">
         <v>68</v>
       </c>
       <c r="P9" s="72">
         <v>128</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="77">
         <v>77</v>
       </c>
       <c r="C10" s="78">
         <v>89</v>
       </c>
       <c r="D10" s="80">
         <v>166</v>
       </c>
       <c r="E10" s="77">
         <v>29</v>
       </c>
       <c r="F10" s="78">
         <v>32</v>
       </c>
       <c r="G10" s="80">
         <v>61</v>
       </c>
       <c r="H10" s="77">
         <v>1</v>
       </c>
       <c r="I10" s="78">
         <v>2</v>
       </c>
       <c r="J10" s="80">
         <v>3</v>
       </c>
       <c r="K10" s="77">
         <v>3</v>
       </c>
       <c r="L10" s="78">
         <v>0</v>
       </c>
       <c r="M10" s="80">
         <v>3</v>
       </c>
       <c r="N10" s="77">
         <v>66</v>
       </c>
       <c r="O10" s="78">
         <v>104</v>
       </c>
       <c r="P10" s="80">
         <v>170</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="26" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="73">
         <v>582</v>
       </c>
       <c r="C11" s="74">
         <v>624</v>
       </c>
       <c r="D11" s="75">
         <v>1206</v>
       </c>
       <c r="E11" s="73">
         <v>278</v>
       </c>
       <c r="F11" s="74">
         <v>264</v>
       </c>
       <c r="G11" s="75">
         <v>542</v>
       </c>
       <c r="H11" s="73">
         <v>1</v>
       </c>
       <c r="I11" s="74">
         <v>4</v>
       </c>
       <c r="J11" s="75">
         <v>5</v>
       </c>
       <c r="K11" s="73">
         <v>17</v>
       </c>
       <c r="L11" s="74">
         <v>0</v>
       </c>
       <c r="M11" s="75">
         <v>17</v>
       </c>
       <c r="N11" s="73">
         <v>479</v>
       </c>
       <c r="O11" s="74">
         <v>500</v>
       </c>
       <c r="P11" s="75">
         <v>979</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A13" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="93"/>
       <c r="D13" s="93"/>
       <c r="E13" s="93"/>
       <c r="F13" s="93"/>
       <c r="G13" s="93"/>
       <c r="H13" s="93"/>
       <c r="I13" s="93"/>
       <c r="J13" s="93"/>
       <c r="K13" s="93"/>
       <c r="L13" s="93"/>
       <c r="M13" s="93"/>
       <c r="N13" s="93"/>
       <c r="O13" s="93"/>
       <c r="P13" s="94"/>
     </row>
-    <row r="14" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="97"/>
       <c r="B14" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="99"/>
       <c r="F14" s="99"/>
       <c r="G14" s="99"/>
       <c r="H14" s="99"/>
       <c r="I14" s="99"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="104"/>
     </row>
-    <row r="15" spans="1:16" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:16" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="97"/>
       <c r="B15" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="91"/>
       <c r="D15" s="92"/>
       <c r="E15" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="91"/>
       <c r="G15" s="92"/>
       <c r="H15" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="91"/>
       <c r="J15" s="92"/>
       <c r="K15" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="91"/>
       <c r="M15" s="92"/>
       <c r="N15" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O15" s="91"/>
       <c r="P15" s="92"/>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A16" s="97"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="10">
         <v>297</v>
       </c>
       <c r="C17" s="1">
         <v>247</v>
       </c>
       <c r="D17" s="15">
         <v>544</v>
       </c>
       <c r="E17" s="10">
         <v>142</v>
       </c>
       <c r="F17" s="1">
         <v>115</v>
       </c>
       <c r="G17" s="15">
         <v>257</v>
       </c>
       <c r="H17" s="10">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>0</v>
       </c>
       <c r="K17" s="10">
         <v>0</v>
       </c>
       <c r="L17" s="1">
         <v>1</v>
       </c>
       <c r="M17" s="15">
         <v>1</v>
       </c>
       <c r="N17" s="10">
         <v>160</v>
       </c>
       <c r="O17" s="1">
         <v>125</v>
       </c>
       <c r="P17" s="15">
         <v>285</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="10">
         <v>83</v>
       </c>
       <c r="C18" s="1">
         <v>93</v>
       </c>
       <c r="D18" s="15">
         <v>176</v>
       </c>
       <c r="E18" s="10">
         <v>38</v>
       </c>
       <c r="F18" s="1">
         <v>49</v>
       </c>
       <c r="G18" s="15">
         <v>87</v>
       </c>
       <c r="H18" s="10">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="15">
         <v>0</v>
       </c>
       <c r="K18" s="10">
         <v>6</v>
       </c>
       <c r="L18" s="1">
         <v>0</v>
       </c>
       <c r="M18" s="15">
         <v>6</v>
       </c>
       <c r="N18" s="10">
         <v>49</v>
       </c>
       <c r="O18" s="1">
         <v>63</v>
       </c>
       <c r="P18" s="15">
         <v>112</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="10">
         <v>86</v>
       </c>
       <c r="C19" s="1">
         <v>81</v>
       </c>
       <c r="D19" s="15">
         <v>167</v>
       </c>
       <c r="E19" s="10">
         <v>75</v>
       </c>
       <c r="F19" s="1">
         <v>72</v>
       </c>
       <c r="G19" s="15">
         <v>147</v>
       </c>
       <c r="H19" s="10">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>2</v>
       </c>
       <c r="J19" s="15">
         <v>2</v>
       </c>
       <c r="K19" s="10">
         <v>2</v>
       </c>
       <c r="L19" s="1">
         <v>1</v>
       </c>
       <c r="M19" s="15">
         <v>3</v>
       </c>
       <c r="N19" s="10">
         <v>73</v>
       </c>
       <c r="O19" s="1">
         <v>78</v>
       </c>
       <c r="P19" s="15">
         <v>151</v>
       </c>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="10">
         <v>65</v>
       </c>
       <c r="C20" s="1">
         <v>72</v>
       </c>
       <c r="D20" s="15">
         <v>137</v>
       </c>
       <c r="E20" s="10">
         <v>31</v>
       </c>
       <c r="F20" s="1">
         <v>51</v>
       </c>
       <c r="G20" s="15">
         <v>82</v>
       </c>
       <c r="H20" s="10">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="15">
         <v>0</v>
       </c>
       <c r="K20" s="10">
         <v>3</v>
       </c>
       <c r="L20" s="1">
         <v>0</v>
       </c>
       <c r="M20" s="15">
         <v>3</v>
       </c>
       <c r="N20" s="10">
         <v>36</v>
       </c>
       <c r="O20" s="1">
         <v>69</v>
       </c>
       <c r="P20" s="15">
         <v>105</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="32">
         <v>60</v>
       </c>
       <c r="C21" s="33">
         <v>71</v>
       </c>
       <c r="D21" s="34">
         <v>131</v>
       </c>
       <c r="E21" s="32">
         <v>22</v>
       </c>
       <c r="F21" s="33">
         <v>36</v>
       </c>
       <c r="G21" s="34">
         <v>58</v>
       </c>
       <c r="H21" s="32">
         <v>0</v>
       </c>
       <c r="I21" s="33">
         <v>0</v>
       </c>
       <c r="J21" s="34">
         <v>0</v>
       </c>
       <c r="K21" s="32">
         <v>2</v>
       </c>
       <c r="L21" s="33">
         <v>0</v>
       </c>
       <c r="M21" s="34">
         <v>2</v>
       </c>
       <c r="N21" s="32">
         <v>37</v>
       </c>
       <c r="O21" s="33">
         <v>62</v>
       </c>
       <c r="P21" s="34">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="13">
         <v>591</v>
       </c>
       <c r="C22" s="14">
         <v>564</v>
       </c>
       <c r="D22" s="18">
         <v>1155</v>
       </c>
       <c r="E22" s="13">
         <v>308</v>
       </c>
       <c r="F22" s="14">
         <v>323</v>
       </c>
       <c r="G22" s="18">
         <v>631</v>
       </c>
       <c r="H22" s="13">
         <v>0</v>
       </c>
       <c r="I22" s="14">
         <v>2</v>
       </c>
       <c r="J22" s="18">
         <v>2</v>
       </c>
       <c r="K22" s="13">
         <v>13</v>
       </c>
       <c r="L22" s="14">
         <v>2</v>
       </c>
       <c r="M22" s="18">
         <v>15</v>
       </c>
       <c r="N22" s="13">
         <v>355</v>
       </c>
       <c r="O22" s="14">
         <v>397</v>
       </c>
       <c r="P22" s="18">
         <v>752</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="93"/>
       <c r="D24" s="93"/>
       <c r="E24" s="93"/>
       <c r="F24" s="93"/>
       <c r="G24" s="93"/>
       <c r="H24" s="93"/>
       <c r="I24" s="93"/>
       <c r="J24" s="93"/>
       <c r="K24" s="93"/>
       <c r="L24" s="93"/>
       <c r="M24" s="93"/>
       <c r="N24" s="93"/>
       <c r="O24" s="93"/>
       <c r="P24" s="94"/>
     </row>
-    <row r="25" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="97"/>
       <c r="B25" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="99"/>
       <c r="D25" s="99"/>
       <c r="E25" s="99"/>
       <c r="F25" s="99"/>
       <c r="G25" s="99"/>
       <c r="H25" s="99"/>
       <c r="I25" s="99"/>
       <c r="J25" s="99"/>
       <c r="K25" s="99"/>
       <c r="L25" s="99"/>
       <c r="M25" s="99"/>
       <c r="N25" s="99"/>
       <c r="O25" s="99"/>
       <c r="P25" s="104"/>
     </row>
-    <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="97"/>
       <c r="B26" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="92"/>
       <c r="E26" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F26" s="91"/>
       <c r="G26" s="92"/>
       <c r="H26" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="91"/>
       <c r="J26" s="92"/>
       <c r="K26" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="91"/>
       <c r="M26" s="92"/>
       <c r="N26" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O26" s="91"/>
       <c r="P26" s="92"/>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A27" s="97"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="10">
         <v>209</v>
       </c>
       <c r="C28" s="1">
         <v>212</v>
       </c>
       <c r="D28" s="15">
         <v>421</v>
       </c>
       <c r="E28" s="10">
         <v>105</v>
       </c>
       <c r="F28" s="1">
         <v>106</v>
       </c>
       <c r="G28" s="15">
         <v>211</v>
       </c>
       <c r="H28" s="10">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>1</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="10">
         <v>1</v>
       </c>
       <c r="L28" s="1">
         <v>0</v>
       </c>
       <c r="M28" s="15">
         <v>1</v>
       </c>
       <c r="N28" s="10">
         <v>157</v>
       </c>
       <c r="O28" s="1">
         <v>124</v>
       </c>
       <c r="P28" s="15">
         <v>281</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="10">
         <v>55</v>
       </c>
       <c r="C29" s="1">
         <v>69</v>
       </c>
       <c r="D29" s="15">
         <v>124</v>
       </c>
       <c r="E29" s="10">
         <v>34</v>
       </c>
       <c r="F29" s="1">
         <v>34</v>
       </c>
       <c r="G29" s="15">
         <v>68</v>
       </c>
       <c r="H29" s="10">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>1</v>
       </c>
       <c r="J29" s="15">
         <v>1</v>
       </c>
       <c r="K29" s="10">
         <v>4</v>
       </c>
       <c r="L29" s="1">
         <v>1</v>
       </c>
       <c r="M29" s="15">
         <v>5</v>
       </c>
       <c r="N29" s="10">
         <v>46</v>
       </c>
       <c r="O29" s="1">
         <v>53</v>
       </c>
       <c r="P29" s="15">
         <v>99</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>53</v>
       </c>
       <c r="C30" s="1">
         <v>60</v>
       </c>
       <c r="D30" s="15">
         <v>113</v>
       </c>
       <c r="E30" s="10">
         <v>58</v>
       </c>
       <c r="F30" s="1">
         <v>67</v>
       </c>
       <c r="G30" s="15">
         <v>125</v>
       </c>
       <c r="H30" s="10">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>1</v>
       </c>
       <c r="J30" s="15">
         <v>1</v>
       </c>
       <c r="K30" s="10">
         <v>2</v>
       </c>
       <c r="L30" s="1">
         <v>0</v>
       </c>
       <c r="M30" s="15">
         <v>2</v>
       </c>
       <c r="N30" s="10">
         <v>52</v>
       </c>
       <c r="O30" s="1">
         <v>70</v>
       </c>
       <c r="P30" s="15">
         <v>122</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
         <v>51</v>
       </c>
       <c r="C31" s="1">
         <v>45</v>
       </c>
       <c r="D31" s="15">
         <v>96</v>
       </c>
       <c r="E31" s="10">
         <v>33</v>
       </c>
       <c r="F31" s="1">
         <v>33</v>
       </c>
       <c r="G31" s="15">
         <v>66</v>
       </c>
       <c r="H31" s="10">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>1</v>
       </c>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="10">
         <v>3</v>
       </c>
       <c r="L31" s="1">
         <v>0</v>
       </c>
       <c r="M31" s="15">
         <v>3</v>
       </c>
       <c r="N31" s="10">
         <v>50</v>
       </c>
       <c r="O31" s="1">
         <v>58</v>
       </c>
       <c r="P31" s="15">
         <v>108</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="32">
         <v>68</v>
       </c>
       <c r="C32" s="33">
         <v>54</v>
       </c>
       <c r="D32" s="34">
         <v>122</v>
       </c>
       <c r="E32" s="32">
         <v>26</v>
       </c>
       <c r="F32" s="33">
         <v>22</v>
       </c>
       <c r="G32" s="34">
         <v>48</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="33">
         <v>0</v>
       </c>
       <c r="J32" s="34">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>2</v>
       </c>
       <c r="L32" s="33">
         <v>0</v>
       </c>
       <c r="M32" s="34">
         <v>2</v>
       </c>
       <c r="N32" s="32">
         <v>42</v>
       </c>
       <c r="O32" s="33">
         <v>39</v>
       </c>
       <c r="P32" s="34">
         <v>81</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>436</v>
       </c>
       <c r="C33" s="14">
         <v>440</v>
       </c>
       <c r="D33" s="18">
         <v>876</v>
       </c>
       <c r="E33" s="13">
         <v>256</v>
       </c>
       <c r="F33" s="14">
         <v>262</v>
       </c>
       <c r="G33" s="18">
         <v>518</v>
       </c>
       <c r="H33" s="13">
         <v>0</v>
       </c>
       <c r="I33" s="14">
         <v>4</v>
       </c>
       <c r="J33" s="18">
         <v>4</v>
       </c>
       <c r="K33" s="13">
         <v>12</v>
       </c>
       <c r="L33" s="14">
         <v>1</v>
       </c>
       <c r="M33" s="18">
         <v>13</v>
       </c>
       <c r="N33" s="13">
         <v>347</v>
       </c>
       <c r="O33" s="14">
         <v>344</v>
       </c>
       <c r="P33" s="18">
         <v>691</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="93"/>
       <c r="D35" s="93"/>
       <c r="E35" s="93"/>
       <c r="F35" s="93"/>
       <c r="G35" s="93"/>
       <c r="H35" s="93"/>
       <c r="I35" s="93"/>
       <c r="J35" s="93"/>
       <c r="K35" s="93"/>
       <c r="L35" s="93"/>
       <c r="M35" s="93"/>
       <c r="N35" s="93"/>
       <c r="O35" s="93"/>
       <c r="P35" s="94"/>
     </row>
-    <row r="36" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="97"/>
       <c r="B36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="99"/>
       <c r="D36" s="99"/>
       <c r="E36" s="99"/>
       <c r="F36" s="99"/>
       <c r="G36" s="99"/>
       <c r="H36" s="99"/>
       <c r="I36" s="99"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="104"/>
     </row>
-    <row r="37" spans="1:16" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="97"/>
       <c r="B37" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C37" s="91"/>
       <c r="D37" s="92"/>
       <c r="E37" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F37" s="91"/>
       <c r="G37" s="92"/>
       <c r="H37" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="91"/>
       <c r="J37" s="92"/>
       <c r="K37" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L37" s="91"/>
       <c r="M37" s="92"/>
       <c r="N37" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O37" s="91"/>
       <c r="P37" s="92"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A38" s="97"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="10">
         <v>169</v>
       </c>
       <c r="C39" s="1">
         <v>172</v>
       </c>
       <c r="D39" s="15">
         <v>341</v>
       </c>
       <c r="E39" s="10">
         <v>97</v>
       </c>
       <c r="F39" s="1">
         <v>82</v>
       </c>
       <c r="G39" s="15">
         <v>179</v>
       </c>
       <c r="H39" s="10">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="15">
         <v>0</v>
       </c>
       <c r="K39" s="10">
         <v>0</v>
       </c>
       <c r="L39" s="1">
         <v>0</v>
       </c>
       <c r="M39" s="15">
         <v>0</v>
       </c>
       <c r="N39" s="10">
         <v>161</v>
       </c>
       <c r="O39" s="1">
         <v>118</v>
       </c>
       <c r="P39" s="15">
         <v>279</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>46</v>
       </c>
       <c r="C40" s="1">
         <v>53</v>
       </c>
       <c r="D40" s="15">
         <v>99</v>
       </c>
       <c r="E40" s="10">
         <v>32</v>
       </c>
       <c r="F40" s="1">
         <v>28</v>
       </c>
       <c r="G40" s="15">
         <v>60</v>
       </c>
       <c r="H40" s="10">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="15">
         <v>0</v>
       </c>
       <c r="K40" s="10">
         <v>6</v>
       </c>
       <c r="L40" s="1">
         <v>0</v>
       </c>
       <c r="M40" s="15">
         <v>6</v>
       </c>
       <c r="N40" s="10">
         <v>49</v>
       </c>
       <c r="O40" s="1">
         <v>53</v>
       </c>
       <c r="P40" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>63</v>
       </c>
       <c r="C41" s="1">
         <v>40</v>
       </c>
       <c r="D41" s="15">
         <v>103</v>
       </c>
       <c r="E41" s="10">
         <v>52</v>
       </c>
       <c r="F41" s="1">
         <v>93</v>
       </c>
       <c r="G41" s="15">
         <v>145</v>
       </c>
       <c r="H41" s="10">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>3</v>
       </c>
       <c r="J41" s="15">
         <v>3</v>
       </c>
       <c r="K41" s="10">
         <v>0</v>
       </c>
       <c r="L41" s="1">
         <v>0</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="10">
         <v>48</v>
       </c>
       <c r="O41" s="1">
         <v>63</v>
       </c>
       <c r="P41" s="15">
         <v>111</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="10">
         <v>39</v>
       </c>
       <c r="C42" s="1">
         <v>49</v>
       </c>
       <c r="D42" s="15">
         <v>88</v>
       </c>
       <c r="E42" s="10">
         <v>24</v>
       </c>
       <c r="F42" s="1">
         <v>31</v>
       </c>
       <c r="G42" s="15">
         <v>55</v>
       </c>
       <c r="H42" s="10">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="15">
         <v>0</v>
       </c>
       <c r="K42" s="10">
         <v>2</v>
       </c>
       <c r="L42" s="1">
         <v>0</v>
       </c>
       <c r="M42" s="15">
         <v>2</v>
       </c>
       <c r="N42" s="10">
         <v>46</v>
       </c>
       <c r="O42" s="1">
         <v>45</v>
       </c>
       <c r="P42" s="15">
         <v>91</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="32">
         <v>43</v>
       </c>
       <c r="C43" s="33">
         <v>46</v>
       </c>
       <c r="D43" s="34">
         <v>89</v>
       </c>
       <c r="E43" s="32">
         <v>26</v>
       </c>
       <c r="F43" s="33">
         <v>25</v>
       </c>
       <c r="G43" s="34">
         <v>51</v>
       </c>
       <c r="H43" s="32">
         <v>0</v>
       </c>
       <c r="I43" s="33">
         <v>0</v>
       </c>
       <c r="J43" s="34">
         <v>0</v>
       </c>
       <c r="K43" s="32">
         <v>4</v>
       </c>
       <c r="L43" s="33">
         <v>0</v>
       </c>
       <c r="M43" s="34">
         <v>4</v>
       </c>
       <c r="N43" s="32">
         <v>42</v>
       </c>
       <c r="O43" s="33">
         <v>42</v>
       </c>
       <c r="P43" s="34">
         <v>84</v>
       </c>
     </row>
-    <row r="44" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13">
         <v>360</v>
       </c>
       <c r="C44" s="14">
         <v>360</v>
       </c>
       <c r="D44" s="18">
         <v>720</v>
       </c>
       <c r="E44" s="13">
         <v>231</v>
       </c>
       <c r="F44" s="14">
         <v>259</v>
       </c>
       <c r="G44" s="18">
         <v>490</v>
       </c>
       <c r="H44" s="13">
         <v>0</v>
       </c>
       <c r="I44" s="14">
         <v>3</v>
       </c>
       <c r="J44" s="18">
         <v>3</v>
       </c>
       <c r="K44" s="13">
         <v>12</v>
       </c>
       <c r="L44" s="14">
         <v>0</v>
       </c>
       <c r="M44" s="18">
         <v>12</v>
       </c>
       <c r="N44" s="13">
         <v>346</v>
       </c>
       <c r="O44" s="14">
         <v>321</v>
       </c>
       <c r="P44" s="18">
         <v>667</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="46" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="46" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="93"/>
       <c r="F46" s="93"/>
       <c r="G46" s="93"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="93"/>
       <c r="L46" s="93"/>
       <c r="M46" s="93"/>
       <c r="N46" s="93"/>
       <c r="O46" s="93"/>
       <c r="P46" s="94"/>
     </row>
-    <row r="47" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="97"/>
       <c r="B47" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="99"/>
       <c r="D47" s="99"/>
       <c r="E47" s="99"/>
       <c r="F47" s="99"/>
       <c r="G47" s="99"/>
       <c r="H47" s="99"/>
       <c r="I47" s="99"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="104"/>
     </row>
-    <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="97"/>
       <c r="B48" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C48" s="91"/>
       <c r="D48" s="92"/>
       <c r="E48" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="91"/>
       <c r="G48" s="92"/>
       <c r="H48" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="92"/>
       <c r="K48" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L48" s="91"/>
       <c r="M48" s="92"/>
       <c r="N48" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O48" s="91"/>
       <c r="P48" s="92"/>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A49" s="97"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>211</v>
       </c>
       <c r="C50" s="1">
         <v>166</v>
       </c>
       <c r="D50" s="15">
         <v>377</v>
       </c>
       <c r="E50" s="10">
         <v>122</v>
       </c>
       <c r="F50" s="1">
         <v>80</v>
       </c>
       <c r="G50" s="15">
         <v>202</v>
       </c>
       <c r="H50" s="10">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>1</v>
       </c>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="10">
         <v>0</v>
       </c>
       <c r="L50" s="1">
         <v>0</v>
       </c>
       <c r="M50" s="15">
         <v>0</v>
       </c>
       <c r="N50" s="10">
         <v>170</v>
       </c>
       <c r="O50" s="1">
         <v>100</v>
       </c>
       <c r="P50" s="15">
         <v>270</v>
       </c>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>52</v>
       </c>
       <c r="C51" s="1">
         <v>48</v>
       </c>
       <c r="D51" s="15">
         <v>100</v>
       </c>
       <c r="E51" s="10">
         <v>40</v>
       </c>
       <c r="F51" s="1">
         <v>36</v>
       </c>
       <c r="G51" s="15">
         <v>76</v>
       </c>
       <c r="H51" s="10">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>2</v>
       </c>
       <c r="J51" s="15">
         <v>2</v>
       </c>
       <c r="K51" s="10">
         <v>3</v>
       </c>
       <c r="L51" s="1">
         <v>0</v>
       </c>
       <c r="M51" s="15">
         <v>3</v>
       </c>
       <c r="N51" s="10">
         <v>50</v>
       </c>
       <c r="O51" s="1">
         <v>61</v>
       </c>
       <c r="P51" s="15">
         <v>111</v>
       </c>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>55</v>
       </c>
       <c r="C52" s="1">
         <v>45</v>
       </c>
       <c r="D52" s="15">
         <v>100</v>
       </c>
       <c r="E52" s="10">
         <v>55</v>
       </c>
       <c r="F52" s="1">
         <v>79</v>
       </c>
       <c r="G52" s="15">
         <v>134</v>
       </c>
       <c r="H52" s="10">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>1</v>
       </c>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="10">
         <v>1</v>
       </c>
       <c r="L52" s="1">
         <v>0</v>
       </c>
       <c r="M52" s="15">
         <v>1</v>
       </c>
       <c r="N52" s="10">
         <v>46</v>
       </c>
       <c r="O52" s="1">
         <v>76</v>
       </c>
       <c r="P52" s="15">
         <v>122</v>
       </c>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>55</v>
       </c>
       <c r="C53" s="1">
         <v>36</v>
       </c>
       <c r="D53" s="15">
         <v>91</v>
       </c>
       <c r="E53" s="10">
         <v>19</v>
       </c>
       <c r="F53" s="1">
         <v>29</v>
       </c>
       <c r="G53" s="15">
         <v>48</v>
       </c>
       <c r="H53" s="10">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="15">
         <v>0</v>
       </c>
       <c r="K53" s="10">
         <v>2</v>
       </c>
       <c r="L53" s="1">
         <v>0</v>
       </c>
       <c r="M53" s="15">
         <v>2</v>
       </c>
       <c r="N53" s="10">
         <v>37</v>
       </c>
       <c r="O53" s="1">
         <v>47</v>
       </c>
       <c r="P53" s="15">
         <v>84</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="32">
         <v>44</v>
       </c>
       <c r="C54" s="33">
         <v>43</v>
       </c>
       <c r="D54" s="34">
         <v>87</v>
       </c>
       <c r="E54" s="32">
         <v>18</v>
       </c>
       <c r="F54" s="33">
         <v>21</v>
       </c>
       <c r="G54" s="34">
         <v>39</v>
       </c>
       <c r="H54" s="32">
         <v>0</v>
       </c>
       <c r="I54" s="33">
         <v>0</v>
       </c>
       <c r="J54" s="34">
         <v>0</v>
       </c>
       <c r="K54" s="32">
         <v>1</v>
       </c>
       <c r="L54" s="33">
         <v>0</v>
       </c>
       <c r="M54" s="34">
         <v>1</v>
       </c>
       <c r="N54" s="32">
         <v>30</v>
       </c>
       <c r="O54" s="33">
         <v>34</v>
       </c>
       <c r="P54" s="34">
         <v>64</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>417</v>
       </c>
       <c r="C55" s="14">
         <v>338</v>
       </c>
       <c r="D55" s="18">
         <v>755</v>
       </c>
       <c r="E55" s="13">
         <v>254</v>
       </c>
       <c r="F55" s="14">
         <v>245</v>
       </c>
       <c r="G55" s="18">
         <v>499</v>
       </c>
       <c r="H55" s="13">
         <v>0</v>
       </c>
       <c r="I55" s="14">
         <v>4</v>
       </c>
       <c r="J55" s="18">
         <v>4</v>
       </c>
       <c r="K55" s="13">
         <v>7</v>
       </c>
       <c r="L55" s="14">
         <v>0</v>
       </c>
       <c r="M55" s="18">
         <v>7</v>
       </c>
       <c r="N55" s="13">
         <v>333</v>
       </c>
       <c r="O55" s="14">
         <v>318</v>
       </c>
       <c r="P55" s="18">
         <v>651</v>
       </c>
     </row>
-    <row r="56" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="57" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="57" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="93"/>
       <c r="D57" s="93"/>
       <c r="E57" s="93"/>
       <c r="F57" s="93"/>
       <c r="G57" s="93"/>
       <c r="H57" s="93"/>
       <c r="I57" s="93"/>
       <c r="J57" s="93"/>
       <c r="K57" s="93"/>
       <c r="L57" s="93"/>
       <c r="M57" s="93"/>
       <c r="N57" s="93"/>
       <c r="O57" s="93"/>
       <c r="P57" s="94"/>
     </row>
-    <row r="58" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="97"/>
       <c r="B58" s="99" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="99"/>
       <c r="D58" s="99"/>
       <c r="E58" s="99"/>
       <c r="F58" s="99"/>
       <c r="G58" s="99"/>
       <c r="H58" s="99"/>
       <c r="I58" s="99"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="104"/>
     </row>
-    <row r="59" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="97"/>
       <c r="B59" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C59" s="91"/>
       <c r="D59" s="92"/>
       <c r="E59" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F59" s="91"/>
       <c r="G59" s="92"/>
       <c r="H59" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I59" s="91"/>
       <c r="J59" s="92"/>
       <c r="K59" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L59" s="91"/>
       <c r="M59" s="92"/>
       <c r="N59" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O59" s="91"/>
       <c r="P59" s="92"/>
     </row>
-    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A60" s="97"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>232</v>
       </c>
       <c r="C61" s="1">
         <v>186</v>
       </c>
       <c r="D61" s="15">
         <v>418</v>
       </c>
       <c r="E61" s="10">
         <v>108</v>
       </c>
       <c r="F61" s="1">
         <v>67</v>
       </c>
       <c r="G61" s="15">
         <v>175</v>
       </c>
       <c r="H61" s="10">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="15">
         <v>0</v>
       </c>
       <c r="K61" s="10">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>0</v>
       </c>
       <c r="M61" s="15">
         <v>0</v>
       </c>
       <c r="N61" s="10">
         <v>201</v>
       </c>
       <c r="O61" s="1">
         <v>91</v>
       </c>
       <c r="P61" s="15">
         <v>292</v>
       </c>
     </row>
-    <row r="62" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>70</v>
       </c>
       <c r="C62" s="1">
         <v>54</v>
       </c>
       <c r="D62" s="15">
         <v>124</v>
       </c>
       <c r="E62" s="10">
         <v>52</v>
       </c>
       <c r="F62" s="1">
         <v>28</v>
       </c>
       <c r="G62" s="15">
         <v>80</v>
       </c>
       <c r="H62" s="10">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="15">
         <v>0</v>
       </c>
       <c r="K62" s="10">
         <v>2</v>
       </c>
       <c r="L62" s="1">
         <v>0</v>
       </c>
       <c r="M62" s="15">
         <v>2</v>
       </c>
       <c r="N62" s="10">
         <v>78</v>
       </c>
       <c r="O62" s="1">
         <v>63</v>
       </c>
       <c r="P62" s="15">
         <v>141</v>
       </c>
     </row>
-    <row r="63" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>66</v>
       </c>
       <c r="C63" s="1">
         <v>64</v>
       </c>
       <c r="D63" s="15">
         <v>130</v>
       </c>
       <c r="E63" s="10">
         <v>73</v>
       </c>
       <c r="F63" s="1">
         <v>51</v>
       </c>
       <c r="G63" s="15">
         <v>124</v>
       </c>
       <c r="H63" s="10">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="10">
         <v>1</v>
       </c>
       <c r="L63" s="1">
         <v>0</v>
       </c>
       <c r="M63" s="15">
         <v>1</v>
       </c>
       <c r="N63" s="10">
         <v>70</v>
       </c>
       <c r="O63" s="1">
         <v>56</v>
       </c>
       <c r="P63" s="15">
         <v>126</v>
       </c>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>52</v>
       </c>
       <c r="C64" s="1">
         <v>50</v>
       </c>
       <c r="D64" s="15">
         <v>102</v>
       </c>
       <c r="E64" s="10">
         <v>40</v>
       </c>
       <c r="F64" s="1">
         <v>36</v>
       </c>
       <c r="G64" s="15">
         <v>76</v>
       </c>
       <c r="H64" s="10">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="15">
         <v>0</v>
       </c>
       <c r="K64" s="10">
         <v>1</v>
       </c>
       <c r="L64" s="1">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>1</v>
       </c>
       <c r="N64" s="10">
         <v>67</v>
       </c>
       <c r="O64" s="1">
         <v>51</v>
       </c>
       <c r="P64" s="15">
         <v>118</v>
       </c>
     </row>
-    <row r="65" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="32">
         <v>60</v>
       </c>
       <c r="C65" s="33">
         <v>44</v>
       </c>
       <c r="D65" s="34">
         <v>104</v>
       </c>
       <c r="E65" s="32">
         <v>37</v>
       </c>
       <c r="F65" s="33">
         <v>24</v>
       </c>
       <c r="G65" s="34">
         <v>61</v>
       </c>
       <c r="H65" s="32">
         <v>0</v>
       </c>
       <c r="I65" s="33">
         <v>1</v>
       </c>
       <c r="J65" s="34">
         <v>1</v>
       </c>
       <c r="K65" s="32">
         <v>1</v>
       </c>
       <c r="L65" s="33">
         <v>0</v>
       </c>
       <c r="M65" s="34">
         <v>1</v>
       </c>
       <c r="N65" s="32">
         <v>63</v>
       </c>
       <c r="O65" s="33">
         <v>45</v>
       </c>
       <c r="P65" s="34">
         <v>108</v>
       </c>
     </row>
-    <row r="66" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>480</v>
       </c>
       <c r="C66" s="14">
         <v>398</v>
       </c>
       <c r="D66" s="18">
         <v>878</v>
       </c>
       <c r="E66" s="13">
         <v>310</v>
       </c>
       <c r="F66" s="14">
         <v>206</v>
       </c>
       <c r="G66" s="18">
         <v>516</v>
       </c>
       <c r="H66" s="13">
         <v>0</v>
       </c>
       <c r="I66" s="14">
         <v>1</v>
       </c>
       <c r="J66" s="18">
         <v>1</v>
       </c>
       <c r="K66" s="13">
         <v>5</v>
       </c>
       <c r="L66" s="14">
         <v>0</v>
       </c>
       <c r="M66" s="18">
         <v>5</v>
       </c>
       <c r="N66" s="13">
         <v>479</v>
       </c>
       <c r="O66" s="14">
         <v>306</v>
       </c>
       <c r="P66" s="18">
         <v>785</v>
       </c>
     </row>
-    <row r="67" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="38"/>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="48"/>
       <c r="J67" s="48"/>
       <c r="K67" s="48"/>
       <c r="L67" s="48"/>
       <c r="M67" s="48"/>
       <c r="N67" s="48"/>
       <c r="O67" s="48"/>
       <c r="P67" s="48"/>
     </row>
-    <row r="68" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="93"/>
       <c r="D68" s="93"/>
       <c r="E68" s="93"/>
       <c r="F68" s="93"/>
       <c r="G68" s="93"/>
       <c r="H68" s="93"/>
       <c r="I68" s="93"/>
       <c r="J68" s="93"/>
       <c r="K68" s="93"/>
       <c r="L68" s="93"/>
       <c r="M68" s="93"/>
       <c r="N68" s="93"/>
       <c r="O68" s="93"/>
       <c r="P68" s="94"/>
     </row>
-    <row r="69" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="97"/>
       <c r="B69" s="99" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="99"/>
       <c r="D69" s="99"/>
       <c r="E69" s="99"/>
       <c r="F69" s="99"/>
       <c r="G69" s="99"/>
       <c r="H69" s="99"/>
       <c r="I69" s="99"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="104"/>
     </row>
-    <row r="70" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="97"/>
       <c r="B70" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C70" s="91"/>
       <c r="D70" s="92"/>
       <c r="E70" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F70" s="91"/>
       <c r="G70" s="92"/>
       <c r="H70" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I70" s="91"/>
       <c r="J70" s="92"/>
       <c r="K70" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L70" s="91"/>
       <c r="M70" s="92"/>
       <c r="N70" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O70" s="91"/>
       <c r="P70" s="92"/>
     </row>
-    <row r="71" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A71" s="97"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>320</v>
       </c>
       <c r="C72" s="1">
         <v>276</v>
       </c>
       <c r="D72" s="15">
         <v>596</v>
       </c>
       <c r="E72" s="10">
         <v>109</v>
       </c>
       <c r="F72" s="1">
         <v>107</v>
       </c>
       <c r="G72" s="15">
         <v>216</v>
       </c>
       <c r="H72" s="10">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="15">
         <v>0</v>
       </c>
       <c r="K72" s="10">
         <v>0</v>
       </c>
       <c r="L72" s="1">
         <v>0</v>
       </c>
       <c r="M72" s="15">
         <v>0</v>
       </c>
       <c r="N72" s="10">
         <v>183</v>
       </c>
       <c r="O72" s="1">
         <v>127</v>
       </c>
       <c r="P72" s="15">
         <v>310</v>
       </c>
     </row>
-    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>87</v>
       </c>
       <c r="C73" s="1">
         <v>81</v>
       </c>
       <c r="D73" s="15">
         <v>168</v>
       </c>
       <c r="E73" s="10">
         <v>35</v>
       </c>
       <c r="F73" s="1">
         <v>47</v>
       </c>
       <c r="G73" s="15">
         <v>82</v>
       </c>
       <c r="H73" s="10">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>1</v>
       </c>
       <c r="J73" s="15">
         <v>1</v>
       </c>
       <c r="K73" s="10">
         <v>3</v>
       </c>
       <c r="L73" s="1">
         <v>0</v>
       </c>
       <c r="M73" s="15">
         <v>3</v>
       </c>
       <c r="N73" s="10">
         <v>67</v>
       </c>
       <c r="O73" s="1">
         <v>57</v>
       </c>
       <c r="P73" s="15">
         <v>124</v>
       </c>
     </row>
-    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>78</v>
       </c>
       <c r="C74" s="1">
         <v>91</v>
       </c>
       <c r="D74" s="15">
         <v>169</v>
       </c>
       <c r="E74" s="10">
         <v>70</v>
       </c>
       <c r="F74" s="1">
         <v>81</v>
       </c>
       <c r="G74" s="15">
         <v>151</v>
       </c>
       <c r="H74" s="10">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="15">
         <v>0</v>
       </c>
       <c r="K74" s="10">
         <v>4</v>
       </c>
       <c r="L74" s="1">
         <v>2</v>
       </c>
       <c r="M74" s="15">
         <v>6</v>
       </c>
       <c r="N74" s="10">
         <v>55</v>
       </c>
       <c r="O74" s="1">
         <v>58</v>
       </c>
       <c r="P74" s="15">
         <v>113</v>
       </c>
     </row>
-    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>52</v>
       </c>
       <c r="C75" s="1">
         <v>51</v>
       </c>
       <c r="D75" s="15">
         <v>103</v>
       </c>
       <c r="E75" s="10">
         <v>44</v>
       </c>
       <c r="F75" s="1">
         <v>39</v>
       </c>
       <c r="G75" s="15">
         <v>83</v>
       </c>
       <c r="H75" s="10">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="15">
         <v>0</v>
       </c>
       <c r="K75" s="10">
         <v>5</v>
       </c>
       <c r="L75" s="1">
         <v>0</v>
       </c>
       <c r="M75" s="15">
         <v>5</v>
       </c>
       <c r="N75" s="10">
         <v>69</v>
       </c>
       <c r="O75" s="1">
         <v>50</v>
       </c>
       <c r="P75" s="15">
         <v>119</v>
       </c>
     </row>
-    <row r="76" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="32">
         <v>58</v>
       </c>
       <c r="C76" s="33">
         <v>41</v>
       </c>
       <c r="D76" s="34">
         <v>99</v>
       </c>
       <c r="E76" s="32">
         <v>27</v>
       </c>
       <c r="F76" s="33">
         <v>29</v>
       </c>
       <c r="G76" s="34">
         <v>56</v>
       </c>
       <c r="H76" s="32">
         <v>0</v>
       </c>
       <c r="I76" s="33">
         <v>1</v>
       </c>
       <c r="J76" s="34">
         <v>1</v>
       </c>
       <c r="K76" s="32">
         <v>0</v>
       </c>
       <c r="L76" s="33">
         <v>0</v>
       </c>
       <c r="M76" s="34">
         <v>0</v>
       </c>
       <c r="N76" s="32">
         <v>50</v>
       </c>
       <c r="O76" s="33">
         <v>45</v>
       </c>
       <c r="P76" s="34">
         <v>95</v>
       </c>
     </row>
-    <row r="77" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>595</v>
       </c>
       <c r="C77" s="14">
         <v>540</v>
       </c>
       <c r="D77" s="18">
         <v>1135</v>
       </c>
       <c r="E77" s="13">
         <v>285</v>
       </c>
       <c r="F77" s="14">
         <v>303</v>
       </c>
       <c r="G77" s="18">
         <v>588</v>
       </c>
       <c r="H77" s="13">
         <v>0</v>
       </c>
       <c r="I77" s="14">
         <v>2</v>
       </c>
       <c r="J77" s="18">
         <v>2</v>
       </c>
       <c r="K77" s="13">
         <v>12</v>
       </c>
       <c r="L77" s="14">
         <v>2</v>
       </c>
       <c r="M77" s="18">
         <v>14</v>
       </c>
       <c r="N77" s="13">
         <v>424</v>
       </c>
       <c r="O77" s="14">
         <v>337</v>
       </c>
       <c r="P77" s="18">
         <v>761</v>
       </c>
     </row>
-    <row r="78" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="79" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="79" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="93"/>
       <c r="D79" s="93"/>
       <c r="E79" s="93"/>
       <c r="F79" s="93"/>
       <c r="G79" s="93"/>
       <c r="H79" s="93"/>
       <c r="I79" s="93"/>
       <c r="J79" s="93"/>
       <c r="K79" s="93"/>
       <c r="L79" s="93"/>
       <c r="M79" s="93"/>
       <c r="N79" s="93"/>
       <c r="O79" s="93"/>
       <c r="P79" s="94"/>
     </row>
-    <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="97"/>
       <c r="B80" s="99" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="99"/>
       <c r="D80" s="99"/>
       <c r="E80" s="99"/>
       <c r="F80" s="99"/>
       <c r="G80" s="99"/>
       <c r="H80" s="99"/>
       <c r="I80" s="99"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="104"/>
     </row>
-    <row r="81" spans="1:16" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:16" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="97"/>
       <c r="B81" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C81" s="91"/>
       <c r="D81" s="92"/>
       <c r="E81" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="91"/>
       <c r="G81" s="92"/>
       <c r="H81" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I81" s="91"/>
       <c r="J81" s="92"/>
       <c r="K81" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L81" s="91"/>
       <c r="M81" s="92"/>
       <c r="N81" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O81" s="91"/>
       <c r="P81" s="92"/>
     </row>
-    <row r="82" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A82" s="97"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>257</v>
       </c>
       <c r="C83" s="1">
         <v>221</v>
       </c>
       <c r="D83" s="15">
         <v>478</v>
       </c>
       <c r="E83" s="10">
         <v>92</v>
       </c>
       <c r="F83" s="1">
         <v>97</v>
       </c>
       <c r="G83" s="15">
         <v>189</v>
       </c>
       <c r="H83" s="10">
         <v>1</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="15">
         <v>1</v>
       </c>
       <c r="K83" s="10">
         <v>0</v>
       </c>
       <c r="L83" s="1">
         <v>0</v>
       </c>
       <c r="M83" s="15">
         <v>0</v>
       </c>
       <c r="N83" s="10">
         <v>125</v>
       </c>
       <c r="O83" s="1">
         <v>109</v>
       </c>
       <c r="P83" s="15">
         <v>234</v>
       </c>
     </row>
-    <row r="84" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>55</v>
       </c>
       <c r="C84" s="1">
         <v>66</v>
       </c>
       <c r="D84" s="15">
         <v>121</v>
       </c>
       <c r="E84" s="10">
         <v>41</v>
       </c>
       <c r="F84" s="1">
         <v>27</v>
       </c>
       <c r="G84" s="15">
         <v>68</v>
       </c>
       <c r="H84" s="10">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="15">
         <v>0</v>
       </c>
       <c r="K84" s="10">
         <v>1</v>
       </c>
       <c r="L84" s="1">
         <v>0</v>
       </c>
       <c r="M84" s="15">
         <v>1</v>
       </c>
       <c r="N84" s="10">
         <v>50</v>
       </c>
       <c r="O84" s="1">
         <v>43</v>
       </c>
       <c r="P84" s="15">
         <v>93</v>
       </c>
     </row>
-    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>72</v>
       </c>
       <c r="C85" s="1">
         <v>66</v>
       </c>
       <c r="D85" s="15">
         <v>138</v>
       </c>
       <c r="E85" s="10">
         <v>64</v>
       </c>
       <c r="F85" s="1">
         <v>61</v>
       </c>
       <c r="G85" s="15">
         <v>125</v>
       </c>
       <c r="H85" s="10">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>2</v>
       </c>
       <c r="J85" s="15">
         <v>2</v>
       </c>
       <c r="K85" s="10">
         <v>1</v>
       </c>
       <c r="L85" s="1">
         <v>0</v>
       </c>
       <c r="M85" s="15">
         <v>1</v>
       </c>
       <c r="N85" s="10">
         <v>67</v>
       </c>
       <c r="O85" s="1">
         <v>59</v>
       </c>
       <c r="P85" s="15">
         <v>126</v>
       </c>
     </row>
-    <row r="86" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>46</v>
       </c>
       <c r="C86" s="1">
         <v>57</v>
       </c>
       <c r="D86" s="15">
         <v>103</v>
       </c>
       <c r="E86" s="10">
         <v>38</v>
       </c>
       <c r="F86" s="1">
         <v>44</v>
       </c>
       <c r="G86" s="15">
         <v>82</v>
       </c>
       <c r="H86" s="10">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="15">
         <v>0</v>
       </c>
       <c r="K86" s="10">
         <v>1</v>
       </c>
       <c r="L86" s="1">
         <v>0</v>
       </c>
       <c r="M86" s="15">
         <v>1</v>
       </c>
       <c r="N86" s="10">
         <v>49</v>
       </c>
       <c r="O86" s="1">
         <v>35</v>
       </c>
       <c r="P86" s="15">
         <v>84</v>
       </c>
     </row>
-    <row r="87" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="32">
         <v>62</v>
       </c>
       <c r="C87" s="33">
         <v>45</v>
       </c>
       <c r="D87" s="34">
         <v>107</v>
       </c>
       <c r="E87" s="32">
         <v>28</v>
       </c>
       <c r="F87" s="33">
         <v>25</v>
       </c>
       <c r="G87" s="34">
         <v>53</v>
       </c>
       <c r="H87" s="32">
         <v>0</v>
       </c>
       <c r="I87" s="33">
         <v>0</v>
       </c>
       <c r="J87" s="34">
         <v>0</v>
       </c>
       <c r="K87" s="32">
         <v>0</v>
       </c>
       <c r="L87" s="33">
         <v>0</v>
       </c>
       <c r="M87" s="34">
         <v>0</v>
       </c>
       <c r="N87" s="32">
         <v>42</v>
       </c>
       <c r="O87" s="33">
         <v>38</v>
       </c>
       <c r="P87" s="34">
         <v>80</v>
       </c>
     </row>
-    <row r="88" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>492</v>
       </c>
       <c r="C88" s="14">
         <v>455</v>
       </c>
       <c r="D88" s="18">
         <v>947</v>
       </c>
       <c r="E88" s="13">
         <v>263</v>
       </c>
       <c r="F88" s="14">
         <v>254</v>
       </c>
       <c r="G88" s="18">
         <v>517</v>
       </c>
       <c r="H88" s="13">
         <v>1</v>
       </c>
       <c r="I88" s="14">
         <v>2</v>
       </c>
       <c r="J88" s="18">
         <v>3</v>
       </c>
       <c r="K88" s="13">
         <v>3</v>
       </c>
       <c r="L88" s="14">
         <v>0</v>
       </c>
       <c r="M88" s="18">
         <v>3</v>
       </c>
       <c r="N88" s="13">
         <v>333</v>
       </c>
       <c r="O88" s="14">
         <v>284</v>
       </c>
       <c r="P88" s="18">
         <v>617</v>
       </c>
     </row>
-    <row r="89" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="90" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="90" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A90" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="93"/>
       <c r="D90" s="93"/>
       <c r="E90" s="93"/>
       <c r="F90" s="93"/>
       <c r="G90" s="93"/>
       <c r="H90" s="93"/>
       <c r="I90" s="93"/>
       <c r="J90" s="93"/>
       <c r="K90" s="93"/>
       <c r="L90" s="93"/>
       <c r="M90" s="93"/>
       <c r="N90" s="93"/>
       <c r="O90" s="93"/>
       <c r="P90" s="94"/>
     </row>
-    <row r="91" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="97"/>
       <c r="B91" s="99" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="99"/>
       <c r="D91" s="99"/>
       <c r="E91" s="99"/>
       <c r="F91" s="99"/>
       <c r="G91" s="99"/>
       <c r="H91" s="99"/>
       <c r="I91" s="99"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="104"/>
     </row>
-    <row r="92" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="97"/>
       <c r="B92" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C92" s="91"/>
       <c r="D92" s="92"/>
       <c r="E92" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="91"/>
       <c r="G92" s="92"/>
       <c r="H92" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I92" s="91"/>
       <c r="J92" s="92"/>
       <c r="K92" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L92" s="91"/>
       <c r="M92" s="92"/>
       <c r="N92" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O92" s="91"/>
       <c r="P92" s="92"/>
     </row>
-    <row r="93" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A93" s="97"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B94" s="10"/>
-[...15 lines deleted...]
-    <row r="95" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="10">
+        <v>337</v>
+      </c>
+      <c r="C94" s="1">
+        <v>252</v>
+      </c>
+      <c r="D94" s="15">
+        <v>589</v>
+      </c>
+      <c r="E94" s="10">
+        <v>117</v>
+      </c>
+      <c r="F94" s="1">
+        <v>114</v>
+      </c>
+      <c r="G94" s="15">
+        <v>231</v>
+      </c>
+      <c r="H94" s="10">
+        <v>0</v>
+      </c>
+      <c r="I94" s="1">
+        <v>1</v>
+      </c>
+      <c r="J94" s="15">
+        <v>1</v>
+      </c>
+      <c r="K94" s="10">
+        <v>2</v>
+      </c>
+      <c r="L94" s="1">
+        <v>0</v>
+      </c>
+      <c r="M94" s="15">
+        <v>2</v>
+      </c>
+      <c r="N94" s="10">
+        <v>164</v>
+      </c>
+      <c r="O94" s="1">
+        <v>110</v>
+      </c>
+      <c r="P94" s="15">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B95" s="10"/>
-[...15 lines deleted...]
-    <row r="96" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B95" s="10">
+        <v>105</v>
+      </c>
+      <c r="C95" s="1">
+        <v>67</v>
+      </c>
+      <c r="D95" s="15">
+        <v>172</v>
+      </c>
+      <c r="E95" s="10">
+        <v>53</v>
+      </c>
+      <c r="F95" s="1">
+        <v>48</v>
+      </c>
+      <c r="G95" s="15">
+        <v>101</v>
+      </c>
+      <c r="H95" s="10">
+        <v>0</v>
+      </c>
+      <c r="I95" s="1">
+        <v>1</v>
+      </c>
+      <c r="J95" s="15">
+        <v>1</v>
+      </c>
+      <c r="K95" s="10">
+        <v>4</v>
+      </c>
+      <c r="L95" s="1">
+        <v>0</v>
+      </c>
+      <c r="M95" s="15">
+        <v>4</v>
+      </c>
+      <c r="N95" s="10">
+        <v>53</v>
+      </c>
+      <c r="O95" s="1">
+        <v>49</v>
+      </c>
+      <c r="P95" s="15">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B96" s="10"/>
-[...15 lines deleted...]
-    <row r="97" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B96" s="10">
+        <v>76</v>
+      </c>
+      <c r="C96" s="1">
+        <v>55</v>
+      </c>
+      <c r="D96" s="15">
+        <v>131</v>
+      </c>
+      <c r="E96" s="10">
+        <v>105</v>
+      </c>
+      <c r="F96" s="1">
+        <v>78</v>
+      </c>
+      <c r="G96" s="15">
+        <v>183</v>
+      </c>
+      <c r="H96" s="10">
+        <v>0</v>
+      </c>
+      <c r="I96" s="1">
+        <v>0</v>
+      </c>
+      <c r="J96" s="15">
+        <v>0</v>
+      </c>
+      <c r="K96" s="10">
+        <v>4</v>
+      </c>
+      <c r="L96" s="1">
+        <v>0</v>
+      </c>
+      <c r="M96" s="15">
+        <v>4</v>
+      </c>
+      <c r="N96" s="10">
+        <v>89</v>
+      </c>
+      <c r="O96" s="1">
+        <v>62</v>
+      </c>
+      <c r="P96" s="15">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B97" s="10"/>
-[...15 lines deleted...]
-    <row r="98" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B97" s="10">
+        <v>77</v>
+      </c>
+      <c r="C97" s="1">
+        <v>67</v>
+      </c>
+      <c r="D97" s="15">
+        <v>144</v>
+      </c>
+      <c r="E97" s="10">
+        <v>28</v>
+      </c>
+      <c r="F97" s="1">
+        <v>39</v>
+      </c>
+      <c r="G97" s="15">
+        <v>67</v>
+      </c>
+      <c r="H97" s="10">
+        <v>0</v>
+      </c>
+      <c r="I97" s="1">
+        <v>0</v>
+      </c>
+      <c r="J97" s="15">
+        <v>0</v>
+      </c>
+      <c r="K97" s="10">
+        <v>0</v>
+      </c>
+      <c r="L97" s="1">
+        <v>0</v>
+      </c>
+      <c r="M97" s="15">
+        <v>0</v>
+      </c>
+      <c r="N97" s="10">
+        <v>52</v>
+      </c>
+      <c r="O97" s="1">
+        <v>50</v>
+      </c>
+      <c r="P97" s="15">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B98" s="32"/>
-[...15 lines deleted...]
-    <row r="99" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B98" s="32">
+        <v>63</v>
+      </c>
+      <c r="C98" s="33">
+        <v>61</v>
+      </c>
+      <c r="D98" s="34">
+        <v>124</v>
+      </c>
+      <c r="E98" s="32">
+        <v>32</v>
+      </c>
+      <c r="F98" s="33">
+        <v>34</v>
+      </c>
+      <c r="G98" s="34">
+        <v>66</v>
+      </c>
+      <c r="H98" s="32">
+        <v>0</v>
+      </c>
+      <c r="I98" s="33">
+        <v>0</v>
+      </c>
+      <c r="J98" s="34">
+        <v>0</v>
+      </c>
+      <c r="K98" s="32">
+        <v>4</v>
+      </c>
+      <c r="L98" s="33">
+        <v>0</v>
+      </c>
+      <c r="M98" s="34">
+        <v>4</v>
+      </c>
+      <c r="N98" s="32">
+        <v>46</v>
+      </c>
+      <c r="O98" s="33">
+        <v>48</v>
+      </c>
+      <c r="P98" s="34">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="B99" s="13"/>
-[...16 lines deleted...]
-    <row r="101" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="13">
+        <v>658</v>
+      </c>
+      <c r="C99" s="14">
+        <v>502</v>
+      </c>
+      <c r="D99" s="18">
+        <v>1160</v>
+      </c>
+      <c r="E99" s="13">
+        <v>335</v>
+      </c>
+      <c r="F99" s="14">
+        <v>313</v>
+      </c>
+      <c r="G99" s="18">
+        <v>648</v>
+      </c>
+      <c r="H99" s="13">
+        <v>0</v>
+      </c>
+      <c r="I99" s="14">
+        <v>2</v>
+      </c>
+      <c r="J99" s="18">
+        <v>2</v>
+      </c>
+      <c r="K99" s="13">
+        <v>14</v>
+      </c>
+      <c r="L99" s="14">
+        <v>0</v>
+      </c>
+      <c r="M99" s="18">
+        <v>14</v>
+      </c>
+      <c r="N99" s="13">
+        <v>404</v>
+      </c>
+      <c r="O99" s="14">
+        <v>319</v>
+      </c>
+      <c r="P99" s="18">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="93"/>
       <c r="D101" s="93"/>
       <c r="E101" s="93"/>
       <c r="F101" s="93"/>
       <c r="G101" s="93"/>
       <c r="H101" s="93"/>
       <c r="I101" s="93"/>
       <c r="J101" s="93"/>
       <c r="K101" s="93"/>
       <c r="L101" s="93"/>
       <c r="M101" s="93"/>
       <c r="N101" s="93"/>
       <c r="O101" s="93"/>
       <c r="P101" s="94"/>
     </row>
-    <row r="102" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="97"/>
       <c r="B102" s="99" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="99"/>
       <c r="D102" s="99"/>
       <c r="E102" s="99"/>
       <c r="F102" s="99"/>
       <c r="G102" s="99"/>
       <c r="H102" s="99"/>
       <c r="I102" s="99"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="104"/>
     </row>
-    <row r="103" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="97"/>
       <c r="B103" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C103" s="91"/>
       <c r="D103" s="92"/>
       <c r="E103" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F103" s="91"/>
       <c r="G103" s="92"/>
       <c r="H103" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I103" s="91"/>
       <c r="J103" s="92"/>
       <c r="K103" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L103" s="91"/>
       <c r="M103" s="92"/>
       <c r="N103" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O103" s="91"/>
       <c r="P103" s="92"/>
     </row>
-    <row r="104" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A104" s="97"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10"/>
       <c r="C105" s="1"/>
       <c r="D105" s="15"/>
       <c r="E105" s="10"/>
       <c r="F105" s="1"/>
       <c r="G105" s="15"/>
       <c r="H105" s="10"/>
       <c r="I105" s="1"/>
       <c r="J105" s="15"/>
       <c r="K105" s="10"/>
       <c r="L105" s="1"/>
       <c r="M105" s="15"/>
       <c r="N105" s="10"/>
       <c r="O105" s="1"/>
       <c r="P105" s="15"/>
     </row>
-    <row r="106" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10"/>
       <c r="C106" s="1"/>
       <c r="D106" s="15"/>
       <c r="E106" s="10"/>
       <c r="F106" s="1"/>
       <c r="G106" s="15"/>
       <c r="H106" s="10"/>
       <c r="I106" s="1"/>
       <c r="J106" s="15"/>
       <c r="K106" s="10"/>
       <c r="L106" s="1"/>
       <c r="M106" s="15"/>
       <c r="N106" s="10"/>
       <c r="O106" s="1"/>
       <c r="P106" s="15"/>
     </row>
-    <row r="107" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10"/>
       <c r="C107" s="1"/>
       <c r="D107" s="15"/>
       <c r="E107" s="10"/>
       <c r="F107" s="1"/>
       <c r="G107" s="15"/>
       <c r="H107" s="10"/>
       <c r="I107" s="1"/>
       <c r="J107" s="15"/>
       <c r="K107" s="10"/>
       <c r="L107" s="1"/>
       <c r="M107" s="15"/>
       <c r="N107" s="10"/>
       <c r="O107" s="1"/>
       <c r="P107" s="15"/>
     </row>
-    <row r="108" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10"/>
       <c r="C108" s="1"/>
       <c r="D108" s="15"/>
       <c r="E108" s="10"/>
       <c r="F108" s="1"/>
       <c r="G108" s="15"/>
       <c r="H108" s="10"/>
       <c r="I108" s="1"/>
       <c r="J108" s="15"/>
       <c r="K108" s="10"/>
       <c r="L108" s="1"/>
       <c r="M108" s="15"/>
       <c r="N108" s="10"/>
       <c r="O108" s="1"/>
       <c r="P108" s="15"/>
     </row>
-    <row r="109" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="32"/>
       <c r="C109" s="33"/>
       <c r="D109" s="34"/>
       <c r="E109" s="32"/>
       <c r="F109" s="33"/>
       <c r="G109" s="34"/>
       <c r="H109" s="32"/>
       <c r="I109" s="33"/>
       <c r="J109" s="34"/>
       <c r="K109" s="32"/>
       <c r="L109" s="33"/>
       <c r="M109" s="34"/>
       <c r="N109" s="32"/>
       <c r="O109" s="33"/>
       <c r="P109" s="34"/>
     </row>
-    <row r="110" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13"/>
       <c r="C110" s="14"/>
       <c r="D110" s="18"/>
       <c r="E110" s="13"/>
       <c r="F110" s="14"/>
       <c r="G110" s="18"/>
       <c r="H110" s="13"/>
       <c r="I110" s="14"/>
       <c r="J110" s="18"/>
       <c r="K110" s="13"/>
       <c r="L110" s="14"/>
       <c r="M110" s="18"/>
       <c r="N110" s="13"/>
       <c r="O110" s="14"/>
       <c r="P110" s="18"/>
     </row>
-    <row r="111" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="112" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="112" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="93"/>
       <c r="D112" s="93"/>
       <c r="E112" s="93"/>
       <c r="F112" s="93"/>
       <c r="G112" s="93"/>
       <c r="H112" s="93"/>
       <c r="I112" s="93"/>
       <c r="J112" s="93"/>
       <c r="K112" s="93"/>
       <c r="L112" s="93"/>
       <c r="M112" s="93"/>
       <c r="N112" s="93"/>
       <c r="O112" s="93"/>
       <c r="P112" s="94"/>
     </row>
-    <row r="113" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="97"/>
       <c r="B113" s="99" t="s">
         <v>11</v>
       </c>
       <c r="C113" s="99"/>
       <c r="D113" s="99"/>
       <c r="E113" s="99"/>
       <c r="F113" s="99"/>
       <c r="G113" s="99"/>
       <c r="H113" s="99"/>
       <c r="I113" s="99"/>
       <c r="J113" s="99"/>
       <c r="K113" s="99"/>
       <c r="L113" s="99"/>
       <c r="M113" s="99"/>
       <c r="N113" s="99"/>
       <c r="O113" s="99"/>
       <c r="P113" s="104"/>
     </row>
-    <row r="114" spans="1:16" ht="41.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:16" ht="41.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="97"/>
       <c r="B114" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C114" s="91"/>
       <c r="D114" s="92"/>
       <c r="E114" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="91"/>
       <c r="G114" s="92"/>
       <c r="H114" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I114" s="91"/>
       <c r="J114" s="92"/>
       <c r="K114" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L114" s="91"/>
       <c r="M114" s="92"/>
       <c r="N114" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O114" s="91"/>
       <c r="P114" s="92"/>
     </row>
-    <row r="115" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A115" s="97"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="1"/>
       <c r="D116" s="15"/>
       <c r="E116" s="10"/>
       <c r="F116" s="1"/>
       <c r="G116" s="15"/>
       <c r="H116" s="10"/>
       <c r="I116" s="1"/>
       <c r="J116" s="15"/>
       <c r="K116" s="10"/>
       <c r="L116" s="1"/>
       <c r="M116" s="15"/>
       <c r="N116" s="10"/>
       <c r="O116" s="1"/>
       <c r="P116" s="15"/>
     </row>
-    <row r="117" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="1"/>
       <c r="D117" s="15"/>
       <c r="E117" s="10"/>
       <c r="F117" s="1"/>
       <c r="G117" s="15"/>
       <c r="H117" s="10"/>
       <c r="I117" s="1"/>
       <c r="J117" s="15"/>
       <c r="K117" s="10"/>
       <c r="L117" s="1"/>
       <c r="M117" s="15"/>
       <c r="N117" s="10"/>
       <c r="O117" s="1"/>
       <c r="P117" s="15"/>
     </row>
-    <row r="118" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="15"/>
       <c r="E118" s="10"/>
       <c r="F118" s="1"/>
       <c r="G118" s="15"/>
       <c r="H118" s="10"/>
       <c r="I118" s="1"/>
       <c r="J118" s="15"/>
       <c r="K118" s="10"/>
       <c r="L118" s="1"/>
       <c r="M118" s="15"/>
       <c r="N118" s="10"/>
       <c r="O118" s="1"/>
       <c r="P118" s="15"/>
     </row>
-    <row r="119" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="15"/>
       <c r="E119" s="10"/>
       <c r="F119" s="1"/>
       <c r="G119" s="15"/>
       <c r="H119" s="10"/>
       <c r="I119" s="1"/>
       <c r="J119" s="15"/>
       <c r="K119" s="10"/>
       <c r="L119" s="1"/>
       <c r="M119" s="15"/>
       <c r="N119" s="10"/>
       <c r="O119" s="1"/>
       <c r="P119" s="15"/>
     </row>
-    <row r="120" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="32"/>
       <c r="C120" s="33"/>
       <c r="D120" s="34"/>
       <c r="E120" s="32"/>
       <c r="F120" s="33"/>
       <c r="G120" s="34"/>
       <c r="H120" s="32"/>
       <c r="I120" s="33"/>
       <c r="J120" s="34"/>
       <c r="K120" s="32"/>
       <c r="L120" s="33"/>
       <c r="M120" s="34"/>
       <c r="N120" s="32"/>
       <c r="O120" s="33"/>
       <c r="P120" s="34"/>
     </row>
-    <row r="121" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="18"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="18"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="18"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="18"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="18"/>
     </row>
-    <row r="122" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="123" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="123" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A123" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="93"/>
       <c r="D123" s="93"/>
       <c r="E123" s="93"/>
       <c r="F123" s="93"/>
       <c r="G123" s="93"/>
       <c r="H123" s="93"/>
       <c r="I123" s="93"/>
       <c r="J123" s="93"/>
       <c r="K123" s="93"/>
       <c r="L123" s="93"/>
       <c r="M123" s="93"/>
       <c r="N123" s="93"/>
       <c r="O123" s="93"/>
       <c r="P123" s="94"/>
     </row>
-    <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="97"/>
       <c r="B124" s="99" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="99"/>
       <c r="D124" s="99"/>
       <c r="E124" s="99"/>
       <c r="F124" s="99"/>
       <c r="G124" s="99"/>
       <c r="H124" s="99"/>
       <c r="I124" s="99"/>
       <c r="J124" s="99"/>
       <c r="K124" s="99"/>
       <c r="L124" s="99"/>
       <c r="M124" s="99"/>
       <c r="N124" s="99"/>
       <c r="O124" s="99"/>
       <c r="P124" s="104"/>
     </row>
-    <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="97"/>
       <c r="B125" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C125" s="91"/>
       <c r="D125" s="92"/>
       <c r="E125" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="91"/>
       <c r="G125" s="92"/>
       <c r="H125" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I125" s="91"/>
       <c r="J125" s="92"/>
       <c r="K125" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L125" s="91"/>
       <c r="M125" s="92"/>
       <c r="N125" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O125" s="91"/>
       <c r="P125" s="92"/>
     </row>
-    <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A126" s="97"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="15"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="15"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="15"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="15"/>
     </row>
-    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="15"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="15"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="15"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="15"/>
     </row>
-    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="15"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="15"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="15"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="15"/>
     </row>
-    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="15"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="15"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="15"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="15"/>
     </row>
-    <row r="131" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="32"/>
       <c r="C131" s="33"/>
       <c r="D131" s="34"/>
       <c r="E131" s="32"/>
       <c r="F131" s="33"/>
       <c r="G131" s="34"/>
       <c r="H131" s="32"/>
       <c r="I131" s="33"/>
       <c r="J131" s="34"/>
       <c r="K131" s="32"/>
       <c r="L131" s="33"/>
       <c r="M131" s="34"/>
       <c r="N131" s="32"/>
       <c r="O131" s="33"/>
       <c r="P131" s="34"/>
     </row>
-    <row r="132" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="18"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
     </row>
-    <row r="133" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A134" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="93"/>
       <c r="D134" s="93"/>
       <c r="E134" s="93"/>
       <c r="F134" s="93"/>
       <c r="G134" s="93"/>
       <c r="H134" s="93"/>
       <c r="I134" s="93"/>
       <c r="J134" s="93"/>
       <c r="K134" s="93"/>
       <c r="L134" s="93"/>
       <c r="M134" s="93"/>
       <c r="N134" s="93"/>
       <c r="O134" s="93"/>
       <c r="P134" s="94"/>
     </row>
-    <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="97"/>
       <c r="B135" s="99" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="99"/>
       <c r="D135" s="99"/>
       <c r="E135" s="99"/>
       <c r="F135" s="99"/>
       <c r="G135" s="99"/>
       <c r="H135" s="99"/>
       <c r="I135" s="99"/>
       <c r="J135" s="99"/>
       <c r="K135" s="99"/>
       <c r="L135" s="99"/>
       <c r="M135" s="99"/>
       <c r="N135" s="99"/>
       <c r="O135" s="99"/>
       <c r="P135" s="104"/>
     </row>
-    <row r="136" spans="1:17" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:17" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="97"/>
       <c r="B136" s="82" t="s">
         <v>32</v>
       </c>
       <c r="C136" s="83"/>
       <c r="D136" s="84"/>
       <c r="E136" s="82" t="s">
         <v>33</v>
       </c>
       <c r="F136" s="83"/>
       <c r="G136" s="84"/>
       <c r="H136" s="82" t="s">
         <v>35</v>
       </c>
       <c r="I136" s="83"/>
       <c r="J136" s="84"/>
       <c r="K136" s="82" t="s">
         <v>34</v>
       </c>
       <c r="L136" s="83"/>
       <c r="M136" s="84"/>
       <c r="N136" s="82" t="s">
         <v>36</v>
       </c>
       <c r="O136" s="83"/>
       <c r="P136" s="84"/>
     </row>
-    <row r="137" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A137" s="97"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="M137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>1951</v>
+        <v>2288</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:P138" si="0">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>1696</v>
+        <v>1948</v>
       </c>
       <c r="D138" s="15">
         <f t="shared" si="0"/>
-        <v>3647</v>
+        <v>4236</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="0"/>
-        <v>892</v>
+        <v>1009</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="0"/>
-        <v>737</v>
+        <v>851</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="0"/>
-        <v>1629</v>
+        <v>1860</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="0"/>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="0"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="0"/>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="0"/>
-        <v>1340</v>
+        <v>1504</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="0"/>
-        <v>910</v>
+        <v>1020</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="0"/>
-        <v>2250</v>
+        <v>2524</v>
       </c>
       <c r="Q138" s="28"/>
     </row>
-    <row r="139" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:P139" si="1">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>545</v>
+        <v>650</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="1"/>
-        <v>601</v>
+        <v>668</v>
       </c>
       <c r="D139" s="15">
         <f t="shared" si="1"/>
-        <v>1146</v>
+        <v>1318</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="1"/>
-        <v>315</v>
+        <v>368</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="1"/>
-        <v>297</v>
+        <v>345</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="1"/>
-        <v>612</v>
+        <v>713</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="1"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="1"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="1"/>
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="1"/>
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="1"/>
-        <v>467</v>
+        <v>520</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="1"/>
-        <v>505</v>
+        <v>554</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="1"/>
-        <v>972</v>
+        <v>1074</v>
       </c>
       <c r="Q139" s="28"/>
     </row>
-    <row r="140" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:P140" si="2">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>550</v>
+        <v>626</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="2"/>
-        <v>547</v>
+        <v>602</v>
       </c>
       <c r="D140" s="15">
         <f>SUM(D8,D19,D30,D41,D52,D63,D74,D85,D96,D107,D118,D129)</f>
-        <v>1097</v>
+        <v>1228</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="2"/>
-        <v>502</v>
+        <v>607</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="2"/>
-        <v>574</v>
+        <v>652</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="2"/>
-        <v>1076</v>
+        <v>1259</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="2"/>
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="2"/>
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="2"/>
-        <v>503</v>
+        <v>592</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="2"/>
-        <v>560</v>
+        <v>622</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="2"/>
-        <v>1063</v>
+        <v>1214</v>
       </c>
       <c r="Q140" s="28"/>
     </row>
-    <row r="141" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f t="shared" ref="B141:P141" si="3">SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>435</v>
+        <v>512</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" si="3"/>
-        <v>442</v>
+        <v>509</v>
       </c>
       <c r="D141" s="15">
         <f t="shared" si="3"/>
-        <v>877</v>
+        <v>1021</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="3"/>
-        <v>263</v>
+        <v>291</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="3"/>
-        <v>294</v>
+        <v>333</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="3"/>
-        <v>557</v>
+        <v>624</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="3"/>
         <v>2</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="3"/>
         <v>2</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="3"/>
         <v>19</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="3"/>
         <v>19</v>
       </c>
       <c r="N141" s="10">
         <f>SUM(N9,N20,N31,N42,N53,N64,N75,N86,N97,N108,N119,N130)</f>
-        <v>414</v>
+        <v>466</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="3"/>
-        <v>423</v>
+        <v>473</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="3"/>
-        <v>837</v>
+        <v>939</v>
       </c>
       <c r="Q141" s="28"/>
     </row>
-    <row r="142" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="32">
         <f t="shared" ref="B142:P142" si="4">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>472</v>
+        <v>535</v>
       </c>
       <c r="C142" s="33">
         <f t="shared" si="4"/>
-        <v>433</v>
+        <v>494</v>
       </c>
       <c r="D142" s="34">
         <f t="shared" si="4"/>
-        <v>905</v>
+        <v>1029</v>
       </c>
       <c r="E142" s="32">
         <f t="shared" si="4"/>
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="4"/>
-        <v>214</v>
+        <v>248</v>
       </c>
       <c r="G142" s="34">
         <f>SUM(G10,G21,G32,G43,G54,G65,G76,G87,G98,G109,G120,G131)</f>
-        <v>427</v>
+        <v>493</v>
       </c>
       <c r="H142" s="32">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="4"/>
         <v>4</v>
       </c>
       <c r="J142" s="34">
         <f t="shared" si="4"/>
         <v>5</v>
       </c>
       <c r="K142" s="32">
         <f t="shared" si="4"/>
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M142" s="34">
         <f t="shared" si="4"/>
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="N142" s="32">
         <f t="shared" si="4"/>
-        <v>372</v>
+        <v>418</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="4"/>
-        <v>409</v>
+        <v>457</v>
       </c>
       <c r="P142" s="34">
         <f t="shared" si="4"/>
-        <v>781</v>
+        <v>875</v>
       </c>
       <c r="Q142" s="28"/>
     </row>
-    <row r="143" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:P143" si="5">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>3953</v>
+        <v>4611</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="5"/>
-        <v>3719</v>
+        <v>4221</v>
       </c>
       <c r="D143" s="18">
         <f t="shared" si="5"/>
-        <v>7672</v>
+        <v>8832</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="5"/>
-        <v>2185</v>
+        <v>2520</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="5"/>
-        <v>2116</v>
+        <v>2429</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="5"/>
-        <v>4301</v>
+        <v>4949</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="5"/>
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="5"/>
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="5"/>
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="5"/>
         <v>5</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="5"/>
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="5"/>
-        <v>3096</v>
+        <v>3500</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="5"/>
-        <v>2807</v>
+        <v>3126</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="5"/>
-        <v>5903</v>
+        <v>6626</v>
       </c>
       <c r="Q143" s="28"/>
     </row>
-    <row r="144" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A144" s="38"/>
       <c r="B144" s="48"/>
       <c r="C144" s="48"/>
       <c r="D144" s="48"/>
       <c r="E144" s="48"/>
       <c r="F144" s="48"/>
       <c r="G144" s="48"/>
       <c r="H144" s="48"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="48"/>
       <c r="O144" s="48"/>
       <c r="P144" s="48"/>
       <c r="Q144" s="28"/>
     </row>
-    <row r="145" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="145" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B145" s="60"/>
       <c r="C145" s="60"/>
       <c r="D145" s="60"/>
       <c r="E145" s="60"/>
       <c r="F145" s="60"/>
       <c r="G145" s="60"/>
       <c r="H145" s="60"/>
       <c r="I145" s="60"/>
       <c r="J145" s="60"/>
       <c r="K145" s="60"/>
       <c r="L145" s="60"/>
       <c r="M145" s="60"/>
       <c r="N145" s="60"/>
       <c r="O145" s="60"/>
       <c r="P145" s="60"/>
     </row>
-    <row r="146" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="146" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B146" s="60"/>
       <c r="C146" s="60"/>
       <c r="D146" s="60"/>
       <c r="E146" s="60"/>
       <c r="F146" s="60"/>
       <c r="G146" s="60"/>
       <c r="H146" s="60"/>
       <c r="I146" s="60"/>
       <c r="J146" s="60"/>
       <c r="K146" s="60"/>
       <c r="L146" s="60"/>
       <c r="M146" s="60"/>
       <c r="N146" s="60"/>
       <c r="O146" s="60"/>
       <c r="P146" s="60"/>
     </row>
-    <row r="147" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="147" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B147" s="60"/>
       <c r="C147" s="60"/>
       <c r="D147" s="60"/>
       <c r="E147" s="60"/>
       <c r="F147" s="60"/>
       <c r="G147" s="60"/>
       <c r="H147" s="60"/>
       <c r="I147" s="60"/>
       <c r="J147" s="60"/>
       <c r="K147" s="60"/>
       <c r="L147" s="60"/>
       <c r="M147" s="60"/>
       <c r="N147" s="60"/>
       <c r="O147" s="60"/>
       <c r="P147" s="60"/>
     </row>
-    <row r="148" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="148" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B148" s="61"/>
       <c r="C148" s="61"/>
       <c r="D148" s="61"/>
       <c r="E148" s="61"/>
       <c r="F148" s="61"/>
       <c r="G148" s="61"/>
       <c r="H148" s="61"/>
       <c r="I148" s="61"/>
       <c r="J148" s="61"/>
       <c r="K148" s="61"/>
       <c r="L148" s="61"/>
       <c r="M148" s="61"/>
       <c r="N148" s="61"/>
       <c r="O148" s="61"/>
       <c r="P148" s="61"/>
       <c r="Q148" s="48"/>
     </row>
-    <row r="149" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="149" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B149" s="61"/>
       <c r="C149" s="61"/>
       <c r="D149" s="61"/>
       <c r="E149" s="61"/>
       <c r="F149" s="61"/>
       <c r="G149" s="61"/>
       <c r="H149" s="61"/>
       <c r="I149" s="61"/>
       <c r="J149" s="61"/>
       <c r="K149" s="61"/>
       <c r="L149" s="61"/>
       <c r="M149" s="61"/>
       <c r="N149" s="61"/>
       <c r="O149" s="61"/>
       <c r="P149" s="61"/>
       <c r="Q149" s="48"/>
     </row>
-    <row r="150" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="150" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B150" s="62"/>
       <c r="C150" s="62"/>
       <c r="D150" s="62"/>
       <c r="E150" s="62"/>
       <c r="F150" s="62"/>
       <c r="G150" s="62"/>
       <c r="H150" s="62"/>
       <c r="I150" s="62"/>
       <c r="J150" s="62"/>
       <c r="K150" s="62"/>
       <c r="L150" s="62"/>
       <c r="M150" s="62"/>
       <c r="N150" s="62"/>
       <c r="O150" s="62"/>
       <c r="P150" s="62"/>
       <c r="Q150" s="48"/>
     </row>
-    <row r="151" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="151" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B151" s="48"/>
       <c r="C151" s="48"/>
       <c r="D151" s="48"/>
       <c r="E151" s="48"/>
       <c r="F151" s="48"/>
       <c r="G151" s="48"/>
       <c r="H151" s="48"/>
       <c r="I151" s="48"/>
       <c r="J151" s="48"/>
       <c r="K151" s="48"/>
       <c r="L151" s="48"/>
       <c r="M151" s="48"/>
       <c r="N151" s="48"/>
       <c r="O151" s="48"/>
       <c r="P151" s="48"/>
       <c r="Q151" s="48"/>
     </row>
-    <row r="152" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="152" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B152" s="48"/>
       <c r="C152" s="48"/>
       <c r="D152" s="48"/>
       <c r="E152" s="48"/>
       <c r="F152" s="48"/>
       <c r="G152" s="48"/>
       <c r="H152" s="48"/>
       <c r="I152" s="48"/>
       <c r="J152" s="48"/>
       <c r="K152" s="48"/>
       <c r="L152" s="48"/>
       <c r="M152" s="48"/>
       <c r="N152" s="48"/>
       <c r="O152" s="48"/>
       <c r="P152" s="48"/>
       <c r="Q152" s="48"/>
     </row>
-    <row r="153" spans="2:17" x14ac:dyDescent="0.25">
+    <row r="153" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B153" s="48"/>
       <c r="C153" s="48"/>
       <c r="D153" s="48"/>
       <c r="E153" s="48"/>
       <c r="F153" s="48"/>
       <c r="G153" s="48"/>
       <c r="H153" s="48"/>
       <c r="I153" s="48"/>
       <c r="J153" s="48"/>
       <c r="K153" s="48"/>
       <c r="L153" s="48"/>
       <c r="M153" s="48"/>
       <c r="N153" s="48"/>
       <c r="O153" s="48"/>
       <c r="P153" s="48"/>
       <c r="Q153" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="104">
     <mergeCell ref="A134:A137"/>
     <mergeCell ref="B134:P134"/>
     <mergeCell ref="B135:P135"/>
     <mergeCell ref="B136:D136"/>
     <mergeCell ref="E136:G136"/>
     <mergeCell ref="H136:J136"/>