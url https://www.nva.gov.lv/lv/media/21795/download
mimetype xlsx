--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -6,56 +6,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.jurjane\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\HTWUAJ8F\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\NVAShare\Attistibas_un_analitikas_dep\ASN\Janis_Martins\Atskaites\oficiālā statistika\2025\oktobris_2025\bezdarbnieki\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08EE1D64-8911-4E43-B49F-7C7EB49B8A6C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2582C023-F810-4303-A661-501D5CC89A9B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12110" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
   </bookViews>
   <sheets>
     <sheet name="Kopā_dzimumi" sheetId="1" r:id="rId1"/>
     <sheet name="vecuma grupas" sheetId="3" r:id="rId2"/>
     <sheet name="izglītības līmenis" sheetId="4" r:id="rId3"/>
     <sheet name="Mērķa grupas" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AF83" i="3" l="1"/>
   <c r="AF84" i="3"/>
   <c r="AF85" i="3"/>
   <c r="AF86" i="3"/>
   <c r="AF87" i="3"/>
   <c r="AF88" i="3"/>
   <c r="N141" i="5" l="1"/>
@@ -1041,51 +1041,51 @@
   <si>
     <t>Piešķirts bezdarbnieka statuss sadalījumā pa problēmgrupām</t>
   </si>
   <si>
     <t>Rīgas reģions</t>
   </si>
   <si>
     <t>Kurzemes reģions</t>
   </si>
   <si>
     <t>Latgales reģions</t>
   </si>
   <si>
     <t>Vidzemes reģions</t>
   </si>
   <si>
     <t>Zemgales reģions</t>
   </si>
   <si>
     <t>2025.gads</t>
   </si>
   <si>
     <t>Reģions pēc filiāles</t>
   </si>
   <si>
-    <t>Kopā janvāris - septembris</t>
+    <t>Kopā janvāris - oktobris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -2141,167 +2141,167 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE0248AD-5B13-4DBC-8931-1F7AE34E61A7}">
   <dimension ref="A1:AN14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J21" sqref="J21"/>
+      <selection activeCell="P16" sqref="P16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.54296875" customWidth="1"/>
+    <col min="1" max="1" width="19.5703125" customWidth="1"/>
     <col min="2" max="6" width="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" customWidth="1"/>
     <col min="8" max="11" width="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="5" customWidth="1"/>
     <col min="13" max="25" width="5" bestFit="1" customWidth="1"/>
-    <col min="26" max="26" width="6.453125" customWidth="1"/>
+    <col min="26" max="26" width="6.42578125" customWidth="1"/>
     <col min="27" max="27" width="5" bestFit="1" customWidth="1"/>
-    <col min="28" max="29" width="6.453125" customWidth="1"/>
+    <col min="28" max="29" width="6.42578125" customWidth="1"/>
     <col min="30" max="30" width="5" bestFit="1" customWidth="1"/>
-    <col min="31" max="31" width="4.81640625" bestFit="1" customWidth="1"/>
-    <col min="32" max="32" width="6.1796875" customWidth="1"/>
+    <col min="31" max="31" width="4.85546875" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="6.140625" customWidth="1"/>
     <col min="33" max="33" width="5" bestFit="1" customWidth="1"/>
-    <col min="34" max="34" width="4.81640625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="40" max="40" width="7.81640625" customWidth="1"/>
+    <col min="34" max="34" width="4.85546875" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" customWidth="1"/>
+    <col min="37" max="37" width="4.85546875" bestFit="1" customWidth="1"/>
+    <col min="38" max="39" width="7.5703125" customWidth="1"/>
+    <col min="40" max="40" width="7.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" ht="24" thickBot="1" x14ac:dyDescent="0.6">
+    <row r="1" spans="1:40" ht="24" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="3"/>
       <c r="AK1" s="3"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="3"/>
     </row>
-    <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="85" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="86"/>
       <c r="D2" s="86"/>
       <c r="E2" s="86"/>
       <c r="F2" s="86"/>
       <c r="G2" s="86"/>
       <c r="H2" s="86"/>
       <c r="I2" s="86"/>
       <c r="J2" s="86"/>
       <c r="K2" s="86"/>
       <c r="L2" s="86"/>
       <c r="M2" s="86"/>
       <c r="N2" s="86"/>
       <c r="O2" s="86"/>
       <c r="P2" s="86"/>
       <c r="Q2" s="86"/>
       <c r="R2" s="86"/>
       <c r="S2" s="86"/>
       <c r="T2" s="86"/>
       <c r="U2" s="86"/>
       <c r="V2" s="86"/>
       <c r="W2" s="86"/>
       <c r="X2" s="86"/>
       <c r="Y2" s="86"/>
       <c r="Z2" s="86"/>
       <c r="AA2" s="86"/>
       <c r="AB2" s="86"/>
       <c r="AC2" s="86"/>
       <c r="AD2" s="86"/>
       <c r="AE2" s="86"/>
       <c r="AF2" s="86"/>
       <c r="AG2" s="86"/>
       <c r="AH2" s="86"/>
       <c r="AI2" s="86"/>
       <c r="AJ2" s="86"/>
       <c r="AK2" s="86"/>
       <c r="AL2" s="86"/>
       <c r="AM2" s="86"/>
       <c r="AN2" s="86"/>
     </row>
-    <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="90"/>
       <c r="B3" s="87" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="91"/>
       <c r="D3" s="92"/>
       <c r="E3" s="82" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="83"/>
       <c r="G3" s="84"/>
       <c r="H3" s="82" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="83"/>
       <c r="J3" s="84"/>
       <c r="K3" s="82" t="s">
         <v>4</v>
       </c>
       <c r="L3" s="83"/>
       <c r="M3" s="84"/>
       <c r="N3" s="82" t="s">
         <v>5</v>
       </c>
       <c r="O3" s="83"/>
@@ -2325,51 +2325,51 @@
         <v>9</v>
       </c>
       <c r="AA3" s="83"/>
       <c r="AB3" s="84"/>
       <c r="AC3" s="82" t="s">
         <v>10</v>
       </c>
       <c r="AD3" s="83"/>
       <c r="AE3" s="84"/>
       <c r="AF3" s="87" t="s">
         <v>11</v>
       </c>
       <c r="AG3" s="88"/>
       <c r="AH3" s="84"/>
       <c r="AI3" s="82" t="s">
         <v>12</v>
       </c>
       <c r="AJ3" s="83"/>
       <c r="AK3" s="84"/>
       <c r="AL3" s="82" t="s">
         <v>13</v>
       </c>
       <c r="AM3" s="83"/>
       <c r="AN3" s="84"/>
     </row>
-    <row r="4" spans="1:40" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A4" s="90"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>15</v>
       </c>
@@ -2445,51 +2445,51 @@
       <c r="AG4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AH4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AI4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AJ4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AK4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AL4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AM4" s="50" t="s">
         <v>15</v>
       </c>
       <c r="AN4" s="51" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="5" spans="1:40" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="70">
         <v>1996</v>
       </c>
       <c r="C5" s="71">
         <v>1827</v>
       </c>
       <c r="D5" s="72">
         <v>3823</v>
       </c>
       <c r="E5" s="53">
         <v>1913</v>
       </c>
       <c r="F5" s="54">
         <v>1833</v>
       </c>
       <c r="G5" s="55">
         <v>3746</v>
       </c>
       <c r="H5" s="53">
         <v>1662</v>
       </c>
       <c r="I5" s="54">
@@ -2530,73 +2530,79 @@
       </c>
       <c r="U5" s="20">
         <v>1624</v>
       </c>
       <c r="V5" s="21">
         <v>3634</v>
       </c>
       <c r="W5" s="19">
         <v>1619</v>
       </c>
       <c r="X5" s="20">
         <v>1374</v>
       </c>
       <c r="Y5" s="55">
         <v>2993</v>
       </c>
       <c r="Z5" s="19">
         <v>1893</v>
       </c>
       <c r="AA5" s="20">
         <v>1511</v>
       </c>
       <c r="AB5" s="55">
         <v>3404</v>
       </c>
-      <c r="AC5" s="19"/>
-[...1 lines deleted...]
-      <c r="AE5" s="21"/>
+      <c r="AC5" s="19">
+        <v>1836</v>
+      </c>
+      <c r="AD5" s="20">
+        <v>1518</v>
+      </c>
+      <c r="AE5" s="21">
+        <v>3354</v>
+      </c>
       <c r="AF5" s="53"/>
       <c r="AG5" s="54"/>
       <c r="AH5" s="55"/>
       <c r="AI5" s="19"/>
       <c r="AJ5" s="20"/>
       <c r="AK5" s="21"/>
       <c r="AL5" s="53">
         <f>SUM(B5,E5,H5,K5,N5,Q5,T5,W5,Z5,AC5,AF5,AI5)</f>
-        <v>16438</v>
+        <v>18274</v>
       </c>
       <c r="AM5" s="54">
         <f>SUM(C5,F5,I5,L5,O5,R5,U5,X5,AA5,AD5,AG5,AJ5)</f>
-        <v>13824</v>
+        <v>15342</v>
       </c>
       <c r="AN5" s="55">
         <f>SUM(S5,P5,M5,J5,G5,D5,V5,Y5,AB5,AE5,AH5,AK5)</f>
-        <v>30262</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:40" x14ac:dyDescent="0.35">
+        <v>33616</v>
+      </c>
+    </row>
+    <row r="6" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="70">
         <v>686</v>
       </c>
       <c r="C6" s="71">
         <v>1114</v>
       </c>
       <c r="D6" s="72">
         <v>1800</v>
       </c>
       <c r="E6" s="53">
         <v>539</v>
       </c>
       <c r="F6" s="54">
         <v>675</v>
       </c>
       <c r="G6" s="55">
         <v>1214</v>
       </c>
       <c r="H6" s="53">
         <v>482</v>
       </c>
       <c r="I6" s="54">
@@ -2637,73 +2643,79 @@
       </c>
       <c r="U6" s="20">
         <v>536</v>
       </c>
       <c r="V6" s="21">
         <v>1113</v>
       </c>
       <c r="W6" s="19">
         <v>439</v>
       </c>
       <c r="X6" s="20">
         <v>411</v>
       </c>
       <c r="Y6" s="55">
         <v>850</v>
       </c>
       <c r="Z6" s="19">
         <v>566</v>
       </c>
       <c r="AA6" s="20">
         <v>471</v>
       </c>
       <c r="AB6" s="55">
         <v>1037</v>
       </c>
-      <c r="AC6" s="19"/>
-[...1 lines deleted...]
-      <c r="AE6" s="21"/>
+      <c r="AC6" s="19">
+        <v>586</v>
+      </c>
+      <c r="AD6" s="20">
+        <v>549</v>
+      </c>
+      <c r="AE6" s="21">
+        <v>1135</v>
+      </c>
       <c r="AF6" s="53"/>
       <c r="AG6" s="54"/>
       <c r="AH6" s="55"/>
       <c r="AI6" s="19"/>
       <c r="AJ6" s="20"/>
       <c r="AK6" s="21"/>
       <c r="AL6" s="53">
         <f t="shared" ref="AL6:AL9" si="0">SUM(B6,E6,H6,K6,N6,Q6,T6,W6,Z6,AC6,AF6,AI6)</f>
-        <v>4905</v>
+        <v>5491</v>
       </c>
       <c r="AM6" s="54">
         <f>SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6,AG6,AJ6)</f>
-        <v>5045</v>
+        <v>5594</v>
       </c>
       <c r="AN6" s="55">
         <f t="shared" ref="AN6:AN10" si="1">SUM(S6,P6,M6,J6,G6,D6,V6,Y6,AB6,AE6,AH6,AK6)</f>
-        <v>9950</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:40" x14ac:dyDescent="0.35">
+        <v>11085</v>
+      </c>
+    </row>
+    <row r="7" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="70">
         <v>635</v>
       </c>
       <c r="C7" s="71">
         <v>866</v>
       </c>
       <c r="D7" s="72">
         <v>1501</v>
       </c>
       <c r="E7" s="53">
         <v>650</v>
       </c>
       <c r="F7" s="54">
         <v>630</v>
       </c>
       <c r="G7" s="55">
         <v>1280</v>
       </c>
       <c r="H7" s="53">
         <v>456</v>
       </c>
       <c r="I7" s="54">
@@ -2744,73 +2756,79 @@
       </c>
       <c r="U7" s="20">
         <v>552</v>
       </c>
       <c r="V7" s="21">
         <v>1033</v>
       </c>
       <c r="W7" s="19">
         <v>467</v>
       </c>
       <c r="X7" s="20">
         <v>460</v>
       </c>
       <c r="Y7" s="55">
         <v>927</v>
       </c>
       <c r="Z7" s="19">
         <v>588</v>
       </c>
       <c r="AA7" s="20">
         <v>480</v>
       </c>
       <c r="AB7" s="55">
         <v>1068</v>
       </c>
-      <c r="AC7" s="19"/>
-[...1 lines deleted...]
-      <c r="AE7" s="21"/>
+      <c r="AC7" s="19">
+        <v>482</v>
+      </c>
+      <c r="AD7" s="20">
+        <v>557</v>
+      </c>
+      <c r="AE7" s="21">
+        <v>1039</v>
+      </c>
       <c r="AF7" s="53"/>
       <c r="AG7" s="54"/>
       <c r="AH7" s="55"/>
       <c r="AI7" s="19"/>
       <c r="AJ7" s="20"/>
       <c r="AK7" s="21"/>
       <c r="AL7" s="53">
         <f t="shared" si="0"/>
-        <v>4576</v>
+        <v>5058</v>
       </c>
       <c r="AM7" s="54">
         <f t="shared" ref="AM7:AM10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7,AG7,AJ7)</f>
-        <v>4982</v>
+        <v>5539</v>
       </c>
       <c r="AN7" s="55">
         <f t="shared" si="1"/>
-        <v>9558</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:40" x14ac:dyDescent="0.35">
+        <v>10597</v>
+      </c>
+    </row>
+    <row r="8" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B8" s="70">
         <v>657</v>
       </c>
       <c r="C8" s="71">
         <v>684</v>
       </c>
       <c r="D8" s="72">
         <v>1341</v>
       </c>
       <c r="E8" s="53">
         <v>457</v>
       </c>
       <c r="F8" s="54">
         <v>551</v>
       </c>
       <c r="G8" s="55">
         <v>1008</v>
       </c>
       <c r="H8" s="53">
         <v>428</v>
       </c>
       <c r="I8" s="54">
@@ -2851,73 +2869,79 @@
       </c>
       <c r="U8" s="20">
         <v>446</v>
       </c>
       <c r="V8" s="21">
         <v>1003</v>
       </c>
       <c r="W8" s="19">
         <v>412</v>
       </c>
       <c r="X8" s="20">
         <v>405</v>
       </c>
       <c r="Y8" s="55">
         <v>817</v>
       </c>
       <c r="Z8" s="19">
         <v>499</v>
       </c>
       <c r="AA8" s="20">
         <v>449</v>
       </c>
       <c r="AB8" s="55">
         <v>948</v>
       </c>
-      <c r="AC8" s="19"/>
-[...1 lines deleted...]
-      <c r="AE8" s="21"/>
+      <c r="AC8" s="19">
+        <v>485</v>
+      </c>
+      <c r="AD8" s="20">
+        <v>482</v>
+      </c>
+      <c r="AE8" s="21">
+        <v>967</v>
+      </c>
       <c r="AF8" s="53"/>
       <c r="AG8" s="54"/>
       <c r="AH8" s="55"/>
       <c r="AI8" s="19"/>
       <c r="AJ8" s="20"/>
       <c r="AK8" s="21"/>
       <c r="AL8" s="53">
         <f t="shared" si="0"/>
-        <v>4419</v>
+        <v>4904</v>
       </c>
       <c r="AM8" s="54">
         <f t="shared" si="2"/>
-        <v>4222</v>
+        <v>4704</v>
       </c>
       <c r="AN8" s="55">
         <f t="shared" si="1"/>
-        <v>8641</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>9608</v>
+      </c>
+    </row>
+    <row r="9" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="70">
         <v>607</v>
       </c>
       <c r="C9" s="71">
         <v>775</v>
       </c>
       <c r="D9" s="72">
         <v>1382</v>
       </c>
       <c r="E9" s="53">
         <v>420</v>
       </c>
       <c r="F9" s="54">
         <v>535</v>
       </c>
       <c r="G9" s="55">
         <v>955</v>
       </c>
       <c r="H9" s="53">
         <v>430</v>
       </c>
       <c r="I9" s="54">
@@ -2958,73 +2982,79 @@
       </c>
       <c r="U9" s="20">
         <v>428</v>
       </c>
       <c r="V9" s="21">
         <v>926</v>
       </c>
       <c r="W9" s="19">
         <v>433</v>
       </c>
       <c r="X9" s="20">
         <v>370</v>
       </c>
       <c r="Y9" s="55">
         <v>803</v>
       </c>
       <c r="Z9" s="19">
         <v>484</v>
       </c>
       <c r="AA9" s="20">
         <v>420</v>
       </c>
       <c r="AB9" s="55">
         <v>904</v>
       </c>
-      <c r="AC9" s="19"/>
-[...1 lines deleted...]
-      <c r="AE9" s="21"/>
+      <c r="AC9" s="19">
+        <v>439</v>
+      </c>
+      <c r="AD9" s="20">
+        <v>427</v>
+      </c>
+      <c r="AE9" s="21">
+        <v>866</v>
+      </c>
       <c r="AF9" s="53"/>
       <c r="AG9" s="54"/>
       <c r="AH9" s="55"/>
       <c r="AI9" s="19"/>
       <c r="AJ9" s="20"/>
       <c r="AK9" s="21"/>
       <c r="AL9" s="53">
         <f t="shared" si="0"/>
-        <v>4173</v>
+        <v>4612</v>
       </c>
       <c r="AM9" s="54">
         <f t="shared" si="2"/>
-        <v>4187</v>
+        <v>4614</v>
       </c>
       <c r="AN9" s="55">
         <f t="shared" si="1"/>
-        <v>8360</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>9226</v>
+      </c>
+    </row>
+    <row r="10" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="73">
         <v>4581</v>
       </c>
       <c r="C10" s="74">
         <v>5266</v>
       </c>
       <c r="D10" s="75">
         <v>9847</v>
       </c>
       <c r="E10" s="22">
         <v>3979</v>
       </c>
       <c r="F10" s="52">
         <v>4224</v>
       </c>
       <c r="G10" s="24">
         <v>8203</v>
       </c>
       <c r="H10" s="22">
         <v>3458</v>
       </c>
       <c r="I10" s="52">
@@ -3065,255 +3095,261 @@
       </c>
       <c r="U10" s="23">
         <v>3586</v>
       </c>
       <c r="V10" s="24">
         <v>7709</v>
       </c>
       <c r="W10" s="22">
         <v>3370</v>
       </c>
       <c r="X10" s="23">
         <v>3020</v>
       </c>
       <c r="Y10" s="24">
         <v>6390</v>
       </c>
       <c r="Z10" s="22">
         <v>4030</v>
       </c>
       <c r="AA10" s="23">
         <v>3331</v>
       </c>
       <c r="AB10" s="24">
         <v>7361</v>
       </c>
-      <c r="AC10" s="22"/>
-[...1 lines deleted...]
-      <c r="AE10" s="24"/>
+      <c r="AC10" s="22">
+        <v>3828</v>
+      </c>
+      <c r="AD10" s="23">
+        <v>3533</v>
+      </c>
+      <c r="AE10" s="24">
+        <v>7361</v>
+      </c>
       <c r="AF10" s="22"/>
       <c r="AG10" s="52"/>
       <c r="AH10" s="24"/>
       <c r="AI10" s="22"/>
       <c r="AJ10" s="23"/>
       <c r="AK10" s="24"/>
       <c r="AL10" s="22">
         <f>SUM(B10,E10,H10,K10,N10,Q10,T10,W10,Z10,AC10,AF10,AI10)</f>
-        <v>34511</v>
+        <v>38339</v>
       </c>
       <c r="AM10" s="52">
         <f t="shared" si="2"/>
-        <v>32260</v>
+        <v>35793</v>
       </c>
       <c r="AN10" s="24">
         <f t="shared" si="1"/>
-        <v>66771</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:40" x14ac:dyDescent="0.35">
+        <v>74132</v>
+      </c>
+    </row>
+    <row r="11" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A11" s="49"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
     </row>
-    <row r="12" spans="1:40" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A12" s="39"/>
     </row>
-    <row r="14" spans="1:40" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:40" x14ac:dyDescent="0.25">
       <c r="A14" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="AI3:AK3"/>
     <mergeCell ref="AL3:AN3"/>
     <mergeCell ref="B2:AN2"/>
     <mergeCell ref="T3:V3"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AC3:AE3"/>
     <mergeCell ref="AF3:AH3"/>
     <mergeCell ref="Q3:S3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6EE40A5-51DF-45DE-8519-25CBC250D7D5}">
   <dimension ref="A1:AI150"/>
   <sheetViews>
-    <sheetView topLeftCell="A96" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O149" sqref="O149"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="P150" sqref="P150"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.7265625" customWidth="1"/>
+    <col min="1" max="1" width="19.7109375" customWidth="1"/>
     <col min="2" max="28" width="6" customWidth="1"/>
-    <col min="29" max="33" width="6.1796875" customWidth="1"/>
-    <col min="34" max="34" width="8.26953125" customWidth="1"/>
+    <col min="29" max="33" width="6.140625" customWidth="1"/>
+    <col min="34" max="34" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.6">
+    <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
-    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="93"/>
       <c r="D2" s="93"/>
       <c r="E2" s="93"/>
       <c r="F2" s="93"/>
       <c r="G2" s="93"/>
       <c r="H2" s="93"/>
       <c r="I2" s="93"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2" s="93"/>
       <c r="O2" s="93"/>
       <c r="P2" s="93"/>
       <c r="Q2" s="93"/>
       <c r="R2" s="93"/>
       <c r="S2" s="93"/>
       <c r="T2" s="93"/>
       <c r="U2" s="93"/>
       <c r="V2" s="93"/>
       <c r="W2" s="93"/>
       <c r="X2" s="93"/>
       <c r="Y2" s="93"/>
       <c r="Z2" s="93"/>
       <c r="AA2" s="93"/>
       <c r="AB2" s="93"/>
       <c r="AC2" s="93"/>
       <c r="AD2" s="93"/>
       <c r="AE2" s="93"/>
       <c r="AF2" s="93"/>
       <c r="AG2" s="93"/>
       <c r="AH2" s="94"/>
     </row>
-    <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="97"/>
       <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="95"/>
       <c r="D3" s="95"/>
       <c r="E3" s="95"/>
       <c r="F3" s="95"/>
       <c r="G3" s="95"/>
       <c r="H3" s="95"/>
       <c r="I3" s="95"/>
       <c r="J3" s="95"/>
       <c r="K3" s="95"/>
       <c r="L3" s="95"/>
       <c r="M3" s="95"/>
       <c r="N3" s="95"/>
       <c r="O3" s="95"/>
       <c r="P3" s="95"/>
       <c r="Q3" s="95"/>
       <c r="R3" s="95"/>
       <c r="S3" s="95"/>
       <c r="T3" s="95"/>
       <c r="U3" s="95"/>
       <c r="V3" s="95"/>
       <c r="W3" s="95"/>
       <c r="X3" s="95"/>
       <c r="Y3" s="95"/>
       <c r="Z3" s="95"/>
       <c r="AA3" s="95"/>
       <c r="AB3" s="95"/>
       <c r="AC3" s="95"/>
       <c r="AD3" s="95"/>
       <c r="AE3" s="95"/>
       <c r="AF3" s="95"/>
       <c r="AG3" s="95"/>
       <c r="AH3" s="96"/>
     </row>
-    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="90"/>
       <c r="B4" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="91"/>
       <c r="D4" s="88"/>
       <c r="E4" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="91"/>
       <c r="G4" s="92"/>
       <c r="H4" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="91"/>
       <c r="J4" s="92"/>
       <c r="K4" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="91"/>
       <c r="M4" s="92"/>
       <c r="N4" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O4" s="91"/>
@@ -3327,51 +3363,51 @@
         <v>22</v>
       </c>
       <c r="U4" s="91"/>
       <c r="V4" s="92"/>
       <c r="W4" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X4" s="91"/>
       <c r="Y4" s="92"/>
       <c r="Z4" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA4" s="91"/>
       <c r="AB4" s="92"/>
       <c r="AC4" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD4" s="91"/>
       <c r="AE4" s="92"/>
       <c r="AF4" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG4" s="91"/>
       <c r="AH4" s="92"/>
     </row>
-    <row r="5" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A5" s="90"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="29" t="s">
         <v>15</v>
       </c>
@@ -3429,51 +3465,51 @@
       <c r="AA5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AB5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AC5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AE5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AF5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AH5" s="30" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="70">
         <v>30</v>
       </c>
       <c r="C6" s="71">
         <v>27</v>
       </c>
       <c r="D6" s="76">
         <v>57</v>
       </c>
       <c r="E6" s="70">
         <v>226</v>
       </c>
       <c r="F6" s="71">
         <v>189</v>
       </c>
       <c r="G6" s="72">
         <v>415</v>
       </c>
       <c r="H6" s="70">
         <v>221</v>
       </c>
       <c r="I6" s="71">
@@ -3536,51 +3572,51 @@
       <c r="AB6" s="72">
         <v>305</v>
       </c>
       <c r="AC6" s="70">
         <v>182</v>
       </c>
       <c r="AD6" s="71">
         <v>116</v>
       </c>
       <c r="AE6" s="72">
         <v>298</v>
       </c>
       <c r="AF6" s="70">
         <f>B6+E6+H6+K6+N6+Q6+T6+W6+Z6+AC6</f>
         <v>1996</v>
       </c>
       <c r="AG6" s="71">
         <f t="shared" ref="AG6:AH6" si="0">SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6)</f>
         <v>1827</v>
       </c>
       <c r="AH6" s="72">
         <f t="shared" si="0"/>
         <v>3823</v>
       </c>
     </row>
-    <row r="7" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="70">
         <v>16</v>
       </c>
       <c r="C7" s="71">
         <v>22</v>
       </c>
       <c r="D7" s="76">
         <v>38</v>
       </c>
       <c r="E7" s="70">
         <v>81</v>
       </c>
       <c r="F7" s="71">
         <v>115</v>
       </c>
       <c r="G7" s="72">
         <v>196</v>
       </c>
       <c r="H7" s="70">
         <v>57</v>
       </c>
       <c r="I7" s="71">
@@ -3643,51 +3679,51 @@
       <c r="AB7" s="72">
         <v>199</v>
       </c>
       <c r="AC7" s="70">
         <v>78</v>
       </c>
       <c r="AD7" s="71">
         <v>112</v>
       </c>
       <c r="AE7" s="72">
         <v>190</v>
       </c>
       <c r="AF7" s="70">
         <f t="shared" ref="AF7:AF11" si="1">B7+E7+H7+K7+N7+Q7+T7+W7+Z7+AC7</f>
         <v>686</v>
       </c>
       <c r="AG7" s="71">
         <f t="shared" ref="AG7:AG10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7)</f>
         <v>1114</v>
       </c>
       <c r="AH7" s="72">
         <f t="shared" ref="AH7:AH11" si="3">SUM(D7,G7,J7,M7,P7,S7,V7,Y7,AB7,AE7)</f>
         <v>1800</v>
       </c>
     </row>
-    <row r="8" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="70">
         <v>15</v>
       </c>
       <c r="C8" s="71">
         <v>19</v>
       </c>
       <c r="D8" s="76">
         <v>34</v>
       </c>
       <c r="E8" s="70">
         <v>62</v>
       </c>
       <c r="F8" s="71">
         <v>81</v>
       </c>
       <c r="G8" s="72">
         <v>143</v>
       </c>
       <c r="H8" s="70">
         <v>54</v>
       </c>
       <c r="I8" s="71">
@@ -3750,51 +3786,51 @@
       <c r="AB8" s="72">
         <v>202</v>
       </c>
       <c r="AC8" s="70">
         <v>92</v>
       </c>
       <c r="AD8" s="71">
         <v>100</v>
       </c>
       <c r="AE8" s="72">
         <v>192</v>
       </c>
       <c r="AF8" s="70">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
       <c r="AG8" s="71">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
       <c r="AH8" s="72">
         <f t="shared" si="3"/>
         <v>1501</v>
       </c>
     </row>
-    <row r="9" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="70">
         <v>7</v>
       </c>
       <c r="C9" s="71">
         <v>14</v>
       </c>
       <c r="D9" s="76">
         <v>21</v>
       </c>
       <c r="E9" s="70">
         <v>68</v>
       </c>
       <c r="F9" s="71">
         <v>68</v>
       </c>
       <c r="G9" s="72">
         <v>136</v>
       </c>
       <c r="H9" s="70">
         <v>66</v>
       </c>
       <c r="I9" s="71">
@@ -3857,51 +3893,51 @@
       <c r="AB9" s="72">
         <v>164</v>
       </c>
       <c r="AC9" s="70">
         <v>60</v>
       </c>
       <c r="AD9" s="71">
         <v>68</v>
       </c>
       <c r="AE9" s="72">
         <v>128</v>
       </c>
       <c r="AF9" s="70">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
       <c r="AG9" s="71">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
       <c r="AH9" s="72">
         <f t="shared" si="3"/>
         <v>1341</v>
       </c>
     </row>
-    <row r="10" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="31" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="77">
         <v>14</v>
       </c>
       <c r="C10" s="78">
         <v>14</v>
       </c>
       <c r="D10" s="79">
         <v>28</v>
       </c>
       <c r="E10" s="77">
         <v>63</v>
       </c>
       <c r="F10" s="78">
         <v>75</v>
       </c>
       <c r="G10" s="80">
         <v>138</v>
       </c>
       <c r="H10" s="77">
         <v>51</v>
       </c>
       <c r="I10" s="78">
@@ -3964,51 +4000,51 @@
       <c r="AB10" s="80">
         <v>127</v>
       </c>
       <c r="AC10" s="77">
         <v>66</v>
       </c>
       <c r="AD10" s="78">
         <v>104</v>
       </c>
       <c r="AE10" s="80">
         <v>170</v>
       </c>
       <c r="AF10" s="77">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
       <c r="AG10" s="78">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
       <c r="AH10" s="80">
         <f t="shared" si="3"/>
         <v>1382</v>
       </c>
     </row>
-    <row r="11" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="73">
         <v>82</v>
       </c>
       <c r="C11" s="74">
         <v>96</v>
       </c>
       <c r="D11" s="81">
         <v>178</v>
       </c>
       <c r="E11" s="73">
         <v>500</v>
       </c>
       <c r="F11" s="74">
         <v>528</v>
       </c>
       <c r="G11" s="75">
         <v>1028</v>
       </c>
       <c r="H11" s="73">
         <v>449</v>
       </c>
       <c r="I11" s="74">
@@ -4071,130 +4107,130 @@
       <c r="AB11" s="75">
         <v>997</v>
       </c>
       <c r="AC11" s="73">
         <v>478</v>
       </c>
       <c r="AD11" s="74">
         <v>500</v>
       </c>
       <c r="AE11" s="75">
         <v>978</v>
       </c>
       <c r="AF11" s="73">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
       <c r="AG11" s="74">
         <f>SUM(C11,F11,I11,L11,O11,R11,U11,X11,AA11,AD11)</f>
         <v>5266</v>
       </c>
       <c r="AH11" s="75">
         <f t="shared" si="3"/>
         <v>9847</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="98"/>
       <c r="D13" s="98"/>
       <c r="E13" s="98"/>
       <c r="F13" s="98"/>
       <c r="G13" s="98"/>
       <c r="H13" s="98"/>
       <c r="I13" s="98"/>
       <c r="J13" s="98"/>
       <c r="K13" s="98"/>
       <c r="L13" s="98"/>
       <c r="M13" s="98"/>
       <c r="N13" s="98"/>
       <c r="O13" s="98"/>
       <c r="P13" s="98"/>
       <c r="Q13" s="98"/>
       <c r="R13" s="98"/>
       <c r="S13" s="98"/>
       <c r="T13" s="98"/>
       <c r="U13" s="98"/>
       <c r="V13" s="98"/>
       <c r="W13" s="98"/>
       <c r="X13" s="98"/>
       <c r="Y13" s="98"/>
       <c r="Z13" s="98"/>
       <c r="AA13" s="98"/>
       <c r="AB13" s="98"/>
       <c r="AC13" s="98"/>
       <c r="AD13" s="98"/>
       <c r="AE13" s="98"/>
       <c r="AF13" s="98"/>
       <c r="AG13" s="98"/>
       <c r="AH13" s="98"/>
     </row>
-    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="97"/>
       <c r="B14" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="99"/>
       <c r="F14" s="99"/>
       <c r="G14" s="99"/>
       <c r="H14" s="99"/>
       <c r="I14" s="99"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="99"/>
       <c r="Q14" s="99"/>
       <c r="R14" s="99"/>
       <c r="S14" s="99"/>
       <c r="T14" s="99"/>
       <c r="U14" s="99"/>
       <c r="V14" s="99"/>
       <c r="W14" s="99"/>
       <c r="X14" s="99"/>
       <c r="Y14" s="99"/>
       <c r="Z14" s="99"/>
       <c r="AA14" s="99"/>
       <c r="AB14" s="99"/>
       <c r="AC14" s="99"/>
       <c r="AD14" s="99"/>
       <c r="AE14" s="99"/>
       <c r="AF14" s="99"/>
       <c r="AG14" s="99"/>
       <c r="AH14" s="99"/>
     </row>
-    <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="90"/>
       <c r="B15" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="91"/>
       <c r="D15" s="88"/>
       <c r="E15" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="91"/>
       <c r="G15" s="92"/>
       <c r="H15" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="91"/>
       <c r="J15" s="92"/>
       <c r="K15" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="91"/>
       <c r="M15" s="92"/>
       <c r="N15" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O15" s="91"/>
@@ -4208,51 +4244,51 @@
         <v>22</v>
       </c>
       <c r="U15" s="91"/>
       <c r="V15" s="92"/>
       <c r="W15" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X15" s="91"/>
       <c r="Y15" s="92"/>
       <c r="Z15" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA15" s="91"/>
       <c r="AB15" s="92"/>
       <c r="AC15" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD15" s="91"/>
       <c r="AE15" s="92"/>
       <c r="AF15" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG15" s="91"/>
       <c r="AH15" s="92"/>
     </row>
-    <row r="16" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A16" s="90"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
@@ -4310,51 +4346,51 @@
       <c r="AA16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="53">
         <v>41</v>
       </c>
       <c r="C17" s="54">
         <v>35</v>
       </c>
       <c r="D17" s="58">
         <v>76</v>
       </c>
       <c r="E17" s="53">
         <v>256</v>
       </c>
       <c r="F17" s="54">
         <v>212</v>
       </c>
       <c r="G17" s="55">
         <v>468</v>
       </c>
       <c r="H17" s="53">
         <v>227</v>
       </c>
       <c r="I17" s="54">
@@ -4417,51 +4453,51 @@
       <c r="AB17" s="55">
         <v>283</v>
       </c>
       <c r="AC17" s="53">
         <v>160</v>
       </c>
       <c r="AD17" s="54">
         <v>125</v>
       </c>
       <c r="AE17" s="55">
         <v>285</v>
       </c>
       <c r="AF17" s="53">
         <f>B17+E17+H17+K17+N17+Q17+T17+W17+Z17+AC17</f>
         <v>1913</v>
       </c>
       <c r="AG17" s="54">
         <f t="shared" ref="AG17:AG22" si="4">SUM(C17,F17,I17,L17,O17,R17,U17,X17,AA17,AD17)</f>
         <v>1833</v>
       </c>
       <c r="AH17" s="55">
         <f t="shared" ref="AH17:AH22" si="5">SUM(D17,G17,J17,M17,P17,S17,V17,Y17,AB17,AE17)</f>
         <v>3746</v>
       </c>
     </row>
-    <row r="18" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="53">
         <v>18</v>
       </c>
       <c r="C18" s="54">
         <v>24</v>
       </c>
       <c r="D18" s="58">
         <v>42</v>
       </c>
       <c r="E18" s="53">
         <v>65</v>
       </c>
       <c r="F18" s="54">
         <v>69</v>
       </c>
       <c r="G18" s="55">
         <v>134</v>
       </c>
       <c r="H18" s="53">
         <v>59</v>
       </c>
       <c r="I18" s="54">
@@ -4524,51 +4560,51 @@
       <c r="AB18" s="55">
         <v>114</v>
       </c>
       <c r="AC18" s="53">
         <v>49</v>
       </c>
       <c r="AD18" s="54">
         <v>63</v>
       </c>
       <c r="AE18" s="55">
         <v>112</v>
       </c>
       <c r="AF18" s="53">
         <f t="shared" ref="AF18:AF22" si="6">B18+E18+H18+K18+N18+Q18+T18+W18+Z18+AC18</f>
         <v>539</v>
       </c>
       <c r="AG18" s="54">
         <f t="shared" si="4"/>
         <v>675</v>
       </c>
       <c r="AH18" s="55">
         <f t="shared" si="5"/>
         <v>1214</v>
       </c>
     </row>
-    <row r="19" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="53">
         <v>20</v>
       </c>
       <c r="C19" s="54">
         <v>20</v>
       </c>
       <c r="D19" s="58">
         <v>40</v>
       </c>
       <c r="E19" s="53">
         <v>66</v>
       </c>
       <c r="F19" s="54">
         <v>61</v>
       </c>
       <c r="G19" s="55">
         <v>127</v>
       </c>
       <c r="H19" s="53">
         <v>50</v>
       </c>
       <c r="I19" s="54">
@@ -4631,51 +4667,51 @@
       <c r="AB19" s="55">
         <v>166</v>
       </c>
       <c r="AC19" s="53">
         <v>73</v>
       </c>
       <c r="AD19" s="54">
         <v>78</v>
       </c>
       <c r="AE19" s="55">
         <v>151</v>
       </c>
       <c r="AF19" s="53">
         <f t="shared" si="6"/>
         <v>650</v>
       </c>
       <c r="AG19" s="54">
         <f t="shared" si="4"/>
         <v>630</v>
       </c>
       <c r="AH19" s="55">
         <f t="shared" si="5"/>
         <v>1280</v>
       </c>
     </row>
-    <row r="20" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="53">
         <v>9</v>
       </c>
       <c r="C20" s="54">
         <v>20</v>
       </c>
       <c r="D20" s="58">
         <v>29</v>
       </c>
       <c r="E20" s="53">
         <v>56</v>
       </c>
       <c r="F20" s="54">
         <v>52</v>
       </c>
       <c r="G20" s="55">
         <v>108</v>
       </c>
       <c r="H20" s="53">
         <v>45</v>
       </c>
       <c r="I20" s="54">
@@ -4738,51 +4774,51 @@
       <c r="AB20" s="55">
         <v>109</v>
       </c>
       <c r="AC20" s="53">
         <v>36</v>
       </c>
       <c r="AD20" s="54">
         <v>69</v>
       </c>
       <c r="AE20" s="55">
         <v>105</v>
       </c>
       <c r="AF20" s="53">
         <f t="shared" si="6"/>
         <v>457</v>
       </c>
       <c r="AG20" s="54">
         <f t="shared" si="4"/>
         <v>551</v>
       </c>
       <c r="AH20" s="55">
         <f t="shared" si="5"/>
         <v>1008</v>
       </c>
     </row>
-    <row r="21" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="53">
         <v>7</v>
       </c>
       <c r="C21" s="54">
         <v>13</v>
       </c>
       <c r="D21" s="58">
         <v>20</v>
       </c>
       <c r="E21" s="53">
         <v>53</v>
       </c>
       <c r="F21" s="54">
         <v>58</v>
       </c>
       <c r="G21" s="55">
         <v>111</v>
       </c>
       <c r="H21" s="53">
         <v>59</v>
       </c>
       <c r="I21" s="54">
@@ -4845,51 +4881,51 @@
       <c r="AB21" s="55">
         <v>99</v>
       </c>
       <c r="AC21" s="53">
         <v>37</v>
       </c>
       <c r="AD21" s="54">
         <v>62</v>
       </c>
       <c r="AE21" s="55">
         <v>99</v>
       </c>
       <c r="AF21" s="67">
         <f t="shared" si="6"/>
         <v>420</v>
       </c>
       <c r="AG21" s="68">
         <f t="shared" si="4"/>
         <v>535</v>
       </c>
       <c r="AH21" s="69">
         <f t="shared" si="5"/>
         <v>955</v>
       </c>
     </row>
-    <row r="22" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>95</v>
       </c>
       <c r="C22" s="52">
         <v>112</v>
       </c>
       <c r="D22" s="63">
         <v>207</v>
       </c>
       <c r="E22" s="22">
         <v>496</v>
       </c>
       <c r="F22" s="52">
         <v>452</v>
       </c>
       <c r="G22" s="24">
         <v>948</v>
       </c>
       <c r="H22" s="22">
         <v>440</v>
       </c>
       <c r="I22" s="52">
@@ -4952,129 +4988,129 @@
       <c r="AB22" s="24">
         <v>771</v>
       </c>
       <c r="AC22" s="22">
         <v>355</v>
       </c>
       <c r="AD22" s="52">
         <v>397</v>
       </c>
       <c r="AE22" s="24">
         <v>752</v>
       </c>
       <c r="AF22" s="22">
         <f t="shared" si="6"/>
         <v>3979</v>
       </c>
       <c r="AG22" s="52">
         <f t="shared" si="4"/>
         <v>4224</v>
       </c>
       <c r="AH22" s="24">
         <f t="shared" si="5"/>
         <v>8203</v>
       </c>
     </row>
-    <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="98"/>
       <c r="O24" s="98"/>
       <c r="P24" s="98"/>
       <c r="Q24" s="98"/>
       <c r="R24" s="98"/>
       <c r="S24" s="98"/>
       <c r="T24" s="98"/>
       <c r="U24" s="98"/>
       <c r="V24" s="98"/>
       <c r="W24" s="98"/>
       <c r="X24" s="98"/>
       <c r="Y24" s="98"/>
       <c r="Z24" s="98"/>
       <c r="AA24" s="98"/>
       <c r="AB24" s="98"/>
       <c r="AC24" s="98"/>
       <c r="AD24" s="98"/>
       <c r="AE24" s="98"/>
       <c r="AF24" s="98"/>
       <c r="AG24" s="98"/>
       <c r="AH24" s="98"/>
     </row>
-    <row r="25" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="100"/>
       <c r="B25" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="99"/>
       <c r="D25" s="99"/>
       <c r="E25" s="99"/>
       <c r="F25" s="99"/>
       <c r="G25" s="99"/>
       <c r="H25" s="99"/>
       <c r="I25" s="99"/>
       <c r="J25" s="99"/>
       <c r="K25" s="99"/>
       <c r="L25" s="99"/>
       <c r="M25" s="99"/>
       <c r="N25" s="99"/>
       <c r="O25" s="99"/>
       <c r="P25" s="99"/>
       <c r="Q25" s="99"/>
       <c r="R25" s="99"/>
       <c r="S25" s="99"/>
       <c r="T25" s="99"/>
       <c r="U25" s="99"/>
       <c r="V25" s="99"/>
       <c r="W25" s="99"/>
       <c r="X25" s="99"/>
       <c r="Y25" s="99"/>
       <c r="Z25" s="99"/>
       <c r="AA25" s="99"/>
       <c r="AB25" s="99"/>
       <c r="AC25" s="99"/>
       <c r="AD25" s="99"/>
       <c r="AE25" s="99"/>
       <c r="AF25" s="99"/>
       <c r="AG25" s="99"/>
       <c r="AH25" s="99"/>
     </row>
-    <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="100"/>
       <c r="B26" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="88"/>
       <c r="E26" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="91"/>
       <c r="G26" s="92"/>
       <c r="H26" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="91"/>
       <c r="J26" s="92"/>
       <c r="K26" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="91"/>
       <c r="M26" s="92"/>
       <c r="N26" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O26" s="91"/>
@@ -5088,51 +5124,51 @@
         <v>22</v>
       </c>
       <c r="U26" s="91"/>
       <c r="V26" s="92"/>
       <c r="W26" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X26" s="91"/>
       <c r="Y26" s="92"/>
       <c r="Z26" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA26" s="91"/>
       <c r="AB26" s="92"/>
       <c r="AC26" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD26" s="91"/>
       <c r="AE26" s="92"/>
       <c r="AF26" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG26" s="91"/>
       <c r="AH26" s="92"/>
     </row>
-    <row r="27" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A27" s="100"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
@@ -5190,51 +5226,51 @@
       <c r="AA27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="10">
         <v>30</v>
       </c>
       <c r="C28" s="1">
         <v>35</v>
       </c>
       <c r="D28" s="16">
         <v>65</v>
       </c>
       <c r="E28" s="10">
         <v>179</v>
       </c>
       <c r="F28" s="1">
         <v>177</v>
       </c>
       <c r="G28" s="15">
         <v>356</v>
       </c>
       <c r="H28" s="10">
         <v>207</v>
       </c>
       <c r="I28" s="1">
@@ -5297,51 +5333,51 @@
       <c r="AB28" s="15">
         <v>285</v>
       </c>
       <c r="AC28" s="10">
         <v>157</v>
       </c>
       <c r="AD28" s="1">
         <v>124</v>
       </c>
       <c r="AE28" s="15">
         <v>281</v>
       </c>
       <c r="AF28" s="10">
         <f>B28+E28+H28+K28+N28+Q28+T28+W28+Z28+AC28</f>
         <v>1662</v>
       </c>
       <c r="AG28" s="1">
         <f t="shared" ref="AG28:AG33" si="7">SUM(C28,F28,I28,L28,O28,R28,U28,X28,AA28,AD28)</f>
         <v>1579</v>
       </c>
       <c r="AH28" s="15">
         <f t="shared" ref="AH28:AH33" si="8">SUM(D28,G28,J28,M28,P28,S28,V28,Y28,AB28,AE28)</f>
         <v>3241</v>
       </c>
     </row>
-    <row r="29" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="10">
         <v>14</v>
       </c>
       <c r="C29" s="1">
         <v>18</v>
       </c>
       <c r="D29" s="16">
         <v>32</v>
       </c>
       <c r="E29" s="10">
         <v>41</v>
       </c>
       <c r="F29" s="1">
         <v>51</v>
       </c>
       <c r="G29" s="15">
         <v>92</v>
       </c>
       <c r="H29" s="10">
         <v>46</v>
       </c>
       <c r="I29" s="1">
@@ -5404,51 +5440,51 @@
       <c r="AB29" s="15">
         <v>82</v>
       </c>
       <c r="AC29" s="10">
         <v>46</v>
       </c>
       <c r="AD29" s="1">
         <v>53</v>
       </c>
       <c r="AE29" s="15">
         <v>99</v>
       </c>
       <c r="AF29" s="10">
         <f t="shared" ref="AF29:AF33" si="9">B29+E29+H29+K29+N29+Q29+T29+W29+Z29+AC29</f>
         <v>482</v>
       </c>
       <c r="AG29" s="1">
         <f t="shared" si="7"/>
         <v>480</v>
       </c>
       <c r="AH29" s="15">
         <f t="shared" si="8"/>
         <v>962</v>
       </c>
     </row>
-    <row r="30" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>10</v>
       </c>
       <c r="C30" s="1">
         <v>12</v>
       </c>
       <c r="D30" s="16">
         <v>22</v>
       </c>
       <c r="E30" s="10">
         <v>43</v>
       </c>
       <c r="F30" s="1">
         <v>48</v>
       </c>
       <c r="G30" s="15">
         <v>91</v>
       </c>
       <c r="H30" s="10">
         <v>41</v>
       </c>
       <c r="I30" s="1">
@@ -5511,51 +5547,51 @@
       <c r="AB30" s="15">
         <v>131</v>
       </c>
       <c r="AC30" s="10">
         <v>52</v>
       </c>
       <c r="AD30" s="1">
         <v>70</v>
       </c>
       <c r="AE30" s="15">
         <v>122</v>
       </c>
       <c r="AF30" s="10">
         <f t="shared" si="9"/>
         <v>456</v>
       </c>
       <c r="AG30" s="1">
         <f t="shared" si="7"/>
         <v>546</v>
       </c>
       <c r="AH30" s="15">
         <f t="shared" si="8"/>
         <v>1002</v>
       </c>
     </row>
-    <row r="31" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
         <v>11</v>
       </c>
       <c r="C31" s="1">
         <v>8</v>
       </c>
       <c r="D31" s="16">
         <v>19</v>
       </c>
       <c r="E31" s="10">
         <v>40</v>
       </c>
       <c r="F31" s="1">
         <v>37</v>
       </c>
       <c r="G31" s="15">
         <v>77</v>
       </c>
       <c r="H31" s="10">
         <v>49</v>
       </c>
       <c r="I31" s="1">
@@ -5618,51 +5654,51 @@
       <c r="AB31" s="15">
         <v>84</v>
       </c>
       <c r="AC31" s="10">
         <v>50</v>
       </c>
       <c r="AD31" s="1">
         <v>58</v>
       </c>
       <c r="AE31" s="15">
         <v>108</v>
       </c>
       <c r="AF31" s="10">
         <f t="shared" si="9"/>
         <v>428</v>
       </c>
       <c r="AG31" s="1">
         <f t="shared" si="7"/>
         <v>446</v>
       </c>
       <c r="AH31" s="15">
         <f t="shared" si="8"/>
         <v>874</v>
       </c>
     </row>
-    <row r="32" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="10">
         <v>16</v>
       </c>
       <c r="C32" s="1">
         <v>8</v>
       </c>
       <c r="D32" s="16">
         <v>24</v>
       </c>
       <c r="E32" s="10">
         <v>52</v>
       </c>
       <c r="F32" s="1">
         <v>46</v>
       </c>
       <c r="G32" s="15">
         <v>98</v>
       </c>
       <c r="H32" s="10">
         <v>42</v>
       </c>
       <c r="I32" s="1">
@@ -5725,51 +5761,51 @@
       <c r="AB32" s="15">
         <v>85</v>
       </c>
       <c r="AC32" s="10">
         <v>42</v>
       </c>
       <c r="AD32" s="1">
         <v>39</v>
       </c>
       <c r="AE32" s="15">
         <v>81</v>
       </c>
       <c r="AF32" s="32">
         <f t="shared" si="9"/>
         <v>430</v>
       </c>
       <c r="AG32" s="33">
         <f t="shared" si="7"/>
         <v>445</v>
       </c>
       <c r="AH32" s="34">
         <f t="shared" si="8"/>
         <v>875</v>
       </c>
     </row>
-    <row r="33" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="33" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>81</v>
       </c>
       <c r="C33" s="14">
         <v>81</v>
       </c>
       <c r="D33" s="17">
         <v>162</v>
       </c>
       <c r="E33" s="13">
         <v>355</v>
       </c>
       <c r="F33" s="14">
         <v>359</v>
       </c>
       <c r="G33" s="18">
         <v>714</v>
       </c>
       <c r="H33" s="13">
         <v>385</v>
       </c>
       <c r="I33" s="14">
@@ -5832,129 +5868,129 @@
       <c r="AB33" s="18">
         <v>667</v>
       </c>
       <c r="AC33" s="13">
         <v>347</v>
       </c>
       <c r="AD33" s="14">
         <v>344</v>
       </c>
       <c r="AE33" s="18">
         <v>691</v>
       </c>
       <c r="AF33" s="13">
         <f t="shared" si="9"/>
         <v>3458</v>
       </c>
       <c r="AG33" s="14">
         <f t="shared" si="7"/>
         <v>3496</v>
       </c>
       <c r="AH33" s="18">
         <f t="shared" si="8"/>
         <v>6954</v>
       </c>
     </row>
-    <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="98"/>
       <c r="D35" s="98"/>
       <c r="E35" s="98"/>
       <c r="F35" s="98"/>
       <c r="G35" s="98"/>
       <c r="H35" s="98"/>
       <c r="I35" s="98"/>
       <c r="J35" s="98"/>
       <c r="K35" s="98"/>
       <c r="L35" s="98"/>
       <c r="M35" s="98"/>
       <c r="N35" s="98"/>
       <c r="O35" s="98"/>
       <c r="P35" s="98"/>
       <c r="Q35" s="98"/>
       <c r="R35" s="98"/>
       <c r="S35" s="98"/>
       <c r="T35" s="98"/>
       <c r="U35" s="98"/>
       <c r="V35" s="98"/>
       <c r="W35" s="98"/>
       <c r="X35" s="98"/>
       <c r="Y35" s="98"/>
       <c r="Z35" s="98"/>
       <c r="AA35" s="98"/>
       <c r="AB35" s="98"/>
       <c r="AC35" s="98"/>
       <c r="AD35" s="98"/>
       <c r="AE35" s="98"/>
       <c r="AF35" s="98"/>
       <c r="AG35" s="98"/>
       <c r="AH35" s="98"/>
     </row>
-    <row r="36" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="100"/>
       <c r="B36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="99"/>
       <c r="D36" s="99"/>
       <c r="E36" s="99"/>
       <c r="F36" s="99"/>
       <c r="G36" s="99"/>
       <c r="H36" s="99"/>
       <c r="I36" s="99"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="99"/>
       <c r="Q36" s="99"/>
       <c r="R36" s="99"/>
       <c r="S36" s="99"/>
       <c r="T36" s="99"/>
       <c r="U36" s="99"/>
       <c r="V36" s="99"/>
       <c r="W36" s="99"/>
       <c r="X36" s="99"/>
       <c r="Y36" s="99"/>
       <c r="Z36" s="99"/>
       <c r="AA36" s="99"/>
       <c r="AB36" s="99"/>
       <c r="AC36" s="99"/>
       <c r="AD36" s="99"/>
       <c r="AE36" s="99"/>
       <c r="AF36" s="99"/>
       <c r="AG36" s="99"/>
       <c r="AH36" s="99"/>
     </row>
-    <row r="37" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="100"/>
       <c r="B37" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="91"/>
       <c r="D37" s="88"/>
       <c r="E37" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="91"/>
       <c r="G37" s="92"/>
       <c r="H37" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="91"/>
       <c r="J37" s="92"/>
       <c r="K37" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="91"/>
       <c r="M37" s="92"/>
       <c r="N37" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O37" s="91"/>
@@ -5968,51 +6004,51 @@
         <v>22</v>
       </c>
       <c r="U37" s="91"/>
       <c r="V37" s="92"/>
       <c r="W37" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X37" s="91"/>
       <c r="Y37" s="92"/>
       <c r="Z37" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA37" s="91"/>
       <c r="AB37" s="92"/>
       <c r="AC37" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD37" s="91"/>
       <c r="AE37" s="92"/>
       <c r="AF37" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG37" s="91"/>
       <c r="AH37" s="92"/>
     </row>
-    <row r="38" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A38" s="100"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
@@ -6070,51 +6106,51 @@
       <c r="AA38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="10">
         <v>16</v>
       </c>
       <c r="C39" s="1">
         <v>26</v>
       </c>
       <c r="D39" s="16">
         <v>42</v>
       </c>
       <c r="E39" s="10">
         <v>153</v>
       </c>
       <c r="F39" s="1">
         <v>146</v>
       </c>
       <c r="G39" s="15">
         <v>299</v>
       </c>
       <c r="H39" s="10">
         <v>173</v>
       </c>
       <c r="I39" s="1">
@@ -6177,51 +6213,51 @@
       <c r="AB39" s="15">
         <v>227</v>
       </c>
       <c r="AC39" s="10">
         <v>161</v>
       </c>
       <c r="AD39" s="1">
         <v>118</v>
       </c>
       <c r="AE39" s="15">
         <v>279</v>
       </c>
       <c r="AF39" s="10">
         <f>B39+E39+H39+K39+N39+Q39+T39+W39+Z39+AC39</f>
         <v>1531</v>
       </c>
       <c r="AG39" s="1">
         <f t="shared" ref="AG39:AG44" si="10">SUM(C39,F39,I39,L39,O39,R39,U39,X39,AA39,AD39)</f>
         <v>1434</v>
       </c>
       <c r="AH39" s="15">
         <f t="shared" ref="AH39:AH44" si="11">SUM(D39,G39,J39,M39,P39,S39,V39,Y39,AB39,AE39)</f>
         <v>2965</v>
       </c>
     </row>
-    <row r="40" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>11</v>
       </c>
       <c r="C40" s="1">
         <v>12</v>
       </c>
       <c r="D40" s="16">
         <v>23</v>
       </c>
       <c r="E40" s="10">
         <v>35</v>
       </c>
       <c r="F40" s="1">
         <v>41</v>
       </c>
       <c r="G40" s="15">
         <v>76</v>
       </c>
       <c r="H40" s="10">
         <v>43</v>
       </c>
       <c r="I40" s="1">
@@ -6284,51 +6320,51 @@
       <c r="AB40" s="15">
         <v>104</v>
       </c>
       <c r="AC40" s="10">
         <v>49</v>
       </c>
       <c r="AD40" s="1">
         <v>53</v>
       </c>
       <c r="AE40" s="15">
         <v>102</v>
       </c>
       <c r="AF40" s="10">
         <f t="shared" ref="AF40:AF44" si="12">B40+E40+H40+K40+N40+Q40+T40+W40+Z40+AC40</f>
         <v>475</v>
       </c>
       <c r="AG40" s="1">
         <f t="shared" si="10"/>
         <v>416</v>
       </c>
       <c r="AH40" s="15">
         <f t="shared" si="11"/>
         <v>891</v>
       </c>
     </row>
-    <row r="41" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>12</v>
       </c>
       <c r="C41" s="1">
         <v>12</v>
       </c>
       <c r="D41" s="16">
         <v>24</v>
       </c>
       <c r="E41" s="10">
         <v>51</v>
       </c>
       <c r="F41" s="1">
         <v>28</v>
       </c>
       <c r="G41" s="15">
         <v>79</v>
       </c>
       <c r="H41" s="10">
         <v>38</v>
       </c>
       <c r="I41" s="1">
@@ -6391,51 +6427,51 @@
       <c r="AB41" s="15">
         <v>133</v>
       </c>
       <c r="AC41" s="10">
         <v>48</v>
       </c>
       <c r="AD41" s="1">
         <v>63</v>
       </c>
       <c r="AE41" s="15">
         <v>111</v>
       </c>
       <c r="AF41" s="10">
         <f t="shared" si="12"/>
         <v>411</v>
       </c>
       <c r="AG41" s="1">
         <f t="shared" si="10"/>
         <v>511</v>
       </c>
       <c r="AH41" s="15">
         <f t="shared" si="11"/>
         <v>922</v>
       </c>
     </row>
-    <row r="42" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="10">
         <v>6</v>
       </c>
       <c r="C42" s="1">
         <v>13</v>
       </c>
       <c r="D42" s="16">
         <v>19</v>
       </c>
       <c r="E42" s="10">
         <v>33</v>
       </c>
       <c r="F42" s="1">
         <v>36</v>
       </c>
       <c r="G42" s="15">
         <v>69</v>
       </c>
       <c r="H42" s="10">
         <v>42</v>
       </c>
       <c r="I42" s="1">
@@ -6498,51 +6534,51 @@
       <c r="AB42" s="15">
         <v>70</v>
       </c>
       <c r="AC42" s="10">
         <v>46</v>
       </c>
       <c r="AD42" s="1">
         <v>45</v>
       </c>
       <c r="AE42" s="15">
         <v>91</v>
       </c>
       <c r="AF42" s="10">
         <f t="shared" si="12"/>
         <v>383</v>
       </c>
       <c r="AG42" s="1">
         <f t="shared" si="10"/>
         <v>419</v>
       </c>
       <c r="AH42" s="15">
         <f t="shared" si="11"/>
         <v>802</v>
       </c>
     </row>
-    <row r="43" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="43" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="10">
         <v>3</v>
       </c>
       <c r="C43" s="1">
         <v>9</v>
       </c>
       <c r="D43" s="16">
         <v>12</v>
       </c>
       <c r="E43" s="10">
         <v>40</v>
       </c>
       <c r="F43" s="1">
         <v>37</v>
       </c>
       <c r="G43" s="15">
         <v>77</v>
       </c>
       <c r="H43" s="10">
         <v>39</v>
       </c>
       <c r="I43" s="1">
@@ -6605,51 +6641,51 @@
       <c r="AB43" s="15">
         <v>99</v>
       </c>
       <c r="AC43" s="10">
         <v>42</v>
       </c>
       <c r="AD43" s="1">
         <v>42</v>
       </c>
       <c r="AE43" s="15">
         <v>84</v>
       </c>
       <c r="AF43" s="32">
         <f t="shared" si="12"/>
         <v>387</v>
       </c>
       <c r="AG43" s="33">
         <f t="shared" si="10"/>
         <v>410</v>
       </c>
       <c r="AH43" s="34">
         <f t="shared" si="11"/>
         <v>797</v>
       </c>
     </row>
-    <row r="44" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13">
         <v>48</v>
       </c>
       <c r="C44" s="14">
         <v>72</v>
       </c>
       <c r="D44" s="17">
         <v>120</v>
       </c>
       <c r="E44" s="13">
         <v>312</v>
       </c>
       <c r="F44" s="14">
         <v>288</v>
       </c>
       <c r="G44" s="18">
         <v>600</v>
       </c>
       <c r="H44" s="13">
         <v>335</v>
       </c>
       <c r="I44" s="14">
@@ -6712,129 +6748,129 @@
       <c r="AB44" s="18">
         <v>633</v>
       </c>
       <c r="AC44" s="13">
         <v>346</v>
       </c>
       <c r="AD44" s="14">
         <v>321</v>
       </c>
       <c r="AE44" s="18">
         <v>667</v>
       </c>
       <c r="AF44" s="13">
         <f t="shared" si="12"/>
         <v>3187</v>
       </c>
       <c r="AG44" s="14">
         <f t="shared" si="10"/>
         <v>3190</v>
       </c>
       <c r="AH44" s="18">
         <f t="shared" si="11"/>
         <v>6377</v>
       </c>
     </row>
-    <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="98"/>
       <c r="D46" s="98"/>
       <c r="E46" s="98"/>
       <c r="F46" s="98"/>
       <c r="G46" s="98"/>
       <c r="H46" s="98"/>
       <c r="I46" s="98"/>
       <c r="J46" s="98"/>
       <c r="K46" s="98"/>
       <c r="L46" s="98"/>
       <c r="M46" s="98"/>
       <c r="N46" s="98"/>
       <c r="O46" s="98"/>
       <c r="P46" s="98"/>
       <c r="Q46" s="98"/>
       <c r="R46" s="98"/>
       <c r="S46" s="98"/>
       <c r="T46" s="98"/>
       <c r="U46" s="98"/>
       <c r="V46" s="98"/>
       <c r="W46" s="98"/>
       <c r="X46" s="98"/>
       <c r="Y46" s="98"/>
       <c r="Z46" s="98"/>
       <c r="AA46" s="98"/>
       <c r="AB46" s="98"/>
       <c r="AC46" s="98"/>
       <c r="AD46" s="98"/>
       <c r="AE46" s="98"/>
       <c r="AF46" s="98"/>
       <c r="AG46" s="98"/>
       <c r="AH46" s="98"/>
     </row>
-    <row r="47" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="100"/>
       <c r="B47" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="99"/>
       <c r="D47" s="99"/>
       <c r="E47" s="99"/>
       <c r="F47" s="99"/>
       <c r="G47" s="99"/>
       <c r="H47" s="99"/>
       <c r="I47" s="99"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="99"/>
       <c r="Q47" s="99"/>
       <c r="R47" s="99"/>
       <c r="S47" s="99"/>
       <c r="T47" s="99"/>
       <c r="U47" s="99"/>
       <c r="V47" s="99"/>
       <c r="W47" s="99"/>
       <c r="X47" s="99"/>
       <c r="Y47" s="99"/>
       <c r="Z47" s="99"/>
       <c r="AA47" s="99"/>
       <c r="AB47" s="99"/>
       <c r="AC47" s="99"/>
       <c r="AD47" s="99"/>
       <c r="AE47" s="99"/>
       <c r="AF47" s="99"/>
       <c r="AG47" s="99"/>
       <c r="AH47" s="99"/>
     </row>
-    <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="100"/>
       <c r="B48" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C48" s="91"/>
       <c r="D48" s="88"/>
       <c r="E48" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F48" s="91"/>
       <c r="G48" s="92"/>
       <c r="H48" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="92"/>
       <c r="K48" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="91"/>
       <c r="M48" s="92"/>
       <c r="N48" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O48" s="91"/>
@@ -6848,51 +6884,51 @@
         <v>22</v>
       </c>
       <c r="U48" s="91"/>
       <c r="V48" s="92"/>
       <c r="W48" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X48" s="91"/>
       <c r="Y48" s="92"/>
       <c r="Z48" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA48" s="91"/>
       <c r="AB48" s="92"/>
       <c r="AC48" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD48" s="91"/>
       <c r="AE48" s="92"/>
       <c r="AF48" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG48" s="91"/>
       <c r="AH48" s="92"/>
     </row>
-    <row r="49" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A49" s="100"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
@@ -6950,51 +6986,51 @@
       <c r="AA49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>29</v>
       </c>
       <c r="C50" s="1">
         <v>31</v>
       </c>
       <c r="D50" s="16">
         <v>60</v>
       </c>
       <c r="E50" s="10">
         <v>182</v>
       </c>
       <c r="F50" s="1">
         <v>135</v>
       </c>
       <c r="G50" s="15">
         <v>317</v>
       </c>
       <c r="H50" s="10">
         <v>192</v>
       </c>
       <c r="I50" s="1">
@@ -7057,51 +7093,51 @@
       <c r="AB50" s="15">
         <v>225</v>
       </c>
       <c r="AC50" s="10">
         <v>170</v>
       </c>
       <c r="AD50" s="1">
         <v>100</v>
       </c>
       <c r="AE50" s="15">
         <v>270</v>
       </c>
       <c r="AF50" s="10">
         <f>B50+E50+H50+K50+N50+Q50+T50+W50+Z50+AC50</f>
         <v>1687</v>
       </c>
       <c r="AG50" s="1">
         <f t="shared" ref="AG50:AG55" si="13">SUM(C50,F50,I50,L50,O50,R50,U50,X50,AA50,AD50)</f>
         <v>1303</v>
       </c>
       <c r="AH50" s="15">
         <f t="shared" ref="AH50:AH55" si="14">SUM(D50,G50,J50,M50,P50,S50,V50,Y50,AB50,AE50)</f>
         <v>2990</v>
       </c>
     </row>
-    <row r="51" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>6</v>
       </c>
       <c r="C51" s="1">
         <v>6</v>
       </c>
       <c r="D51" s="16">
         <v>12</v>
       </c>
       <c r="E51" s="10">
         <v>46</v>
       </c>
       <c r="F51" s="1">
         <v>42</v>
       </c>
       <c r="G51" s="15">
         <v>88</v>
       </c>
       <c r="H51" s="10">
         <v>52</v>
       </c>
       <c r="I51" s="1">
@@ -7164,51 +7200,51 @@
       <c r="AB51" s="15">
         <v>109</v>
       </c>
       <c r="AC51" s="10">
         <v>50</v>
       </c>
       <c r="AD51" s="1">
         <v>61</v>
       </c>
       <c r="AE51" s="15">
         <v>111</v>
       </c>
       <c r="AF51" s="10">
         <f t="shared" ref="AF51:AF55" si="15">B51+E51+H51+K51+N51+Q51+T51+W51+Z51+AC51</f>
         <v>467</v>
       </c>
       <c r="AG51" s="1">
         <f t="shared" si="13"/>
         <v>461</v>
       </c>
       <c r="AH51" s="15">
         <f t="shared" si="14"/>
         <v>928</v>
       </c>
     </row>
-    <row r="52" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>9</v>
       </c>
       <c r="C52" s="1">
         <v>12</v>
       </c>
       <c r="D52" s="16">
         <v>21</v>
       </c>
       <c r="E52" s="10">
         <v>46</v>
       </c>
       <c r="F52" s="1">
         <v>33</v>
       </c>
       <c r="G52" s="15">
         <v>79</v>
       </c>
       <c r="H52" s="10">
         <v>35</v>
       </c>
       <c r="I52" s="1">
@@ -7271,51 +7307,51 @@
       <c r="AB52" s="15">
         <v>115</v>
       </c>
       <c r="AC52" s="10">
         <v>46</v>
       </c>
       <c r="AD52" s="1">
         <v>76</v>
       </c>
       <c r="AE52" s="15">
         <v>122</v>
       </c>
       <c r="AF52" s="10">
         <f t="shared" si="15"/>
         <v>387</v>
       </c>
       <c r="AG52" s="1">
         <f t="shared" si="13"/>
         <v>510</v>
       </c>
       <c r="AH52" s="15">
         <f t="shared" si="14"/>
         <v>897</v>
       </c>
     </row>
-    <row r="53" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>12</v>
       </c>
       <c r="C53" s="1">
         <v>4</v>
       </c>
       <c r="D53" s="16">
         <v>16</v>
       </c>
       <c r="E53" s="10">
         <v>43</v>
       </c>
       <c r="F53" s="1">
         <v>32</v>
       </c>
       <c r="G53" s="15">
         <v>75</v>
       </c>
       <c r="H53" s="10">
         <v>37</v>
       </c>
       <c r="I53" s="1">
@@ -7378,51 +7414,51 @@
       <c r="AB53" s="15">
         <v>84</v>
       </c>
       <c r="AC53" s="10">
         <v>37</v>
       </c>
       <c r="AD53" s="1">
         <v>47</v>
       </c>
       <c r="AE53" s="15">
         <v>84</v>
       </c>
       <c r="AF53" s="10">
         <f t="shared" si="15"/>
         <v>425</v>
       </c>
       <c r="AG53" s="1">
         <f t="shared" si="13"/>
         <v>394</v>
       </c>
       <c r="AH53" s="15">
         <f t="shared" si="14"/>
         <v>819</v>
       </c>
     </row>
-    <row r="54" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="54" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="10">
         <v>10</v>
       </c>
       <c r="C54" s="1">
         <v>7</v>
       </c>
       <c r="D54" s="16">
         <v>17</v>
       </c>
       <c r="E54" s="10">
         <v>34</v>
       </c>
       <c r="F54" s="1">
         <v>36</v>
       </c>
       <c r="G54" s="15">
         <v>70</v>
       </c>
       <c r="H54" s="10">
         <v>34</v>
       </c>
       <c r="I54" s="1">
@@ -7485,51 +7521,51 @@
       <c r="AB54" s="15">
         <v>66</v>
       </c>
       <c r="AC54" s="10">
         <v>30</v>
       </c>
       <c r="AD54" s="1">
         <v>34</v>
       </c>
       <c r="AE54" s="15">
         <v>64</v>
       </c>
       <c r="AF54" s="32">
         <f t="shared" si="15"/>
         <v>342</v>
       </c>
       <c r="AG54" s="33">
         <f t="shared" si="13"/>
         <v>389</v>
       </c>
       <c r="AH54" s="34">
         <f t="shared" si="14"/>
         <v>731</v>
       </c>
     </row>
-    <row r="55" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="55" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>66</v>
       </c>
       <c r="C55" s="14">
         <v>60</v>
       </c>
       <c r="D55" s="17">
         <v>126</v>
       </c>
       <c r="E55" s="13">
         <v>351</v>
       </c>
       <c r="F55" s="14">
         <v>278</v>
       </c>
       <c r="G55" s="18">
         <v>629</v>
       </c>
       <c r="H55" s="13">
         <v>350</v>
       </c>
       <c r="I55" s="14">
@@ -7592,129 +7628,129 @@
       <c r="AB55" s="18">
         <v>599</v>
       </c>
       <c r="AC55" s="13">
         <v>333</v>
       </c>
       <c r="AD55" s="14">
         <v>318</v>
       </c>
       <c r="AE55" s="18">
         <v>651</v>
       </c>
       <c r="AF55" s="13">
         <f t="shared" si="15"/>
         <v>3308</v>
       </c>
       <c r="AG55" s="14">
         <f t="shared" si="13"/>
         <v>3057</v>
       </c>
       <c r="AH55" s="18">
         <f t="shared" si="14"/>
         <v>6365</v>
       </c>
     </row>
-    <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="98"/>
       <c r="D57" s="98"/>
       <c r="E57" s="98"/>
       <c r="F57" s="98"/>
       <c r="G57" s="98"/>
       <c r="H57" s="98"/>
       <c r="I57" s="98"/>
       <c r="J57" s="98"/>
       <c r="K57" s="98"/>
       <c r="L57" s="98"/>
       <c r="M57" s="98"/>
       <c r="N57" s="98"/>
       <c r="O57" s="98"/>
       <c r="P57" s="98"/>
       <c r="Q57" s="98"/>
       <c r="R57" s="98"/>
       <c r="S57" s="98"/>
       <c r="T57" s="98"/>
       <c r="U57" s="98"/>
       <c r="V57" s="98"/>
       <c r="W57" s="98"/>
       <c r="X57" s="98"/>
       <c r="Y57" s="98"/>
       <c r="Z57" s="98"/>
       <c r="AA57" s="98"/>
       <c r="AB57" s="98"/>
       <c r="AC57" s="98"/>
       <c r="AD57" s="98"/>
       <c r="AE57" s="98"/>
       <c r="AF57" s="98"/>
       <c r="AG57" s="98"/>
       <c r="AH57" s="98"/>
     </row>
-    <row r="58" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="100"/>
       <c r="B58" s="99" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="99"/>
       <c r="D58" s="99"/>
       <c r="E58" s="99"/>
       <c r="F58" s="99"/>
       <c r="G58" s="99"/>
       <c r="H58" s="99"/>
       <c r="I58" s="99"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="99"/>
       <c r="Q58" s="99"/>
       <c r="R58" s="99"/>
       <c r="S58" s="99"/>
       <c r="T58" s="99"/>
       <c r="U58" s="99"/>
       <c r="V58" s="99"/>
       <c r="W58" s="99"/>
       <c r="X58" s="99"/>
       <c r="Y58" s="99"/>
       <c r="Z58" s="99"/>
       <c r="AA58" s="99"/>
       <c r="AB58" s="99"/>
       <c r="AC58" s="99"/>
       <c r="AD58" s="99"/>
       <c r="AE58" s="99"/>
       <c r="AF58" s="99"/>
       <c r="AG58" s="99"/>
       <c r="AH58" s="99"/>
     </row>
-    <row r="59" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="100"/>
       <c r="B59" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C59" s="91"/>
       <c r="D59" s="88"/>
       <c r="E59" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="91"/>
       <c r="G59" s="92"/>
       <c r="H59" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="91"/>
       <c r="J59" s="92"/>
       <c r="K59" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="91"/>
       <c r="M59" s="92"/>
       <c r="N59" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O59" s="91"/>
@@ -7728,51 +7764,51 @@
         <v>22</v>
       </c>
       <c r="U59" s="91"/>
       <c r="V59" s="92"/>
       <c r="W59" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X59" s="91"/>
       <c r="Y59" s="92"/>
       <c r="Z59" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA59" s="91"/>
       <c r="AB59" s="92"/>
       <c r="AC59" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD59" s="91"/>
       <c r="AE59" s="92"/>
       <c r="AF59" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG59" s="91"/>
       <c r="AH59" s="92"/>
     </row>
-    <row r="60" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A60" s="100"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
@@ -7830,51 +7866,51 @@
       <c r="AA60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>27</v>
       </c>
       <c r="C61" s="1">
         <v>27</v>
       </c>
       <c r="D61" s="16">
         <v>54</v>
       </c>
       <c r="E61" s="10">
         <v>205</v>
       </c>
       <c r="F61" s="1">
         <v>159</v>
       </c>
       <c r="G61" s="15">
         <v>364</v>
       </c>
       <c r="H61" s="10">
         <v>228</v>
       </c>
       <c r="I61" s="1">
@@ -7937,51 +7973,51 @@
       <c r="AB61" s="15">
         <v>299</v>
       </c>
       <c r="AC61" s="10">
         <v>201</v>
       </c>
       <c r="AD61" s="1">
         <v>91</v>
       </c>
       <c r="AE61" s="15">
         <v>292</v>
       </c>
       <c r="AF61" s="10">
         <f>B61+E61+H61+K61+N61+Q61+T61+W61+Z61+AC61</f>
         <v>2127</v>
       </c>
       <c r="AG61" s="1">
         <f t="shared" ref="AG61:AG66" si="16">SUM(C61,F61,I61,L61,O61,R61,U61,X61,AA61,AD61)</f>
         <v>1339</v>
       </c>
       <c r="AH61" s="15">
         <f t="shared" ref="AH61:AH66" si="17">SUM(D61,G61,J61,M61,P61,S61,V61,Y61,AB61,AE61)</f>
         <v>3466</v>
       </c>
     </row>
-    <row r="62" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>16</v>
       </c>
       <c r="C62" s="1">
         <v>11</v>
       </c>
       <c r="D62" s="16">
         <v>27</v>
       </c>
       <c r="E62" s="10">
         <v>54</v>
       </c>
       <c r="F62" s="1">
         <v>43</v>
       </c>
       <c r="G62" s="15">
         <v>97</v>
       </c>
       <c r="H62" s="10">
         <v>76</v>
       </c>
       <c r="I62" s="1">
@@ -8044,51 +8080,51 @@
       <c r="AB62" s="15">
         <v>105</v>
       </c>
       <c r="AC62" s="10">
         <v>78</v>
       </c>
       <c r="AD62" s="1">
         <v>63</v>
       </c>
       <c r="AE62" s="15">
         <v>141</v>
       </c>
       <c r="AF62" s="10">
         <f t="shared" ref="AF62:AF66" si="18">B62+E62+H62+K62+N62+Q62+T62+W62+Z62+AC62</f>
         <v>674</v>
       </c>
       <c r="AG62" s="1">
         <f t="shared" si="16"/>
         <v>481</v>
       </c>
       <c r="AH62" s="15">
         <f t="shared" si="17"/>
         <v>1155</v>
       </c>
     </row>
-    <row r="63" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>12</v>
       </c>
       <c r="C63" s="1">
         <v>16</v>
       </c>
       <c r="D63" s="16">
         <v>28</v>
       </c>
       <c r="E63" s="10">
         <v>54</v>
       </c>
       <c r="F63" s="1">
         <v>48</v>
       </c>
       <c r="G63" s="15">
         <v>102</v>
       </c>
       <c r="H63" s="10">
         <v>46</v>
       </c>
       <c r="I63" s="1">
@@ -8151,51 +8187,51 @@
       <c r="AB63" s="15">
         <v>114</v>
       </c>
       <c r="AC63" s="10">
         <v>70</v>
       </c>
       <c r="AD63" s="1">
         <v>56</v>
       </c>
       <c r="AE63" s="15">
         <v>126</v>
       </c>
       <c r="AF63" s="10">
         <f t="shared" si="18"/>
         <v>501</v>
       </c>
       <c r="AG63" s="1">
         <f t="shared" si="16"/>
         <v>427</v>
       </c>
       <c r="AH63" s="15">
         <f t="shared" si="17"/>
         <v>928</v>
       </c>
     </row>
-    <row r="64" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>5</v>
       </c>
       <c r="C64" s="1">
         <v>5</v>
       </c>
       <c r="D64" s="16">
         <v>10</v>
       </c>
       <c r="E64" s="10">
         <v>47</v>
       </c>
       <c r="F64" s="1">
         <v>45</v>
       </c>
       <c r="G64" s="15">
         <v>92</v>
       </c>
       <c r="H64" s="10">
         <v>54</v>
       </c>
       <c r="I64" s="1">
@@ -8258,51 +8294,51 @@
       <c r="AB64" s="15">
         <v>116</v>
       </c>
       <c r="AC64" s="10">
         <v>67</v>
       </c>
       <c r="AD64" s="1">
         <v>51</v>
       </c>
       <c r="AE64" s="15">
         <v>118</v>
       </c>
       <c r="AF64" s="10">
         <f t="shared" si="18"/>
         <v>601</v>
       </c>
       <c r="AG64" s="1">
         <f t="shared" si="16"/>
         <v>428</v>
       </c>
       <c r="AH64" s="15">
         <f t="shared" si="17"/>
         <v>1029</v>
       </c>
     </row>
-    <row r="65" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="65" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="10">
         <v>9</v>
       </c>
       <c r="C65" s="1">
         <v>5</v>
       </c>
       <c r="D65" s="16">
         <v>14</v>
       </c>
       <c r="E65" s="10">
         <v>51</v>
       </c>
       <c r="F65" s="1">
         <v>39</v>
       </c>
       <c r="G65" s="15">
         <v>90</v>
       </c>
       <c r="H65" s="10">
         <v>56</v>
       </c>
       <c r="I65" s="1">
@@ -8365,51 +8401,51 @@
       <c r="AB65" s="15">
         <v>101</v>
       </c>
       <c r="AC65" s="10">
         <v>63</v>
       </c>
       <c r="AD65" s="1">
         <v>45</v>
       </c>
       <c r="AE65" s="15">
         <v>108</v>
       </c>
       <c r="AF65" s="32">
         <f t="shared" si="18"/>
         <v>572</v>
       </c>
       <c r="AG65" s="33">
         <f t="shared" si="16"/>
         <v>415</v>
       </c>
       <c r="AH65" s="34">
         <f t="shared" si="17"/>
         <v>987</v>
       </c>
     </row>
-    <row r="66" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>69</v>
       </c>
       <c r="C66" s="14">
         <v>64</v>
       </c>
       <c r="D66" s="17">
         <v>133</v>
       </c>
       <c r="E66" s="13">
         <v>411</v>
       </c>
       <c r="F66" s="14">
         <v>334</v>
       </c>
       <c r="G66" s="18">
         <v>745</v>
       </c>
       <c r="H66" s="13">
         <v>460</v>
       </c>
       <c r="I66" s="14">
@@ -8472,165 +8508,165 @@
       <c r="AB66" s="18">
         <v>735</v>
       </c>
       <c r="AC66" s="13">
         <v>479</v>
       </c>
       <c r="AD66" s="14">
         <v>306</v>
       </c>
       <c r="AE66" s="18">
         <v>785</v>
       </c>
       <c r="AF66" s="13">
         <f t="shared" si="18"/>
         <v>4475</v>
       </c>
       <c r="AG66" s="14">
         <f t="shared" si="16"/>
         <v>3090</v>
       </c>
       <c r="AH66" s="18">
         <f t="shared" si="17"/>
         <v>7565</v>
       </c>
     </row>
-    <row r="67" spans="1:34" s="37" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:34" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="38"/>
       <c r="B67" s="28"/>
       <c r="C67" s="28"/>
       <c r="D67" s="28"/>
       <c r="E67" s="28"/>
       <c r="F67" s="28"/>
       <c r="G67" s="28"/>
       <c r="H67" s="28"/>
       <c r="I67" s="28"/>
       <c r="J67" s="28"/>
       <c r="K67" s="28"/>
       <c r="L67" s="28"/>
       <c r="M67" s="28"/>
       <c r="N67" s="28"/>
       <c r="O67" s="28"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="28"/>
       <c r="R67" s="28"/>
       <c r="S67" s="28"/>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28"/>
       <c r="X67" s="28"/>
       <c r="Y67" s="28"/>
       <c r="Z67" s="28"/>
       <c r="AA67" s="28"/>
       <c r="AB67" s="28"/>
       <c r="AC67" s="28"/>
       <c r="AD67" s="28"/>
       <c r="AE67" s="28"/>
       <c r="AF67" s="28"/>
       <c r="AG67" s="28"/>
       <c r="AH67" s="28"/>
     </row>
-    <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="98"/>
       <c r="D68" s="98"/>
       <c r="E68" s="98"/>
       <c r="F68" s="98"/>
       <c r="G68" s="98"/>
       <c r="H68" s="98"/>
       <c r="I68" s="98"/>
       <c r="J68" s="98"/>
       <c r="K68" s="98"/>
       <c r="L68" s="98"/>
       <c r="M68" s="98"/>
       <c r="N68" s="98"/>
       <c r="O68" s="98"/>
       <c r="P68" s="98"/>
       <c r="Q68" s="98"/>
       <c r="R68" s="98"/>
       <c r="S68" s="98"/>
       <c r="T68" s="98"/>
       <c r="U68" s="98"/>
       <c r="V68" s="98"/>
       <c r="W68" s="98"/>
       <c r="X68" s="98"/>
       <c r="Y68" s="98"/>
       <c r="Z68" s="98"/>
       <c r="AA68" s="98"/>
       <c r="AB68" s="98"/>
       <c r="AC68" s="98"/>
       <c r="AD68" s="98"/>
       <c r="AE68" s="98"/>
       <c r="AF68" s="98"/>
       <c r="AG68" s="98"/>
       <c r="AH68" s="98"/>
     </row>
-    <row r="69" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="69" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="100"/>
       <c r="B69" s="99" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="99"/>
       <c r="D69" s="99"/>
       <c r="E69" s="99"/>
       <c r="F69" s="99"/>
       <c r="G69" s="99"/>
       <c r="H69" s="99"/>
       <c r="I69" s="99"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="99"/>
       <c r="Q69" s="99"/>
       <c r="R69" s="99"/>
       <c r="S69" s="99"/>
       <c r="T69" s="99"/>
       <c r="U69" s="99"/>
       <c r="V69" s="99"/>
       <c r="W69" s="99"/>
       <c r="X69" s="99"/>
       <c r="Y69" s="99"/>
       <c r="Z69" s="99"/>
       <c r="AA69" s="99"/>
       <c r="AB69" s="99"/>
       <c r="AC69" s="99"/>
       <c r="AD69" s="99"/>
       <c r="AE69" s="99"/>
       <c r="AF69" s="99"/>
       <c r="AG69" s="99"/>
       <c r="AH69" s="99"/>
     </row>
-    <row r="70" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="100"/>
       <c r="B70" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C70" s="91"/>
       <c r="D70" s="88"/>
       <c r="E70" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F70" s="91"/>
       <c r="G70" s="92"/>
       <c r="H70" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="91"/>
       <c r="J70" s="92"/>
       <c r="K70" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="91"/>
       <c r="M70" s="92"/>
       <c r="N70" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O70" s="91"/>
@@ -8644,51 +8680,51 @@
         <v>22</v>
       </c>
       <c r="U70" s="91"/>
       <c r="V70" s="92"/>
       <c r="W70" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X70" s="91"/>
       <c r="Y70" s="92"/>
       <c r="Z70" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA70" s="91"/>
       <c r="AB70" s="92"/>
       <c r="AC70" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD70" s="91"/>
       <c r="AE70" s="92"/>
       <c r="AF70" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG70" s="91"/>
       <c r="AH70" s="92"/>
     </row>
-    <row r="71" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A71" s="100"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
@@ -8746,51 +8782,51 @@
       <c r="AA71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>50</v>
       </c>
       <c r="C72" s="1">
         <v>67</v>
       </c>
       <c r="D72" s="16">
         <v>117</v>
       </c>
       <c r="E72" s="10">
         <v>270</v>
       </c>
       <c r="F72" s="1">
         <v>209</v>
       </c>
       <c r="G72" s="15">
         <v>479</v>
       </c>
       <c r="H72" s="10">
         <v>241</v>
       </c>
       <c r="I72" s="1">
@@ -8853,51 +8889,51 @@
       <c r="AB72" s="15">
         <v>262</v>
       </c>
       <c r="AC72" s="10">
         <v>183</v>
       </c>
       <c r="AD72" s="1">
         <v>127</v>
       </c>
       <c r="AE72" s="15">
         <v>310</v>
       </c>
       <c r="AF72" s="10">
         <f>B72+E72+H72+K72+N72+Q72+T72+W72+Z72+AC72</f>
         <v>2010</v>
       </c>
       <c r="AG72" s="1">
         <f t="shared" ref="AG72:AG77" si="19">SUM(C72,F72,I72,L72,O72,R72,U72,X72,AA72,AD72)</f>
         <v>1624</v>
       </c>
       <c r="AH72" s="15">
         <f t="shared" ref="AH72:AH77" si="20">SUM(D72,G72,J72,M72,P72,S72,V72,Y72,AB72,AE72)</f>
         <v>3634</v>
       </c>
     </row>
-    <row r="73" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>17</v>
       </c>
       <c r="C73" s="1">
         <v>22</v>
       </c>
       <c r="D73" s="16">
         <v>39</v>
       </c>
       <c r="E73" s="10">
         <v>70</v>
       </c>
       <c r="F73" s="1">
         <v>59</v>
       </c>
       <c r="G73" s="15">
         <v>129</v>
       </c>
       <c r="H73" s="10">
         <v>50</v>
       </c>
       <c r="I73" s="1">
@@ -8960,51 +8996,51 @@
       <c r="AB73" s="15">
         <v>96</v>
       </c>
       <c r="AC73" s="10">
         <v>67</v>
       </c>
       <c r="AD73" s="1">
         <v>57</v>
       </c>
       <c r="AE73" s="15">
         <v>124</v>
       </c>
       <c r="AF73" s="10">
         <f t="shared" ref="AF73:AF77" si="21">B73+E73+H73+K73+N73+Q73+T73+W73+Z73+AC73</f>
         <v>577</v>
       </c>
       <c r="AG73" s="1">
         <f t="shared" si="19"/>
         <v>536</v>
       </c>
       <c r="AH73" s="15">
         <f t="shared" si="20"/>
         <v>1113</v>
       </c>
     </row>
-    <row r="74" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>24</v>
       </c>
       <c r="C74" s="1">
         <v>33</v>
       </c>
       <c r="D74" s="16">
         <v>57</v>
       </c>
       <c r="E74" s="10">
         <v>54</v>
       </c>
       <c r="F74" s="1">
         <v>58</v>
       </c>
       <c r="G74" s="15">
         <v>112</v>
       </c>
       <c r="H74" s="10">
         <v>44</v>
       </c>
       <c r="I74" s="1">
@@ -9067,51 +9103,51 @@
       <c r="AB74" s="15">
         <v>118</v>
       </c>
       <c r="AC74" s="10">
         <v>55</v>
       </c>
       <c r="AD74" s="1">
         <v>58</v>
       </c>
       <c r="AE74" s="15">
         <v>113</v>
       </c>
       <c r="AF74" s="10">
         <f t="shared" si="21"/>
         <v>481</v>
       </c>
       <c r="AG74" s="1">
         <f t="shared" si="19"/>
         <v>552</v>
       </c>
       <c r="AH74" s="15">
         <f t="shared" si="20"/>
         <v>1033</v>
       </c>
     </row>
-    <row r="75" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>9</v>
       </c>
       <c r="C75" s="1">
         <v>10</v>
       </c>
       <c r="D75" s="16">
         <v>19</v>
       </c>
       <c r="E75" s="10">
         <v>43</v>
       </c>
       <c r="F75" s="1">
         <v>41</v>
       </c>
       <c r="G75" s="15">
         <v>84</v>
       </c>
       <c r="H75" s="10">
         <v>45</v>
       </c>
       <c r="I75" s="1">
@@ -9174,51 +9210,51 @@
       <c r="AB75" s="15">
         <v>109</v>
       </c>
       <c r="AC75" s="10">
         <v>69</v>
       </c>
       <c r="AD75" s="1">
         <v>50</v>
       </c>
       <c r="AE75" s="15">
         <v>119</v>
       </c>
       <c r="AF75" s="10">
         <f t="shared" si="21"/>
         <v>557</v>
       </c>
       <c r="AG75" s="1">
         <f t="shared" si="19"/>
         <v>446</v>
       </c>
       <c r="AH75" s="15">
         <f t="shared" si="20"/>
         <v>1003</v>
       </c>
     </row>
-    <row r="76" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="76" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="10">
         <v>12</v>
       </c>
       <c r="C76" s="1">
         <v>5</v>
       </c>
       <c r="D76" s="16">
         <v>17</v>
       </c>
       <c r="E76" s="10">
         <v>46</v>
       </c>
       <c r="F76" s="1">
         <v>36</v>
       </c>
       <c r="G76" s="15">
         <v>82</v>
       </c>
       <c r="H76" s="10">
         <v>45</v>
       </c>
       <c r="I76" s="1">
@@ -9281,51 +9317,51 @@
       <c r="AB76" s="15">
         <v>92</v>
       </c>
       <c r="AC76" s="10">
         <v>50</v>
       </c>
       <c r="AD76" s="1">
         <v>45</v>
       </c>
       <c r="AE76" s="15">
         <v>95</v>
       </c>
       <c r="AF76" s="32">
         <f t="shared" si="21"/>
         <v>498</v>
       </c>
       <c r="AG76" s="33">
         <f t="shared" si="19"/>
         <v>428</v>
       </c>
       <c r="AH76" s="34">
         <f t="shared" si="20"/>
         <v>926</v>
       </c>
     </row>
-    <row r="77" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>112</v>
       </c>
       <c r="C77" s="14">
         <v>137</v>
       </c>
       <c r="D77" s="17">
         <v>249</v>
       </c>
       <c r="E77" s="13">
         <v>483</v>
       </c>
       <c r="F77" s="14">
         <v>403</v>
       </c>
       <c r="G77" s="18">
         <v>886</v>
       </c>
       <c r="H77" s="13">
         <v>425</v>
       </c>
       <c r="I77" s="14">
@@ -9388,129 +9424,129 @@
       <c r="AB77" s="18">
         <v>677</v>
       </c>
       <c r="AC77" s="13">
         <v>424</v>
       </c>
       <c r="AD77" s="14">
         <v>337</v>
       </c>
       <c r="AE77" s="18">
         <v>761</v>
       </c>
       <c r="AF77" s="13">
         <f t="shared" si="21"/>
         <v>4123</v>
       </c>
       <c r="AG77" s="14">
         <f t="shared" si="19"/>
         <v>3586</v>
       </c>
       <c r="AH77" s="18">
         <f t="shared" si="20"/>
         <v>7709</v>
       </c>
     </row>
-    <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="98"/>
       <c r="D79" s="98"/>
       <c r="E79" s="98"/>
       <c r="F79" s="98"/>
       <c r="G79" s="98"/>
       <c r="H79" s="98"/>
       <c r="I79" s="98"/>
       <c r="J79" s="98"/>
       <c r="K79" s="98"/>
       <c r="L79" s="98"/>
       <c r="M79" s="98"/>
       <c r="N79" s="98"/>
       <c r="O79" s="98"/>
       <c r="P79" s="98"/>
       <c r="Q79" s="98"/>
       <c r="R79" s="98"/>
       <c r="S79" s="98"/>
       <c r="T79" s="98"/>
       <c r="U79" s="98"/>
       <c r="V79" s="98"/>
       <c r="W79" s="98"/>
       <c r="X79" s="98"/>
       <c r="Y79" s="98"/>
       <c r="Z79" s="98"/>
       <c r="AA79" s="98"/>
       <c r="AB79" s="98"/>
       <c r="AC79" s="98"/>
       <c r="AD79" s="98"/>
       <c r="AE79" s="98"/>
       <c r="AF79" s="98"/>
       <c r="AG79" s="98"/>
       <c r="AH79" s="98"/>
     </row>
-    <row r="80" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="80" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="100"/>
       <c r="B80" s="99" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="99"/>
       <c r="D80" s="99"/>
       <c r="E80" s="99"/>
       <c r="F80" s="99"/>
       <c r="G80" s="99"/>
       <c r="H80" s="99"/>
       <c r="I80" s="99"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="99"/>
       <c r="Q80" s="99"/>
       <c r="R80" s="99"/>
       <c r="S80" s="99"/>
       <c r="T80" s="99"/>
       <c r="U80" s="99"/>
       <c r="V80" s="99"/>
       <c r="W80" s="99"/>
       <c r="X80" s="99"/>
       <c r="Y80" s="99"/>
       <c r="Z80" s="99"/>
       <c r="AA80" s="99"/>
       <c r="AB80" s="99"/>
       <c r="AC80" s="99"/>
       <c r="AD80" s="99"/>
       <c r="AE80" s="99"/>
       <c r="AF80" s="99"/>
       <c r="AG80" s="99"/>
       <c r="AH80" s="99"/>
     </row>
-    <row r="81" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="100"/>
       <c r="B81" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C81" s="91"/>
       <c r="D81" s="88"/>
       <c r="E81" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="91"/>
       <c r="G81" s="92"/>
       <c r="H81" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="91"/>
       <c r="J81" s="92"/>
       <c r="K81" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="91"/>
       <c r="M81" s="92"/>
       <c r="N81" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O81" s="91"/>
@@ -9524,51 +9560,51 @@
         <v>22</v>
       </c>
       <c r="U81" s="91"/>
       <c r="V81" s="92"/>
       <c r="W81" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X81" s="91"/>
       <c r="Y81" s="92"/>
       <c r="Z81" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA81" s="91"/>
       <c r="AB81" s="92"/>
       <c r="AC81" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD81" s="91"/>
       <c r="AE81" s="92"/>
       <c r="AF81" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG81" s="91"/>
       <c r="AH81" s="92"/>
     </row>
-    <row r="82" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A82" s="100"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
@@ -9626,51 +9662,51 @@
       <c r="AA82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>40</v>
       </c>
       <c r="C83" s="1">
         <v>45</v>
       </c>
       <c r="D83" s="16">
         <v>85</v>
       </c>
       <c r="E83" s="10">
         <v>217</v>
       </c>
       <c r="F83" s="1">
         <v>176</v>
       </c>
       <c r="G83" s="15">
         <v>393</v>
       </c>
       <c r="H83" s="10">
         <v>181</v>
       </c>
       <c r="I83" s="1">
@@ -9733,51 +9769,51 @@
       <c r="AB83" s="15">
         <v>207</v>
       </c>
       <c r="AC83" s="10">
         <v>125</v>
       </c>
       <c r="AD83" s="1">
         <v>109</v>
       </c>
       <c r="AE83" s="15">
         <v>234</v>
       </c>
       <c r="AF83" s="10">
         <f>B83+E83+H83+K83+N83+Q83+T83+W83+Z83+AC83</f>
         <v>1619</v>
       </c>
       <c r="AG83" s="1">
         <f t="shared" ref="AG83:AG88" si="22">SUM(C83,F83,I83,L83,O83,R83,U83,X83,AA83,AD83)</f>
         <v>1374</v>
       </c>
       <c r="AH83" s="15">
         <f t="shared" ref="AH83:AH88" si="23">SUM(D83,G83,J83,M83,P83,S83,V83,Y83,AB83,AE83)</f>
         <v>2993</v>
       </c>
     </row>
-    <row r="84" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>9</v>
       </c>
       <c r="C84" s="1">
         <v>19</v>
       </c>
       <c r="D84" s="16">
         <v>28</v>
       </c>
       <c r="E84" s="10">
         <v>46</v>
       </c>
       <c r="F84" s="1">
         <v>47</v>
       </c>
       <c r="G84" s="15">
         <v>93</v>
       </c>
       <c r="H84" s="10">
         <v>55</v>
       </c>
       <c r="I84" s="1">
@@ -9840,51 +9876,51 @@
       <c r="AB84" s="15">
         <v>73</v>
       </c>
       <c r="AC84" s="10">
         <v>50</v>
       </c>
       <c r="AD84" s="1">
         <v>43</v>
       </c>
       <c r="AE84" s="15">
         <v>93</v>
       </c>
       <c r="AF84" s="10">
         <f t="shared" ref="AF84:AF88" si="24">B84+E84+H84+K84+N84+Q84+T84+W84+Z84+AC84</f>
         <v>439</v>
       </c>
       <c r="AG84" s="1">
         <f t="shared" si="22"/>
         <v>411</v>
       </c>
       <c r="AH84" s="15">
         <f t="shared" si="23"/>
         <v>850</v>
       </c>
     </row>
-    <row r="85" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>18</v>
       </c>
       <c r="C85" s="1">
         <v>14</v>
       </c>
       <c r="D85" s="16">
         <v>32</v>
       </c>
       <c r="E85" s="10">
         <v>54</v>
       </c>
       <c r="F85" s="1">
         <v>52</v>
       </c>
       <c r="G85" s="15">
         <v>106</v>
       </c>
       <c r="H85" s="10">
         <v>54</v>
       </c>
       <c r="I85" s="1">
@@ -9947,51 +9983,51 @@
       <c r="AB85" s="15">
         <v>124</v>
       </c>
       <c r="AC85" s="10">
         <v>67</v>
       </c>
       <c r="AD85" s="1">
         <v>59</v>
       </c>
       <c r="AE85" s="15">
         <v>126</v>
       </c>
       <c r="AF85" s="10">
         <f t="shared" si="24"/>
         <v>467</v>
       </c>
       <c r="AG85" s="1">
         <f t="shared" si="22"/>
         <v>460</v>
       </c>
       <c r="AH85" s="15">
         <f t="shared" si="23"/>
         <v>927</v>
       </c>
     </row>
-    <row r="86" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>6</v>
       </c>
       <c r="C86" s="1">
         <v>8</v>
       </c>
       <c r="D86" s="16">
         <v>14</v>
       </c>
       <c r="E86" s="10">
         <v>40</v>
       </c>
       <c r="F86" s="1">
         <v>49</v>
       </c>
       <c r="G86" s="15">
         <v>89</v>
       </c>
       <c r="H86" s="10">
         <v>41</v>
       </c>
       <c r="I86" s="1">
@@ -10054,51 +10090,51 @@
       <c r="AB86" s="15">
         <v>82</v>
       </c>
       <c r="AC86" s="10">
         <v>49</v>
       </c>
       <c r="AD86" s="1">
         <v>35</v>
       </c>
       <c r="AE86" s="15">
         <v>84</v>
       </c>
       <c r="AF86" s="10">
         <f t="shared" si="24"/>
         <v>412</v>
       </c>
       <c r="AG86" s="1">
         <f t="shared" si="22"/>
         <v>405</v>
       </c>
       <c r="AH86" s="15">
         <f t="shared" si="23"/>
         <v>817</v>
       </c>
     </row>
-    <row r="87" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="87" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="10">
         <v>9</v>
       </c>
       <c r="C87" s="1">
         <v>6</v>
       </c>
       <c r="D87" s="16">
         <v>15</v>
       </c>
       <c r="E87" s="10">
         <v>53</v>
       </c>
       <c r="F87" s="1">
         <v>39</v>
       </c>
       <c r="G87" s="15">
         <v>92</v>
       </c>
       <c r="H87" s="10">
         <v>35</v>
       </c>
       <c r="I87" s="1">
@@ -10161,51 +10197,51 @@
       <c r="AB87" s="15">
         <v>94</v>
       </c>
       <c r="AC87" s="10">
         <v>42</v>
       </c>
       <c r="AD87" s="1">
         <v>38</v>
       </c>
       <c r="AE87" s="15">
         <v>80</v>
       </c>
       <c r="AF87" s="32">
         <f t="shared" si="24"/>
         <v>433</v>
       </c>
       <c r="AG87" s="33">
         <f t="shared" si="22"/>
         <v>370</v>
       </c>
       <c r="AH87" s="34">
         <f t="shared" si="23"/>
         <v>803</v>
       </c>
     </row>
-    <row r="88" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="88" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>82</v>
       </c>
       <c r="C88" s="14">
         <v>92</v>
       </c>
       <c r="D88" s="17">
         <v>174</v>
       </c>
       <c r="E88" s="13">
         <v>410</v>
       </c>
       <c r="F88" s="14">
         <v>363</v>
       </c>
       <c r="G88" s="18">
         <v>773</v>
       </c>
       <c r="H88" s="13">
         <v>366</v>
       </c>
       <c r="I88" s="14">
@@ -10268,129 +10304,129 @@
       <c r="AB88" s="18">
         <v>580</v>
       </c>
       <c r="AC88" s="13">
         <v>333</v>
       </c>
       <c r="AD88" s="14">
         <v>284</v>
       </c>
       <c r="AE88" s="18">
         <v>617</v>
       </c>
       <c r="AF88" s="13">
         <f t="shared" si="24"/>
         <v>3370</v>
       </c>
       <c r="AG88" s="14">
         <f t="shared" si="22"/>
         <v>3020</v>
       </c>
       <c r="AH88" s="18">
         <f t="shared" si="23"/>
         <v>6390</v>
       </c>
     </row>
-    <row r="90" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="98"/>
       <c r="D90" s="98"/>
       <c r="E90" s="98"/>
       <c r="F90" s="98"/>
       <c r="G90" s="98"/>
       <c r="H90" s="98"/>
       <c r="I90" s="98"/>
       <c r="J90" s="98"/>
       <c r="K90" s="98"/>
       <c r="L90" s="98"/>
       <c r="M90" s="98"/>
       <c r="N90" s="98"/>
       <c r="O90" s="98"/>
       <c r="P90" s="98"/>
       <c r="Q90" s="98"/>
       <c r="R90" s="98"/>
       <c r="S90" s="98"/>
       <c r="T90" s="98"/>
       <c r="U90" s="98"/>
       <c r="V90" s="98"/>
       <c r="W90" s="98"/>
       <c r="X90" s="98"/>
       <c r="Y90" s="98"/>
       <c r="Z90" s="98"/>
       <c r="AA90" s="98"/>
       <c r="AB90" s="98"/>
       <c r="AC90" s="98"/>
       <c r="AD90" s="98"/>
       <c r="AE90" s="98"/>
       <c r="AF90" s="98"/>
       <c r="AG90" s="98"/>
       <c r="AH90" s="98"/>
     </row>
-    <row r="91" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="91" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="100"/>
       <c r="B91" s="99" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="99"/>
       <c r="D91" s="99"/>
       <c r="E91" s="99"/>
       <c r="F91" s="99"/>
       <c r="G91" s="99"/>
       <c r="H91" s="99"/>
       <c r="I91" s="99"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="99"/>
       <c r="Q91" s="99"/>
       <c r="R91" s="99"/>
       <c r="S91" s="99"/>
       <c r="T91" s="99"/>
       <c r="U91" s="99"/>
       <c r="V91" s="99"/>
       <c r="W91" s="99"/>
       <c r="X91" s="99"/>
       <c r="Y91" s="99"/>
       <c r="Z91" s="99"/>
       <c r="AA91" s="99"/>
       <c r="AB91" s="99"/>
       <c r="AC91" s="99"/>
       <c r="AD91" s="99"/>
       <c r="AE91" s="99"/>
       <c r="AF91" s="99"/>
       <c r="AG91" s="99"/>
       <c r="AH91" s="99"/>
     </row>
-    <row r="92" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="100"/>
       <c r="B92" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C92" s="91"/>
       <c r="D92" s="88"/>
       <c r="E92" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F92" s="91"/>
       <c r="G92" s="92"/>
       <c r="H92" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="91"/>
       <c r="J92" s="92"/>
       <c r="K92" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="91"/>
       <c r="M92" s="92"/>
       <c r="N92" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O92" s="91"/>
@@ -10404,51 +10440,51 @@
         <v>22</v>
       </c>
       <c r="U92" s="91"/>
       <c r="V92" s="92"/>
       <c r="W92" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X92" s="91"/>
       <c r="Y92" s="92"/>
       <c r="Z92" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA92" s="91"/>
       <c r="AB92" s="92"/>
       <c r="AC92" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD92" s="91"/>
       <c r="AE92" s="92"/>
       <c r="AF92" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG92" s="91"/>
       <c r="AH92" s="92"/>
     </row>
-    <row r="93" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A93" s="100"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
@@ -10506,51 +10542,51 @@
       <c r="AA93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="10">
         <v>55</v>
       </c>
       <c r="C94" s="1">
         <v>32</v>
       </c>
       <c r="D94" s="16">
         <v>87</v>
       </c>
       <c r="E94" s="10">
         <v>282</v>
       </c>
       <c r="F94" s="1">
         <v>220</v>
       </c>
       <c r="G94" s="15">
         <v>502</v>
       </c>
       <c r="H94" s="10">
         <v>216</v>
       </c>
       <c r="I94" s="1">
@@ -10613,51 +10649,51 @@
       <c r="AB94" s="15">
         <v>265</v>
       </c>
       <c r="AC94" s="10">
         <v>164</v>
       </c>
       <c r="AD94" s="1">
         <v>110</v>
       </c>
       <c r="AE94" s="15">
         <v>274</v>
       </c>
       <c r="AF94" s="10">
         <f>B94+E94+H94+K94+N94+Q94+T94+W94+Z94+AC94</f>
         <v>1893</v>
       </c>
       <c r="AG94" s="1">
         <f t="shared" ref="AG94:AG99" si="25">SUM(C94,F94,I94,L94,O94,R94,U94,X94,AA94,AD94)</f>
         <v>1511</v>
       </c>
       <c r="AH94" s="15">
         <f t="shared" ref="AH94:AH99" si="26">SUM(D94,G94,J94,M94,P94,S94,V94,Y94,AB94,AE94)</f>
         <v>3404</v>
       </c>
     </row>
-    <row r="95" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>25</v>
       </c>
       <c r="C95" s="1">
         <v>17</v>
       </c>
       <c r="D95" s="16">
         <v>42</v>
       </c>
       <c r="E95" s="10">
         <v>80</v>
       </c>
       <c r="F95" s="1">
         <v>50</v>
       </c>
       <c r="G95" s="15">
         <v>130</v>
       </c>
       <c r="H95" s="10">
         <v>59</v>
       </c>
       <c r="I95" s="1">
@@ -10720,51 +10756,51 @@
       <c r="AB95" s="15">
         <v>101</v>
       </c>
       <c r="AC95" s="10">
         <v>53</v>
       </c>
       <c r="AD95" s="1">
         <v>49</v>
       </c>
       <c r="AE95" s="15">
         <v>102</v>
       </c>
       <c r="AF95" s="10">
         <f t="shared" ref="AF95:AF99" si="27">B95+E95+H95+K95+N95+Q95+T95+W95+Z95+AC95</f>
         <v>566</v>
       </c>
       <c r="AG95" s="1">
         <f t="shared" si="25"/>
         <v>471</v>
       </c>
       <c r="AH95" s="15">
         <f t="shared" si="26"/>
         <v>1037</v>
       </c>
     </row>
-    <row r="96" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>20</v>
       </c>
       <c r="C96" s="1">
         <v>15</v>
       </c>
       <c r="D96" s="16">
         <v>35</v>
       </c>
       <c r="E96" s="10">
         <v>56</v>
       </c>
       <c r="F96" s="1">
         <v>40</v>
       </c>
       <c r="G96" s="15">
         <v>96</v>
       </c>
       <c r="H96" s="10">
         <v>53</v>
       </c>
       <c r="I96" s="1">
@@ -10827,51 +10863,51 @@
       <c r="AB96" s="15">
         <v>125</v>
       </c>
       <c r="AC96" s="10">
         <v>89</v>
       </c>
       <c r="AD96" s="1">
         <v>62</v>
       </c>
       <c r="AE96" s="15">
         <v>151</v>
       </c>
       <c r="AF96" s="10">
         <f t="shared" si="27"/>
         <v>588</v>
       </c>
       <c r="AG96" s="1">
         <f t="shared" si="25"/>
         <v>480</v>
       </c>
       <c r="AH96" s="15">
         <f t="shared" si="26"/>
         <v>1068</v>
       </c>
     </row>
-    <row r="97" spans="1:35" s="37" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:35" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B97" s="53">
         <v>17</v>
       </c>
       <c r="C97" s="54">
         <v>13</v>
       </c>
       <c r="D97" s="58">
         <v>30</v>
       </c>
       <c r="E97" s="53">
         <v>60</v>
       </c>
       <c r="F97" s="54">
         <v>54</v>
       </c>
       <c r="G97" s="55">
         <v>114</v>
       </c>
       <c r="H97" s="53">
         <v>39</v>
       </c>
       <c r="I97" s="54">
@@ -10935,51 +10971,51 @@
         <v>97</v>
       </c>
       <c r="AC97" s="53">
         <v>52</v>
       </c>
       <c r="AD97" s="54">
         <v>50</v>
       </c>
       <c r="AE97" s="55">
         <v>102</v>
       </c>
       <c r="AF97" s="10">
         <f t="shared" si="27"/>
         <v>499</v>
       </c>
       <c r="AG97" s="54">
         <f t="shared" si="25"/>
         <v>449</v>
       </c>
       <c r="AH97" s="55">
         <f t="shared" si="26"/>
         <v>948</v>
       </c>
       <c r="AI97"/>
     </row>
-    <row r="98" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="98" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="10">
         <v>9</v>
       </c>
       <c r="C98" s="1">
         <v>9</v>
       </c>
       <c r="D98" s="16">
         <v>18</v>
       </c>
       <c r="E98" s="10">
         <v>54</v>
       </c>
       <c r="F98" s="1">
         <v>52</v>
       </c>
       <c r="G98" s="15">
         <v>106</v>
       </c>
       <c r="H98" s="10">
         <v>48</v>
       </c>
       <c r="I98" s="1">
@@ -11042,51 +11078,51 @@
       <c r="AB98" s="15">
         <v>77</v>
       </c>
       <c r="AC98" s="10">
         <v>46</v>
       </c>
       <c r="AD98" s="1">
         <v>48</v>
       </c>
       <c r="AE98" s="15">
         <v>94</v>
       </c>
       <c r="AF98" s="32">
         <f t="shared" si="27"/>
         <v>484</v>
       </c>
       <c r="AG98" s="33">
         <f t="shared" si="25"/>
         <v>420</v>
       </c>
       <c r="AH98" s="34">
         <f t="shared" si="26"/>
         <v>904</v>
       </c>
     </row>
-    <row r="99" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="99" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>126</v>
       </c>
       <c r="C99" s="14">
         <v>86</v>
       </c>
       <c r="D99" s="17">
         <v>212</v>
       </c>
       <c r="E99" s="13">
         <v>532</v>
       </c>
       <c r="F99" s="14">
         <v>416</v>
       </c>
       <c r="G99" s="18">
         <v>948</v>
       </c>
       <c r="H99" s="13">
         <v>415</v>
       </c>
       <c r="I99" s="14">
@@ -11149,130 +11185,129 @@
       <c r="AB99" s="18">
         <v>665</v>
       </c>
       <c r="AC99" s="13">
         <v>404</v>
       </c>
       <c r="AD99" s="14">
         <v>319</v>
       </c>
       <c r="AE99" s="18">
         <v>723</v>
       </c>
       <c r="AF99" s="13">
         <f t="shared" si="27"/>
         <v>4030</v>
       </c>
       <c r="AG99" s="14">
         <f t="shared" si="25"/>
         <v>3331</v>
       </c>
       <c r="AH99" s="18">
         <f t="shared" si="26"/>
         <v>7361</v>
       </c>
     </row>
-    <row r="100" spans="1:35" hidden="1" x14ac:dyDescent="0.35"/>
-    <row r="101" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="98"/>
       <c r="D101" s="98"/>
       <c r="E101" s="98"/>
       <c r="F101" s="98"/>
       <c r="G101" s="98"/>
       <c r="H101" s="98"/>
       <c r="I101" s="98"/>
       <c r="J101" s="98"/>
       <c r="K101" s="98"/>
       <c r="L101" s="98"/>
       <c r="M101" s="98"/>
       <c r="N101" s="98"/>
       <c r="O101" s="98"/>
       <c r="P101" s="98"/>
       <c r="Q101" s="98"/>
       <c r="R101" s="98"/>
       <c r="S101" s="98"/>
       <c r="T101" s="98"/>
       <c r="U101" s="98"/>
       <c r="V101" s="98"/>
       <c r="W101" s="98"/>
       <c r="X101" s="98"/>
       <c r="Y101" s="98"/>
       <c r="Z101" s="98"/>
       <c r="AA101" s="98"/>
       <c r="AB101" s="98"/>
       <c r="AC101" s="98"/>
       <c r="AD101" s="98"/>
       <c r="AE101" s="98"/>
       <c r="AF101" s="98"/>
       <c r="AG101" s="98"/>
       <c r="AH101" s="98"/>
     </row>
-    <row r="102" spans="1:35" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="102" spans="1:35" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="100"/>
       <c r="B102" s="99" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="99"/>
       <c r="D102" s="99"/>
       <c r="E102" s="99"/>
       <c r="F102" s="99"/>
       <c r="G102" s="99"/>
       <c r="H102" s="99"/>
       <c r="I102" s="99"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="99"/>
       <c r="Q102" s="99"/>
       <c r="R102" s="99"/>
       <c r="S102" s="99"/>
       <c r="T102" s="99"/>
       <c r="U102" s="99"/>
       <c r="V102" s="99"/>
       <c r="W102" s="99"/>
       <c r="X102" s="99"/>
       <c r="Y102" s="99"/>
       <c r="Z102" s="99"/>
       <c r="AA102" s="99"/>
       <c r="AB102" s="99"/>
       <c r="AC102" s="99"/>
       <c r="AD102" s="99"/>
       <c r="AE102" s="99"/>
       <c r="AF102" s="99"/>
       <c r="AG102" s="99"/>
       <c r="AH102" s="99"/>
     </row>
-    <row r="103" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="100"/>
       <c r="B103" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C103" s="91"/>
       <c r="D103" s="88"/>
       <c r="E103" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F103" s="91"/>
       <c r="G103" s="92"/>
       <c r="H103" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="91"/>
       <c r="J103" s="92"/>
       <c r="K103" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="91"/>
       <c r="M103" s="92"/>
       <c r="N103" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O103" s="91"/>
@@ -11286,51 +11321,51 @@
         <v>22</v>
       </c>
       <c r="U103" s="91"/>
       <c r="V103" s="92"/>
       <c r="W103" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X103" s="91"/>
       <c r="Y103" s="92"/>
       <c r="Z103" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA103" s="91"/>
       <c r="AB103" s="92"/>
       <c r="AC103" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD103" s="91"/>
       <c r="AE103" s="92"/>
       <c r="AF103" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG103" s="91"/>
       <c r="AH103" s="92"/>
     </row>
-    <row r="104" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A104" s="100"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
@@ -11388,412 +11423,772 @@
       <c r="AA104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B105" s="10"/>
-[...28 lines deleted...]
-      <c r="AE105" s="15"/>
+      <c r="B105" s="10">
+        <v>47</v>
+      </c>
+      <c r="C105" s="1">
+        <v>39</v>
+      </c>
+      <c r="D105" s="16">
+        <v>86</v>
+      </c>
+      <c r="E105" s="10">
+        <v>254</v>
+      </c>
+      <c r="F105" s="1">
+        <v>192</v>
+      </c>
+      <c r="G105" s="15">
+        <v>446</v>
+      </c>
+      <c r="H105" s="10">
+        <v>197</v>
+      </c>
+      <c r="I105" s="1">
+        <v>173</v>
+      </c>
+      <c r="J105" s="15">
+        <v>370</v>
+      </c>
+      <c r="K105" s="10">
+        <v>236</v>
+      </c>
+      <c r="L105" s="1">
+        <v>212</v>
+      </c>
+      <c r="M105" s="15">
+        <v>448</v>
+      </c>
+      <c r="N105" s="10">
+        <v>259</v>
+      </c>
+      <c r="O105" s="1">
+        <v>212</v>
+      </c>
+      <c r="P105" s="15">
+        <v>471</v>
+      </c>
+      <c r="Q105" s="10">
+        <v>232</v>
+      </c>
+      <c r="R105" s="1">
+        <v>180</v>
+      </c>
+      <c r="S105" s="15">
+        <v>412</v>
+      </c>
+      <c r="T105" s="10">
+        <v>182</v>
+      </c>
+      <c r="U105" s="1">
+        <v>140</v>
+      </c>
+      <c r="V105" s="15">
+        <v>322</v>
+      </c>
+      <c r="W105" s="10">
+        <v>154</v>
+      </c>
+      <c r="X105" s="1">
+        <v>148</v>
+      </c>
+      <c r="Y105" s="15">
+        <v>302</v>
+      </c>
+      <c r="Z105" s="10">
+        <v>136</v>
+      </c>
+      <c r="AA105" s="1">
+        <v>115</v>
+      </c>
+      <c r="AB105" s="15">
+        <v>251</v>
+      </c>
+      <c r="AC105" s="10">
+        <v>139</v>
+      </c>
+      <c r="AD105" s="1">
+        <v>107</v>
+      </c>
+      <c r="AE105" s="15">
+        <v>246</v>
+      </c>
       <c r="AF105" s="10">
         <f t="shared" ref="AF105:AG110" si="28">SUM(B105,E105,H105,K105,N105,Q105,T105,W105,Z105,AC105)</f>
-        <v>0</v>
+        <v>1836</v>
       </c>
       <c r="AG105" s="1">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>1518</v>
       </c>
       <c r="AH105" s="15">
         <f t="shared" ref="AH105:AH110" si="29">SUM(D105,G105,J105,M105,P105,S105,V105,Y105,AB105,AE105)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="106" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B106" s="10"/>
-[...28 lines deleted...]
-      <c r="AE106" s="15"/>
+      <c r="B106" s="10">
+        <v>11</v>
+      </c>
+      <c r="C106" s="1">
+        <v>12</v>
+      </c>
+      <c r="D106" s="16">
+        <v>23</v>
+      </c>
+      <c r="E106" s="10">
+        <v>71</v>
+      </c>
+      <c r="F106" s="1">
+        <v>54</v>
+      </c>
+      <c r="G106" s="15">
+        <v>125</v>
+      </c>
+      <c r="H106" s="10">
+        <v>53</v>
+      </c>
+      <c r="I106" s="1">
+        <v>42</v>
+      </c>
+      <c r="J106" s="15">
+        <v>95</v>
+      </c>
+      <c r="K106" s="10">
+        <v>67</v>
+      </c>
+      <c r="L106" s="1">
+        <v>60</v>
+      </c>
+      <c r="M106" s="15">
+        <v>127</v>
+      </c>
+      <c r="N106" s="10">
+        <v>77</v>
+      </c>
+      <c r="O106" s="1">
+        <v>66</v>
+      </c>
+      <c r="P106" s="15">
+        <v>143</v>
+      </c>
+      <c r="Q106" s="10">
+        <v>78</v>
+      </c>
+      <c r="R106" s="1">
+        <v>61</v>
+      </c>
+      <c r="S106" s="15">
+        <v>139</v>
+      </c>
+      <c r="T106" s="10">
+        <v>66</v>
+      </c>
+      <c r="U106" s="1">
+        <v>63</v>
+      </c>
+      <c r="V106" s="15">
+        <v>129</v>
+      </c>
+      <c r="W106" s="10">
+        <v>57</v>
+      </c>
+      <c r="X106" s="1">
+        <v>65</v>
+      </c>
+      <c r="Y106" s="15">
+        <v>122</v>
+      </c>
+      <c r="Z106" s="10">
+        <v>47</v>
+      </c>
+      <c r="AA106" s="1">
+        <v>64</v>
+      </c>
+      <c r="AB106" s="15">
+        <v>111</v>
+      </c>
+      <c r="AC106" s="10">
+        <v>59</v>
+      </c>
+      <c r="AD106" s="1">
+        <v>62</v>
+      </c>
+      <c r="AE106" s="15">
+        <v>121</v>
+      </c>
       <c r="AF106" s="10">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>586</v>
       </c>
       <c r="AG106" s="1">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>549</v>
       </c>
       <c r="AH106" s="15">
         <f t="shared" si="29"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="107" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B107" s="10"/>
-[...28 lines deleted...]
-      <c r="AE107" s="15"/>
+      <c r="B107" s="10">
+        <v>9</v>
+      </c>
+      <c r="C107" s="1">
+        <v>16</v>
+      </c>
+      <c r="D107" s="16">
+        <v>25</v>
+      </c>
+      <c r="E107" s="10">
+        <v>59</v>
+      </c>
+      <c r="F107" s="1">
+        <v>68</v>
+      </c>
+      <c r="G107" s="15">
+        <v>127</v>
+      </c>
+      <c r="H107" s="10">
+        <v>41</v>
+      </c>
+      <c r="I107" s="1">
+        <v>32</v>
+      </c>
+      <c r="J107" s="15">
+        <v>73</v>
+      </c>
+      <c r="K107" s="10">
+        <v>42</v>
+      </c>
+      <c r="L107" s="1">
+        <v>46</v>
+      </c>
+      <c r="M107" s="15">
+        <v>88</v>
+      </c>
+      <c r="N107" s="10">
+        <v>56</v>
+      </c>
+      <c r="O107" s="1">
+        <v>64</v>
+      </c>
+      <c r="P107" s="15">
+        <v>120</v>
+      </c>
+      <c r="Q107" s="10">
+        <v>43</v>
+      </c>
+      <c r="R107" s="1">
+        <v>55</v>
+      </c>
+      <c r="S107" s="15">
+        <v>98</v>
+      </c>
+      <c r="T107" s="10">
+        <v>48</v>
+      </c>
+      <c r="U107" s="1">
+        <v>70</v>
+      </c>
+      <c r="V107" s="15">
+        <v>118</v>
+      </c>
+      <c r="W107" s="10">
+        <v>50</v>
+      </c>
+      <c r="X107" s="1">
+        <v>71</v>
+      </c>
+      <c r="Y107" s="15">
+        <v>121</v>
+      </c>
+      <c r="Z107" s="10">
+        <v>62</v>
+      </c>
+      <c r="AA107" s="1">
+        <v>67</v>
+      </c>
+      <c r="AB107" s="15">
+        <v>129</v>
+      </c>
+      <c r="AC107" s="10">
+        <v>72</v>
+      </c>
+      <c r="AD107" s="1">
+        <v>68</v>
+      </c>
+      <c r="AE107" s="15">
+        <v>140</v>
+      </c>
       <c r="AF107" s="10">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="AG107" s="1">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>557</v>
       </c>
       <c r="AH107" s="15">
         <f t="shared" si="29"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:35" hidden="1" x14ac:dyDescent="0.35">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="108" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B108" s="10"/>
-[...28 lines deleted...]
-      <c r="AE108" s="15"/>
+      <c r="B108" s="10">
+        <v>9</v>
+      </c>
+      <c r="C108" s="1">
+        <v>13</v>
+      </c>
+      <c r="D108" s="16">
+        <v>22</v>
+      </c>
+      <c r="E108" s="10">
+        <v>53</v>
+      </c>
+      <c r="F108" s="1">
+        <v>54</v>
+      </c>
+      <c r="G108" s="15">
+        <v>107</v>
+      </c>
+      <c r="H108" s="10">
+        <v>44</v>
+      </c>
+      <c r="I108" s="1">
+        <v>31</v>
+      </c>
+      <c r="J108" s="15">
+        <v>75</v>
+      </c>
+      <c r="K108" s="10">
+        <v>64</v>
+      </c>
+      <c r="L108" s="1">
+        <v>49</v>
+      </c>
+      <c r="M108" s="15">
+        <v>113</v>
+      </c>
+      <c r="N108" s="10">
+        <v>82</v>
+      </c>
+      <c r="O108" s="1">
+        <v>74</v>
+      </c>
+      <c r="P108" s="15">
+        <v>156</v>
+      </c>
+      <c r="Q108" s="10">
+        <v>58</v>
+      </c>
+      <c r="R108" s="1">
+        <v>57</v>
+      </c>
+      <c r="S108" s="15">
+        <v>115</v>
+      </c>
+      <c r="T108" s="10">
+        <v>39</v>
+      </c>
+      <c r="U108" s="1">
+        <v>48</v>
+      </c>
+      <c r="V108" s="15">
+        <v>87</v>
+      </c>
+      <c r="W108" s="10">
+        <v>46</v>
+      </c>
+      <c r="X108" s="1">
+        <v>48</v>
+      </c>
+      <c r="Y108" s="15">
+        <v>94</v>
+      </c>
+      <c r="Z108" s="10">
+        <v>49</v>
+      </c>
+      <c r="AA108" s="1">
+        <v>52</v>
+      </c>
+      <c r="AB108" s="15">
+        <v>101</v>
+      </c>
+      <c r="AC108" s="10">
+        <v>41</v>
+      </c>
+      <c r="AD108" s="1">
+        <v>56</v>
+      </c>
+      <c r="AE108" s="15">
+        <v>97</v>
+      </c>
       <c r="AF108" s="10">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>485</v>
       </c>
       <c r="AG108" s="1">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="AH108" s="15">
         <f t="shared" si="29"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:35" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="109" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B109" s="10"/>
-[...28 lines deleted...]
-      <c r="AE109" s="15"/>
+      <c r="B109" s="10">
+        <v>8</v>
+      </c>
+      <c r="C109" s="1">
+        <v>13</v>
+      </c>
+      <c r="D109" s="16">
+        <v>21</v>
+      </c>
+      <c r="E109" s="10">
+        <v>51</v>
+      </c>
+      <c r="F109" s="1">
+        <v>42</v>
+      </c>
+      <c r="G109" s="15">
+        <v>93</v>
+      </c>
+      <c r="H109" s="10">
+        <v>49</v>
+      </c>
+      <c r="I109" s="1">
+        <v>37</v>
+      </c>
+      <c r="J109" s="15">
+        <v>86</v>
+      </c>
+      <c r="K109" s="10">
+        <v>56</v>
+      </c>
+      <c r="L109" s="1">
+        <v>41</v>
+      </c>
+      <c r="M109" s="15">
+        <v>97</v>
+      </c>
+      <c r="N109" s="10">
+        <v>56</v>
+      </c>
+      <c r="O109" s="1">
+        <v>49</v>
+      </c>
+      <c r="P109" s="15">
+        <v>105</v>
+      </c>
+      <c r="Q109" s="10">
+        <v>40</v>
+      </c>
+      <c r="R109" s="1">
+        <v>49</v>
+      </c>
+      <c r="S109" s="15">
+        <v>89</v>
+      </c>
+      <c r="T109" s="10">
+        <v>47</v>
+      </c>
+      <c r="U109" s="1">
+        <v>46</v>
+      </c>
+      <c r="V109" s="15">
+        <v>93</v>
+      </c>
+      <c r="W109" s="10">
+        <v>50</v>
+      </c>
+      <c r="X109" s="1">
+        <v>54</v>
+      </c>
+      <c r="Y109" s="15">
+        <v>104</v>
+      </c>
+      <c r="Z109" s="10">
+        <v>39</v>
+      </c>
+      <c r="AA109" s="1">
+        <v>43</v>
+      </c>
+      <c r="AB109" s="15">
+        <v>82</v>
+      </c>
+      <c r="AC109" s="10">
+        <v>43</v>
+      </c>
+      <c r="AD109" s="1">
+        <v>53</v>
+      </c>
+      <c r="AE109" s="15">
+        <v>96</v>
+      </c>
       <c r="AF109" s="10">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>439</v>
       </c>
       <c r="AG109" s="1">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="AH109" s="15">
         <f t="shared" si="29"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:35" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="110" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B110" s="13"/>
-[...28 lines deleted...]
-      <c r="AE110" s="18"/>
+      <c r="B110" s="13">
+        <v>84</v>
+      </c>
+      <c r="C110" s="14">
+        <v>93</v>
+      </c>
+      <c r="D110" s="17">
+        <v>177</v>
+      </c>
+      <c r="E110" s="13">
+        <v>488</v>
+      </c>
+      <c r="F110" s="14">
+        <v>410</v>
+      </c>
+      <c r="G110" s="18">
+        <v>898</v>
+      </c>
+      <c r="H110" s="13">
+        <v>384</v>
+      </c>
+      <c r="I110" s="14">
+        <v>315</v>
+      </c>
+      <c r="J110" s="18">
+        <v>699</v>
+      </c>
+      <c r="K110" s="13">
+        <v>465</v>
+      </c>
+      <c r="L110" s="14">
+        <v>408</v>
+      </c>
+      <c r="M110" s="18">
+        <v>873</v>
+      </c>
+      <c r="N110" s="13">
+        <v>530</v>
+      </c>
+      <c r="O110" s="14">
+        <v>465</v>
+      </c>
+      <c r="P110" s="18">
+        <v>995</v>
+      </c>
+      <c r="Q110" s="13">
+        <v>451</v>
+      </c>
+      <c r="R110" s="14">
+        <v>402</v>
+      </c>
+      <c r="S110" s="18">
+        <v>853</v>
+      </c>
+      <c r="T110" s="13">
+        <v>382</v>
+      </c>
+      <c r="U110" s="14">
+        <v>367</v>
+      </c>
+      <c r="V110" s="18">
+        <v>749</v>
+      </c>
+      <c r="W110" s="13">
+        <v>357</v>
+      </c>
+      <c r="X110" s="14">
+        <v>386</v>
+      </c>
+      <c r="Y110" s="18">
+        <v>743</v>
+      </c>
+      <c r="Z110" s="13">
+        <v>333</v>
+      </c>
+      <c r="AA110" s="14">
+        <v>341</v>
+      </c>
+      <c r="AB110" s="18">
+        <v>674</v>
+      </c>
+      <c r="AC110" s="13">
+        <v>354</v>
+      </c>
+      <c r="AD110" s="14">
+        <v>346</v>
+      </c>
+      <c r="AE110" s="18">
+        <v>700</v>
+      </c>
       <c r="AF110" s="13">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>3828</v>
       </c>
       <c r="AG110" s="14">
         <f t="shared" si="28"/>
-        <v>0</v>
+        <v>3533</v>
       </c>
       <c r="AH110" s="18">
         <f t="shared" si="29"/>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="112" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+        <v>7361</v>
+      </c>
+    </row>
+    <row r="111" spans="1:35" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="1:35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="98"/>
       <c r="D112" s="98"/>
       <c r="E112" s="98"/>
       <c r="F112" s="98"/>
       <c r="G112" s="98"/>
       <c r="H112" s="98"/>
       <c r="I112" s="98"/>
       <c r="J112" s="98"/>
       <c r="K112" s="98"/>
       <c r="L112" s="98"/>
       <c r="M112" s="98"/>
       <c r="N112" s="98"/>
       <c r="O112" s="98"/>
       <c r="P112" s="98"/>
       <c r="Q112" s="98"/>
       <c r="R112" s="98"/>
       <c r="S112" s="98"/>
       <c r="T112" s="98"/>
       <c r="U112" s="98"/>
       <c r="V112" s="98"/>
       <c r="W112" s="98"/>
       <c r="X112" s="98"/>
       <c r="Y112" s="98"/>
       <c r="Z112" s="98"/>
       <c r="AA112" s="98"/>
       <c r="AB112" s="98"/>
       <c r="AC112" s="98"/>
       <c r="AD112" s="98"/>
       <c r="AE112" s="98"/>
       <c r="AF112" s="98"/>
       <c r="AG112" s="98"/>
       <c r="AH112" s="98"/>
     </row>
-    <row r="113" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="113" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A113" s="100"/>
       <c r="B113" s="99" t="s">
         <v>11</v>
       </c>
       <c r="C113" s="99"/>
       <c r="D113" s="99"/>
       <c r="E113" s="99"/>
       <c r="F113" s="99"/>
       <c r="G113" s="99"/>
       <c r="H113" s="99"/>
       <c r="I113" s="99"/>
       <c r="J113" s="99"/>
       <c r="K113" s="99"/>
       <c r="L113" s="99"/>
       <c r="M113" s="99"/>
       <c r="N113" s="99"/>
       <c r="O113" s="99"/>
       <c r="P113" s="99"/>
       <c r="Q113" s="99"/>
       <c r="R113" s="99"/>
       <c r="S113" s="99"/>
       <c r="T113" s="99"/>
       <c r="U113" s="99"/>
       <c r="V113" s="99"/>
       <c r="W113" s="99"/>
       <c r="X113" s="99"/>
       <c r="Y113" s="99"/>
       <c r="Z113" s="99"/>
       <c r="AA113" s="99"/>
       <c r="AB113" s="99"/>
       <c r="AC113" s="99"/>
       <c r="AD113" s="99"/>
       <c r="AE113" s="99"/>
       <c r="AF113" s="99"/>
       <c r="AG113" s="99"/>
       <c r="AH113" s="99"/>
     </row>
-    <row r="114" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="100"/>
       <c r="B114" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C114" s="91"/>
       <c r="D114" s="88"/>
       <c r="E114" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F114" s="91"/>
       <c r="G114" s="92"/>
       <c r="H114" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="91"/>
       <c r="J114" s="92"/>
       <c r="K114" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="91"/>
       <c r="M114" s="92"/>
       <c r="N114" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O114" s="91"/>
@@ -11807,51 +12202,51 @@
         <v>22</v>
       </c>
       <c r="U114" s="91"/>
       <c r="V114" s="92"/>
       <c r="W114" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X114" s="91"/>
       <c r="Y114" s="92"/>
       <c r="Z114" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA114" s="91"/>
       <c r="AB114" s="92"/>
       <c r="AC114" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD114" s="91"/>
       <c r="AE114" s="92"/>
       <c r="AF114" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG114" s="91"/>
       <c r="AH114" s="92"/>
     </row>
-    <row r="115" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A115" s="100"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
@@ -11909,412 +12304,412 @@
       <c r="AA115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="1"/>
       <c r="D116" s="16"/>
       <c r="E116" s="10"/>
       <c r="F116" s="1"/>
       <c r="G116" s="15"/>
       <c r="H116" s="10"/>
       <c r="I116" s="1"/>
       <c r="J116" s="15"/>
       <c r="K116" s="10"/>
       <c r="L116" s="1"/>
       <c r="M116" s="15"/>
       <c r="N116" s="10"/>
       <c r="O116" s="1"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="10"/>
       <c r="R116" s="1"/>
       <c r="S116" s="15"/>
       <c r="T116" s="10"/>
       <c r="U116" s="1"/>
       <c r="V116" s="15"/>
       <c r="W116" s="10"/>
       <c r="X116" s="1"/>
       <c r="Y116" s="15"/>
       <c r="Z116" s="10"/>
       <c r="AA116" s="1"/>
       <c r="AB116" s="15"/>
       <c r="AC116" s="10"/>
       <c r="AD116" s="1"/>
       <c r="AE116" s="15"/>
       <c r="AF116" s="10">
         <f>SUM(B116,E116,H116,K116,N116,Q116,T116,W116,Z116,AC116)</f>
         <v>0</v>
       </c>
       <c r="AG116" s="1">
         <f t="shared" ref="AG116:AG121" si="30">SUM(C116,F116,I116,L116,O116,R116,U116,X116,AA116,AD116)</f>
         <v>0</v>
       </c>
       <c r="AH116" s="15">
         <f t="shared" ref="AH116:AH121" si="31">SUM(D116,G116,J116,M116,P116,S116,V116,Y116,AB116,AE116)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="1"/>
       <c r="D117" s="16"/>
       <c r="E117" s="10"/>
       <c r="F117" s="1"/>
       <c r="G117" s="15"/>
       <c r="H117" s="10"/>
       <c r="I117" s="1"/>
       <c r="J117" s="15"/>
       <c r="K117" s="10"/>
       <c r="L117" s="1"/>
       <c r="M117" s="15"/>
       <c r="N117" s="10"/>
       <c r="O117" s="1"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="10"/>
       <c r="R117" s="1"/>
       <c r="S117" s="15"/>
       <c r="T117" s="10"/>
       <c r="U117" s="1"/>
       <c r="V117" s="15"/>
       <c r="W117" s="10"/>
       <c r="X117" s="1"/>
       <c r="Y117" s="15"/>
       <c r="Z117" s="10"/>
       <c r="AA117" s="1"/>
       <c r="AB117" s="15"/>
       <c r="AC117" s="10"/>
       <c r="AD117" s="1"/>
       <c r="AE117" s="15"/>
       <c r="AF117" s="10">
         <f t="shared" ref="AF117:AF121" si="32">SUM(B117,E117,H117,K117,N117,Q117,T117,W117,Z117,AC117)</f>
         <v>0</v>
       </c>
       <c r="AG117" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH117" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="16"/>
       <c r="E118" s="10"/>
       <c r="F118" s="1"/>
       <c r="G118" s="15"/>
       <c r="H118" s="10"/>
       <c r="I118" s="1"/>
       <c r="J118" s="15"/>
       <c r="K118" s="10"/>
       <c r="L118" s="1"/>
       <c r="M118" s="15"/>
       <c r="N118" s="10"/>
       <c r="O118" s="1"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="10"/>
       <c r="R118" s="1"/>
       <c r="S118" s="15"/>
       <c r="T118" s="10"/>
       <c r="U118" s="1"/>
       <c r="V118" s="15"/>
       <c r="W118" s="10"/>
       <c r="X118" s="1"/>
       <c r="Y118" s="15"/>
       <c r="Z118" s="10"/>
       <c r="AA118" s="1"/>
       <c r="AB118" s="15"/>
       <c r="AC118" s="10"/>
       <c r="AD118" s="1"/>
       <c r="AE118" s="15"/>
       <c r="AF118" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG118" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH118" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="16"/>
       <c r="E119" s="10"/>
       <c r="F119" s="1"/>
       <c r="G119" s="15"/>
       <c r="H119" s="10"/>
       <c r="I119" s="1"/>
       <c r="J119" s="15"/>
       <c r="K119" s="10"/>
       <c r="L119" s="1"/>
       <c r="M119" s="15"/>
       <c r="N119" s="10"/>
       <c r="O119" s="1"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="10"/>
       <c r="R119" s="1"/>
       <c r="S119" s="15"/>
       <c r="T119" s="10"/>
       <c r="U119" s="1"/>
       <c r="V119" s="15"/>
       <c r="W119" s="10"/>
       <c r="X119" s="1"/>
       <c r="Y119" s="15"/>
       <c r="Z119" s="10"/>
       <c r="AA119" s="1"/>
       <c r="AB119" s="15"/>
       <c r="AC119" s="10"/>
       <c r="AD119" s="1"/>
       <c r="AE119" s="15"/>
       <c r="AF119" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG119" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH119" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="120" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="1"/>
       <c r="D120" s="16"/>
       <c r="E120" s="10"/>
       <c r="F120" s="1"/>
       <c r="G120" s="15"/>
       <c r="H120" s="10"/>
       <c r="I120" s="1"/>
       <c r="J120" s="15"/>
       <c r="K120" s="10"/>
       <c r="L120" s="1"/>
       <c r="M120" s="15"/>
       <c r="N120" s="10"/>
       <c r="O120" s="1"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="10"/>
       <c r="R120" s="1"/>
       <c r="S120" s="15"/>
       <c r="T120" s="10"/>
       <c r="U120" s="1"/>
       <c r="V120" s="15"/>
       <c r="W120" s="10"/>
       <c r="X120" s="1"/>
       <c r="Y120" s="15"/>
       <c r="Z120" s="10"/>
       <c r="AA120" s="1"/>
       <c r="AB120" s="15"/>
       <c r="AC120" s="10"/>
       <c r="AD120" s="1"/>
       <c r="AE120" s="15"/>
       <c r="AF120" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG120" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH120" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="121" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="121" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="17"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="18"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="18"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="18"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="18"/>
       <c r="Q121" s="13"/>
       <c r="R121" s="14"/>
       <c r="S121" s="18"/>
       <c r="T121" s="13"/>
       <c r="U121" s="14"/>
       <c r="V121" s="18"/>
       <c r="W121" s="13"/>
       <c r="X121" s="14"/>
       <c r="Y121" s="18"/>
       <c r="Z121" s="13"/>
       <c r="AA121" s="14"/>
       <c r="AB121" s="18"/>
       <c r="AC121" s="13"/>
       <c r="AD121" s="14"/>
       <c r="AE121" s="18"/>
       <c r="AF121" s="13">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AG121" s="14">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AH121" s="18">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.35"/>
-    <row r="123" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="123" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="98"/>
       <c r="D123" s="98"/>
       <c r="E123" s="98"/>
       <c r="F123" s="98"/>
       <c r="G123" s="98"/>
       <c r="H123" s="98"/>
       <c r="I123" s="98"/>
       <c r="J123" s="98"/>
       <c r="K123" s="98"/>
       <c r="L123" s="98"/>
       <c r="M123" s="98"/>
       <c r="N123" s="98"/>
       <c r="O123" s="98"/>
       <c r="P123" s="98"/>
       <c r="Q123" s="98"/>
       <c r="R123" s="98"/>
       <c r="S123" s="98"/>
       <c r="T123" s="98"/>
       <c r="U123" s="98"/>
       <c r="V123" s="98"/>
       <c r="W123" s="98"/>
       <c r="X123" s="98"/>
       <c r="Y123" s="98"/>
       <c r="Z123" s="98"/>
       <c r="AA123" s="98"/>
       <c r="AB123" s="98"/>
       <c r="AC123" s="98"/>
       <c r="AD123" s="98"/>
       <c r="AE123" s="98"/>
       <c r="AF123" s="98"/>
       <c r="AG123" s="98"/>
       <c r="AH123" s="98"/>
     </row>
-    <row r="124" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="124" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A124" s="100"/>
       <c r="B124" s="99" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="99"/>
       <c r="D124" s="99"/>
       <c r="E124" s="99"/>
       <c r="F124" s="99"/>
       <c r="G124" s="99"/>
       <c r="H124" s="99"/>
       <c r="I124" s="99"/>
       <c r="J124" s="99"/>
       <c r="K124" s="99"/>
       <c r="L124" s="99"/>
       <c r="M124" s="99"/>
       <c r="N124" s="99"/>
       <c r="O124" s="99"/>
       <c r="P124" s="99"/>
       <c r="Q124" s="99"/>
       <c r="R124" s="99"/>
       <c r="S124" s="99"/>
       <c r="T124" s="99"/>
       <c r="U124" s="99"/>
       <c r="V124" s="99"/>
       <c r="W124" s="99"/>
       <c r="X124" s="99"/>
       <c r="Y124" s="99"/>
       <c r="Z124" s="99"/>
       <c r="AA124" s="99"/>
       <c r="AB124" s="99"/>
       <c r="AC124" s="99"/>
       <c r="AD124" s="99"/>
       <c r="AE124" s="99"/>
       <c r="AF124" s="99"/>
       <c r="AG124" s="99"/>
       <c r="AH124" s="99"/>
     </row>
-    <row r="125" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="100"/>
       <c r="B125" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C125" s="91"/>
       <c r="D125" s="88"/>
       <c r="E125" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F125" s="91"/>
       <c r="G125" s="92"/>
       <c r="H125" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="91"/>
       <c r="J125" s="92"/>
       <c r="K125" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="91"/>
       <c r="M125" s="92"/>
       <c r="N125" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O125" s="91"/>
@@ -12328,51 +12723,51 @@
         <v>22</v>
       </c>
       <c r="U125" s="91"/>
       <c r="V125" s="92"/>
       <c r="W125" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X125" s="91"/>
       <c r="Y125" s="92"/>
       <c r="Z125" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA125" s="91"/>
       <c r="AB125" s="92"/>
       <c r="AC125" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD125" s="91"/>
       <c r="AE125" s="92"/>
       <c r="AF125" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG125" s="91"/>
       <c r="AH125" s="92"/>
     </row>
-    <row r="126" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A126" s="100"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
@@ -12430,411 +12825,411 @@
       <c r="AA126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="16"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="15"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="15"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="10"/>
       <c r="R127" s="1"/>
       <c r="S127" s="15"/>
       <c r="T127" s="10"/>
       <c r="U127" s="1"/>
       <c r="V127" s="15"/>
       <c r="W127" s="10"/>
       <c r="X127" s="1"/>
       <c r="Y127" s="15"/>
       <c r="Z127" s="10"/>
       <c r="AA127" s="1"/>
       <c r="AB127" s="15"/>
       <c r="AC127" s="10"/>
       <c r="AD127" s="1"/>
       <c r="AE127" s="15"/>
       <c r="AF127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127,T127,W127,Z127,AC127)</f>
         <v>0</v>
       </c>
       <c r="AG127" s="1">
         <f t="shared" ref="AG127:AG132" si="33">SUM(C127,F127,I127,L127,O127,R127,U127,X127,AA127,AD127)</f>
         <v>0</v>
       </c>
       <c r="AH127" s="15">
         <f t="shared" ref="AH127:AH132" si="34">SUM(D127,G127,J127,M127,P127,S127,V127,Y127,AB127,AE127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="16"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="15"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="15"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="10"/>
       <c r="R128" s="1"/>
       <c r="S128" s="15"/>
       <c r="T128" s="10"/>
       <c r="U128" s="1"/>
       <c r="V128" s="15"/>
       <c r="W128" s="10"/>
       <c r="X128" s="1"/>
       <c r="Y128" s="15"/>
       <c r="Z128" s="10"/>
       <c r="AA128" s="1"/>
       <c r="AB128" s="15"/>
       <c r="AC128" s="10"/>
       <c r="AD128" s="1"/>
       <c r="AE128" s="15"/>
       <c r="AF128" s="10">
         <f t="shared" ref="AF128:AF132" si="35">SUM(B128,E128,H128,K128,N128,Q128,T128,W128,Z128,AC128)</f>
         <v>0</v>
       </c>
       <c r="AG128" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH128" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="16"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="15"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="15"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="10"/>
       <c r="R129" s="1"/>
       <c r="S129" s="15"/>
       <c r="T129" s="10"/>
       <c r="U129" s="1"/>
       <c r="V129" s="15"/>
       <c r="W129" s="10"/>
       <c r="X129" s="1"/>
       <c r="Y129" s="15"/>
       <c r="Z129" s="10"/>
       <c r="AA129" s="1"/>
       <c r="AB129" s="15"/>
       <c r="AC129" s="10"/>
       <c r="AD129" s="1"/>
       <c r="AE129" s="15"/>
       <c r="AF129" s="10">
         <f>SUM(B129,E129,H129,K129,N129,Q129,T129,W129,Z129,AC129)</f>
         <v>0</v>
       </c>
       <c r="AG129" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH129" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="16"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="15"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="15"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="10"/>
       <c r="R130" s="1"/>
       <c r="S130" s="15"/>
       <c r="T130" s="10"/>
       <c r="U130" s="1"/>
       <c r="V130" s="15"/>
       <c r="W130" s="10"/>
       <c r="X130" s="1"/>
       <c r="Y130" s="15"/>
       <c r="Z130" s="10"/>
       <c r="AA130" s="1"/>
       <c r="AB130" s="15"/>
       <c r="AC130" s="10"/>
       <c r="AD130" s="1"/>
       <c r="AE130" s="15"/>
       <c r="AF130" s="10">
         <f>SUM(B130,E130,H130,K130,N130,Q130,T130,W130,Z130,AC130)</f>
         <v>0</v>
       </c>
       <c r="AG130" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH130" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="131" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="1"/>
       <c r="D131" s="16"/>
       <c r="E131" s="10"/>
       <c r="F131" s="1"/>
       <c r="G131" s="15"/>
       <c r="H131" s="10"/>
       <c r="I131" s="1"/>
       <c r="J131" s="15"/>
       <c r="K131" s="10"/>
       <c r="L131" s="1"/>
       <c r="M131" s="15"/>
       <c r="N131" s="10"/>
       <c r="O131" s="1"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="10"/>
       <c r="R131" s="1"/>
       <c r="S131" s="15"/>
       <c r="T131" s="10"/>
       <c r="U131" s="1"/>
       <c r="V131" s="15"/>
       <c r="W131" s="10"/>
       <c r="X131" s="1"/>
       <c r="Y131" s="15"/>
       <c r="Z131" s="10"/>
       <c r="AA131" s="1"/>
       <c r="AB131" s="15"/>
       <c r="AC131" s="10"/>
       <c r="AD131" s="1"/>
       <c r="AE131" s="15"/>
       <c r="AF131" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG131" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH131" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="132" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="18"/>
       <c r="T132" s="13"/>
       <c r="U132" s="14"/>
       <c r="V132" s="18"/>
       <c r="W132" s="13"/>
       <c r="X132" s="14"/>
       <c r="Y132" s="18"/>
       <c r="Z132" s="13"/>
       <c r="AA132" s="14"/>
       <c r="AB132" s="18"/>
       <c r="AC132" s="13"/>
       <c r="AD132" s="14"/>
       <c r="AE132" s="18"/>
       <c r="AF132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="98"/>
       <c r="D134" s="98"/>
       <c r="E134" s="98"/>
       <c r="F134" s="98"/>
       <c r="G134" s="98"/>
       <c r="H134" s="98"/>
       <c r="I134" s="98"/>
       <c r="J134" s="98"/>
       <c r="K134" s="98"/>
       <c r="L134" s="98"/>
       <c r="M134" s="98"/>
       <c r="N134" s="98"/>
       <c r="O134" s="98"/>
       <c r="P134" s="98"/>
       <c r="Q134" s="98"/>
       <c r="R134" s="98"/>
       <c r="S134" s="98"/>
       <c r="T134" s="98"/>
       <c r="U134" s="98"/>
       <c r="V134" s="98"/>
       <c r="W134" s="98"/>
       <c r="X134" s="98"/>
       <c r="Y134" s="98"/>
       <c r="Z134" s="98"/>
       <c r="AA134" s="98"/>
       <c r="AB134" s="98"/>
       <c r="AC134" s="98"/>
       <c r="AD134" s="98"/>
       <c r="AE134" s="98"/>
       <c r="AF134" s="98"/>
       <c r="AG134" s="98"/>
       <c r="AH134" s="98"/>
     </row>
-    <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="100"/>
       <c r="B135" s="99" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="99"/>
       <c r="D135" s="99"/>
       <c r="E135" s="99"/>
       <c r="F135" s="99"/>
       <c r="G135" s="99"/>
       <c r="H135" s="99"/>
       <c r="I135" s="99"/>
       <c r="J135" s="99"/>
       <c r="K135" s="99"/>
       <c r="L135" s="99"/>
       <c r="M135" s="99"/>
       <c r="N135" s="99"/>
       <c r="O135" s="99"/>
       <c r="P135" s="99"/>
       <c r="Q135" s="99"/>
       <c r="R135" s="99"/>
       <c r="S135" s="99"/>
       <c r="T135" s="99"/>
       <c r="U135" s="99"/>
       <c r="V135" s="99"/>
       <c r="W135" s="99"/>
       <c r="X135" s="99"/>
       <c r="Y135" s="99"/>
       <c r="Z135" s="99"/>
       <c r="AA135" s="99"/>
       <c r="AB135" s="99"/>
       <c r="AC135" s="99"/>
       <c r="AD135" s="99"/>
       <c r="AE135" s="99"/>
       <c r="AF135" s="99"/>
       <c r="AG135" s="99"/>
       <c r="AH135" s="99"/>
     </row>
-    <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="100"/>
       <c r="B136" s="87" t="s">
         <v>16</v>
       </c>
       <c r="C136" s="91"/>
       <c r="D136" s="88"/>
       <c r="E136" s="87" t="s">
         <v>17</v>
       </c>
       <c r="F136" s="91"/>
       <c r="G136" s="92"/>
       <c r="H136" s="87" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="91"/>
       <c r="J136" s="92"/>
       <c r="K136" s="87" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="91"/>
       <c r="M136" s="92"/>
       <c r="N136" s="87" t="s">
         <v>20</v>
       </c>
       <c r="O136" s="91"/>
@@ -12848,51 +13243,51 @@
         <v>22</v>
       </c>
       <c r="U136" s="91"/>
       <c r="V136" s="92"/>
       <c r="W136" s="87" t="s">
         <v>23</v>
       </c>
       <c r="X136" s="91"/>
       <c r="Y136" s="92"/>
       <c r="Z136" s="87" t="s">
         <v>24</v>
       </c>
       <c r="AA136" s="91"/>
       <c r="AB136" s="92"/>
       <c r="AC136" s="87" t="s">
         <v>25</v>
       </c>
       <c r="AD136" s="91"/>
       <c r="AE136" s="92"/>
       <c r="AF136" s="87" t="s">
         <v>13</v>
       </c>
       <c r="AG136" s="91"/>
       <c r="AH136" s="92"/>
     </row>
-    <row r="137" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A137" s="100"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="65" t="s">
         <v>15</v>
       </c>
@@ -12950,1048 +13345,1048 @@
       <c r="AA137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AB137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AC137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AE137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AF137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="AH137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:34" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>318</v>
+        <v>365</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:AE138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>325</v>
+        <v>364</v>
       </c>
       <c r="D138" s="16">
         <f t="shared" si="36"/>
-        <v>643</v>
+        <v>729</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="36"/>
-        <v>1970</v>
+        <v>2224</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="36"/>
-        <v>1623</v>
+        <v>1815</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="36"/>
-        <v>3593</v>
+        <v>4039</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="36"/>
-        <v>1886</v>
+        <v>2083</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="36"/>
-        <v>1565</v>
+        <v>1738</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="36"/>
-        <v>3451</v>
+        <v>3821</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="36"/>
-        <v>2230</v>
+        <v>2466</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="36"/>
-        <v>1853</v>
+        <v>2065</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="36"/>
-        <v>4083</v>
+        <v>4531</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="36"/>
-        <v>2360</v>
+        <v>2619</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="36"/>
-        <v>1995</v>
+        <v>2207</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="36"/>
-        <v>4355</v>
+        <v>4826</v>
       </c>
       <c r="Q138" s="10">
         <f t="shared" si="36"/>
-        <v>1917</v>
+        <v>2149</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="36"/>
-        <v>1736</v>
+        <v>1916</v>
       </c>
       <c r="S138" s="15">
         <f t="shared" si="36"/>
-        <v>3653</v>
+        <v>4065</v>
       </c>
       <c r="T138" s="10">
         <f t="shared" si="36"/>
-        <v>1603</v>
+        <v>1785</v>
       </c>
       <c r="U138" s="1">
         <f t="shared" si="36"/>
-        <v>1373</v>
+        <v>1513</v>
       </c>
       <c r="V138" s="15">
         <f t="shared" si="36"/>
-        <v>2976</v>
+        <v>3298</v>
       </c>
       <c r="W138" s="10">
         <f t="shared" si="36"/>
-        <v>1369</v>
+        <v>1523</v>
       </c>
       <c r="X138" s="1">
         <f t="shared" si="36"/>
-        <v>1258</v>
+        <v>1406</v>
       </c>
       <c r="Y138" s="15">
         <f t="shared" si="36"/>
-        <v>2627</v>
+        <v>2929</v>
       </c>
       <c r="Z138" s="10">
         <f t="shared" si="36"/>
-        <v>1282</v>
+        <v>1418</v>
       </c>
       <c r="AA138" s="1">
         <f t="shared" si="36"/>
-        <v>1076</v>
+        <v>1191</v>
       </c>
       <c r="AB138" s="15">
         <f t="shared" si="36"/>
-        <v>2358</v>
+        <v>2609</v>
       </c>
       <c r="AC138" s="10">
         <f t="shared" si="36"/>
-        <v>1503</v>
+        <v>1642</v>
       </c>
       <c r="AD138" s="1">
         <f t="shared" si="36"/>
-        <v>1020</v>
+        <v>1127</v>
       </c>
       <c r="AE138" s="15">
         <f t="shared" si="36"/>
-        <v>2523</v>
+        <v>2769</v>
       </c>
       <c r="AF138" s="10">
         <f>SUM(B138,E138,H138,K138,N138,Q138,T138,W138,Z138,AC138)</f>
-        <v>16438</v>
+        <v>18274</v>
       </c>
       <c r="AG138" s="1">
         <f t="shared" ref="AG138:AG143" si="37">SUM(C138,F138,I138,L138,O138,R138,U138,X138,AA138,AD138)</f>
-        <v>13824</v>
+        <v>15342</v>
       </c>
       <c r="AH138" s="15">
         <f t="shared" ref="AH138:AH142" si="38">SUM(D138,G138,J138,M138,P138,S138,V138,Y138,AB138,AE138)</f>
-        <v>30262</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:34" x14ac:dyDescent="0.35">
+        <v>33616</v>
+      </c>
+    </row>
+    <row r="139" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:AE139" si="39">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="39"/>
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="D139" s="16">
         <f t="shared" si="39"/>
-        <v>283</v>
+        <v>306</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="39"/>
-        <v>518</v>
+        <v>589</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>517</v>
+        <v>571</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="39"/>
-        <v>1035</v>
+        <v>1160</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="39"/>
-        <v>497</v>
+        <v>550</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>465</v>
+        <v>507</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="39"/>
-        <v>962</v>
+        <v>1057</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="39"/>
-        <v>618</v>
+        <v>685</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="39"/>
-        <v>596</v>
+        <v>656</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="39"/>
-        <v>1214</v>
+        <v>1341</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="39"/>
-        <v>637</v>
+        <v>714</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>616</v>
+        <v>682</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="39"/>
-        <v>1253</v>
+        <v>1396</v>
       </c>
       <c r="Q139" s="10">
         <f t="shared" si="39"/>
-        <v>502</v>
+        <v>580</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>556</v>
+        <v>617</v>
       </c>
       <c r="S139" s="15">
         <f t="shared" si="39"/>
-        <v>1058</v>
+        <v>1197</v>
       </c>
       <c r="T139" s="10">
         <f t="shared" si="39"/>
-        <v>511</v>
+        <v>577</v>
       </c>
       <c r="U139" s="1">
         <f t="shared" si="39"/>
-        <v>507</v>
+        <v>570</v>
       </c>
       <c r="V139" s="15">
         <f t="shared" si="39"/>
-        <v>1018</v>
+        <v>1147</v>
       </c>
       <c r="W139" s="10">
         <f t="shared" si="39"/>
-        <v>510</v>
+        <v>567</v>
       </c>
       <c r="X139" s="1">
         <f t="shared" si="39"/>
-        <v>560</v>
+        <v>625</v>
       </c>
       <c r="Y139" s="15">
         <f t="shared" si="39"/>
-        <v>1070</v>
+        <v>1192</v>
       </c>
       <c r="Z139" s="10">
         <f t="shared" si="39"/>
-        <v>460</v>
+        <v>507</v>
       </c>
       <c r="AA139" s="1">
         <f t="shared" si="39"/>
-        <v>523</v>
+        <v>587</v>
       </c>
       <c r="AB139" s="15">
         <f t="shared" si="39"/>
-        <v>983</v>
+        <v>1094</v>
       </c>
       <c r="AC139" s="10">
         <f t="shared" si="39"/>
-        <v>520</v>
+        <v>579</v>
       </c>
       <c r="AD139" s="1">
         <f t="shared" si="39"/>
-        <v>554</v>
+        <v>616</v>
       </c>
       <c r="AE139" s="15">
         <f t="shared" si="39"/>
-        <v>1074</v>
+        <v>1195</v>
       </c>
       <c r="AF139" s="10">
         <f>SUM(B139,E139,H139,K139,N139,Q139,T139,W139,Z139,AC139)</f>
-        <v>4905</v>
+        <v>5491</v>
       </c>
       <c r="AG139" s="1">
         <f t="shared" si="37"/>
-        <v>5045</v>
+        <v>5594</v>
       </c>
       <c r="AH139" s="15">
         <f>SUM(D139,G139,J139,M139,P139,S139,V139,Y139,AB139,AE139)</f>
-        <v>9950</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:34" x14ac:dyDescent="0.35">
+        <v>11085</v>
+      </c>
+    </row>
+    <row r="140" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:AE140" si="40">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="40"/>
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="D140" s="16">
         <f t="shared" si="40"/>
-        <v>293</v>
+        <v>318</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="40"/>
-        <v>486</v>
+        <v>545</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>449</v>
+        <v>517</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="40"/>
-        <v>935</v>
+        <v>1062</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="40"/>
-        <v>415</v>
+        <v>456</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>359</v>
+        <v>391</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="40"/>
-        <v>774</v>
+        <v>847</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="40"/>
-        <v>453</v>
+        <v>495</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="40"/>
-        <v>479</v>
+        <v>525</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="40"/>
-        <v>932</v>
+        <v>1020</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="40"/>
-        <v>491</v>
+        <v>547</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>588</v>
+        <v>652</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="40"/>
-        <v>1079</v>
+        <v>1199</v>
       </c>
       <c r="Q140" s="10">
         <f t="shared" si="40"/>
-        <v>449</v>
+        <v>492</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>550</v>
+        <v>605</v>
       </c>
       <c r="S140" s="15">
         <f t="shared" si="40"/>
-        <v>999</v>
+        <v>1097</v>
       </c>
       <c r="T140" s="10">
         <f t="shared" si="40"/>
-        <v>481</v>
+        <v>529</v>
       </c>
       <c r="U140" s="1">
         <f t="shared" si="40"/>
-        <v>538</v>
+        <v>608</v>
       </c>
       <c r="V140" s="15">
         <f t="shared" si="40"/>
-        <v>1019</v>
+        <v>1137</v>
       </c>
       <c r="W140" s="10">
         <f t="shared" si="40"/>
-        <v>485</v>
+        <v>535</v>
       </c>
       <c r="X140" s="1">
         <f t="shared" si="40"/>
-        <v>600</v>
+        <v>671</v>
       </c>
       <c r="Y140" s="15">
         <f t="shared" si="40"/>
-        <v>1085</v>
+        <v>1206</v>
       </c>
       <c r="Z140" s="10">
         <f t="shared" si="40"/>
-        <v>584</v>
+        <v>646</v>
       </c>
       <c r="AA140" s="1">
         <f t="shared" si="40"/>
-        <v>644</v>
+        <v>711</v>
       </c>
       <c r="AB140" s="15">
         <f t="shared" si="40"/>
-        <v>1228</v>
+        <v>1357</v>
       </c>
       <c r="AC140" s="10">
         <f t="shared" si="40"/>
-        <v>592</v>
+        <v>664</v>
       </c>
       <c r="AD140" s="1">
         <f t="shared" si="40"/>
-        <v>622</v>
+        <v>690</v>
       </c>
       <c r="AE140" s="15">
         <f t="shared" si="40"/>
-        <v>1214</v>
+        <v>1354</v>
       </c>
       <c r="AF140" s="10">
         <f>SUM(B140,E140,H140,K140,N140,Q140,T140,W140,Z140,AC140)</f>
-        <v>4576</v>
+        <v>5058</v>
       </c>
       <c r="AG140" s="1">
         <f t="shared" si="37"/>
-        <v>4982</v>
+        <v>5539</v>
       </c>
       <c r="AH140" s="15">
         <f t="shared" si="38"/>
-        <v>9558</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:34" x14ac:dyDescent="0.35">
+        <v>10597</v>
+      </c>
+    </row>
+    <row r="141" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f>SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" ref="C141:AE141" si="41">SUM(C9,C20,C31,C42,C53,C64,C75,C86,C97,C108,C119,C130)</f>
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="D141" s="16">
         <f t="shared" si="41"/>
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="41"/>
-        <v>430</v>
+        <v>483</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="41"/>
-        <v>844</v>
+        <v>951</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="41"/>
-        <v>418</v>
+        <v>462</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>387</v>
+        <v>418</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="41"/>
-        <v>805</v>
+        <v>880</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="41"/>
-        <v>597</v>
+        <v>661</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>481</v>
+        <v>530</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="41"/>
-        <v>1078</v>
+        <v>1191</v>
       </c>
       <c r="N141" s="10">
         <f t="shared" si="41"/>
-        <v>621</v>
+        <v>703</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>522</v>
+        <v>596</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="41"/>
-        <v>1143</v>
+        <v>1299</v>
       </c>
       <c r="Q141" s="10">
         <f t="shared" si="41"/>
-        <v>480</v>
+        <v>538</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>452</v>
+        <v>509</v>
       </c>
       <c r="S141" s="15">
         <f t="shared" si="41"/>
-        <v>932</v>
+        <v>1047</v>
       </c>
       <c r="T141" s="10">
         <f t="shared" si="41"/>
-        <v>417</v>
+        <v>456</v>
       </c>
       <c r="U141" s="1">
         <f t="shared" si="41"/>
-        <v>428</v>
+        <v>476</v>
       </c>
       <c r="V141" s="15">
         <f t="shared" si="41"/>
-        <v>845</v>
+        <v>932</v>
       </c>
       <c r="W141" s="10">
         <f t="shared" si="41"/>
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="X141" s="1">
         <f t="shared" si="41"/>
-        <v>507</v>
+        <v>555</v>
       </c>
       <c r="Y141" s="15">
         <f t="shared" si="41"/>
-        <v>963</v>
+        <v>1057</v>
       </c>
       <c r="Z141" s="10">
         <f>SUM(Z9,Z20,Z31,Z42,Z53,Z64,Z75,Z86,Z97,Z108,Z119,Z130)</f>
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="AA141" s="1">
         <f t="shared" si="41"/>
-        <v>463</v>
+        <v>515</v>
       </c>
       <c r="AB141" s="15">
         <f t="shared" si="41"/>
-        <v>915</v>
+        <v>1016</v>
       </c>
       <c r="AC141" s="10">
         <f t="shared" si="41"/>
-        <v>466</v>
+        <v>507</v>
       </c>
       <c r="AD141" s="1">
         <f t="shared" si="41"/>
-        <v>473</v>
+        <v>529</v>
       </c>
       <c r="AE141" s="15">
         <f t="shared" si="41"/>
-        <v>939</v>
+        <v>1036</v>
       </c>
       <c r="AF141" s="10">
         <f>SUM(B141,E141,H141,K141,N141,Q141,T141,W141,Z141,AC141)</f>
-        <v>4419</v>
+        <v>4904</v>
       </c>
       <c r="AG141" s="1">
         <f t="shared" si="37"/>
-        <v>4222</v>
+        <v>4704</v>
       </c>
       <c r="AH141" s="15">
         <f>SUM(D141,G141,J141,M141,P141,S141,V141,Y141,AB141,AE141)</f>
-        <v>8641</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>9608</v>
+      </c>
+    </row>
+    <row r="142" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="10">
         <f t="shared" ref="B142:AE142" si="42">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="C142" s="1">
         <f t="shared" si="42"/>
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="D142" s="16">
         <f t="shared" si="42"/>
-        <v>165</v>
+        <v>186</v>
       </c>
       <c r="E142" s="10">
         <f t="shared" si="42"/>
-        <v>446</v>
+        <v>497</v>
       </c>
       <c r="F142" s="1">
         <f t="shared" si="42"/>
-        <v>418</v>
+        <v>460</v>
       </c>
       <c r="G142" s="15">
         <f t="shared" si="42"/>
-        <v>864</v>
+        <v>957</v>
       </c>
       <c r="H142" s="10">
         <f t="shared" si="42"/>
-        <v>409</v>
+        <v>458</v>
       </c>
       <c r="I142" s="1">
         <f t="shared" si="42"/>
-        <v>404</v>
+        <v>441</v>
       </c>
       <c r="J142" s="15">
         <f t="shared" si="42"/>
-        <v>813</v>
+        <v>899</v>
       </c>
       <c r="K142" s="10">
         <f t="shared" si="42"/>
-        <v>520</v>
+        <v>576</v>
       </c>
       <c r="L142" s="1">
         <f t="shared" si="42"/>
-        <v>489</v>
+        <v>530</v>
       </c>
       <c r="M142" s="15">
         <f t="shared" si="42"/>
-        <v>1009</v>
+        <v>1106</v>
       </c>
       <c r="N142" s="10">
         <f t="shared" si="42"/>
-        <v>576</v>
+        <v>632</v>
       </c>
       <c r="O142" s="1">
         <f t="shared" si="42"/>
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="P142" s="15">
         <f t="shared" si="42"/>
-        <v>1161</v>
+        <v>1266</v>
       </c>
       <c r="Q142" s="10">
         <f t="shared" si="42"/>
-        <v>433</v>
+        <v>473</v>
       </c>
       <c r="R142" s="1">
         <f t="shared" si="42"/>
-        <v>445</v>
+        <v>494</v>
       </c>
       <c r="S142" s="15">
         <f t="shared" si="42"/>
-        <v>878</v>
+        <v>967</v>
       </c>
       <c r="T142" s="10">
         <f t="shared" si="42"/>
-        <v>429</v>
+        <v>476</v>
       </c>
       <c r="U142" s="1">
         <f t="shared" si="42"/>
-        <v>401</v>
+        <v>447</v>
       </c>
       <c r="V142" s="15">
         <f t="shared" si="42"/>
-        <v>830</v>
+        <v>923</v>
       </c>
       <c r="W142" s="10">
         <f t="shared" si="42"/>
-        <v>446</v>
+        <v>496</v>
       </c>
       <c r="X142" s="1">
         <f t="shared" si="42"/>
-        <v>479</v>
+        <v>533</v>
       </c>
       <c r="Y142" s="15">
         <f t="shared" si="42"/>
-        <v>925</v>
+        <v>1029</v>
       </c>
       <c r="Z142" s="10">
         <f t="shared" si="42"/>
-        <v>407</v>
+        <v>446</v>
       </c>
       <c r="AA142" s="1">
         <f t="shared" si="42"/>
-        <v>433</v>
+        <v>476</v>
       </c>
       <c r="AB142" s="15">
         <f t="shared" si="42"/>
-        <v>840</v>
+        <v>922</v>
       </c>
       <c r="AC142" s="10">
         <f t="shared" si="42"/>
-        <v>418</v>
+        <v>461</v>
       </c>
       <c r="AD142" s="1">
         <f t="shared" si="42"/>
-        <v>457</v>
+        <v>510</v>
       </c>
       <c r="AE142" s="15">
         <f t="shared" si="42"/>
-        <v>875</v>
+        <v>971</v>
       </c>
       <c r="AF142" s="10">
         <f>SUM(B142,E142,H142,K142,N142,Q142,T142,W142,Z142,AC142)</f>
-        <v>4173</v>
+        <v>4612</v>
       </c>
       <c r="AG142" s="1">
         <f t="shared" si="37"/>
-        <v>4187</v>
+        <v>4614</v>
       </c>
       <c r="AH142" s="15">
         <f t="shared" si="38"/>
-        <v>8360</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>9226</v>
+      </c>
+    </row>
+    <row r="143" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="27" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:AE143" si="43">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>761</v>
+        <v>845</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="43"/>
-        <v>800</v>
+        <v>893</v>
       </c>
       <c r="D143" s="17">
         <f t="shared" si="43"/>
-        <v>1561</v>
+        <v>1738</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="43"/>
-        <v>3850</v>
+        <v>4338</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>3421</v>
+        <v>3831</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="43"/>
-        <v>7271</v>
+        <v>8169</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="43"/>
-        <v>3625</v>
+        <v>4009</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>3180</v>
+        <v>3495</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="43"/>
-        <v>6805</v>
+        <v>7504</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="43"/>
-        <v>4418</v>
+        <v>4883</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>3898</v>
+        <v>4306</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="43"/>
-        <v>8316</v>
+        <v>9189</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="43"/>
-        <v>4685</v>
+        <v>5215</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>4306</v>
+        <v>4771</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="43"/>
-        <v>8991</v>
+        <v>9986</v>
       </c>
       <c r="Q143" s="13">
         <f t="shared" si="43"/>
-        <v>3781</v>
+        <v>4232</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>3739</v>
+        <v>4141</v>
       </c>
       <c r="S143" s="18">
         <f t="shared" si="43"/>
-        <v>7520</v>
+        <v>8373</v>
       </c>
       <c r="T143" s="13">
         <f t="shared" si="43"/>
-        <v>3441</v>
+        <v>3823</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>3247</v>
+        <v>3614</v>
       </c>
       <c r="V143" s="18">
         <f t="shared" si="43"/>
-        <v>6688</v>
+        <v>7437</v>
       </c>
       <c r="W143" s="13">
         <f t="shared" si="43"/>
-        <v>3266</v>
+        <v>3623</v>
       </c>
       <c r="X143" s="14">
         <f t="shared" si="43"/>
-        <v>3404</v>
+        <v>3790</v>
       </c>
       <c r="Y143" s="18">
         <f t="shared" si="43"/>
-        <v>6670</v>
+        <v>7413</v>
       </c>
       <c r="Z143" s="13">
         <f t="shared" si="43"/>
-        <v>3185</v>
+        <v>3518</v>
       </c>
       <c r="AA143" s="14">
         <f t="shared" si="43"/>
-        <v>3139</v>
+        <v>3480</v>
       </c>
       <c r="AB143" s="18">
         <f t="shared" si="43"/>
-        <v>6324</v>
+        <v>6998</v>
       </c>
       <c r="AC143" s="13">
         <f t="shared" si="43"/>
-        <v>3499</v>
+        <v>3853</v>
       </c>
       <c r="AD143" s="14">
         <f t="shared" si="43"/>
-        <v>3126</v>
+        <v>3472</v>
       </c>
       <c r="AE143" s="18">
         <f t="shared" si="43"/>
-        <v>6625</v>
+        <v>7325</v>
       </c>
       <c r="AF143" s="13">
         <f t="shared" ref="AF143" si="44">SUM(B143,E143,H143,K143,N143,Q143,T143,W143,Z143,AC143)</f>
-        <v>34511</v>
+        <v>38339</v>
       </c>
       <c r="AG143" s="14">
         <f t="shared" si="37"/>
-        <v>32260</v>
+        <v>35793</v>
       </c>
       <c r="AH143" s="18">
         <f>SUM(D143,G143,J143,M143,P143,S143,V143,Y143,AB143,AE143)</f>
-        <v>66771</v>
-[...2 lines deleted...]
-    <row r="145" spans="2:34" x14ac:dyDescent="0.35">
+        <v>74132</v>
+      </c>
+    </row>
+    <row r="145" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B145" s="61"/>
       <c r="C145" s="61"/>
       <c r="D145" s="61"/>
       <c r="E145" s="61"/>
       <c r="F145" s="61"/>
       <c r="G145" s="61"/>
       <c r="H145" s="61"/>
       <c r="I145" s="61"/>
       <c r="J145" s="61"/>
       <c r="K145" s="61"/>
       <c r="L145" s="61"/>
       <c r="M145" s="61"/>
       <c r="N145" s="61"/>
       <c r="O145" s="61"/>
       <c r="P145" s="61"/>
       <c r="Q145" s="61"/>
       <c r="R145" s="61"/>
       <c r="S145" s="61"/>
       <c r="T145" s="61"/>
       <c r="U145" s="61"/>
       <c r="V145" s="61"/>
       <c r="W145" s="61"/>
       <c r="X145" s="61"/>
       <c r="Y145" s="61"/>
       <c r="Z145" s="61"/>
       <c r="AA145" s="61"/>
       <c r="AB145" s="61"/>
       <c r="AC145" s="61"/>
       <c r="AD145" s="61"/>
       <c r="AE145" s="61"/>
       <c r="AF145" s="61"/>
       <c r="AG145" s="61"/>
       <c r="AH145" s="61"/>
     </row>
-    <row r="146" spans="2:34" x14ac:dyDescent="0.35">
+    <row r="146" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B146" s="61"/>
       <c r="C146" s="61"/>
       <c r="D146" s="61"/>
       <c r="E146" s="61"/>
       <c r="F146" s="61"/>
       <c r="G146" s="61"/>
       <c r="H146" s="61"/>
       <c r="I146" s="61"/>
       <c r="J146" s="61"/>
       <c r="K146" s="61"/>
       <c r="L146" s="61"/>
       <c r="M146" s="61"/>
       <c r="N146" s="61"/>
       <c r="O146" s="61"/>
       <c r="P146" s="61"/>
       <c r="Q146" s="61"/>
       <c r="R146" s="61"/>
       <c r="S146" s="61"/>
       <c r="T146" s="61"/>
       <c r="U146" s="61"/>
       <c r="V146" s="61"/>
       <c r="W146" s="61"/>
       <c r="X146" s="61"/>
       <c r="Y146" s="61"/>
       <c r="Z146" s="61"/>
       <c r="AA146" s="61"/>
       <c r="AB146" s="61"/>
       <c r="AC146" s="61"/>
       <c r="AD146" s="61"/>
       <c r="AE146" s="61"/>
       <c r="AF146" s="61"/>
       <c r="AG146" s="61"/>
       <c r="AH146" s="61"/>
     </row>
-    <row r="147" spans="2:34" x14ac:dyDescent="0.35">
+    <row r="147" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B147" s="61"/>
       <c r="C147" s="61"/>
       <c r="D147" s="61"/>
       <c r="E147" s="61"/>
       <c r="F147" s="61"/>
       <c r="G147" s="61"/>
       <c r="H147" s="61"/>
       <c r="I147" s="61"/>
       <c r="J147" s="61"/>
       <c r="K147" s="61"/>
       <c r="L147" s="61"/>
       <c r="M147" s="61"/>
       <c r="N147" s="61"/>
       <c r="O147" s="61"/>
       <c r="P147" s="61"/>
       <c r="Q147" s="61"/>
       <c r="R147" s="61"/>
       <c r="S147" s="61"/>
       <c r="T147" s="61"/>
       <c r="U147" s="61"/>
       <c r="V147" s="61"/>
       <c r="W147" s="61"/>
       <c r="X147" s="61"/>
       <c r="Y147" s="61"/>
       <c r="Z147" s="61"/>
       <c r="AA147" s="61"/>
       <c r="AB147" s="61"/>
       <c r="AC147" s="61"/>
       <c r="AD147" s="61"/>
       <c r="AE147" s="61"/>
       <c r="AF147" s="61"/>
       <c r="AG147" s="61"/>
       <c r="AH147" s="61"/>
     </row>
-    <row r="148" spans="2:34" x14ac:dyDescent="0.35">
+    <row r="148" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B148" s="61"/>
       <c r="C148" s="61"/>
       <c r="D148" s="61"/>
       <c r="E148" s="61"/>
       <c r="F148" s="61"/>
       <c r="G148" s="61"/>
       <c r="H148" s="61"/>
       <c r="I148" s="61"/>
       <c r="J148" s="61"/>
       <c r="K148" s="61"/>
       <c r="L148" s="61"/>
       <c r="M148" s="61"/>
       <c r="N148" s="61"/>
       <c r="O148" s="61"/>
       <c r="P148" s="61"/>
       <c r="Q148" s="61"/>
       <c r="R148" s="61"/>
       <c r="S148" s="61"/>
       <c r="T148" s="61"/>
       <c r="U148" s="61"/>
       <c r="V148" s="61"/>
       <c r="W148" s="61"/>
       <c r="X148" s="61"/>
       <c r="Y148" s="61"/>
       <c r="Z148" s="61"/>
       <c r="AA148" s="61"/>
       <c r="AB148" s="61"/>
       <c r="AC148" s="61"/>
       <c r="AD148" s="61"/>
       <c r="AE148" s="61"/>
       <c r="AF148" s="61"/>
       <c r="AG148" s="61"/>
       <c r="AH148" s="61"/>
     </row>
-    <row r="149" spans="2:34" x14ac:dyDescent="0.35">
+    <row r="149" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B149" s="61"/>
       <c r="C149" s="61"/>
       <c r="D149" s="61"/>
       <c r="E149" s="61"/>
       <c r="F149" s="61"/>
       <c r="G149" s="61"/>
       <c r="H149" s="61"/>
       <c r="I149" s="61"/>
       <c r="J149" s="61"/>
       <c r="K149" s="61"/>
       <c r="L149" s="61"/>
       <c r="M149" s="61"/>
       <c r="N149" s="61"/>
       <c r="O149" s="61"/>
       <c r="P149" s="61"/>
       <c r="Q149" s="61"/>
       <c r="R149" s="61"/>
       <c r="S149" s="61"/>
       <c r="T149" s="61"/>
       <c r="U149" s="61"/>
       <c r="V149" s="61"/>
       <c r="W149" s="61"/>
       <c r="X149" s="61"/>
       <c r="Y149" s="61"/>
       <c r="Z149" s="61"/>
       <c r="AA149" s="61"/>
       <c r="AB149" s="61"/>
       <c r="AC149" s="61"/>
       <c r="AD149" s="61"/>
       <c r="AE149" s="61"/>
       <c r="AF149" s="61"/>
       <c r="AG149" s="61"/>
       <c r="AH149" s="61"/>
     </row>
-    <row r="150" spans="2:34" x14ac:dyDescent="0.35">
+    <row r="150" spans="2:34" x14ac:dyDescent="0.25">
       <c r="B150" s="61"/>
       <c r="C150" s="61"/>
       <c r="D150" s="61"/>
       <c r="E150" s="61"/>
       <c r="F150" s="61"/>
       <c r="G150" s="61"/>
       <c r="H150" s="61"/>
       <c r="I150" s="61"/>
       <c r="J150" s="61"/>
       <c r="K150" s="61"/>
       <c r="L150" s="61"/>
       <c r="M150" s="61"/>
       <c r="N150" s="61"/>
       <c r="O150" s="61"/>
       <c r="P150" s="61"/>
       <c r="Q150" s="61"/>
       <c r="R150" s="61"/>
       <c r="S150" s="61"/>
       <c r="T150" s="61"/>
       <c r="U150" s="61"/>
       <c r="V150" s="61"/>
       <c r="W150" s="61"/>
       <c r="X150" s="61"/>
       <c r="Y150" s="61"/>
       <c r="Z150" s="61"/>
@@ -14175,180 +14570,180 @@
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Y4"/>
     <mergeCell ref="Z4:AB4"/>
     <mergeCell ref="AC4:AE4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="AF15:AH15"/>
     <mergeCell ref="N15:P15"/>
     <mergeCell ref="Q15:S15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71E943CA-A93B-441D-8765-58CDD5C8E60F}">
   <dimension ref="A1:Y144"/>
   <sheetViews>
-    <sheetView topLeftCell="A97" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M145" sqref="M145"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Z136" sqref="Z136"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="22" width="6.81640625" customWidth="1"/>
+    <col min="1" max="1" width="19.85546875" customWidth="1"/>
+    <col min="2" max="2" width="8.85546875" customWidth="1"/>
+    <col min="3" max="22" width="6.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:22" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
     </row>
-    <row r="2" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A2" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="98"/>
       <c r="D2" s="98"/>
       <c r="E2" s="98"/>
       <c r="F2" s="98"/>
       <c r="G2" s="98"/>
       <c r="H2" s="98"/>
       <c r="I2" s="98"/>
       <c r="J2" s="98"/>
       <c r="K2" s="98"/>
       <c r="L2" s="98"/>
       <c r="M2" s="98"/>
       <c r="N2" s="98"/>
       <c r="O2" s="98"/>
       <c r="P2" s="98"/>
       <c r="Q2" s="98"/>
       <c r="R2" s="98"/>
       <c r="S2" s="98"/>
       <c r="T2" s="98"/>
       <c r="U2" s="98"/>
       <c r="V2" s="98"/>
     </row>
-    <row r="3" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="100"/>
       <c r="B3" s="99" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="99"/>
       <c r="D3" s="99"/>
       <c r="E3" s="99"/>
       <c r="F3" s="99"/>
       <c r="G3" s="99"/>
       <c r="H3" s="99"/>
       <c r="I3" s="99"/>
       <c r="J3" s="99"/>
       <c r="K3" s="99"/>
       <c r="L3" s="99"/>
       <c r="M3" s="99"/>
       <c r="N3" s="99"/>
       <c r="O3" s="99"/>
       <c r="P3" s="99"/>
       <c r="Q3" s="99"/>
       <c r="R3" s="99"/>
       <c r="S3" s="99"/>
       <c r="T3" s="99"/>
       <c r="U3" s="99"/>
       <c r="V3" s="99"/>
     </row>
-    <row r="4" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="100"/>
       <c r="B4" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="91"/>
       <c r="D4" s="88"/>
       <c r="E4" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="91"/>
       <c r="G4" s="88"/>
       <c r="H4" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="91"/>
       <c r="J4" s="88"/>
       <c r="K4" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L4" s="91"/>
       <c r="M4" s="88"/>
       <c r="N4" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="91"/>
       <c r="P4" s="88"/>
       <c r="Q4" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R4" s="91"/>
       <c r="S4" s="88"/>
       <c r="T4" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U4" s="91"/>
       <c r="V4" s="92"/>
     </row>
-    <row r="5" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A5" s="100"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>15</v>
       </c>
@@ -14370,51 +14765,51 @@
       <c r="O5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="70">
         <v>856</v>
       </c>
       <c r="C6" s="71">
         <v>478</v>
       </c>
       <c r="D6" s="76">
         <v>1334</v>
       </c>
       <c r="E6" s="70">
         <v>414</v>
       </c>
       <c r="F6" s="71">
         <v>477</v>
       </c>
       <c r="G6" s="76">
         <v>891</v>
       </c>
       <c r="H6" s="70">
         <v>496</v>
       </c>
       <c r="I6" s="71">
@@ -14441,51 +14836,51 @@
       <c r="P6" s="76">
         <v>30</v>
       </c>
       <c r="Q6" s="70">
         <v>37</v>
       </c>
       <c r="R6" s="71">
         <v>43</v>
       </c>
       <c r="S6" s="76">
         <v>80</v>
       </c>
       <c r="T6" s="70">
         <f>SUM(B6,E6,H6,K6,N6,Q6)</f>
         <v>1996</v>
       </c>
       <c r="U6" s="71">
         <f>SUM(C6,F6,I6,L6,O6,R6)</f>
         <v>1827</v>
       </c>
       <c r="V6" s="72">
         <f t="shared" ref="V6:V11" si="0">SUM(D6,G6,J6,M6,P6,S6)</f>
         <v>3823</v>
       </c>
     </row>
-    <row r="7" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="70">
         <v>152</v>
       </c>
       <c r="C7" s="71">
         <v>100</v>
       </c>
       <c r="D7" s="76">
         <v>252</v>
       </c>
       <c r="E7" s="70">
         <v>196</v>
       </c>
       <c r="F7" s="71">
         <v>430</v>
       </c>
       <c r="G7" s="76">
         <v>626</v>
       </c>
       <c r="H7" s="70">
         <v>175</v>
       </c>
       <c r="I7" s="71">
@@ -14512,51 +14907,51 @@
       <c r="P7" s="76">
         <v>72</v>
       </c>
       <c r="Q7" s="70">
         <v>7</v>
       </c>
       <c r="R7" s="71">
         <v>15</v>
       </c>
       <c r="S7" s="76">
         <v>22</v>
       </c>
       <c r="T7" s="70">
         <f t="shared" ref="T7:T11" si="1">SUM(B7,E7,H7,K7,N7,Q7)</f>
         <v>686</v>
       </c>
       <c r="U7" s="71">
         <f t="shared" ref="U7:U11" si="2">SUM(C7,F7,I7,L7,O7,R7)</f>
         <v>1114</v>
       </c>
       <c r="V7" s="72">
         <f t="shared" si="0"/>
         <v>1800</v>
       </c>
     </row>
-    <row r="8" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="70">
         <v>144</v>
       </c>
       <c r="C8" s="71">
         <v>78</v>
       </c>
       <c r="D8" s="76">
         <v>222</v>
       </c>
       <c r="E8" s="70">
         <v>220</v>
       </c>
       <c r="F8" s="71">
         <v>374</v>
       </c>
       <c r="G8" s="76">
         <v>594</v>
       </c>
       <c r="H8" s="70">
         <v>151</v>
       </c>
       <c r="I8" s="71">
@@ -14583,51 +14978,51 @@
       <c r="P8" s="76">
         <v>35</v>
       </c>
       <c r="Q8" s="70">
         <v>5</v>
       </c>
       <c r="R8" s="71">
         <v>8</v>
       </c>
       <c r="S8" s="76">
         <v>13</v>
       </c>
       <c r="T8" s="70">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
       <c r="U8" s="71">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
       <c r="V8" s="72">
         <f t="shared" si="0"/>
         <v>1501</v>
       </c>
     </row>
-    <row r="9" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="70">
         <v>173</v>
       </c>
       <c r="C9" s="71">
         <v>74</v>
       </c>
       <c r="D9" s="76">
         <v>247</v>
       </c>
       <c r="E9" s="70">
         <v>180</v>
       </c>
       <c r="F9" s="71">
         <v>278</v>
       </c>
       <c r="G9" s="76">
         <v>458</v>
       </c>
       <c r="H9" s="70">
         <v>162</v>
       </c>
       <c r="I9" s="71">
@@ -14654,51 +15049,51 @@
       <c r="P9" s="76">
         <v>34</v>
       </c>
       <c r="Q9" s="70">
         <v>7</v>
       </c>
       <c r="R9" s="71">
         <v>11</v>
       </c>
       <c r="S9" s="76">
         <v>18</v>
       </c>
       <c r="T9" s="70">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
       <c r="U9" s="71">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
       <c r="V9" s="72">
         <f t="shared" si="0"/>
         <v>1341</v>
       </c>
     </row>
-    <row r="10" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="70">
         <v>110</v>
       </c>
       <c r="C10" s="71">
         <v>67</v>
       </c>
       <c r="D10" s="76">
         <v>177</v>
       </c>
       <c r="E10" s="70">
         <v>185</v>
       </c>
       <c r="F10" s="71">
         <v>260</v>
       </c>
       <c r="G10" s="76">
         <v>445</v>
       </c>
       <c r="H10" s="70">
         <v>178</v>
       </c>
       <c r="I10" s="71">
@@ -14725,51 +15120,51 @@
       <c r="P10" s="76">
         <v>36</v>
       </c>
       <c r="Q10" s="70">
         <v>2</v>
       </c>
       <c r="R10" s="71">
         <v>13</v>
       </c>
       <c r="S10" s="76">
         <v>15</v>
       </c>
       <c r="T10" s="70">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
       <c r="U10" s="71">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
       <c r="V10" s="72">
         <f t="shared" si="0"/>
         <v>1382</v>
       </c>
     </row>
-    <row r="11" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="73">
         <v>1435</v>
       </c>
       <c r="C11" s="74">
         <v>797</v>
       </c>
       <c r="D11" s="81">
         <v>2232</v>
       </c>
       <c r="E11" s="73">
         <v>1195</v>
       </c>
       <c r="F11" s="74">
         <v>1819</v>
       </c>
       <c r="G11" s="81">
         <v>3014</v>
       </c>
       <c r="H11" s="73">
         <v>1162</v>
       </c>
       <c r="I11" s="74">
@@ -14796,143 +15191,143 @@
       <c r="P11" s="81">
         <v>207</v>
       </c>
       <c r="Q11" s="73">
         <v>58</v>
       </c>
       <c r="R11" s="74">
         <v>90</v>
       </c>
       <c r="S11" s="81">
         <v>148</v>
       </c>
       <c r="T11" s="73">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
       <c r="U11" s="74">
         <f t="shared" si="2"/>
         <v>5266</v>
       </c>
       <c r="V11" s="75">
         <f t="shared" si="0"/>
         <v>9847</v>
       </c>
     </row>
-    <row r="13" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A13" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="98"/>
       <c r="D13" s="98"/>
       <c r="E13" s="98"/>
       <c r="F13" s="98"/>
       <c r="G13" s="98"/>
       <c r="H13" s="98"/>
       <c r="I13" s="98"/>
       <c r="J13" s="98"/>
       <c r="K13" s="98"/>
       <c r="L13" s="98"/>
       <c r="M13" s="98"/>
       <c r="N13" s="98"/>
       <c r="O13" s="98"/>
       <c r="P13" s="98"/>
       <c r="Q13" s="98"/>
       <c r="R13" s="98"/>
       <c r="S13" s="98"/>
       <c r="T13" s="98"/>
       <c r="U13" s="98"/>
       <c r="V13" s="98"/>
     </row>
-    <row r="14" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="100"/>
       <c r="B14" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="99"/>
       <c r="F14" s="99"/>
       <c r="G14" s="99"/>
       <c r="H14" s="99"/>
       <c r="I14" s="99"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="99"/>
       <c r="Q14" s="99"/>
       <c r="R14" s="99"/>
       <c r="S14" s="99"/>
       <c r="T14" s="99"/>
       <c r="U14" s="99"/>
       <c r="V14" s="99"/>
     </row>
-    <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="100"/>
       <c r="B15" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="91"/>
       <c r="D15" s="88"/>
       <c r="E15" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="91"/>
       <c r="G15" s="88"/>
       <c r="H15" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="91"/>
       <c r="J15" s="88"/>
       <c r="K15" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="91"/>
       <c r="M15" s="88"/>
       <c r="N15" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O15" s="91"/>
       <c r="P15" s="88"/>
       <c r="Q15" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R15" s="91"/>
       <c r="S15" s="88"/>
       <c r="T15" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U15" s="91"/>
       <c r="V15" s="92"/>
     </row>
-    <row r="16" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A16" s="100"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
@@ -14954,51 +15349,51 @@
       <c r="O16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="53">
         <v>792</v>
       </c>
       <c r="C17" s="54">
         <v>445</v>
       </c>
       <c r="D17" s="58">
         <v>1237</v>
       </c>
       <c r="E17" s="53">
         <v>381</v>
       </c>
       <c r="F17" s="54">
         <v>517</v>
       </c>
       <c r="G17" s="58">
         <v>898</v>
       </c>
       <c r="H17" s="53">
         <v>495</v>
       </c>
       <c r="I17" s="54">
@@ -15025,51 +15420,51 @@
       <c r="P17" s="58">
         <v>34</v>
       </c>
       <c r="Q17" s="53">
         <v>39</v>
       </c>
       <c r="R17" s="54">
         <v>44</v>
       </c>
       <c r="S17" s="58">
         <v>83</v>
       </c>
       <c r="T17" s="53">
         <f>SUM(B17,E17,H17,K17,N17,Q17)</f>
         <v>1913</v>
       </c>
       <c r="U17" s="54">
         <f t="shared" ref="U17:U22" si="3">SUM(C17,F17,I17,L17,O17,R17)</f>
         <v>1833</v>
       </c>
       <c r="V17" s="55">
         <f t="shared" ref="V17:V22" si="4">SUM(D17,G17,J17,M17,P17,S17)</f>
         <v>3746</v>
       </c>
     </row>
-    <row r="18" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="53">
         <v>124</v>
       </c>
       <c r="C18" s="54">
         <v>60</v>
       </c>
       <c r="D18" s="58">
         <v>184</v>
       </c>
       <c r="E18" s="53">
         <v>141</v>
       </c>
       <c r="F18" s="54">
         <v>222</v>
       </c>
       <c r="G18" s="58">
         <v>363</v>
       </c>
       <c r="H18" s="53">
         <v>130</v>
       </c>
       <c r="I18" s="54">
@@ -15096,51 +15491,51 @@
       <c r="P18" s="58">
         <v>44</v>
       </c>
       <c r="Q18" s="53">
         <v>3</v>
       </c>
       <c r="R18" s="54">
         <v>14</v>
       </c>
       <c r="S18" s="58">
         <v>17</v>
       </c>
       <c r="T18" s="53">
         <f t="shared" ref="T18:T22" si="5">SUM(B18,E18,H18,K18,N18,Q18)</f>
         <v>539</v>
       </c>
       <c r="U18" s="54">
         <f t="shared" si="3"/>
         <v>675</v>
       </c>
       <c r="V18" s="55">
         <f t="shared" si="4"/>
         <v>1214</v>
       </c>
     </row>
-    <row r="19" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="53">
         <v>137</v>
       </c>
       <c r="C19" s="54">
         <v>53</v>
       </c>
       <c r="D19" s="58">
         <v>190</v>
       </c>
       <c r="E19" s="53">
         <v>236</v>
       </c>
       <c r="F19" s="54">
         <v>266</v>
       </c>
       <c r="G19" s="58">
         <v>502</v>
       </c>
       <c r="H19" s="53">
         <v>163</v>
       </c>
       <c r="I19" s="54">
@@ -15167,51 +15562,51 @@
       <c r="P19" s="58">
         <v>30</v>
       </c>
       <c r="Q19" s="53">
         <v>2</v>
       </c>
       <c r="R19" s="54">
         <v>6</v>
       </c>
       <c r="S19" s="58">
         <v>8</v>
       </c>
       <c r="T19" s="53">
         <f t="shared" si="5"/>
         <v>650</v>
       </c>
       <c r="U19" s="54">
         <f t="shared" si="3"/>
         <v>630</v>
       </c>
       <c r="V19" s="55">
         <f t="shared" si="4"/>
         <v>1280</v>
       </c>
     </row>
-    <row r="20" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="53">
         <v>113</v>
       </c>
       <c r="C20" s="54">
         <v>57</v>
       </c>
       <c r="D20" s="58">
         <v>170</v>
       </c>
       <c r="E20" s="53">
         <v>129</v>
       </c>
       <c r="F20" s="54">
         <v>188</v>
       </c>
       <c r="G20" s="58">
         <v>317</v>
       </c>
       <c r="H20" s="53">
         <v>111</v>
       </c>
       <c r="I20" s="54">
@@ -15238,51 +15633,51 @@
       <c r="P20" s="58">
         <v>29</v>
       </c>
       <c r="Q20" s="53">
         <v>4</v>
       </c>
       <c r="R20" s="54">
         <v>9</v>
       </c>
       <c r="S20" s="58">
         <v>13</v>
       </c>
       <c r="T20" s="53">
         <f t="shared" si="5"/>
         <v>457</v>
       </c>
       <c r="U20" s="54">
         <f t="shared" si="3"/>
         <v>551</v>
       </c>
       <c r="V20" s="55">
         <f t="shared" si="4"/>
         <v>1008</v>
       </c>
     </row>
-    <row r="21" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="53">
         <v>104</v>
       </c>
       <c r="C21" s="54">
         <v>44</v>
       </c>
       <c r="D21" s="58">
         <v>148</v>
       </c>
       <c r="E21" s="53">
         <v>117</v>
       </c>
       <c r="F21" s="54">
         <v>190</v>
       </c>
       <c r="G21" s="58">
         <v>307</v>
       </c>
       <c r="H21" s="53">
         <v>109</v>
       </c>
       <c r="I21" s="54">
@@ -15309,51 +15704,51 @@
       <c r="P21" s="58">
         <v>23</v>
       </c>
       <c r="Q21" s="53">
         <v>6</v>
       </c>
       <c r="R21" s="54">
         <v>15</v>
       </c>
       <c r="S21" s="58">
         <v>21</v>
       </c>
       <c r="T21" s="53">
         <f t="shared" si="5"/>
         <v>420</v>
       </c>
       <c r="U21" s="54">
         <f t="shared" si="3"/>
         <v>535</v>
       </c>
       <c r="V21" s="55">
         <f t="shared" si="4"/>
         <v>955</v>
       </c>
     </row>
-    <row r="22" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>1270</v>
       </c>
       <c r="C22" s="52">
         <v>659</v>
       </c>
       <c r="D22" s="63">
         <v>1929</v>
       </c>
       <c r="E22" s="22">
         <v>1004</v>
       </c>
       <c r="F22" s="52">
         <v>1383</v>
       </c>
       <c r="G22" s="63">
         <v>2387</v>
       </c>
       <c r="H22" s="22">
         <v>1008</v>
       </c>
       <c r="I22" s="52">
@@ -15380,143 +15775,143 @@
       <c r="P22" s="63">
         <v>160</v>
       </c>
       <c r="Q22" s="22">
         <v>54</v>
       </c>
       <c r="R22" s="52">
         <v>88</v>
       </c>
       <c r="S22" s="63">
         <v>142</v>
       </c>
       <c r="T22" s="22">
         <f t="shared" si="5"/>
         <v>3979</v>
       </c>
       <c r="U22" s="52">
         <f t="shared" si="3"/>
         <v>4224</v>
       </c>
       <c r="V22" s="24">
         <f t="shared" si="4"/>
         <v>8203</v>
       </c>
     </row>
-    <row r="24" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A24" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="98"/>
       <c r="O24" s="98"/>
       <c r="P24" s="98"/>
       <c r="Q24" s="98"/>
       <c r="R24" s="98"/>
       <c r="S24" s="98"/>
       <c r="T24" s="98"/>
       <c r="U24" s="98"/>
       <c r="V24" s="98"/>
     </row>
-    <row r="25" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="100"/>
       <c r="B25" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="99"/>
       <c r="D25" s="99"/>
       <c r="E25" s="99"/>
       <c r="F25" s="99"/>
       <c r="G25" s="99"/>
       <c r="H25" s="99"/>
       <c r="I25" s="99"/>
       <c r="J25" s="99"/>
       <c r="K25" s="99"/>
       <c r="L25" s="99"/>
       <c r="M25" s="99"/>
       <c r="N25" s="99"/>
       <c r="O25" s="99"/>
       <c r="P25" s="99"/>
       <c r="Q25" s="99"/>
       <c r="R25" s="99"/>
       <c r="S25" s="99"/>
       <c r="T25" s="99"/>
       <c r="U25" s="99"/>
       <c r="V25" s="99"/>
     </row>
-    <row r="26" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:22" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="100"/>
       <c r="B26" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="88"/>
       <c r="E26" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F26" s="91"/>
       <c r="G26" s="88"/>
       <c r="H26" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I26" s="91"/>
       <c r="J26" s="88"/>
       <c r="K26" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="91"/>
       <c r="M26" s="88"/>
       <c r="N26" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O26" s="91"/>
       <c r="P26" s="88"/>
       <c r="Q26" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R26" s="91"/>
       <c r="S26" s="88"/>
       <c r="T26" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U26" s="91"/>
       <c r="V26" s="92"/>
     </row>
-    <row r="27" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A27" s="100"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
@@ -15538,51 +15933,51 @@
       <c r="O27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="53">
         <v>699</v>
       </c>
       <c r="C28" s="54">
         <v>399</v>
       </c>
       <c r="D28" s="58">
         <v>1098</v>
       </c>
       <c r="E28" s="53">
         <v>335</v>
       </c>
       <c r="F28" s="54">
         <v>424</v>
       </c>
       <c r="G28" s="58">
         <v>759</v>
       </c>
       <c r="H28" s="53">
         <v>382</v>
       </c>
       <c r="I28" s="54">
@@ -15609,51 +16004,51 @@
       <c r="P28" s="58">
         <v>23</v>
       </c>
       <c r="Q28" s="53">
         <v>77</v>
       </c>
       <c r="R28" s="54">
         <v>77</v>
       </c>
       <c r="S28" s="58">
         <v>154</v>
       </c>
       <c r="T28" s="10">
         <f>SUM(B28,E28,H28,K28,N28,Q28)</f>
         <v>1662</v>
       </c>
       <c r="U28" s="1">
         <f t="shared" ref="U28:U33" si="6">SUM(C28,F28,I28,L28,O28,R28)</f>
         <v>1579</v>
       </c>
       <c r="V28" s="15">
         <f t="shared" ref="V28:V33" si="7">SUM(D28,G28,J28,M28,P28,S28)</f>
         <v>3241</v>
       </c>
     </row>
-    <row r="29" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="53">
         <v>109</v>
       </c>
       <c r="C29" s="54">
         <v>51</v>
       </c>
       <c r="D29" s="58">
         <v>160</v>
       </c>
       <c r="E29" s="53">
         <v>134</v>
       </c>
       <c r="F29" s="54">
         <v>163</v>
       </c>
       <c r="G29" s="58">
         <v>297</v>
       </c>
       <c r="H29" s="53">
         <v>108</v>
       </c>
       <c r="I29" s="54">
@@ -15680,51 +16075,51 @@
       <c r="P29" s="58">
         <v>28</v>
       </c>
       <c r="Q29" s="53">
         <v>14</v>
       </c>
       <c r="R29" s="54">
         <v>21</v>
       </c>
       <c r="S29" s="58">
         <v>35</v>
       </c>
       <c r="T29" s="10">
         <f t="shared" ref="T29:T33" si="8">SUM(B29,E29,H29,K29,N29,Q29)</f>
         <v>482</v>
       </c>
       <c r="U29" s="1">
         <f t="shared" si="6"/>
         <v>480</v>
       </c>
       <c r="V29" s="15">
         <f t="shared" si="7"/>
         <v>962</v>
       </c>
     </row>
-    <row r="30" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="53">
         <v>101</v>
       </c>
       <c r="C30" s="54">
         <v>54</v>
       </c>
       <c r="D30" s="58">
         <v>155</v>
       </c>
       <c r="E30" s="53">
         <v>170</v>
       </c>
       <c r="F30" s="54">
         <v>205</v>
       </c>
       <c r="G30" s="58">
         <v>375</v>
       </c>
       <c r="H30" s="53">
         <v>98</v>
       </c>
       <c r="I30" s="54">
@@ -15751,51 +16146,51 @@
       <c r="P30" s="58">
         <v>26</v>
       </c>
       <c r="Q30" s="53">
         <v>12</v>
       </c>
       <c r="R30" s="54">
         <v>22</v>
       </c>
       <c r="S30" s="58">
         <v>34</v>
       </c>
       <c r="T30" s="10">
         <f t="shared" si="8"/>
         <v>456</v>
       </c>
       <c r="U30" s="1">
         <f t="shared" si="6"/>
         <v>546</v>
       </c>
       <c r="V30" s="15">
         <f t="shared" si="7"/>
         <v>1002</v>
       </c>
     </row>
-    <row r="31" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="53">
         <v>128</v>
       </c>
       <c r="C31" s="54">
         <v>42</v>
       </c>
       <c r="D31" s="58">
         <v>170</v>
       </c>
       <c r="E31" s="53">
         <v>113</v>
       </c>
       <c r="F31" s="54">
         <v>178</v>
       </c>
       <c r="G31" s="58">
         <v>291</v>
       </c>
       <c r="H31" s="53">
         <v>114</v>
       </c>
       <c r="I31" s="54">
@@ -15822,51 +16217,51 @@
       <c r="P31" s="58">
         <v>18</v>
       </c>
       <c r="Q31" s="53">
         <v>13</v>
       </c>
       <c r="R31" s="54">
         <v>14</v>
       </c>
       <c r="S31" s="58">
         <v>27</v>
       </c>
       <c r="T31" s="10">
         <f t="shared" si="8"/>
         <v>428</v>
       </c>
       <c r="U31" s="1">
         <f t="shared" si="6"/>
         <v>446</v>
       </c>
       <c r="V31" s="15">
         <f t="shared" si="7"/>
         <v>874</v>
       </c>
     </row>
-    <row r="32" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="53">
         <v>101</v>
       </c>
       <c r="C32" s="54">
         <v>55</v>
       </c>
       <c r="D32" s="58">
         <v>156</v>
       </c>
       <c r="E32" s="53">
         <v>114</v>
       </c>
       <c r="F32" s="54">
         <v>150</v>
       </c>
       <c r="G32" s="58">
         <v>264</v>
       </c>
       <c r="H32" s="53">
         <v>107</v>
       </c>
       <c r="I32" s="54">
@@ -15893,51 +16288,51 @@
       <c r="P32" s="58">
         <v>32</v>
       </c>
       <c r="Q32" s="53">
         <v>15</v>
       </c>
       <c r="R32" s="54">
         <v>25</v>
       </c>
       <c r="S32" s="58">
         <v>40</v>
       </c>
       <c r="T32" s="10">
         <f t="shared" si="8"/>
         <v>430</v>
       </c>
       <c r="U32" s="1">
         <f t="shared" si="6"/>
         <v>445</v>
       </c>
       <c r="V32" s="15">
         <f t="shared" si="7"/>
         <v>875</v>
       </c>
     </row>
-    <row r="33" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="33" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="22">
         <v>1138</v>
       </c>
       <c r="C33" s="52">
         <v>601</v>
       </c>
       <c r="D33" s="63">
         <v>1739</v>
       </c>
       <c r="E33" s="22">
         <v>866</v>
       </c>
       <c r="F33" s="52">
         <v>1120</v>
       </c>
       <c r="G33" s="63">
         <v>1986</v>
       </c>
       <c r="H33" s="22">
         <v>809</v>
       </c>
       <c r="I33" s="52">
@@ -15964,143 +16359,143 @@
       <c r="P33" s="63">
         <v>127</v>
       </c>
       <c r="Q33" s="22">
         <v>131</v>
       </c>
       <c r="R33" s="52">
         <v>159</v>
       </c>
       <c r="S33" s="63">
         <v>290</v>
       </c>
       <c r="T33" s="13">
         <f t="shared" si="8"/>
         <v>3458</v>
       </c>
       <c r="U33" s="14">
         <f t="shared" si="6"/>
         <v>3496</v>
       </c>
       <c r="V33" s="18">
         <f t="shared" si="7"/>
         <v>6954</v>
       </c>
     </row>
-    <row r="35" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A35" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="98"/>
       <c r="D35" s="98"/>
       <c r="E35" s="98"/>
       <c r="F35" s="98"/>
       <c r="G35" s="98"/>
       <c r="H35" s="98"/>
       <c r="I35" s="98"/>
       <c r="J35" s="98"/>
       <c r="K35" s="98"/>
       <c r="L35" s="98"/>
       <c r="M35" s="98"/>
       <c r="N35" s="98"/>
       <c r="O35" s="98"/>
       <c r="P35" s="98"/>
       <c r="Q35" s="98"/>
       <c r="R35" s="98"/>
       <c r="S35" s="98"/>
       <c r="T35" s="98"/>
       <c r="U35" s="98"/>
       <c r="V35" s="98"/>
     </row>
-    <row r="36" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="100"/>
       <c r="B36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="99"/>
       <c r="D36" s="99"/>
       <c r="E36" s="99"/>
       <c r="F36" s="99"/>
       <c r="G36" s="99"/>
       <c r="H36" s="99"/>
       <c r="I36" s="99"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="99"/>
       <c r="Q36" s="99"/>
       <c r="R36" s="99"/>
       <c r="S36" s="99"/>
       <c r="T36" s="99"/>
       <c r="U36" s="99"/>
       <c r="V36" s="99"/>
     </row>
-    <row r="37" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="100"/>
       <c r="B37" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="91"/>
       <c r="D37" s="88"/>
       <c r="E37" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="91"/>
       <c r="G37" s="88"/>
       <c r="H37" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I37" s="91"/>
       <c r="J37" s="88"/>
       <c r="K37" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="91"/>
       <c r="M37" s="88"/>
       <c r="N37" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O37" s="91"/>
       <c r="P37" s="88"/>
       <c r="Q37" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R37" s="91"/>
       <c r="S37" s="88"/>
       <c r="T37" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U37" s="91"/>
       <c r="V37" s="92"/>
     </row>
-    <row r="38" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A38" s="100"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
@@ -16122,51 +16517,51 @@
       <c r="O38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="53">
         <v>648</v>
       </c>
       <c r="C39" s="54">
         <v>393</v>
       </c>
       <c r="D39" s="58">
         <v>1041</v>
       </c>
       <c r="E39" s="53">
         <v>301</v>
       </c>
       <c r="F39" s="54">
         <v>358</v>
       </c>
       <c r="G39" s="58">
         <v>659</v>
       </c>
       <c r="H39" s="53">
         <v>377</v>
       </c>
       <c r="I39" s="54">
@@ -16193,51 +16588,51 @@
       <c r="P39" s="58">
         <v>25</v>
       </c>
       <c r="Q39" s="53">
         <v>70</v>
       </c>
       <c r="R39" s="54">
         <v>62</v>
       </c>
       <c r="S39" s="58">
         <v>132</v>
       </c>
       <c r="T39" s="10">
         <f>SUM(B39,E39,H39,K39,N39,Q39)</f>
         <v>1531</v>
       </c>
       <c r="U39" s="1">
         <f t="shared" ref="U39:U44" si="9">SUM(C39,F39,I39,L39,O39,R39)</f>
         <v>1434</v>
       </c>
       <c r="V39" s="15">
         <f t="shared" ref="V39:V44" si="10">SUM(D39,G39,J39,M39,P39,S39)</f>
         <v>2965</v>
       </c>
     </row>
-    <row r="40" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="53">
         <v>115</v>
       </c>
       <c r="C40" s="54">
         <v>45</v>
       </c>
       <c r="D40" s="58">
         <v>160</v>
       </c>
       <c r="E40" s="53">
         <v>120</v>
       </c>
       <c r="F40" s="54">
         <v>136</v>
       </c>
       <c r="G40" s="58">
         <v>256</v>
       </c>
       <c r="H40" s="53">
         <v>114</v>
       </c>
       <c r="I40" s="54">
@@ -16264,51 +16659,51 @@
       <c r="P40" s="58">
         <v>24</v>
       </c>
       <c r="Q40" s="53">
         <v>19</v>
       </c>
       <c r="R40" s="54">
         <v>18</v>
       </c>
       <c r="S40" s="58">
         <v>37</v>
       </c>
       <c r="T40" s="10">
         <f t="shared" ref="T40:T44" si="11">SUM(B40,E40,H40,K40,N40,Q40)</f>
         <v>475</v>
       </c>
       <c r="U40" s="1">
         <f t="shared" si="9"/>
         <v>416</v>
       </c>
       <c r="V40" s="15">
         <f t="shared" si="10"/>
         <v>891</v>
       </c>
     </row>
-    <row r="41" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="53">
         <v>94</v>
       </c>
       <c r="C41" s="54">
         <v>55</v>
       </c>
       <c r="D41" s="58">
         <v>149</v>
       </c>
       <c r="E41" s="53">
         <v>149</v>
       </c>
       <c r="F41" s="54">
         <v>215</v>
       </c>
       <c r="G41" s="58">
         <v>364</v>
       </c>
       <c r="H41" s="53">
         <v>84</v>
       </c>
       <c r="I41" s="54">
@@ -16335,51 +16730,51 @@
       <c r="P41" s="58">
         <v>21</v>
       </c>
       <c r="Q41" s="53">
         <v>23</v>
       </c>
       <c r="R41" s="54">
         <v>24</v>
       </c>
       <c r="S41" s="58">
         <v>47</v>
       </c>
       <c r="T41" s="10">
         <f t="shared" si="11"/>
         <v>411</v>
       </c>
       <c r="U41" s="1">
         <f t="shared" si="9"/>
         <v>511</v>
       </c>
       <c r="V41" s="15">
         <f t="shared" si="10"/>
         <v>922</v>
       </c>
     </row>
-    <row r="42" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="53">
         <v>102</v>
       </c>
       <c r="C42" s="54">
         <v>50</v>
       </c>
       <c r="D42" s="58">
         <v>152</v>
       </c>
       <c r="E42" s="53">
         <v>112</v>
       </c>
       <c r="F42" s="54">
         <v>141</v>
       </c>
       <c r="G42" s="58">
         <v>253</v>
       </c>
       <c r="H42" s="53">
         <v>74</v>
       </c>
       <c r="I42" s="54">
@@ -16406,51 +16801,51 @@
       <c r="P42" s="58">
         <v>11</v>
       </c>
       <c r="Q42" s="53">
         <v>13</v>
       </c>
       <c r="R42" s="54">
         <v>22</v>
       </c>
       <c r="S42" s="58">
         <v>35</v>
       </c>
       <c r="T42" s="10">
         <f t="shared" si="11"/>
         <v>383</v>
       </c>
       <c r="U42" s="1">
         <f t="shared" si="9"/>
         <v>419</v>
       </c>
       <c r="V42" s="15">
         <f t="shared" si="10"/>
         <v>802</v>
       </c>
     </row>
-    <row r="43" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="43" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="53">
         <v>86</v>
       </c>
       <c r="C43" s="54">
         <v>52</v>
       </c>
       <c r="D43" s="58">
         <v>138</v>
       </c>
       <c r="E43" s="53">
         <v>115</v>
       </c>
       <c r="F43" s="54">
         <v>125</v>
       </c>
       <c r="G43" s="58">
         <v>240</v>
       </c>
       <c r="H43" s="53">
         <v>97</v>
       </c>
       <c r="I43" s="54">
@@ -16477,51 +16872,51 @@
       <c r="P43" s="58">
         <v>17</v>
       </c>
       <c r="Q43" s="53">
         <v>16</v>
       </c>
       <c r="R43" s="54">
         <v>31</v>
       </c>
       <c r="S43" s="58">
         <v>47</v>
       </c>
       <c r="T43" s="10">
         <f t="shared" si="11"/>
         <v>387</v>
       </c>
       <c r="U43" s="1">
         <f t="shared" si="9"/>
         <v>410</v>
       </c>
       <c r="V43" s="15">
         <f t="shared" si="10"/>
         <v>797</v>
       </c>
     </row>
-    <row r="44" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="22">
         <v>1045</v>
       </c>
       <c r="C44" s="52">
         <v>595</v>
       </c>
       <c r="D44" s="63">
         <v>1640</v>
       </c>
       <c r="E44" s="22">
         <v>797</v>
       </c>
       <c r="F44" s="52">
         <v>975</v>
       </c>
       <c r="G44" s="63">
         <v>1772</v>
       </c>
       <c r="H44" s="22">
         <v>746</v>
       </c>
       <c r="I44" s="52">
@@ -16548,143 +16943,143 @@
       <c r="P44" s="63">
         <v>98</v>
       </c>
       <c r="Q44" s="22">
         <v>141</v>
       </c>
       <c r="R44" s="52">
         <v>157</v>
       </c>
       <c r="S44" s="63">
         <v>298</v>
       </c>
       <c r="T44" s="13">
         <f t="shared" si="11"/>
         <v>3187</v>
       </c>
       <c r="U44" s="14">
         <f t="shared" si="9"/>
         <v>3190</v>
       </c>
       <c r="V44" s="18">
         <f t="shared" si="10"/>
         <v>6377</v>
       </c>
     </row>
-    <row r="46" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A46" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="98"/>
       <c r="D46" s="98"/>
       <c r="E46" s="98"/>
       <c r="F46" s="98"/>
       <c r="G46" s="98"/>
       <c r="H46" s="98"/>
       <c r="I46" s="98"/>
       <c r="J46" s="98"/>
       <c r="K46" s="98"/>
       <c r="L46" s="98"/>
       <c r="M46" s="98"/>
       <c r="N46" s="98"/>
       <c r="O46" s="98"/>
       <c r="P46" s="98"/>
       <c r="Q46" s="98"/>
       <c r="R46" s="98"/>
       <c r="S46" s="98"/>
       <c r="T46" s="98"/>
       <c r="U46" s="98"/>
       <c r="V46" s="98"/>
     </row>
-    <row r="47" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="100"/>
       <c r="B47" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="99"/>
       <c r="D47" s="99"/>
       <c r="E47" s="99"/>
       <c r="F47" s="99"/>
       <c r="G47" s="99"/>
       <c r="H47" s="99"/>
       <c r="I47" s="99"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="99"/>
       <c r="Q47" s="99"/>
       <c r="R47" s="99"/>
       <c r="S47" s="99"/>
       <c r="T47" s="99"/>
       <c r="U47" s="99"/>
       <c r="V47" s="99"/>
     </row>
-    <row r="48" spans="1:22" ht="25.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:22" ht="25.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="100"/>
       <c r="B48" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="91"/>
       <c r="D48" s="88"/>
       <c r="E48" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F48" s="91"/>
       <c r="G48" s="88"/>
       <c r="H48" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="88"/>
       <c r="K48" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="91"/>
       <c r="M48" s="88"/>
       <c r="N48" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O48" s="91"/>
       <c r="P48" s="88"/>
       <c r="Q48" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R48" s="91"/>
       <c r="S48" s="88"/>
       <c r="T48" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U48" s="91"/>
       <c r="V48" s="92"/>
     </row>
-    <row r="49" spans="1:22" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:22" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="100"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
@@ -16706,51 +17101,51 @@
       <c r="O49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>768</v>
       </c>
       <c r="C50" s="1">
         <v>350</v>
       </c>
       <c r="D50" s="16">
         <v>1118</v>
       </c>
       <c r="E50" s="10">
         <v>299</v>
       </c>
       <c r="F50" s="1">
         <v>341</v>
       </c>
       <c r="G50" s="16">
         <v>640</v>
       </c>
       <c r="H50" s="10">
         <v>426</v>
       </c>
       <c r="I50" s="1">
@@ -16777,51 +17172,51 @@
       <c r="P50" s="16">
         <v>29</v>
       </c>
       <c r="Q50" s="10">
         <v>58</v>
       </c>
       <c r="R50" s="1">
         <v>65</v>
       </c>
       <c r="S50" s="16">
         <v>123</v>
       </c>
       <c r="T50" s="10">
         <f>SUM(B50,E50,H50,K50,N50,Q50)</f>
         <v>1687</v>
       </c>
       <c r="U50" s="1">
         <f t="shared" ref="U50:U55" si="12">SUM(C50,F50,I50,L50,O50,R50)</f>
         <v>1303</v>
       </c>
       <c r="V50" s="15">
         <f t="shared" ref="V50:V55" si="13">SUM(D50,G50,J50,M50,P50,S50)</f>
         <v>2990</v>
       </c>
     </row>
-    <row r="51" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>98</v>
       </c>
       <c r="C51" s="1">
         <v>42</v>
       </c>
       <c r="D51" s="16">
         <v>140</v>
       </c>
       <c r="E51" s="10">
         <v>108</v>
       </c>
       <c r="F51" s="1">
         <v>164</v>
       </c>
       <c r="G51" s="16">
         <v>272</v>
       </c>
       <c r="H51" s="10">
         <v>129</v>
       </c>
       <c r="I51" s="1">
@@ -16848,51 +17243,51 @@
       <c r="P51" s="16">
         <v>24</v>
       </c>
       <c r="Q51" s="10">
         <v>22</v>
       </c>
       <c r="R51" s="1">
         <v>20</v>
       </c>
       <c r="S51" s="16">
         <v>42</v>
       </c>
       <c r="T51" s="10">
         <f t="shared" ref="T51:T55" si="14">SUM(B51,E51,H51,K51,N51,Q51)</f>
         <v>467</v>
       </c>
       <c r="U51" s="1">
         <f t="shared" si="12"/>
         <v>461</v>
       </c>
       <c r="V51" s="15">
         <f t="shared" si="13"/>
         <v>928</v>
       </c>
     </row>
-    <row r="52" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>101</v>
       </c>
       <c r="C52" s="1">
         <v>52</v>
       </c>
       <c r="D52" s="16">
         <v>153</v>
       </c>
       <c r="E52" s="10">
         <v>118</v>
       </c>
       <c r="F52" s="1">
         <v>200</v>
       </c>
       <c r="G52" s="16">
         <v>318</v>
       </c>
       <c r="H52" s="10">
         <v>87</v>
       </c>
       <c r="I52" s="1">
@@ -16919,51 +17314,51 @@
       <c r="P52" s="16">
         <v>20</v>
       </c>
       <c r="Q52" s="10">
         <v>16</v>
       </c>
       <c r="R52" s="1">
         <v>24</v>
       </c>
       <c r="S52" s="16">
         <v>40</v>
       </c>
       <c r="T52" s="10">
         <f t="shared" si="14"/>
         <v>387</v>
       </c>
       <c r="U52" s="1">
         <f t="shared" si="12"/>
         <v>510</v>
       </c>
       <c r="V52" s="15">
         <f t="shared" si="13"/>
         <v>897</v>
       </c>
     </row>
-    <row r="53" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>121</v>
       </c>
       <c r="C53" s="1">
         <v>58</v>
       </c>
       <c r="D53" s="16">
         <v>179</v>
       </c>
       <c r="E53" s="10">
         <v>121</v>
       </c>
       <c r="F53" s="1">
         <v>148</v>
       </c>
       <c r="G53" s="16">
         <v>269</v>
       </c>
       <c r="H53" s="10">
         <v>93</v>
       </c>
       <c r="I53" s="1">
@@ -16990,51 +17385,51 @@
       <c r="P53" s="16">
         <v>17</v>
       </c>
       <c r="Q53" s="10">
         <v>18</v>
       </c>
       <c r="R53" s="1">
         <v>13</v>
       </c>
       <c r="S53" s="16">
         <v>31</v>
       </c>
       <c r="T53" s="10">
         <f t="shared" si="14"/>
         <v>425</v>
       </c>
       <c r="U53" s="1">
         <f t="shared" si="12"/>
         <v>394</v>
       </c>
       <c r="V53" s="15">
         <f t="shared" si="13"/>
         <v>819</v>
       </c>
     </row>
-    <row r="54" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="54" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="10">
         <v>88</v>
       </c>
       <c r="C54" s="1">
         <v>42</v>
       </c>
       <c r="D54" s="16">
         <v>130</v>
       </c>
       <c r="E54" s="10">
         <v>102</v>
       </c>
       <c r="F54" s="1">
         <v>138</v>
       </c>
       <c r="G54" s="16">
         <v>240</v>
       </c>
       <c r="H54" s="10">
         <v>74</v>
       </c>
       <c r="I54" s="1">
@@ -17061,51 +17456,51 @@
       <c r="P54" s="16">
         <v>21</v>
       </c>
       <c r="Q54" s="10">
         <v>18</v>
       </c>
       <c r="R54" s="1">
         <v>30</v>
       </c>
       <c r="S54" s="16">
         <v>48</v>
       </c>
       <c r="T54" s="10">
         <f t="shared" si="14"/>
         <v>342</v>
       </c>
       <c r="U54" s="1">
         <f t="shared" si="12"/>
         <v>389</v>
       </c>
       <c r="V54" s="15">
         <f t="shared" si="13"/>
         <v>731</v>
       </c>
     </row>
-    <row r="55" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="55" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>1176</v>
       </c>
       <c r="C55" s="14">
         <v>544</v>
       </c>
       <c r="D55" s="17">
         <v>1720</v>
       </c>
       <c r="E55" s="13">
         <v>748</v>
       </c>
       <c r="F55" s="14">
         <v>991</v>
       </c>
       <c r="G55" s="17">
         <v>1739</v>
       </c>
       <c r="H55" s="13">
         <v>809</v>
       </c>
       <c r="I55" s="14">
@@ -17132,143 +17527,143 @@
       <c r="P55" s="17">
         <v>111</v>
       </c>
       <c r="Q55" s="13">
         <v>132</v>
       </c>
       <c r="R55" s="14">
         <v>152</v>
       </c>
       <c r="S55" s="17">
         <v>284</v>
       </c>
       <c r="T55" s="13">
         <f t="shared" si="14"/>
         <v>3308</v>
       </c>
       <c r="U55" s="14">
         <f t="shared" si="12"/>
         <v>3057</v>
       </c>
       <c r="V55" s="18">
         <f t="shared" si="13"/>
         <v>6365</v>
       </c>
     </row>
-    <row r="57" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A57" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="98"/>
       <c r="D57" s="98"/>
       <c r="E57" s="98"/>
       <c r="F57" s="98"/>
       <c r="G57" s="98"/>
       <c r="H57" s="98"/>
       <c r="I57" s="98"/>
       <c r="J57" s="98"/>
       <c r="K57" s="98"/>
       <c r="L57" s="98"/>
       <c r="M57" s="98"/>
       <c r="N57" s="98"/>
       <c r="O57" s="98"/>
       <c r="P57" s="98"/>
       <c r="Q57" s="98"/>
       <c r="R57" s="98"/>
       <c r="S57" s="98"/>
       <c r="T57" s="98"/>
       <c r="U57" s="98"/>
       <c r="V57" s="98"/>
     </row>
-    <row r="58" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="100"/>
       <c r="B58" s="99" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="99"/>
       <c r="D58" s="99"/>
       <c r="E58" s="99"/>
       <c r="F58" s="99"/>
       <c r="G58" s="99"/>
       <c r="H58" s="99"/>
       <c r="I58" s="99"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="99"/>
       <c r="Q58" s="99"/>
       <c r="R58" s="99"/>
       <c r="S58" s="99"/>
       <c r="T58" s="99"/>
       <c r="U58" s="99"/>
       <c r="V58" s="99"/>
     </row>
-    <row r="59" spans="1:22" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:22" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="100"/>
       <c r="B59" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="91"/>
       <c r="D59" s="88"/>
       <c r="E59" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F59" s="91"/>
       <c r="G59" s="88"/>
       <c r="H59" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I59" s="91"/>
       <c r="J59" s="88"/>
       <c r="K59" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="91"/>
       <c r="M59" s="88"/>
       <c r="N59" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O59" s="91"/>
       <c r="P59" s="88"/>
       <c r="Q59" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R59" s="91"/>
       <c r="S59" s="88"/>
       <c r="T59" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U59" s="91"/>
       <c r="V59" s="92"/>
     </row>
-    <row r="60" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A60" s="100"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
@@ -17290,51 +17685,51 @@
       <c r="O60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>804</v>
       </c>
       <c r="C61" s="1">
         <v>381</v>
       </c>
       <c r="D61" s="16">
         <v>1185</v>
       </c>
       <c r="E61" s="10">
         <v>510</v>
       </c>
       <c r="F61" s="1">
         <v>323</v>
       </c>
       <c r="G61" s="16">
         <v>833</v>
       </c>
       <c r="H61" s="10">
         <v>524</v>
       </c>
       <c r="I61" s="1">
@@ -17361,51 +17756,51 @@
       <c r="P61" s="16">
         <v>32</v>
       </c>
       <c r="Q61" s="10">
         <v>67</v>
       </c>
       <c r="R61" s="1">
         <v>72</v>
       </c>
       <c r="S61" s="16">
         <v>139</v>
       </c>
       <c r="T61" s="10">
         <f>SUM(B61,E61,H61,K61,N61,Q61)</f>
         <v>2127</v>
       </c>
       <c r="U61" s="1">
         <f t="shared" ref="U61:U66" si="15">SUM(C61,F61,I61,L61,O61,R61)</f>
         <v>1339</v>
       </c>
       <c r="V61" s="15">
         <f t="shared" ref="V61:V66" si="16">SUM(D61,G61,J61,M61,P61,S61)</f>
         <v>3466</v>
       </c>
     </row>
-    <row r="62" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>131</v>
       </c>
       <c r="C62" s="1">
         <v>49</v>
       </c>
       <c r="D62" s="16">
         <v>180</v>
       </c>
       <c r="E62" s="10">
         <v>214</v>
       </c>
       <c r="F62" s="1">
         <v>156</v>
       </c>
       <c r="G62" s="16">
         <v>370</v>
       </c>
       <c r="H62" s="10">
         <v>179</v>
       </c>
       <c r="I62" s="1">
@@ -17432,51 +17827,51 @@
       <c r="P62" s="16">
         <v>29</v>
       </c>
       <c r="Q62" s="10">
         <v>22</v>
       </c>
       <c r="R62" s="1">
         <v>25</v>
       </c>
       <c r="S62" s="16">
         <v>47</v>
       </c>
       <c r="T62" s="10">
         <f t="shared" ref="T62:T66" si="17">SUM(B62,E62,H62,K62,N62,Q62)</f>
         <v>674</v>
       </c>
       <c r="U62" s="1">
         <f t="shared" si="15"/>
         <v>481</v>
       </c>
       <c r="V62" s="15">
         <f t="shared" si="16"/>
         <v>1155</v>
       </c>
     </row>
-    <row r="63" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>117</v>
       </c>
       <c r="C63" s="1">
         <v>51</v>
       </c>
       <c r="D63" s="16">
         <v>168</v>
       </c>
       <c r="E63" s="10">
         <v>206</v>
       </c>
       <c r="F63" s="1">
         <v>177</v>
       </c>
       <c r="G63" s="16">
         <v>383</v>
       </c>
       <c r="H63" s="10">
         <v>101</v>
       </c>
       <c r="I63" s="1">
@@ -17503,51 +17898,51 @@
       <c r="P63" s="16">
         <v>17</v>
       </c>
       <c r="Q63" s="10">
         <v>19</v>
       </c>
       <c r="R63" s="1">
         <v>20</v>
       </c>
       <c r="S63" s="16">
         <v>39</v>
       </c>
       <c r="T63" s="10">
         <f t="shared" si="17"/>
         <v>501</v>
       </c>
       <c r="U63" s="1">
         <f t="shared" si="15"/>
         <v>427</v>
       </c>
       <c r="V63" s="15">
         <f t="shared" si="16"/>
         <v>928</v>
       </c>
     </row>
-    <row r="64" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>144</v>
       </c>
       <c r="C64" s="1">
         <v>48</v>
       </c>
       <c r="D64" s="16">
         <v>192</v>
       </c>
       <c r="E64" s="10">
         <v>182</v>
       </c>
       <c r="F64" s="1">
         <v>165</v>
       </c>
       <c r="G64" s="16">
         <v>347</v>
       </c>
       <c r="H64" s="10">
         <v>142</v>
       </c>
       <c r="I64" s="1">
@@ -17574,51 +17969,51 @@
       <c r="P64" s="16">
         <v>20</v>
       </c>
       <c r="Q64" s="10">
         <v>24</v>
       </c>
       <c r="R64" s="1">
         <v>21</v>
       </c>
       <c r="S64" s="16">
         <v>45</v>
       </c>
       <c r="T64" s="10">
         <f t="shared" si="17"/>
         <v>601</v>
       </c>
       <c r="U64" s="1">
         <f t="shared" si="15"/>
         <v>428</v>
       </c>
       <c r="V64" s="15">
         <f t="shared" si="16"/>
         <v>1029</v>
       </c>
     </row>
-    <row r="65" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="65" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="10">
         <v>122</v>
       </c>
       <c r="C65" s="1">
         <v>46</v>
       </c>
       <c r="D65" s="16">
         <v>168</v>
       </c>
       <c r="E65" s="10">
         <v>187</v>
       </c>
       <c r="F65" s="1">
         <v>151</v>
       </c>
       <c r="G65" s="16">
         <v>338</v>
       </c>
       <c r="H65" s="10">
         <v>147</v>
       </c>
       <c r="I65" s="1">
@@ -17645,51 +18040,51 @@
       <c r="P65" s="16">
         <v>19</v>
       </c>
       <c r="Q65" s="10">
         <v>18</v>
       </c>
       <c r="R65" s="1">
         <v>19</v>
       </c>
       <c r="S65" s="16">
         <v>37</v>
       </c>
       <c r="T65" s="10">
         <f t="shared" si="17"/>
         <v>572</v>
       </c>
       <c r="U65" s="1">
         <f t="shared" si="15"/>
         <v>415</v>
       </c>
       <c r="V65" s="15">
         <f t="shared" si="16"/>
         <v>987</v>
       </c>
     </row>
-    <row r="66" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>1318</v>
       </c>
       <c r="C66" s="14">
         <v>575</v>
       </c>
       <c r="D66" s="17">
         <v>1893</v>
       </c>
       <c r="E66" s="13">
         <v>1299</v>
       </c>
       <c r="F66" s="14">
         <v>972</v>
       </c>
       <c r="G66" s="17">
         <v>2271</v>
       </c>
       <c r="H66" s="13">
         <v>1093</v>
       </c>
       <c r="I66" s="14">
@@ -17716,167 +18111,167 @@
       <c r="P66" s="17">
         <v>117</v>
       </c>
       <c r="Q66" s="13">
         <v>150</v>
       </c>
       <c r="R66" s="14">
         <v>157</v>
       </c>
       <c r="S66" s="17">
         <v>307</v>
       </c>
       <c r="T66" s="13">
         <f t="shared" si="17"/>
         <v>4475</v>
       </c>
       <c r="U66" s="14">
         <f t="shared" si="15"/>
         <v>3090</v>
       </c>
       <c r="V66" s="18">
         <f t="shared" si="16"/>
         <v>7565</v>
       </c>
     </row>
-    <row r="67" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A67" s="38"/>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="48"/>
       <c r="J67" s="48"/>
       <c r="K67" s="48"/>
       <c r="L67" s="48"/>
       <c r="M67" s="48"/>
       <c r="N67" s="48"/>
       <c r="O67" s="48"/>
       <c r="P67" s="48"/>
       <c r="Q67" s="48"/>
       <c r="R67" s="48"/>
       <c r="S67" s="48"/>
       <c r="T67" s="48"/>
       <c r="U67" s="48"/>
       <c r="V67" s="48"/>
     </row>
-    <row r="68" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A68" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="98"/>
       <c r="D68" s="98"/>
       <c r="E68" s="98"/>
       <c r="F68" s="98"/>
       <c r="G68" s="98"/>
       <c r="H68" s="98"/>
       <c r="I68" s="98"/>
       <c r="J68" s="98"/>
       <c r="K68" s="98"/>
       <c r="L68" s="98"/>
       <c r="M68" s="98"/>
       <c r="N68" s="98"/>
       <c r="O68" s="98"/>
       <c r="P68" s="98"/>
       <c r="Q68" s="98"/>
       <c r="R68" s="98"/>
       <c r="S68" s="98"/>
       <c r="T68" s="98"/>
       <c r="U68" s="98"/>
       <c r="V68" s="98"/>
     </row>
-    <row r="69" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="69" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="100"/>
       <c r="B69" s="99" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="99"/>
       <c r="D69" s="99"/>
       <c r="E69" s="99"/>
       <c r="F69" s="99"/>
       <c r="G69" s="99"/>
       <c r="H69" s="99"/>
       <c r="I69" s="99"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="99"/>
       <c r="Q69" s="99"/>
       <c r="R69" s="99"/>
       <c r="S69" s="99"/>
       <c r="T69" s="99"/>
       <c r="U69" s="99"/>
       <c r="V69" s="99"/>
     </row>
-    <row r="70" spans="1:22" ht="28.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:22" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="100"/>
       <c r="B70" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="91"/>
       <c r="D70" s="88"/>
       <c r="E70" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F70" s="91"/>
       <c r="G70" s="88"/>
       <c r="H70" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I70" s="91"/>
       <c r="J70" s="88"/>
       <c r="K70" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="91"/>
       <c r="M70" s="88"/>
       <c r="N70" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O70" s="91"/>
       <c r="P70" s="88"/>
       <c r="Q70" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R70" s="91"/>
       <c r="S70" s="88"/>
       <c r="T70" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U70" s="91"/>
       <c r="V70" s="92"/>
     </row>
-    <row r="71" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A71" s="100"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
@@ -17898,51 +18293,51 @@
       <c r="O71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>887</v>
       </c>
       <c r="C72" s="1">
         <v>436</v>
       </c>
       <c r="D72" s="16">
         <v>1323</v>
       </c>
       <c r="E72" s="10">
         <v>376</v>
       </c>
       <c r="F72" s="1">
         <v>412</v>
       </c>
       <c r="G72" s="16">
         <v>788</v>
       </c>
       <c r="H72" s="10">
         <v>504</v>
       </c>
       <c r="I72" s="1">
@@ -17969,51 +18364,51 @@
       <c r="P72" s="16">
         <v>26</v>
       </c>
       <c r="Q72" s="10">
         <v>74</v>
       </c>
       <c r="R72" s="1">
         <v>92</v>
       </c>
       <c r="S72" s="16">
         <v>166</v>
       </c>
       <c r="T72" s="53">
         <f>SUM(B72,E72,H72,K72,N72,Q72)</f>
         <v>2010</v>
       </c>
       <c r="U72" s="54">
         <f t="shared" ref="U72:U77" si="18">SUM(C72,F72,I72,L72,O72,R72)</f>
         <v>1624</v>
       </c>
       <c r="V72" s="55">
         <f t="shared" ref="V72:V77" si="19">SUM(D72,G72,J72,M72,P72,S72)</f>
         <v>3634</v>
       </c>
     </row>
-    <row r="73" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>139</v>
       </c>
       <c r="C73" s="1">
         <v>53</v>
       </c>
       <c r="D73" s="16">
         <v>192</v>
       </c>
       <c r="E73" s="10">
         <v>168</v>
       </c>
       <c r="F73" s="1">
         <v>173</v>
       </c>
       <c r="G73" s="16">
         <v>341</v>
       </c>
       <c r="H73" s="10">
         <v>132</v>
       </c>
       <c r="I73" s="1">
@@ -18040,51 +18435,51 @@
       <c r="P73" s="16">
         <v>39</v>
       </c>
       <c r="Q73" s="10">
         <v>17</v>
       </c>
       <c r="R73" s="1">
         <v>23</v>
       </c>
       <c r="S73" s="16">
         <v>40</v>
       </c>
       <c r="T73" s="53">
         <f t="shared" ref="T73:T77" si="20">SUM(B73,E73,H73,K73,N73,Q73)</f>
         <v>577</v>
       </c>
       <c r="U73" s="54">
         <f t="shared" si="18"/>
         <v>536</v>
       </c>
       <c r="V73" s="55">
         <f t="shared" si="19"/>
         <v>1113</v>
       </c>
     </row>
-    <row r="74" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>89</v>
       </c>
       <c r="C74" s="1">
         <v>62</v>
       </c>
       <c r="D74" s="16">
         <v>151</v>
       </c>
       <c r="E74" s="10">
         <v>181</v>
       </c>
       <c r="F74" s="1">
         <v>219</v>
       </c>
       <c r="G74" s="16">
         <v>400</v>
       </c>
       <c r="H74" s="10">
         <v>114</v>
       </c>
       <c r="I74" s="1">
@@ -18111,51 +18506,51 @@
       <c r="P74" s="16">
         <v>23</v>
       </c>
       <c r="Q74" s="10">
         <v>11</v>
       </c>
       <c r="R74" s="1">
         <v>37</v>
       </c>
       <c r="S74" s="16">
         <v>48</v>
       </c>
       <c r="T74" s="53">
         <f t="shared" si="20"/>
         <v>481</v>
       </c>
       <c r="U74" s="54">
         <f t="shared" si="18"/>
         <v>552</v>
       </c>
       <c r="V74" s="55">
         <f t="shared" si="19"/>
         <v>1033</v>
       </c>
     </row>
-    <row r="75" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>150</v>
       </c>
       <c r="C75" s="1">
         <v>62</v>
       </c>
       <c r="D75" s="16">
         <v>212</v>
       </c>
       <c r="E75" s="10">
         <v>153</v>
       </c>
       <c r="F75" s="1">
         <v>174</v>
       </c>
       <c r="G75" s="16">
         <v>327</v>
       </c>
       <c r="H75" s="10">
         <v>138</v>
       </c>
       <c r="I75" s="1">
@@ -18182,51 +18577,51 @@
       <c r="P75" s="16">
         <v>20</v>
       </c>
       <c r="Q75" s="10">
         <v>15</v>
       </c>
       <c r="R75" s="1">
         <v>22</v>
       </c>
       <c r="S75" s="16">
         <v>37</v>
       </c>
       <c r="T75" s="10">
         <f t="shared" si="20"/>
         <v>557</v>
       </c>
       <c r="U75" s="1">
         <f t="shared" si="18"/>
         <v>446</v>
       </c>
       <c r="V75" s="15">
         <f t="shared" si="19"/>
         <v>1003</v>
       </c>
     </row>
-    <row r="76" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="76" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="10">
         <v>119</v>
       </c>
       <c r="C76" s="1">
         <v>52</v>
       </c>
       <c r="D76" s="16">
         <v>171</v>
       </c>
       <c r="E76" s="10">
         <v>142</v>
       </c>
       <c r="F76" s="1">
         <v>158</v>
       </c>
       <c r="G76" s="16">
         <v>300</v>
       </c>
       <c r="H76" s="10">
         <v>119</v>
       </c>
       <c r="I76" s="1">
@@ -18253,51 +18648,51 @@
       <c r="P76" s="16">
         <v>25</v>
       </c>
       <c r="Q76" s="10">
         <v>25</v>
       </c>
       <c r="R76" s="1">
         <v>19</v>
       </c>
       <c r="S76" s="16">
         <v>44</v>
       </c>
       <c r="T76" s="10">
         <f t="shared" si="20"/>
         <v>498</v>
       </c>
       <c r="U76" s="1">
         <f t="shared" si="18"/>
         <v>428</v>
       </c>
       <c r="V76" s="15">
         <f t="shared" si="19"/>
         <v>926</v>
       </c>
     </row>
-    <row r="77" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>1384</v>
       </c>
       <c r="C77" s="14">
         <v>665</v>
       </c>
       <c r="D77" s="17">
         <v>2049</v>
       </c>
       <c r="E77" s="13">
         <v>1020</v>
       </c>
       <c r="F77" s="14">
         <v>1136</v>
       </c>
       <c r="G77" s="17">
         <v>2156</v>
       </c>
       <c r="H77" s="13">
         <v>1007</v>
       </c>
       <c r="I77" s="14">
@@ -18324,143 +18719,143 @@
       <c r="P77" s="17">
         <v>133</v>
       </c>
       <c r="Q77" s="13">
         <v>142</v>
       </c>
       <c r="R77" s="14">
         <v>193</v>
       </c>
       <c r="S77" s="17">
         <v>335</v>
       </c>
       <c r="T77" s="13">
         <f t="shared" si="20"/>
         <v>4123</v>
       </c>
       <c r="U77" s="14">
         <f t="shared" si="18"/>
         <v>3586</v>
       </c>
       <c r="V77" s="18">
         <f t="shared" si="19"/>
         <v>7709</v>
       </c>
     </row>
-    <row r="79" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A79" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="98"/>
       <c r="D79" s="98"/>
       <c r="E79" s="98"/>
       <c r="F79" s="98"/>
       <c r="G79" s="98"/>
       <c r="H79" s="98"/>
       <c r="I79" s="98"/>
       <c r="J79" s="98"/>
       <c r="K79" s="98"/>
       <c r="L79" s="98"/>
       <c r="M79" s="98"/>
       <c r="N79" s="98"/>
       <c r="O79" s="98"/>
       <c r="P79" s="98"/>
       <c r="Q79" s="98"/>
       <c r="R79" s="98"/>
       <c r="S79" s="98"/>
       <c r="T79" s="98"/>
       <c r="U79" s="98"/>
       <c r="V79" s="98"/>
     </row>
-    <row r="80" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="80" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="100"/>
       <c r="B80" s="99" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="99"/>
       <c r="D80" s="99"/>
       <c r="E80" s="99"/>
       <c r="F80" s="99"/>
       <c r="G80" s="99"/>
       <c r="H80" s="99"/>
       <c r="I80" s="99"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="99"/>
       <c r="Q80" s="99"/>
       <c r="R80" s="99"/>
       <c r="S80" s="99"/>
       <c r="T80" s="99"/>
       <c r="U80" s="99"/>
       <c r="V80" s="99"/>
     </row>
-    <row r="81" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:22" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="100"/>
       <c r="B81" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="91"/>
       <c r="D81" s="88"/>
       <c r="E81" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F81" s="91"/>
       <c r="G81" s="88"/>
       <c r="H81" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I81" s="91"/>
       <c r="J81" s="88"/>
       <c r="K81" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L81" s="91"/>
       <c r="M81" s="88"/>
       <c r="N81" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O81" s="91"/>
       <c r="P81" s="88"/>
       <c r="Q81" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R81" s="91"/>
       <c r="S81" s="88"/>
       <c r="T81" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U81" s="91"/>
       <c r="V81" s="92"/>
     </row>
-    <row r="82" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A82" s="100"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
@@ -18482,51 +18877,51 @@
       <c r="O82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>703</v>
       </c>
       <c r="C83" s="1">
         <v>368</v>
       </c>
       <c r="D83" s="16">
         <v>1071</v>
       </c>
       <c r="E83" s="10">
         <v>321</v>
       </c>
       <c r="F83" s="1">
         <v>327</v>
       </c>
       <c r="G83" s="16">
         <v>648</v>
       </c>
       <c r="H83" s="10">
         <v>369</v>
       </c>
       <c r="I83" s="1">
@@ -18553,51 +18948,51 @@
       <c r="P83" s="16">
         <v>24</v>
       </c>
       <c r="Q83" s="10">
         <v>72</v>
       </c>
       <c r="R83" s="1">
         <v>94</v>
       </c>
       <c r="S83" s="16">
         <v>166</v>
       </c>
       <c r="T83" s="10">
         <f>SUM(B83,E83,H83,K83,N83,Q83)</f>
         <v>1619</v>
       </c>
       <c r="U83" s="1">
         <f t="shared" ref="U83:U88" si="21">SUM(C83,F83,I83,L83,O83,R83)</f>
         <v>1374</v>
       </c>
       <c r="V83" s="15">
         <f t="shared" ref="V83:V88" si="22">SUM(D83,G83,J83,M83,P83,S83)</f>
         <v>2993</v>
       </c>
     </row>
-    <row r="84" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>111</v>
       </c>
       <c r="C84" s="1">
         <v>34</v>
       </c>
       <c r="D84" s="16">
         <v>145</v>
       </c>
       <c r="E84" s="10">
         <v>109</v>
       </c>
       <c r="F84" s="1">
         <v>134</v>
       </c>
       <c r="G84" s="16">
         <v>243</v>
       </c>
       <c r="H84" s="10">
         <v>114</v>
       </c>
       <c r="I84" s="1">
@@ -18624,51 +19019,51 @@
       <c r="P84" s="16">
         <v>26</v>
       </c>
       <c r="Q84" s="10">
         <v>9</v>
       </c>
       <c r="R84" s="1">
         <v>22</v>
       </c>
       <c r="S84" s="16">
         <v>31</v>
       </c>
       <c r="T84" s="10">
         <f t="shared" ref="T84:T88" si="23">SUM(B84,E84,H84,K84,N84,Q84)</f>
         <v>439</v>
       </c>
       <c r="U84" s="1">
         <f t="shared" si="21"/>
         <v>411</v>
       </c>
       <c r="V84" s="15">
         <f t="shared" si="22"/>
         <v>850</v>
       </c>
     </row>
-    <row r="85" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>102</v>
       </c>
       <c r="C85" s="1">
         <v>56</v>
       </c>
       <c r="D85" s="16">
         <v>158</v>
       </c>
       <c r="E85" s="10">
         <v>148</v>
       </c>
       <c r="F85" s="1">
         <v>175</v>
       </c>
       <c r="G85" s="16">
         <v>323</v>
       </c>
       <c r="H85" s="10">
         <v>103</v>
       </c>
       <c r="I85" s="1">
@@ -18695,51 +19090,51 @@
       <c r="P85" s="16">
         <v>20</v>
       </c>
       <c r="Q85" s="10">
         <v>26</v>
       </c>
       <c r="R85" s="1">
         <v>20</v>
       </c>
       <c r="S85" s="16">
         <v>46</v>
       </c>
       <c r="T85" s="10">
         <f t="shared" si="23"/>
         <v>467</v>
       </c>
       <c r="U85" s="1">
         <f t="shared" si="21"/>
         <v>460</v>
       </c>
       <c r="V85" s="15">
         <f t="shared" si="22"/>
         <v>927</v>
       </c>
     </row>
-    <row r="86" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>135</v>
       </c>
       <c r="C86" s="1">
         <v>55</v>
       </c>
       <c r="D86" s="16">
         <v>190</v>
       </c>
       <c r="E86" s="10">
         <v>97</v>
       </c>
       <c r="F86" s="1">
         <v>155</v>
       </c>
       <c r="G86" s="16">
         <v>252</v>
       </c>
       <c r="H86" s="10">
         <v>94</v>
       </c>
       <c r="I86" s="1">
@@ -18766,51 +19161,51 @@
       <c r="P86" s="16">
         <v>21</v>
       </c>
       <c r="Q86" s="10">
         <v>11</v>
       </c>
       <c r="R86" s="1">
         <v>29</v>
       </c>
       <c r="S86" s="16">
         <v>40</v>
       </c>
       <c r="T86" s="10">
         <f t="shared" si="23"/>
         <v>412</v>
       </c>
       <c r="U86" s="1">
         <f t="shared" si="21"/>
         <v>405</v>
       </c>
       <c r="V86" s="15">
         <f t="shared" si="22"/>
         <v>817</v>
       </c>
     </row>
-    <row r="87" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="87" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="10">
         <v>97</v>
       </c>
       <c r="C87" s="1">
         <v>43</v>
       </c>
       <c r="D87" s="16">
         <v>140</v>
       </c>
       <c r="E87" s="10">
         <v>119</v>
       </c>
       <c r="F87" s="1">
         <v>136</v>
       </c>
       <c r="G87" s="16">
         <v>255</v>
       </c>
       <c r="H87" s="10">
         <v>110</v>
       </c>
       <c r="I87" s="1">
@@ -18837,51 +19232,51 @@
       <c r="P87" s="16">
         <v>24</v>
       </c>
       <c r="Q87" s="10">
         <v>24</v>
       </c>
       <c r="R87" s="1">
         <v>24</v>
       </c>
       <c r="S87" s="16">
         <v>48</v>
       </c>
       <c r="T87" s="10">
         <f t="shared" si="23"/>
         <v>433</v>
       </c>
       <c r="U87" s="1">
         <f t="shared" si="21"/>
         <v>370</v>
       </c>
       <c r="V87" s="15">
         <f t="shared" si="22"/>
         <v>803</v>
       </c>
     </row>
-    <row r="88" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="88" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>1148</v>
       </c>
       <c r="C88" s="14">
         <v>556</v>
       </c>
       <c r="D88" s="17">
         <v>1704</v>
       </c>
       <c r="E88" s="13">
         <v>794</v>
       </c>
       <c r="F88" s="14">
         <v>927</v>
       </c>
       <c r="G88" s="17">
         <v>1721</v>
       </c>
       <c r="H88" s="13">
         <v>790</v>
       </c>
       <c r="I88" s="14">
@@ -18908,143 +19303,143 @@
       <c r="P88" s="17">
         <v>115</v>
       </c>
       <c r="Q88" s="13">
         <v>142</v>
       </c>
       <c r="R88" s="14">
         <v>189</v>
       </c>
       <c r="S88" s="17">
         <v>331</v>
       </c>
       <c r="T88" s="13">
         <f t="shared" si="23"/>
         <v>3370</v>
       </c>
       <c r="U88" s="14">
         <f t="shared" si="21"/>
         <v>3020</v>
       </c>
       <c r="V88" s="18">
         <f t="shared" si="22"/>
         <v>6390</v>
       </c>
     </row>
-    <row r="90" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A90" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="98"/>
       <c r="D90" s="98"/>
       <c r="E90" s="98"/>
       <c r="F90" s="98"/>
       <c r="G90" s="98"/>
       <c r="H90" s="98"/>
       <c r="I90" s="98"/>
       <c r="J90" s="98"/>
       <c r="K90" s="98"/>
       <c r="L90" s="98"/>
       <c r="M90" s="98"/>
       <c r="N90" s="98"/>
       <c r="O90" s="98"/>
       <c r="P90" s="98"/>
       <c r="Q90" s="98"/>
       <c r="R90" s="98"/>
       <c r="S90" s="98"/>
       <c r="T90" s="98"/>
       <c r="U90" s="98"/>
       <c r="V90" s="98"/>
     </row>
-    <row r="91" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="91" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="100"/>
       <c r="B91" s="99" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="99"/>
       <c r="D91" s="99"/>
       <c r="E91" s="99"/>
       <c r="F91" s="99"/>
       <c r="G91" s="99"/>
       <c r="H91" s="99"/>
       <c r="I91" s="99"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="99"/>
       <c r="Q91" s="99"/>
       <c r="R91" s="99"/>
       <c r="S91" s="99"/>
       <c r="T91" s="99"/>
       <c r="U91" s="99"/>
       <c r="V91" s="99"/>
     </row>
-    <row r="92" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:22" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="100"/>
       <c r="B92" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="91"/>
       <c r="D92" s="88"/>
       <c r="E92" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F92" s="91"/>
       <c r="G92" s="88"/>
       <c r="H92" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I92" s="91"/>
       <c r="J92" s="88"/>
       <c r="K92" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L92" s="91"/>
       <c r="M92" s="88"/>
       <c r="N92" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O92" s="91"/>
       <c r="P92" s="88"/>
       <c r="Q92" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R92" s="91"/>
       <c r="S92" s="88"/>
       <c r="T92" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U92" s="91"/>
       <c r="V92" s="92"/>
     </row>
-    <row r="93" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A93" s="100"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
@@ -19066,51 +19461,51 @@
       <c r="O93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="10">
         <v>765</v>
       </c>
       <c r="C94" s="1">
         <v>370</v>
       </c>
       <c r="D94" s="16">
         <v>1135</v>
       </c>
       <c r="E94" s="10">
         <v>379</v>
       </c>
       <c r="F94" s="1">
         <v>399</v>
       </c>
       <c r="G94" s="16">
         <v>778</v>
       </c>
       <c r="H94" s="10">
         <v>488</v>
       </c>
       <c r="I94" s="1">
@@ -19137,51 +19532,51 @@
       <c r="P94" s="16">
         <v>33</v>
       </c>
       <c r="Q94" s="10">
         <v>75</v>
       </c>
       <c r="R94" s="1">
         <v>89</v>
       </c>
       <c r="S94" s="16">
         <v>164</v>
       </c>
       <c r="T94" s="10">
         <f>SUM(B94,E94,H94,K94,N94,Q94)</f>
         <v>1893</v>
       </c>
       <c r="U94" s="1">
         <f t="shared" ref="U94:U99" si="24">SUM(C94,F94,I94,L94,O94,R94)</f>
         <v>1511</v>
       </c>
       <c r="V94" s="15">
         <f t="shared" ref="V94:V99" si="25">SUM(D94,G94,J94,M94,P94,S94)</f>
         <v>3404</v>
       </c>
     </row>
-    <row r="95" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>130</v>
       </c>
       <c r="C95" s="1">
         <v>53</v>
       </c>
       <c r="D95" s="16">
         <v>183</v>
       </c>
       <c r="E95" s="10">
         <v>156</v>
       </c>
       <c r="F95" s="1">
         <v>142</v>
       </c>
       <c r="G95" s="16">
         <v>298</v>
       </c>
       <c r="H95" s="10">
         <v>141</v>
       </c>
       <c r="I95" s="1">
@@ -19208,51 +19603,51 @@
       <c r="P95" s="16">
         <v>41</v>
       </c>
       <c r="Q95" s="10">
         <v>16</v>
       </c>
       <c r="R95" s="1">
         <v>15</v>
       </c>
       <c r="S95" s="16">
         <v>31</v>
       </c>
       <c r="T95" s="10">
         <f t="shared" ref="T95:T99" si="26">SUM(B95,E95,H95,K95,N95,Q95)</f>
         <v>566</v>
       </c>
       <c r="U95" s="1">
         <f t="shared" si="24"/>
         <v>471</v>
       </c>
       <c r="V95" s="15">
         <f t="shared" si="25"/>
         <v>1037</v>
       </c>
     </row>
-    <row r="96" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>167</v>
       </c>
       <c r="C96" s="1">
         <v>55</v>
       </c>
       <c r="D96" s="16">
         <v>222</v>
       </c>
       <c r="E96" s="10">
         <v>183</v>
       </c>
       <c r="F96" s="1">
         <v>176</v>
       </c>
       <c r="G96" s="16">
         <v>359</v>
       </c>
       <c r="H96" s="10">
         <v>147</v>
       </c>
       <c r="I96" s="1">
@@ -19279,51 +19674,51 @@
       <c r="P96" s="16">
         <v>18</v>
       </c>
       <c r="Q96" s="10">
         <v>18</v>
       </c>
       <c r="R96" s="1">
         <v>28</v>
       </c>
       <c r="S96" s="16">
         <v>46</v>
       </c>
       <c r="T96" s="10">
         <f t="shared" si="26"/>
         <v>588</v>
       </c>
       <c r="U96" s="1">
         <f t="shared" si="24"/>
         <v>480</v>
       </c>
       <c r="V96" s="15">
         <f t="shared" si="25"/>
         <v>1068</v>
       </c>
     </row>
-    <row r="97" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B97" s="10">
         <v>151</v>
       </c>
       <c r="C97" s="1">
         <v>66</v>
       </c>
       <c r="D97" s="16">
         <v>217</v>
       </c>
       <c r="E97" s="10">
         <v>131</v>
       </c>
       <c r="F97" s="1">
         <v>169</v>
       </c>
       <c r="G97" s="16">
         <v>300</v>
       </c>
       <c r="H97" s="10">
         <v>119</v>
       </c>
       <c r="I97" s="1">
@@ -19350,51 +19745,51 @@
       <c r="P97" s="16">
         <v>19</v>
       </c>
       <c r="Q97" s="10">
         <v>19</v>
       </c>
       <c r="R97" s="1">
         <v>13</v>
       </c>
       <c r="S97" s="16">
         <v>32</v>
       </c>
       <c r="T97" s="10">
         <f t="shared" si="26"/>
         <v>499</v>
       </c>
       <c r="U97" s="1">
         <f t="shared" si="24"/>
         <v>449</v>
       </c>
       <c r="V97" s="15">
         <f t="shared" si="25"/>
         <v>948</v>
       </c>
     </row>
-    <row r="98" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="98" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="10">
         <v>111</v>
       </c>
       <c r="C98" s="1">
         <v>50</v>
       </c>
       <c r="D98" s="16">
         <v>161</v>
       </c>
       <c r="E98" s="10">
         <v>125</v>
       </c>
       <c r="F98" s="1">
         <v>137</v>
       </c>
       <c r="G98" s="16">
         <v>262</v>
       </c>
       <c r="H98" s="10">
         <v>122</v>
       </c>
       <c r="I98" s="1">
@@ -19421,51 +19816,51 @@
       <c r="P98" s="16">
         <v>31</v>
       </c>
       <c r="Q98" s="10">
         <v>19</v>
       </c>
       <c r="R98" s="1">
         <v>16</v>
       </c>
       <c r="S98" s="16">
         <v>35</v>
       </c>
       <c r="T98" s="10">
         <f t="shared" si="26"/>
         <v>484</v>
       </c>
       <c r="U98" s="1">
         <f t="shared" si="24"/>
         <v>420</v>
       </c>
       <c r="V98" s="15">
         <f t="shared" si="25"/>
         <v>904</v>
       </c>
     </row>
-    <row r="99" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="99" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>1324</v>
       </c>
       <c r="C99" s="14">
         <v>594</v>
       </c>
       <c r="D99" s="17">
         <v>1918</v>
       </c>
       <c r="E99" s="13">
         <v>974</v>
       </c>
       <c r="F99" s="14">
         <v>1023</v>
       </c>
       <c r="G99" s="17">
         <v>1997</v>
       </c>
       <c r="H99" s="13">
         <v>1017</v>
       </c>
       <c r="I99" s="14">
@@ -19492,144 +19887,143 @@
       <c r="P99" s="17">
         <v>142</v>
       </c>
       <c r="Q99" s="13">
         <v>147</v>
       </c>
       <c r="R99" s="14">
         <v>161</v>
       </c>
       <c r="S99" s="17">
         <v>308</v>
       </c>
       <c r="T99" s="13">
         <f t="shared" si="26"/>
         <v>4030</v>
       </c>
       <c r="U99" s="14">
         <f t="shared" si="24"/>
         <v>3331</v>
       </c>
       <c r="V99" s="18">
         <f t="shared" si="25"/>
         <v>7361</v>
       </c>
     </row>
-    <row r="100" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
-    <row r="101" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A101" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="98"/>
       <c r="D101" s="98"/>
       <c r="E101" s="98"/>
       <c r="F101" s="98"/>
       <c r="G101" s="98"/>
       <c r="H101" s="98"/>
       <c r="I101" s="98"/>
       <c r="J101" s="98"/>
       <c r="K101" s="98"/>
       <c r="L101" s="98"/>
       <c r="M101" s="98"/>
       <c r="N101" s="98"/>
       <c r="O101" s="98"/>
       <c r="P101" s="98"/>
       <c r="Q101" s="98"/>
       <c r="R101" s="98"/>
       <c r="S101" s="98"/>
       <c r="T101" s="98"/>
       <c r="U101" s="98"/>
       <c r="V101" s="98"/>
     </row>
-    <row r="102" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="102" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="100"/>
       <c r="B102" s="99" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="99"/>
       <c r="D102" s="99"/>
       <c r="E102" s="99"/>
       <c r="F102" s="99"/>
       <c r="G102" s="99"/>
       <c r="H102" s="99"/>
       <c r="I102" s="99"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="99"/>
       <c r="Q102" s="99"/>
       <c r="R102" s="99"/>
       <c r="S102" s="99"/>
       <c r="T102" s="99"/>
       <c r="U102" s="99"/>
       <c r="V102" s="99"/>
     </row>
-    <row r="103" spans="1:22" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:22" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="100"/>
       <c r="B103" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="91"/>
       <c r="D103" s="88"/>
       <c r="E103" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F103" s="91"/>
       <c r="G103" s="88"/>
       <c r="H103" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I103" s="91"/>
       <c r="J103" s="88"/>
       <c r="K103" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L103" s="91"/>
       <c r="M103" s="88"/>
       <c r="N103" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O103" s="91"/>
       <c r="P103" s="88"/>
       <c r="Q103" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R103" s="91"/>
       <c r="S103" s="88"/>
       <c r="T103" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U103" s="91"/>
       <c r="V103" s="92"/>
     </row>
-    <row r="104" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A104" s="100"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
@@ -19651,354 +20045,570 @@
       <c r="O104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B105" s="10"/>
-[...16 lines deleted...]
-      <c r="S105" s="16"/>
+      <c r="B105" s="10">
+        <v>740</v>
+      </c>
+      <c r="C105" s="1">
+        <v>392</v>
+      </c>
+      <c r="D105" s="16">
+        <v>1132</v>
+      </c>
+      <c r="E105" s="53">
+        <v>328</v>
+      </c>
+      <c r="F105" s="54">
+        <v>403</v>
+      </c>
+      <c r="G105" s="16">
+        <v>731</v>
+      </c>
+      <c r="H105" s="10">
+        <v>506</v>
+      </c>
+      <c r="I105" s="1">
+        <v>421</v>
+      </c>
+      <c r="J105" s="16">
+        <v>927</v>
+      </c>
+      <c r="K105" s="10">
+        <v>178</v>
+      </c>
+      <c r="L105" s="1">
+        <v>207</v>
+      </c>
+      <c r="M105" s="16">
+        <v>385</v>
+      </c>
+      <c r="N105" s="10">
+        <v>20</v>
+      </c>
+      <c r="O105" s="1">
+        <v>20</v>
+      </c>
+      <c r="P105" s="16">
+        <v>40</v>
+      </c>
+      <c r="Q105" s="10">
+        <v>64</v>
+      </c>
+      <c r="R105" s="1">
+        <v>75</v>
+      </c>
+      <c r="S105" s="16">
+        <v>139</v>
+      </c>
       <c r="T105" s="10">
         <f>SUM(B105,E105,H105,K105,N105,Q105)</f>
-        <v>0</v>
+        <v>1836</v>
       </c>
       <c r="U105" s="1">
         <f t="shared" ref="U105:U110" si="27">SUM(C105,F105,I105,L105,O105,R105)</f>
-        <v>0</v>
+        <v>1518</v>
       </c>
       <c r="V105" s="15">
         <f t="shared" ref="V105:V110" si="28">SUM(D105,G105,J105,M105,P105,S105)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="106" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B106" s="10"/>
-[...16 lines deleted...]
-      <c r="S106" s="16"/>
+      <c r="B106" s="10">
+        <v>124</v>
+      </c>
+      <c r="C106" s="1">
+        <v>51</v>
+      </c>
+      <c r="D106" s="16">
+        <v>175</v>
+      </c>
+      <c r="E106" s="53">
+        <v>156</v>
+      </c>
+      <c r="F106" s="54">
+        <v>191</v>
+      </c>
+      <c r="G106" s="16">
+        <v>347</v>
+      </c>
+      <c r="H106" s="10">
+        <v>154</v>
+      </c>
+      <c r="I106" s="1">
+        <v>113</v>
+      </c>
+      <c r="J106" s="16">
+        <v>267</v>
+      </c>
+      <c r="K106" s="10">
+        <v>125</v>
+      </c>
+      <c r="L106" s="1">
+        <v>154</v>
+      </c>
+      <c r="M106" s="16">
+        <v>279</v>
+      </c>
+      <c r="N106" s="10">
+        <v>19</v>
+      </c>
+      <c r="O106" s="1">
+        <v>22</v>
+      </c>
+      <c r="P106" s="16">
+        <v>41</v>
+      </c>
+      <c r="Q106" s="10">
+        <v>8</v>
+      </c>
+      <c r="R106" s="1">
+        <v>18</v>
+      </c>
+      <c r="S106" s="16">
+        <v>26</v>
+      </c>
       <c r="T106" s="10">
         <f t="shared" ref="T106:T110" si="29">SUM(B106,E106,H106,K106,N106,Q106)</f>
-        <v>0</v>
+        <v>586</v>
       </c>
       <c r="U106" s="1">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>549</v>
       </c>
       <c r="V106" s="15">
         <f t="shared" si="28"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="107" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B107" s="10"/>
-[...16 lines deleted...]
-      <c r="S107" s="16"/>
+      <c r="B107" s="10">
+        <v>103</v>
+      </c>
+      <c r="C107" s="1">
+        <v>57</v>
+      </c>
+      <c r="D107" s="16">
+        <v>160</v>
+      </c>
+      <c r="E107" s="53">
+        <v>167</v>
+      </c>
+      <c r="F107" s="54">
+        <v>237</v>
+      </c>
+      <c r="G107" s="16">
+        <v>404</v>
+      </c>
+      <c r="H107" s="10">
+        <v>123</v>
+      </c>
+      <c r="I107" s="1">
+        <v>128</v>
+      </c>
+      <c r="J107" s="16">
+        <v>251</v>
+      </c>
+      <c r="K107" s="10">
+        <v>72</v>
+      </c>
+      <c r="L107" s="1">
+        <v>106</v>
+      </c>
+      <c r="M107" s="16">
+        <v>178</v>
+      </c>
+      <c r="N107" s="10">
+        <v>7</v>
+      </c>
+      <c r="O107" s="1">
+        <v>8</v>
+      </c>
+      <c r="P107" s="16">
+        <v>15</v>
+      </c>
+      <c r="Q107" s="10">
+        <v>10</v>
+      </c>
+      <c r="R107" s="1">
+        <v>21</v>
+      </c>
+      <c r="S107" s="16">
+        <v>31</v>
+      </c>
       <c r="T107" s="10">
         <f t="shared" si="29"/>
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="U107" s="1">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>557</v>
       </c>
       <c r="V107" s="15">
         <f t="shared" si="28"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="108" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B108" s="10"/>
-[...16 lines deleted...]
-      <c r="S108" s="16"/>
+      <c r="B108" s="10">
+        <v>134</v>
+      </c>
+      <c r="C108" s="1">
+        <v>69</v>
+      </c>
+      <c r="D108" s="16">
+        <v>203</v>
+      </c>
+      <c r="E108" s="53">
+        <v>136</v>
+      </c>
+      <c r="F108" s="54">
+        <v>166</v>
+      </c>
+      <c r="G108" s="16">
+        <v>302</v>
+      </c>
+      <c r="H108" s="10">
+        <v>122</v>
+      </c>
+      <c r="I108" s="1">
+        <v>105</v>
+      </c>
+      <c r="J108" s="16">
+        <v>227</v>
+      </c>
+      <c r="K108" s="10">
+        <v>71</v>
+      </c>
+      <c r="L108" s="1">
+        <v>106</v>
+      </c>
+      <c r="M108" s="16">
+        <v>177</v>
+      </c>
+      <c r="N108" s="10">
+        <v>6</v>
+      </c>
+      <c r="O108" s="1">
+        <v>17</v>
+      </c>
+      <c r="P108" s="16">
+        <v>23</v>
+      </c>
+      <c r="Q108" s="10">
+        <v>16</v>
+      </c>
+      <c r="R108" s="1">
+        <v>19</v>
+      </c>
+      <c r="S108" s="16">
+        <v>35</v>
+      </c>
       <c r="T108" s="10">
         <f t="shared" si="29"/>
-        <v>0</v>
+        <v>485</v>
       </c>
       <c r="U108" s="1">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="V108" s="15">
         <f t="shared" si="28"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="109" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B109" s="10"/>
-[...16 lines deleted...]
-      <c r="S109" s="16"/>
+      <c r="B109" s="10">
+        <v>103</v>
+      </c>
+      <c r="C109" s="1">
+        <v>38</v>
+      </c>
+      <c r="D109" s="16">
+        <v>141</v>
+      </c>
+      <c r="E109" s="53">
+        <v>125</v>
+      </c>
+      <c r="F109" s="54">
+        <v>163</v>
+      </c>
+      <c r="G109" s="16">
+        <v>288</v>
+      </c>
+      <c r="H109" s="10">
+        <v>108</v>
+      </c>
+      <c r="I109" s="1">
+        <v>102</v>
+      </c>
+      <c r="J109" s="16">
+        <v>210</v>
+      </c>
+      <c r="K109" s="10">
+        <v>82</v>
+      </c>
+      <c r="L109" s="1">
+        <v>98</v>
+      </c>
+      <c r="M109" s="16">
+        <v>180</v>
+      </c>
+      <c r="N109" s="10">
+        <v>8</v>
+      </c>
+      <c r="O109" s="1">
+        <v>15</v>
+      </c>
+      <c r="P109" s="16">
+        <v>23</v>
+      </c>
+      <c r="Q109" s="10">
+        <v>13</v>
+      </c>
+      <c r="R109" s="1">
+        <v>11</v>
+      </c>
+      <c r="S109" s="16">
+        <v>24</v>
+      </c>
       <c r="T109" s="10">
         <f t="shared" si="29"/>
-        <v>0</v>
+        <v>439</v>
       </c>
       <c r="U109" s="1">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="V109" s="15">
         <f t="shared" si="28"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="110" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B110" s="13"/>
-[...16 lines deleted...]
-      <c r="S110" s="17"/>
+      <c r="B110" s="13">
+        <v>1204</v>
+      </c>
+      <c r="C110" s="14">
+        <v>607</v>
+      </c>
+      <c r="D110" s="17">
+        <v>1811</v>
+      </c>
+      <c r="E110" s="22">
+        <v>912</v>
+      </c>
+      <c r="F110" s="52">
+        <v>1160</v>
+      </c>
+      <c r="G110" s="17">
+        <v>2072</v>
+      </c>
+      <c r="H110" s="13">
+        <v>1013</v>
+      </c>
+      <c r="I110" s="14">
+        <v>869</v>
+      </c>
+      <c r="J110" s="17">
+        <v>1882</v>
+      </c>
+      <c r="K110" s="13">
+        <v>528</v>
+      </c>
+      <c r="L110" s="14">
+        <v>671</v>
+      </c>
+      <c r="M110" s="17">
+        <v>1199</v>
+      </c>
+      <c r="N110" s="13">
+        <v>60</v>
+      </c>
+      <c r="O110" s="14">
+        <v>82</v>
+      </c>
+      <c r="P110" s="17">
+        <v>142</v>
+      </c>
+      <c r="Q110" s="13">
+        <v>111</v>
+      </c>
+      <c r="R110" s="14">
+        <v>144</v>
+      </c>
+      <c r="S110" s="17">
+        <v>255</v>
+      </c>
       <c r="T110" s="13">
         <f t="shared" si="29"/>
-        <v>0</v>
+        <v>3828</v>
       </c>
       <c r="U110" s="14">
         <f t="shared" si="27"/>
-        <v>0</v>
+        <v>3533</v>
       </c>
       <c r="V110" s="18">
         <f t="shared" si="28"/>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+        <v>7361</v>
+      </c>
+    </row>
+    <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A112" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="98"/>
       <c r="D112" s="98"/>
       <c r="E112" s="98"/>
       <c r="F112" s="98"/>
       <c r="G112" s="98"/>
       <c r="H112" s="98"/>
       <c r="I112" s="98"/>
       <c r="J112" s="98"/>
       <c r="K112" s="98"/>
       <c r="L112" s="98"/>
       <c r="M112" s="98"/>
       <c r="N112" s="98"/>
       <c r="O112" s="98"/>
       <c r="P112" s="98"/>
       <c r="Q112" s="98"/>
       <c r="R112" s="98"/>
       <c r="S112" s="98"/>
       <c r="T112" s="98"/>
       <c r="U112" s="98"/>
       <c r="V112" s="98"/>
     </row>
-    <row r="113" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="113" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A113" s="100"/>
       <c r="B113" s="99" t="s">
         <v>11</v>
       </c>
       <c r="C113" s="99"/>
       <c r="D113" s="99"/>
       <c r="E113" s="99"/>
       <c r="F113" s="99"/>
       <c r="G113" s="99"/>
       <c r="H113" s="99"/>
       <c r="I113" s="99"/>
       <c r="J113" s="99"/>
       <c r="K113" s="99"/>
       <c r="L113" s="99"/>
       <c r="M113" s="99"/>
       <c r="N113" s="99"/>
       <c r="O113" s="99"/>
       <c r="P113" s="99"/>
       <c r="Q113" s="99"/>
       <c r="R113" s="99"/>
       <c r="S113" s="99"/>
       <c r="T113" s="99"/>
       <c r="U113" s="99"/>
       <c r="V113" s="99"/>
     </row>
-    <row r="114" spans="1:22" ht="24.65" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:22" ht="24.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="100"/>
       <c r="B114" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="91"/>
       <c r="D114" s="88"/>
       <c r="E114" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F114" s="91"/>
       <c r="G114" s="88"/>
       <c r="H114" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I114" s="91"/>
       <c r="J114" s="88"/>
       <c r="K114" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L114" s="91"/>
       <c r="M114" s="88"/>
       <c r="N114" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O114" s="91"/>
       <c r="P114" s="88"/>
       <c r="Q114" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R114" s="91"/>
       <c r="S114" s="88"/>
       <c r="T114" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U114" s="91"/>
       <c r="V114" s="92"/>
     </row>
-    <row r="115" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A115" s="100"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
@@ -20020,354 +20630,354 @@
       <c r="O115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="1"/>
       <c r="D116" s="16"/>
       <c r="E116" s="10"/>
       <c r="F116" s="1"/>
       <c r="G116" s="16"/>
       <c r="H116" s="10"/>
       <c r="I116" s="1"/>
       <c r="J116" s="16"/>
       <c r="K116" s="10"/>
       <c r="L116" s="1"/>
       <c r="M116" s="16"/>
       <c r="N116" s="10"/>
       <c r="O116" s="1"/>
       <c r="P116" s="16"/>
       <c r="Q116" s="10"/>
       <c r="R116" s="1"/>
       <c r="S116" s="16"/>
       <c r="T116" s="10">
         <f>SUM(B116,E116,H116,K116,N116,Q116)</f>
         <v>0</v>
       </c>
       <c r="U116" s="1">
         <f t="shared" ref="U116:U121" si="30">SUM(C116,F116,I116,L116,O116,R116)</f>
         <v>0</v>
       </c>
       <c r="V116" s="15">
         <f t="shared" ref="V116:V121" si="31">SUM(D116,G116,J116,M116,P116,S116)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="1"/>
       <c r="D117" s="16"/>
       <c r="E117" s="10"/>
       <c r="F117" s="1"/>
       <c r="G117" s="16"/>
       <c r="H117" s="10"/>
       <c r="I117" s="1"/>
       <c r="J117" s="16"/>
       <c r="K117" s="10"/>
       <c r="L117" s="1"/>
       <c r="M117" s="16"/>
       <c r="N117" s="10"/>
       <c r="O117" s="1"/>
       <c r="P117" s="16"/>
       <c r="Q117" s="10"/>
       <c r="R117" s="1"/>
       <c r="S117" s="16"/>
       <c r="T117" s="10">
         <f t="shared" ref="T117:T121" si="32">SUM(B117,E117,H117,K117,N117,Q117)</f>
         <v>0</v>
       </c>
       <c r="U117" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V117" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="16"/>
       <c r="E118" s="10"/>
       <c r="F118" s="1"/>
       <c r="G118" s="16"/>
       <c r="H118" s="10"/>
       <c r="I118" s="1"/>
       <c r="J118" s="16"/>
       <c r="K118" s="10"/>
       <c r="L118" s="1"/>
       <c r="M118" s="16"/>
       <c r="N118" s="10"/>
       <c r="O118" s="1"/>
       <c r="P118" s="16"/>
       <c r="Q118" s="10"/>
       <c r="R118" s="1"/>
       <c r="S118" s="16"/>
       <c r="T118" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U118" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V118" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="16"/>
       <c r="E119" s="10"/>
       <c r="F119" s="1"/>
       <c r="G119" s="16"/>
       <c r="H119" s="10"/>
       <c r="I119" s="1"/>
       <c r="J119" s="16"/>
       <c r="K119" s="10"/>
       <c r="L119" s="1"/>
       <c r="M119" s="16"/>
       <c r="N119" s="10"/>
       <c r="O119" s="1"/>
       <c r="P119" s="16"/>
       <c r="Q119" s="10"/>
       <c r="R119" s="1"/>
       <c r="S119" s="16"/>
       <c r="T119" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U119" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V119" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="120" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="10"/>
       <c r="C120" s="1"/>
       <c r="D120" s="16"/>
       <c r="E120" s="10"/>
       <c r="F120" s="1"/>
       <c r="G120" s="16"/>
       <c r="H120" s="10"/>
       <c r="I120" s="1"/>
       <c r="J120" s="16"/>
       <c r="K120" s="10"/>
       <c r="L120" s="1"/>
       <c r="M120" s="16"/>
       <c r="N120" s="10"/>
       <c r="O120" s="1"/>
       <c r="P120" s="16"/>
       <c r="Q120" s="10"/>
       <c r="R120" s="1"/>
       <c r="S120" s="16"/>
       <c r="T120" s="10">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U120" s="1">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V120" s="15">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="121" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="121" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="17"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="17"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="17"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="17"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="17"/>
       <c r="Q121" s="13"/>
       <c r="R121" s="14"/>
       <c r="S121" s="17"/>
       <c r="T121" s="13">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="U121" s="14">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="V121" s="18">
         <f t="shared" si="31"/>
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
-    <row r="123" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="123" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A123" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="98"/>
       <c r="D123" s="98"/>
       <c r="E123" s="98"/>
       <c r="F123" s="98"/>
       <c r="G123" s="98"/>
       <c r="H123" s="98"/>
       <c r="I123" s="98"/>
       <c r="J123" s="98"/>
       <c r="K123" s="98"/>
       <c r="L123" s="98"/>
       <c r="M123" s="98"/>
       <c r="N123" s="98"/>
       <c r="O123" s="98"/>
       <c r="P123" s="98"/>
       <c r="Q123" s="98"/>
       <c r="R123" s="98"/>
       <c r="S123" s="98"/>
       <c r="T123" s="98"/>
       <c r="U123" s="98"/>
       <c r="V123" s="98"/>
     </row>
-    <row r="124" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="124" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A124" s="100"/>
       <c r="B124" s="99" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="99"/>
       <c r="D124" s="99"/>
       <c r="E124" s="99"/>
       <c r="F124" s="99"/>
       <c r="G124" s="99"/>
       <c r="H124" s="99"/>
       <c r="I124" s="99"/>
       <c r="J124" s="99"/>
       <c r="K124" s="99"/>
       <c r="L124" s="99"/>
       <c r="M124" s="99"/>
       <c r="N124" s="99"/>
       <c r="O124" s="99"/>
       <c r="P124" s="99"/>
       <c r="Q124" s="99"/>
       <c r="R124" s="99"/>
       <c r="S124" s="99"/>
       <c r="T124" s="99"/>
       <c r="U124" s="99"/>
       <c r="V124" s="99"/>
     </row>
-    <row r="125" spans="1:22" ht="29.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:22" ht="29.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="100"/>
       <c r="B125" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="91"/>
       <c r="D125" s="88"/>
       <c r="E125" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F125" s="91"/>
       <c r="G125" s="88"/>
       <c r="H125" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I125" s="91"/>
       <c r="J125" s="88"/>
       <c r="K125" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L125" s="91"/>
       <c r="M125" s="88"/>
       <c r="N125" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O125" s="91"/>
       <c r="P125" s="88"/>
       <c r="Q125" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R125" s="91"/>
       <c r="S125" s="88"/>
       <c r="T125" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U125" s="91"/>
       <c r="V125" s="92"/>
     </row>
-    <row r="126" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A126" s="100"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
@@ -20389,353 +20999,353 @@
       <c r="O126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="16"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="16"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="16"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="16"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="16"/>
       <c r="Q127" s="10"/>
       <c r="R127" s="1"/>
       <c r="S127" s="16"/>
       <c r="T127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127)</f>
         <v>0</v>
       </c>
       <c r="U127" s="1">
         <f t="shared" ref="U127:U132" si="33">SUM(C127,F127,I127,L127,O127,R127)</f>
         <v>0</v>
       </c>
       <c r="V127" s="15">
         <f t="shared" ref="V127:V132" si="34">SUM(D127,G127,J127,M127,P127,S127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="16"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="16"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="16"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="16"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="16"/>
       <c r="Q128" s="10"/>
       <c r="R128" s="1"/>
       <c r="S128" s="16"/>
       <c r="T128" s="10">
         <f t="shared" ref="T128:T132" si="35">SUM(B128,E128,H128,K128,N128,Q128)</f>
         <v>0</v>
       </c>
       <c r="U128" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V128" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:25" hidden="1" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="16"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="16"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="16"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="16"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="16"/>
       <c r="Q129" s="10"/>
       <c r="R129" s="1"/>
       <c r="S129" s="16"/>
       <c r="T129" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U129" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V129" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:25" hidden="1" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="16"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="16"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="16"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="16"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="16"/>
       <c r="Q130" s="10"/>
       <c r="R130" s="1"/>
       <c r="S130" s="16"/>
       <c r="T130" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U130" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V130" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:25" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="131" spans="1:25" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="1"/>
       <c r="D131" s="16"/>
       <c r="E131" s="10"/>
       <c r="F131" s="1"/>
       <c r="G131" s="16"/>
       <c r="H131" s="10"/>
       <c r="I131" s="1"/>
       <c r="J131" s="16"/>
       <c r="K131" s="10"/>
       <c r="L131" s="1"/>
       <c r="M131" s="16"/>
       <c r="N131" s="10"/>
       <c r="O131" s="1"/>
       <c r="P131" s="16"/>
       <c r="Q131" s="10"/>
       <c r="R131" s="1"/>
       <c r="S131" s="16"/>
       <c r="T131" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U131" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V131" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:25" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="132" spans="1:25" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="17"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="17"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="17"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="17"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="17"/>
       <c r="T132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A134" s="100" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="98" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="98"/>
       <c r="D134" s="98"/>
       <c r="E134" s="98"/>
       <c r="F134" s="98"/>
       <c r="G134" s="98"/>
       <c r="H134" s="98"/>
       <c r="I134" s="98"/>
       <c r="J134" s="98"/>
       <c r="K134" s="98"/>
       <c r="L134" s="98"/>
       <c r="M134" s="98"/>
       <c r="N134" s="98"/>
       <c r="O134" s="98"/>
       <c r="P134" s="98"/>
       <c r="Q134" s="98"/>
       <c r="R134" s="98"/>
       <c r="S134" s="98"/>
       <c r="T134" s="98"/>
       <c r="U134" s="98"/>
       <c r="V134" s="98"/>
     </row>
-    <row r="135" spans="1:25" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="135" spans="1:25" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="100"/>
       <c r="B135" s="101" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="102"/>
       <c r="D135" s="102"/>
       <c r="E135" s="102"/>
       <c r="F135" s="102"/>
       <c r="G135" s="102"/>
       <c r="H135" s="102"/>
       <c r="I135" s="102"/>
       <c r="J135" s="102"/>
       <c r="K135" s="102"/>
       <c r="L135" s="102"/>
       <c r="M135" s="102"/>
       <c r="N135" s="102"/>
       <c r="O135" s="102"/>
       <c r="P135" s="102"/>
       <c r="Q135" s="102"/>
       <c r="R135" s="102"/>
       <c r="S135" s="102"/>
       <c r="T135" s="102"/>
       <c r="U135" s="102"/>
       <c r="V135" s="103"/>
     </row>
-    <row r="136" spans="1:25" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:25" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="100"/>
       <c r="B136" s="87" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="91"/>
       <c r="D136" s="88"/>
       <c r="E136" s="87" t="s">
         <v>27</v>
       </c>
       <c r="F136" s="91"/>
       <c r="G136" s="88"/>
       <c r="H136" s="87" t="s">
         <v>28</v>
       </c>
       <c r="I136" s="91"/>
       <c r="J136" s="88"/>
       <c r="K136" s="87" t="s">
         <v>29</v>
       </c>
       <c r="L136" s="91"/>
       <c r="M136" s="88"/>
       <c r="N136" s="87" t="s">
         <v>30</v>
       </c>
       <c r="O136" s="91"/>
       <c r="P136" s="88"/>
       <c r="Q136" s="87" t="s">
         <v>31</v>
       </c>
       <c r="R136" s="91"/>
       <c r="S136" s="88"/>
       <c r="T136" s="87" t="s">
         <v>13</v>
       </c>
       <c r="U136" s="91"/>
       <c r="V136" s="92"/>
     </row>
-    <row r="137" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A137" s="100"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>15</v>
       </c>
@@ -20757,603 +21367,603 @@
       <c r="O137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U137" s="35" t="s">
         <v>15</v>
       </c>
       <c r="V137" s="36" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="40">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>6922</v>
+        <v>7662</v>
       </c>
       <c r="C138" s="40">
         <f t="shared" ref="C138:D138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>3620</v>
+        <v>4012</v>
       </c>
       <c r="D138" s="40">
         <f t="shared" si="36"/>
-        <v>10542</v>
+        <v>11674</v>
       </c>
       <c r="E138" s="40">
         <f>SUM(E6,E17,E28,E39,E50,E61,E72,E83,E94,E105,E116,E127)</f>
-        <v>3316</v>
+        <v>3644</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" ref="F138:V138" si="37">SUM(F6,F17,F28,F39,F50,F61,F72,F83,F94,F105,F116,F127)</f>
-        <v>3578</v>
+        <v>3981</v>
       </c>
       <c r="G138" s="41">
         <f t="shared" si="37"/>
-        <v>6894</v>
+        <v>7625</v>
       </c>
       <c r="H138" s="40">
         <f t="shared" si="37"/>
-        <v>4061</v>
+        <v>4567</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="37"/>
-        <v>3972</v>
+        <v>4393</v>
       </c>
       <c r="J138" s="41">
         <f t="shared" si="37"/>
-        <v>8033</v>
+        <v>8960</v>
       </c>
       <c r="K138" s="56">
         <f>SUM(K6,K17,K28,K39,K50,K61,K72,K83,K94,K105,K116,K127)</f>
-        <v>1466</v>
+        <v>1644</v>
       </c>
       <c r="L138" s="54">
         <f t="shared" si="37"/>
-        <v>1864</v>
+        <v>2071</v>
       </c>
       <c r="M138" s="59">
         <f t="shared" si="37"/>
-        <v>3330</v>
+        <v>3715</v>
       </c>
       <c r="N138" s="40">
         <f t="shared" si="37"/>
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="37"/>
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="P138" s="41">
         <f t="shared" si="37"/>
-        <v>256</v>
+        <v>296</v>
       </c>
       <c r="Q138" s="40">
         <f t="shared" si="37"/>
-        <v>569</v>
+        <v>633</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="37"/>
-        <v>638</v>
+        <v>713</v>
       </c>
       <c r="S138" s="41">
         <f t="shared" si="37"/>
-        <v>1207</v>
+        <v>1346</v>
       </c>
       <c r="T138" s="56">
         <f>SUM(T6,T17,T28,T39,T50,T61,T72,T83,T94,T105,T116,T127)</f>
-        <v>16438</v>
+        <v>18274</v>
       </c>
       <c r="U138" s="54">
         <f t="shared" si="37"/>
-        <v>13824</v>
+        <v>15342</v>
       </c>
       <c r="V138" s="57">
         <f t="shared" si="37"/>
-        <v>30262</v>
+        <v>33616</v>
       </c>
       <c r="W138" s="28"/>
       <c r="X138" s="28"/>
       <c r="Y138" s="28"/>
     </row>
-    <row r="139" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="40">
         <f t="shared" ref="B139:D143" si="38">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>1109</v>
+        <v>1233</v>
       </c>
       <c r="C139" s="40">
         <f t="shared" si="38"/>
-        <v>487</v>
+        <v>538</v>
       </c>
       <c r="D139" s="40">
         <f t="shared" si="38"/>
-        <v>1596</v>
+        <v>1771</v>
       </c>
       <c r="E139" s="40">
         <f t="shared" ref="E139:V139" si="39">SUM(E7,E18,E29,E40,E51,E62,E73,E84,E95,E106,E117,E128)</f>
-        <v>1346</v>
+        <v>1502</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>1720</v>
+        <v>1911</v>
       </c>
       <c r="G139" s="41">
         <f t="shared" si="39"/>
-        <v>3066</v>
+        <v>3413</v>
       </c>
       <c r="H139" s="40">
         <f t="shared" si="39"/>
-        <v>1222</v>
+        <v>1376</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>1191</v>
+        <v>1304</v>
       </c>
       <c r="J139" s="41">
         <f t="shared" si="39"/>
-        <v>2413</v>
+        <v>2680</v>
       </c>
       <c r="K139" s="56">
         <f t="shared" si="39"/>
-        <v>966</v>
+        <v>1091</v>
       </c>
       <c r="L139" s="54">
         <f t="shared" si="39"/>
-        <v>1280</v>
+        <v>1434</v>
       </c>
       <c r="M139" s="59">
         <f t="shared" si="39"/>
-        <v>2246</v>
+        <v>2525</v>
       </c>
       <c r="N139" s="40">
         <f t="shared" si="39"/>
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="P139" s="41">
         <f t="shared" si="39"/>
-        <v>327</v>
+        <v>368</v>
       </c>
       <c r="Q139" s="40">
         <f t="shared" si="39"/>
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>173</v>
+        <v>191</v>
       </c>
       <c r="S139" s="41">
         <f t="shared" si="39"/>
-        <v>302</v>
+        <v>328</v>
       </c>
       <c r="T139" s="56">
         <f>SUM(T7,T18,T29,T40,T51,T62,T73,T84,T95,T106,T117,T128)</f>
-        <v>4905</v>
+        <v>5491</v>
       </c>
       <c r="U139" s="54">
         <f t="shared" si="39"/>
-        <v>5045</v>
+        <v>5594</v>
       </c>
       <c r="V139" s="57">
         <f t="shared" si="39"/>
-        <v>9950</v>
+        <v>11085</v>
       </c>
       <c r="W139" s="28"/>
       <c r="X139" s="28"/>
       <c r="Y139" s="28"/>
     </row>
-    <row r="140" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="140" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="40">
         <f>SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>1052</v>
+        <v>1155</v>
       </c>
       <c r="C140" s="40">
         <f t="shared" si="38"/>
-        <v>516</v>
+        <v>573</v>
       </c>
       <c r="D140" s="40">
         <f t="shared" si="38"/>
-        <v>1568</v>
+        <v>1728</v>
       </c>
       <c r="E140" s="40">
         <f t="shared" ref="E140:V140" si="40">SUM(E8,E19,E30,E41,E52,E63,E74,E85,E96,E107,E118,E129)</f>
-        <v>1611</v>
+        <v>1778</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>2007</v>
+        <v>2244</v>
       </c>
       <c r="G140" s="41">
         <f>SUM(G8,G19,G30,G41,G52,G63,G74,G85,G96,G107,G118,G129)</f>
-        <v>3618</v>
+        <v>4022</v>
       </c>
       <c r="H140" s="40">
         <f t="shared" si="40"/>
-        <v>1048</v>
+        <v>1171</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>1196</v>
+        <v>1324</v>
       </c>
       <c r="J140" s="41">
         <f t="shared" si="40"/>
-        <v>2244</v>
+        <v>2495</v>
       </c>
       <c r="K140" s="56">
         <f t="shared" si="40"/>
-        <v>650</v>
+        <v>722</v>
       </c>
       <c r="L140" s="54">
         <f t="shared" si="40"/>
-        <v>947</v>
+        <v>1053</v>
       </c>
       <c r="M140" s="59">
         <f t="shared" si="40"/>
-        <v>1597</v>
+        <v>1775</v>
       </c>
       <c r="N140" s="40">
         <f t="shared" si="40"/>
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="P140" s="41">
         <f t="shared" si="40"/>
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="Q140" s="40">
         <f t="shared" si="40"/>
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="S140" s="41">
         <f t="shared" si="40"/>
-        <v>321</v>
+        <v>352</v>
       </c>
       <c r="T140" s="56">
         <f t="shared" si="40"/>
-        <v>4576</v>
+        <v>5058</v>
       </c>
       <c r="U140" s="54">
         <f t="shared" si="40"/>
-        <v>4982</v>
+        <v>5539</v>
       </c>
       <c r="V140" s="57">
         <f t="shared" si="40"/>
-        <v>9558</v>
+        <v>10597</v>
       </c>
       <c r="W140" s="28"/>
       <c r="X140" s="28"/>
       <c r="Y140" s="28"/>
     </row>
-    <row r="141" spans="1:25" x14ac:dyDescent="0.35">
+    <row r="141" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="40">
         <f t="shared" si="38"/>
-        <v>1217</v>
+        <v>1351</v>
       </c>
       <c r="C141" s="40">
         <f t="shared" si="38"/>
-        <v>512</v>
+        <v>581</v>
       </c>
       <c r="D141" s="40">
         <f t="shared" si="38"/>
-        <v>1729</v>
+        <v>1932</v>
       </c>
       <c r="E141" s="40">
         <f t="shared" ref="E141:V141" si="41">SUM(E9,E20,E31,E42,E53,E64,E75,E86,E97,E108,E119,E130)</f>
-        <v>1218</v>
+        <v>1354</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>1596</v>
+        <v>1762</v>
       </c>
       <c r="G141" s="41">
         <f t="shared" si="41"/>
-        <v>2814</v>
+        <v>3116</v>
       </c>
       <c r="H141" s="40">
         <f t="shared" si="41"/>
-        <v>1047</v>
+        <v>1169</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>894</v>
+        <v>999</v>
       </c>
       <c r="J141" s="41">
         <f t="shared" si="41"/>
-        <v>1941</v>
+        <v>2168</v>
       </c>
       <c r="K141" s="40">
         <f t="shared" si="41"/>
-        <v>739</v>
+        <v>810</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>951</v>
+        <v>1057</v>
       </c>
       <c r="M141" s="41">
         <f t="shared" si="41"/>
-        <v>1690</v>
+        <v>1867</v>
       </c>
       <c r="N141" s="40">
         <f t="shared" si="41"/>
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="P141" s="41">
         <f t="shared" si="41"/>
-        <v>189</v>
+        <v>212</v>
       </c>
       <c r="Q141" s="40">
         <f t="shared" si="41"/>
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="S141" s="41">
         <f t="shared" si="41"/>
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="T141" s="40">
         <f>SUM(T9,T20,T31,T42,T53,T64,T75,T86,T97,T108,T119,T130)</f>
-        <v>4419</v>
+        <v>4904</v>
       </c>
       <c r="U141" s="1">
         <f>SUM(U9,U20,U31,U42,U53,U64,U75,U86,U97,U108,U119,U130)</f>
-        <v>4222</v>
+        <v>4704</v>
       </c>
       <c r="V141" s="46">
         <f t="shared" si="41"/>
-        <v>8641</v>
+        <v>9608</v>
       </c>
       <c r="W141" s="28"/>
       <c r="X141" s="28"/>
       <c r="Y141" s="28"/>
     </row>
-    <row r="142" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="142" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="43">
         <f t="shared" si="38"/>
-        <v>938</v>
+        <v>1041</v>
       </c>
       <c r="C142" s="43">
         <f t="shared" si="38"/>
-        <v>451</v>
+        <v>489</v>
       </c>
       <c r="D142" s="43">
         <f t="shared" si="38"/>
-        <v>1389</v>
+        <v>1530</v>
       </c>
       <c r="E142" s="43">
         <f t="shared" ref="E142:V142" si="42">SUM(E10,E21,E32,E43,E54,E65,E76,E87,E98,E109,E120,E131)</f>
-        <v>1206</v>
+        <v>1331</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="42"/>
-        <v>1445</v>
+        <v>1608</v>
       </c>
       <c r="G142" s="44">
         <f t="shared" si="42"/>
-        <v>2651</v>
+        <v>2939</v>
       </c>
       <c r="H142" s="43">
         <f t="shared" si="42"/>
-        <v>1063</v>
+        <v>1171</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="42"/>
-        <v>984</v>
+        <v>1086</v>
       </c>
       <c r="J142" s="44">
         <f t="shared" si="42"/>
-        <v>2047</v>
+        <v>2257</v>
       </c>
       <c r="K142" s="43">
         <f t="shared" si="42"/>
-        <v>726</v>
+        <v>808</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="42"/>
-        <v>984</v>
+        <v>1082</v>
       </c>
       <c r="M142" s="44">
         <f t="shared" si="42"/>
-        <v>1710</v>
+        <v>1890</v>
       </c>
       <c r="N142" s="43">
         <f t="shared" si="42"/>
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="42"/>
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="P142" s="44">
         <f t="shared" si="42"/>
-        <v>228</v>
+        <v>251</v>
       </c>
       <c r="Q142" s="43">
         <f t="shared" si="42"/>
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="R142" s="33">
         <f t="shared" si="42"/>
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="S142" s="44">
         <f t="shared" si="42"/>
-        <v>335</v>
+        <v>359</v>
       </c>
       <c r="T142" s="43">
         <f t="shared" si="42"/>
-        <v>4173</v>
+        <v>4612</v>
       </c>
       <c r="U142" s="33">
         <f t="shared" si="42"/>
-        <v>4187</v>
+        <v>4614</v>
       </c>
       <c r="V142" s="47">
         <f t="shared" si="42"/>
-        <v>8360</v>
+        <v>9226</v>
       </c>
       <c r="W142" s="28"/>
       <c r="X142" s="28"/>
       <c r="Y142" s="28"/>
     </row>
-    <row r="143" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="143" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="42">
         <f t="shared" si="38"/>
-        <v>11238</v>
+        <v>12442</v>
       </c>
       <c r="C143" s="42">
         <f t="shared" si="38"/>
-        <v>5586</v>
+        <v>6193</v>
       </c>
       <c r="D143" s="64">
         <f t="shared" si="38"/>
-        <v>16824</v>
+        <v>18635</v>
       </c>
       <c r="E143" s="42">
         <f t="shared" ref="E143:V143" si="43">SUM(E11,E22,E33,E44,E55,E66,E77,E88,E99,E110,E121,E132)</f>
-        <v>8697</v>
+        <v>9609</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>10346</v>
+        <v>11506</v>
       </c>
       <c r="G143" s="45">
         <f t="shared" si="43"/>
-        <v>19043</v>
+        <v>21115</v>
       </c>
       <c r="H143" s="42">
         <f t="shared" si="43"/>
-        <v>8441</v>
+        <v>9454</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>8237</v>
+        <v>9106</v>
       </c>
       <c r="J143" s="45">
         <f t="shared" si="43"/>
-        <v>16678</v>
+        <v>18560</v>
       </c>
       <c r="K143" s="42">
         <f t="shared" si="43"/>
-        <v>4547</v>
+        <v>5075</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>6026</v>
+        <v>6697</v>
       </c>
       <c r="M143" s="45">
         <f t="shared" si="43"/>
-        <v>10573</v>
+        <v>11772</v>
       </c>
       <c r="N143" s="42">
         <f t="shared" si="43"/>
-        <v>491</v>
+        <v>551</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>719</v>
+        <v>801</v>
       </c>
       <c r="P143" s="45">
         <f t="shared" si="43"/>
-        <v>1210</v>
+        <v>1352</v>
       </c>
       <c r="Q143" s="42">
         <f t="shared" si="43"/>
-        <v>1097</v>
+        <v>1208</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>1346</v>
+        <v>1490</v>
       </c>
       <c r="S143" s="45">
         <f t="shared" si="43"/>
-        <v>2443</v>
+        <v>2698</v>
       </c>
       <c r="T143" s="42">
         <f>SUM(T11,T22,T33,T44,T55,T66,T77,T88,T99,T110,T121,T132)</f>
-        <v>34511</v>
+        <v>38339</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>32260</v>
+        <v>35793</v>
       </c>
       <c r="V143" s="45">
         <f t="shared" si="43"/>
-        <v>66771</v>
+        <v>74132</v>
       </c>
       <c r="W143" s="28"/>
       <c r="X143" s="28"/>
       <c r="Y143" s="28"/>
     </row>
-    <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A144" s="38"/>
       <c r="B144" s="28"/>
       <c r="C144" s="28"/>
       <c r="D144" s="28"/>
       <c r="E144" s="28"/>
       <c r="F144" s="28"/>
       <c r="G144" s="28"/>
       <c r="H144" s="28"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="28"/>
       <c r="O144" s="28"/>
       <c r="P144" s="28"/>
       <c r="Q144" s="28"/>
       <c r="R144" s="28"/>
       <c r="S144" s="28"/>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="130">
@@ -21474,5260 +22084,5440 @@
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="N26:P26"/>
     <mergeCell ref="Q26:S26"/>
     <mergeCell ref="T26:V26"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:V2"/>
     <mergeCell ref="B3:V3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D201FDC-9B38-4064-A6D3-ECC043EB8B50}">
   <dimension ref="A1:Q153"/>
   <sheetViews>
-    <sheetView topLeftCell="A99" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R142" sqref="R142"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I141" sqref="I141"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.7265625" customWidth="1"/>
+    <col min="1" max="1" width="20.7109375" customWidth="1"/>
     <col min="2" max="16" width="7" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.6">
+    <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="93"/>
       <c r="D2" s="93"/>
       <c r="E2" s="93"/>
       <c r="F2" s="93"/>
       <c r="G2" s="93"/>
       <c r="H2" s="93"/>
       <c r="I2" s="93"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2" s="93"/>
       <c r="O2" s="93"/>
       <c r="P2" s="94"/>
     </row>
-    <row r="3" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="97"/>
       <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="95"/>
       <c r="D3" s="95"/>
       <c r="E3" s="95"/>
       <c r="F3" s="95"/>
       <c r="G3" s="95"/>
       <c r="H3" s="95"/>
       <c r="I3" s="95"/>
       <c r="J3" s="95"/>
       <c r="K3" s="95"/>
       <c r="L3" s="95"/>
       <c r="M3" s="95"/>
       <c r="N3" s="95"/>
       <c r="O3" s="95"/>
       <c r="P3" s="96"/>
     </row>
-    <row r="4" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="90"/>
       <c r="B4" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="91"/>
       <c r="D4" s="92"/>
       <c r="E4" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="91"/>
       <c r="G4" s="92"/>
       <c r="H4" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="91"/>
       <c r="J4" s="92"/>
       <c r="K4" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="91"/>
       <c r="M4" s="92"/>
       <c r="N4" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="91"/>
       <c r="P4" s="92"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="90"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="70">
         <v>256</v>
       </c>
       <c r="C6" s="71">
         <v>216</v>
       </c>
       <c r="D6" s="72">
         <v>472</v>
       </c>
       <c r="E6" s="70">
         <v>117</v>
       </c>
       <c r="F6" s="71">
         <v>83</v>
       </c>
       <c r="G6" s="72">
         <v>200</v>
       </c>
       <c r="H6" s="70">
         <v>0</v>
       </c>
       <c r="I6" s="71">
         <v>1</v>
       </c>
       <c r="J6" s="72">
         <v>1</v>
       </c>
       <c r="K6" s="70">
         <v>0</v>
       </c>
       <c r="L6" s="71">
         <v>0</v>
       </c>
       <c r="M6" s="72">
         <v>0</v>
       </c>
       <c r="N6" s="70">
         <v>183</v>
       </c>
       <c r="O6" s="71">
         <v>116</v>
       </c>
       <c r="P6" s="72">
         <v>299</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="70">
         <v>97</v>
       </c>
       <c r="C7" s="71">
         <v>137</v>
       </c>
       <c r="D7" s="72">
         <v>234</v>
       </c>
       <c r="E7" s="70">
         <v>43</v>
       </c>
       <c r="F7" s="71">
         <v>48</v>
       </c>
       <c r="G7" s="72">
         <v>91</v>
       </c>
       <c r="H7" s="70">
         <v>0</v>
       </c>
       <c r="I7" s="71">
         <v>0</v>
       </c>
       <c r="J7" s="72">
         <v>0</v>
       </c>
       <c r="K7" s="70">
         <v>8</v>
       </c>
       <c r="L7" s="71">
         <v>0</v>
       </c>
       <c r="M7" s="72">
         <v>8</v>
       </c>
       <c r="N7" s="70">
         <v>78</v>
       </c>
       <c r="O7" s="71">
         <v>112</v>
       </c>
       <c r="P7" s="72">
         <v>190</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="70">
         <v>77</v>
       </c>
       <c r="C8" s="71">
         <v>100</v>
       </c>
       <c r="D8" s="72">
         <v>177</v>
       </c>
       <c r="E8" s="70">
         <v>55</v>
       </c>
       <c r="F8" s="71">
         <v>70</v>
       </c>
       <c r="G8" s="72">
         <v>125</v>
       </c>
       <c r="H8" s="70">
         <v>0</v>
       </c>
       <c r="I8" s="71">
         <v>0</v>
       </c>
       <c r="J8" s="72">
         <v>0</v>
       </c>
       <c r="K8" s="70">
         <v>4</v>
       </c>
       <c r="L8" s="71">
         <v>0</v>
       </c>
       <c r="M8" s="72">
         <v>4</v>
       </c>
       <c r="N8" s="70">
         <v>92</v>
       </c>
       <c r="O8" s="71">
         <v>100</v>
       </c>
       <c r="P8" s="72">
         <v>192</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="70">
         <v>75</v>
       </c>
       <c r="C9" s="71">
         <v>82</v>
       </c>
       <c r="D9" s="72">
         <v>157</v>
       </c>
       <c r="E9" s="70">
         <v>34</v>
       </c>
       <c r="F9" s="71">
         <v>31</v>
       </c>
       <c r="G9" s="72">
         <v>65</v>
       </c>
       <c r="H9" s="70">
         <v>0</v>
       </c>
       <c r="I9" s="71">
         <v>1</v>
       </c>
       <c r="J9" s="72">
         <v>1</v>
       </c>
       <c r="K9" s="70">
         <v>2</v>
       </c>
       <c r="L9" s="71">
         <v>0</v>
       </c>
       <c r="M9" s="72">
         <v>2</v>
       </c>
       <c r="N9" s="70">
         <v>60</v>
       </c>
       <c r="O9" s="71">
         <v>68</v>
       </c>
       <c r="P9" s="72">
         <v>128</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="77">
         <v>77</v>
       </c>
       <c r="C10" s="78">
         <v>89</v>
       </c>
       <c r="D10" s="80">
         <v>166</v>
       </c>
       <c r="E10" s="77">
         <v>29</v>
       </c>
       <c r="F10" s="78">
         <v>32</v>
       </c>
       <c r="G10" s="80">
         <v>61</v>
       </c>
       <c r="H10" s="77">
         <v>1</v>
       </c>
       <c r="I10" s="78">
         <v>2</v>
       </c>
       <c r="J10" s="80">
         <v>3</v>
       </c>
       <c r="K10" s="77">
         <v>3</v>
       </c>
       <c r="L10" s="78">
         <v>0</v>
       </c>
       <c r="M10" s="80">
         <v>3</v>
       </c>
       <c r="N10" s="77">
         <v>66</v>
       </c>
       <c r="O10" s="78">
         <v>104</v>
       </c>
       <c r="P10" s="80">
         <v>170</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="73">
         <v>582</v>
       </c>
       <c r="C11" s="74">
         <v>624</v>
       </c>
       <c r="D11" s="75">
         <v>1206</v>
       </c>
       <c r="E11" s="73">
         <v>278</v>
       </c>
       <c r="F11" s="74">
         <v>264</v>
       </c>
       <c r="G11" s="75">
         <v>542</v>
       </c>
       <c r="H11" s="73">
         <v>1</v>
       </c>
       <c r="I11" s="74">
         <v>4</v>
       </c>
       <c r="J11" s="75">
         <v>5</v>
       </c>
       <c r="K11" s="73">
         <v>17</v>
       </c>
       <c r="L11" s="74">
         <v>0</v>
       </c>
       <c r="M11" s="75">
         <v>17</v>
       </c>
       <c r="N11" s="73">
         <v>479</v>
       </c>
       <c r="O11" s="74">
         <v>500</v>
       </c>
       <c r="P11" s="75">
         <v>979</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="93"/>
       <c r="D13" s="93"/>
       <c r="E13" s="93"/>
       <c r="F13" s="93"/>
       <c r="G13" s="93"/>
       <c r="H13" s="93"/>
       <c r="I13" s="93"/>
       <c r="J13" s="93"/>
       <c r="K13" s="93"/>
       <c r="L13" s="93"/>
       <c r="M13" s="93"/>
       <c r="N13" s="93"/>
       <c r="O13" s="93"/>
       <c r="P13" s="94"/>
     </row>
-    <row r="14" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="97"/>
       <c r="B14" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="99"/>
       <c r="D14" s="99"/>
       <c r="E14" s="99"/>
       <c r="F14" s="99"/>
       <c r="G14" s="99"/>
       <c r="H14" s="99"/>
       <c r="I14" s="99"/>
       <c r="J14" s="99"/>
       <c r="K14" s="99"/>
       <c r="L14" s="99"/>
       <c r="M14" s="99"/>
       <c r="N14" s="99"/>
       <c r="O14" s="99"/>
       <c r="P14" s="104"/>
     </row>
-    <row r="15" spans="1:16" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:16" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="97"/>
       <c r="B15" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="91"/>
       <c r="D15" s="92"/>
       <c r="E15" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="91"/>
       <c r="G15" s="92"/>
       <c r="H15" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="91"/>
       <c r="J15" s="92"/>
       <c r="K15" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="91"/>
       <c r="M15" s="92"/>
       <c r="N15" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O15" s="91"/>
       <c r="P15" s="92"/>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" s="97"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="10">
         <v>297</v>
       </c>
       <c r="C17" s="1">
         <v>247</v>
       </c>
       <c r="D17" s="15">
         <v>544</v>
       </c>
       <c r="E17" s="10">
         <v>142</v>
       </c>
       <c r="F17" s="1">
         <v>115</v>
       </c>
       <c r="G17" s="15">
         <v>257</v>
       </c>
       <c r="H17" s="10">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>0</v>
       </c>
       <c r="K17" s="10">
         <v>0</v>
       </c>
       <c r="L17" s="1">
         <v>1</v>
       </c>
       <c r="M17" s="15">
         <v>1</v>
       </c>
       <c r="N17" s="10">
         <v>160</v>
       </c>
       <c r="O17" s="1">
         <v>125</v>
       </c>
       <c r="P17" s="15">
         <v>285</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="10">
         <v>83</v>
       </c>
       <c r="C18" s="1">
         <v>93</v>
       </c>
       <c r="D18" s="15">
         <v>176</v>
       </c>
       <c r="E18" s="10">
         <v>38</v>
       </c>
       <c r="F18" s="1">
         <v>49</v>
       </c>
       <c r="G18" s="15">
         <v>87</v>
       </c>
       <c r="H18" s="10">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="15">
         <v>0</v>
       </c>
       <c r="K18" s="10">
         <v>6</v>
       </c>
       <c r="L18" s="1">
         <v>0</v>
       </c>
       <c r="M18" s="15">
         <v>6</v>
       </c>
       <c r="N18" s="10">
         <v>49</v>
       </c>
       <c r="O18" s="1">
         <v>63</v>
       </c>
       <c r="P18" s="15">
         <v>112</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="10">
         <v>86</v>
       </c>
       <c r="C19" s="1">
         <v>81</v>
       </c>
       <c r="D19" s="15">
         <v>167</v>
       </c>
       <c r="E19" s="10">
         <v>75</v>
       </c>
       <c r="F19" s="1">
         <v>72</v>
       </c>
       <c r="G19" s="15">
         <v>147</v>
       </c>
       <c r="H19" s="10">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>2</v>
       </c>
       <c r="J19" s="15">
         <v>2</v>
       </c>
       <c r="K19" s="10">
         <v>2</v>
       </c>
       <c r="L19" s="1">
         <v>1</v>
       </c>
       <c r="M19" s="15">
         <v>3</v>
       </c>
       <c r="N19" s="10">
         <v>73</v>
       </c>
       <c r="O19" s="1">
         <v>78</v>
       </c>
       <c r="P19" s="15">
         <v>151</v>
       </c>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="10">
         <v>65</v>
       </c>
       <c r="C20" s="1">
         <v>72</v>
       </c>
       <c r="D20" s="15">
         <v>137</v>
       </c>
       <c r="E20" s="10">
         <v>31</v>
       </c>
       <c r="F20" s="1">
         <v>51</v>
       </c>
       <c r="G20" s="15">
         <v>82</v>
       </c>
       <c r="H20" s="10">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="15">
         <v>0</v>
       </c>
       <c r="K20" s="10">
         <v>3</v>
       </c>
       <c r="L20" s="1">
         <v>0</v>
       </c>
       <c r="M20" s="15">
         <v>3</v>
       </c>
       <c r="N20" s="10">
         <v>36</v>
       </c>
       <c r="O20" s="1">
         <v>69</v>
       </c>
       <c r="P20" s="15">
         <v>105</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="32">
         <v>60</v>
       </c>
       <c r="C21" s="33">
         <v>71</v>
       </c>
       <c r="D21" s="34">
         <v>131</v>
       </c>
       <c r="E21" s="32">
         <v>22</v>
       </c>
       <c r="F21" s="33">
         <v>36</v>
       </c>
       <c r="G21" s="34">
         <v>58</v>
       </c>
       <c r="H21" s="32">
         <v>0</v>
       </c>
       <c r="I21" s="33">
         <v>0</v>
       </c>
       <c r="J21" s="34">
         <v>0</v>
       </c>
       <c r="K21" s="32">
         <v>2</v>
       </c>
       <c r="L21" s="33">
         <v>0</v>
       </c>
       <c r="M21" s="34">
         <v>2</v>
       </c>
       <c r="N21" s="32">
         <v>37</v>
       </c>
       <c r="O21" s="33">
         <v>62</v>
       </c>
       <c r="P21" s="34">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="13">
         <v>591</v>
       </c>
       <c r="C22" s="14">
         <v>564</v>
       </c>
       <c r="D22" s="18">
         <v>1155</v>
       </c>
       <c r="E22" s="13">
         <v>308</v>
       </c>
       <c r="F22" s="14">
         <v>323</v>
       </c>
       <c r="G22" s="18">
         <v>631</v>
       </c>
       <c r="H22" s="13">
         <v>0</v>
       </c>
       <c r="I22" s="14">
         <v>2</v>
       </c>
       <c r="J22" s="18">
         <v>2</v>
       </c>
       <c r="K22" s="13">
         <v>13</v>
       </c>
       <c r="L22" s="14">
         <v>2</v>
       </c>
       <c r="M22" s="18">
         <v>15</v>
       </c>
       <c r="N22" s="13">
         <v>355</v>
       </c>
       <c r="O22" s="14">
         <v>397</v>
       </c>
       <c r="P22" s="18">
         <v>752</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="93"/>
       <c r="D24" s="93"/>
       <c r="E24" s="93"/>
       <c r="F24" s="93"/>
       <c r="G24" s="93"/>
       <c r="H24" s="93"/>
       <c r="I24" s="93"/>
       <c r="J24" s="93"/>
       <c r="K24" s="93"/>
       <c r="L24" s="93"/>
       <c r="M24" s="93"/>
       <c r="N24" s="93"/>
       <c r="O24" s="93"/>
       <c r="P24" s="94"/>
     </row>
-    <row r="25" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="97"/>
       <c r="B25" s="99" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="99"/>
       <c r="D25" s="99"/>
       <c r="E25" s="99"/>
       <c r="F25" s="99"/>
       <c r="G25" s="99"/>
       <c r="H25" s="99"/>
       <c r="I25" s="99"/>
       <c r="J25" s="99"/>
       <c r="K25" s="99"/>
       <c r="L25" s="99"/>
       <c r="M25" s="99"/>
       <c r="N25" s="99"/>
       <c r="O25" s="99"/>
       <c r="P25" s="104"/>
     </row>
-    <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="97"/>
       <c r="B26" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="92"/>
       <c r="E26" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F26" s="91"/>
       <c r="G26" s="92"/>
       <c r="H26" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="91"/>
       <c r="J26" s="92"/>
       <c r="K26" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="91"/>
       <c r="M26" s="92"/>
       <c r="N26" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O26" s="91"/>
       <c r="P26" s="92"/>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" s="97"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="10">
         <v>209</v>
       </c>
       <c r="C28" s="1">
         <v>212</v>
       </c>
       <c r="D28" s="15">
         <v>421</v>
       </c>
       <c r="E28" s="10">
         <v>105</v>
       </c>
       <c r="F28" s="1">
         <v>106</v>
       </c>
       <c r="G28" s="15">
         <v>211</v>
       </c>
       <c r="H28" s="10">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>1</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="10">
         <v>1</v>
       </c>
       <c r="L28" s="1">
         <v>0</v>
       </c>
       <c r="M28" s="15">
         <v>1</v>
       </c>
       <c r="N28" s="10">
         <v>157</v>
       </c>
       <c r="O28" s="1">
         <v>124</v>
       </c>
       <c r="P28" s="15">
         <v>281</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="10">
         <v>55</v>
       </c>
       <c r="C29" s="1">
         <v>69</v>
       </c>
       <c r="D29" s="15">
         <v>124</v>
       </c>
       <c r="E29" s="10">
         <v>34</v>
       </c>
       <c r="F29" s="1">
         <v>34</v>
       </c>
       <c r="G29" s="15">
         <v>68</v>
       </c>
       <c r="H29" s="10">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>1</v>
       </c>
       <c r="J29" s="15">
         <v>1</v>
       </c>
       <c r="K29" s="10">
         <v>4</v>
       </c>
       <c r="L29" s="1">
         <v>1</v>
       </c>
       <c r="M29" s="15">
         <v>5</v>
       </c>
       <c r="N29" s="10">
         <v>46</v>
       </c>
       <c r="O29" s="1">
         <v>53</v>
       </c>
       <c r="P29" s="15">
         <v>99</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>53</v>
       </c>
       <c r="C30" s="1">
         <v>60</v>
       </c>
       <c r="D30" s="15">
         <v>113</v>
       </c>
       <c r="E30" s="10">
         <v>58</v>
       </c>
       <c r="F30" s="1">
         <v>67</v>
       </c>
       <c r="G30" s="15">
         <v>125</v>
       </c>
       <c r="H30" s="10">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>1</v>
       </c>
       <c r="J30" s="15">
         <v>1</v>
       </c>
       <c r="K30" s="10">
         <v>2</v>
       </c>
       <c r="L30" s="1">
         <v>0</v>
       </c>
       <c r="M30" s="15">
         <v>2</v>
       </c>
       <c r="N30" s="10">
         <v>52</v>
       </c>
       <c r="O30" s="1">
         <v>70</v>
       </c>
       <c r="P30" s="15">
         <v>122</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
         <v>51</v>
       </c>
       <c r="C31" s="1">
         <v>45</v>
       </c>
       <c r="D31" s="15">
         <v>96</v>
       </c>
       <c r="E31" s="10">
         <v>33</v>
       </c>
       <c r="F31" s="1">
         <v>33</v>
       </c>
       <c r="G31" s="15">
         <v>66</v>
       </c>
       <c r="H31" s="10">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>1</v>
       </c>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="10">
         <v>3</v>
       </c>
       <c r="L31" s="1">
         <v>0</v>
       </c>
       <c r="M31" s="15">
         <v>3</v>
       </c>
       <c r="N31" s="10">
         <v>50</v>
       </c>
       <c r="O31" s="1">
         <v>58</v>
       </c>
       <c r="P31" s="15">
         <v>108</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="32">
         <v>68</v>
       </c>
       <c r="C32" s="33">
         <v>54</v>
       </c>
       <c r="D32" s="34">
         <v>122</v>
       </c>
       <c r="E32" s="32">
         <v>26</v>
       </c>
       <c r="F32" s="33">
         <v>22</v>
       </c>
       <c r="G32" s="34">
         <v>48</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="33">
         <v>0</v>
       </c>
       <c r="J32" s="34">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>2</v>
       </c>
       <c r="L32" s="33">
         <v>0</v>
       </c>
       <c r="M32" s="34">
         <v>2</v>
       </c>
       <c r="N32" s="32">
         <v>42</v>
       </c>
       <c r="O32" s="33">
         <v>39</v>
       </c>
       <c r="P32" s="34">
         <v>81</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="33" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>436</v>
       </c>
       <c r="C33" s="14">
         <v>440</v>
       </c>
       <c r="D33" s="18">
         <v>876</v>
       </c>
       <c r="E33" s="13">
         <v>256</v>
       </c>
       <c r="F33" s="14">
         <v>262</v>
       </c>
       <c r="G33" s="18">
         <v>518</v>
       </c>
       <c r="H33" s="13">
         <v>0</v>
       </c>
       <c r="I33" s="14">
         <v>4</v>
       </c>
       <c r="J33" s="18">
         <v>4</v>
       </c>
       <c r="K33" s="13">
         <v>12</v>
       </c>
       <c r="L33" s="14">
         <v>1</v>
       </c>
       <c r="M33" s="18">
         <v>13</v>
       </c>
       <c r="N33" s="13">
         <v>347</v>
       </c>
       <c r="O33" s="14">
         <v>344</v>
       </c>
       <c r="P33" s="18">
         <v>691</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="93"/>
       <c r="D35" s="93"/>
       <c r="E35" s="93"/>
       <c r="F35" s="93"/>
       <c r="G35" s="93"/>
       <c r="H35" s="93"/>
       <c r="I35" s="93"/>
       <c r="J35" s="93"/>
       <c r="K35" s="93"/>
       <c r="L35" s="93"/>
       <c r="M35" s="93"/>
       <c r="N35" s="93"/>
       <c r="O35" s="93"/>
       <c r="P35" s="94"/>
     </row>
-    <row r="36" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="97"/>
       <c r="B36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="99"/>
       <c r="D36" s="99"/>
       <c r="E36" s="99"/>
       <c r="F36" s="99"/>
       <c r="G36" s="99"/>
       <c r="H36" s="99"/>
       <c r="I36" s="99"/>
       <c r="J36" s="99"/>
       <c r="K36" s="99"/>
       <c r="L36" s="99"/>
       <c r="M36" s="99"/>
       <c r="N36" s="99"/>
       <c r="O36" s="99"/>
       <c r="P36" s="104"/>
     </row>
-    <row r="37" spans="1:16" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:16" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="97"/>
       <c r="B37" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C37" s="91"/>
       <c r="D37" s="92"/>
       <c r="E37" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F37" s="91"/>
       <c r="G37" s="92"/>
       <c r="H37" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="91"/>
       <c r="J37" s="92"/>
       <c r="K37" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L37" s="91"/>
       <c r="M37" s="92"/>
       <c r="N37" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O37" s="91"/>
       <c r="P37" s="92"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38" s="97"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="10">
         <v>169</v>
       </c>
       <c r="C39" s="1">
         <v>172</v>
       </c>
       <c r="D39" s="15">
         <v>341</v>
       </c>
       <c r="E39" s="10">
         <v>97</v>
       </c>
       <c r="F39" s="1">
         <v>82</v>
       </c>
       <c r="G39" s="15">
         <v>179</v>
       </c>
       <c r="H39" s="10">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="15">
         <v>0</v>
       </c>
       <c r="K39" s="10">
         <v>0</v>
       </c>
       <c r="L39" s="1">
         <v>0</v>
       </c>
       <c r="M39" s="15">
         <v>0</v>
       </c>
       <c r="N39" s="10">
         <v>161</v>
       </c>
       <c r="O39" s="1">
         <v>118</v>
       </c>
       <c r="P39" s="15">
         <v>279</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>46</v>
       </c>
       <c r="C40" s="1">
         <v>53</v>
       </c>
       <c r="D40" s="15">
         <v>99</v>
       </c>
       <c r="E40" s="10">
         <v>32</v>
       </c>
       <c r="F40" s="1">
         <v>28</v>
       </c>
       <c r="G40" s="15">
         <v>60</v>
       </c>
       <c r="H40" s="10">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="15">
         <v>0</v>
       </c>
       <c r="K40" s="10">
         <v>6</v>
       </c>
       <c r="L40" s="1">
         <v>0</v>
       </c>
       <c r="M40" s="15">
         <v>6</v>
       </c>
       <c r="N40" s="10">
         <v>49</v>
       </c>
       <c r="O40" s="1">
         <v>53</v>
       </c>
       <c r="P40" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>63</v>
       </c>
       <c r="C41" s="1">
         <v>40</v>
       </c>
       <c r="D41" s="15">
         <v>103</v>
       </c>
       <c r="E41" s="10">
         <v>52</v>
       </c>
       <c r="F41" s="1">
         <v>93</v>
       </c>
       <c r="G41" s="15">
         <v>145</v>
       </c>
       <c r="H41" s="10">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>3</v>
       </c>
       <c r="J41" s="15">
         <v>3</v>
       </c>
       <c r="K41" s="10">
         <v>0</v>
       </c>
       <c r="L41" s="1">
         <v>0</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="10">
         <v>48</v>
       </c>
       <c r="O41" s="1">
         <v>63</v>
       </c>
       <c r="P41" s="15">
         <v>111</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="10">
         <v>39</v>
       </c>
       <c r="C42" s="1">
         <v>49</v>
       </c>
       <c r="D42" s="15">
         <v>88</v>
       </c>
       <c r="E42" s="10">
         <v>24</v>
       </c>
       <c r="F42" s="1">
         <v>31</v>
       </c>
       <c r="G42" s="15">
         <v>55</v>
       </c>
       <c r="H42" s="10">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="15">
         <v>0</v>
       </c>
       <c r="K42" s="10">
         <v>2</v>
       </c>
       <c r="L42" s="1">
         <v>0</v>
       </c>
       <c r="M42" s="15">
         <v>2</v>
       </c>
       <c r="N42" s="10">
         <v>46</v>
       </c>
       <c r="O42" s="1">
         <v>45</v>
       </c>
       <c r="P42" s="15">
         <v>91</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="43" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="32">
         <v>43</v>
       </c>
       <c r="C43" s="33">
         <v>46</v>
       </c>
       <c r="D43" s="34">
         <v>89</v>
       </c>
       <c r="E43" s="32">
         <v>26</v>
       </c>
       <c r="F43" s="33">
         <v>25</v>
       </c>
       <c r="G43" s="34">
         <v>51</v>
       </c>
       <c r="H43" s="32">
         <v>0</v>
       </c>
       <c r="I43" s="33">
         <v>0</v>
       </c>
       <c r="J43" s="34">
         <v>0</v>
       </c>
       <c r="K43" s="32">
         <v>4</v>
       </c>
       <c r="L43" s="33">
         <v>0</v>
       </c>
       <c r="M43" s="34">
         <v>4</v>
       </c>
       <c r="N43" s="32">
         <v>42</v>
       </c>
       <c r="O43" s="33">
         <v>42</v>
       </c>
       <c r="P43" s="34">
         <v>84</v>
       </c>
     </row>
-    <row r="44" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13">
         <v>360</v>
       </c>
       <c r="C44" s="14">
         <v>360</v>
       </c>
       <c r="D44" s="18">
         <v>720</v>
       </c>
       <c r="E44" s="13">
         <v>231</v>
       </c>
       <c r="F44" s="14">
         <v>259</v>
       </c>
       <c r="G44" s="18">
         <v>490</v>
       </c>
       <c r="H44" s="13">
         <v>0</v>
       </c>
       <c r="I44" s="14">
         <v>3</v>
       </c>
       <c r="J44" s="18">
         <v>3</v>
       </c>
       <c r="K44" s="13">
         <v>12</v>
       </c>
       <c r="L44" s="14">
         <v>0</v>
       </c>
       <c r="M44" s="18">
         <v>12</v>
       </c>
       <c r="N44" s="13">
         <v>346</v>
       </c>
       <c r="O44" s="14">
         <v>321</v>
       </c>
       <c r="P44" s="18">
         <v>667</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="46" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="46" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="93"/>
       <c r="F46" s="93"/>
       <c r="G46" s="93"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="93"/>
       <c r="L46" s="93"/>
       <c r="M46" s="93"/>
       <c r="N46" s="93"/>
       <c r="O46" s="93"/>
       <c r="P46" s="94"/>
     </row>
-    <row r="47" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="97"/>
       <c r="B47" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="99"/>
       <c r="D47" s="99"/>
       <c r="E47" s="99"/>
       <c r="F47" s="99"/>
       <c r="G47" s="99"/>
       <c r="H47" s="99"/>
       <c r="I47" s="99"/>
       <c r="J47" s="99"/>
       <c r="K47" s="99"/>
       <c r="L47" s="99"/>
       <c r="M47" s="99"/>
       <c r="N47" s="99"/>
       <c r="O47" s="99"/>
       <c r="P47" s="104"/>
     </row>
-    <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="97"/>
       <c r="B48" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C48" s="91"/>
       <c r="D48" s="92"/>
       <c r="E48" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="91"/>
       <c r="G48" s="92"/>
       <c r="H48" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="92"/>
       <c r="K48" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L48" s="91"/>
       <c r="M48" s="92"/>
       <c r="N48" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O48" s="91"/>
       <c r="P48" s="92"/>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" s="97"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>211</v>
       </c>
       <c r="C50" s="1">
         <v>166</v>
       </c>
       <c r="D50" s="15">
         <v>377</v>
       </c>
       <c r="E50" s="10">
         <v>122</v>
       </c>
       <c r="F50" s="1">
         <v>80</v>
       </c>
       <c r="G50" s="15">
         <v>202</v>
       </c>
       <c r="H50" s="10">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>1</v>
       </c>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="10">
         <v>0</v>
       </c>
       <c r="L50" s="1">
         <v>0</v>
       </c>
       <c r="M50" s="15">
         <v>0</v>
       </c>
       <c r="N50" s="10">
         <v>170</v>
       </c>
       <c r="O50" s="1">
         <v>100</v>
       </c>
       <c r="P50" s="15">
         <v>270</v>
       </c>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>52</v>
       </c>
       <c r="C51" s="1">
         <v>48</v>
       </c>
       <c r="D51" s="15">
         <v>100</v>
       </c>
       <c r="E51" s="10">
         <v>40</v>
       </c>
       <c r="F51" s="1">
         <v>36</v>
       </c>
       <c r="G51" s="15">
         <v>76</v>
       </c>
       <c r="H51" s="10">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>2</v>
       </c>
       <c r="J51" s="15">
         <v>2</v>
       </c>
       <c r="K51" s="10">
         <v>3</v>
       </c>
       <c r="L51" s="1">
         <v>0</v>
       </c>
       <c r="M51" s="15">
         <v>3</v>
       </c>
       <c r="N51" s="10">
         <v>50</v>
       </c>
       <c r="O51" s="1">
         <v>61</v>
       </c>
       <c r="P51" s="15">
         <v>111</v>
       </c>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>55</v>
       </c>
       <c r="C52" s="1">
         <v>45</v>
       </c>
       <c r="D52" s="15">
         <v>100</v>
       </c>
       <c r="E52" s="10">
         <v>55</v>
       </c>
       <c r="F52" s="1">
         <v>79</v>
       </c>
       <c r="G52" s="15">
         <v>134</v>
       </c>
       <c r="H52" s="10">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>1</v>
       </c>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="10">
         <v>1</v>
       </c>
       <c r="L52" s="1">
         <v>0</v>
       </c>
       <c r="M52" s="15">
         <v>1</v>
       </c>
       <c r="N52" s="10">
         <v>46</v>
       </c>
       <c r="O52" s="1">
         <v>76</v>
       </c>
       <c r="P52" s="15">
         <v>122</v>
       </c>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>55</v>
       </c>
       <c r="C53" s="1">
         <v>36</v>
       </c>
       <c r="D53" s="15">
         <v>91</v>
       </c>
       <c r="E53" s="10">
         <v>19</v>
       </c>
       <c r="F53" s="1">
         <v>29</v>
       </c>
       <c r="G53" s="15">
         <v>48</v>
       </c>
       <c r="H53" s="10">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="15">
         <v>0</v>
       </c>
       <c r="K53" s="10">
         <v>2</v>
       </c>
       <c r="L53" s="1">
         <v>0</v>
       </c>
       <c r="M53" s="15">
         <v>2</v>
       </c>
       <c r="N53" s="10">
         <v>37</v>
       </c>
       <c r="O53" s="1">
         <v>47</v>
       </c>
       <c r="P53" s="15">
         <v>84</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="54" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="32">
         <v>44</v>
       </c>
       <c r="C54" s="33">
         <v>43</v>
       </c>
       <c r="D54" s="34">
         <v>87</v>
       </c>
       <c r="E54" s="32">
         <v>18</v>
       </c>
       <c r="F54" s="33">
         <v>21</v>
       </c>
       <c r="G54" s="34">
         <v>39</v>
       </c>
       <c r="H54" s="32">
         <v>0</v>
       </c>
       <c r="I54" s="33">
         <v>0</v>
       </c>
       <c r="J54" s="34">
         <v>0</v>
       </c>
       <c r="K54" s="32">
         <v>1</v>
       </c>
       <c r="L54" s="33">
         <v>0</v>
       </c>
       <c r="M54" s="34">
         <v>1</v>
       </c>
       <c r="N54" s="32">
         <v>30</v>
       </c>
       <c r="O54" s="33">
         <v>34</v>
       </c>
       <c r="P54" s="34">
         <v>64</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="55" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>417</v>
       </c>
       <c r="C55" s="14">
         <v>338</v>
       </c>
       <c r="D55" s="18">
         <v>755</v>
       </c>
       <c r="E55" s="13">
         <v>254</v>
       </c>
       <c r="F55" s="14">
         <v>245</v>
       </c>
       <c r="G55" s="18">
         <v>499</v>
       </c>
       <c r="H55" s="13">
         <v>0</v>
       </c>
       <c r="I55" s="14">
         <v>4</v>
       </c>
       <c r="J55" s="18">
         <v>4</v>
       </c>
       <c r="K55" s="13">
         <v>7</v>
       </c>
       <c r="L55" s="14">
         <v>0</v>
       </c>
       <c r="M55" s="18">
         <v>7</v>
       </c>
       <c r="N55" s="13">
         <v>333</v>
       </c>
       <c r="O55" s="14">
         <v>318</v>
       </c>
       <c r="P55" s="18">
         <v>651</v>
       </c>
     </row>
-    <row r="56" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="57" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="57" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="93"/>
       <c r="D57" s="93"/>
       <c r="E57" s="93"/>
       <c r="F57" s="93"/>
       <c r="G57" s="93"/>
       <c r="H57" s="93"/>
       <c r="I57" s="93"/>
       <c r="J57" s="93"/>
       <c r="K57" s="93"/>
       <c r="L57" s="93"/>
       <c r="M57" s="93"/>
       <c r="N57" s="93"/>
       <c r="O57" s="93"/>
       <c r="P57" s="94"/>
     </row>
-    <row r="58" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="97"/>
       <c r="B58" s="99" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="99"/>
       <c r="D58" s="99"/>
       <c r="E58" s="99"/>
       <c r="F58" s="99"/>
       <c r="G58" s="99"/>
       <c r="H58" s="99"/>
       <c r="I58" s="99"/>
       <c r="J58" s="99"/>
       <c r="K58" s="99"/>
       <c r="L58" s="99"/>
       <c r="M58" s="99"/>
       <c r="N58" s="99"/>
       <c r="O58" s="99"/>
       <c r="P58" s="104"/>
     </row>
-    <row r="59" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="97"/>
       <c r="B59" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C59" s="91"/>
       <c r="D59" s="92"/>
       <c r="E59" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F59" s="91"/>
       <c r="G59" s="92"/>
       <c r="H59" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I59" s="91"/>
       <c r="J59" s="92"/>
       <c r="K59" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L59" s="91"/>
       <c r="M59" s="92"/>
       <c r="N59" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O59" s="91"/>
       <c r="P59" s="92"/>
     </row>
-    <row r="60" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A60" s="97"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>232</v>
       </c>
       <c r="C61" s="1">
         <v>186</v>
       </c>
       <c r="D61" s="15">
         <v>418</v>
       </c>
       <c r="E61" s="10">
         <v>108</v>
       </c>
       <c r="F61" s="1">
         <v>67</v>
       </c>
       <c r="G61" s="15">
         <v>175</v>
       </c>
       <c r="H61" s="10">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="15">
         <v>0</v>
       </c>
       <c r="K61" s="10">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>0</v>
       </c>
       <c r="M61" s="15">
         <v>0</v>
       </c>
       <c r="N61" s="10">
         <v>201</v>
       </c>
       <c r="O61" s="1">
         <v>91</v>
       </c>
       <c r="P61" s="15">
         <v>292</v>
       </c>
     </row>
-    <row r="62" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>70</v>
       </c>
       <c r="C62" s="1">
         <v>54</v>
       </c>
       <c r="D62" s="15">
         <v>124</v>
       </c>
       <c r="E62" s="10">
         <v>52</v>
       </c>
       <c r="F62" s="1">
         <v>28</v>
       </c>
       <c r="G62" s="15">
         <v>80</v>
       </c>
       <c r="H62" s="10">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="15">
         <v>0</v>
       </c>
       <c r="K62" s="10">
         <v>2</v>
       </c>
       <c r="L62" s="1">
         <v>0</v>
       </c>
       <c r="M62" s="15">
         <v>2</v>
       </c>
       <c r="N62" s="10">
         <v>78</v>
       </c>
       <c r="O62" s="1">
         <v>63</v>
       </c>
       <c r="P62" s="15">
         <v>141</v>
       </c>
     </row>
-    <row r="63" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>66</v>
       </c>
       <c r="C63" s="1">
         <v>64</v>
       </c>
       <c r="D63" s="15">
         <v>130</v>
       </c>
       <c r="E63" s="10">
         <v>73</v>
       </c>
       <c r="F63" s="1">
         <v>51</v>
       </c>
       <c r="G63" s="15">
         <v>124</v>
       </c>
       <c r="H63" s="10">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="10">
         <v>1</v>
       </c>
       <c r="L63" s="1">
         <v>0</v>
       </c>
       <c r="M63" s="15">
         <v>1</v>
       </c>
       <c r="N63" s="10">
         <v>70</v>
       </c>
       <c r="O63" s="1">
         <v>56</v>
       </c>
       <c r="P63" s="15">
         <v>126</v>
       </c>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>52</v>
       </c>
       <c r="C64" s="1">
         <v>50</v>
       </c>
       <c r="D64" s="15">
         <v>102</v>
       </c>
       <c r="E64" s="10">
         <v>40</v>
       </c>
       <c r="F64" s="1">
         <v>36</v>
       </c>
       <c r="G64" s="15">
         <v>76</v>
       </c>
       <c r="H64" s="10">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="15">
         <v>0</v>
       </c>
       <c r="K64" s="10">
         <v>1</v>
       </c>
       <c r="L64" s="1">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>1</v>
       </c>
       <c r="N64" s="10">
         <v>67</v>
       </c>
       <c r="O64" s="1">
         <v>51</v>
       </c>
       <c r="P64" s="15">
         <v>118</v>
       </c>
     </row>
-    <row r="65" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="65" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="32">
         <v>60</v>
       </c>
       <c r="C65" s="33">
         <v>44</v>
       </c>
       <c r="D65" s="34">
         <v>104</v>
       </c>
       <c r="E65" s="32">
         <v>37</v>
       </c>
       <c r="F65" s="33">
         <v>24</v>
       </c>
       <c r="G65" s="34">
         <v>61</v>
       </c>
       <c r="H65" s="32">
         <v>0</v>
       </c>
       <c r="I65" s="33">
         <v>1</v>
       </c>
       <c r="J65" s="34">
         <v>1</v>
       </c>
       <c r="K65" s="32">
         <v>1</v>
       </c>
       <c r="L65" s="33">
         <v>0</v>
       </c>
       <c r="M65" s="34">
         <v>1</v>
       </c>
       <c r="N65" s="32">
         <v>63</v>
       </c>
       <c r="O65" s="33">
         <v>45</v>
       </c>
       <c r="P65" s="34">
         <v>108</v>
       </c>
     </row>
-    <row r="66" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>480</v>
       </c>
       <c r="C66" s="14">
         <v>398</v>
       </c>
       <c r="D66" s="18">
         <v>878</v>
       </c>
       <c r="E66" s="13">
         <v>310</v>
       </c>
       <c r="F66" s="14">
         <v>206</v>
       </c>
       <c r="G66" s="18">
         <v>516</v>
       </c>
       <c r="H66" s="13">
         <v>0</v>
       </c>
       <c r="I66" s="14">
         <v>1</v>
       </c>
       <c r="J66" s="18">
         <v>1</v>
       </c>
       <c r="K66" s="13">
         <v>5</v>
       </c>
       <c r="L66" s="14">
         <v>0</v>
       </c>
       <c r="M66" s="18">
         <v>5</v>
       </c>
       <c r="N66" s="13">
         <v>479</v>
       </c>
       <c r="O66" s="14">
         <v>306</v>
       </c>
       <c r="P66" s="18">
         <v>785</v>
       </c>
     </row>
-    <row r="67" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="67" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="38"/>
       <c r="B67" s="48"/>
       <c r="C67" s="48"/>
       <c r="D67" s="48"/>
       <c r="E67" s="48"/>
       <c r="F67" s="48"/>
       <c r="G67" s="48"/>
       <c r="H67" s="48"/>
       <c r="I67" s="48"/>
       <c r="J67" s="48"/>
       <c r="K67" s="48"/>
       <c r="L67" s="48"/>
       <c r="M67" s="48"/>
       <c r="N67" s="48"/>
       <c r="O67" s="48"/>
       <c r="P67" s="48"/>
     </row>
-    <row r="68" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="93"/>
       <c r="D68" s="93"/>
       <c r="E68" s="93"/>
       <c r="F68" s="93"/>
       <c r="G68" s="93"/>
       <c r="H68" s="93"/>
       <c r="I68" s="93"/>
       <c r="J68" s="93"/>
       <c r="K68" s="93"/>
       <c r="L68" s="93"/>
       <c r="M68" s="93"/>
       <c r="N68" s="93"/>
       <c r="O68" s="93"/>
       <c r="P68" s="94"/>
     </row>
-    <row r="69" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="69" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="97"/>
       <c r="B69" s="99" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="99"/>
       <c r="D69" s="99"/>
       <c r="E69" s="99"/>
       <c r="F69" s="99"/>
       <c r="G69" s="99"/>
       <c r="H69" s="99"/>
       <c r="I69" s="99"/>
       <c r="J69" s="99"/>
       <c r="K69" s="99"/>
       <c r="L69" s="99"/>
       <c r="M69" s="99"/>
       <c r="N69" s="99"/>
       <c r="O69" s="99"/>
       <c r="P69" s="104"/>
     </row>
-    <row r="70" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="97"/>
       <c r="B70" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C70" s="91"/>
       <c r="D70" s="92"/>
       <c r="E70" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F70" s="91"/>
       <c r="G70" s="92"/>
       <c r="H70" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I70" s="91"/>
       <c r="J70" s="92"/>
       <c r="K70" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L70" s="91"/>
       <c r="M70" s="92"/>
       <c r="N70" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O70" s="91"/>
       <c r="P70" s="92"/>
     </row>
-    <row r="71" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A71" s="97"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>320</v>
       </c>
       <c r="C72" s="1">
         <v>276</v>
       </c>
       <c r="D72" s="15">
         <v>596</v>
       </c>
       <c r="E72" s="10">
         <v>109</v>
       </c>
       <c r="F72" s="1">
         <v>107</v>
       </c>
       <c r="G72" s="15">
         <v>216</v>
       </c>
       <c r="H72" s="10">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="15">
         <v>0</v>
       </c>
       <c r="K72" s="10">
         <v>0</v>
       </c>
       <c r="L72" s="1">
         <v>0</v>
       </c>
       <c r="M72" s="15">
         <v>0</v>
       </c>
       <c r="N72" s="10">
         <v>183</v>
       </c>
       <c r="O72" s="1">
         <v>127</v>
       </c>
       <c r="P72" s="15">
         <v>310</v>
       </c>
     </row>
-    <row r="73" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>87</v>
       </c>
       <c r="C73" s="1">
         <v>81</v>
       </c>
       <c r="D73" s="15">
         <v>168</v>
       </c>
       <c r="E73" s="10">
         <v>35</v>
       </c>
       <c r="F73" s="1">
         <v>47</v>
       </c>
       <c r="G73" s="15">
         <v>82</v>
       </c>
       <c r="H73" s="10">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>1</v>
       </c>
       <c r="J73" s="15">
         <v>1</v>
       </c>
       <c r="K73" s="10">
         <v>3</v>
       </c>
       <c r="L73" s="1">
         <v>0</v>
       </c>
       <c r="M73" s="15">
         <v>3</v>
       </c>
       <c r="N73" s="10">
         <v>67</v>
       </c>
       <c r="O73" s="1">
         <v>57</v>
       </c>
       <c r="P73" s="15">
         <v>124</v>
       </c>
     </row>
-    <row r="74" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>78</v>
       </c>
       <c r="C74" s="1">
         <v>91</v>
       </c>
       <c r="D74" s="15">
         <v>169</v>
       </c>
       <c r="E74" s="10">
         <v>70</v>
       </c>
       <c r="F74" s="1">
         <v>81</v>
       </c>
       <c r="G74" s="15">
         <v>151</v>
       </c>
       <c r="H74" s="10">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="15">
         <v>0</v>
       </c>
       <c r="K74" s="10">
         <v>4</v>
       </c>
       <c r="L74" s="1">
         <v>2</v>
       </c>
       <c r="M74" s="15">
         <v>6</v>
       </c>
       <c r="N74" s="10">
         <v>55</v>
       </c>
       <c r="O74" s="1">
         <v>58</v>
       </c>
       <c r="P74" s="15">
         <v>113</v>
       </c>
     </row>
-    <row r="75" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>52</v>
       </c>
       <c r="C75" s="1">
         <v>51</v>
       </c>
       <c r="D75" s="15">
         <v>103</v>
       </c>
       <c r="E75" s="10">
         <v>44</v>
       </c>
       <c r="F75" s="1">
         <v>39</v>
       </c>
       <c r="G75" s="15">
         <v>83</v>
       </c>
       <c r="H75" s="10">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="15">
         <v>0</v>
       </c>
       <c r="K75" s="10">
         <v>5</v>
       </c>
       <c r="L75" s="1">
         <v>0</v>
       </c>
       <c r="M75" s="15">
         <v>5</v>
       </c>
       <c r="N75" s="10">
         <v>69</v>
       </c>
       <c r="O75" s="1">
         <v>50</v>
       </c>
       <c r="P75" s="15">
         <v>119</v>
       </c>
     </row>
-    <row r="76" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="76" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="32">
         <v>58</v>
       </c>
       <c r="C76" s="33">
         <v>41</v>
       </c>
       <c r="D76" s="34">
         <v>99</v>
       </c>
       <c r="E76" s="32">
         <v>27</v>
       </c>
       <c r="F76" s="33">
         <v>29</v>
       </c>
       <c r="G76" s="34">
         <v>56</v>
       </c>
       <c r="H76" s="32">
         <v>0</v>
       </c>
       <c r="I76" s="33">
         <v>1</v>
       </c>
       <c r="J76" s="34">
         <v>1</v>
       </c>
       <c r="K76" s="32">
         <v>0</v>
       </c>
       <c r="L76" s="33">
         <v>0</v>
       </c>
       <c r="M76" s="34">
         <v>0</v>
       </c>
       <c r="N76" s="32">
         <v>50</v>
       </c>
       <c r="O76" s="33">
         <v>45</v>
       </c>
       <c r="P76" s="34">
         <v>95</v>
       </c>
     </row>
-    <row r="77" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>595</v>
       </c>
       <c r="C77" s="14">
         <v>540</v>
       </c>
       <c r="D77" s="18">
         <v>1135</v>
       </c>
       <c r="E77" s="13">
         <v>285</v>
       </c>
       <c r="F77" s="14">
         <v>303</v>
       </c>
       <c r="G77" s="18">
         <v>588</v>
       </c>
       <c r="H77" s="13">
         <v>0</v>
       </c>
       <c r="I77" s="14">
         <v>2</v>
       </c>
       <c r="J77" s="18">
         <v>2</v>
       </c>
       <c r="K77" s="13">
         <v>12</v>
       </c>
       <c r="L77" s="14">
         <v>2</v>
       </c>
       <c r="M77" s="18">
         <v>14</v>
       </c>
       <c r="N77" s="13">
         <v>424</v>
       </c>
       <c r="O77" s="14">
         <v>337</v>
       </c>
       <c r="P77" s="18">
         <v>761</v>
       </c>
     </row>
-    <row r="78" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="79" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="79" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="93"/>
       <c r="D79" s="93"/>
       <c r="E79" s="93"/>
       <c r="F79" s="93"/>
       <c r="G79" s="93"/>
       <c r="H79" s="93"/>
       <c r="I79" s="93"/>
       <c r="J79" s="93"/>
       <c r="K79" s="93"/>
       <c r="L79" s="93"/>
       <c r="M79" s="93"/>
       <c r="N79" s="93"/>
       <c r="O79" s="93"/>
       <c r="P79" s="94"/>
     </row>
-    <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="97"/>
       <c r="B80" s="99" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="99"/>
       <c r="D80" s="99"/>
       <c r="E80" s="99"/>
       <c r="F80" s="99"/>
       <c r="G80" s="99"/>
       <c r="H80" s="99"/>
       <c r="I80" s="99"/>
       <c r="J80" s="99"/>
       <c r="K80" s="99"/>
       <c r="L80" s="99"/>
       <c r="M80" s="99"/>
       <c r="N80" s="99"/>
       <c r="O80" s="99"/>
       <c r="P80" s="104"/>
     </row>
-    <row r="81" spans="1:16" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:16" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="97"/>
       <c r="B81" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C81" s="91"/>
       <c r="D81" s="92"/>
       <c r="E81" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="91"/>
       <c r="G81" s="92"/>
       <c r="H81" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I81" s="91"/>
       <c r="J81" s="92"/>
       <c r="K81" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L81" s="91"/>
       <c r="M81" s="92"/>
       <c r="N81" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O81" s="91"/>
       <c r="P81" s="92"/>
     </row>
-    <row r="82" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A82" s="97"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>257</v>
       </c>
       <c r="C83" s="1">
         <v>221</v>
       </c>
       <c r="D83" s="15">
         <v>478</v>
       </c>
       <c r="E83" s="10">
         <v>92</v>
       </c>
       <c r="F83" s="1">
         <v>97</v>
       </c>
       <c r="G83" s="15">
         <v>189</v>
       </c>
       <c r="H83" s="10">
         <v>1</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="15">
         <v>1</v>
       </c>
       <c r="K83" s="10">
         <v>0</v>
       </c>
       <c r="L83" s="1">
         <v>0</v>
       </c>
       <c r="M83" s="15">
         <v>0</v>
       </c>
       <c r="N83" s="10">
         <v>125</v>
       </c>
       <c r="O83" s="1">
         <v>109</v>
       </c>
       <c r="P83" s="15">
         <v>234</v>
       </c>
     </row>
-    <row r="84" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>55</v>
       </c>
       <c r="C84" s="1">
         <v>66</v>
       </c>
       <c r="D84" s="15">
         <v>121</v>
       </c>
       <c r="E84" s="10">
         <v>41</v>
       </c>
       <c r="F84" s="1">
         <v>27</v>
       </c>
       <c r="G84" s="15">
         <v>68</v>
       </c>
       <c r="H84" s="10">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="15">
         <v>0</v>
       </c>
       <c r="K84" s="10">
         <v>1</v>
       </c>
       <c r="L84" s="1">
         <v>0</v>
       </c>
       <c r="M84" s="15">
         <v>1</v>
       </c>
       <c r="N84" s="10">
         <v>50</v>
       </c>
       <c r="O84" s="1">
         <v>43</v>
       </c>
       <c r="P84" s="15">
         <v>93</v>
       </c>
     </row>
-    <row r="85" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>72</v>
       </c>
       <c r="C85" s="1">
         <v>66</v>
       </c>
       <c r="D85" s="15">
         <v>138</v>
       </c>
       <c r="E85" s="10">
         <v>64</v>
       </c>
       <c r="F85" s="1">
         <v>61</v>
       </c>
       <c r="G85" s="15">
         <v>125</v>
       </c>
       <c r="H85" s="10">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>2</v>
       </c>
       <c r="J85" s="15">
         <v>2</v>
       </c>
       <c r="K85" s="10">
         <v>1</v>
       </c>
       <c r="L85" s="1">
         <v>0</v>
       </c>
       <c r="M85" s="15">
         <v>1</v>
       </c>
       <c r="N85" s="10">
         <v>67</v>
       </c>
       <c r="O85" s="1">
         <v>59</v>
       </c>
       <c r="P85" s="15">
         <v>126</v>
       </c>
     </row>
-    <row r="86" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>46</v>
       </c>
       <c r="C86" s="1">
         <v>57</v>
       </c>
       <c r="D86" s="15">
         <v>103</v>
       </c>
       <c r="E86" s="10">
         <v>38</v>
       </c>
       <c r="F86" s="1">
         <v>44</v>
       </c>
       <c r="G86" s="15">
         <v>82</v>
       </c>
       <c r="H86" s="10">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="15">
         <v>0</v>
       </c>
       <c r="K86" s="10">
         <v>1</v>
       </c>
       <c r="L86" s="1">
         <v>0</v>
       </c>
       <c r="M86" s="15">
         <v>1</v>
       </c>
       <c r="N86" s="10">
         <v>49</v>
       </c>
       <c r="O86" s="1">
         <v>35</v>
       </c>
       <c r="P86" s="15">
         <v>84</v>
       </c>
     </row>
-    <row r="87" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="87" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="32">
         <v>62</v>
       </c>
       <c r="C87" s="33">
         <v>45</v>
       </c>
       <c r="D87" s="34">
         <v>107</v>
       </c>
       <c r="E87" s="32">
         <v>28</v>
       </c>
       <c r="F87" s="33">
         <v>25</v>
       </c>
       <c r="G87" s="34">
         <v>53</v>
       </c>
       <c r="H87" s="32">
         <v>0</v>
       </c>
       <c r="I87" s="33">
         <v>0</v>
       </c>
       <c r="J87" s="34">
         <v>0</v>
       </c>
       <c r="K87" s="32">
         <v>0</v>
       </c>
       <c r="L87" s="33">
         <v>0</v>
       </c>
       <c r="M87" s="34">
         <v>0</v>
       </c>
       <c r="N87" s="32">
         <v>42</v>
       </c>
       <c r="O87" s="33">
         <v>38</v>
       </c>
       <c r="P87" s="34">
         <v>80</v>
       </c>
     </row>
-    <row r="88" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="88" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>492</v>
       </c>
       <c r="C88" s="14">
         <v>455</v>
       </c>
       <c r="D88" s="18">
         <v>947</v>
       </c>
       <c r="E88" s="13">
         <v>263</v>
       </c>
       <c r="F88" s="14">
         <v>254</v>
       </c>
       <c r="G88" s="18">
         <v>517</v>
       </c>
       <c r="H88" s="13">
         <v>1</v>
       </c>
       <c r="I88" s="14">
         <v>2</v>
       </c>
       <c r="J88" s="18">
         <v>3</v>
       </c>
       <c r="K88" s="13">
         <v>3</v>
       </c>
       <c r="L88" s="14">
         <v>0</v>
       </c>
       <c r="M88" s="18">
         <v>3</v>
       </c>
       <c r="N88" s="13">
         <v>333</v>
       </c>
       <c r="O88" s="14">
         <v>284</v>
       </c>
       <c r="P88" s="18">
         <v>617</v>
       </c>
     </row>
-    <row r="89" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="90" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="90" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="93"/>
       <c r="D90" s="93"/>
       <c r="E90" s="93"/>
       <c r="F90" s="93"/>
       <c r="G90" s="93"/>
       <c r="H90" s="93"/>
       <c r="I90" s="93"/>
       <c r="J90" s="93"/>
       <c r="K90" s="93"/>
       <c r="L90" s="93"/>
       <c r="M90" s="93"/>
       <c r="N90" s="93"/>
       <c r="O90" s="93"/>
       <c r="P90" s="94"/>
     </row>
-    <row r="91" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="91" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="97"/>
       <c r="B91" s="99" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="99"/>
       <c r="D91" s="99"/>
       <c r="E91" s="99"/>
       <c r="F91" s="99"/>
       <c r="G91" s="99"/>
       <c r="H91" s="99"/>
       <c r="I91" s="99"/>
       <c r="J91" s="99"/>
       <c r="K91" s="99"/>
       <c r="L91" s="99"/>
       <c r="M91" s="99"/>
       <c r="N91" s="99"/>
       <c r="O91" s="99"/>
       <c r="P91" s="104"/>
     </row>
-    <row r="92" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="97"/>
       <c r="B92" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C92" s="91"/>
       <c r="D92" s="92"/>
       <c r="E92" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F92" s="91"/>
       <c r="G92" s="92"/>
       <c r="H92" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I92" s="91"/>
       <c r="J92" s="92"/>
       <c r="K92" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L92" s="91"/>
       <c r="M92" s="92"/>
       <c r="N92" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O92" s="91"/>
       <c r="P92" s="92"/>
     </row>
-    <row r="93" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A93" s="97"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="10">
         <v>337</v>
       </c>
       <c r="C94" s="1">
         <v>252</v>
       </c>
       <c r="D94" s="15">
         <v>589</v>
       </c>
       <c r="E94" s="10">
         <v>117</v>
       </c>
       <c r="F94" s="1">
         <v>114</v>
       </c>
       <c r="G94" s="15">
         <v>231</v>
       </c>
       <c r="H94" s="10">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>1</v>
       </c>
       <c r="J94" s="15">
         <v>1</v>
       </c>
       <c r="K94" s="10">
         <v>2</v>
       </c>
       <c r="L94" s="1">
         <v>0</v>
       </c>
       <c r="M94" s="15">
         <v>2</v>
       </c>
       <c r="N94" s="10">
         <v>164</v>
       </c>
       <c r="O94" s="1">
         <v>110</v>
       </c>
       <c r="P94" s="15">
         <v>274</v>
       </c>
     </row>
-    <row r="95" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>105</v>
       </c>
       <c r="C95" s="1">
         <v>67</v>
       </c>
       <c r="D95" s="15">
         <v>172</v>
       </c>
       <c r="E95" s="10">
         <v>53</v>
       </c>
       <c r="F95" s="1">
         <v>48</v>
       </c>
       <c r="G95" s="15">
         <v>101</v>
       </c>
       <c r="H95" s="10">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>1</v>
       </c>
       <c r="J95" s="15">
         <v>1</v>
       </c>
       <c r="K95" s="10">
         <v>4</v>
       </c>
       <c r="L95" s="1">
         <v>0</v>
       </c>
       <c r="M95" s="15">
         <v>4</v>
       </c>
       <c r="N95" s="10">
         <v>53</v>
       </c>
       <c r="O95" s="1">
         <v>49</v>
       </c>
       <c r="P95" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="96" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>76</v>
       </c>
       <c r="C96" s="1">
         <v>55</v>
       </c>
       <c r="D96" s="15">
         <v>131</v>
       </c>
       <c r="E96" s="10">
         <v>105</v>
       </c>
       <c r="F96" s="1">
         <v>78</v>
       </c>
       <c r="G96" s="15">
         <v>183</v>
       </c>
       <c r="H96" s="10">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="15">
         <v>0</v>
       </c>
       <c r="K96" s="10">
         <v>4</v>
       </c>
       <c r="L96" s="1">
         <v>0</v>
       </c>
       <c r="M96" s="15">
         <v>4</v>
       </c>
       <c r="N96" s="10">
         <v>89</v>
       </c>
       <c r="O96" s="1">
         <v>62</v>
       </c>
       <c r="P96" s="15">
         <v>151</v>
       </c>
     </row>
-    <row r="97" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B97" s="10">
         <v>77</v>
       </c>
       <c r="C97" s="1">
         <v>67</v>
       </c>
       <c r="D97" s="15">
         <v>144</v>
       </c>
       <c r="E97" s="10">
         <v>28</v>
       </c>
       <c r="F97" s="1">
         <v>39</v>
       </c>
       <c r="G97" s="15">
         <v>67</v>
       </c>
       <c r="H97" s="10">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="15">
         <v>0</v>
       </c>
       <c r="K97" s="10">
         <v>0</v>
       </c>
       <c r="L97" s="1">
         <v>0</v>
       </c>
       <c r="M97" s="15">
         <v>0</v>
       </c>
       <c r="N97" s="10">
         <v>52</v>
       </c>
       <c r="O97" s="1">
         <v>50</v>
       </c>
       <c r="P97" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="98" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="98" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="32">
         <v>63</v>
       </c>
       <c r="C98" s="33">
         <v>61</v>
       </c>
       <c r="D98" s="34">
         <v>124</v>
       </c>
       <c r="E98" s="32">
         <v>32</v>
       </c>
       <c r="F98" s="33">
         <v>34</v>
       </c>
       <c r="G98" s="34">
         <v>66</v>
       </c>
       <c r="H98" s="32">
         <v>0</v>
       </c>
       <c r="I98" s="33">
         <v>0</v>
       </c>
       <c r="J98" s="34">
         <v>0</v>
       </c>
       <c r="K98" s="32">
         <v>4</v>
       </c>
       <c r="L98" s="33">
         <v>0</v>
       </c>
       <c r="M98" s="34">
         <v>4</v>
       </c>
       <c r="N98" s="32">
         <v>46</v>
       </c>
       <c r="O98" s="33">
         <v>48</v>
       </c>
       <c r="P98" s="34">
         <v>94</v>
       </c>
     </row>
-    <row r="99" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="99" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>658</v>
       </c>
       <c r="C99" s="14">
         <v>502</v>
       </c>
       <c r="D99" s="18">
         <v>1160</v>
       </c>
       <c r="E99" s="13">
         <v>335</v>
       </c>
       <c r="F99" s="14">
         <v>313</v>
       </c>
       <c r="G99" s="18">
         <v>648</v>
       </c>
       <c r="H99" s="13">
         <v>0</v>
       </c>
       <c r="I99" s="14">
         <v>2</v>
       </c>
       <c r="J99" s="18">
         <v>2</v>
       </c>
       <c r="K99" s="13">
         <v>14</v>
       </c>
       <c r="L99" s="14">
         <v>0</v>
       </c>
       <c r="M99" s="18">
         <v>14</v>
       </c>
       <c r="N99" s="13">
         <v>404</v>
       </c>
       <c r="O99" s="14">
         <v>319</v>
       </c>
       <c r="P99" s="18">
         <v>723</v>
       </c>
     </row>
-    <row r="100" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="101" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="101" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="93"/>
       <c r="D101" s="93"/>
       <c r="E101" s="93"/>
       <c r="F101" s="93"/>
       <c r="G101" s="93"/>
       <c r="H101" s="93"/>
       <c r="I101" s="93"/>
       <c r="J101" s="93"/>
       <c r="K101" s="93"/>
       <c r="L101" s="93"/>
       <c r="M101" s="93"/>
       <c r="N101" s="93"/>
       <c r="O101" s="93"/>
       <c r="P101" s="94"/>
     </row>
-    <row r="102" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="102" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="97"/>
       <c r="B102" s="99" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="99"/>
       <c r="D102" s="99"/>
       <c r="E102" s="99"/>
       <c r="F102" s="99"/>
       <c r="G102" s="99"/>
       <c r="H102" s="99"/>
       <c r="I102" s="99"/>
       <c r="J102" s="99"/>
       <c r="K102" s="99"/>
       <c r="L102" s="99"/>
       <c r="M102" s="99"/>
       <c r="N102" s="99"/>
       <c r="O102" s="99"/>
       <c r="P102" s="104"/>
     </row>
-    <row r="103" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="97"/>
       <c r="B103" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C103" s="91"/>
       <c r="D103" s="92"/>
       <c r="E103" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F103" s="91"/>
       <c r="G103" s="92"/>
       <c r="H103" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I103" s="91"/>
       <c r="J103" s="92"/>
       <c r="K103" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L103" s="91"/>
       <c r="M103" s="92"/>
       <c r="N103" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O103" s="91"/>
       <c r="P103" s="92"/>
     </row>
-    <row r="104" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A104" s="97"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B105" s="10"/>
-[...15 lines deleted...]
-    <row r="106" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="10">
+        <v>301</v>
+      </c>
+      <c r="C105" s="1">
+        <v>231</v>
+      </c>
+      <c r="D105" s="15">
+        <v>532</v>
+      </c>
+      <c r="E105" s="10">
+        <v>116</v>
+      </c>
+      <c r="F105" s="1">
+        <v>108</v>
+      </c>
+      <c r="G105" s="15">
+        <v>224</v>
+      </c>
+      <c r="H105" s="10">
+        <v>0</v>
+      </c>
+      <c r="I105" s="1">
+        <v>0</v>
+      </c>
+      <c r="J105" s="15">
+        <v>0</v>
+      </c>
+      <c r="K105" s="10">
+        <v>4</v>
+      </c>
+      <c r="L105" s="1">
+        <v>0</v>
+      </c>
+      <c r="M105" s="15">
+        <v>4</v>
+      </c>
+      <c r="N105" s="10">
+        <v>139</v>
+      </c>
+      <c r="O105" s="1">
+        <v>107</v>
+      </c>
+      <c r="P105" s="15">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B106" s="10"/>
-[...15 lines deleted...]
-    <row r="107" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="10">
+        <v>82</v>
+      </c>
+      <c r="C106" s="1">
+        <v>66</v>
+      </c>
+      <c r="D106" s="15">
+        <v>148</v>
+      </c>
+      <c r="E106" s="10">
+        <v>44</v>
+      </c>
+      <c r="F106" s="1">
+        <v>54</v>
+      </c>
+      <c r="G106" s="15">
+        <v>98</v>
+      </c>
+      <c r="H106" s="10">
+        <v>0</v>
+      </c>
+      <c r="I106" s="1">
+        <v>0</v>
+      </c>
+      <c r="J106" s="15">
+        <v>0</v>
+      </c>
+      <c r="K106" s="10">
+        <v>5</v>
+      </c>
+      <c r="L106" s="1">
+        <v>0</v>
+      </c>
+      <c r="M106" s="15">
+        <v>5</v>
+      </c>
+      <c r="N106" s="10">
+        <v>59</v>
+      </c>
+      <c r="O106" s="1">
+        <v>62</v>
+      </c>
+      <c r="P106" s="15">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B107" s="10"/>
-[...15 lines deleted...]
-    <row r="108" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="10">
+        <v>68</v>
+      </c>
+      <c r="C107" s="1">
+        <v>84</v>
+      </c>
+      <c r="D107" s="15">
+        <v>152</v>
+      </c>
+      <c r="E107" s="10">
+        <v>70</v>
+      </c>
+      <c r="F107" s="1">
+        <v>76</v>
+      </c>
+      <c r="G107" s="15">
+        <v>146</v>
+      </c>
+      <c r="H107" s="10">
+        <v>0</v>
+      </c>
+      <c r="I107" s="1">
+        <v>0</v>
+      </c>
+      <c r="J107" s="15">
+        <v>0</v>
+      </c>
+      <c r="K107" s="10">
+        <v>0</v>
+      </c>
+      <c r="L107" s="1">
+        <v>0</v>
+      </c>
+      <c r="M107" s="15">
+        <v>0</v>
+      </c>
+      <c r="N107" s="10">
+        <v>72</v>
+      </c>
+      <c r="O107" s="1">
+        <v>68</v>
+      </c>
+      <c r="P107" s="15">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B108" s="10"/>
-[...15 lines deleted...]
-    <row r="109" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B108" s="10">
+        <v>62</v>
+      </c>
+      <c r="C108" s="1">
+        <v>67</v>
+      </c>
+      <c r="D108" s="15">
+        <v>129</v>
+      </c>
+      <c r="E108" s="10">
+        <v>42</v>
+      </c>
+      <c r="F108" s="1">
+        <v>54</v>
+      </c>
+      <c r="G108" s="15">
+        <v>96</v>
+      </c>
+      <c r="H108" s="10">
+        <v>0</v>
+      </c>
+      <c r="I108" s="1">
+        <v>1</v>
+      </c>
+      <c r="J108" s="15">
+        <v>1</v>
+      </c>
+      <c r="K108" s="10">
+        <v>1</v>
+      </c>
+      <c r="L108" s="1">
+        <v>0</v>
+      </c>
+      <c r="M108" s="15">
+        <v>1</v>
+      </c>
+      <c r="N108" s="10">
+        <v>41</v>
+      </c>
+      <c r="O108" s="1">
+        <v>56</v>
+      </c>
+      <c r="P108" s="15">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B109" s="32"/>
-[...15 lines deleted...]
-    <row r="110" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B109" s="32">
+        <v>59</v>
+      </c>
+      <c r="C109" s="33">
+        <v>55</v>
+      </c>
+      <c r="D109" s="34">
+        <v>114</v>
+      </c>
+      <c r="E109" s="32">
+        <v>44</v>
+      </c>
+      <c r="F109" s="33">
+        <v>39</v>
+      </c>
+      <c r="G109" s="34">
+        <v>83</v>
+      </c>
+      <c r="H109" s="32">
+        <v>0</v>
+      </c>
+      <c r="I109" s="33">
+        <v>1</v>
+      </c>
+      <c r="J109" s="34">
+        <v>1</v>
+      </c>
+      <c r="K109" s="32">
+        <v>4</v>
+      </c>
+      <c r="L109" s="33">
+        <v>0</v>
+      </c>
+      <c r="M109" s="34">
+        <v>4</v>
+      </c>
+      <c r="N109" s="32">
+        <v>43</v>
+      </c>
+      <c r="O109" s="33">
+        <v>53</v>
+      </c>
+      <c r="P109" s="34">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="B110" s="13"/>
-[...16 lines deleted...]
-    <row r="112" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="13">
+        <v>572</v>
+      </c>
+      <c r="C110" s="14">
+        <v>503</v>
+      </c>
+      <c r="D110" s="18">
+        <v>1075</v>
+      </c>
+      <c r="E110" s="13">
+        <v>316</v>
+      </c>
+      <c r="F110" s="14">
+        <v>331</v>
+      </c>
+      <c r="G110" s="18">
+        <v>647</v>
+      </c>
+      <c r="H110" s="13">
+        <v>0</v>
+      </c>
+      <c r="I110" s="14">
+        <v>2</v>
+      </c>
+      <c r="J110" s="18">
+        <v>2</v>
+      </c>
+      <c r="K110" s="13">
+        <v>14</v>
+      </c>
+      <c r="L110" s="14">
+        <v>0</v>
+      </c>
+      <c r="M110" s="18">
+        <v>14</v>
+      </c>
+      <c r="N110" s="13">
+        <v>354</v>
+      </c>
+      <c r="O110" s="14">
+        <v>346</v>
+      </c>
+      <c r="P110" s="18">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="112" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="93"/>
       <c r="D112" s="93"/>
       <c r="E112" s="93"/>
       <c r="F112" s="93"/>
       <c r="G112" s="93"/>
       <c r="H112" s="93"/>
       <c r="I112" s="93"/>
       <c r="J112" s="93"/>
       <c r="K112" s="93"/>
       <c r="L112" s="93"/>
       <c r="M112" s="93"/>
       <c r="N112" s="93"/>
       <c r="O112" s="93"/>
       <c r="P112" s="94"/>
     </row>
-    <row r="113" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="113" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A113" s="97"/>
       <c r="B113" s="99" t="s">
         <v>11</v>
       </c>
       <c r="C113" s="99"/>
       <c r="D113" s="99"/>
       <c r="E113" s="99"/>
       <c r="F113" s="99"/>
       <c r="G113" s="99"/>
       <c r="H113" s="99"/>
       <c r="I113" s="99"/>
       <c r="J113" s="99"/>
       <c r="K113" s="99"/>
       <c r="L113" s="99"/>
       <c r="M113" s="99"/>
       <c r="N113" s="99"/>
       <c r="O113" s="99"/>
       <c r="P113" s="104"/>
     </row>
-    <row r="114" spans="1:16" ht="41.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:16" ht="41.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="97"/>
       <c r="B114" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C114" s="91"/>
       <c r="D114" s="92"/>
       <c r="E114" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F114" s="91"/>
       <c r="G114" s="92"/>
       <c r="H114" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I114" s="91"/>
       <c r="J114" s="92"/>
       <c r="K114" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L114" s="91"/>
       <c r="M114" s="92"/>
       <c r="N114" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O114" s="91"/>
       <c r="P114" s="92"/>
     </row>
-    <row r="115" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A115" s="97"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="1"/>
       <c r="D116" s="15"/>
       <c r="E116" s="10"/>
       <c r="F116" s="1"/>
       <c r="G116" s="15"/>
       <c r="H116" s="10"/>
       <c r="I116" s="1"/>
       <c r="J116" s="15"/>
       <c r="K116" s="10"/>
       <c r="L116" s="1"/>
       <c r="M116" s="15"/>
       <c r="N116" s="10"/>
       <c r="O116" s="1"/>
       <c r="P116" s="15"/>
     </row>
-    <row r="117" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B117" s="10"/>
       <c r="C117" s="1"/>
       <c r="D117" s="15"/>
       <c r="E117" s="10"/>
       <c r="F117" s="1"/>
       <c r="G117" s="15"/>
       <c r="H117" s="10"/>
       <c r="I117" s="1"/>
       <c r="J117" s="15"/>
       <c r="K117" s="10"/>
       <c r="L117" s="1"/>
       <c r="M117" s="15"/>
       <c r="N117" s="10"/>
       <c r="O117" s="1"/>
       <c r="P117" s="15"/>
     </row>
-    <row r="118" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10"/>
       <c r="C118" s="1"/>
       <c r="D118" s="15"/>
       <c r="E118" s="10"/>
       <c r="F118" s="1"/>
       <c r="G118" s="15"/>
       <c r="H118" s="10"/>
       <c r="I118" s="1"/>
       <c r="J118" s="15"/>
       <c r="K118" s="10"/>
       <c r="L118" s="1"/>
       <c r="M118" s="15"/>
       <c r="N118" s="10"/>
       <c r="O118" s="1"/>
       <c r="P118" s="15"/>
     </row>
-    <row r="119" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10"/>
       <c r="C119" s="1"/>
       <c r="D119" s="15"/>
       <c r="E119" s="10"/>
       <c r="F119" s="1"/>
       <c r="G119" s="15"/>
       <c r="H119" s="10"/>
       <c r="I119" s="1"/>
       <c r="J119" s="15"/>
       <c r="K119" s="10"/>
       <c r="L119" s="1"/>
       <c r="M119" s="15"/>
       <c r="N119" s="10"/>
       <c r="O119" s="1"/>
       <c r="P119" s="15"/>
     </row>
-    <row r="120" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="120" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="32"/>
       <c r="C120" s="33"/>
       <c r="D120" s="34"/>
       <c r="E120" s="32"/>
       <c r="F120" s="33"/>
       <c r="G120" s="34"/>
       <c r="H120" s="32"/>
       <c r="I120" s="33"/>
       <c r="J120" s="34"/>
       <c r="K120" s="32"/>
       <c r="L120" s="33"/>
       <c r="M120" s="34"/>
       <c r="N120" s="32"/>
       <c r="O120" s="33"/>
       <c r="P120" s="34"/>
     </row>
-    <row r="121" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="121" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="14"/>
       <c r="D121" s="18"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
       <c r="G121" s="18"/>
       <c r="H121" s="13"/>
       <c r="I121" s="14"/>
       <c r="J121" s="18"/>
       <c r="K121" s="13"/>
       <c r="L121" s="14"/>
       <c r="M121" s="18"/>
       <c r="N121" s="13"/>
       <c r="O121" s="14"/>
       <c r="P121" s="18"/>
     </row>
-    <row r="122" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="123" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="123" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="93"/>
       <c r="D123" s="93"/>
       <c r="E123" s="93"/>
       <c r="F123" s="93"/>
       <c r="G123" s="93"/>
       <c r="H123" s="93"/>
       <c r="I123" s="93"/>
       <c r="J123" s="93"/>
       <c r="K123" s="93"/>
       <c r="L123" s="93"/>
       <c r="M123" s="93"/>
       <c r="N123" s="93"/>
       <c r="O123" s="93"/>
       <c r="P123" s="94"/>
     </row>
-    <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A124" s="97"/>
       <c r="B124" s="99" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="99"/>
       <c r="D124" s="99"/>
       <c r="E124" s="99"/>
       <c r="F124" s="99"/>
       <c r="G124" s="99"/>
       <c r="H124" s="99"/>
       <c r="I124" s="99"/>
       <c r="J124" s="99"/>
       <c r="K124" s="99"/>
       <c r="L124" s="99"/>
       <c r="M124" s="99"/>
       <c r="N124" s="99"/>
       <c r="O124" s="99"/>
       <c r="P124" s="104"/>
     </row>
-    <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="97"/>
       <c r="B125" s="87" t="s">
         <v>32</v>
       </c>
       <c r="C125" s="91"/>
       <c r="D125" s="92"/>
       <c r="E125" s="87" t="s">
         <v>33</v>
       </c>
       <c r="F125" s="91"/>
       <c r="G125" s="92"/>
       <c r="H125" s="87" t="s">
         <v>35</v>
       </c>
       <c r="I125" s="91"/>
       <c r="J125" s="92"/>
       <c r="K125" s="87" t="s">
         <v>34</v>
       </c>
       <c r="L125" s="91"/>
       <c r="M125" s="92"/>
       <c r="N125" s="87" t="s">
         <v>36</v>
       </c>
       <c r="O125" s="91"/>
       <c r="P125" s="92"/>
     </row>
-    <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A126" s="97"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="15"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="15"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="15"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="15"/>
     </row>
-    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="15"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="15"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="15"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="15"/>
     </row>
-    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="15"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="15"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="15"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="15"/>
     </row>
-    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
+    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="15"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="15"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="15"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="15"/>
     </row>
-    <row r="131" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="131" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="32"/>
       <c r="C131" s="33"/>
       <c r="D131" s="34"/>
       <c r="E131" s="32"/>
       <c r="F131" s="33"/>
       <c r="G131" s="34"/>
       <c r="H131" s="32"/>
       <c r="I131" s="33"/>
       <c r="J131" s="34"/>
       <c r="K131" s="32"/>
       <c r="L131" s="33"/>
       <c r="M131" s="34"/>
       <c r="N131" s="32"/>
       <c r="O131" s="33"/>
       <c r="P131" s="34"/>
     </row>
-    <row r="132" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="132" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="18"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
     </row>
-    <row r="133" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="89" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="93"/>
       <c r="D134" s="93"/>
       <c r="E134" s="93"/>
       <c r="F134" s="93"/>
       <c r="G134" s="93"/>
       <c r="H134" s="93"/>
       <c r="I134" s="93"/>
       <c r="J134" s="93"/>
       <c r="K134" s="93"/>
       <c r="L134" s="93"/>
       <c r="M134" s="93"/>
       <c r="N134" s="93"/>
       <c r="O134" s="93"/>
       <c r="P134" s="94"/>
     </row>
-    <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="97"/>
       <c r="B135" s="99" t="s">
         <v>47</v>
       </c>
       <c r="C135" s="99"/>
       <c r="D135" s="99"/>
       <c r="E135" s="99"/>
       <c r="F135" s="99"/>
       <c r="G135" s="99"/>
       <c r="H135" s="99"/>
       <c r="I135" s="99"/>
       <c r="J135" s="99"/>
       <c r="K135" s="99"/>
       <c r="L135" s="99"/>
       <c r="M135" s="99"/>
       <c r="N135" s="99"/>
       <c r="O135" s="99"/>
       <c r="P135" s="104"/>
     </row>
-    <row r="136" spans="1:17" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:17" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="97"/>
       <c r="B136" s="82" t="s">
         <v>32</v>
       </c>
       <c r="C136" s="83"/>
       <c r="D136" s="84"/>
       <c r="E136" s="82" t="s">
         <v>33</v>
       </c>
       <c r="F136" s="83"/>
       <c r="G136" s="84"/>
       <c r="H136" s="82" t="s">
         <v>35</v>
       </c>
       <c r="I136" s="83"/>
       <c r="J136" s="84"/>
       <c r="K136" s="82" t="s">
         <v>34</v>
       </c>
       <c r="L136" s="83"/>
       <c r="M136" s="84"/>
       <c r="N136" s="82" t="s">
         <v>36</v>
       </c>
       <c r="O136" s="83"/>
       <c r="P136" s="84"/>
     </row>
-    <row r="137" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A137" s="97"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="M137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>2288</v>
+        <v>2589</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:P138" si="0">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>1948</v>
+        <v>2179</v>
       </c>
       <c r="D138" s="15">
         <f t="shared" si="0"/>
-        <v>4236</v>
+        <v>4768</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="0"/>
-        <v>1009</v>
+        <v>1125</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="0"/>
-        <v>851</v>
+        <v>959</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="0"/>
-        <v>1860</v>
+        <v>2084</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="0"/>
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="0"/>
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="0"/>
-        <v>1504</v>
+        <v>1643</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="0"/>
-        <v>1020</v>
+        <v>1127</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="0"/>
-        <v>2524</v>
+        <v>2770</v>
       </c>
       <c r="Q138" s="28"/>
     </row>
-    <row r="139" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:P139" si="1">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>650</v>
+        <v>732</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="1"/>
-        <v>668</v>
+        <v>734</v>
       </c>
       <c r="D139" s="15">
         <f t="shared" si="1"/>
-        <v>1318</v>
+        <v>1466</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="1"/>
-        <v>368</v>
+        <v>412</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="1"/>
-        <v>345</v>
+        <v>399</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="1"/>
-        <v>713</v>
+        <v>811</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="1"/>
         <v>5</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="1"/>
         <v>5</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="1"/>
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="1"/>
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="1"/>
-        <v>520</v>
+        <v>579</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="1"/>
-        <v>554</v>
+        <v>616</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="1"/>
-        <v>1074</v>
+        <v>1195</v>
       </c>
       <c r="Q139" s="28"/>
     </row>
-    <row r="140" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="140" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:P140" si="2">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>626</v>
+        <v>694</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="2"/>
-        <v>602</v>
+        <v>686</v>
       </c>
       <c r="D140" s="15">
         <f>SUM(D8,D19,D30,D41,D52,D63,D74,D85,D96,D107,D118,D129)</f>
-        <v>1228</v>
+        <v>1380</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="2"/>
-        <v>607</v>
+        <v>677</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="2"/>
-        <v>652</v>
+        <v>728</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="2"/>
-        <v>1259</v>
+        <v>1405</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="2"/>
         <v>19</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="2"/>
-        <v>592</v>
+        <v>664</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="2"/>
-        <v>622</v>
+        <v>690</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="2"/>
-        <v>1214</v>
+        <v>1354</v>
       </c>
       <c r="Q140" s="28"/>
     </row>
-    <row r="141" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="141" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f t="shared" ref="B141:P141" si="3">SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>512</v>
+        <v>574</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" si="3"/>
-        <v>509</v>
+        <v>576</v>
       </c>
       <c r="D141" s="15">
         <f t="shared" si="3"/>
-        <v>1021</v>
+        <v>1150</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="3"/>
-        <v>291</v>
+        <v>333</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="3"/>
-        <v>333</v>
+        <v>387</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="3"/>
-        <v>624</v>
+        <v>720</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="3"/>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="3"/>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="N141" s="10">
         <f>SUM(N9,N20,N31,N42,N53,N64,N75,N86,N97,N108,N119,N130)</f>
-        <v>466</v>
+        <v>507</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="3"/>
-        <v>473</v>
+        <v>529</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="3"/>
-        <v>939</v>
+        <v>1036</v>
       </c>
       <c r="Q141" s="28"/>
     </row>
-    <row r="142" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="142" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="32">
         <f t="shared" ref="B142:P142" si="4">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>535</v>
+        <v>594</v>
       </c>
       <c r="C142" s="33">
         <f t="shared" si="4"/>
-        <v>494</v>
+        <v>549</v>
       </c>
       <c r="D142" s="34">
         <f t="shared" si="4"/>
-        <v>1029</v>
+        <v>1143</v>
       </c>
       <c r="E142" s="32">
         <f t="shared" si="4"/>
-        <v>245</v>
+        <v>289</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="4"/>
-        <v>248</v>
+        <v>287</v>
       </c>
       <c r="G142" s="34">
         <f>SUM(G10,G21,G32,G43,G54,G65,G76,G87,G98,G109,G120,G131)</f>
-        <v>493</v>
+        <v>576</v>
       </c>
       <c r="H142" s="32">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="4"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J142" s="34">
         <f t="shared" si="4"/>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K142" s="32">
         <f t="shared" si="4"/>
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M142" s="34">
         <f t="shared" si="4"/>
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="N142" s="32">
         <f t="shared" si="4"/>
-        <v>418</v>
+        <v>461</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="4"/>
-        <v>457</v>
+        <v>510</v>
       </c>
       <c r="P142" s="34">
         <f t="shared" si="4"/>
-        <v>875</v>
+        <v>971</v>
       </c>
       <c r="Q142" s="28"/>
     </row>
-    <row r="143" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="143" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:P143" si="5">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>4611</v>
+        <v>5183</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="5"/>
-        <v>4221</v>
+        <v>4724</v>
       </c>
       <c r="D143" s="18">
         <f t="shared" si="5"/>
-        <v>8832</v>
+        <v>9907</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="5"/>
-        <v>2520</v>
+        <v>2836</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="5"/>
-        <v>2429</v>
+        <v>2760</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="5"/>
-        <v>4949</v>
+        <v>5596</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="5"/>
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="5"/>
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="5"/>
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="5"/>
         <v>5</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="5"/>
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="5"/>
-        <v>3500</v>
+        <v>3854</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="5"/>
-        <v>3126</v>
+        <v>3472</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="5"/>
-        <v>6626</v>
+        <v>7326</v>
       </c>
       <c r="Q143" s="28"/>
     </row>
-    <row r="144" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="144" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A144" s="38"/>
       <c r="B144" s="48"/>
       <c r="C144" s="48"/>
       <c r="D144" s="48"/>
       <c r="E144" s="48"/>
       <c r="F144" s="48"/>
       <c r="G144" s="48"/>
       <c r="H144" s="48"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="48"/>
       <c r="O144" s="48"/>
       <c r="P144" s="48"/>
       <c r="Q144" s="28"/>
     </row>
-    <row r="145" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="145" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B145" s="60"/>
       <c r="C145" s="60"/>
       <c r="D145" s="60"/>
       <c r="E145" s="60"/>
       <c r="F145" s="60"/>
       <c r="G145" s="60"/>
       <c r="H145" s="60"/>
       <c r="I145" s="60"/>
       <c r="J145" s="60"/>
       <c r="K145" s="60"/>
       <c r="L145" s="60"/>
       <c r="M145" s="60"/>
       <c r="N145" s="60"/>
       <c r="O145" s="60"/>
       <c r="P145" s="60"/>
     </row>
-    <row r="146" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="146" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B146" s="60"/>
       <c r="C146" s="60"/>
       <c r="D146" s="60"/>
       <c r="E146" s="60"/>
       <c r="F146" s="60"/>
       <c r="G146" s="60"/>
       <c r="H146" s="60"/>
       <c r="I146" s="60"/>
       <c r="J146" s="60"/>
       <c r="K146" s="60"/>
       <c r="L146" s="60"/>
       <c r="M146" s="60"/>
       <c r="N146" s="60"/>
       <c r="O146" s="60"/>
       <c r="P146" s="60"/>
     </row>
-    <row r="147" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="147" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B147" s="60"/>
       <c r="C147" s="60"/>
       <c r="D147" s="60"/>
       <c r="E147" s="60"/>
       <c r="F147" s="60"/>
       <c r="G147" s="60"/>
       <c r="H147" s="60"/>
       <c r="I147" s="60"/>
       <c r="J147" s="60"/>
       <c r="K147" s="60"/>
       <c r="L147" s="60"/>
       <c r="M147" s="60"/>
       <c r="N147" s="60"/>
       <c r="O147" s="60"/>
       <c r="P147" s="60"/>
     </row>
-    <row r="148" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="148" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B148" s="61"/>
       <c r="C148" s="61"/>
       <c r="D148" s="61"/>
       <c r="E148" s="61"/>
       <c r="F148" s="61"/>
       <c r="G148" s="61"/>
       <c r="H148" s="61"/>
       <c r="I148" s="61"/>
       <c r="J148" s="61"/>
       <c r="K148" s="61"/>
       <c r="L148" s="61"/>
       <c r="M148" s="61"/>
       <c r="N148" s="61"/>
       <c r="O148" s="61"/>
       <c r="P148" s="61"/>
       <c r="Q148" s="48"/>
     </row>
-    <row r="149" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="149" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B149" s="61"/>
       <c r="C149" s="61"/>
       <c r="D149" s="61"/>
       <c r="E149" s="61"/>
       <c r="F149" s="61"/>
       <c r="G149" s="61"/>
       <c r="H149" s="61"/>
       <c r="I149" s="61"/>
       <c r="J149" s="61"/>
       <c r="K149" s="61"/>
       <c r="L149" s="61"/>
       <c r="M149" s="61"/>
       <c r="N149" s="61"/>
       <c r="O149" s="61"/>
       <c r="P149" s="61"/>
       <c r="Q149" s="48"/>
     </row>
-    <row r="150" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="150" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B150" s="62"/>
       <c r="C150" s="62"/>
       <c r="D150" s="62"/>
       <c r="E150" s="62"/>
       <c r="F150" s="62"/>
       <c r="G150" s="62"/>
       <c r="H150" s="62"/>
       <c r="I150" s="62"/>
       <c r="J150" s="62"/>
       <c r="K150" s="62"/>
       <c r="L150" s="62"/>
       <c r="M150" s="62"/>
       <c r="N150" s="62"/>
       <c r="O150" s="62"/>
       <c r="P150" s="62"/>
       <c r="Q150" s="48"/>
     </row>
-    <row r="151" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="151" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B151" s="48"/>
       <c r="C151" s="48"/>
       <c r="D151" s="48"/>
       <c r="E151" s="48"/>
       <c r="F151" s="48"/>
       <c r="G151" s="48"/>
       <c r="H151" s="48"/>
       <c r="I151" s="48"/>
       <c r="J151" s="48"/>
       <c r="K151" s="48"/>
       <c r="L151" s="48"/>
       <c r="M151" s="48"/>
       <c r="N151" s="48"/>
       <c r="O151" s="48"/>
       <c r="P151" s="48"/>
       <c r="Q151" s="48"/>
     </row>
-    <row r="152" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="152" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B152" s="48"/>
       <c r="C152" s="48"/>
       <c r="D152" s="48"/>
       <c r="E152" s="48"/>
       <c r="F152" s="48"/>
       <c r="G152" s="48"/>
       <c r="H152" s="48"/>
       <c r="I152" s="48"/>
       <c r="J152" s="48"/>
       <c r="K152" s="48"/>
       <c r="L152" s="48"/>
       <c r="M152" s="48"/>
       <c r="N152" s="48"/>
       <c r="O152" s="48"/>
       <c r="P152" s="48"/>
       <c r="Q152" s="48"/>
     </row>
-    <row r="153" spans="2:17" x14ac:dyDescent="0.35">
+    <row r="153" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B153" s="48"/>
       <c r="C153" s="48"/>
       <c r="D153" s="48"/>
       <c r="E153" s="48"/>
       <c r="F153" s="48"/>
       <c r="G153" s="48"/>
       <c r="H153" s="48"/>
       <c r="I153" s="48"/>
       <c r="J153" s="48"/>
       <c r="K153" s="48"/>
       <c r="L153" s="48"/>
       <c r="M153" s="48"/>
       <c r="N153" s="48"/>
       <c r="O153" s="48"/>
       <c r="P153" s="48"/>
       <c r="Q153" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="104">
     <mergeCell ref="A134:A137"/>
     <mergeCell ref="B134:P134"/>
     <mergeCell ref="B135:P135"/>
     <mergeCell ref="B136:D136"/>
     <mergeCell ref="E136:G136"/>
     <mergeCell ref="H136:J136"/>