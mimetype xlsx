--- v2 (2025-11-21)
+++ v3 (2025-12-15)
@@ -6,137 +6,143 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\NVAShare\Attistibas_un_analitikas_dep\ASN\Janis_Martins\Atskaites\oficiālā statistika\2025\oktobris_2025\bezdarbnieki\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.jurjane\Desktop\Virsma\Intranet\Mājas_lapa\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2582C023-F810-4303-A661-501D5CC89A9B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29DFB5E3-DE0F-44A1-9022-182B5734AC70}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12110" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
   </bookViews>
   <sheets>
     <sheet name="Kopā_dzimumi" sheetId="1" r:id="rId1"/>
     <sheet name="vecuma grupas" sheetId="3" r:id="rId2"/>
     <sheet name="izglītības līmenis" sheetId="4" r:id="rId3"/>
     <sheet name="Mērķa grupas" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B138" i="5" l="1"/>
+  <c r="AG142" i="3"/>
+  <c r="R139" i="4"/>
+  <c r="U138" i="4"/>
+  <c r="Z141" i="3"/>
+  <c r="AF138" i="3"/>
+  <c r="AL8" i="1"/>
+  <c r="AL5" i="1"/>
   <c r="AF83" i="3" l="1"/>
   <c r="AF84" i="3"/>
   <c r="AF85" i="3"/>
   <c r="AF86" i="3"/>
   <c r="AF87" i="3"/>
   <c r="AF88" i="3"/>
   <c r="N141" i="5" l="1"/>
   <c r="B138" i="3"/>
   <c r="D140" i="5" l="1"/>
   <c r="B140" i="4"/>
   <c r="G142" i="5" l="1"/>
-  <c r="B138" i="5"/>
   <c r="AF95" i="3"/>
   <c r="AF96" i="3"/>
   <c r="AF97" i="3"/>
   <c r="AF98" i="3"/>
   <c r="AF99" i="3"/>
   <c r="AF94" i="3"/>
   <c r="AF73" i="3"/>
   <c r="AF74" i="3"/>
   <c r="AF75" i="3"/>
   <c r="AF76" i="3"/>
   <c r="AF77" i="3"/>
   <c r="AF72" i="3"/>
   <c r="AF62" i="3"/>
   <c r="AF63" i="3"/>
   <c r="AF64" i="3"/>
   <c r="AF65" i="3"/>
   <c r="AF66" i="3"/>
   <c r="AF61" i="3"/>
   <c r="AF51" i="3"/>
   <c r="AF52" i="3"/>
   <c r="AF53" i="3"/>
   <c r="AF54" i="3"/>
   <c r="AF55" i="3"/>
   <c r="AF50" i="3"/>
   <c r="AF40" i="3"/>
   <c r="AF41" i="3"/>
   <c r="AF42" i="3"/>
   <c r="AF43" i="3"/>
   <c r="AF44" i="3"/>
   <c r="AF39" i="3"/>
   <c r="AF29" i="3"/>
   <c r="AF30" i="3"/>
   <c r="AF31" i="3"/>
   <c r="AF32" i="3"/>
   <c r="AF33" i="3"/>
   <c r="AF28" i="3"/>
   <c r="AF18" i="3"/>
   <c r="AF19" i="3"/>
   <c r="AF20" i="3"/>
   <c r="AF21" i="3"/>
   <c r="AF22" i="3"/>
   <c r="AF17" i="3"/>
   <c r="AG11" i="3"/>
   <c r="AF7" i="3"/>
   <c r="AF8" i="3"/>
   <c r="AF9" i="3"/>
   <c r="AF10" i="3"/>
   <c r="AF11" i="3"/>
   <c r="AF6" i="3"/>
   <c r="AF129" i="3"/>
-  <c r="Z141" i="3"/>
   <c r="D139" i="4"/>
   <c r="D140" i="4"/>
   <c r="D141" i="4"/>
   <c r="D142" i="4"/>
   <c r="D143" i="4"/>
   <c r="C139" i="4"/>
   <c r="C140" i="4"/>
   <c r="C141" i="4"/>
   <c r="C142" i="4"/>
   <c r="C143" i="4"/>
   <c r="B139" i="4"/>
   <c r="B141" i="4"/>
   <c r="B142" i="4"/>
   <c r="B143" i="4"/>
   <c r="B138" i="4"/>
   <c r="C138" i="4"/>
   <c r="D138" i="4"/>
   <c r="E138" i="4"/>
   <c r="K138" i="4"/>
   <c r="G140" i="4"/>
   <c r="AF130" i="3"/>
   <c r="B141" i="3" l="1"/>
   <c r="B139" i="3" l="1"/>
   <c r="C139" i="3"/>
   <c r="D139" i="3"/>
@@ -298,60 +304,58 @@
   <c r="M138" i="3"/>
   <c r="N138" i="3"/>
   <c r="O138" i="3"/>
   <c r="P138" i="3"/>
   <c r="Q138" i="3"/>
   <c r="R138" i="3"/>
   <c r="S138" i="3"/>
   <c r="T138" i="3"/>
   <c r="U138" i="3"/>
   <c r="V138" i="3"/>
   <c r="W138" i="3"/>
   <c r="X138" i="3"/>
   <c r="Y138" i="3"/>
   <c r="Z138" i="3"/>
   <c r="AA138" i="3"/>
   <c r="AB138" i="3"/>
   <c r="AC138" i="3"/>
   <c r="AD138" i="3"/>
   <c r="AE138" i="3"/>
   <c r="AF141" i="3" l="1"/>
   <c r="AH139" i="3"/>
   <c r="AF140" i="3"/>
   <c r="AH143" i="3"/>
   <c r="AF142" i="3"/>
   <c r="AF139" i="3"/>
-  <c r="AF138" i="3"/>
   <c r="AH141" i="3"/>
   <c r="AF143" i="3"/>
   <c r="AH142" i="3"/>
   <c r="AH138" i="3"/>
   <c r="AG141" i="3"/>
   <c r="AG139" i="3"/>
   <c r="AH140" i="3"/>
   <c r="AG143" i="3"/>
-  <c r="AG142" i="3"/>
   <c r="AG140" i="3"/>
   <c r="AG138" i="3"/>
   <c r="AM6" i="1"/>
   <c r="H143" i="5" l="1"/>
   <c r="I140" i="5"/>
   <c r="U6" i="4"/>
   <c r="T6" i="4"/>
   <c r="AG72" i="3" l="1"/>
   <c r="AH72" i="3"/>
   <c r="AG73" i="3"/>
   <c r="AH73" i="3"/>
   <c r="AG74" i="3"/>
   <c r="AH74" i="3"/>
   <c r="AG75" i="3"/>
   <c r="AH75" i="3"/>
   <c r="AG76" i="3"/>
   <c r="AH76" i="3"/>
   <c r="AG77" i="3"/>
   <c r="AH77" i="3"/>
   <c r="AG83" i="3"/>
   <c r="AH83" i="3"/>
   <c r="AG84" i="3"/>
   <c r="AH84" i="3"/>
   <c r="AG85" i="3"/>
   <c r="AH85" i="3"/>
@@ -475,51 +479,50 @@
   <c r="D138" i="5"/>
   <c r="C139" i="5"/>
   <c r="C140" i="5"/>
   <c r="C141" i="5"/>
   <c r="C142" i="5"/>
   <c r="C143" i="5"/>
   <c r="C138" i="5"/>
   <c r="B139" i="5"/>
   <c r="B140" i="5"/>
   <c r="B141" i="5"/>
   <c r="B142" i="5"/>
   <c r="B143" i="5"/>
   <c r="S143" i="4"/>
   <c r="R143" i="4"/>
   <c r="Q143" i="4"/>
   <c r="S142" i="4"/>
   <c r="R142" i="4"/>
   <c r="Q142" i="4"/>
   <c r="S141" i="4"/>
   <c r="R141" i="4"/>
   <c r="Q141" i="4"/>
   <c r="S140" i="4"/>
   <c r="R140" i="4"/>
   <c r="Q140" i="4"/>
   <c r="S139" i="4"/>
-  <c r="R139" i="4"/>
   <c r="Q139" i="4"/>
   <c r="S138" i="4"/>
   <c r="R138" i="4"/>
   <c r="Q138" i="4"/>
   <c r="P143" i="4"/>
   <c r="O143" i="4"/>
   <c r="N143" i="4"/>
   <c r="P142" i="4"/>
   <c r="O142" i="4"/>
   <c r="N142" i="4"/>
   <c r="P141" i="4"/>
   <c r="O141" i="4"/>
   <c r="N141" i="4"/>
   <c r="P140" i="4"/>
   <c r="O140" i="4"/>
   <c r="N140" i="4"/>
   <c r="P139" i="4"/>
   <c r="O139" i="4"/>
   <c r="N139" i="4"/>
   <c r="P138" i="4"/>
   <c r="O138" i="4"/>
   <c r="N138" i="4"/>
   <c r="M143" i="4"/>
   <c r="L143" i="4"/>
   <c r="K143" i="4"/>
@@ -581,53 +584,51 @@
   <c r="AH9" i="3"/>
   <c r="AG10" i="3"/>
   <c r="AH10" i="3"/>
   <c r="AH11" i="3"/>
   <c r="AG28" i="3"/>
   <c r="AH28" i="3"/>
   <c r="AG29" i="3"/>
   <c r="AH29" i="3"/>
   <c r="AG30" i="3"/>
   <c r="AH30" i="3"/>
   <c r="AG31" i="3"/>
   <c r="AH31" i="3"/>
   <c r="AG32" i="3"/>
   <c r="AH32" i="3"/>
   <c r="AG33" i="3"/>
   <c r="AH33" i="3"/>
   <c r="AN6" i="1"/>
   <c r="AN7" i="1"/>
   <c r="AN8" i="1"/>
   <c r="AN9" i="1"/>
   <c r="AN10" i="1"/>
   <c r="AN5" i="1"/>
   <c r="AL10" i="1"/>
   <c r="AL6" i="1"/>
   <c r="AL7" i="1"/>
-  <c r="AL8" i="1"/>
   <c r="AL9" i="1"/>
-  <c r="AL5" i="1"/>
   <c r="V132" i="4" l="1"/>
   <c r="U132" i="4"/>
   <c r="V131" i="4"/>
   <c r="U131" i="4"/>
   <c r="V130" i="4"/>
   <c r="U130" i="4"/>
   <c r="V129" i="4"/>
   <c r="U129" i="4"/>
   <c r="V128" i="4"/>
   <c r="U128" i="4"/>
   <c r="V127" i="4"/>
   <c r="U127" i="4"/>
   <c r="V121" i="4"/>
   <c r="U121" i="4"/>
   <c r="T121" i="4"/>
   <c r="V120" i="4"/>
   <c r="U120" i="4"/>
   <c r="T120" i="4"/>
   <c r="V119" i="4"/>
   <c r="U119" i="4"/>
   <c r="T119" i="4"/>
   <c r="V118" i="4"/>
   <c r="U118" i="4"/>
   <c r="T118" i="4"/>
   <c r="V117" i="4"/>
@@ -892,51 +893,50 @@
   <c r="T7" i="4"/>
   <c r="T139" i="4" s="1"/>
   <c r="V11" i="4"/>
   <c r="U11" i="4"/>
   <c r="V10" i="4"/>
   <c r="U10" i="4"/>
   <c r="V9" i="4"/>
   <c r="U9" i="4"/>
   <c r="U141" i="4" s="1"/>
   <c r="V8" i="4"/>
   <c r="U8" i="4"/>
   <c r="V7" i="4"/>
   <c r="U7" i="4"/>
   <c r="V6" i="4"/>
   <c r="V141" i="4" l="1"/>
   <c r="U142" i="4"/>
   <c r="U143" i="4"/>
   <c r="T142" i="4"/>
   <c r="V142" i="4"/>
   <c r="V143" i="4"/>
   <c r="V140" i="4"/>
   <c r="U140" i="4"/>
   <c r="T140" i="4"/>
   <c r="V139" i="4"/>
   <c r="U139" i="4"/>
-  <c r="U138" i="4"/>
   <c r="V138" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1611" uniqueCount="48">
   <si>
     <t>Piešķirts bezdarbnieka statuss</t>
   </si>
   <si>
     <t>janvāris</t>
   </si>
   <si>
     <t>februāris</t>
   </si>
   <si>
     <t>marts</t>
   </si>
   <si>
     <t>aprīlis</t>
   </si>
   <si>
     <t>maijs</t>
   </si>
   <si>
@@ -1041,61 +1041,61 @@
   <si>
     <t>Piešķirts bezdarbnieka statuss sadalījumā pa problēmgrupām</t>
   </si>
   <si>
     <t>Rīgas reģions</t>
   </si>
   <si>
     <t>Kurzemes reģions</t>
   </si>
   <si>
     <t>Latgales reģions</t>
   </si>
   <si>
     <t>Vidzemes reģions</t>
   </si>
   <si>
     <t>Zemgales reģions</t>
   </si>
   <si>
     <t>2025.gads</t>
   </si>
   <si>
     <t>Reģions pēc filiāles</t>
   </si>
   <si>
-    <t>Kopā janvāris - oktobris</t>
+    <t>Kopā janvāris - novembris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy;@"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1104,59 +1104,50 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
-    </font>
-[...7 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -1621,51 +1612,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1691,156 +1682,153 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
@@ -2138,239 +2126,239 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE0248AD-5B13-4DBC-8931-1F7AE34E61A7}">
-  <dimension ref="A1:AN14"/>
+  <dimension ref="A1:AN11"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="P16" sqref="P16"/>
+      <selection activeCell="AP17" sqref="AP17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.5703125" customWidth="1"/>
+    <col min="1" max="1" width="19.54296875" customWidth="1"/>
     <col min="2" max="6" width="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" customWidth="1"/>
     <col min="8" max="11" width="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="5" customWidth="1"/>
     <col min="13" max="25" width="5" bestFit="1" customWidth="1"/>
-    <col min="26" max="26" width="6.42578125" customWidth="1"/>
+    <col min="26" max="26" width="6.453125" customWidth="1"/>
     <col min="27" max="27" width="5" bestFit="1" customWidth="1"/>
-    <col min="28" max="29" width="6.42578125" customWidth="1"/>
+    <col min="28" max="29" width="6.453125" customWidth="1"/>
     <col min="30" max="30" width="5" bestFit="1" customWidth="1"/>
-    <col min="31" max="31" width="4.85546875" bestFit="1" customWidth="1"/>
-    <col min="32" max="32" width="6.140625" customWidth="1"/>
+    <col min="31" max="31" width="4.81640625" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="6.1796875" customWidth="1"/>
     <col min="33" max="33" width="5" bestFit="1" customWidth="1"/>
-    <col min="34" max="34" width="4.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="40" max="40" width="7.85546875" customWidth="1"/>
+    <col min="34" max="34" width="4.81640625" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="4.7265625" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="5.26953125" customWidth="1"/>
+    <col min="37" max="37" width="4.81640625" bestFit="1" customWidth="1"/>
+    <col min="38" max="39" width="7.54296875" customWidth="1"/>
+    <col min="40" max="40" width="7.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:40" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="3"/>
       <c r="AK1" s="3"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="3"/>
     </row>
-    <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="89" t="s">
+    <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="79" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="85" t="s">
+      <c r="B2" s="87" t="s">
         <v>45</v>
       </c>
-      <c r="C2" s="86"/>
-[...40 lines deleted...]
-      <c r="B3" s="87" t="s">
+      <c r="C2" s="88"/>
+      <c r="D2" s="88"/>
+      <c r="E2" s="88"/>
+      <c r="F2" s="88"/>
+      <c r="G2" s="88"/>
+      <c r="H2" s="88"/>
+      <c r="I2" s="88"/>
+      <c r="J2" s="88"/>
+      <c r="K2" s="88"/>
+      <c r="L2" s="88"/>
+      <c r="M2" s="88"/>
+      <c r="N2" s="88"/>
+      <c r="O2" s="88"/>
+      <c r="P2" s="88"/>
+      <c r="Q2" s="88"/>
+      <c r="R2" s="88"/>
+      <c r="S2" s="88"/>
+      <c r="T2" s="88"/>
+      <c r="U2" s="88"/>
+      <c r="V2" s="88"/>
+      <c r="W2" s="88"/>
+      <c r="X2" s="88"/>
+      <c r="Y2" s="88"/>
+      <c r="Z2" s="88"/>
+      <c r="AA2" s="88"/>
+      <c r="AB2" s="88"/>
+      <c r="AC2" s="88"/>
+      <c r="AD2" s="88"/>
+      <c r="AE2" s="88"/>
+      <c r="AF2" s="88"/>
+      <c r="AG2" s="88"/>
+      <c r="AH2" s="88"/>
+      <c r="AI2" s="88"/>
+      <c r="AJ2" s="88"/>
+      <c r="AK2" s="88"/>
+      <c r="AL2" s="88"/>
+      <c r="AM2" s="88"/>
+      <c r="AN2" s="88"/>
+    </row>
+    <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="80"/>
+      <c r="B3" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="91"/>
-[...1 lines deleted...]
-      <c r="E3" s="82" t="s">
+      <c r="C3" s="82"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="84" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="83"/>
-[...1 lines deleted...]
-      <c r="H3" s="82" t="s">
+      <c r="F3" s="85"/>
+      <c r="G3" s="86"/>
+      <c r="H3" s="84" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="83"/>
-[...1 lines deleted...]
-      <c r="K3" s="82" t="s">
+      <c r="I3" s="85"/>
+      <c r="J3" s="86"/>
+      <c r="K3" s="84" t="s">
         <v>4</v>
       </c>
-      <c r="L3" s="83"/>
-[...1 lines deleted...]
-      <c r="N3" s="82" t="s">
+      <c r="L3" s="85"/>
+      <c r="M3" s="86"/>
+      <c r="N3" s="84" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="83"/>
-[...1 lines deleted...]
-      <c r="Q3" s="82" t="s">
+      <c r="O3" s="85"/>
+      <c r="P3" s="86"/>
+      <c r="Q3" s="84" t="s">
         <v>6</v>
       </c>
-      <c r="R3" s="83"/>
-[...1 lines deleted...]
-      <c r="T3" s="82" t="s">
+      <c r="R3" s="85"/>
+      <c r="S3" s="86"/>
+      <c r="T3" s="84" t="s">
         <v>7</v>
       </c>
-      <c r="U3" s="83"/>
-[...1 lines deleted...]
-      <c r="W3" s="82" t="s">
+      <c r="U3" s="85"/>
+      <c r="V3" s="86"/>
+      <c r="W3" s="84" t="s">
         <v>8</v>
       </c>
-      <c r="X3" s="83"/>
-[...1 lines deleted...]
-      <c r="Z3" s="82" t="s">
+      <c r="X3" s="85"/>
+      <c r="Y3" s="86"/>
+      <c r="Z3" s="84" t="s">
         <v>9</v>
       </c>
-      <c r="AA3" s="83"/>
-[...1 lines deleted...]
-      <c r="AC3" s="82" t="s">
+      <c r="AA3" s="85"/>
+      <c r="AB3" s="86"/>
+      <c r="AC3" s="84" t="s">
         <v>10</v>
       </c>
-      <c r="AD3" s="83"/>
-[...1 lines deleted...]
-      <c r="AF3" s="87" t="s">
+      <c r="AD3" s="85"/>
+      <c r="AE3" s="86"/>
+      <c r="AF3" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="AG3" s="88"/>
-[...1 lines deleted...]
-      <c r="AI3" s="82" t="s">
+      <c r="AG3" s="89"/>
+      <c r="AH3" s="86"/>
+      <c r="AI3" s="84" t="s">
         <v>12</v>
       </c>
-      <c r="AJ3" s="83"/>
-[...8 lines deleted...]
-      <c r="A4" s="90"/>
+      <c r="AJ3" s="85"/>
+      <c r="AK3" s="86"/>
+      <c r="AL3" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AM3" s="85"/>
+      <c r="AN3" s="86"/>
+    </row>
+    <row r="4" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A4" s="80"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J4" s="9" t="s">
@@ -2384,702 +2372,732 @@
       </c>
       <c r="M4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="Q4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="T4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="U4" s="50" t="s">
-[...2 lines deleted...]
-      <c r="V4" s="51" t="s">
+      <c r="U4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="V4" s="50" t="s">
         <v>13</v>
       </c>
       <c r="W4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="X4" s="50" t="s">
-[...2 lines deleted...]
-      <c r="Y4" s="51" t="s">
+      <c r="X4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y4" s="50" t="s">
         <v>13</v>
       </c>
       <c r="Z4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AA4" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AB4" s="51" t="s">
+      <c r="AA4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB4" s="50" t="s">
         <v>13</v>
       </c>
       <c r="AC4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AD4" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AE4" s="51" t="s">
+      <c r="AD4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE4" s="50" t="s">
         <v>13</v>
       </c>
       <c r="AF4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AG4" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AH4" s="51" t="s">
+      <c r="AG4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH4" s="50" t="s">
         <v>13</v>
       </c>
       <c r="AI4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AJ4" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AK4" s="51" t="s">
+      <c r="AJ4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="AK4" s="50" t="s">
         <v>13</v>
       </c>
       <c r="AL4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AM4" s="50" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:40" x14ac:dyDescent="0.25">
+      <c r="AM4" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="AN4" s="50" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="70">
+      <c r="B5" s="67">
         <v>1996</v>
       </c>
-      <c r="C5" s="71">
+      <c r="C5" s="68">
         <v>1827</v>
       </c>
-      <c r="D5" s="72">
+      <c r="D5" s="69">
         <v>3823</v>
       </c>
-      <c r="E5" s="53">
+      <c r="E5" s="52">
         <v>1913</v>
       </c>
-      <c r="F5" s="54">
+      <c r="F5" s="53">
         <v>1833</v>
       </c>
-      <c r="G5" s="55">
+      <c r="G5" s="54">
         <v>3746</v>
       </c>
-      <c r="H5" s="53">
+      <c r="H5" s="52">
         <v>1662</v>
       </c>
-      <c r="I5" s="54">
+      <c r="I5" s="53">
         <v>1579</v>
       </c>
-      <c r="J5" s="55">
+      <c r="J5" s="54">
         <v>3241</v>
       </c>
       <c r="K5" s="19">
         <v>1531</v>
       </c>
       <c r="L5" s="20">
         <v>1434</v>
       </c>
       <c r="M5" s="21">
         <v>2965</v>
       </c>
       <c r="N5" s="19">
         <v>1687</v>
       </c>
       <c r="O5" s="20">
         <v>1303</v>
       </c>
       <c r="P5" s="21">
         <v>2990</v>
       </c>
       <c r="Q5" s="19">
         <v>2127</v>
       </c>
       <c r="R5" s="20">
         <v>1339</v>
       </c>
       <c r="S5" s="21">
         <v>3466</v>
       </c>
       <c r="T5" s="19">
         <v>2010</v>
       </c>
       <c r="U5" s="20">
         <v>1624</v>
       </c>
       <c r="V5" s="21">
         <v>3634</v>
       </c>
       <c r="W5" s="19">
         <v>1619</v>
       </c>
       <c r="X5" s="20">
         <v>1374</v>
       </c>
-      <c r="Y5" s="55">
+      <c r="Y5" s="54">
         <v>2993</v>
       </c>
       <c r="Z5" s="19">
         <v>1893</v>
       </c>
       <c r="AA5" s="20">
         <v>1511</v>
       </c>
-      <c r="AB5" s="55">
+      <c r="AB5" s="54">
         <v>3404</v>
       </c>
       <c r="AC5" s="19">
         <v>1836</v>
       </c>
       <c r="AD5" s="20">
         <v>1518</v>
       </c>
       <c r="AE5" s="21">
         <v>3354</v>
       </c>
-      <c r="AF5" s="53"/>
-[...1 lines deleted...]
-      <c r="AH5" s="55"/>
+      <c r="AF5" s="52">
+        <v>1627</v>
+      </c>
+      <c r="AG5" s="53">
+        <v>1486</v>
+      </c>
+      <c r="AH5" s="54">
+        <v>3113</v>
+      </c>
       <c r="AI5" s="19"/>
       <c r="AJ5" s="20"/>
       <c r="AK5" s="21"/>
-      <c r="AL5" s="53">
+      <c r="AL5" s="52">
         <f>SUM(B5,E5,H5,K5,N5,Q5,T5,W5,Z5,AC5,AF5,AI5)</f>
-        <v>18274</v>
-[...1 lines deleted...]
-      <c r="AM5" s="54">
+        <v>19901</v>
+      </c>
+      <c r="AM5" s="53">
         <f>SUM(C5,F5,I5,L5,O5,R5,U5,X5,AA5,AD5,AG5,AJ5)</f>
-        <v>15342</v>
-[...1 lines deleted...]
-      <c r="AN5" s="55">
+        <v>16828</v>
+      </c>
+      <c r="AN5" s="54">
         <f>SUM(S5,P5,M5,J5,G5,D5,V5,Y5,AB5,AE5,AH5,AK5)</f>
-        <v>33616</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:40" x14ac:dyDescent="0.25">
+        <v>36729</v>
+      </c>
+    </row>
+    <row r="6" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B6" s="70">
+      <c r="B6" s="67">
         <v>686</v>
       </c>
-      <c r="C6" s="71">
+      <c r="C6" s="68">
         <v>1114</v>
       </c>
-      <c r="D6" s="72">
+      <c r="D6" s="69">
         <v>1800</v>
       </c>
-      <c r="E6" s="53">
+      <c r="E6" s="52">
         <v>539</v>
       </c>
-      <c r="F6" s="54">
+      <c r="F6" s="53">
         <v>675</v>
       </c>
-      <c r="G6" s="55">
+      <c r="G6" s="54">
         <v>1214</v>
       </c>
-      <c r="H6" s="53">
+      <c r="H6" s="52">
         <v>482</v>
       </c>
-      <c r="I6" s="54">
+      <c r="I6" s="53">
         <v>480</v>
       </c>
-      <c r="J6" s="55">
+      <c r="J6" s="54">
         <v>962</v>
       </c>
       <c r="K6" s="19">
         <v>475</v>
       </c>
       <c r="L6" s="20">
         <v>416</v>
       </c>
       <c r="M6" s="21">
         <v>891</v>
       </c>
       <c r="N6" s="19">
         <v>467</v>
       </c>
       <c r="O6" s="20">
         <v>461</v>
       </c>
       <c r="P6" s="21">
         <v>928</v>
       </c>
       <c r="Q6" s="19">
         <v>674</v>
       </c>
       <c r="R6" s="20">
         <v>481</v>
       </c>
       <c r="S6" s="21">
         <v>1155</v>
       </c>
       <c r="T6" s="19">
         <v>577</v>
       </c>
       <c r="U6" s="20">
         <v>536</v>
       </c>
       <c r="V6" s="21">
         <v>1113</v>
       </c>
       <c r="W6" s="19">
         <v>439</v>
       </c>
       <c r="X6" s="20">
         <v>411</v>
       </c>
-      <c r="Y6" s="55">
+      <c r="Y6" s="54">
         <v>850</v>
       </c>
       <c r="Z6" s="19">
         <v>566</v>
       </c>
       <c r="AA6" s="20">
         <v>471</v>
       </c>
-      <c r="AB6" s="55">
+      <c r="AB6" s="54">
         <v>1037</v>
       </c>
       <c r="AC6" s="19">
         <v>586</v>
       </c>
       <c r="AD6" s="20">
         <v>549</v>
       </c>
       <c r="AE6" s="21">
         <v>1135</v>
       </c>
-      <c r="AF6" s="53"/>
-[...1 lines deleted...]
-      <c r="AH6" s="55"/>
+      <c r="AF6" s="52">
+        <v>502</v>
+      </c>
+      <c r="AG6" s="53">
+        <v>551</v>
+      </c>
+      <c r="AH6" s="54">
+        <v>1053</v>
+      </c>
       <c r="AI6" s="19"/>
       <c r="AJ6" s="20"/>
       <c r="AK6" s="21"/>
-      <c r="AL6" s="53">
+      <c r="AL6" s="52">
         <f t="shared" ref="AL6:AL9" si="0">SUM(B6,E6,H6,K6,N6,Q6,T6,W6,Z6,AC6,AF6,AI6)</f>
-        <v>5491</v>
-[...1 lines deleted...]
-      <c r="AM6" s="54">
+        <v>5993</v>
+      </c>
+      <c r="AM6" s="53">
         <f>SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6,AG6,AJ6)</f>
-        <v>5594</v>
-[...1 lines deleted...]
-      <c r="AN6" s="55">
+        <v>6145</v>
+      </c>
+      <c r="AN6" s="54">
         <f t="shared" ref="AN6:AN10" si="1">SUM(S6,P6,M6,J6,G6,D6,V6,Y6,AB6,AE6,AH6,AK6)</f>
-        <v>11085</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:40" x14ac:dyDescent="0.25">
+        <v>12138</v>
+      </c>
+    </row>
+    <row r="7" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="70">
+      <c r="B7" s="67">
         <v>635</v>
       </c>
-      <c r="C7" s="71">
+      <c r="C7" s="68">
         <v>866</v>
       </c>
-      <c r="D7" s="72">
+      <c r="D7" s="69">
         <v>1501</v>
       </c>
-      <c r="E7" s="53">
+      <c r="E7" s="52">
         <v>650</v>
       </c>
-      <c r="F7" s="54">
+      <c r="F7" s="53">
         <v>630</v>
       </c>
-      <c r="G7" s="55">
+      <c r="G7" s="54">
         <v>1280</v>
       </c>
-      <c r="H7" s="53">
+      <c r="H7" s="52">
         <v>456</v>
       </c>
-      <c r="I7" s="54">
+      <c r="I7" s="53">
         <v>546</v>
       </c>
-      <c r="J7" s="55">
+      <c r="J7" s="54">
         <v>1002</v>
       </c>
       <c r="K7" s="19">
         <v>411</v>
       </c>
       <c r="L7" s="20">
         <v>511</v>
       </c>
       <c r="M7" s="21">
         <v>922</v>
       </c>
       <c r="N7" s="19">
         <v>387</v>
       </c>
       <c r="O7" s="20">
         <v>510</v>
       </c>
       <c r="P7" s="21">
         <v>897</v>
       </c>
       <c r="Q7" s="19">
         <v>501</v>
       </c>
       <c r="R7" s="20">
         <v>427</v>
       </c>
       <c r="S7" s="21">
         <v>928</v>
       </c>
       <c r="T7" s="19">
         <v>481</v>
       </c>
       <c r="U7" s="20">
         <v>552</v>
       </c>
       <c r="V7" s="21">
         <v>1033</v>
       </c>
       <c r="W7" s="19">
         <v>467</v>
       </c>
       <c r="X7" s="20">
         <v>460</v>
       </c>
-      <c r="Y7" s="55">
+      <c r="Y7" s="54">
         <v>927</v>
       </c>
       <c r="Z7" s="19">
         <v>588</v>
       </c>
       <c r="AA7" s="20">
         <v>480</v>
       </c>
-      <c r="AB7" s="55">
+      <c r="AB7" s="54">
         <v>1068</v>
       </c>
       <c r="AC7" s="19">
         <v>482</v>
       </c>
       <c r="AD7" s="20">
         <v>557</v>
       </c>
       <c r="AE7" s="21">
         <v>1039</v>
       </c>
-      <c r="AF7" s="53"/>
-[...1 lines deleted...]
-      <c r="AH7" s="55"/>
+      <c r="AF7" s="52">
+        <v>487</v>
+      </c>
+      <c r="AG7" s="53">
+        <v>560</v>
+      </c>
+      <c r="AH7" s="54">
+        <v>1047</v>
+      </c>
       <c r="AI7" s="19"/>
       <c r="AJ7" s="20"/>
       <c r="AK7" s="21"/>
-      <c r="AL7" s="53">
+      <c r="AL7" s="52">
         <f t="shared" si="0"/>
-        <v>5058</v>
-[...1 lines deleted...]
-      <c r="AM7" s="54">
+        <v>5545</v>
+      </c>
+      <c r="AM7" s="53">
         <f t="shared" ref="AM7:AM10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7,AG7,AJ7)</f>
-        <v>5539</v>
-[...1 lines deleted...]
-      <c r="AN7" s="55">
+        <v>6099</v>
+      </c>
+      <c r="AN7" s="54">
         <f t="shared" si="1"/>
-        <v>10597</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:40" x14ac:dyDescent="0.25">
+        <v>11644</v>
+      </c>
+    </row>
+    <row r="8" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B8" s="70">
+      <c r="B8" s="67">
         <v>657</v>
       </c>
-      <c r="C8" s="71">
+      <c r="C8" s="68">
         <v>684</v>
       </c>
-      <c r="D8" s="72">
+      <c r="D8" s="69">
         <v>1341</v>
       </c>
-      <c r="E8" s="53">
+      <c r="E8" s="52">
         <v>457</v>
       </c>
-      <c r="F8" s="54">
+      <c r="F8" s="53">
         <v>551</v>
       </c>
-      <c r="G8" s="55">
+      <c r="G8" s="54">
         <v>1008</v>
       </c>
-      <c r="H8" s="53">
+      <c r="H8" s="52">
         <v>428</v>
       </c>
-      <c r="I8" s="54">
+      <c r="I8" s="53">
         <v>446</v>
       </c>
-      <c r="J8" s="55">
+      <c r="J8" s="54">
         <v>874</v>
       </c>
       <c r="K8" s="19">
         <v>383</v>
       </c>
       <c r="L8" s="20">
         <v>419</v>
       </c>
       <c r="M8" s="21">
         <v>802</v>
       </c>
       <c r="N8" s="19">
         <v>425</v>
       </c>
       <c r="O8" s="20">
         <v>394</v>
       </c>
       <c r="P8" s="21">
         <v>819</v>
       </c>
       <c r="Q8" s="19">
         <v>601</v>
       </c>
       <c r="R8" s="20">
         <v>428</v>
       </c>
       <c r="S8" s="21">
         <v>1029</v>
       </c>
       <c r="T8" s="19">
         <v>557</v>
       </c>
       <c r="U8" s="20">
         <v>446</v>
       </c>
       <c r="V8" s="21">
         <v>1003</v>
       </c>
       <c r="W8" s="19">
         <v>412</v>
       </c>
       <c r="X8" s="20">
         <v>405</v>
       </c>
-      <c r="Y8" s="55">
+      <c r="Y8" s="54">
         <v>817</v>
       </c>
       <c r="Z8" s="19">
         <v>499</v>
       </c>
       <c r="AA8" s="20">
         <v>449</v>
       </c>
-      <c r="AB8" s="55">
+      <c r="AB8" s="54">
         <v>948</v>
       </c>
       <c r="AC8" s="19">
         <v>485</v>
       </c>
       <c r="AD8" s="20">
         <v>482</v>
       </c>
       <c r="AE8" s="21">
         <v>967</v>
       </c>
-      <c r="AF8" s="53"/>
-[...1 lines deleted...]
-      <c r="AH8" s="55"/>
+      <c r="AF8" s="52">
+        <v>478</v>
+      </c>
+      <c r="AG8" s="53">
+        <v>492</v>
+      </c>
+      <c r="AH8" s="54">
+        <v>970</v>
+      </c>
       <c r="AI8" s="19"/>
       <c r="AJ8" s="20"/>
       <c r="AK8" s="21"/>
-      <c r="AL8" s="53">
-[...3 lines deleted...]
-      <c r="AM8" s="54">
+      <c r="AL8" s="52">
+        <f>SUM(B8,E8,H8,K8,N8,Q8,T8,W8,Z8,AC8,AF8,AI8)</f>
+        <v>5382</v>
+      </c>
+      <c r="AM8" s="53">
         <f t="shared" si="2"/>
-        <v>4704</v>
-[...1 lines deleted...]
-      <c r="AN8" s="55">
+        <v>5196</v>
+      </c>
+      <c r="AN8" s="54">
         <f t="shared" si="1"/>
-        <v>9608</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>10578</v>
+      </c>
+    </row>
+    <row r="9" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B9" s="70">
+      <c r="B9" s="67">
         <v>607</v>
       </c>
-      <c r="C9" s="71">
+      <c r="C9" s="68">
         <v>775</v>
       </c>
-      <c r="D9" s="72">
+      <c r="D9" s="69">
         <v>1382</v>
       </c>
-      <c r="E9" s="53">
+      <c r="E9" s="52">
         <v>420</v>
       </c>
-      <c r="F9" s="54">
+      <c r="F9" s="53">
         <v>535</v>
       </c>
-      <c r="G9" s="55">
+      <c r="G9" s="54">
         <v>955</v>
       </c>
-      <c r="H9" s="53">
+      <c r="H9" s="52">
         <v>430</v>
       </c>
-      <c r="I9" s="54">
+      <c r="I9" s="53">
         <v>445</v>
       </c>
-      <c r="J9" s="55">
+      <c r="J9" s="54">
         <v>875</v>
       </c>
       <c r="K9" s="19">
         <v>387</v>
       </c>
       <c r="L9" s="20">
         <v>410</v>
       </c>
       <c r="M9" s="21">
         <v>797</v>
       </c>
       <c r="N9" s="19">
         <v>342</v>
       </c>
       <c r="O9" s="20">
         <v>389</v>
       </c>
       <c r="P9" s="21">
         <v>731</v>
       </c>
       <c r="Q9" s="19">
         <v>572</v>
       </c>
       <c r="R9" s="20">
         <v>415</v>
       </c>
       <c r="S9" s="21">
         <v>987</v>
       </c>
       <c r="T9" s="19">
         <v>498</v>
       </c>
       <c r="U9" s="20">
         <v>428</v>
       </c>
       <c r="V9" s="21">
         <v>926</v>
       </c>
       <c r="W9" s="19">
         <v>433</v>
       </c>
       <c r="X9" s="20">
         <v>370</v>
       </c>
-      <c r="Y9" s="55">
+      <c r="Y9" s="54">
         <v>803</v>
       </c>
       <c r="Z9" s="19">
         <v>484</v>
       </c>
       <c r="AA9" s="20">
         <v>420</v>
       </c>
-      <c r="AB9" s="55">
+      <c r="AB9" s="54">
         <v>904</v>
       </c>
       <c r="AC9" s="19">
         <v>439</v>
       </c>
       <c r="AD9" s="20">
         <v>427</v>
       </c>
       <c r="AE9" s="21">
         <v>866</v>
       </c>
-      <c r="AF9" s="53"/>
-[...1 lines deleted...]
-      <c r="AH9" s="55"/>
+      <c r="AF9" s="52">
+        <v>436</v>
+      </c>
+      <c r="AG9" s="53">
+        <v>507</v>
+      </c>
+      <c r="AH9" s="54">
+        <v>943</v>
+      </c>
       <c r="AI9" s="19"/>
       <c r="AJ9" s="20"/>
       <c r="AK9" s="21"/>
-      <c r="AL9" s="53">
+      <c r="AL9" s="52">
         <f t="shared" si="0"/>
-        <v>4612</v>
-[...1 lines deleted...]
-      <c r="AM9" s="54">
+        <v>5048</v>
+      </c>
+      <c r="AM9" s="53">
         <f t="shared" si="2"/>
-        <v>4614</v>
-[...1 lines deleted...]
-      <c r="AN9" s="55">
+        <v>5121</v>
+      </c>
+      <c r="AN9" s="54">
         <f t="shared" si="1"/>
-        <v>9226</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:40" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>10169</v>
+      </c>
+    </row>
+    <row r="10" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="73">
+      <c r="B10" s="70">
         <v>4581</v>
       </c>
-      <c r="C10" s="74">
+      <c r="C10" s="71">
         <v>5266</v>
       </c>
-      <c r="D10" s="75">
+      <c r="D10" s="72">
         <v>9847</v>
       </c>
       <c r="E10" s="22">
         <v>3979</v>
       </c>
-      <c r="F10" s="52">
+      <c r="F10" s="51">
         <v>4224</v>
       </c>
       <c r="G10" s="24">
         <v>8203</v>
       </c>
       <c r="H10" s="22">
         <v>3458</v>
       </c>
-      <c r="I10" s="52">
+      <c r="I10" s="51">
         <v>3496</v>
       </c>
       <c r="J10" s="24">
         <v>6954</v>
       </c>
       <c r="K10" s="22">
         <v>3187</v>
       </c>
       <c r="L10" s="23">
         <v>3190</v>
       </c>
       <c r="M10" s="24">
         <v>6377</v>
       </c>
       <c r="N10" s="22">
         <v>3308</v>
       </c>
       <c r="O10" s="23">
         <v>3057</v>
       </c>
       <c r="P10" s="24">
         <v>6365</v>
       </c>
       <c r="Q10" s="22">
         <v>4475</v>
@@ -3104,311 +3122,311 @@
       </c>
       <c r="X10" s="23">
         <v>3020</v>
       </c>
       <c r="Y10" s="24">
         <v>6390</v>
       </c>
       <c r="Z10" s="22">
         <v>4030</v>
       </c>
       <c r="AA10" s="23">
         <v>3331</v>
       </c>
       <c r="AB10" s="24">
         <v>7361</v>
       </c>
       <c r="AC10" s="22">
         <v>3828</v>
       </c>
       <c r="AD10" s="23">
         <v>3533</v>
       </c>
       <c r="AE10" s="24">
         <v>7361</v>
       </c>
-      <c r="AF10" s="22"/>
-[...1 lines deleted...]
-      <c r="AH10" s="24"/>
+      <c r="AF10" s="22">
+        <v>3530</v>
+      </c>
+      <c r="AG10" s="51">
+        <v>3596</v>
+      </c>
+      <c r="AH10" s="24">
+        <v>7126</v>
+      </c>
       <c r="AI10" s="22"/>
       <c r="AJ10" s="23"/>
       <c r="AK10" s="24"/>
       <c r="AL10" s="22">
         <f>SUM(B10,E10,H10,K10,N10,Q10,T10,W10,Z10,AC10,AF10,AI10)</f>
-        <v>38339</v>
-[...1 lines deleted...]
-      <c r="AM10" s="52">
+        <v>41869</v>
+      </c>
+      <c r="AM10" s="51">
         <f t="shared" si="2"/>
-        <v>35793</v>
+        <v>39389</v>
       </c>
       <c r="AN10" s="24">
         <f t="shared" si="1"/>
-        <v>74132</v>
-[...3 lines deleted...]
-      <c r="A11" s="49"/>
+        <v>81258</v>
+      </c>
+    </row>
+    <row r="11" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A11" s="48"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
     </row>
-    <row r="12" spans="1:40" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="A2:A4"/>
-[...4 lines deleted...]
-    <mergeCell ref="K3:M3"/>
     <mergeCell ref="AI3:AK3"/>
     <mergeCell ref="AL3:AN3"/>
     <mergeCell ref="B2:AN2"/>
     <mergeCell ref="T3:V3"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AC3:AE3"/>
     <mergeCell ref="AF3:AH3"/>
     <mergeCell ref="Q3:S3"/>
+    <mergeCell ref="A2:A4"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="H3:J3"/>
+    <mergeCell ref="N3:P3"/>
+    <mergeCell ref="K3:M3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6EE40A5-51DF-45DE-8519-25CBC250D7D5}">
-  <dimension ref="A1:AI150"/>
+  <dimension ref="A1:AI157"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="P150" sqref="P150"/>
+      <selection activeCell="AG147" sqref="AG147"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.7109375" customWidth="1"/>
+    <col min="1" max="1" width="19.7265625" customWidth="1"/>
     <col min="2" max="28" width="6" customWidth="1"/>
-    <col min="29" max="33" width="6.140625" customWidth="1"/>
-    <col min="34" max="34" width="8.28515625" customWidth="1"/>
+    <col min="29" max="33" width="6.1796875" customWidth="1"/>
+    <col min="34" max="34" width="8.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
-    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="89" t="s">
+    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="93"/>
       <c r="D2" s="93"/>
       <c r="E2" s="93"/>
       <c r="F2" s="93"/>
       <c r="G2" s="93"/>
       <c r="H2" s="93"/>
       <c r="I2" s="93"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2" s="93"/>
       <c r="O2" s="93"/>
       <c r="P2" s="93"/>
       <c r="Q2" s="93"/>
       <c r="R2" s="93"/>
       <c r="S2" s="93"/>
       <c r="T2" s="93"/>
       <c r="U2" s="93"/>
       <c r="V2" s="93"/>
       <c r="W2" s="93"/>
       <c r="X2" s="93"/>
       <c r="Y2" s="93"/>
       <c r="Z2" s="93"/>
       <c r="AA2" s="93"/>
       <c r="AB2" s="93"/>
       <c r="AC2" s="93"/>
       <c r="AD2" s="93"/>
       <c r="AE2" s="93"/>
       <c r="AF2" s="93"/>
       <c r="AG2" s="93"/>
       <c r="AH2" s="94"/>
     </row>
-    <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="97"/>
       <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="95"/>
       <c r="D3" s="95"/>
       <c r="E3" s="95"/>
       <c r="F3" s="95"/>
       <c r="G3" s="95"/>
       <c r="H3" s="95"/>
       <c r="I3" s="95"/>
       <c r="J3" s="95"/>
       <c r="K3" s="95"/>
       <c r="L3" s="95"/>
       <c r="M3" s="95"/>
       <c r="N3" s="95"/>
       <c r="O3" s="95"/>
       <c r="P3" s="95"/>
       <c r="Q3" s="95"/>
       <c r="R3" s="95"/>
       <c r="S3" s="95"/>
       <c r="T3" s="95"/>
       <c r="U3" s="95"/>
       <c r="V3" s="95"/>
       <c r="W3" s="95"/>
       <c r="X3" s="95"/>
       <c r="Y3" s="95"/>
       <c r="Z3" s="95"/>
       <c r="AA3" s="95"/>
       <c r="AB3" s="95"/>
       <c r="AC3" s="95"/>
       <c r="AD3" s="95"/>
       <c r="AE3" s="95"/>
       <c r="AF3" s="95"/>
       <c r="AG3" s="95"/>
       <c r="AH3" s="96"/>
     </row>
-    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B4" s="87" t="s">
+    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="80"/>
+      <c r="B4" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="91"/>
-[...1 lines deleted...]
-      <c r="E4" s="87" t="s">
+      <c r="C4" s="82"/>
+      <c r="D4" s="89"/>
+      <c r="E4" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="91"/>
-[...1 lines deleted...]
-      <c r="H4" s="87" t="s">
+      <c r="F4" s="82"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I4" s="91"/>
-[...1 lines deleted...]
-      <c r="K4" s="87" t="s">
+      <c r="I4" s="82"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L4" s="91"/>
-[...1 lines deleted...]
-      <c r="N4" s="87" t="s">
+      <c r="L4" s="82"/>
+      <c r="M4" s="83"/>
+      <c r="N4" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="87" t="s">
+      <c r="O4" s="82"/>
+      <c r="P4" s="83"/>
+      <c r="Q4" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R4" s="91"/>
-[...1 lines deleted...]
-      <c r="T4" s="87" t="s">
+      <c r="R4" s="82"/>
+      <c r="S4" s="83"/>
+      <c r="T4" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U4" s="91"/>
-[...1 lines deleted...]
-      <c r="W4" s="87" t="s">
+      <c r="U4" s="82"/>
+      <c r="V4" s="83"/>
+      <c r="W4" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X4" s="91"/>
-[...1 lines deleted...]
-      <c r="Z4" s="87" t="s">
+      <c r="X4" s="82"/>
+      <c r="Y4" s="83"/>
+      <c r="Z4" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA4" s="91"/>
-[...1 lines deleted...]
-      <c r="AC4" s="87" t="s">
+      <c r="AA4" s="82"/>
+      <c r="AB4" s="83"/>
+      <c r="AC4" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD4" s="91"/>
-[...8 lines deleted...]
-      <c r="A5" s="90"/>
+      <c r="AD4" s="82"/>
+      <c r="AE4" s="83"/>
+      <c r="AF4" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG4" s="82"/>
+      <c r="AH4" s="83"/>
+    </row>
+    <row r="5" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A5" s="80"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="30" t="s">
@@ -3465,831 +3483,831 @@
       <c r="AA5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AB5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AC5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AE5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AF5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AH5" s="30" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="70">
+      <c r="B6" s="67">
         <v>30</v>
       </c>
-      <c r="C6" s="71">
+      <c r="C6" s="68">
         <v>27</v>
       </c>
-      <c r="D6" s="76">
+      <c r="D6" s="73">
         <v>57</v>
       </c>
-      <c r="E6" s="70">
+      <c r="E6" s="67">
         <v>226</v>
       </c>
-      <c r="F6" s="71">
+      <c r="F6" s="68">
         <v>189</v>
       </c>
-      <c r="G6" s="72">
+      <c r="G6" s="69">
         <v>415</v>
       </c>
-      <c r="H6" s="70">
+      <c r="H6" s="67">
         <v>221</v>
       </c>
-      <c r="I6" s="71">
+      <c r="I6" s="68">
         <v>195</v>
       </c>
-      <c r="J6" s="72">
+      <c r="J6" s="69">
         <v>416</v>
       </c>
-      <c r="K6" s="70">
+      <c r="K6" s="67">
         <v>288</v>
       </c>
-      <c r="L6" s="71">
+      <c r="L6" s="68">
         <v>234</v>
       </c>
-      <c r="M6" s="72">
+      <c r="M6" s="69">
         <v>522</v>
       </c>
-      <c r="N6" s="70">
+      <c r="N6" s="67">
         <v>304</v>
       </c>
-      <c r="O6" s="71">
+      <c r="O6" s="68">
         <v>282</v>
       </c>
-      <c r="P6" s="72">
+      <c r="P6" s="69">
         <v>586</v>
       </c>
-      <c r="Q6" s="70">
+      <c r="Q6" s="67">
         <v>216</v>
       </c>
-      <c r="R6" s="71">
+      <c r="R6" s="68">
         <v>244</v>
       </c>
-      <c r="S6" s="72">
+      <c r="S6" s="69">
         <v>460</v>
       </c>
-      <c r="T6" s="70">
+      <c r="T6" s="67">
         <v>206</v>
       </c>
-      <c r="U6" s="71">
+      <c r="U6" s="68">
         <v>187</v>
       </c>
-      <c r="V6" s="72">
+      <c r="V6" s="69">
         <v>393</v>
       </c>
-      <c r="W6" s="70">
+      <c r="W6" s="67">
         <v>171</v>
       </c>
-      <c r="X6" s="71">
+      <c r="X6" s="68">
         <v>200</v>
       </c>
-      <c r="Y6" s="72">
+      <c r="Y6" s="69">
         <v>371</v>
       </c>
-      <c r="Z6" s="70">
+      <c r="Z6" s="67">
         <v>152</v>
       </c>
-      <c r="AA6" s="71">
+      <c r="AA6" s="68">
         <v>153</v>
       </c>
-      <c r="AB6" s="72">
+      <c r="AB6" s="69">
         <v>305</v>
       </c>
-      <c r="AC6" s="70">
+      <c r="AC6" s="67">
         <v>182</v>
       </c>
-      <c r="AD6" s="71">
+      <c r="AD6" s="68">
         <v>116</v>
       </c>
-      <c r="AE6" s="72">
+      <c r="AE6" s="69">
         <v>298</v>
       </c>
-      <c r="AF6" s="70">
+      <c r="AF6" s="67">
         <f>B6+E6+H6+K6+N6+Q6+T6+W6+Z6+AC6</f>
         <v>1996</v>
       </c>
-      <c r="AG6" s="71">
+      <c r="AG6" s="68">
         <f t="shared" ref="AG6:AH6" si="0">SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6)</f>
         <v>1827</v>
       </c>
-      <c r="AH6" s="72">
+      <c r="AH6" s="69">
         <f t="shared" si="0"/>
         <v>3823</v>
       </c>
     </row>
-    <row r="7" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="70">
+      <c r="B7" s="67">
         <v>16</v>
       </c>
-      <c r="C7" s="71">
+      <c r="C7" s="68">
         <v>22</v>
       </c>
-      <c r="D7" s="76">
+      <c r="D7" s="73">
         <v>38</v>
       </c>
-      <c r="E7" s="70">
+      <c r="E7" s="67">
         <v>81</v>
       </c>
-      <c r="F7" s="71">
+      <c r="F7" s="68">
         <v>115</v>
       </c>
-      <c r="G7" s="72">
+      <c r="G7" s="69">
         <v>196</v>
       </c>
-      <c r="H7" s="70">
+      <c r="H7" s="67">
         <v>57</v>
       </c>
-      <c r="I7" s="71">
+      <c r="I7" s="68">
         <v>76</v>
       </c>
-      <c r="J7" s="72">
+      <c r="J7" s="69">
         <v>133</v>
       </c>
-      <c r="K7" s="70">
+      <c r="K7" s="67">
         <v>93</v>
       </c>
-      <c r="L7" s="71">
+      <c r="L7" s="68">
         <v>138</v>
       </c>
-      <c r="M7" s="72">
+      <c r="M7" s="69">
         <v>231</v>
       </c>
-      <c r="N7" s="70">
+      <c r="N7" s="67">
         <v>77</v>
       </c>
-      <c r="O7" s="71">
+      <c r="O7" s="68">
         <v>158</v>
       </c>
-      <c r="P7" s="72">
+      <c r="P7" s="69">
         <v>235</v>
       </c>
-      <c r="Q7" s="70">
+      <c r="Q7" s="67">
         <v>72</v>
       </c>
-      <c r="R7" s="71">
+      <c r="R7" s="68">
         <v>142</v>
       </c>
-      <c r="S7" s="72">
+      <c r="S7" s="69">
         <v>214</v>
       </c>
-      <c r="T7" s="70">
+      <c r="T7" s="67">
         <v>73</v>
       </c>
-      <c r="U7" s="71">
+      <c r="U7" s="68">
         <v>101</v>
       </c>
-      <c r="V7" s="72">
+      <c r="V7" s="69">
         <v>174</v>
       </c>
-      <c r="W7" s="70">
+      <c r="W7" s="67">
         <v>74</v>
       </c>
-      <c r="X7" s="71">
+      <c r="X7" s="68">
         <v>116</v>
       </c>
-      <c r="Y7" s="72">
+      <c r="Y7" s="69">
         <v>190</v>
       </c>
-      <c r="Z7" s="70">
+      <c r="Z7" s="67">
         <v>65</v>
       </c>
-      <c r="AA7" s="71">
+      <c r="AA7" s="68">
         <v>134</v>
       </c>
-      <c r="AB7" s="72">
+      <c r="AB7" s="69">
         <v>199</v>
       </c>
-      <c r="AC7" s="70">
+      <c r="AC7" s="67">
         <v>78</v>
       </c>
-      <c r="AD7" s="71">
+      <c r="AD7" s="68">
         <v>112</v>
       </c>
-      <c r="AE7" s="72">
+      <c r="AE7" s="69">
         <v>190</v>
       </c>
-      <c r="AF7" s="70">
+      <c r="AF7" s="67">
         <f t="shared" ref="AF7:AF11" si="1">B7+E7+H7+K7+N7+Q7+T7+W7+Z7+AC7</f>
         <v>686</v>
       </c>
-      <c r="AG7" s="71">
+      <c r="AG7" s="68">
         <f t="shared" ref="AG7:AG10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7)</f>
         <v>1114</v>
       </c>
-      <c r="AH7" s="72">
+      <c r="AH7" s="69">
         <f t="shared" ref="AH7:AH11" si="3">SUM(D7,G7,J7,M7,P7,S7,V7,Y7,AB7,AE7)</f>
         <v>1800</v>
       </c>
     </row>
-    <row r="8" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="70">
-[...2 lines deleted...]
-      <c r="C8" s="71">
+      <c r="B8" s="67">
+        <v>15</v>
+      </c>
+      <c r="C8" s="68">
         <v>19</v>
       </c>
-      <c r="D8" s="76">
+      <c r="D8" s="73">
         <v>34</v>
       </c>
-      <c r="E8" s="70">
+      <c r="E8" s="67">
         <v>62</v>
       </c>
-      <c r="F8" s="71">
+      <c r="F8" s="68">
         <v>81</v>
       </c>
-      <c r="G8" s="72">
+      <c r="G8" s="69">
         <v>143</v>
       </c>
-      <c r="H8" s="70">
+      <c r="H8" s="67">
         <v>54</v>
       </c>
-      <c r="I8" s="71">
+      <c r="I8" s="68">
         <v>55</v>
       </c>
-      <c r="J8" s="72">
+      <c r="J8" s="69">
         <v>109</v>
       </c>
-      <c r="K8" s="70">
+      <c r="K8" s="67">
         <v>72</v>
       </c>
-      <c r="L8" s="71">
+      <c r="L8" s="68">
         <v>82</v>
       </c>
-      <c r="M8" s="72">
+      <c r="M8" s="69">
         <v>154</v>
       </c>
-      <c r="N8" s="70">
+      <c r="N8" s="67">
         <v>68</v>
       </c>
-      <c r="O8" s="71">
+      <c r="O8" s="68">
         <v>91</v>
       </c>
-      <c r="P8" s="72">
+      <c r="P8" s="69">
         <v>159</v>
       </c>
-      <c r="Q8" s="70">
+      <c r="Q8" s="67">
         <v>56</v>
       </c>
-      <c r="R8" s="71">
+      <c r="R8" s="68">
         <v>108</v>
       </c>
-      <c r="S8" s="72">
+      <c r="S8" s="69">
         <v>164</v>
       </c>
-      <c r="T8" s="70">
+      <c r="T8" s="67">
         <v>69</v>
       </c>
-      <c r="U8" s="71">
+      <c r="U8" s="68">
         <v>104</v>
       </c>
-      <c r="V8" s="72">
+      <c r="V8" s="69">
         <v>173</v>
       </c>
-      <c r="W8" s="70">
+      <c r="W8" s="67">
         <v>63</v>
       </c>
-      <c r="X8" s="71">
+      <c r="X8" s="68">
         <v>108</v>
       </c>
-      <c r="Y8" s="72">
+      <c r="Y8" s="69">
         <v>171</v>
       </c>
-      <c r="Z8" s="70">
+      <c r="Z8" s="67">
         <v>84</v>
       </c>
-      <c r="AA8" s="71">
+      <c r="AA8" s="68">
         <v>118</v>
       </c>
-      <c r="AB8" s="72">
+      <c r="AB8" s="69">
         <v>202</v>
       </c>
-      <c r="AC8" s="70">
+      <c r="AC8" s="67">
         <v>92</v>
       </c>
-      <c r="AD8" s="71">
+      <c r="AD8" s="68">
         <v>100</v>
       </c>
-      <c r="AE8" s="72">
+      <c r="AE8" s="69">
         <v>192</v>
       </c>
-      <c r="AF8" s="70">
+      <c r="AF8" s="67">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
-      <c r="AG8" s="71">
+      <c r="AG8" s="68">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
-      <c r="AH8" s="72">
+      <c r="AH8" s="69">
         <f t="shared" si="3"/>
         <v>1501</v>
       </c>
     </row>
-    <row r="9" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="70">
+      <c r="B9" s="67">
         <v>7</v>
       </c>
-      <c r="C9" s="71">
-[...2 lines deleted...]
-      <c r="D9" s="76">
+      <c r="C9" s="68">
+        <v>14</v>
+      </c>
+      <c r="D9" s="73">
         <v>21</v>
       </c>
-      <c r="E9" s="70">
+      <c r="E9" s="67">
         <v>68</v>
       </c>
-      <c r="F9" s="71">
+      <c r="F9" s="68">
         <v>68</v>
       </c>
-      <c r="G9" s="72">
+      <c r="G9" s="69">
         <v>136</v>
       </c>
-      <c r="H9" s="70">
+      <c r="H9" s="67">
         <v>66</v>
       </c>
-      <c r="I9" s="71">
+      <c r="I9" s="68">
         <v>63</v>
       </c>
-      <c r="J9" s="72">
+      <c r="J9" s="69">
         <v>129</v>
       </c>
-      <c r="K9" s="70">
+      <c r="K9" s="67">
         <v>78</v>
       </c>
-      <c r="L9" s="71">
+      <c r="L9" s="68">
         <v>73</v>
       </c>
-      <c r="M9" s="72">
+      <c r="M9" s="69">
         <v>151</v>
       </c>
-      <c r="N9" s="70">
+      <c r="N9" s="67">
         <v>98</v>
       </c>
-      <c r="O9" s="71">
+      <c r="O9" s="68">
         <v>73</v>
       </c>
-      <c r="P9" s="72">
+      <c r="P9" s="69">
         <v>171</v>
       </c>
-      <c r="Q9" s="70">
+      <c r="Q9" s="67">
         <v>72</v>
       </c>
-      <c r="R9" s="71">
+      <c r="R9" s="68">
         <v>79</v>
       </c>
-      <c r="S9" s="72">
+      <c r="S9" s="69">
         <v>151</v>
       </c>
-      <c r="T9" s="70">
+      <c r="T9" s="67">
         <v>53</v>
       </c>
-      <c r="U9" s="71">
+      <c r="U9" s="68">
         <v>78</v>
       </c>
-      <c r="V9" s="72">
+      <c r="V9" s="69">
         <v>131</v>
       </c>
-      <c r="W9" s="70">
+      <c r="W9" s="67">
         <v>80</v>
       </c>
-      <c r="X9" s="71">
+      <c r="X9" s="68">
         <v>79</v>
       </c>
-      <c r="Y9" s="72">
+      <c r="Y9" s="69">
         <v>159</v>
       </c>
-      <c r="Z9" s="70">
+      <c r="Z9" s="67">
         <v>75</v>
       </c>
-      <c r="AA9" s="71">
+      <c r="AA9" s="68">
         <v>89</v>
       </c>
-      <c r="AB9" s="72">
+      <c r="AB9" s="69">
         <v>164</v>
       </c>
-      <c r="AC9" s="70">
+      <c r="AC9" s="67">
         <v>60</v>
       </c>
-      <c r="AD9" s="71">
+      <c r="AD9" s="68">
         <v>68</v>
       </c>
-      <c r="AE9" s="72">
+      <c r="AE9" s="69">
         <v>128</v>
       </c>
-      <c r="AF9" s="70">
+      <c r="AF9" s="67">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
-      <c r="AG9" s="71">
+      <c r="AG9" s="68">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
-      <c r="AH9" s="72">
+      <c r="AH9" s="69">
         <f t="shared" si="3"/>
         <v>1341</v>
       </c>
     </row>
-    <row r="10" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="77">
-[...5 lines deleted...]
-      <c r="D10" s="79">
+      <c r="B10" s="74">
+        <v>14</v>
+      </c>
+      <c r="C10" s="75">
+        <v>14</v>
+      </c>
+      <c r="D10" s="76">
         <v>28</v>
       </c>
-      <c r="E10" s="77">
+      <c r="E10" s="74">
         <v>63</v>
       </c>
-      <c r="F10" s="78">
+      <c r="F10" s="75">
         <v>75</v>
       </c>
-      <c r="G10" s="80">
+      <c r="G10" s="77">
         <v>138</v>
       </c>
-      <c r="H10" s="77">
+      <c r="H10" s="74">
         <v>51</v>
       </c>
-      <c r="I10" s="78">
+      <c r="I10" s="75">
         <v>77</v>
       </c>
-      <c r="J10" s="80">
+      <c r="J10" s="77">
         <v>128</v>
       </c>
-      <c r="K10" s="77">
+      <c r="K10" s="74">
         <v>78</v>
       </c>
-      <c r="L10" s="78">
+      <c r="L10" s="75">
         <v>81</v>
       </c>
-      <c r="M10" s="80">
+      <c r="M10" s="77">
         <v>159</v>
       </c>
-      <c r="N10" s="77">
+      <c r="N10" s="74">
         <v>91</v>
       </c>
-      <c r="O10" s="78">
+      <c r="O10" s="75">
         <v>93</v>
       </c>
-      <c r="P10" s="80">
+      <c r="P10" s="77">
         <v>184</v>
       </c>
-      <c r="Q10" s="77">
+      <c r="Q10" s="74">
         <v>49</v>
       </c>
-      <c r="R10" s="78">
+      <c r="R10" s="75">
         <v>83</v>
       </c>
-      <c r="S10" s="80">
+      <c r="S10" s="77">
         <v>132</v>
       </c>
-      <c r="T10" s="77">
+      <c r="T10" s="74">
         <v>73</v>
       </c>
-      <c r="U10" s="78">
+      <c r="U10" s="75">
         <v>78</v>
       </c>
-      <c r="V10" s="80">
+      <c r="V10" s="77">
         <v>151</v>
       </c>
-      <c r="W10" s="77">
+      <c r="W10" s="74">
         <v>72</v>
       </c>
-      <c r="X10" s="78">
+      <c r="X10" s="75">
         <v>93</v>
       </c>
-      <c r="Y10" s="80">
+      <c r="Y10" s="77">
         <v>165</v>
       </c>
-      <c r="Z10" s="77">
+      <c r="Z10" s="74">
         <v>50</v>
       </c>
-      <c r="AA10" s="78">
+      <c r="AA10" s="75">
         <v>77</v>
       </c>
-      <c r="AB10" s="80">
+      <c r="AB10" s="77">
         <v>127</v>
       </c>
-      <c r="AC10" s="77">
+      <c r="AC10" s="74">
         <v>66</v>
       </c>
-      <c r="AD10" s="78">
+      <c r="AD10" s="75">
         <v>104</v>
       </c>
-      <c r="AE10" s="80">
+      <c r="AE10" s="77">
         <v>170</v>
       </c>
-      <c r="AF10" s="77">
+      <c r="AF10" s="74">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
-      <c r="AG10" s="78">
+      <c r="AG10" s="75">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
-      <c r="AH10" s="80">
+      <c r="AH10" s="77">
         <f t="shared" si="3"/>
         <v>1382</v>
       </c>
     </row>
-    <row r="11" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="73">
+      <c r="B11" s="70">
         <v>82</v>
       </c>
-      <c r="C11" s="74">
+      <c r="C11" s="71">
         <v>96</v>
       </c>
-      <c r="D11" s="81">
+      <c r="D11" s="78">
         <v>178</v>
       </c>
-      <c r="E11" s="73">
+      <c r="E11" s="70">
         <v>500</v>
       </c>
-      <c r="F11" s="74">
+      <c r="F11" s="71">
         <v>528</v>
       </c>
-      <c r="G11" s="75">
+      <c r="G11" s="72">
         <v>1028</v>
       </c>
-      <c r="H11" s="73">
+      <c r="H11" s="70">
         <v>449</v>
       </c>
-      <c r="I11" s="74">
+      <c r="I11" s="71">
         <v>466</v>
       </c>
-      <c r="J11" s="75">
+      <c r="J11" s="72">
         <v>915</v>
       </c>
-      <c r="K11" s="73">
+      <c r="K11" s="70">
         <v>609</v>
       </c>
-      <c r="L11" s="74">
+      <c r="L11" s="71">
         <v>608</v>
       </c>
-      <c r="M11" s="75">
+      <c r="M11" s="72">
         <v>1217</v>
       </c>
-      <c r="N11" s="73">
+      <c r="N11" s="70">
         <v>638</v>
       </c>
-      <c r="O11" s="74">
+      <c r="O11" s="71">
         <v>697</v>
       </c>
-      <c r="P11" s="75">
+      <c r="P11" s="72">
         <v>1335</v>
       </c>
-      <c r="Q11" s="73">
+      <c r="Q11" s="70">
         <v>465</v>
       </c>
-      <c r="R11" s="74">
+      <c r="R11" s="71">
         <v>656</v>
       </c>
-      <c r="S11" s="75">
+      <c r="S11" s="72">
         <v>1121</v>
       </c>
-      <c r="T11" s="73">
+      <c r="T11" s="70">
         <v>474</v>
       </c>
-      <c r="U11" s="74">
+      <c r="U11" s="71">
         <v>548</v>
       </c>
-      <c r="V11" s="75">
+      <c r="V11" s="72">
         <v>1022</v>
       </c>
-      <c r="W11" s="73">
+      <c r="W11" s="70">
         <v>460</v>
       </c>
-      <c r="X11" s="74">
+      <c r="X11" s="71">
         <v>596</v>
       </c>
-      <c r="Y11" s="75">
+      <c r="Y11" s="72">
         <v>1056</v>
       </c>
-      <c r="Z11" s="73">
+      <c r="Z11" s="70">
         <v>426</v>
       </c>
-      <c r="AA11" s="74">
+      <c r="AA11" s="71">
         <v>571</v>
       </c>
-      <c r="AB11" s="75">
+      <c r="AB11" s="72">
         <v>997</v>
       </c>
-      <c r="AC11" s="73">
+      <c r="AC11" s="70">
         <v>478</v>
       </c>
-      <c r="AD11" s="74">
+      <c r="AD11" s="71">
         <v>500</v>
       </c>
-      <c r="AE11" s="75">
+      <c r="AE11" s="72">
         <v>978</v>
       </c>
-      <c r="AF11" s="73">
+      <c r="AF11" s="70">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
-      <c r="AG11" s="74">
+      <c r="AG11" s="71">
         <f>SUM(C11,F11,I11,L11,O11,R11,U11,X11,AA11,AD11)</f>
         <v>5266</v>
       </c>
-      <c r="AH11" s="75">
+      <c r="AH11" s="72">
         <f t="shared" si="3"/>
         <v>9847</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A13" s="89" t="s">
+    <row r="12" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="79" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="98" t="s">
+      <c r="B13" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C13" s="98"/>
-[...32 lines deleted...]
-    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C13" s="91"/>
+      <c r="D13" s="91"/>
+      <c r="E13" s="91"/>
+      <c r="F13" s="91"/>
+      <c r="G13" s="91"/>
+      <c r="H13" s="91"/>
+      <c r="I13" s="91"/>
+      <c r="J13" s="91"/>
+      <c r="K13" s="91"/>
+      <c r="L13" s="91"/>
+      <c r="M13" s="91"/>
+      <c r="N13" s="91"/>
+      <c r="O13" s="91"/>
+      <c r="P13" s="91"/>
+      <c r="Q13" s="91"/>
+      <c r="R13" s="91"/>
+      <c r="S13" s="91"/>
+      <c r="T13" s="91"/>
+      <c r="U13" s="91"/>
+      <c r="V13" s="91"/>
+      <c r="W13" s="91"/>
+      <c r="X13" s="91"/>
+      <c r="Y13" s="91"/>
+      <c r="Z13" s="91"/>
+      <c r="AA13" s="91"/>
+      <c r="AB13" s="91"/>
+      <c r="AC13" s="91"/>
+      <c r="AD13" s="91"/>
+      <c r="AE13" s="91"/>
+      <c r="AF13" s="91"/>
+      <c r="AG13" s="91"/>
+      <c r="AH13" s="91"/>
+    </row>
+    <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="97"/>
-      <c r="B14" s="99" t="s">
+      <c r="B14" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="99"/>
-[...34 lines deleted...]
-      <c r="B15" s="87" t="s">
+      <c r="C14" s="92"/>
+      <c r="D14" s="92"/>
+      <c r="E14" s="92"/>
+      <c r="F14" s="92"/>
+      <c r="G14" s="92"/>
+      <c r="H14" s="92"/>
+      <c r="I14" s="92"/>
+      <c r="J14" s="92"/>
+      <c r="K14" s="92"/>
+      <c r="L14" s="92"/>
+      <c r="M14" s="92"/>
+      <c r="N14" s="92"/>
+      <c r="O14" s="92"/>
+      <c r="P14" s="92"/>
+      <c r="Q14" s="92"/>
+      <c r="R14" s="92"/>
+      <c r="S14" s="92"/>
+      <c r="T14" s="92"/>
+      <c r="U14" s="92"/>
+      <c r="V14" s="92"/>
+      <c r="W14" s="92"/>
+      <c r="X14" s="92"/>
+      <c r="Y14" s="92"/>
+      <c r="Z14" s="92"/>
+      <c r="AA14" s="92"/>
+      <c r="AB14" s="92"/>
+      <c r="AC14" s="92"/>
+      <c r="AD14" s="92"/>
+      <c r="AE14" s="92"/>
+      <c r="AF14" s="92"/>
+      <c r="AG14" s="92"/>
+      <c r="AH14" s="92"/>
+    </row>
+    <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="80"/>
+      <c r="B15" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="91"/>
-[...1 lines deleted...]
-      <c r="E15" s="87" t="s">
+      <c r="C15" s="82"/>
+      <c r="D15" s="89"/>
+      <c r="E15" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F15" s="91"/>
-[...1 lines deleted...]
-      <c r="H15" s="87" t="s">
+      <c r="F15" s="82"/>
+      <c r="G15" s="83"/>
+      <c r="H15" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I15" s="91"/>
-[...1 lines deleted...]
-      <c r="K15" s="87" t="s">
+      <c r="I15" s="82"/>
+      <c r="J15" s="83"/>
+      <c r="K15" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L15" s="91"/>
-[...1 lines deleted...]
-      <c r="N15" s="87" t="s">
+      <c r="L15" s="82"/>
+      <c r="M15" s="83"/>
+      <c r="N15" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O15" s="91"/>
-[...1 lines deleted...]
-      <c r="Q15" s="87" t="s">
+      <c r="O15" s="82"/>
+      <c r="P15" s="83"/>
+      <c r="Q15" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R15" s="91"/>
-[...1 lines deleted...]
-      <c r="T15" s="87" t="s">
+      <c r="R15" s="82"/>
+      <c r="S15" s="83"/>
+      <c r="T15" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U15" s="91"/>
-[...1 lines deleted...]
-      <c r="W15" s="87" t="s">
+      <c r="U15" s="82"/>
+      <c r="V15" s="83"/>
+      <c r="W15" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X15" s="91"/>
-[...1 lines deleted...]
-      <c r="Z15" s="87" t="s">
+      <c r="X15" s="82"/>
+      <c r="Y15" s="83"/>
+      <c r="Z15" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA15" s="91"/>
-[...1 lines deleted...]
-      <c r="AC15" s="87" t="s">
+      <c r="AA15" s="82"/>
+      <c r="AB15" s="83"/>
+      <c r="AC15" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD15" s="91"/>
-[...8 lines deleted...]
-      <c r="A16" s="90"/>
+      <c r="AD15" s="82"/>
+      <c r="AE15" s="83"/>
+      <c r="AF15" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG15" s="82"/>
+      <c r="AH15" s="83"/>
+    </row>
+    <row r="16" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A16" s="80"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
@@ -4346,830 +4364,830 @@
       <c r="AA16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="53">
+      <c r="B17" s="52">
         <v>41</v>
       </c>
-      <c r="C17" s="54">
+      <c r="C17" s="53">
         <v>35</v>
       </c>
-      <c r="D17" s="58">
+      <c r="D17" s="57">
         <v>76</v>
       </c>
-      <c r="E17" s="53">
+      <c r="E17" s="52">
         <v>256</v>
       </c>
-      <c r="F17" s="54">
+      <c r="F17" s="53">
         <v>212</v>
       </c>
-      <c r="G17" s="55">
+      <c r="G17" s="54">
         <v>468</v>
       </c>
-      <c r="H17" s="53">
+      <c r="H17" s="52">
         <v>227</v>
       </c>
-      <c r="I17" s="54">
+      <c r="I17" s="53">
         <v>211</v>
       </c>
-      <c r="J17" s="55">
+      <c r="J17" s="54">
         <v>438</v>
       </c>
-      <c r="K17" s="53">
+      <c r="K17" s="52">
         <v>244</v>
       </c>
-      <c r="L17" s="54">
+      <c r="L17" s="53">
         <v>253</v>
       </c>
-      <c r="M17" s="55">
+      <c r="M17" s="54">
         <v>497</v>
       </c>
-      <c r="N17" s="53">
+      <c r="N17" s="52">
         <v>260</v>
       </c>
-      <c r="O17" s="54">
+      <c r="O17" s="53">
         <v>285</v>
       </c>
-      <c r="P17" s="55">
+      <c r="P17" s="54">
         <v>545</v>
       </c>
-      <c r="Q17" s="53">
+      <c r="Q17" s="52">
         <v>209</v>
       </c>
-      <c r="R17" s="54">
+      <c r="R17" s="53">
         <v>200</v>
       </c>
-      <c r="S17" s="55">
+      <c r="S17" s="54">
         <v>409</v>
       </c>
-      <c r="T17" s="53">
+      <c r="T17" s="52">
         <v>208</v>
       </c>
-      <c r="U17" s="54">
+      <c r="U17" s="53">
         <v>196</v>
       </c>
-      <c r="V17" s="55">
+      <c r="V17" s="54">
         <v>404</v>
       </c>
-      <c r="W17" s="53">
+      <c r="W17" s="52">
         <v>155</v>
       </c>
-      <c r="X17" s="54">
+      <c r="X17" s="53">
         <v>186</v>
       </c>
-      <c r="Y17" s="55">
+      <c r="Y17" s="54">
         <v>341</v>
       </c>
-      <c r="Z17" s="53">
+      <c r="Z17" s="52">
         <v>153</v>
       </c>
-      <c r="AA17" s="54">
+      <c r="AA17" s="53">
         <v>130</v>
       </c>
-      <c r="AB17" s="55">
+      <c r="AB17" s="54">
         <v>283</v>
       </c>
-      <c r="AC17" s="53">
+      <c r="AC17" s="52">
         <v>160</v>
       </c>
-      <c r="AD17" s="54">
+      <c r="AD17" s="53">
         <v>125</v>
       </c>
-      <c r="AE17" s="55">
+      <c r="AE17" s="54">
         <v>285</v>
       </c>
-      <c r="AF17" s="53">
+      <c r="AF17" s="52">
         <f>B17+E17+H17+K17+N17+Q17+T17+W17+Z17+AC17</f>
         <v>1913</v>
       </c>
-      <c r="AG17" s="54">
+      <c r="AG17" s="53">
         <f t="shared" ref="AG17:AG22" si="4">SUM(C17,F17,I17,L17,O17,R17,U17,X17,AA17,AD17)</f>
         <v>1833</v>
       </c>
-      <c r="AH17" s="55">
+      <c r="AH17" s="54">
         <f t="shared" ref="AH17:AH22" si="5">SUM(D17,G17,J17,M17,P17,S17,V17,Y17,AB17,AE17)</f>
         <v>3746</v>
       </c>
     </row>
-    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="53">
+      <c r="B18" s="52">
         <v>18</v>
       </c>
-      <c r="C18" s="54">
+      <c r="C18" s="53">
         <v>24</v>
       </c>
-      <c r="D18" s="58">
+      <c r="D18" s="57">
         <v>42</v>
       </c>
-      <c r="E18" s="53">
+      <c r="E18" s="52">
         <v>65</v>
       </c>
-      <c r="F18" s="54">
+      <c r="F18" s="53">
         <v>69</v>
       </c>
-      <c r="G18" s="55">
+      <c r="G18" s="54">
         <v>134</v>
       </c>
-      <c r="H18" s="53">
+      <c r="H18" s="52">
         <v>59</v>
       </c>
-      <c r="I18" s="54">
+      <c r="I18" s="53">
         <v>65</v>
       </c>
-      <c r="J18" s="55">
+      <c r="J18" s="54">
         <v>124</v>
       </c>
-      <c r="K18" s="53">
+      <c r="K18" s="52">
         <v>70</v>
       </c>
-      <c r="L18" s="54">
+      <c r="L18" s="53">
         <v>77</v>
       </c>
-      <c r="M18" s="55">
+      <c r="M18" s="54">
         <v>147</v>
       </c>
-      <c r="N18" s="53">
+      <c r="N18" s="52">
         <v>68</v>
       </c>
-      <c r="O18" s="54">
+      <c r="O18" s="53">
         <v>76</v>
       </c>
-      <c r="P18" s="55">
+      <c r="P18" s="54">
         <v>144</v>
       </c>
-      <c r="Q18" s="53">
+      <c r="Q18" s="52">
         <v>60</v>
       </c>
-      <c r="R18" s="54">
+      <c r="R18" s="53">
         <v>72</v>
       </c>
-      <c r="S18" s="55">
+      <c r="S18" s="54">
         <v>132</v>
       </c>
-      <c r="T18" s="53">
+      <c r="T18" s="52">
         <v>56</v>
       </c>
-      <c r="U18" s="54">
+      <c r="U18" s="53">
         <v>86</v>
       </c>
-      <c r="V18" s="55">
+      <c r="V18" s="54">
         <v>142</v>
       </c>
-      <c r="W18" s="53">
+      <c r="W18" s="52">
         <v>45</v>
       </c>
-      <c r="X18" s="54">
+      <c r="X18" s="53">
         <v>78</v>
       </c>
-      <c r="Y18" s="55">
+      <c r="Y18" s="54">
         <v>123</v>
       </c>
-      <c r="Z18" s="53">
+      <c r="Z18" s="52">
         <v>49</v>
       </c>
-      <c r="AA18" s="54">
+      <c r="AA18" s="53">
         <v>65</v>
       </c>
-      <c r="AB18" s="55">
+      <c r="AB18" s="54">
         <v>114</v>
       </c>
-      <c r="AC18" s="53">
+      <c r="AC18" s="52">
         <v>49</v>
       </c>
-      <c r="AD18" s="54">
+      <c r="AD18" s="53">
         <v>63</v>
       </c>
-      <c r="AE18" s="55">
+      <c r="AE18" s="54">
         <v>112</v>
       </c>
-      <c r="AF18" s="53">
+      <c r="AF18" s="52">
         <f t="shared" ref="AF18:AF22" si="6">B18+E18+H18+K18+N18+Q18+T18+W18+Z18+AC18</f>
         <v>539</v>
       </c>
-      <c r="AG18" s="54">
+      <c r="AG18" s="53">
         <f t="shared" si="4"/>
         <v>675</v>
       </c>
-      <c r="AH18" s="55">
+      <c r="AH18" s="54">
         <f t="shared" si="5"/>
         <v>1214</v>
       </c>
     </row>
-    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="53">
+      <c r="B19" s="52">
         <v>20</v>
       </c>
-      <c r="C19" s="54">
+      <c r="C19" s="53">
         <v>20</v>
       </c>
-      <c r="D19" s="58">
+      <c r="D19" s="57">
         <v>40</v>
       </c>
-      <c r="E19" s="53">
+      <c r="E19" s="52">
         <v>66</v>
       </c>
-      <c r="F19" s="54">
+      <c r="F19" s="53">
         <v>61</v>
       </c>
-      <c r="G19" s="55">
+      <c r="G19" s="54">
         <v>127</v>
       </c>
-      <c r="H19" s="53">
+      <c r="H19" s="52">
         <v>50</v>
       </c>
-      <c r="I19" s="54">
+      <c r="I19" s="53">
         <v>41</v>
       </c>
-      <c r="J19" s="55">
+      <c r="J19" s="54">
         <v>91</v>
       </c>
-      <c r="K19" s="53">
+      <c r="K19" s="52">
         <v>63</v>
       </c>
-      <c r="L19" s="54">
+      <c r="L19" s="53">
         <v>67</v>
       </c>
-      <c r="M19" s="55">
+      <c r="M19" s="54">
         <v>130</v>
       </c>
-      <c r="N19" s="53">
+      <c r="N19" s="52">
         <v>66</v>
       </c>
-      <c r="O19" s="54">
+      <c r="O19" s="53">
         <v>80</v>
       </c>
-      <c r="P19" s="55">
+      <c r="P19" s="54">
         <v>146</v>
       </c>
-      <c r="Q19" s="53">
+      <c r="Q19" s="52">
         <v>64</v>
       </c>
-      <c r="R19" s="54">
+      <c r="R19" s="53">
         <v>59</v>
       </c>
-      <c r="S19" s="55">
+      <c r="S19" s="54">
         <v>123</v>
       </c>
-      <c r="T19" s="53">
+      <c r="T19" s="52">
         <v>90</v>
       </c>
-      <c r="U19" s="54">
+      <c r="U19" s="53">
         <v>55</v>
       </c>
-      <c r="V19" s="55">
+      <c r="V19" s="54">
         <v>145</v>
       </c>
-      <c r="W19" s="53">
+      <c r="W19" s="52">
         <v>80</v>
       </c>
-      <c r="X19" s="54">
+      <c r="X19" s="53">
         <v>81</v>
       </c>
-      <c r="Y19" s="55">
+      <c r="Y19" s="54">
         <v>161</v>
       </c>
-      <c r="Z19" s="53">
+      <c r="Z19" s="52">
         <v>78</v>
       </c>
-      <c r="AA19" s="54">
+      <c r="AA19" s="53">
         <v>88</v>
       </c>
-      <c r="AB19" s="55">
+      <c r="AB19" s="54">
         <v>166</v>
       </c>
-      <c r="AC19" s="53">
+      <c r="AC19" s="52">
         <v>73</v>
       </c>
-      <c r="AD19" s="54">
+      <c r="AD19" s="53">
         <v>78</v>
       </c>
-      <c r="AE19" s="55">
+      <c r="AE19" s="54">
         <v>151</v>
       </c>
-      <c r="AF19" s="53">
+      <c r="AF19" s="52">
         <f t="shared" si="6"/>
         <v>650</v>
       </c>
-      <c r="AG19" s="54">
+      <c r="AG19" s="53">
         <f t="shared" si="4"/>
         <v>630</v>
       </c>
-      <c r="AH19" s="55">
+      <c r="AH19" s="54">
         <f t="shared" si="5"/>
         <v>1280</v>
       </c>
     </row>
-    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="53">
+      <c r="B20" s="52">
         <v>9</v>
       </c>
-      <c r="C20" s="54">
+      <c r="C20" s="53">
         <v>20</v>
       </c>
-      <c r="D20" s="58">
+      <c r="D20" s="57">
         <v>29</v>
       </c>
-      <c r="E20" s="53">
+      <c r="E20" s="52">
         <v>56</v>
       </c>
-      <c r="F20" s="54">
+      <c r="F20" s="53">
         <v>52</v>
       </c>
-      <c r="G20" s="55">
+      <c r="G20" s="54">
         <v>108</v>
       </c>
-      <c r="H20" s="53">
+      <c r="H20" s="52">
         <v>45</v>
       </c>
-      <c r="I20" s="54">
+      <c r="I20" s="53">
         <v>44</v>
       </c>
-      <c r="J20" s="55">
+      <c r="J20" s="54">
         <v>89</v>
       </c>
-      <c r="K20" s="53">
+      <c r="K20" s="52">
         <v>61</v>
       </c>
-      <c r="L20" s="54">
+      <c r="L20" s="53">
         <v>58</v>
       </c>
-      <c r="M20" s="55">
+      <c r="M20" s="54">
         <v>119</v>
       </c>
-      <c r="N20" s="53">
+      <c r="N20" s="52">
         <v>59</v>
       </c>
-      <c r="O20" s="54">
+      <c r="O20" s="53">
         <v>74</v>
       </c>
-      <c r="P20" s="55">
+      <c r="P20" s="54">
         <v>133</v>
       </c>
-      <c r="Q20" s="53">
+      <c r="Q20" s="52">
         <v>40</v>
       </c>
-      <c r="R20" s="54">
+      <c r="R20" s="53">
         <v>52</v>
       </c>
-      <c r="S20" s="55">
+      <c r="S20" s="54">
         <v>92</v>
       </c>
-      <c r="T20" s="53">
+      <c r="T20" s="52">
         <v>49</v>
       </c>
-      <c r="U20" s="54">
+      <c r="U20" s="53">
         <v>60</v>
       </c>
-      <c r="V20" s="55">
+      <c r="V20" s="54">
         <v>109</v>
       </c>
-      <c r="W20" s="53">
+      <c r="W20" s="52">
         <v>48</v>
       </c>
-      <c r="X20" s="54">
+      <c r="X20" s="53">
         <v>67</v>
       </c>
-      <c r="Y20" s="55">
+      <c r="Y20" s="54">
         <v>115</v>
       </c>
-      <c r="Z20" s="53">
+      <c r="Z20" s="52">
         <v>54</v>
       </c>
-      <c r="AA20" s="54">
+      <c r="AA20" s="53">
         <v>55</v>
       </c>
-      <c r="AB20" s="55">
+      <c r="AB20" s="54">
         <v>109</v>
       </c>
-      <c r="AC20" s="53">
+      <c r="AC20" s="52">
         <v>36</v>
       </c>
-      <c r="AD20" s="54">
+      <c r="AD20" s="53">
         <v>69</v>
       </c>
-      <c r="AE20" s="55">
+      <c r="AE20" s="54">
         <v>105</v>
       </c>
-      <c r="AF20" s="53">
+      <c r="AF20" s="52">
         <f t="shared" si="6"/>
         <v>457</v>
       </c>
-      <c r="AG20" s="54">
+      <c r="AG20" s="53">
         <f t="shared" si="4"/>
         <v>551</v>
       </c>
-      <c r="AH20" s="55">
+      <c r="AH20" s="54">
         <f t="shared" si="5"/>
         <v>1008</v>
       </c>
     </row>
-    <row r="21" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="53">
+      <c r="B21" s="52">
         <v>7</v>
       </c>
-      <c r="C21" s="54">
-[...2 lines deleted...]
-      <c r="D21" s="58">
+      <c r="C21" s="53">
+        <v>13</v>
+      </c>
+      <c r="D21" s="57">
         <v>20</v>
       </c>
-      <c r="E21" s="53">
+      <c r="E21" s="52">
         <v>53</v>
       </c>
-      <c r="F21" s="54">
+      <c r="F21" s="53">
         <v>58</v>
       </c>
-      <c r="G21" s="55">
+      <c r="G21" s="54">
         <v>111</v>
       </c>
-      <c r="H21" s="53">
+      <c r="H21" s="52">
         <v>59</v>
       </c>
-      <c r="I21" s="54">
+      <c r="I21" s="53">
         <v>53</v>
       </c>
-      <c r="J21" s="55">
+      <c r="J21" s="54">
         <v>112</v>
       </c>
-      <c r="K21" s="53">
+      <c r="K21" s="52">
         <v>52</v>
       </c>
-      <c r="L21" s="54">
+      <c r="L21" s="53">
         <v>60</v>
       </c>
-      <c r="M21" s="55">
+      <c r="M21" s="54">
         <v>112</v>
       </c>
-      <c r="N21" s="53">
+      <c r="N21" s="52">
         <v>54</v>
       </c>
-      <c r="O21" s="54">
+      <c r="O21" s="53">
         <v>68</v>
       </c>
-      <c r="P21" s="55">
+      <c r="P21" s="54">
         <v>122</v>
       </c>
-      <c r="Q21" s="53">
+      <c r="Q21" s="52">
         <v>39</v>
       </c>
-      <c r="R21" s="54">
+      <c r="R21" s="53">
         <v>45</v>
       </c>
-      <c r="S21" s="55">
+      <c r="S21" s="54">
         <v>84</v>
       </c>
-      <c r="T21" s="53">
+      <c r="T21" s="52">
         <v>31</v>
       </c>
-      <c r="U21" s="54">
+      <c r="U21" s="53">
         <v>46</v>
       </c>
-      <c r="V21" s="55">
+      <c r="V21" s="54">
         <v>77</v>
       </c>
-      <c r="W21" s="53">
+      <c r="W21" s="52">
         <v>43</v>
       </c>
-      <c r="X21" s="54">
+      <c r="X21" s="53">
         <v>76</v>
       </c>
-      <c r="Y21" s="55">
+      <c r="Y21" s="54">
         <v>119</v>
       </c>
-      <c r="Z21" s="53">
+      <c r="Z21" s="52">
         <v>45</v>
       </c>
-      <c r="AA21" s="54">
+      <c r="AA21" s="53">
         <v>54</v>
       </c>
-      <c r="AB21" s="55">
+      <c r="AB21" s="54">
         <v>99</v>
       </c>
-      <c r="AC21" s="53">
+      <c r="AC21" s="52">
         <v>37</v>
       </c>
-      <c r="AD21" s="54">
+      <c r="AD21" s="53">
         <v>62</v>
       </c>
-      <c r="AE21" s="55">
+      <c r="AE21" s="54">
         <v>99</v>
       </c>
-      <c r="AF21" s="67">
+      <c r="AF21" s="64">
         <f t="shared" si="6"/>
         <v>420</v>
       </c>
-      <c r="AG21" s="68">
+      <c r="AG21" s="65">
         <f t="shared" si="4"/>
         <v>535</v>
       </c>
-      <c r="AH21" s="69">
+      <c r="AH21" s="66">
         <f t="shared" si="5"/>
         <v>955</v>
       </c>
     </row>
-    <row r="22" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>95</v>
       </c>
-      <c r="C22" s="52">
+      <c r="C22" s="51">
         <v>112</v>
       </c>
-      <c r="D22" s="63">
+      <c r="D22" s="60">
         <v>207</v>
       </c>
       <c r="E22" s="22">
         <v>496</v>
       </c>
-      <c r="F22" s="52">
+      <c r="F22" s="51">
         <v>452</v>
       </c>
       <c r="G22" s="24">
         <v>948</v>
       </c>
       <c r="H22" s="22">
         <v>440</v>
       </c>
-      <c r="I22" s="52">
+      <c r="I22" s="51">
         <v>414</v>
       </c>
       <c r="J22" s="24">
         <v>854</v>
       </c>
       <c r="K22" s="22">
         <v>490</v>
       </c>
-      <c r="L22" s="52">
+      <c r="L22" s="51">
         <v>515</v>
       </c>
       <c r="M22" s="24">
         <v>1005</v>
       </c>
       <c r="N22" s="22">
         <v>507</v>
       </c>
-      <c r="O22" s="52">
+      <c r="O22" s="51">
         <v>583</v>
       </c>
       <c r="P22" s="24">
         <v>1090</v>
       </c>
       <c r="Q22" s="22">
         <v>412</v>
       </c>
-      <c r="R22" s="52">
+      <c r="R22" s="51">
         <v>428</v>
       </c>
       <c r="S22" s="24">
         <v>840</v>
       </c>
       <c r="T22" s="22">
         <v>434</v>
       </c>
-      <c r="U22" s="52">
+      <c r="U22" s="51">
         <v>443</v>
       </c>
       <c r="V22" s="24">
         <v>877</v>
       </c>
       <c r="W22" s="22">
         <v>371</v>
       </c>
-      <c r="X22" s="52">
+      <c r="X22" s="51">
         <v>488</v>
       </c>
       <c r="Y22" s="24">
         <v>859</v>
       </c>
       <c r="Z22" s="22">
         <v>379</v>
       </c>
-      <c r="AA22" s="52">
+      <c r="AA22" s="51">
         <v>392</v>
       </c>
       <c r="AB22" s="24">
         <v>771</v>
       </c>
       <c r="AC22" s="22">
         <v>355</v>
       </c>
-      <c r="AD22" s="52">
+      <c r="AD22" s="51">
         <v>397</v>
       </c>
       <c r="AE22" s="24">
         <v>752</v>
       </c>
       <c r="AF22" s="22">
         <f t="shared" si="6"/>
         <v>3979</v>
       </c>
-      <c r="AG22" s="52">
+      <c r="AG22" s="51">
         <f t="shared" si="4"/>
         <v>4224</v>
       </c>
       <c r="AH22" s="24">
         <f t="shared" si="5"/>
         <v>8203</v>
       </c>
     </row>
-    <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="100" t="s">
+    <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="98" t="s">
+      <c r="B24" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="98"/>
-[...34 lines deleted...]
-      <c r="B25" s="99" t="s">
+      <c r="C24" s="91"/>
+      <c r="D24" s="91"/>
+      <c r="E24" s="91"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="91"/>
+      <c r="H24" s="91"/>
+      <c r="I24" s="91"/>
+      <c r="J24" s="91"/>
+      <c r="K24" s="91"/>
+      <c r="L24" s="91"/>
+      <c r="M24" s="91"/>
+      <c r="N24" s="91"/>
+      <c r="O24" s="91"/>
+      <c r="P24" s="91"/>
+      <c r="Q24" s="91"/>
+      <c r="R24" s="91"/>
+      <c r="S24" s="91"/>
+      <c r="T24" s="91"/>
+      <c r="U24" s="91"/>
+      <c r="V24" s="91"/>
+      <c r="W24" s="91"/>
+      <c r="X24" s="91"/>
+      <c r="Y24" s="91"/>
+      <c r="Z24" s="91"/>
+      <c r="AA24" s="91"/>
+      <c r="AB24" s="91"/>
+      <c r="AC24" s="91"/>
+      <c r="AD24" s="91"/>
+      <c r="AE24" s="91"/>
+      <c r="AF24" s="91"/>
+      <c r="AG24" s="91"/>
+      <c r="AH24" s="91"/>
+    </row>
+    <row r="25" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="90"/>
+      <c r="B25" s="92" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="99"/>
-[...34 lines deleted...]
-      <c r="B26" s="87" t="s">
+      <c r="C25" s="92"/>
+      <c r="D25" s="92"/>
+      <c r="E25" s="92"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="92"/>
+      <c r="H25" s="92"/>
+      <c r="I25" s="92"/>
+      <c r="J25" s="92"/>
+      <c r="K25" s="92"/>
+      <c r="L25" s="92"/>
+      <c r="M25" s="92"/>
+      <c r="N25" s="92"/>
+      <c r="O25" s="92"/>
+      <c r="P25" s="92"/>
+      <c r="Q25" s="92"/>
+      <c r="R25" s="92"/>
+      <c r="S25" s="92"/>
+      <c r="T25" s="92"/>
+      <c r="U25" s="92"/>
+      <c r="V25" s="92"/>
+      <c r="W25" s="92"/>
+      <c r="X25" s="92"/>
+      <c r="Y25" s="92"/>
+      <c r="Z25" s="92"/>
+      <c r="AA25" s="92"/>
+      <c r="AB25" s="92"/>
+      <c r="AC25" s="92"/>
+      <c r="AD25" s="92"/>
+      <c r="AE25" s="92"/>
+      <c r="AF25" s="92"/>
+      <c r="AG25" s="92"/>
+      <c r="AH25" s="92"/>
+    </row>
+    <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="90"/>
+      <c r="B26" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C26" s="91"/>
-[...1 lines deleted...]
-      <c r="E26" s="87" t="s">
+      <c r="C26" s="82"/>
+      <c r="D26" s="89"/>
+      <c r="E26" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="91"/>
-[...1 lines deleted...]
-      <c r="H26" s="87" t="s">
+      <c r="F26" s="82"/>
+      <c r="G26" s="83"/>
+      <c r="H26" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I26" s="91"/>
-[...1 lines deleted...]
-      <c r="K26" s="87" t="s">
+      <c r="I26" s="82"/>
+      <c r="J26" s="83"/>
+      <c r="K26" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L26" s="91"/>
-[...1 lines deleted...]
-      <c r="N26" s="87" t="s">
+      <c r="L26" s="82"/>
+      <c r="M26" s="83"/>
+      <c r="N26" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O26" s="91"/>
-[...1 lines deleted...]
-      <c r="Q26" s="87" t="s">
+      <c r="O26" s="82"/>
+      <c r="P26" s="83"/>
+      <c r="Q26" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R26" s="91"/>
-[...1 lines deleted...]
-      <c r="T26" s="87" t="s">
+      <c r="R26" s="82"/>
+      <c r="S26" s="83"/>
+      <c r="T26" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U26" s="91"/>
-[...1 lines deleted...]
-      <c r="W26" s="87" t="s">
+      <c r="U26" s="82"/>
+      <c r="V26" s="83"/>
+      <c r="W26" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X26" s="91"/>
-[...1 lines deleted...]
-      <c r="Z26" s="87" t="s">
+      <c r="X26" s="82"/>
+      <c r="Y26" s="83"/>
+      <c r="Z26" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA26" s="91"/>
-[...1 lines deleted...]
-      <c r="AC26" s="87" t="s">
+      <c r="AA26" s="82"/>
+      <c r="AB26" s="83"/>
+      <c r="AC26" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD26" s="91"/>
-[...8 lines deleted...]
-      <c r="A27" s="100"/>
+      <c r="AD26" s="82"/>
+      <c r="AE26" s="83"/>
+      <c r="AF26" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG26" s="82"/>
+      <c r="AH26" s="83"/>
+    </row>
+    <row r="27" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A27" s="90"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -5226,51 +5244,51 @@
       <c r="AA27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="10">
         <v>30</v>
       </c>
       <c r="C28" s="1">
         <v>35</v>
       </c>
       <c r="D28" s="16">
         <v>65</v>
       </c>
       <c r="E28" s="10">
         <v>179</v>
       </c>
       <c r="F28" s="1">
         <v>177</v>
       </c>
       <c r="G28" s="15">
         <v>356</v>
       </c>
       <c r="H28" s="10">
         <v>207</v>
       </c>
       <c r="I28" s="1">
@@ -5333,51 +5351,51 @@
       <c r="AB28" s="15">
         <v>285</v>
       </c>
       <c r="AC28" s="10">
         <v>157</v>
       </c>
       <c r="AD28" s="1">
         <v>124</v>
       </c>
       <c r="AE28" s="15">
         <v>281</v>
       </c>
       <c r="AF28" s="10">
         <f>B28+E28+H28+K28+N28+Q28+T28+W28+Z28+AC28</f>
         <v>1662</v>
       </c>
       <c r="AG28" s="1">
         <f t="shared" ref="AG28:AG33" si="7">SUM(C28,F28,I28,L28,O28,R28,U28,X28,AA28,AD28)</f>
         <v>1579</v>
       </c>
       <c r="AH28" s="15">
         <f t="shared" ref="AH28:AH33" si="8">SUM(D28,G28,J28,M28,P28,S28,V28,Y28,AB28,AE28)</f>
         <v>3241</v>
       </c>
     </row>
-    <row r="29" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="10">
         <v>14</v>
       </c>
       <c r="C29" s="1">
         <v>18</v>
       </c>
       <c r="D29" s="16">
         <v>32</v>
       </c>
       <c r="E29" s="10">
         <v>41</v>
       </c>
       <c r="F29" s="1">
         <v>51</v>
       </c>
       <c r="G29" s="15">
         <v>92</v>
       </c>
       <c r="H29" s="10">
         <v>46</v>
       </c>
       <c r="I29" s="1">
@@ -5440,51 +5458,51 @@
       <c r="AB29" s="15">
         <v>82</v>
       </c>
       <c r="AC29" s="10">
         <v>46</v>
       </c>
       <c r="AD29" s="1">
         <v>53</v>
       </c>
       <c r="AE29" s="15">
         <v>99</v>
       </c>
       <c r="AF29" s="10">
         <f t="shared" ref="AF29:AF33" si="9">B29+E29+H29+K29+N29+Q29+T29+W29+Z29+AC29</f>
         <v>482</v>
       </c>
       <c r="AG29" s="1">
         <f t="shared" si="7"/>
         <v>480</v>
       </c>
       <c r="AH29" s="15">
         <f t="shared" si="8"/>
         <v>962</v>
       </c>
     </row>
-    <row r="30" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>10</v>
       </c>
       <c r="C30" s="1">
         <v>12</v>
       </c>
       <c r="D30" s="16">
         <v>22</v>
       </c>
       <c r="E30" s="10">
         <v>43</v>
       </c>
       <c r="F30" s="1">
         <v>48</v>
       </c>
       <c r="G30" s="15">
         <v>91</v>
       </c>
       <c r="H30" s="10">
         <v>41</v>
       </c>
       <c r="I30" s="1">
@@ -5547,51 +5565,51 @@
       <c r="AB30" s="15">
         <v>131</v>
       </c>
       <c r="AC30" s="10">
         <v>52</v>
       </c>
       <c r="AD30" s="1">
         <v>70</v>
       </c>
       <c r="AE30" s="15">
         <v>122</v>
       </c>
       <c r="AF30" s="10">
         <f t="shared" si="9"/>
         <v>456</v>
       </c>
       <c r="AG30" s="1">
         <f t="shared" si="7"/>
         <v>546</v>
       </c>
       <c r="AH30" s="15">
         <f t="shared" si="8"/>
         <v>1002</v>
       </c>
     </row>
-    <row r="31" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
         <v>11</v>
       </c>
       <c r="C31" s="1">
         <v>8</v>
       </c>
       <c r="D31" s="16">
         <v>19</v>
       </c>
       <c r="E31" s="10">
         <v>40</v>
       </c>
       <c r="F31" s="1">
         <v>37</v>
       </c>
       <c r="G31" s="15">
         <v>77</v>
       </c>
       <c r="H31" s="10">
         <v>49</v>
       </c>
       <c r="I31" s="1">
@@ -5654,51 +5672,51 @@
       <c r="AB31" s="15">
         <v>84</v>
       </c>
       <c r="AC31" s="10">
         <v>50</v>
       </c>
       <c r="AD31" s="1">
         <v>58</v>
       </c>
       <c r="AE31" s="15">
         <v>108</v>
       </c>
       <c r="AF31" s="10">
         <f t="shared" si="9"/>
         <v>428</v>
       </c>
       <c r="AG31" s="1">
         <f t="shared" si="7"/>
         <v>446</v>
       </c>
       <c r="AH31" s="15">
         <f t="shared" si="8"/>
         <v>874</v>
       </c>
     </row>
-    <row r="32" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="10">
         <v>16</v>
       </c>
       <c r="C32" s="1">
         <v>8</v>
       </c>
       <c r="D32" s="16">
         <v>24</v>
       </c>
       <c r="E32" s="10">
         <v>52</v>
       </c>
       <c r="F32" s="1">
         <v>46</v>
       </c>
       <c r="G32" s="15">
         <v>98</v>
       </c>
       <c r="H32" s="10">
         <v>42</v>
       </c>
       <c r="I32" s="1">
@@ -5761,51 +5779,51 @@
       <c r="AB32" s="15">
         <v>85</v>
       </c>
       <c r="AC32" s="10">
         <v>42</v>
       </c>
       <c r="AD32" s="1">
         <v>39</v>
       </c>
       <c r="AE32" s="15">
         <v>81</v>
       </c>
       <c r="AF32" s="32">
         <f t="shared" si="9"/>
         <v>430</v>
       </c>
       <c r="AG32" s="33">
         <f t="shared" si="7"/>
         <v>445</v>
       </c>
       <c r="AH32" s="34">
         <f t="shared" si="8"/>
         <v>875</v>
       </c>
     </row>
-    <row r="33" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>81</v>
       </c>
       <c r="C33" s="14">
         <v>81</v>
       </c>
       <c r="D33" s="17">
         <v>162</v>
       </c>
       <c r="E33" s="13">
         <v>355</v>
       </c>
       <c r="F33" s="14">
         <v>359</v>
       </c>
       <c r="G33" s="18">
         <v>714</v>
       </c>
       <c r="H33" s="13">
         <v>385</v>
       </c>
       <c r="I33" s="14">
@@ -5868,188 +5886,188 @@
       <c r="AB33" s="18">
         <v>667</v>
       </c>
       <c r="AC33" s="13">
         <v>347</v>
       </c>
       <c r="AD33" s="14">
         <v>344</v>
       </c>
       <c r="AE33" s="18">
         <v>691</v>
       </c>
       <c r="AF33" s="13">
         <f t="shared" si="9"/>
         <v>3458</v>
       </c>
       <c r="AG33" s="14">
         <f t="shared" si="7"/>
         <v>3496</v>
       </c>
       <c r="AH33" s="18">
         <f t="shared" si="8"/>
         <v>6954</v>
       </c>
     </row>
-    <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="100" t="s">
+    <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="98" t="s">
+      <c r="B35" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C35" s="98"/>
-[...34 lines deleted...]
-      <c r="B36" s="99" t="s">
+      <c r="C35" s="91"/>
+      <c r="D35" s="91"/>
+      <c r="E35" s="91"/>
+      <c r="F35" s="91"/>
+      <c r="G35" s="91"/>
+      <c r="H35" s="91"/>
+      <c r="I35" s="91"/>
+      <c r="J35" s="91"/>
+      <c r="K35" s="91"/>
+      <c r="L35" s="91"/>
+      <c r="M35" s="91"/>
+      <c r="N35" s="91"/>
+      <c r="O35" s="91"/>
+      <c r="P35" s="91"/>
+      <c r="Q35" s="91"/>
+      <c r="R35" s="91"/>
+      <c r="S35" s="91"/>
+      <c r="T35" s="91"/>
+      <c r="U35" s="91"/>
+      <c r="V35" s="91"/>
+      <c r="W35" s="91"/>
+      <c r="X35" s="91"/>
+      <c r="Y35" s="91"/>
+      <c r="Z35" s="91"/>
+      <c r="AA35" s="91"/>
+      <c r="AB35" s="91"/>
+      <c r="AC35" s="91"/>
+      <c r="AD35" s="91"/>
+      <c r="AE35" s="91"/>
+      <c r="AF35" s="91"/>
+      <c r="AG35" s="91"/>
+      <c r="AH35" s="91"/>
+    </row>
+    <row r="36" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="90"/>
+      <c r="B36" s="92" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="99"/>
-[...34 lines deleted...]
-      <c r="B37" s="87" t="s">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+      <c r="F36" s="92"/>
+      <c r="G36" s="92"/>
+      <c r="H36" s="92"/>
+      <c r="I36" s="92"/>
+      <c r="J36" s="92"/>
+      <c r="K36" s="92"/>
+      <c r="L36" s="92"/>
+      <c r="M36" s="92"/>
+      <c r="N36" s="92"/>
+      <c r="O36" s="92"/>
+      <c r="P36" s="92"/>
+      <c r="Q36" s="92"/>
+      <c r="R36" s="92"/>
+      <c r="S36" s="92"/>
+      <c r="T36" s="92"/>
+      <c r="U36" s="92"/>
+      <c r="V36" s="92"/>
+      <c r="W36" s="92"/>
+      <c r="X36" s="92"/>
+      <c r="Y36" s="92"/>
+      <c r="Z36" s="92"/>
+      <c r="AA36" s="92"/>
+      <c r="AB36" s="92"/>
+      <c r="AC36" s="92"/>
+      <c r="AD36" s="92"/>
+      <c r="AE36" s="92"/>
+      <c r="AF36" s="92"/>
+      <c r="AG36" s="92"/>
+      <c r="AH36" s="92"/>
+    </row>
+    <row r="37" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="90"/>
+      <c r="B37" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C37" s="91"/>
-[...1 lines deleted...]
-      <c r="E37" s="87" t="s">
+      <c r="C37" s="82"/>
+      <c r="D37" s="89"/>
+      <c r="E37" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F37" s="91"/>
-[...1 lines deleted...]
-      <c r="H37" s="87" t="s">
+      <c r="F37" s="82"/>
+      <c r="G37" s="83"/>
+      <c r="H37" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I37" s="91"/>
-[...1 lines deleted...]
-      <c r="K37" s="87" t="s">
+      <c r="I37" s="82"/>
+      <c r="J37" s="83"/>
+      <c r="K37" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L37" s="91"/>
-[...1 lines deleted...]
-      <c r="N37" s="87" t="s">
+      <c r="L37" s="82"/>
+      <c r="M37" s="83"/>
+      <c r="N37" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O37" s="91"/>
-[...1 lines deleted...]
-      <c r="Q37" s="87" t="s">
+      <c r="O37" s="82"/>
+      <c r="P37" s="83"/>
+      <c r="Q37" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R37" s="91"/>
-[...1 lines deleted...]
-      <c r="T37" s="87" t="s">
+      <c r="R37" s="82"/>
+      <c r="S37" s="83"/>
+      <c r="T37" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U37" s="91"/>
-[...1 lines deleted...]
-      <c r="W37" s="87" t="s">
+      <c r="U37" s="82"/>
+      <c r="V37" s="83"/>
+      <c r="W37" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X37" s="91"/>
-[...1 lines deleted...]
-      <c r="Z37" s="87" t="s">
+      <c r="X37" s="82"/>
+      <c r="Y37" s="83"/>
+      <c r="Z37" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA37" s="91"/>
-[...1 lines deleted...]
-      <c r="AC37" s="87" t="s">
+      <c r="AA37" s="82"/>
+      <c r="AB37" s="83"/>
+      <c r="AC37" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD37" s="91"/>
-[...8 lines deleted...]
-      <c r="A38" s="100"/>
+      <c r="AD37" s="82"/>
+      <c r="AE37" s="83"/>
+      <c r="AF37" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG37" s="82"/>
+      <c r="AH37" s="83"/>
+    </row>
+    <row r="38" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A38" s="90"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
@@ -6106,51 +6124,51 @@
       <c r="AA38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="10">
         <v>16</v>
       </c>
       <c r="C39" s="1">
         <v>26</v>
       </c>
       <c r="D39" s="16">
         <v>42</v>
       </c>
       <c r="E39" s="10">
         <v>153</v>
       </c>
       <c r="F39" s="1">
         <v>146</v>
       </c>
       <c r="G39" s="15">
         <v>299</v>
       </c>
       <c r="H39" s="10">
         <v>173</v>
       </c>
       <c r="I39" s="1">
@@ -6213,51 +6231,51 @@
       <c r="AB39" s="15">
         <v>227</v>
       </c>
       <c r="AC39" s="10">
         <v>161</v>
       </c>
       <c r="AD39" s="1">
         <v>118</v>
       </c>
       <c r="AE39" s="15">
         <v>279</v>
       </c>
       <c r="AF39" s="10">
         <f>B39+E39+H39+K39+N39+Q39+T39+W39+Z39+AC39</f>
         <v>1531</v>
       </c>
       <c r="AG39" s="1">
         <f t="shared" ref="AG39:AG44" si="10">SUM(C39,F39,I39,L39,O39,R39,U39,X39,AA39,AD39)</f>
         <v>1434</v>
       </c>
       <c r="AH39" s="15">
         <f t="shared" ref="AH39:AH44" si="11">SUM(D39,G39,J39,M39,P39,S39,V39,Y39,AB39,AE39)</f>
         <v>2965</v>
       </c>
     </row>
-    <row r="40" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>11</v>
       </c>
       <c r="C40" s="1">
         <v>12</v>
       </c>
       <c r="D40" s="16">
         <v>23</v>
       </c>
       <c r="E40" s="10">
         <v>35</v>
       </c>
       <c r="F40" s="1">
         <v>41</v>
       </c>
       <c r="G40" s="15">
         <v>76</v>
       </c>
       <c r="H40" s="10">
         <v>43</v>
       </c>
       <c r="I40" s="1">
@@ -6320,51 +6338,51 @@
       <c r="AB40" s="15">
         <v>104</v>
       </c>
       <c r="AC40" s="10">
         <v>49</v>
       </c>
       <c r="AD40" s="1">
         <v>53</v>
       </c>
       <c r="AE40" s="15">
         <v>102</v>
       </c>
       <c r="AF40" s="10">
         <f t="shared" ref="AF40:AF44" si="12">B40+E40+H40+K40+N40+Q40+T40+W40+Z40+AC40</f>
         <v>475</v>
       </c>
       <c r="AG40" s="1">
         <f t="shared" si="10"/>
         <v>416</v>
       </c>
       <c r="AH40" s="15">
         <f t="shared" si="11"/>
         <v>891</v>
       </c>
     </row>
-    <row r="41" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>12</v>
       </c>
       <c r="C41" s="1">
         <v>12</v>
       </c>
       <c r="D41" s="16">
         <v>24</v>
       </c>
       <c r="E41" s="10">
         <v>51</v>
       </c>
       <c r="F41" s="1">
         <v>28</v>
       </c>
       <c r="G41" s="15">
         <v>79</v>
       </c>
       <c r="H41" s="10">
         <v>38</v>
       </c>
       <c r="I41" s="1">
@@ -6427,51 +6445,51 @@
       <c r="AB41" s="15">
         <v>133</v>
       </c>
       <c r="AC41" s="10">
         <v>48</v>
       </c>
       <c r="AD41" s="1">
         <v>63</v>
       </c>
       <c r="AE41" s="15">
         <v>111</v>
       </c>
       <c r="AF41" s="10">
         <f t="shared" si="12"/>
         <v>411</v>
       </c>
       <c r="AG41" s="1">
         <f t="shared" si="10"/>
         <v>511</v>
       </c>
       <c r="AH41" s="15">
         <f t="shared" si="11"/>
         <v>922</v>
       </c>
     </row>
-    <row r="42" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="10">
         <v>6</v>
       </c>
       <c r="C42" s="1">
         <v>13</v>
       </c>
       <c r="D42" s="16">
         <v>19</v>
       </c>
       <c r="E42" s="10">
         <v>33</v>
       </c>
       <c r="F42" s="1">
         <v>36</v>
       </c>
       <c r="G42" s="15">
         <v>69</v>
       </c>
       <c r="H42" s="10">
         <v>42</v>
       </c>
       <c r="I42" s="1">
@@ -6534,51 +6552,51 @@
       <c r="AB42" s="15">
         <v>70</v>
       </c>
       <c r="AC42" s="10">
         <v>46</v>
       </c>
       <c r="AD42" s="1">
         <v>45</v>
       </c>
       <c r="AE42" s="15">
         <v>91</v>
       </c>
       <c r="AF42" s="10">
         <f t="shared" si="12"/>
         <v>383</v>
       </c>
       <c r="AG42" s="1">
         <f t="shared" si="10"/>
         <v>419</v>
       </c>
       <c r="AH42" s="15">
         <f t="shared" si="11"/>
         <v>802</v>
       </c>
     </row>
-    <row r="43" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="10">
         <v>3</v>
       </c>
       <c r="C43" s="1">
         <v>9</v>
       </c>
       <c r="D43" s="16">
         <v>12</v>
       </c>
       <c r="E43" s="10">
         <v>40</v>
       </c>
       <c r="F43" s="1">
         <v>37</v>
       </c>
       <c r="G43" s="15">
         <v>77</v>
       </c>
       <c r="H43" s="10">
         <v>39</v>
       </c>
       <c r="I43" s="1">
@@ -6641,51 +6659,51 @@
       <c r="AB43" s="15">
         <v>99</v>
       </c>
       <c r="AC43" s="10">
         <v>42</v>
       </c>
       <c r="AD43" s="1">
         <v>42</v>
       </c>
       <c r="AE43" s="15">
         <v>84</v>
       </c>
       <c r="AF43" s="32">
         <f t="shared" si="12"/>
         <v>387</v>
       </c>
       <c r="AG43" s="33">
         <f t="shared" si="10"/>
         <v>410</v>
       </c>
       <c r="AH43" s="34">
         <f t="shared" si="11"/>
         <v>797</v>
       </c>
     </row>
-    <row r="44" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13">
         <v>48</v>
       </c>
       <c r="C44" s="14">
         <v>72</v>
       </c>
       <c r="D44" s="17">
         <v>120</v>
       </c>
       <c r="E44" s="13">
         <v>312</v>
       </c>
       <c r="F44" s="14">
         <v>288</v>
       </c>
       <c r="G44" s="18">
         <v>600</v>
       </c>
       <c r="H44" s="13">
         <v>335</v>
       </c>
       <c r="I44" s="14">
@@ -6748,188 +6766,188 @@
       <c r="AB44" s="18">
         <v>633</v>
       </c>
       <c r="AC44" s="13">
         <v>346</v>
       </c>
       <c r="AD44" s="14">
         <v>321</v>
       </c>
       <c r="AE44" s="18">
         <v>667</v>
       </c>
       <c r="AF44" s="13">
         <f t="shared" si="12"/>
         <v>3187</v>
       </c>
       <c r="AG44" s="14">
         <f t="shared" si="10"/>
         <v>3190</v>
       </c>
       <c r="AH44" s="18">
         <f t="shared" si="11"/>
         <v>6377</v>
       </c>
     </row>
-    <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="100" t="s">
+    <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="98" t="s">
+      <c r="B46" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="98"/>
-[...34 lines deleted...]
-      <c r="B47" s="99" t="s">
+      <c r="C46" s="91"/>
+      <c r="D46" s="91"/>
+      <c r="E46" s="91"/>
+      <c r="F46" s="91"/>
+      <c r="G46" s="91"/>
+      <c r="H46" s="91"/>
+      <c r="I46" s="91"/>
+      <c r="J46" s="91"/>
+      <c r="K46" s="91"/>
+      <c r="L46" s="91"/>
+      <c r="M46" s="91"/>
+      <c r="N46" s="91"/>
+      <c r="O46" s="91"/>
+      <c r="P46" s="91"/>
+      <c r="Q46" s="91"/>
+      <c r="R46" s="91"/>
+      <c r="S46" s="91"/>
+      <c r="T46" s="91"/>
+      <c r="U46" s="91"/>
+      <c r="V46" s="91"/>
+      <c r="W46" s="91"/>
+      <c r="X46" s="91"/>
+      <c r="Y46" s="91"/>
+      <c r="Z46" s="91"/>
+      <c r="AA46" s="91"/>
+      <c r="AB46" s="91"/>
+      <c r="AC46" s="91"/>
+      <c r="AD46" s="91"/>
+      <c r="AE46" s="91"/>
+      <c r="AF46" s="91"/>
+      <c r="AG46" s="91"/>
+      <c r="AH46" s="91"/>
+    </row>
+    <row r="47" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="90"/>
+      <c r="B47" s="92" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="99"/>
-[...34 lines deleted...]
-      <c r="B48" s="87" t="s">
+      <c r="C47" s="92"/>
+      <c r="D47" s="92"/>
+      <c r="E47" s="92"/>
+      <c r="F47" s="92"/>
+      <c r="G47" s="92"/>
+      <c r="H47" s="92"/>
+      <c r="I47" s="92"/>
+      <c r="J47" s="92"/>
+      <c r="K47" s="92"/>
+      <c r="L47" s="92"/>
+      <c r="M47" s="92"/>
+      <c r="N47" s="92"/>
+      <c r="O47" s="92"/>
+      <c r="P47" s="92"/>
+      <c r="Q47" s="92"/>
+      <c r="R47" s="92"/>
+      <c r="S47" s="92"/>
+      <c r="T47" s="92"/>
+      <c r="U47" s="92"/>
+      <c r="V47" s="92"/>
+      <c r="W47" s="92"/>
+      <c r="X47" s="92"/>
+      <c r="Y47" s="92"/>
+      <c r="Z47" s="92"/>
+      <c r="AA47" s="92"/>
+      <c r="AB47" s="92"/>
+      <c r="AC47" s="92"/>
+      <c r="AD47" s="92"/>
+      <c r="AE47" s="92"/>
+      <c r="AF47" s="92"/>
+      <c r="AG47" s="92"/>
+      <c r="AH47" s="92"/>
+    </row>
+    <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="90"/>
+      <c r="B48" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C48" s="91"/>
-[...1 lines deleted...]
-      <c r="E48" s="87" t="s">
+      <c r="C48" s="82"/>
+      <c r="D48" s="89"/>
+      <c r="E48" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F48" s="91"/>
-[...1 lines deleted...]
-      <c r="H48" s="87" t="s">
+      <c r="F48" s="82"/>
+      <c r="G48" s="83"/>
+      <c r="H48" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I48" s="91"/>
-[...1 lines deleted...]
-      <c r="K48" s="87" t="s">
+      <c r="I48" s="82"/>
+      <c r="J48" s="83"/>
+      <c r="K48" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L48" s="91"/>
-[...1 lines deleted...]
-      <c r="N48" s="87" t="s">
+      <c r="L48" s="82"/>
+      <c r="M48" s="83"/>
+      <c r="N48" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O48" s="91"/>
-[...1 lines deleted...]
-      <c r="Q48" s="87" t="s">
+      <c r="O48" s="82"/>
+      <c r="P48" s="83"/>
+      <c r="Q48" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R48" s="91"/>
-[...1 lines deleted...]
-      <c r="T48" s="87" t="s">
+      <c r="R48" s="82"/>
+      <c r="S48" s="83"/>
+      <c r="T48" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U48" s="91"/>
-[...1 lines deleted...]
-      <c r="W48" s="87" t="s">
+      <c r="U48" s="82"/>
+      <c r="V48" s="83"/>
+      <c r="W48" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X48" s="91"/>
-[...1 lines deleted...]
-      <c r="Z48" s="87" t="s">
+      <c r="X48" s="82"/>
+      <c r="Y48" s="83"/>
+      <c r="Z48" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA48" s="91"/>
-[...1 lines deleted...]
-      <c r="AC48" s="87" t="s">
+      <c r="AA48" s="82"/>
+      <c r="AB48" s="83"/>
+      <c r="AC48" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD48" s="91"/>
-[...8 lines deleted...]
-      <c r="A49" s="100"/>
+      <c r="AD48" s="82"/>
+      <c r="AE48" s="83"/>
+      <c r="AF48" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG48" s="82"/>
+      <c r="AH48" s="83"/>
+    </row>
+    <row r="49" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A49" s="90"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
@@ -6986,51 +7004,51 @@
       <c r="AA49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>29</v>
       </c>
       <c r="C50" s="1">
         <v>31</v>
       </c>
       <c r="D50" s="16">
         <v>60</v>
       </c>
       <c r="E50" s="10">
         <v>182</v>
       </c>
       <c r="F50" s="1">
         <v>135</v>
       </c>
       <c r="G50" s="15">
         <v>317</v>
       </c>
       <c r="H50" s="10">
         <v>192</v>
       </c>
       <c r="I50" s="1">
@@ -7093,51 +7111,51 @@
       <c r="AB50" s="15">
         <v>225</v>
       </c>
       <c r="AC50" s="10">
         <v>170</v>
       </c>
       <c r="AD50" s="1">
         <v>100</v>
       </c>
       <c r="AE50" s="15">
         <v>270</v>
       </c>
       <c r="AF50" s="10">
         <f>B50+E50+H50+K50+N50+Q50+T50+W50+Z50+AC50</f>
         <v>1687</v>
       </c>
       <c r="AG50" s="1">
         <f t="shared" ref="AG50:AG55" si="13">SUM(C50,F50,I50,L50,O50,R50,U50,X50,AA50,AD50)</f>
         <v>1303</v>
       </c>
       <c r="AH50" s="15">
         <f t="shared" ref="AH50:AH55" si="14">SUM(D50,G50,J50,M50,P50,S50,V50,Y50,AB50,AE50)</f>
         <v>2990</v>
       </c>
     </row>
-    <row r="51" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>6</v>
       </c>
       <c r="C51" s="1">
         <v>6</v>
       </c>
       <c r="D51" s="16">
         <v>12</v>
       </c>
       <c r="E51" s="10">
         <v>46</v>
       </c>
       <c r="F51" s="1">
         <v>42</v>
       </c>
       <c r="G51" s="15">
         <v>88</v>
       </c>
       <c r="H51" s="10">
         <v>52</v>
       </c>
       <c r="I51" s="1">
@@ -7200,51 +7218,51 @@
       <c r="AB51" s="15">
         <v>109</v>
       </c>
       <c r="AC51" s="10">
         <v>50</v>
       </c>
       <c r="AD51" s="1">
         <v>61</v>
       </c>
       <c r="AE51" s="15">
         <v>111</v>
       </c>
       <c r="AF51" s="10">
         <f t="shared" ref="AF51:AF55" si="15">B51+E51+H51+K51+N51+Q51+T51+W51+Z51+AC51</f>
         <v>467</v>
       </c>
       <c r="AG51" s="1">
         <f t="shared" si="13"/>
         <v>461</v>
       </c>
       <c r="AH51" s="15">
         <f t="shared" si="14"/>
         <v>928</v>
       </c>
     </row>
-    <row r="52" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>9</v>
       </c>
       <c r="C52" s="1">
         <v>12</v>
       </c>
       <c r="D52" s="16">
         <v>21</v>
       </c>
       <c r="E52" s="10">
         <v>46</v>
       </c>
       <c r="F52" s="1">
         <v>33</v>
       </c>
       <c r="G52" s="15">
         <v>79</v>
       </c>
       <c r="H52" s="10">
         <v>35</v>
       </c>
       <c r="I52" s="1">
@@ -7307,51 +7325,51 @@
       <c r="AB52" s="15">
         <v>115</v>
       </c>
       <c r="AC52" s="10">
         <v>46</v>
       </c>
       <c r="AD52" s="1">
         <v>76</v>
       </c>
       <c r="AE52" s="15">
         <v>122</v>
       </c>
       <c r="AF52" s="10">
         <f t="shared" si="15"/>
         <v>387</v>
       </c>
       <c r="AG52" s="1">
         <f t="shared" si="13"/>
         <v>510</v>
       </c>
       <c r="AH52" s="15">
         <f t="shared" si="14"/>
         <v>897</v>
       </c>
     </row>
-    <row r="53" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>12</v>
       </c>
       <c r="C53" s="1">
         <v>4</v>
       </c>
       <c r="D53" s="16">
         <v>16</v>
       </c>
       <c r="E53" s="10">
         <v>43</v>
       </c>
       <c r="F53" s="1">
         <v>32</v>
       </c>
       <c r="G53" s="15">
         <v>75</v>
       </c>
       <c r="H53" s="10">
         <v>37</v>
       </c>
       <c r="I53" s="1">
@@ -7414,51 +7432,51 @@
       <c r="AB53" s="15">
         <v>84</v>
       </c>
       <c r="AC53" s="10">
         <v>37</v>
       </c>
       <c r="AD53" s="1">
         <v>47</v>
       </c>
       <c r="AE53" s="15">
         <v>84</v>
       </c>
       <c r="AF53" s="10">
         <f t="shared" si="15"/>
         <v>425</v>
       </c>
       <c r="AG53" s="1">
         <f t="shared" si="13"/>
         <v>394</v>
       </c>
       <c r="AH53" s="15">
         <f t="shared" si="14"/>
         <v>819</v>
       </c>
     </row>
-    <row r="54" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="10">
         <v>10</v>
       </c>
       <c r="C54" s="1">
         <v>7</v>
       </c>
       <c r="D54" s="16">
         <v>17</v>
       </c>
       <c r="E54" s="10">
         <v>34</v>
       </c>
       <c r="F54" s="1">
         <v>36</v>
       </c>
       <c r="G54" s="15">
         <v>70</v>
       </c>
       <c r="H54" s="10">
         <v>34</v>
       </c>
       <c r="I54" s="1">
@@ -7521,51 +7539,51 @@
       <c r="AB54" s="15">
         <v>66</v>
       </c>
       <c r="AC54" s="10">
         <v>30</v>
       </c>
       <c r="AD54" s="1">
         <v>34</v>
       </c>
       <c r="AE54" s="15">
         <v>64</v>
       </c>
       <c r="AF54" s="32">
         <f t="shared" si="15"/>
         <v>342</v>
       </c>
       <c r="AG54" s="33">
         <f t="shared" si="13"/>
         <v>389</v>
       </c>
       <c r="AH54" s="34">
         <f t="shared" si="14"/>
         <v>731</v>
       </c>
     </row>
-    <row r="55" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>66</v>
       </c>
       <c r="C55" s="14">
         <v>60</v>
       </c>
       <c r="D55" s="17">
         <v>126</v>
       </c>
       <c r="E55" s="13">
         <v>351</v>
       </c>
       <c r="F55" s="14">
         <v>278</v>
       </c>
       <c r="G55" s="18">
         <v>629</v>
       </c>
       <c r="H55" s="13">
         <v>350</v>
       </c>
       <c r="I55" s="14">
@@ -7628,188 +7646,188 @@
       <c r="AB55" s="18">
         <v>599</v>
       </c>
       <c r="AC55" s="13">
         <v>333</v>
       </c>
       <c r="AD55" s="14">
         <v>318</v>
       </c>
       <c r="AE55" s="18">
         <v>651</v>
       </c>
       <c r="AF55" s="13">
         <f t="shared" si="15"/>
         <v>3308</v>
       </c>
       <c r="AG55" s="14">
         <f t="shared" si="13"/>
         <v>3057</v>
       </c>
       <c r="AH55" s="18">
         <f t="shared" si="14"/>
         <v>6365</v>
       </c>
     </row>
-    <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="100" t="s">
+    <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="98" t="s">
+      <c r="B57" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C57" s="98"/>
-[...34 lines deleted...]
-      <c r="B58" s="99" t="s">
+      <c r="C57" s="91"/>
+      <c r="D57" s="91"/>
+      <c r="E57" s="91"/>
+      <c r="F57" s="91"/>
+      <c r="G57" s="91"/>
+      <c r="H57" s="91"/>
+      <c r="I57" s="91"/>
+      <c r="J57" s="91"/>
+      <c r="K57" s="91"/>
+      <c r="L57" s="91"/>
+      <c r="M57" s="91"/>
+      <c r="N57" s="91"/>
+      <c r="O57" s="91"/>
+      <c r="P57" s="91"/>
+      <c r="Q57" s="91"/>
+      <c r="R57" s="91"/>
+      <c r="S57" s="91"/>
+      <c r="T57" s="91"/>
+      <c r="U57" s="91"/>
+      <c r="V57" s="91"/>
+      <c r="W57" s="91"/>
+      <c r="X57" s="91"/>
+      <c r="Y57" s="91"/>
+      <c r="Z57" s="91"/>
+      <c r="AA57" s="91"/>
+      <c r="AB57" s="91"/>
+      <c r="AC57" s="91"/>
+      <c r="AD57" s="91"/>
+      <c r="AE57" s="91"/>
+      <c r="AF57" s="91"/>
+      <c r="AG57" s="91"/>
+      <c r="AH57" s="91"/>
+    </row>
+    <row r="58" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A58" s="90"/>
+      <c r="B58" s="92" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="99"/>
-[...34 lines deleted...]
-      <c r="B59" s="87" t="s">
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="92"/>
+      <c r="L58" s="92"/>
+      <c r="M58" s="92"/>
+      <c r="N58" s="92"/>
+      <c r="O58" s="92"/>
+      <c r="P58" s="92"/>
+      <c r="Q58" s="92"/>
+      <c r="R58" s="92"/>
+      <c r="S58" s="92"/>
+      <c r="T58" s="92"/>
+      <c r="U58" s="92"/>
+      <c r="V58" s="92"/>
+      <c r="W58" s="92"/>
+      <c r="X58" s="92"/>
+      <c r="Y58" s="92"/>
+      <c r="Z58" s="92"/>
+      <c r="AA58" s="92"/>
+      <c r="AB58" s="92"/>
+      <c r="AC58" s="92"/>
+      <c r="AD58" s="92"/>
+      <c r="AE58" s="92"/>
+      <c r="AF58" s="92"/>
+      <c r="AG58" s="92"/>
+      <c r="AH58" s="92"/>
+    </row>
+    <row r="59" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="90"/>
+      <c r="B59" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C59" s="91"/>
-[...1 lines deleted...]
-      <c r="E59" s="87" t="s">
+      <c r="C59" s="82"/>
+      <c r="D59" s="89"/>
+      <c r="E59" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F59" s="91"/>
-[...1 lines deleted...]
-      <c r="H59" s="87" t="s">
+      <c r="F59" s="82"/>
+      <c r="G59" s="83"/>
+      <c r="H59" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I59" s="91"/>
-[...1 lines deleted...]
-      <c r="K59" s="87" t="s">
+      <c r="I59" s="82"/>
+      <c r="J59" s="83"/>
+      <c r="K59" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L59" s="91"/>
-[...1 lines deleted...]
-      <c r="N59" s="87" t="s">
+      <c r="L59" s="82"/>
+      <c r="M59" s="83"/>
+      <c r="N59" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O59" s="91"/>
-[...1 lines deleted...]
-      <c r="Q59" s="87" t="s">
+      <c r="O59" s="82"/>
+      <c r="P59" s="83"/>
+      <c r="Q59" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R59" s="91"/>
-[...1 lines deleted...]
-      <c r="T59" s="87" t="s">
+      <c r="R59" s="82"/>
+      <c r="S59" s="83"/>
+      <c r="T59" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U59" s="91"/>
-[...1 lines deleted...]
-      <c r="W59" s="87" t="s">
+      <c r="U59" s="82"/>
+      <c r="V59" s="83"/>
+      <c r="W59" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X59" s="91"/>
-[...1 lines deleted...]
-      <c r="Z59" s="87" t="s">
+      <c r="X59" s="82"/>
+      <c r="Y59" s="83"/>
+      <c r="Z59" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA59" s="91"/>
-[...1 lines deleted...]
-      <c r="AC59" s="87" t="s">
+      <c r="AA59" s="82"/>
+      <c r="AB59" s="83"/>
+      <c r="AC59" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD59" s="91"/>
-[...8 lines deleted...]
-      <c r="A60" s="100"/>
+      <c r="AD59" s="82"/>
+      <c r="AE59" s="83"/>
+      <c r="AF59" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG59" s="82"/>
+      <c r="AH59" s="83"/>
+    </row>
+    <row r="60" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A60" s="90"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
@@ -7866,51 +7884,51 @@
       <c r="AA60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>27</v>
       </c>
       <c r="C61" s="1">
         <v>27</v>
       </c>
       <c r="D61" s="16">
         <v>54</v>
       </c>
       <c r="E61" s="10">
         <v>205</v>
       </c>
       <c r="F61" s="1">
         <v>159</v>
       </c>
       <c r="G61" s="15">
         <v>364</v>
       </c>
       <c r="H61" s="10">
         <v>228</v>
       </c>
       <c r="I61" s="1">
@@ -7973,51 +7991,51 @@
       <c r="AB61" s="15">
         <v>299</v>
       </c>
       <c r="AC61" s="10">
         <v>201</v>
       </c>
       <c r="AD61" s="1">
         <v>91</v>
       </c>
       <c r="AE61" s="15">
         <v>292</v>
       </c>
       <c r="AF61" s="10">
         <f>B61+E61+H61+K61+N61+Q61+T61+W61+Z61+AC61</f>
         <v>2127</v>
       </c>
       <c r="AG61" s="1">
         <f t="shared" ref="AG61:AG66" si="16">SUM(C61,F61,I61,L61,O61,R61,U61,X61,AA61,AD61)</f>
         <v>1339</v>
       </c>
       <c r="AH61" s="15">
         <f t="shared" ref="AH61:AH66" si="17">SUM(D61,G61,J61,M61,P61,S61,V61,Y61,AB61,AE61)</f>
         <v>3466</v>
       </c>
     </row>
-    <row r="62" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>16</v>
       </c>
       <c r="C62" s="1">
         <v>11</v>
       </c>
       <c r="D62" s="16">
         <v>27</v>
       </c>
       <c r="E62" s="10">
         <v>54</v>
       </c>
       <c r="F62" s="1">
         <v>43</v>
       </c>
       <c r="G62" s="15">
         <v>97</v>
       </c>
       <c r="H62" s="10">
         <v>76</v>
       </c>
       <c r="I62" s="1">
@@ -8080,51 +8098,51 @@
       <c r="AB62" s="15">
         <v>105</v>
       </c>
       <c r="AC62" s="10">
         <v>78</v>
       </c>
       <c r="AD62" s="1">
         <v>63</v>
       </c>
       <c r="AE62" s="15">
         <v>141</v>
       </c>
       <c r="AF62" s="10">
         <f t="shared" ref="AF62:AF66" si="18">B62+E62+H62+K62+N62+Q62+T62+W62+Z62+AC62</f>
         <v>674</v>
       </c>
       <c r="AG62" s="1">
         <f t="shared" si="16"/>
         <v>481</v>
       </c>
       <c r="AH62" s="15">
         <f t="shared" si="17"/>
         <v>1155</v>
       </c>
     </row>
-    <row r="63" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>12</v>
       </c>
       <c r="C63" s="1">
         <v>16</v>
       </c>
       <c r="D63" s="16">
         <v>28</v>
       </c>
       <c r="E63" s="10">
         <v>54</v>
       </c>
       <c r="F63" s="1">
         <v>48</v>
       </c>
       <c r="G63" s="15">
         <v>102</v>
       </c>
       <c r="H63" s="10">
         <v>46</v>
       </c>
       <c r="I63" s="1">
@@ -8187,51 +8205,51 @@
       <c r="AB63" s="15">
         <v>114</v>
       </c>
       <c r="AC63" s="10">
         <v>70</v>
       </c>
       <c r="AD63" s="1">
         <v>56</v>
       </c>
       <c r="AE63" s="15">
         <v>126</v>
       </c>
       <c r="AF63" s="10">
         <f t="shared" si="18"/>
         <v>501</v>
       </c>
       <c r="AG63" s="1">
         <f t="shared" si="16"/>
         <v>427</v>
       </c>
       <c r="AH63" s="15">
         <f t="shared" si="17"/>
         <v>928</v>
       </c>
     </row>
-    <row r="64" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>5</v>
       </c>
       <c r="C64" s="1">
         <v>5</v>
       </c>
       <c r="D64" s="16">
         <v>10</v>
       </c>
       <c r="E64" s="10">
         <v>47</v>
       </c>
       <c r="F64" s="1">
         <v>45</v>
       </c>
       <c r="G64" s="15">
         <v>92</v>
       </c>
       <c r="H64" s="10">
         <v>54</v>
       </c>
       <c r="I64" s="1">
@@ -8294,51 +8312,51 @@
       <c r="AB64" s="15">
         <v>116</v>
       </c>
       <c r="AC64" s="10">
         <v>67</v>
       </c>
       <c r="AD64" s="1">
         <v>51</v>
       </c>
       <c r="AE64" s="15">
         <v>118</v>
       </c>
       <c r="AF64" s="10">
         <f t="shared" si="18"/>
         <v>601</v>
       </c>
       <c r="AG64" s="1">
         <f t="shared" si="16"/>
         <v>428</v>
       </c>
       <c r="AH64" s="15">
         <f t="shared" si="17"/>
         <v>1029</v>
       </c>
     </row>
-    <row r="65" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="10">
         <v>9</v>
       </c>
       <c r="C65" s="1">
         <v>5</v>
       </c>
       <c r="D65" s="16">
         <v>14</v>
       </c>
       <c r="E65" s="10">
         <v>51</v>
       </c>
       <c r="F65" s="1">
         <v>39</v>
       </c>
       <c r="G65" s="15">
         <v>90</v>
       </c>
       <c r="H65" s="10">
         <v>56</v>
       </c>
       <c r="I65" s="1">
@@ -8401,51 +8419,51 @@
       <c r="AB65" s="15">
         <v>101</v>
       </c>
       <c r="AC65" s="10">
         <v>63</v>
       </c>
       <c r="AD65" s="1">
         <v>45</v>
       </c>
       <c r="AE65" s="15">
         <v>108</v>
       </c>
       <c r="AF65" s="32">
         <f t="shared" si="18"/>
         <v>572</v>
       </c>
       <c r="AG65" s="33">
         <f t="shared" si="16"/>
         <v>415</v>
       </c>
       <c r="AH65" s="34">
         <f t="shared" si="17"/>
         <v>987</v>
       </c>
     </row>
-    <row r="66" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>69</v>
       </c>
       <c r="C66" s="14">
         <v>64</v>
       </c>
       <c r="D66" s="17">
         <v>133</v>
       </c>
       <c r="E66" s="13">
         <v>411</v>
       </c>
       <c r="F66" s="14">
         <v>334</v>
       </c>
       <c r="G66" s="18">
         <v>745</v>
       </c>
       <c r="H66" s="13">
         <v>460</v>
       </c>
       <c r="I66" s="14">
@@ -8508,224 +8526,224 @@
       <c r="AB66" s="18">
         <v>735</v>
       </c>
       <c r="AC66" s="13">
         <v>479</v>
       </c>
       <c r="AD66" s="14">
         <v>306</v>
       </c>
       <c r="AE66" s="18">
         <v>785</v>
       </c>
       <c r="AF66" s="13">
         <f t="shared" si="18"/>
         <v>4475</v>
       </c>
       <c r="AG66" s="14">
         <f t="shared" si="16"/>
         <v>3090</v>
       </c>
       <c r="AH66" s="18">
         <f t="shared" si="17"/>
         <v>7565</v>
       </c>
     </row>
-    <row r="67" spans="1:34" s="37" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:34" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A67" s="38"/>
       <c r="B67" s="28"/>
       <c r="C67" s="28"/>
       <c r="D67" s="28"/>
       <c r="E67" s="28"/>
       <c r="F67" s="28"/>
       <c r="G67" s="28"/>
       <c r="H67" s="28"/>
       <c r="I67" s="28"/>
       <c r="J67" s="28"/>
       <c r="K67" s="28"/>
       <c r="L67" s="28"/>
       <c r="M67" s="28"/>
       <c r="N67" s="28"/>
       <c r="O67" s="28"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="28"/>
       <c r="R67" s="28"/>
       <c r="S67" s="28"/>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28"/>
       <c r="X67" s="28"/>
       <c r="Y67" s="28"/>
       <c r="Z67" s="28"/>
       <c r="AA67" s="28"/>
       <c r="AB67" s="28"/>
       <c r="AC67" s="28"/>
       <c r="AD67" s="28"/>
       <c r="AE67" s="28"/>
       <c r="AF67" s="28"/>
       <c r="AG67" s="28"/>
       <c r="AH67" s="28"/>
     </row>
-    <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="100" t="s">
+    <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B68" s="98" t="s">
+      <c r="B68" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C68" s="98"/>
-[...34 lines deleted...]
-      <c r="B69" s="99" t="s">
+      <c r="C68" s="91"/>
+      <c r="D68" s="91"/>
+      <c r="E68" s="91"/>
+      <c r="F68" s="91"/>
+      <c r="G68" s="91"/>
+      <c r="H68" s="91"/>
+      <c r="I68" s="91"/>
+      <c r="J68" s="91"/>
+      <c r="K68" s="91"/>
+      <c r="L68" s="91"/>
+      <c r="M68" s="91"/>
+      <c r="N68" s="91"/>
+      <c r="O68" s="91"/>
+      <c r="P68" s="91"/>
+      <c r="Q68" s="91"/>
+      <c r="R68" s="91"/>
+      <c r="S68" s="91"/>
+      <c r="T68" s="91"/>
+      <c r="U68" s="91"/>
+      <c r="V68" s="91"/>
+      <c r="W68" s="91"/>
+      <c r="X68" s="91"/>
+      <c r="Y68" s="91"/>
+      <c r="Z68" s="91"/>
+      <c r="AA68" s="91"/>
+      <c r="AB68" s="91"/>
+      <c r="AC68" s="91"/>
+      <c r="AD68" s="91"/>
+      <c r="AE68" s="91"/>
+      <c r="AF68" s="91"/>
+      <c r="AG68" s="91"/>
+      <c r="AH68" s="91"/>
+    </row>
+    <row r="69" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A69" s="90"/>
+      <c r="B69" s="92" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="99"/>
-[...34 lines deleted...]
-      <c r="B70" s="87" t="s">
+      <c r="C69" s="92"/>
+      <c r="D69" s="92"/>
+      <c r="E69" s="92"/>
+      <c r="F69" s="92"/>
+      <c r="G69" s="92"/>
+      <c r="H69" s="92"/>
+      <c r="I69" s="92"/>
+      <c r="J69" s="92"/>
+      <c r="K69" s="92"/>
+      <c r="L69" s="92"/>
+      <c r="M69" s="92"/>
+      <c r="N69" s="92"/>
+      <c r="O69" s="92"/>
+      <c r="P69" s="92"/>
+      <c r="Q69" s="92"/>
+      <c r="R69" s="92"/>
+      <c r="S69" s="92"/>
+      <c r="T69" s="92"/>
+      <c r="U69" s="92"/>
+      <c r="V69" s="92"/>
+      <c r="W69" s="92"/>
+      <c r="X69" s="92"/>
+      <c r="Y69" s="92"/>
+      <c r="Z69" s="92"/>
+      <c r="AA69" s="92"/>
+      <c r="AB69" s="92"/>
+      <c r="AC69" s="92"/>
+      <c r="AD69" s="92"/>
+      <c r="AE69" s="92"/>
+      <c r="AF69" s="92"/>
+      <c r="AG69" s="92"/>
+      <c r="AH69" s="92"/>
+    </row>
+    <row r="70" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="90"/>
+      <c r="B70" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C70" s="91"/>
-[...1 lines deleted...]
-      <c r="E70" s="87" t="s">
+      <c r="C70" s="82"/>
+      <c r="D70" s="89"/>
+      <c r="E70" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F70" s="91"/>
-[...1 lines deleted...]
-      <c r="H70" s="87" t="s">
+      <c r="F70" s="82"/>
+      <c r="G70" s="83"/>
+      <c r="H70" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I70" s="91"/>
-[...1 lines deleted...]
-      <c r="K70" s="87" t="s">
+      <c r="I70" s="82"/>
+      <c r="J70" s="83"/>
+      <c r="K70" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L70" s="91"/>
-[...1 lines deleted...]
-      <c r="N70" s="87" t="s">
+      <c r="L70" s="82"/>
+      <c r="M70" s="83"/>
+      <c r="N70" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O70" s="91"/>
-[...1 lines deleted...]
-      <c r="Q70" s="87" t="s">
+      <c r="O70" s="82"/>
+      <c r="P70" s="83"/>
+      <c r="Q70" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R70" s="91"/>
-[...1 lines deleted...]
-      <c r="T70" s="87" t="s">
+      <c r="R70" s="82"/>
+      <c r="S70" s="83"/>
+      <c r="T70" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U70" s="91"/>
-[...1 lines deleted...]
-      <c r="W70" s="87" t="s">
+      <c r="U70" s="82"/>
+      <c r="V70" s="83"/>
+      <c r="W70" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X70" s="91"/>
-[...1 lines deleted...]
-      <c r="Z70" s="87" t="s">
+      <c r="X70" s="82"/>
+      <c r="Y70" s="83"/>
+      <c r="Z70" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA70" s="91"/>
-[...1 lines deleted...]
-      <c r="AC70" s="87" t="s">
+      <c r="AA70" s="82"/>
+      <c r="AB70" s="83"/>
+      <c r="AC70" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD70" s="91"/>
-[...8 lines deleted...]
-      <c r="A71" s="100"/>
+      <c r="AD70" s="82"/>
+      <c r="AE70" s="83"/>
+      <c r="AF70" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG70" s="82"/>
+      <c r="AH70" s="83"/>
+    </row>
+    <row r="71" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A71" s="90"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
@@ -8782,51 +8800,51 @@
       <c r="AA71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>50</v>
       </c>
       <c r="C72" s="1">
         <v>67</v>
       </c>
       <c r="D72" s="16">
         <v>117</v>
       </c>
       <c r="E72" s="10">
         <v>270</v>
       </c>
       <c r="F72" s="1">
         <v>209</v>
       </c>
       <c r="G72" s="15">
         <v>479</v>
       </c>
       <c r="H72" s="10">
         <v>241</v>
       </c>
       <c r="I72" s="1">
@@ -8889,51 +8907,51 @@
       <c r="AB72" s="15">
         <v>262</v>
       </c>
       <c r="AC72" s="10">
         <v>183</v>
       </c>
       <c r="AD72" s="1">
         <v>127</v>
       </c>
       <c r="AE72" s="15">
         <v>310</v>
       </c>
       <c r="AF72" s="10">
         <f>B72+E72+H72+K72+N72+Q72+T72+W72+Z72+AC72</f>
         <v>2010</v>
       </c>
       <c r="AG72" s="1">
         <f t="shared" ref="AG72:AG77" si="19">SUM(C72,F72,I72,L72,O72,R72,U72,X72,AA72,AD72)</f>
         <v>1624</v>
       </c>
       <c r="AH72" s="15">
         <f t="shared" ref="AH72:AH77" si="20">SUM(D72,G72,J72,M72,P72,S72,V72,Y72,AB72,AE72)</f>
         <v>3634</v>
       </c>
     </row>
-    <row r="73" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>17</v>
       </c>
       <c r="C73" s="1">
         <v>22</v>
       </c>
       <c r="D73" s="16">
         <v>39</v>
       </c>
       <c r="E73" s="10">
         <v>70</v>
       </c>
       <c r="F73" s="1">
         <v>59</v>
       </c>
       <c r="G73" s="15">
         <v>129</v>
       </c>
       <c r="H73" s="10">
         <v>50</v>
       </c>
       <c r="I73" s="1">
@@ -8996,51 +9014,51 @@
       <c r="AB73" s="15">
         <v>96</v>
       </c>
       <c r="AC73" s="10">
         <v>67</v>
       </c>
       <c r="AD73" s="1">
         <v>57</v>
       </c>
       <c r="AE73" s="15">
         <v>124</v>
       </c>
       <c r="AF73" s="10">
         <f t="shared" ref="AF73:AF77" si="21">B73+E73+H73+K73+N73+Q73+T73+W73+Z73+AC73</f>
         <v>577</v>
       </c>
       <c r="AG73" s="1">
         <f t="shared" si="19"/>
         <v>536</v>
       </c>
       <c r="AH73" s="15">
         <f t="shared" si="20"/>
         <v>1113</v>
       </c>
     </row>
-    <row r="74" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>24</v>
       </c>
       <c r="C74" s="1">
         <v>33</v>
       </c>
       <c r="D74" s="16">
         <v>57</v>
       </c>
       <c r="E74" s="10">
         <v>54</v>
       </c>
       <c r="F74" s="1">
         <v>58</v>
       </c>
       <c r="G74" s="15">
         <v>112</v>
       </c>
       <c r="H74" s="10">
         <v>44</v>
       </c>
       <c r="I74" s="1">
@@ -9103,51 +9121,51 @@
       <c r="AB74" s="15">
         <v>118</v>
       </c>
       <c r="AC74" s="10">
         <v>55</v>
       </c>
       <c r="AD74" s="1">
         <v>58</v>
       </c>
       <c r="AE74" s="15">
         <v>113</v>
       </c>
       <c r="AF74" s="10">
         <f t="shared" si="21"/>
         <v>481</v>
       </c>
       <c r="AG74" s="1">
         <f t="shared" si="19"/>
         <v>552</v>
       </c>
       <c r="AH74" s="15">
         <f t="shared" si="20"/>
         <v>1033</v>
       </c>
     </row>
-    <row r="75" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>9</v>
       </c>
       <c r="C75" s="1">
         <v>10</v>
       </c>
       <c r="D75" s="16">
         <v>19</v>
       </c>
       <c r="E75" s="10">
         <v>43</v>
       </c>
       <c r="F75" s="1">
         <v>41</v>
       </c>
       <c r="G75" s="15">
         <v>84</v>
       </c>
       <c r="H75" s="10">
         <v>45</v>
       </c>
       <c r="I75" s="1">
@@ -9210,51 +9228,51 @@
       <c r="AB75" s="15">
         <v>109</v>
       </c>
       <c r="AC75" s="10">
         <v>69</v>
       </c>
       <c r="AD75" s="1">
         <v>50</v>
       </c>
       <c r="AE75" s="15">
         <v>119</v>
       </c>
       <c r="AF75" s="10">
         <f t="shared" si="21"/>
         <v>557</v>
       </c>
       <c r="AG75" s="1">
         <f t="shared" si="19"/>
         <v>446</v>
       </c>
       <c r="AH75" s="15">
         <f t="shared" si="20"/>
         <v>1003</v>
       </c>
     </row>
-    <row r="76" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="10">
         <v>12</v>
       </c>
       <c r="C76" s="1">
         <v>5</v>
       </c>
       <c r="D76" s="16">
         <v>17</v>
       </c>
       <c r="E76" s="10">
         <v>46</v>
       </c>
       <c r="F76" s="1">
         <v>36</v>
       </c>
       <c r="G76" s="15">
         <v>82</v>
       </c>
       <c r="H76" s="10">
         <v>45</v>
       </c>
       <c r="I76" s="1">
@@ -9317,51 +9335,51 @@
       <c r="AB76" s="15">
         <v>92</v>
       </c>
       <c r="AC76" s="10">
         <v>50</v>
       </c>
       <c r="AD76" s="1">
         <v>45</v>
       </c>
       <c r="AE76" s="15">
         <v>95</v>
       </c>
       <c r="AF76" s="32">
         <f t="shared" si="21"/>
         <v>498</v>
       </c>
       <c r="AG76" s="33">
         <f t="shared" si="19"/>
         <v>428</v>
       </c>
       <c r="AH76" s="34">
         <f t="shared" si="20"/>
         <v>926</v>
       </c>
     </row>
-    <row r="77" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>112</v>
       </c>
       <c r="C77" s="14">
         <v>137</v>
       </c>
       <c r="D77" s="17">
         <v>249</v>
       </c>
       <c r="E77" s="13">
         <v>483</v>
       </c>
       <c r="F77" s="14">
         <v>403</v>
       </c>
       <c r="G77" s="18">
         <v>886</v>
       </c>
       <c r="H77" s="13">
         <v>425</v>
       </c>
       <c r="I77" s="14">
@@ -9424,188 +9442,188 @@
       <c r="AB77" s="18">
         <v>677</v>
       </c>
       <c r="AC77" s="13">
         <v>424</v>
       </c>
       <c r="AD77" s="14">
         <v>337</v>
       </c>
       <c r="AE77" s="18">
         <v>761</v>
       </c>
       <c r="AF77" s="13">
         <f t="shared" si="21"/>
         <v>4123</v>
       </c>
       <c r="AG77" s="14">
         <f t="shared" si="19"/>
         <v>3586</v>
       </c>
       <c r="AH77" s="18">
         <f t="shared" si="20"/>
         <v>7709</v>
       </c>
     </row>
-    <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="100" t="s">
+    <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="98" t="s">
+      <c r="B79" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C79" s="98"/>
-[...34 lines deleted...]
-      <c r="B80" s="99" t="s">
+      <c r="C79" s="91"/>
+      <c r="D79" s="91"/>
+      <c r="E79" s="91"/>
+      <c r="F79" s="91"/>
+      <c r="G79" s="91"/>
+      <c r="H79" s="91"/>
+      <c r="I79" s="91"/>
+      <c r="J79" s="91"/>
+      <c r="K79" s="91"/>
+      <c r="L79" s="91"/>
+      <c r="M79" s="91"/>
+      <c r="N79" s="91"/>
+      <c r="O79" s="91"/>
+      <c r="P79" s="91"/>
+      <c r="Q79" s="91"/>
+      <c r="R79" s="91"/>
+      <c r="S79" s="91"/>
+      <c r="T79" s="91"/>
+      <c r="U79" s="91"/>
+      <c r="V79" s="91"/>
+      <c r="W79" s="91"/>
+      <c r="X79" s="91"/>
+      <c r="Y79" s="91"/>
+      <c r="Z79" s="91"/>
+      <c r="AA79" s="91"/>
+      <c r="AB79" s="91"/>
+      <c r="AC79" s="91"/>
+      <c r="AD79" s="91"/>
+      <c r="AE79" s="91"/>
+      <c r="AF79" s="91"/>
+      <c r="AG79" s="91"/>
+      <c r="AH79" s="91"/>
+    </row>
+    <row r="80" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A80" s="90"/>
+      <c r="B80" s="92" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="99"/>
-[...34 lines deleted...]
-      <c r="B81" s="87" t="s">
+      <c r="C80" s="92"/>
+      <c r="D80" s="92"/>
+      <c r="E80" s="92"/>
+      <c r="F80" s="92"/>
+      <c r="G80" s="92"/>
+      <c r="H80" s="92"/>
+      <c r="I80" s="92"/>
+      <c r="J80" s="92"/>
+      <c r="K80" s="92"/>
+      <c r="L80" s="92"/>
+      <c r="M80" s="92"/>
+      <c r="N80" s="92"/>
+      <c r="O80" s="92"/>
+      <c r="P80" s="92"/>
+      <c r="Q80" s="92"/>
+      <c r="R80" s="92"/>
+      <c r="S80" s="92"/>
+      <c r="T80" s="92"/>
+      <c r="U80" s="92"/>
+      <c r="V80" s="92"/>
+      <c r="W80" s="92"/>
+      <c r="X80" s="92"/>
+      <c r="Y80" s="92"/>
+      <c r="Z80" s="92"/>
+      <c r="AA80" s="92"/>
+      <c r="AB80" s="92"/>
+      <c r="AC80" s="92"/>
+      <c r="AD80" s="92"/>
+      <c r="AE80" s="92"/>
+      <c r="AF80" s="92"/>
+      <c r="AG80" s="92"/>
+      <c r="AH80" s="92"/>
+    </row>
+    <row r="81" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="90"/>
+      <c r="B81" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C81" s="91"/>
-[...1 lines deleted...]
-      <c r="E81" s="87" t="s">
+      <c r="C81" s="82"/>
+      <c r="D81" s="89"/>
+      <c r="E81" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F81" s="91"/>
-[...1 lines deleted...]
-      <c r="H81" s="87" t="s">
+      <c r="F81" s="82"/>
+      <c r="G81" s="83"/>
+      <c r="H81" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I81" s="91"/>
-[...1 lines deleted...]
-      <c r="K81" s="87" t="s">
+      <c r="I81" s="82"/>
+      <c r="J81" s="83"/>
+      <c r="K81" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L81" s="91"/>
-[...1 lines deleted...]
-      <c r="N81" s="87" t="s">
+      <c r="L81" s="82"/>
+      <c r="M81" s="83"/>
+      <c r="N81" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O81" s="91"/>
-[...1 lines deleted...]
-      <c r="Q81" s="87" t="s">
+      <c r="O81" s="82"/>
+      <c r="P81" s="83"/>
+      <c r="Q81" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R81" s="91"/>
-[...1 lines deleted...]
-      <c r="T81" s="87" t="s">
+      <c r="R81" s="82"/>
+      <c r="S81" s="83"/>
+      <c r="T81" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U81" s="91"/>
-[...1 lines deleted...]
-      <c r="W81" s="87" t="s">
+      <c r="U81" s="82"/>
+      <c r="V81" s="83"/>
+      <c r="W81" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X81" s="91"/>
-[...1 lines deleted...]
-      <c r="Z81" s="87" t="s">
+      <c r="X81" s="82"/>
+      <c r="Y81" s="83"/>
+      <c r="Z81" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA81" s="91"/>
-[...1 lines deleted...]
-      <c r="AC81" s="87" t="s">
+      <c r="AA81" s="82"/>
+      <c r="AB81" s="83"/>
+      <c r="AC81" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD81" s="91"/>
-[...8 lines deleted...]
-      <c r="A82" s="100"/>
+      <c r="AD81" s="82"/>
+      <c r="AE81" s="83"/>
+      <c r="AF81" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG81" s="82"/>
+      <c r="AH81" s="83"/>
+    </row>
+    <row r="82" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A82" s="90"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
@@ -9662,51 +9680,51 @@
       <c r="AA82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>40</v>
       </c>
       <c r="C83" s="1">
         <v>45</v>
       </c>
       <c r="D83" s="16">
         <v>85</v>
       </c>
       <c r="E83" s="10">
         <v>217</v>
       </c>
       <c r="F83" s="1">
         <v>176</v>
       </c>
       <c r="G83" s="15">
         <v>393</v>
       </c>
       <c r="H83" s="10">
         <v>181</v>
       </c>
       <c r="I83" s="1">
@@ -9769,51 +9787,51 @@
       <c r="AB83" s="15">
         <v>207</v>
       </c>
       <c r="AC83" s="10">
         <v>125</v>
       </c>
       <c r="AD83" s="1">
         <v>109</v>
       </c>
       <c r="AE83" s="15">
         <v>234</v>
       </c>
       <c r="AF83" s="10">
         <f>B83+E83+H83+K83+N83+Q83+T83+W83+Z83+AC83</f>
         <v>1619</v>
       </c>
       <c r="AG83" s="1">
         <f t="shared" ref="AG83:AG88" si="22">SUM(C83,F83,I83,L83,O83,R83,U83,X83,AA83,AD83)</f>
         <v>1374</v>
       </c>
       <c r="AH83" s="15">
         <f t="shared" ref="AH83:AH88" si="23">SUM(D83,G83,J83,M83,P83,S83,V83,Y83,AB83,AE83)</f>
         <v>2993</v>
       </c>
     </row>
-    <row r="84" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>9</v>
       </c>
       <c r="C84" s="1">
         <v>19</v>
       </c>
       <c r="D84" s="16">
         <v>28</v>
       </c>
       <c r="E84" s="10">
         <v>46</v>
       </c>
       <c r="F84" s="1">
         <v>47</v>
       </c>
       <c r="G84" s="15">
         <v>93</v>
       </c>
       <c r="H84" s="10">
         <v>55</v>
       </c>
       <c r="I84" s="1">
@@ -9876,51 +9894,51 @@
       <c r="AB84" s="15">
         <v>73</v>
       </c>
       <c r="AC84" s="10">
         <v>50</v>
       </c>
       <c r="AD84" s="1">
         <v>43</v>
       </c>
       <c r="AE84" s="15">
         <v>93</v>
       </c>
       <c r="AF84" s="10">
         <f t="shared" ref="AF84:AF88" si="24">B84+E84+H84+K84+N84+Q84+T84+W84+Z84+AC84</f>
         <v>439</v>
       </c>
       <c r="AG84" s="1">
         <f t="shared" si="22"/>
         <v>411</v>
       </c>
       <c r="AH84" s="15">
         <f t="shared" si="23"/>
         <v>850</v>
       </c>
     </row>
-    <row r="85" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>18</v>
       </c>
       <c r="C85" s="1">
         <v>14</v>
       </c>
       <c r="D85" s="16">
         <v>32</v>
       </c>
       <c r="E85" s="10">
         <v>54</v>
       </c>
       <c r="F85" s="1">
         <v>52</v>
       </c>
       <c r="G85" s="15">
         <v>106</v>
       </c>
       <c r="H85" s="10">
         <v>54</v>
       </c>
       <c r="I85" s="1">
@@ -9983,51 +10001,51 @@
       <c r="AB85" s="15">
         <v>124</v>
       </c>
       <c r="AC85" s="10">
         <v>67</v>
       </c>
       <c r="AD85" s="1">
         <v>59</v>
       </c>
       <c r="AE85" s="15">
         <v>126</v>
       </c>
       <c r="AF85" s="10">
         <f t="shared" si="24"/>
         <v>467</v>
       </c>
       <c r="AG85" s="1">
         <f t="shared" si="22"/>
         <v>460</v>
       </c>
       <c r="AH85" s="15">
         <f t="shared" si="23"/>
         <v>927</v>
       </c>
     </row>
-    <row r="86" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>6</v>
       </c>
       <c r="C86" s="1">
         <v>8</v>
       </c>
       <c r="D86" s="16">
         <v>14</v>
       </c>
       <c r="E86" s="10">
         <v>40</v>
       </c>
       <c r="F86" s="1">
         <v>49</v>
       </c>
       <c r="G86" s="15">
         <v>89</v>
       </c>
       <c r="H86" s="10">
         <v>41</v>
       </c>
       <c r="I86" s="1">
@@ -10090,51 +10108,51 @@
       <c r="AB86" s="15">
         <v>82</v>
       </c>
       <c r="AC86" s="10">
         <v>49</v>
       </c>
       <c r="AD86" s="1">
         <v>35</v>
       </c>
       <c r="AE86" s="15">
         <v>84</v>
       </c>
       <c r="AF86" s="10">
         <f t="shared" si="24"/>
         <v>412</v>
       </c>
       <c r="AG86" s="1">
         <f t="shared" si="22"/>
         <v>405</v>
       </c>
       <c r="AH86" s="15">
         <f t="shared" si="23"/>
         <v>817</v>
       </c>
     </row>
-    <row r="87" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="10">
         <v>9</v>
       </c>
       <c r="C87" s="1">
         <v>6</v>
       </c>
       <c r="D87" s="16">
         <v>15</v>
       </c>
       <c r="E87" s="10">
         <v>53</v>
       </c>
       <c r="F87" s="1">
         <v>39</v>
       </c>
       <c r="G87" s="15">
         <v>92</v>
       </c>
       <c r="H87" s="10">
         <v>35</v>
       </c>
       <c r="I87" s="1">
@@ -10197,51 +10215,51 @@
       <c r="AB87" s="15">
         <v>94</v>
       </c>
       <c r="AC87" s="10">
         <v>42</v>
       </c>
       <c r="AD87" s="1">
         <v>38</v>
       </c>
       <c r="AE87" s="15">
         <v>80</v>
       </c>
       <c r="AF87" s="32">
         <f t="shared" si="24"/>
         <v>433</v>
       </c>
       <c r="AG87" s="33">
         <f t="shared" si="22"/>
         <v>370</v>
       </c>
       <c r="AH87" s="34">
         <f t="shared" si="23"/>
         <v>803</v>
       </c>
     </row>
-    <row r="88" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>82</v>
       </c>
       <c r="C88" s="14">
         <v>92</v>
       </c>
       <c r="D88" s="17">
         <v>174</v>
       </c>
       <c r="E88" s="13">
         <v>410</v>
       </c>
       <c r="F88" s="14">
         <v>363</v>
       </c>
       <c r="G88" s="18">
         <v>773</v>
       </c>
       <c r="H88" s="13">
         <v>366</v>
       </c>
       <c r="I88" s="14">
@@ -10304,188 +10322,188 @@
       <c r="AB88" s="18">
         <v>580</v>
       </c>
       <c r="AC88" s="13">
         <v>333</v>
       </c>
       <c r="AD88" s="14">
         <v>284</v>
       </c>
       <c r="AE88" s="18">
         <v>617</v>
       </c>
       <c r="AF88" s="13">
         <f t="shared" si="24"/>
         <v>3370</v>
       </c>
       <c r="AG88" s="14">
         <f t="shared" si="22"/>
         <v>3020</v>
       </c>
       <c r="AH88" s="18">
         <f t="shared" si="23"/>
         <v>6390</v>
       </c>
     </row>
-    <row r="90" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="100" t="s">
+    <row r="90" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="98" t="s">
+      <c r="B90" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C90" s="98"/>
-[...34 lines deleted...]
-      <c r="B91" s="99" t="s">
+      <c r="C90" s="91"/>
+      <c r="D90" s="91"/>
+      <c r="E90" s="91"/>
+      <c r="F90" s="91"/>
+      <c r="G90" s="91"/>
+      <c r="H90" s="91"/>
+      <c r="I90" s="91"/>
+      <c r="J90" s="91"/>
+      <c r="K90" s="91"/>
+      <c r="L90" s="91"/>
+      <c r="M90" s="91"/>
+      <c r="N90" s="91"/>
+      <c r="O90" s="91"/>
+      <c r="P90" s="91"/>
+      <c r="Q90" s="91"/>
+      <c r="R90" s="91"/>
+      <c r="S90" s="91"/>
+      <c r="T90" s="91"/>
+      <c r="U90" s="91"/>
+      <c r="V90" s="91"/>
+      <c r="W90" s="91"/>
+      <c r="X90" s="91"/>
+      <c r="Y90" s="91"/>
+      <c r="Z90" s="91"/>
+      <c r="AA90" s="91"/>
+      <c r="AB90" s="91"/>
+      <c r="AC90" s="91"/>
+      <c r="AD90" s="91"/>
+      <c r="AE90" s="91"/>
+      <c r="AF90" s="91"/>
+      <c r="AG90" s="91"/>
+      <c r="AH90" s="91"/>
+    </row>
+    <row r="91" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A91" s="90"/>
+      <c r="B91" s="92" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="99"/>
-[...34 lines deleted...]
-      <c r="B92" s="87" t="s">
+      <c r="C91" s="92"/>
+      <c r="D91" s="92"/>
+      <c r="E91" s="92"/>
+      <c r="F91" s="92"/>
+      <c r="G91" s="92"/>
+      <c r="H91" s="92"/>
+      <c r="I91" s="92"/>
+      <c r="J91" s="92"/>
+      <c r="K91" s="92"/>
+      <c r="L91" s="92"/>
+      <c r="M91" s="92"/>
+      <c r="N91" s="92"/>
+      <c r="O91" s="92"/>
+      <c r="P91" s="92"/>
+      <c r="Q91" s="92"/>
+      <c r="R91" s="92"/>
+      <c r="S91" s="92"/>
+      <c r="T91" s="92"/>
+      <c r="U91" s="92"/>
+      <c r="V91" s="92"/>
+      <c r="W91" s="92"/>
+      <c r="X91" s="92"/>
+      <c r="Y91" s="92"/>
+      <c r="Z91" s="92"/>
+      <c r="AA91" s="92"/>
+      <c r="AB91" s="92"/>
+      <c r="AC91" s="92"/>
+      <c r="AD91" s="92"/>
+      <c r="AE91" s="92"/>
+      <c r="AF91" s="92"/>
+      <c r="AG91" s="92"/>
+      <c r="AH91" s="92"/>
+    </row>
+    <row r="92" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="90"/>
+      <c r="B92" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C92" s="91"/>
-[...1 lines deleted...]
-      <c r="E92" s="87" t="s">
+      <c r="C92" s="82"/>
+      <c r="D92" s="89"/>
+      <c r="E92" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F92" s="91"/>
-[...1 lines deleted...]
-      <c r="H92" s="87" t="s">
+      <c r="F92" s="82"/>
+      <c r="G92" s="83"/>
+      <c r="H92" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I92" s="91"/>
-[...1 lines deleted...]
-      <c r="K92" s="87" t="s">
+      <c r="I92" s="82"/>
+      <c r="J92" s="83"/>
+      <c r="K92" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L92" s="91"/>
-[...1 lines deleted...]
-      <c r="N92" s="87" t="s">
+      <c r="L92" s="82"/>
+      <c r="M92" s="83"/>
+      <c r="N92" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O92" s="91"/>
-[...1 lines deleted...]
-      <c r="Q92" s="87" t="s">
+      <c r="O92" s="82"/>
+      <c r="P92" s="83"/>
+      <c r="Q92" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R92" s="91"/>
-[...1 lines deleted...]
-      <c r="T92" s="87" t="s">
+      <c r="R92" s="82"/>
+      <c r="S92" s="83"/>
+      <c r="T92" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U92" s="91"/>
-[...1 lines deleted...]
-      <c r="W92" s="87" t="s">
+      <c r="U92" s="82"/>
+      <c r="V92" s="83"/>
+      <c r="W92" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X92" s="91"/>
-[...1 lines deleted...]
-      <c r="Z92" s="87" t="s">
+      <c r="X92" s="82"/>
+      <c r="Y92" s="83"/>
+      <c r="Z92" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA92" s="91"/>
-[...1 lines deleted...]
-      <c r="AC92" s="87" t="s">
+      <c r="AA92" s="82"/>
+      <c r="AB92" s="83"/>
+      <c r="AC92" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD92" s="91"/>
-[...8 lines deleted...]
-      <c r="A93" s="100"/>
+      <c r="AD92" s="82"/>
+      <c r="AE92" s="83"/>
+      <c r="AF92" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG92" s="82"/>
+      <c r="AH92" s="83"/>
+    </row>
+    <row r="93" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A93" s="90"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
@@ -10542,51 +10560,51 @@
       <c r="AA93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="10">
         <v>55</v>
       </c>
       <c r="C94" s="1">
         <v>32</v>
       </c>
       <c r="D94" s="16">
         <v>87</v>
       </c>
       <c r="E94" s="10">
         <v>282</v>
       </c>
       <c r="F94" s="1">
         <v>220</v>
       </c>
       <c r="G94" s="15">
         <v>502</v>
       </c>
       <c r="H94" s="10">
         <v>216</v>
       </c>
       <c r="I94" s="1">
@@ -10649,51 +10667,51 @@
       <c r="AB94" s="15">
         <v>265</v>
       </c>
       <c r="AC94" s="10">
         <v>164</v>
       </c>
       <c r="AD94" s="1">
         <v>110</v>
       </c>
       <c r="AE94" s="15">
         <v>274</v>
       </c>
       <c r="AF94" s="10">
         <f>B94+E94+H94+K94+N94+Q94+T94+W94+Z94+AC94</f>
         <v>1893</v>
       </c>
       <c r="AG94" s="1">
         <f t="shared" ref="AG94:AG99" si="25">SUM(C94,F94,I94,L94,O94,R94,U94,X94,AA94,AD94)</f>
         <v>1511</v>
       </c>
       <c r="AH94" s="15">
         <f t="shared" ref="AH94:AH99" si="26">SUM(D94,G94,J94,M94,P94,S94,V94,Y94,AB94,AE94)</f>
         <v>3404</v>
       </c>
     </row>
-    <row r="95" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>25</v>
       </c>
       <c r="C95" s="1">
         <v>17</v>
       </c>
       <c r="D95" s="16">
         <v>42</v>
       </c>
       <c r="E95" s="10">
         <v>80</v>
       </c>
       <c r="F95" s="1">
         <v>50</v>
       </c>
       <c r="G95" s="15">
         <v>130</v>
       </c>
       <c r="H95" s="10">
         <v>59</v>
       </c>
       <c r="I95" s="1">
@@ -10756,51 +10774,51 @@
       <c r="AB95" s="15">
         <v>101</v>
       </c>
       <c r="AC95" s="10">
         <v>53</v>
       </c>
       <c r="AD95" s="1">
         <v>49</v>
       </c>
       <c r="AE95" s="15">
         <v>102</v>
       </c>
       <c r="AF95" s="10">
         <f t="shared" ref="AF95:AF99" si="27">B95+E95+H95+K95+N95+Q95+T95+W95+Z95+AC95</f>
         <v>566</v>
       </c>
       <c r="AG95" s="1">
         <f t="shared" si="25"/>
         <v>471</v>
       </c>
       <c r="AH95" s="15">
         <f t="shared" si="26"/>
         <v>1037</v>
       </c>
     </row>
-    <row r="96" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>20</v>
       </c>
       <c r="C96" s="1">
         <v>15</v>
       </c>
       <c r="D96" s="16">
         <v>35</v>
       </c>
       <c r="E96" s="10">
         <v>56</v>
       </c>
       <c r="F96" s="1">
         <v>40</v>
       </c>
       <c r="G96" s="15">
         <v>96</v>
       </c>
       <c r="H96" s="10">
         <v>53</v>
       </c>
       <c r="I96" s="1">
@@ -10863,159 +10881,159 @@
       <c r="AB96" s="15">
         <v>125</v>
       </c>
       <c r="AC96" s="10">
         <v>89</v>
       </c>
       <c r="AD96" s="1">
         <v>62</v>
       </c>
       <c r="AE96" s="15">
         <v>151</v>
       </c>
       <c r="AF96" s="10">
         <f t="shared" si="27"/>
         <v>588</v>
       </c>
       <c r="AG96" s="1">
         <f t="shared" si="25"/>
         <v>480</v>
       </c>
       <c r="AH96" s="15">
         <f t="shared" si="26"/>
         <v>1068</v>
       </c>
     </row>
-    <row r="97" spans="1:35" s="37" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:35" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B97" s="53">
+      <c r="B97" s="52">
         <v>17</v>
       </c>
-      <c r="C97" s="54">
-[...2 lines deleted...]
-      <c r="D97" s="58">
+      <c r="C97" s="53">
+        <v>13</v>
+      </c>
+      <c r="D97" s="57">
         <v>30</v>
       </c>
-      <c r="E97" s="53">
+      <c r="E97" s="52">
         <v>60</v>
       </c>
-      <c r="F97" s="54">
+      <c r="F97" s="53">
         <v>54</v>
       </c>
-      <c r="G97" s="55">
+      <c r="G97" s="54">
         <v>114</v>
       </c>
-      <c r="H97" s="53">
+      <c r="H97" s="52">
         <v>39</v>
       </c>
-      <c r="I97" s="54">
+      <c r="I97" s="53">
         <v>36</v>
       </c>
-      <c r="J97" s="55">
+      <c r="J97" s="54">
         <v>75</v>
       </c>
-      <c r="K97" s="53">
+      <c r="K97" s="52">
         <v>69</v>
       </c>
-      <c r="L97" s="54">
+      <c r="L97" s="53">
         <v>59</v>
       </c>
-      <c r="M97" s="55">
+      <c r="M97" s="54">
         <v>128</v>
       </c>
-      <c r="N97" s="53">
+      <c r="N97" s="52">
         <v>72</v>
       </c>
-      <c r="O97" s="54">
+      <c r="O97" s="53">
         <v>61</v>
       </c>
-      <c r="P97" s="55">
+      <c r="P97" s="54">
         <v>133</v>
       </c>
-      <c r="Q97" s="53">
+      <c r="Q97" s="52">
         <v>56</v>
       </c>
-      <c r="R97" s="54">
+      <c r="R97" s="53">
         <v>45</v>
       </c>
-      <c r="S97" s="55">
+      <c r="S97" s="54">
         <v>101</v>
       </c>
-      <c r="T97" s="53">
+      <c r="T97" s="52">
         <v>43</v>
       </c>
-      <c r="U97" s="54">
+      <c r="U97" s="53">
         <v>33</v>
       </c>
-      <c r="V97" s="55">
+      <c r="V97" s="54">
         <v>76</v>
       </c>
-      <c r="W97" s="53">
+      <c r="W97" s="52">
         <v>42</v>
       </c>
-      <c r="X97" s="54">
+      <c r="X97" s="53">
         <v>50</v>
       </c>
-      <c r="Y97" s="55">
+      <c r="Y97" s="54">
         <v>92</v>
       </c>
-      <c r="Z97" s="53">
+      <c r="Z97" s="52">
         <v>49</v>
       </c>
-      <c r="AA97" s="54">
+      <c r="AA97" s="53">
         <v>48</v>
       </c>
-      <c r="AB97" s="55">
+      <c r="AB97" s="54">
         <v>97</v>
       </c>
-      <c r="AC97" s="53">
+      <c r="AC97" s="52">
         <v>52</v>
       </c>
-      <c r="AD97" s="54">
+      <c r="AD97" s="53">
         <v>50</v>
       </c>
-      <c r="AE97" s="55">
+      <c r="AE97" s="54">
         <v>102</v>
       </c>
       <c r="AF97" s="10">
         <f t="shared" si="27"/>
         <v>499</v>
       </c>
-      <c r="AG97" s="54">
+      <c r="AG97" s="53">
         <f t="shared" si="25"/>
         <v>449</v>
       </c>
-      <c r="AH97" s="55">
+      <c r="AH97" s="54">
         <f t="shared" si="26"/>
         <v>948</v>
       </c>
       <c r="AI97"/>
     </row>
-    <row r="98" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="10">
         <v>9</v>
       </c>
       <c r="C98" s="1">
         <v>9</v>
       </c>
       <c r="D98" s="16">
         <v>18</v>
       </c>
       <c r="E98" s="10">
         <v>54</v>
       </c>
       <c r="F98" s="1">
         <v>52</v>
       </c>
       <c r="G98" s="15">
         <v>106</v>
       </c>
       <c r="H98" s="10">
         <v>48</v>
       </c>
       <c r="I98" s="1">
@@ -11078,51 +11096,51 @@
       <c r="AB98" s="15">
         <v>77</v>
       </c>
       <c r="AC98" s="10">
         <v>46</v>
       </c>
       <c r="AD98" s="1">
         <v>48</v>
       </c>
       <c r="AE98" s="15">
         <v>94</v>
       </c>
       <c r="AF98" s="32">
         <f t="shared" si="27"/>
         <v>484</v>
       </c>
       <c r="AG98" s="33">
         <f t="shared" si="25"/>
         <v>420</v>
       </c>
       <c r="AH98" s="34">
         <f t="shared" si="26"/>
         <v>904</v>
       </c>
     </row>
-    <row r="99" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>126</v>
       </c>
       <c r="C99" s="14">
         <v>86</v>
       </c>
       <c r="D99" s="17">
         <v>212</v>
       </c>
       <c r="E99" s="13">
         <v>532</v>
       </c>
       <c r="F99" s="14">
         <v>416</v>
       </c>
       <c r="G99" s="18">
         <v>948</v>
       </c>
       <c r="H99" s="13">
         <v>415</v>
       </c>
       <c r="I99" s="14">
@@ -11185,188 +11203,188 @@
       <c r="AB99" s="18">
         <v>665</v>
       </c>
       <c r="AC99" s="13">
         <v>404</v>
       </c>
       <c r="AD99" s="14">
         <v>319</v>
       </c>
       <c r="AE99" s="18">
         <v>723</v>
       </c>
       <c r="AF99" s="13">
         <f t="shared" si="27"/>
         <v>4030</v>
       </c>
       <c r="AG99" s="14">
         <f t="shared" si="25"/>
         <v>3331</v>
       </c>
       <c r="AH99" s="18">
         <f t="shared" si="26"/>
         <v>7361</v>
       </c>
     </row>
-    <row r="101" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A101" s="100" t="s">
+    <row r="101" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B101" s="98" t="s">
+      <c r="B101" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C101" s="98"/>
-[...34 lines deleted...]
-      <c r="B102" s="99" t="s">
+      <c r="C101" s="91"/>
+      <c r="D101" s="91"/>
+      <c r="E101" s="91"/>
+      <c r="F101" s="91"/>
+      <c r="G101" s="91"/>
+      <c r="H101" s="91"/>
+      <c r="I101" s="91"/>
+      <c r="J101" s="91"/>
+      <c r="K101" s="91"/>
+      <c r="L101" s="91"/>
+      <c r="M101" s="91"/>
+      <c r="N101" s="91"/>
+      <c r="O101" s="91"/>
+      <c r="P101" s="91"/>
+      <c r="Q101" s="91"/>
+      <c r="R101" s="91"/>
+      <c r="S101" s="91"/>
+      <c r="T101" s="91"/>
+      <c r="U101" s="91"/>
+      <c r="V101" s="91"/>
+      <c r="W101" s="91"/>
+      <c r="X101" s="91"/>
+      <c r="Y101" s="91"/>
+      <c r="Z101" s="91"/>
+      <c r="AA101" s="91"/>
+      <c r="AB101" s="91"/>
+      <c r="AC101" s="91"/>
+      <c r="AD101" s="91"/>
+      <c r="AE101" s="91"/>
+      <c r="AF101" s="91"/>
+      <c r="AG101" s="91"/>
+      <c r="AH101" s="91"/>
+    </row>
+    <row r="102" spans="1:35" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A102" s="90"/>
+      <c r="B102" s="92" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="99"/>
-[...34 lines deleted...]
-      <c r="B103" s="87" t="s">
+      <c r="C102" s="92"/>
+      <c r="D102" s="92"/>
+      <c r="E102" s="92"/>
+      <c r="F102" s="92"/>
+      <c r="G102" s="92"/>
+      <c r="H102" s="92"/>
+      <c r="I102" s="92"/>
+      <c r="J102" s="92"/>
+      <c r="K102" s="92"/>
+      <c r="L102" s="92"/>
+      <c r="M102" s="92"/>
+      <c r="N102" s="92"/>
+      <c r="O102" s="92"/>
+      <c r="P102" s="92"/>
+      <c r="Q102" s="92"/>
+      <c r="R102" s="92"/>
+      <c r="S102" s="92"/>
+      <c r="T102" s="92"/>
+      <c r="U102" s="92"/>
+      <c r="V102" s="92"/>
+      <c r="W102" s="92"/>
+      <c r="X102" s="92"/>
+      <c r="Y102" s="92"/>
+      <c r="Z102" s="92"/>
+      <c r="AA102" s="92"/>
+      <c r="AB102" s="92"/>
+      <c r="AC102" s="92"/>
+      <c r="AD102" s="92"/>
+      <c r="AE102" s="92"/>
+      <c r="AF102" s="92"/>
+      <c r="AG102" s="92"/>
+      <c r="AH102" s="92"/>
+    </row>
+    <row r="103" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="90"/>
+      <c r="B103" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C103" s="91"/>
-[...1 lines deleted...]
-      <c r="E103" s="87" t="s">
+      <c r="C103" s="82"/>
+      <c r="D103" s="89"/>
+      <c r="E103" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F103" s="91"/>
-[...1 lines deleted...]
-      <c r="H103" s="87" t="s">
+      <c r="F103" s="82"/>
+      <c r="G103" s="83"/>
+      <c r="H103" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I103" s="91"/>
-[...1 lines deleted...]
-      <c r="K103" s="87" t="s">
+      <c r="I103" s="82"/>
+      <c r="J103" s="83"/>
+      <c r="K103" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L103" s="91"/>
-[...1 lines deleted...]
-      <c r="N103" s="87" t="s">
+      <c r="L103" s="82"/>
+      <c r="M103" s="83"/>
+      <c r="N103" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O103" s="91"/>
-[...1 lines deleted...]
-      <c r="Q103" s="87" t="s">
+      <c r="O103" s="82"/>
+      <c r="P103" s="83"/>
+      <c r="Q103" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R103" s="91"/>
-[...1 lines deleted...]
-      <c r="T103" s="87" t="s">
+      <c r="R103" s="82"/>
+      <c r="S103" s="83"/>
+      <c r="T103" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U103" s="91"/>
-[...1 lines deleted...]
-      <c r="W103" s="87" t="s">
+      <c r="U103" s="82"/>
+      <c r="V103" s="83"/>
+      <c r="W103" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X103" s="91"/>
-[...1 lines deleted...]
-      <c r="Z103" s="87" t="s">
+      <c r="X103" s="82"/>
+      <c r="Y103" s="83"/>
+      <c r="Z103" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA103" s="91"/>
-[...1 lines deleted...]
-      <c r="AC103" s="87" t="s">
+      <c r="AA103" s="82"/>
+      <c r="AB103" s="83"/>
+      <c r="AC103" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD103" s="91"/>
-[...8 lines deleted...]
-      <c r="A104" s="100"/>
+      <c r="AD103" s="82"/>
+      <c r="AE103" s="83"/>
+      <c r="AF103" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG103" s="82"/>
+      <c r="AH103" s="83"/>
+    </row>
+    <row r="104" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="A104" s="90"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
@@ -11423,51 +11441,51 @@
       <c r="AA104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10">
         <v>47</v>
       </c>
       <c r="C105" s="1">
         <v>39</v>
       </c>
       <c r="D105" s="16">
         <v>86</v>
       </c>
       <c r="E105" s="10">
         <v>254</v>
       </c>
       <c r="F105" s="1">
         <v>192</v>
       </c>
       <c r="G105" s="15">
         <v>446</v>
       </c>
       <c r="H105" s="10">
         <v>197</v>
       </c>
       <c r="I105" s="1">
@@ -11530,51 +11548,51 @@
       <c r="AB105" s="15">
         <v>251</v>
       </c>
       <c r="AC105" s="10">
         <v>139</v>
       </c>
       <c r="AD105" s="1">
         <v>107</v>
       </c>
       <c r="AE105" s="15">
         <v>246</v>
       </c>
       <c r="AF105" s="10">
         <f t="shared" ref="AF105:AG110" si="28">SUM(B105,E105,H105,K105,N105,Q105,T105,W105,Z105,AC105)</f>
         <v>1836</v>
       </c>
       <c r="AG105" s="1">
         <f t="shared" si="28"/>
         <v>1518</v>
       </c>
       <c r="AH105" s="15">
         <f t="shared" ref="AH105:AH110" si="29">SUM(D105,G105,J105,M105,P105,S105,V105,Y105,AB105,AE105)</f>
         <v>3354</v>
       </c>
     </row>
-    <row r="106" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10">
         <v>11</v>
       </c>
       <c r="C106" s="1">
         <v>12</v>
       </c>
       <c r="D106" s="16">
         <v>23</v>
       </c>
       <c r="E106" s="10">
         <v>71</v>
       </c>
       <c r="F106" s="1">
         <v>54</v>
       </c>
       <c r="G106" s="15">
         <v>125</v>
       </c>
       <c r="H106" s="10">
         <v>53</v>
       </c>
       <c r="I106" s="1">
@@ -11637,51 +11655,51 @@
       <c r="AB106" s="15">
         <v>111</v>
       </c>
       <c r="AC106" s="10">
         <v>59</v>
       </c>
       <c r="AD106" s="1">
         <v>62</v>
       </c>
       <c r="AE106" s="15">
         <v>121</v>
       </c>
       <c r="AF106" s="10">
         <f t="shared" si="28"/>
         <v>586</v>
       </c>
       <c r="AG106" s="1">
         <f t="shared" si="28"/>
         <v>549</v>
       </c>
       <c r="AH106" s="15">
         <f t="shared" si="29"/>
         <v>1135</v>
       </c>
     </row>
-    <row r="107" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10">
         <v>9</v>
       </c>
       <c r="C107" s="1">
         <v>16</v>
       </c>
       <c r="D107" s="16">
         <v>25</v>
       </c>
       <c r="E107" s="10">
         <v>59</v>
       </c>
       <c r="F107" s="1">
         <v>68</v>
       </c>
       <c r="G107" s="15">
         <v>127</v>
       </c>
       <c r="H107" s="10">
         <v>41</v>
       </c>
       <c r="I107" s="1">
@@ -11744,51 +11762,51 @@
       <c r="AB107" s="15">
         <v>129</v>
       </c>
       <c r="AC107" s="10">
         <v>72</v>
       </c>
       <c r="AD107" s="1">
         <v>68</v>
       </c>
       <c r="AE107" s="15">
         <v>140</v>
       </c>
       <c r="AF107" s="10">
         <f t="shared" si="28"/>
         <v>482</v>
       </c>
       <c r="AG107" s="1">
         <f t="shared" si="28"/>
         <v>557</v>
       </c>
       <c r="AH107" s="15">
         <f t="shared" si="29"/>
         <v>1039</v>
       </c>
     </row>
-    <row r="108" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10">
         <v>9</v>
       </c>
       <c r="C108" s="1">
         <v>13</v>
       </c>
       <c r="D108" s="16">
         <v>22</v>
       </c>
       <c r="E108" s="10">
         <v>53</v>
       </c>
       <c r="F108" s="1">
         <v>54</v>
       </c>
       <c r="G108" s="15">
         <v>107</v>
       </c>
       <c r="H108" s="10">
         <v>44</v>
       </c>
       <c r="I108" s="1">
@@ -11851,51 +11869,51 @@
       <c r="AB108" s="15">
         <v>101</v>
       </c>
       <c r="AC108" s="10">
         <v>41</v>
       </c>
       <c r="AD108" s="1">
         <v>56</v>
       </c>
       <c r="AE108" s="15">
         <v>97</v>
       </c>
       <c r="AF108" s="10">
         <f t="shared" si="28"/>
         <v>485</v>
       </c>
       <c r="AG108" s="1">
         <f t="shared" si="28"/>
         <v>482</v>
       </c>
       <c r="AH108" s="15">
         <f t="shared" si="29"/>
         <v>967</v>
       </c>
     </row>
-    <row r="109" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="10">
         <v>8</v>
       </c>
       <c r="C109" s="1">
         <v>13</v>
       </c>
       <c r="D109" s="16">
         <v>21</v>
       </c>
       <c r="E109" s="10">
         <v>51</v>
       </c>
       <c r="F109" s="1">
         <v>42</v>
       </c>
       <c r="G109" s="15">
         <v>93</v>
       </c>
       <c r="H109" s="10">
         <v>49</v>
       </c>
       <c r="I109" s="1">
@@ -11958,51 +11976,51 @@
       <c r="AB109" s="15">
         <v>82</v>
       </c>
       <c r="AC109" s="10">
         <v>43</v>
       </c>
       <c r="AD109" s="1">
         <v>53</v>
       </c>
       <c r="AE109" s="15">
         <v>96</v>
       </c>
       <c r="AF109" s="10">
         <f t="shared" si="28"/>
         <v>439</v>
       </c>
       <c r="AG109" s="1">
         <f t="shared" si="28"/>
         <v>427</v>
       </c>
       <c r="AH109" s="15">
         <f t="shared" si="29"/>
         <v>866</v>
       </c>
     </row>
-    <row r="110" spans="1:35" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13">
         <v>84</v>
       </c>
       <c r="C110" s="14">
         <v>93</v>
       </c>
       <c r="D110" s="17">
         <v>177</v>
       </c>
       <c r="E110" s="13">
         <v>488</v>
       </c>
       <c r="F110" s="14">
         <v>410</v>
       </c>
       <c r="G110" s="18">
         <v>898</v>
       </c>
       <c r="H110" s="13">
         <v>384</v>
       </c>
       <c r="I110" s="14">
@@ -12065,189 +12083,188 @@
       <c r="AB110" s="18">
         <v>674</v>
       </c>
       <c r="AC110" s="13">
         <v>354</v>
       </c>
       <c r="AD110" s="14">
         <v>346</v>
       </c>
       <c r="AE110" s="18">
         <v>700</v>
       </c>
       <c r="AF110" s="13">
         <f t="shared" si="28"/>
         <v>3828</v>
       </c>
       <c r="AG110" s="14">
         <f t="shared" si="28"/>
         <v>3533</v>
       </c>
       <c r="AH110" s="18">
         <f t="shared" si="29"/>
         <v>7361</v>
       </c>
     </row>
-    <row r="111" spans="1:35" hidden="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A112" s="100" t="s">
+    <row r="112" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B112" s="98" t="s">
+      <c r="B112" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C112" s="98"/>
-[...34 lines deleted...]
-      <c r="B113" s="99" t="s">
+      <c r="C112" s="91"/>
+      <c r="D112" s="91"/>
+      <c r="E112" s="91"/>
+      <c r="F112" s="91"/>
+      <c r="G112" s="91"/>
+      <c r="H112" s="91"/>
+      <c r="I112" s="91"/>
+      <c r="J112" s="91"/>
+      <c r="K112" s="91"/>
+      <c r="L112" s="91"/>
+      <c r="M112" s="91"/>
+      <c r="N112" s="91"/>
+      <c r="O112" s="91"/>
+      <c r="P112" s="91"/>
+      <c r="Q112" s="91"/>
+      <c r="R112" s="91"/>
+      <c r="S112" s="91"/>
+      <c r="T112" s="91"/>
+      <c r="U112" s="91"/>
+      <c r="V112" s="91"/>
+      <c r="W112" s="91"/>
+      <c r="X112" s="91"/>
+      <c r="Y112" s="91"/>
+      <c r="Z112" s="91"/>
+      <c r="AA112" s="91"/>
+      <c r="AB112" s="91"/>
+      <c r="AC112" s="91"/>
+      <c r="AD112" s="91"/>
+      <c r="AE112" s="91"/>
+      <c r="AF112" s="91"/>
+      <c r="AG112" s="91"/>
+      <c r="AH112" s="91"/>
+    </row>
+    <row r="113" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A113" s="90"/>
+      <c r="B113" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="99"/>
-[...34 lines deleted...]
-      <c r="B114" s="87" t="s">
+      <c r="C113" s="92"/>
+      <c r="D113" s="92"/>
+      <c r="E113" s="92"/>
+      <c r="F113" s="92"/>
+      <c r="G113" s="92"/>
+      <c r="H113" s="92"/>
+      <c r="I113" s="92"/>
+      <c r="J113" s="92"/>
+      <c r="K113" s="92"/>
+      <c r="L113" s="92"/>
+      <c r="M113" s="92"/>
+      <c r="N113" s="92"/>
+      <c r="O113" s="92"/>
+      <c r="P113" s="92"/>
+      <c r="Q113" s="92"/>
+      <c r="R113" s="92"/>
+      <c r="S113" s="92"/>
+      <c r="T113" s="92"/>
+      <c r="U113" s="92"/>
+      <c r="V113" s="92"/>
+      <c r="W113" s="92"/>
+      <c r="X113" s="92"/>
+      <c r="Y113" s="92"/>
+      <c r="Z113" s="92"/>
+      <c r="AA113" s="92"/>
+      <c r="AB113" s="92"/>
+      <c r="AC113" s="92"/>
+      <c r="AD113" s="92"/>
+      <c r="AE113" s="92"/>
+      <c r="AF113" s="92"/>
+      <c r="AG113" s="92"/>
+      <c r="AH113" s="92"/>
+    </row>
+    <row r="114" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="90"/>
+      <c r="B114" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C114" s="91"/>
-[...1 lines deleted...]
-      <c r="E114" s="87" t="s">
+      <c r="C114" s="82"/>
+      <c r="D114" s="89"/>
+      <c r="E114" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F114" s="91"/>
-[...1 lines deleted...]
-      <c r="H114" s="87" t="s">
+      <c r="F114" s="82"/>
+      <c r="G114" s="83"/>
+      <c r="H114" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I114" s="91"/>
-[...1 lines deleted...]
-      <c r="K114" s="87" t="s">
+      <c r="I114" s="82"/>
+      <c r="J114" s="83"/>
+      <c r="K114" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L114" s="91"/>
-[...1 lines deleted...]
-      <c r="N114" s="87" t="s">
+      <c r="L114" s="82"/>
+      <c r="M114" s="83"/>
+      <c r="N114" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O114" s="91"/>
-[...1 lines deleted...]
-      <c r="Q114" s="87" t="s">
+      <c r="O114" s="82"/>
+      <c r="P114" s="83"/>
+      <c r="Q114" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R114" s="91"/>
-[...1 lines deleted...]
-      <c r="T114" s="87" t="s">
+      <c r="R114" s="82"/>
+      <c r="S114" s="83"/>
+      <c r="T114" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U114" s="91"/>
-[...1 lines deleted...]
-      <c r="W114" s="87" t="s">
+      <c r="U114" s="82"/>
+      <c r="V114" s="83"/>
+      <c r="W114" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X114" s="91"/>
-[...1 lines deleted...]
-      <c r="Z114" s="87" t="s">
+      <c r="X114" s="82"/>
+      <c r="Y114" s="83"/>
+      <c r="Z114" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA114" s="91"/>
-[...1 lines deleted...]
-      <c r="AC114" s="87" t="s">
+      <c r="AA114" s="82"/>
+      <c r="AB114" s="83"/>
+      <c r="AC114" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD114" s="91"/>
-[...8 lines deleted...]
-      <c r="A115" s="100"/>
+      <c r="AD114" s="82"/>
+      <c r="AE114" s="83"/>
+      <c r="AF114" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG114" s="82"/>
+      <c r="AH114" s="83"/>
+    </row>
+    <row r="115" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A115" s="90"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
@@ -12304,471 +12321,831 @@
       <c r="AA115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B116" s="10"/>
-[...28 lines deleted...]
-      <c r="AE116" s="15"/>
+      <c r="B116" s="10">
+        <v>36</v>
+      </c>
+      <c r="C116" s="1">
+        <v>29</v>
+      </c>
+      <c r="D116" s="16">
+        <v>65</v>
+      </c>
+      <c r="E116" s="10">
+        <v>214</v>
+      </c>
+      <c r="F116" s="1">
+        <v>192</v>
+      </c>
+      <c r="G116" s="15">
+        <v>406</v>
+      </c>
+      <c r="H116" s="10">
+        <v>168</v>
+      </c>
+      <c r="I116" s="1">
+        <v>170</v>
+      </c>
+      <c r="J116" s="15">
+        <v>338</v>
+      </c>
+      <c r="K116" s="10">
+        <v>207</v>
+      </c>
+      <c r="L116" s="1">
+        <v>197</v>
+      </c>
+      <c r="M116" s="15">
+        <v>404</v>
+      </c>
+      <c r="N116" s="10">
+        <v>221</v>
+      </c>
+      <c r="O116" s="1">
+        <v>229</v>
+      </c>
+      <c r="P116" s="15">
+        <v>450</v>
+      </c>
+      <c r="Q116" s="10">
+        <v>211</v>
+      </c>
+      <c r="R116" s="1">
+        <v>177</v>
+      </c>
+      <c r="S116" s="15">
+        <v>388</v>
+      </c>
+      <c r="T116" s="10">
+        <v>158</v>
+      </c>
+      <c r="U116" s="1">
+        <v>154</v>
+      </c>
+      <c r="V116" s="15">
+        <v>312</v>
+      </c>
+      <c r="W116" s="10">
+        <v>134</v>
+      </c>
+      <c r="X116" s="1">
+        <v>137</v>
+      </c>
+      <c r="Y116" s="15">
+        <v>271</v>
+      </c>
+      <c r="Z116" s="10">
+        <v>136</v>
+      </c>
+      <c r="AA116" s="1">
+        <v>94</v>
+      </c>
+      <c r="AB116" s="15">
+        <v>230</v>
+      </c>
+      <c r="AC116" s="10">
+        <v>142</v>
+      </c>
+      <c r="AD116" s="1">
+        <v>107</v>
+      </c>
+      <c r="AE116" s="15">
+        <v>249</v>
+      </c>
       <c r="AF116" s="10">
         <f>SUM(B116,E116,H116,K116,N116,Q116,T116,W116,Z116,AC116)</f>
-        <v>0</v>
+        <v>1627</v>
       </c>
       <c r="AG116" s="1">
         <f t="shared" ref="AG116:AG121" si="30">SUM(C116,F116,I116,L116,O116,R116,U116,X116,AA116,AD116)</f>
-        <v>0</v>
+        <v>1486</v>
       </c>
       <c r="AH116" s="15">
         <f t="shared" ref="AH116:AH121" si="31">SUM(D116,G116,J116,M116,P116,S116,V116,Y116,AB116,AE116)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="117" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B117" s="10"/>
-[...28 lines deleted...]
-      <c r="AE117" s="15"/>
+      <c r="B117" s="10">
+        <v>18</v>
+      </c>
+      <c r="C117" s="1">
+        <v>11</v>
+      </c>
+      <c r="D117" s="16">
+        <v>29</v>
+      </c>
+      <c r="E117" s="10">
+        <v>64</v>
+      </c>
+      <c r="F117" s="1">
+        <v>53</v>
+      </c>
+      <c r="G117" s="15">
+        <v>117</v>
+      </c>
+      <c r="H117" s="10">
+        <v>59</v>
+      </c>
+      <c r="I117" s="1">
+        <v>55</v>
+      </c>
+      <c r="J117" s="15">
+        <v>114</v>
+      </c>
+      <c r="K117" s="10">
+        <v>57</v>
+      </c>
+      <c r="L117" s="1">
+        <v>74</v>
+      </c>
+      <c r="M117" s="15">
+        <v>131</v>
+      </c>
+      <c r="N117" s="10">
+        <v>59</v>
+      </c>
+      <c r="O117" s="1">
+        <v>74</v>
+      </c>
+      <c r="P117" s="15">
+        <v>133</v>
+      </c>
+      <c r="Q117" s="10">
+        <v>47</v>
+      </c>
+      <c r="R117" s="1">
+        <v>74</v>
+      </c>
+      <c r="S117" s="15">
+        <v>121</v>
+      </c>
+      <c r="T117" s="10">
+        <v>51</v>
+      </c>
+      <c r="U117" s="1">
+        <v>51</v>
+      </c>
+      <c r="V117" s="15">
+        <v>102</v>
+      </c>
+      <c r="W117" s="10">
+        <v>51</v>
+      </c>
+      <c r="X117" s="1">
+        <v>55</v>
+      </c>
+      <c r="Y117" s="15">
+        <v>106</v>
+      </c>
+      <c r="Z117" s="10">
+        <v>38</v>
+      </c>
+      <c r="AA117" s="1">
+        <v>46</v>
+      </c>
+      <c r="AB117" s="15">
+        <v>84</v>
+      </c>
+      <c r="AC117" s="10">
+        <v>58</v>
+      </c>
+      <c r="AD117" s="1">
+        <v>58</v>
+      </c>
+      <c r="AE117" s="15">
+        <v>116</v>
+      </c>
       <c r="AF117" s="10">
         <f t="shared" ref="AF117:AF121" si="32">SUM(B117,E117,H117,K117,N117,Q117,T117,W117,Z117,AC117)</f>
-        <v>0</v>
+        <v>502</v>
       </c>
       <c r="AG117" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>551</v>
       </c>
       <c r="AH117" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="118" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B118" s="10"/>
-[...28 lines deleted...]
-      <c r="AE118" s="15"/>
+      <c r="B118" s="10">
+        <v>9</v>
+      </c>
+      <c r="C118" s="1">
+        <v>9</v>
+      </c>
+      <c r="D118" s="16">
+        <v>18</v>
+      </c>
+      <c r="E118" s="10">
+        <v>39</v>
+      </c>
+      <c r="F118" s="1">
+        <v>41</v>
+      </c>
+      <c r="G118" s="15">
+        <v>80</v>
+      </c>
+      <c r="H118" s="10">
+        <v>29</v>
+      </c>
+      <c r="I118" s="1">
+        <v>36</v>
+      </c>
+      <c r="J118" s="15">
+        <v>65</v>
+      </c>
+      <c r="K118" s="10">
+        <v>42</v>
+      </c>
+      <c r="L118" s="1">
+        <v>51</v>
+      </c>
+      <c r="M118" s="15">
+        <v>93</v>
+      </c>
+      <c r="N118" s="10">
+        <v>61</v>
+      </c>
+      <c r="O118" s="1">
+        <v>66</v>
+      </c>
+      <c r="P118" s="15">
+        <v>127</v>
+      </c>
+      <c r="Q118" s="10">
+        <v>49</v>
+      </c>
+      <c r="R118" s="1">
+        <v>68</v>
+      </c>
+      <c r="S118" s="15">
+        <v>117</v>
+      </c>
+      <c r="T118" s="10">
+        <v>53</v>
+      </c>
+      <c r="U118" s="1">
+        <v>61</v>
+      </c>
+      <c r="V118" s="15">
+        <v>114</v>
+      </c>
+      <c r="W118" s="10">
+        <v>54</v>
+      </c>
+      <c r="X118" s="1">
+        <v>74</v>
+      </c>
+      <c r="Y118" s="15">
+        <v>128</v>
+      </c>
+      <c r="Z118" s="10">
+        <v>73</v>
+      </c>
+      <c r="AA118" s="1">
+        <v>82</v>
+      </c>
+      <c r="AB118" s="15">
+        <v>155</v>
+      </c>
+      <c r="AC118" s="10">
+        <v>78</v>
+      </c>
+      <c r="AD118" s="1">
+        <v>72</v>
+      </c>
+      <c r="AE118" s="15">
+        <v>150</v>
+      </c>
       <c r="AF118" s="10">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>487</v>
       </c>
       <c r="AG118" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>560</v>
       </c>
       <c r="AH118" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="119" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B119" s="10"/>
-[...28 lines deleted...]
-      <c r="AE119" s="15"/>
+      <c r="B119" s="10">
+        <v>8</v>
+      </c>
+      <c r="C119" s="1">
+        <v>10</v>
+      </c>
+      <c r="D119" s="16">
+        <v>18</v>
+      </c>
+      <c r="E119" s="10">
+        <v>42</v>
+      </c>
+      <c r="F119" s="1">
+        <v>49</v>
+      </c>
+      <c r="G119" s="15">
+        <v>91</v>
+      </c>
+      <c r="H119" s="10">
+        <v>46</v>
+      </c>
+      <c r="I119" s="1">
+        <v>38</v>
+      </c>
+      <c r="J119" s="15">
+        <v>84</v>
+      </c>
+      <c r="K119" s="10">
+        <v>59</v>
+      </c>
+      <c r="L119" s="1">
+        <v>51</v>
+      </c>
+      <c r="M119" s="15">
+        <v>110</v>
+      </c>
+      <c r="N119" s="10">
+        <v>65</v>
+      </c>
+      <c r="O119" s="1">
+        <v>70</v>
+      </c>
+      <c r="P119" s="15">
+        <v>135</v>
+      </c>
+      <c r="Q119" s="10">
+        <v>49</v>
+      </c>
+      <c r="R119" s="1">
+        <v>58</v>
+      </c>
+      <c r="S119" s="15">
+        <v>107</v>
+      </c>
+      <c r="T119" s="10">
+        <v>45</v>
+      </c>
+      <c r="U119" s="1">
+        <v>49</v>
+      </c>
+      <c r="V119" s="15">
+        <v>94</v>
+      </c>
+      <c r="W119" s="10">
+        <v>60</v>
+      </c>
+      <c r="X119" s="1">
+        <v>58</v>
+      </c>
+      <c r="Y119" s="15">
+        <v>118</v>
+      </c>
+      <c r="Z119" s="10">
+        <v>56</v>
+      </c>
+      <c r="AA119" s="1">
+        <v>58</v>
+      </c>
+      <c r="AB119" s="15">
+        <v>114</v>
+      </c>
+      <c r="AC119" s="10">
+        <v>48</v>
+      </c>
+      <c r="AD119" s="1">
+        <v>51</v>
+      </c>
+      <c r="AE119" s="15">
+        <v>99</v>
+      </c>
       <c r="AF119" s="10">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>478</v>
       </c>
       <c r="AG119" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>492</v>
       </c>
       <c r="AH119" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="120" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B120" s="10"/>
-[...28 lines deleted...]
-      <c r="AE120" s="15"/>
+      <c r="B120" s="10">
+        <v>5</v>
+      </c>
+      <c r="C120" s="1">
+        <v>10</v>
+      </c>
+      <c r="D120" s="16">
+        <v>15</v>
+      </c>
+      <c r="E120" s="10">
+        <v>40</v>
+      </c>
+      <c r="F120" s="1">
+        <v>47</v>
+      </c>
+      <c r="G120" s="15">
+        <v>87</v>
+      </c>
+      <c r="H120" s="10">
+        <v>38</v>
+      </c>
+      <c r="I120" s="1">
+        <v>49</v>
+      </c>
+      <c r="J120" s="15">
+        <v>87</v>
+      </c>
+      <c r="K120" s="10">
+        <v>47</v>
+      </c>
+      <c r="L120" s="1">
+        <v>54</v>
+      </c>
+      <c r="M120" s="15">
+        <v>101</v>
+      </c>
+      <c r="N120" s="10">
+        <v>47</v>
+      </c>
+      <c r="O120" s="1">
+        <v>75</v>
+      </c>
+      <c r="P120" s="15">
+        <v>122</v>
+      </c>
+      <c r="Q120" s="10">
+        <v>55</v>
+      </c>
+      <c r="R120" s="1">
+        <v>56</v>
+      </c>
+      <c r="S120" s="15">
+        <v>111</v>
+      </c>
+      <c r="T120" s="10">
+        <v>47</v>
+      </c>
+      <c r="U120" s="1">
+        <v>43</v>
+      </c>
+      <c r="V120" s="15">
+        <v>90</v>
+      </c>
+      <c r="W120" s="10">
+        <v>53</v>
+      </c>
+      <c r="X120" s="1">
+        <v>55</v>
+      </c>
+      <c r="Y120" s="15">
+        <v>108</v>
+      </c>
+      <c r="Z120" s="10">
+        <v>54</v>
+      </c>
+      <c r="AA120" s="1">
+        <v>49</v>
+      </c>
+      <c r="AB120" s="15">
+        <v>103</v>
+      </c>
+      <c r="AC120" s="10">
+        <v>50</v>
+      </c>
+      <c r="AD120" s="1">
+        <v>69</v>
+      </c>
+      <c r="AE120" s="15">
+        <v>119</v>
+      </c>
       <c r="AF120" s="10">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>436</v>
       </c>
       <c r="AG120" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>507</v>
       </c>
       <c r="AH120" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="121" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B121" s="13"/>
-[...28 lines deleted...]
-      <c r="AE121" s="18"/>
+      <c r="B121" s="13">
+        <v>76</v>
+      </c>
+      <c r="C121" s="14">
+        <v>69</v>
+      </c>
+      <c r="D121" s="17">
+        <v>145</v>
+      </c>
+      <c r="E121" s="13">
+        <v>399</v>
+      </c>
+      <c r="F121" s="14">
+        <v>382</v>
+      </c>
+      <c r="G121" s="18">
+        <v>781</v>
+      </c>
+      <c r="H121" s="13">
+        <v>340</v>
+      </c>
+      <c r="I121" s="14">
+        <v>348</v>
+      </c>
+      <c r="J121" s="18">
+        <v>688</v>
+      </c>
+      <c r="K121" s="13">
+        <v>412</v>
+      </c>
+      <c r="L121" s="14">
+        <v>427</v>
+      </c>
+      <c r="M121" s="18">
+        <v>839</v>
+      </c>
+      <c r="N121" s="13">
+        <v>453</v>
+      </c>
+      <c r="O121" s="14">
+        <v>514</v>
+      </c>
+      <c r="P121" s="18">
+        <v>967</v>
+      </c>
+      <c r="Q121" s="13">
+        <v>411</v>
+      </c>
+      <c r="R121" s="14">
+        <v>433</v>
+      </c>
+      <c r="S121" s="18">
+        <v>844</v>
+      </c>
+      <c r="T121" s="13">
+        <v>354</v>
+      </c>
+      <c r="U121" s="14">
+        <v>358</v>
+      </c>
+      <c r="V121" s="18">
+        <v>712</v>
+      </c>
+      <c r="W121" s="13">
+        <v>352</v>
+      </c>
+      <c r="X121" s="14">
+        <v>379</v>
+      </c>
+      <c r="Y121" s="18">
+        <v>731</v>
+      </c>
+      <c r="Z121" s="13">
+        <v>357</v>
+      </c>
+      <c r="AA121" s="14">
+        <v>329</v>
+      </c>
+      <c r="AB121" s="18">
+        <v>686</v>
+      </c>
+      <c r="AC121" s="13">
+        <v>376</v>
+      </c>
+      <c r="AD121" s="14">
+        <v>357</v>
+      </c>
+      <c r="AE121" s="18">
+        <v>733</v>
+      </c>
       <c r="AF121" s="13">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>3530</v>
       </c>
       <c r="AG121" s="14">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>3596</v>
       </c>
       <c r="AH121" s="18">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="A123" s="100" t="s">
+        <v>7126</v>
+      </c>
+    </row>
+    <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="123" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B123" s="98" t="s">
+      <c r="B123" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C123" s="98"/>
-[...34 lines deleted...]
-      <c r="B124" s="99" t="s">
+      <c r="C123" s="91"/>
+      <c r="D123" s="91"/>
+      <c r="E123" s="91"/>
+      <c r="F123" s="91"/>
+      <c r="G123" s="91"/>
+      <c r="H123" s="91"/>
+      <c r="I123" s="91"/>
+      <c r="J123" s="91"/>
+      <c r="K123" s="91"/>
+      <c r="L123" s="91"/>
+      <c r="M123" s="91"/>
+      <c r="N123" s="91"/>
+      <c r="O123" s="91"/>
+      <c r="P123" s="91"/>
+      <c r="Q123" s="91"/>
+      <c r="R123" s="91"/>
+      <c r="S123" s="91"/>
+      <c r="T123" s="91"/>
+      <c r="U123" s="91"/>
+      <c r="V123" s="91"/>
+      <c r="W123" s="91"/>
+      <c r="X123" s="91"/>
+      <c r="Y123" s="91"/>
+      <c r="Z123" s="91"/>
+      <c r="AA123" s="91"/>
+      <c r="AB123" s="91"/>
+      <c r="AC123" s="91"/>
+      <c r="AD123" s="91"/>
+      <c r="AE123" s="91"/>
+      <c r="AF123" s="91"/>
+      <c r="AG123" s="91"/>
+      <c r="AH123" s="91"/>
+    </row>
+    <row r="124" spans="1:34" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A124" s="90"/>
+      <c r="B124" s="92" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="99"/>
-[...34 lines deleted...]
-      <c r="B125" s="87" t="s">
+      <c r="C124" s="92"/>
+      <c r="D124" s="92"/>
+      <c r="E124" s="92"/>
+      <c r="F124" s="92"/>
+      <c r="G124" s="92"/>
+      <c r="H124" s="92"/>
+      <c r="I124" s="92"/>
+      <c r="J124" s="92"/>
+      <c r="K124" s="92"/>
+      <c r="L124" s="92"/>
+      <c r="M124" s="92"/>
+      <c r="N124" s="92"/>
+      <c r="O124" s="92"/>
+      <c r="P124" s="92"/>
+      <c r="Q124" s="92"/>
+      <c r="R124" s="92"/>
+      <c r="S124" s="92"/>
+      <c r="T124" s="92"/>
+      <c r="U124" s="92"/>
+      <c r="V124" s="92"/>
+      <c r="W124" s="92"/>
+      <c r="X124" s="92"/>
+      <c r="Y124" s="92"/>
+      <c r="Z124" s="92"/>
+      <c r="AA124" s="92"/>
+      <c r="AB124" s="92"/>
+      <c r="AC124" s="92"/>
+      <c r="AD124" s="92"/>
+      <c r="AE124" s="92"/>
+      <c r="AF124" s="92"/>
+      <c r="AG124" s="92"/>
+      <c r="AH124" s="92"/>
+    </row>
+    <row r="125" spans="1:34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="90"/>
+      <c r="B125" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C125" s="91"/>
-[...1 lines deleted...]
-      <c r="E125" s="87" t="s">
+      <c r="C125" s="82"/>
+      <c r="D125" s="89"/>
+      <c r="E125" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F125" s="91"/>
-[...1 lines deleted...]
-      <c r="H125" s="87" t="s">
+      <c r="F125" s="82"/>
+      <c r="G125" s="83"/>
+      <c r="H125" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I125" s="91"/>
-[...1 lines deleted...]
-      <c r="K125" s="87" t="s">
+      <c r="I125" s="82"/>
+      <c r="J125" s="83"/>
+      <c r="K125" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L125" s="91"/>
-[...1 lines deleted...]
-      <c r="N125" s="87" t="s">
+      <c r="L125" s="82"/>
+      <c r="M125" s="83"/>
+      <c r="N125" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O125" s="91"/>
-[...1 lines deleted...]
-      <c r="Q125" s="87" t="s">
+      <c r="O125" s="82"/>
+      <c r="P125" s="83"/>
+      <c r="Q125" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R125" s="91"/>
-[...1 lines deleted...]
-      <c r="T125" s="87" t="s">
+      <c r="R125" s="82"/>
+      <c r="S125" s="83"/>
+      <c r="T125" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U125" s="91"/>
-[...1 lines deleted...]
-      <c r="W125" s="87" t="s">
+      <c r="U125" s="82"/>
+      <c r="V125" s="83"/>
+      <c r="W125" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X125" s="91"/>
-[...1 lines deleted...]
-      <c r="Z125" s="87" t="s">
+      <c r="X125" s="82"/>
+      <c r="Y125" s="83"/>
+      <c r="Z125" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA125" s="91"/>
-[...1 lines deleted...]
-      <c r="AC125" s="87" t="s">
+      <c r="AA125" s="82"/>
+      <c r="AB125" s="83"/>
+      <c r="AC125" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD125" s="91"/>
-[...8 lines deleted...]
-      <c r="A126" s="100"/>
+      <c r="AD125" s="82"/>
+      <c r="AE125" s="83"/>
+      <c r="AF125" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG125" s="82"/>
+      <c r="AH125" s="83"/>
+    </row>
+    <row r="126" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="90"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
@@ -12825,1926 +13202,1961 @@
       <c r="AA126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="16"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="15"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="15"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="10"/>
       <c r="R127" s="1"/>
       <c r="S127" s="15"/>
       <c r="T127" s="10"/>
       <c r="U127" s="1"/>
       <c r="V127" s="15"/>
       <c r="W127" s="10"/>
       <c r="X127" s="1"/>
       <c r="Y127" s="15"/>
       <c r="Z127" s="10"/>
       <c r="AA127" s="1"/>
       <c r="AB127" s="15"/>
       <c r="AC127" s="10"/>
       <c r="AD127" s="1"/>
       <c r="AE127" s="15"/>
       <c r="AF127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127,T127,W127,Z127,AC127)</f>
         <v>0</v>
       </c>
       <c r="AG127" s="1">
         <f t="shared" ref="AG127:AG132" si="33">SUM(C127,F127,I127,L127,O127,R127,U127,X127,AA127,AD127)</f>
         <v>0</v>
       </c>
       <c r="AH127" s="15">
         <f t="shared" ref="AH127:AH132" si="34">SUM(D127,G127,J127,M127,P127,S127,V127,Y127,AB127,AE127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="16"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="15"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="15"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="10"/>
       <c r="R128" s="1"/>
       <c r="S128" s="15"/>
       <c r="T128" s="10"/>
       <c r="U128" s="1"/>
       <c r="V128" s="15"/>
       <c r="W128" s="10"/>
       <c r="X128" s="1"/>
       <c r="Y128" s="15"/>
       <c r="Z128" s="10"/>
       <c r="AA128" s="1"/>
       <c r="AB128" s="15"/>
       <c r="AC128" s="10"/>
       <c r="AD128" s="1"/>
       <c r="AE128" s="15"/>
       <c r="AF128" s="10">
         <f t="shared" ref="AF128:AF132" si="35">SUM(B128,E128,H128,K128,N128,Q128,T128,W128,Z128,AC128)</f>
         <v>0</v>
       </c>
       <c r="AG128" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH128" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="16"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="15"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="15"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="10"/>
       <c r="R129" s="1"/>
       <c r="S129" s="15"/>
       <c r="T129" s="10"/>
       <c r="U129" s="1"/>
       <c r="V129" s="15"/>
       <c r="W129" s="10"/>
       <c r="X129" s="1"/>
       <c r="Y129" s="15"/>
       <c r="Z129" s="10"/>
       <c r="AA129" s="1"/>
       <c r="AB129" s="15"/>
       <c r="AC129" s="10"/>
       <c r="AD129" s="1"/>
       <c r="AE129" s="15"/>
       <c r="AF129" s="10">
         <f>SUM(B129,E129,H129,K129,N129,Q129,T129,W129,Z129,AC129)</f>
         <v>0</v>
       </c>
       <c r="AG129" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH129" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="16"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="15"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="15"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="10"/>
       <c r="R130" s="1"/>
       <c r="S130" s="15"/>
       <c r="T130" s="10"/>
       <c r="U130" s="1"/>
       <c r="V130" s="15"/>
       <c r="W130" s="10"/>
       <c r="X130" s="1"/>
       <c r="Y130" s="15"/>
       <c r="Z130" s="10"/>
       <c r="AA130" s="1"/>
       <c r="AB130" s="15"/>
       <c r="AC130" s="10"/>
       <c r="AD130" s="1"/>
       <c r="AE130" s="15"/>
       <c r="AF130" s="10">
         <f>SUM(B130,E130,H130,K130,N130,Q130,T130,W130,Z130,AC130)</f>
         <v>0</v>
       </c>
       <c r="AG130" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH130" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="1"/>
       <c r="D131" s="16"/>
       <c r="E131" s="10"/>
       <c r="F131" s="1"/>
       <c r="G131" s="15"/>
       <c r="H131" s="10"/>
       <c r="I131" s="1"/>
       <c r="J131" s="15"/>
       <c r="K131" s="10"/>
       <c r="L131" s="1"/>
       <c r="M131" s="15"/>
       <c r="N131" s="10"/>
       <c r="O131" s="1"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="10"/>
       <c r="R131" s="1"/>
       <c r="S131" s="15"/>
       <c r="T131" s="10"/>
       <c r="U131" s="1"/>
       <c r="V131" s="15"/>
       <c r="W131" s="10"/>
       <c r="X131" s="1"/>
       <c r="Y131" s="15"/>
       <c r="Z131" s="10"/>
       <c r="AA131" s="1"/>
       <c r="AB131" s="15"/>
       <c r="AC131" s="10"/>
       <c r="AD131" s="1"/>
       <c r="AE131" s="15"/>
       <c r="AF131" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG131" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH131" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:34" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="18"/>
       <c r="T132" s="13"/>
       <c r="U132" s="14"/>
       <c r="V132" s="18"/>
       <c r="W132" s="13"/>
       <c r="X132" s="14"/>
       <c r="Y132" s="18"/>
       <c r="Z132" s="13"/>
       <c r="AA132" s="14"/>
       <c r="AB132" s="18"/>
       <c r="AC132" s="13"/>
       <c r="AD132" s="14"/>
       <c r="AE132" s="18"/>
       <c r="AF132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AG132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="AH132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A134" s="100" t="s">
+    <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B134" s="98" t="s">
+      <c r="B134" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C134" s="98"/>
-[...34 lines deleted...]
-      <c r="B135" s="99" t="s">
+      <c r="C134" s="91"/>
+      <c r="D134" s="91"/>
+      <c r="E134" s="91"/>
+      <c r="F134" s="91"/>
+      <c r="G134" s="91"/>
+      <c r="H134" s="91"/>
+      <c r="I134" s="91"/>
+      <c r="J134" s="91"/>
+      <c r="K134" s="91"/>
+      <c r="L134" s="91"/>
+      <c r="M134" s="91"/>
+      <c r="N134" s="91"/>
+      <c r="O134" s="91"/>
+      <c r="P134" s="91"/>
+      <c r="Q134" s="91"/>
+      <c r="R134" s="91"/>
+      <c r="S134" s="91"/>
+      <c r="T134" s="91"/>
+      <c r="U134" s="91"/>
+      <c r="V134" s="91"/>
+      <c r="W134" s="91"/>
+      <c r="X134" s="91"/>
+      <c r="Y134" s="91"/>
+      <c r="Z134" s="91"/>
+      <c r="AA134" s="91"/>
+      <c r="AB134" s="91"/>
+      <c r="AC134" s="91"/>
+      <c r="AD134" s="91"/>
+      <c r="AE134" s="91"/>
+      <c r="AF134" s="91"/>
+      <c r="AG134" s="91"/>
+      <c r="AH134" s="91"/>
+    </row>
+    <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A135" s="90"/>
+      <c r="B135" s="92" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="99"/>
-[...34 lines deleted...]
-      <c r="B136" s="87" t="s">
+      <c r="C135" s="92"/>
+      <c r="D135" s="92"/>
+      <c r="E135" s="92"/>
+      <c r="F135" s="92"/>
+      <c r="G135" s="92"/>
+      <c r="H135" s="92"/>
+      <c r="I135" s="92"/>
+      <c r="J135" s="92"/>
+      <c r="K135" s="92"/>
+      <c r="L135" s="92"/>
+      <c r="M135" s="92"/>
+      <c r="N135" s="92"/>
+      <c r="O135" s="92"/>
+      <c r="P135" s="92"/>
+      <c r="Q135" s="92"/>
+      <c r="R135" s="92"/>
+      <c r="S135" s="92"/>
+      <c r="T135" s="92"/>
+      <c r="U135" s="92"/>
+      <c r="V135" s="92"/>
+      <c r="W135" s="92"/>
+      <c r="X135" s="92"/>
+      <c r="Y135" s="92"/>
+      <c r="Z135" s="92"/>
+      <c r="AA135" s="92"/>
+      <c r="AB135" s="92"/>
+      <c r="AC135" s="92"/>
+      <c r="AD135" s="92"/>
+      <c r="AE135" s="92"/>
+      <c r="AF135" s="92"/>
+      <c r="AG135" s="92"/>
+      <c r="AH135" s="92"/>
+    </row>
+    <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="90"/>
+      <c r="B136" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C136" s="91"/>
-[...1 lines deleted...]
-      <c r="E136" s="87" t="s">
+      <c r="C136" s="82"/>
+      <c r="D136" s="89"/>
+      <c r="E136" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="F136" s="91"/>
-[...1 lines deleted...]
-      <c r="H136" s="87" t="s">
+      <c r="F136" s="82"/>
+      <c r="G136" s="83"/>
+      <c r="H136" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="I136" s="91"/>
-[...1 lines deleted...]
-      <c r="K136" s="87" t="s">
+      <c r="I136" s="82"/>
+      <c r="J136" s="83"/>
+      <c r="K136" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="L136" s="91"/>
-[...1 lines deleted...]
-      <c r="N136" s="87" t="s">
+      <c r="L136" s="82"/>
+      <c r="M136" s="83"/>
+      <c r="N136" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="O136" s="91"/>
-[...1 lines deleted...]
-      <c r="Q136" s="87" t="s">
+      <c r="O136" s="82"/>
+      <c r="P136" s="83"/>
+      <c r="Q136" s="81" t="s">
         <v>21</v>
       </c>
-      <c r="R136" s="91"/>
-[...1 lines deleted...]
-      <c r="T136" s="87" t="s">
+      <c r="R136" s="82"/>
+      <c r="S136" s="83"/>
+      <c r="T136" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="U136" s="91"/>
-[...1 lines deleted...]
-      <c r="W136" s="87" t="s">
+      <c r="U136" s="82"/>
+      <c r="V136" s="83"/>
+      <c r="W136" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="X136" s="91"/>
-[...1 lines deleted...]
-      <c r="Z136" s="87" t="s">
+      <c r="X136" s="82"/>
+      <c r="Y136" s="83"/>
+      <c r="Z136" s="81" t="s">
         <v>24</v>
       </c>
-      <c r="AA136" s="91"/>
-[...1 lines deleted...]
-      <c r="AC136" s="87" t="s">
+      <c r="AA136" s="82"/>
+      <c r="AB136" s="83"/>
+      <c r="AC136" s="81" t="s">
         <v>25</v>
       </c>
-      <c r="AD136" s="91"/>
-[...8 lines deleted...]
-      <c r="A137" s="100"/>
+      <c r="AD136" s="82"/>
+      <c r="AE136" s="83"/>
+      <c r="AF136" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG136" s="82"/>
+      <c r="AH136" s="83"/>
+    </row>
+    <row r="137" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A137" s="90"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C137" s="65" t="s">
+      <c r="C137" s="62" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="F137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="G137" s="66" t="s">
+      <c r="F137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="I137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="J137" s="66" t="s">
+      <c r="I137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="J137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="L137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="M137" s="66" t="s">
+      <c r="L137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="M137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="O137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="P137" s="66" t="s">
+      <c r="O137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="P137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="R137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="S137" s="66" t="s">
+      <c r="R137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="S137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="U137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="V137" s="66" t="s">
+      <c r="U137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="V137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="W137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="X137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="Y137" s="66" t="s">
+      <c r="X137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="Z137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AA137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="AB137" s="66" t="s">
+      <c r="AA137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="AC137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AD137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="AE137" s="66" t="s">
+      <c r="AD137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="AF137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AG137" s="65" t="s">
-[...6 lines deleted...]
-    <row r="138" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AG137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH137" s="63" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="138" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>365</v>
+        <v>401</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:AE138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>364</v>
+        <v>393</v>
       </c>
       <c r="D138" s="16">
         <f t="shared" si="36"/>
-        <v>729</v>
+        <v>794</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="36"/>
-        <v>2224</v>
+        <v>2438</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="36"/>
-        <v>1815</v>
+        <v>2007</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="36"/>
-        <v>4039</v>
+        <v>4445</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="36"/>
-        <v>2083</v>
+        <v>2251</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="36"/>
-        <v>1738</v>
+        <v>1908</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="36"/>
-        <v>3821</v>
+        <v>4159</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="36"/>
-        <v>2466</v>
+        <v>2673</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="36"/>
-        <v>2065</v>
+        <v>2262</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="36"/>
-        <v>4531</v>
+        <v>4935</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="36"/>
-        <v>2619</v>
+        <v>2840</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="36"/>
-        <v>2207</v>
+        <v>2436</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="36"/>
-        <v>4826</v>
+        <v>5276</v>
       </c>
       <c r="Q138" s="10">
         <f t="shared" si="36"/>
-        <v>2149</v>
+        <v>2360</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="36"/>
-        <v>1916</v>
+        <v>2093</v>
       </c>
       <c r="S138" s="15">
         <f t="shared" si="36"/>
-        <v>4065</v>
+        <v>4453</v>
       </c>
       <c r="T138" s="10">
         <f t="shared" si="36"/>
-        <v>1785</v>
+        <v>1943</v>
       </c>
       <c r="U138" s="1">
         <f t="shared" si="36"/>
-        <v>1513</v>
+        <v>1667</v>
       </c>
       <c r="V138" s="15">
         <f t="shared" si="36"/>
-        <v>3298</v>
+        <v>3610</v>
       </c>
       <c r="W138" s="10">
         <f t="shared" si="36"/>
-        <v>1523</v>
+        <v>1657</v>
       </c>
       <c r="X138" s="1">
         <f t="shared" si="36"/>
-        <v>1406</v>
+        <v>1543</v>
       </c>
       <c r="Y138" s="15">
         <f t="shared" si="36"/>
-        <v>2929</v>
+        <v>3200</v>
       </c>
       <c r="Z138" s="10">
         <f t="shared" si="36"/>
-        <v>1418</v>
+        <v>1554</v>
       </c>
       <c r="AA138" s="1">
         <f t="shared" si="36"/>
-        <v>1191</v>
+        <v>1285</v>
       </c>
       <c r="AB138" s="15">
         <f t="shared" si="36"/>
-        <v>2609</v>
+        <v>2839</v>
       </c>
       <c r="AC138" s="10">
         <f t="shared" si="36"/>
-        <v>1642</v>
+        <v>1784</v>
       </c>
       <c r="AD138" s="1">
         <f t="shared" si="36"/>
-        <v>1127</v>
+        <v>1234</v>
       </c>
       <c r="AE138" s="15">
         <f t="shared" si="36"/>
-        <v>2769</v>
+        <v>3018</v>
       </c>
       <c r="AF138" s="10">
         <f>SUM(B138,E138,H138,K138,N138,Q138,T138,W138,Z138,AC138)</f>
-        <v>18274</v>
+        <v>19901</v>
       </c>
       <c r="AG138" s="1">
         <f t="shared" ref="AG138:AG143" si="37">SUM(C138,F138,I138,L138,O138,R138,U138,X138,AA138,AD138)</f>
-        <v>15342</v>
+        <v>16828</v>
       </c>
       <c r="AH138" s="15">
         <f t="shared" ref="AH138:AH142" si="38">SUM(D138,G138,J138,M138,P138,S138,V138,Y138,AB138,AE138)</f>
-        <v>33616</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:34" x14ac:dyDescent="0.25">
+        <v>36729</v>
+      </c>
+    </row>
+    <row r="139" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:AE139" si="39">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="39"/>
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D139" s="16">
         <f t="shared" si="39"/>
-        <v>306</v>
+        <v>335</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="39"/>
-        <v>589</v>
+        <v>653</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>571</v>
+        <v>624</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="39"/>
-        <v>1160</v>
+        <v>1277</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="39"/>
-        <v>550</v>
+        <v>609</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>507</v>
+        <v>562</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="39"/>
-        <v>1057</v>
+        <v>1171</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="39"/>
-        <v>685</v>
+        <v>742</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="39"/>
-        <v>656</v>
+        <v>730</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="39"/>
-        <v>1341</v>
+        <v>1472</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="39"/>
-        <v>714</v>
+        <v>773</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>682</v>
+        <v>756</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="39"/>
-        <v>1396</v>
+        <v>1529</v>
       </c>
       <c r="Q139" s="10">
         <f t="shared" si="39"/>
-        <v>580</v>
+        <v>627</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>617</v>
+        <v>691</v>
       </c>
       <c r="S139" s="15">
         <f t="shared" si="39"/>
-        <v>1197</v>
+        <v>1318</v>
       </c>
       <c r="T139" s="10">
         <f t="shared" si="39"/>
-        <v>577</v>
+        <v>628</v>
       </c>
       <c r="U139" s="1">
         <f t="shared" si="39"/>
-        <v>570</v>
+        <v>621</v>
       </c>
       <c r="V139" s="15">
         <f t="shared" si="39"/>
-        <v>1147</v>
+        <v>1249</v>
       </c>
       <c r="W139" s="10">
         <f t="shared" si="39"/>
-        <v>567</v>
+        <v>618</v>
       </c>
       <c r="X139" s="1">
         <f t="shared" si="39"/>
-        <v>625</v>
+        <v>680</v>
       </c>
       <c r="Y139" s="15">
         <f t="shared" si="39"/>
-        <v>1192</v>
+        <v>1298</v>
       </c>
       <c r="Z139" s="10">
         <f t="shared" si="39"/>
-        <v>507</v>
+        <v>545</v>
       </c>
       <c r="AA139" s="1">
         <f t="shared" si="39"/>
-        <v>587</v>
+        <v>633</v>
       </c>
       <c r="AB139" s="15">
         <f t="shared" si="39"/>
-        <v>1094</v>
+        <v>1178</v>
       </c>
       <c r="AC139" s="10">
         <f t="shared" si="39"/>
-        <v>579</v>
+        <v>637</v>
       </c>
       <c r="AD139" s="1">
         <f t="shared" si="39"/>
-        <v>616</v>
+        <v>674</v>
       </c>
       <c r="AE139" s="15">
         <f t="shared" si="39"/>
-        <v>1195</v>
+        <v>1311</v>
       </c>
       <c r="AF139" s="10">
         <f>SUM(B139,E139,H139,K139,N139,Q139,T139,W139,Z139,AC139)</f>
-        <v>5491</v>
+        <v>5993</v>
       </c>
       <c r="AG139" s="1">
         <f t="shared" si="37"/>
-        <v>5594</v>
+        <v>6145</v>
       </c>
       <c r="AH139" s="15">
         <f>SUM(D139,G139,J139,M139,P139,S139,V139,Y139,AB139,AE139)</f>
-        <v>11085</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:34" x14ac:dyDescent="0.25">
+        <v>12138</v>
+      </c>
+    </row>
+    <row r="140" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:AE140" si="40">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="40"/>
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="D140" s="16">
         <f t="shared" si="40"/>
-        <v>318</v>
+        <v>336</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="40"/>
-        <v>545</v>
+        <v>584</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>517</v>
+        <v>558</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="40"/>
-        <v>1062</v>
+        <v>1142</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="40"/>
-        <v>456</v>
+        <v>485</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>391</v>
+        <v>427</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="40"/>
-        <v>847</v>
+        <v>912</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="40"/>
-        <v>495</v>
+        <v>537</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="40"/>
-        <v>525</v>
+        <v>576</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="40"/>
-        <v>1020</v>
+        <v>1113</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="40"/>
-        <v>547</v>
+        <v>608</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>652</v>
+        <v>718</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="40"/>
-        <v>1199</v>
+        <v>1326</v>
       </c>
       <c r="Q140" s="10">
         <f t="shared" si="40"/>
-        <v>492</v>
+        <v>541</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>605</v>
+        <v>673</v>
       </c>
       <c r="S140" s="15">
         <f t="shared" si="40"/>
-        <v>1097</v>
+        <v>1214</v>
       </c>
       <c r="T140" s="10">
         <f t="shared" si="40"/>
-        <v>529</v>
+        <v>582</v>
       </c>
       <c r="U140" s="1">
         <f t="shared" si="40"/>
-        <v>608</v>
+        <v>669</v>
       </c>
       <c r="V140" s="15">
         <f t="shared" si="40"/>
-        <v>1137</v>
+        <v>1251</v>
       </c>
       <c r="W140" s="10">
         <f t="shared" si="40"/>
-        <v>535</v>
+        <v>589</v>
       </c>
       <c r="X140" s="1">
         <f t="shared" si="40"/>
-        <v>671</v>
+        <v>745</v>
       </c>
       <c r="Y140" s="15">
         <f t="shared" si="40"/>
-        <v>1206</v>
+        <v>1334</v>
       </c>
       <c r="Z140" s="10">
         <f t="shared" si="40"/>
-        <v>646</v>
+        <v>719</v>
       </c>
       <c r="AA140" s="1">
         <f t="shared" si="40"/>
-        <v>711</v>
+        <v>793</v>
       </c>
       <c r="AB140" s="15">
         <f t="shared" si="40"/>
-        <v>1357</v>
+        <v>1512</v>
       </c>
       <c r="AC140" s="10">
         <f t="shared" si="40"/>
-        <v>664</v>
+        <v>742</v>
       </c>
       <c r="AD140" s="1">
         <f t="shared" si="40"/>
-        <v>690</v>
+        <v>762</v>
       </c>
       <c r="AE140" s="15">
         <f t="shared" si="40"/>
-        <v>1354</v>
+        <v>1504</v>
       </c>
       <c r="AF140" s="10">
         <f>SUM(B140,E140,H140,K140,N140,Q140,T140,W140,Z140,AC140)</f>
-        <v>5058</v>
+        <v>5545</v>
       </c>
       <c r="AG140" s="1">
         <f t="shared" si="37"/>
-        <v>5539</v>
+        <v>6099</v>
       </c>
       <c r="AH140" s="15">
         <f t="shared" si="38"/>
-        <v>10597</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:34" x14ac:dyDescent="0.25">
+        <v>11644</v>
+      </c>
+    </row>
+    <row r="141" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f>SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" ref="C141:AE141" si="41">SUM(C9,C20,C31,C42,C53,C64,C75,C86,C97,C108,C119,C130)</f>
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="D141" s="16">
         <f t="shared" si="41"/>
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="41"/>
-        <v>483</v>
+        <v>525</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>468</v>
+        <v>517</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="41"/>
-        <v>951</v>
+        <v>1042</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="41"/>
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>418</v>
+        <v>456</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="41"/>
-        <v>880</v>
+        <v>964</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="41"/>
-        <v>661</v>
+        <v>720</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>530</v>
+        <v>581</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="41"/>
-        <v>1191</v>
+        <v>1301</v>
       </c>
       <c r="N141" s="10">
         <f t="shared" si="41"/>
-        <v>703</v>
+        <v>768</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>596</v>
+        <v>666</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="41"/>
-        <v>1299</v>
+        <v>1434</v>
       </c>
       <c r="Q141" s="10">
         <f t="shared" si="41"/>
-        <v>538</v>
+        <v>587</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>509</v>
+        <v>567</v>
       </c>
       <c r="S141" s="15">
         <f t="shared" si="41"/>
-        <v>1047</v>
+        <v>1154</v>
       </c>
       <c r="T141" s="10">
         <f t="shared" si="41"/>
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="U141" s="1">
         <f t="shared" si="41"/>
-        <v>476</v>
+        <v>525</v>
       </c>
       <c r="V141" s="15">
         <f t="shared" si="41"/>
-        <v>932</v>
+        <v>1026</v>
       </c>
       <c r="W141" s="10">
         <f t="shared" si="41"/>
-        <v>502</v>
+        <v>562</v>
       </c>
       <c r="X141" s="1">
         <f t="shared" si="41"/>
-        <v>555</v>
+        <v>613</v>
       </c>
       <c r="Y141" s="15">
         <f t="shared" si="41"/>
-        <v>1057</v>
+        <v>1175</v>
       </c>
       <c r="Z141" s="10">
         <f>SUM(Z9,Z20,Z31,Z42,Z53,Z64,Z75,Z86,Z97,Z108,Z119,Z130)</f>
-        <v>501</v>
+        <v>557</v>
       </c>
       <c r="AA141" s="1">
         <f t="shared" si="41"/>
-        <v>515</v>
+        <v>573</v>
       </c>
       <c r="AB141" s="15">
         <f t="shared" si="41"/>
-        <v>1016</v>
+        <v>1130</v>
       </c>
       <c r="AC141" s="10">
         <f t="shared" si="41"/>
-        <v>507</v>
+        <v>555</v>
       </c>
       <c r="AD141" s="1">
         <f t="shared" si="41"/>
-        <v>529</v>
+        <v>580</v>
       </c>
       <c r="AE141" s="15">
         <f t="shared" si="41"/>
-        <v>1036</v>
+        <v>1135</v>
       </c>
       <c r="AF141" s="10">
         <f>SUM(B141,E141,H141,K141,N141,Q141,T141,W141,Z141,AC141)</f>
-        <v>4904</v>
+        <v>5382</v>
       </c>
       <c r="AG141" s="1">
         <f t="shared" si="37"/>
-        <v>4704</v>
+        <v>5196</v>
       </c>
       <c r="AH141" s="15">
         <f>SUM(D141,G141,J141,M141,P141,S141,V141,Y141,AB141,AE141)</f>
-        <v>9608</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>10578</v>
+      </c>
+    </row>
+    <row r="142" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="10">
         <f t="shared" ref="B142:AE142" si="42">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C142" s="1">
         <f t="shared" si="42"/>
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="D142" s="16">
         <f t="shared" si="42"/>
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="E142" s="10">
         <f t="shared" si="42"/>
-        <v>497</v>
+        <v>537</v>
       </c>
       <c r="F142" s="1">
         <f t="shared" si="42"/>
-        <v>460</v>
+        <v>507</v>
       </c>
       <c r="G142" s="15">
         <f t="shared" si="42"/>
-        <v>957</v>
+        <v>1044</v>
       </c>
       <c r="H142" s="10">
         <f t="shared" si="42"/>
-        <v>458</v>
+        <v>496</v>
       </c>
       <c r="I142" s="1">
         <f t="shared" si="42"/>
-        <v>441</v>
+        <v>490</v>
       </c>
       <c r="J142" s="15">
         <f t="shared" si="42"/>
-        <v>899</v>
+        <v>986</v>
       </c>
       <c r="K142" s="10">
         <f t="shared" si="42"/>
-        <v>576</v>
+        <v>623</v>
       </c>
       <c r="L142" s="1">
         <f t="shared" si="42"/>
-        <v>530</v>
+        <v>584</v>
       </c>
       <c r="M142" s="15">
         <f t="shared" si="42"/>
-        <v>1106</v>
+        <v>1207</v>
       </c>
       <c r="N142" s="10">
         <f t="shared" si="42"/>
-        <v>632</v>
+        <v>679</v>
       </c>
       <c r="O142" s="1">
         <f t="shared" si="42"/>
-        <v>634</v>
+        <v>709</v>
       </c>
       <c r="P142" s="15">
         <f t="shared" si="42"/>
-        <v>1266</v>
+        <v>1388</v>
       </c>
       <c r="Q142" s="10">
         <f t="shared" si="42"/>
-        <v>473</v>
+        <v>528</v>
       </c>
       <c r="R142" s="1">
         <f t="shared" si="42"/>
-        <v>494</v>
+        <v>550</v>
       </c>
       <c r="S142" s="15">
         <f t="shared" si="42"/>
-        <v>967</v>
+        <v>1078</v>
       </c>
       <c r="T142" s="10">
         <f t="shared" si="42"/>
-        <v>476</v>
+        <v>523</v>
       </c>
       <c r="U142" s="1">
         <f t="shared" si="42"/>
-        <v>447</v>
+        <v>490</v>
       </c>
       <c r="V142" s="15">
         <f t="shared" si="42"/>
-        <v>923</v>
+        <v>1013</v>
       </c>
       <c r="W142" s="10">
         <f t="shared" si="42"/>
-        <v>496</v>
+        <v>549</v>
       </c>
       <c r="X142" s="1">
         <f t="shared" si="42"/>
-        <v>533</v>
+        <v>588</v>
       </c>
       <c r="Y142" s="15">
         <f t="shared" si="42"/>
-        <v>1029</v>
+        <v>1137</v>
       </c>
       <c r="Z142" s="10">
         <f t="shared" si="42"/>
-        <v>446</v>
+        <v>500</v>
       </c>
       <c r="AA142" s="1">
         <f t="shared" si="42"/>
-        <v>476</v>
+        <v>525</v>
       </c>
       <c r="AB142" s="15">
         <f t="shared" si="42"/>
-        <v>922</v>
+        <v>1025</v>
       </c>
       <c r="AC142" s="10">
         <f t="shared" si="42"/>
-        <v>461</v>
+        <v>511</v>
       </c>
       <c r="AD142" s="1">
         <f t="shared" si="42"/>
-        <v>510</v>
+        <v>579</v>
       </c>
       <c r="AE142" s="15">
         <f t="shared" si="42"/>
-        <v>971</v>
+        <v>1090</v>
       </c>
       <c r="AF142" s="10">
         <f>SUM(B142,E142,H142,K142,N142,Q142,T142,W142,Z142,AC142)</f>
-        <v>4612</v>
+        <v>5048</v>
       </c>
       <c r="AG142" s="1">
-        <f t="shared" si="37"/>
-        <v>4614</v>
+        <f>SUM(C142,F142,I142,L142,O142,R142,U142,X142,AA142,AD142)</f>
+        <v>5121</v>
       </c>
       <c r="AH142" s="15">
         <f t="shared" si="38"/>
-        <v>9226</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>10169</v>
+      </c>
+    </row>
+    <row r="143" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="27" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:AE143" si="43">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>845</v>
+        <v>921</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="43"/>
-        <v>893</v>
+        <v>962</v>
       </c>
       <c r="D143" s="17">
         <f t="shared" si="43"/>
-        <v>1738</v>
+        <v>1883</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="43"/>
-        <v>4338</v>
+        <v>4737</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>3831</v>
+        <v>4213</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="43"/>
-        <v>8169</v>
+        <v>8950</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="43"/>
-        <v>4009</v>
+        <v>4349</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>3495</v>
+        <v>3843</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="43"/>
-        <v>7504</v>
+        <v>8192</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="43"/>
-        <v>4883</v>
+        <v>5295</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>4306</v>
+        <v>4733</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="43"/>
-        <v>9189</v>
+        <v>10028</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="43"/>
-        <v>5215</v>
+        <v>5668</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>4771</v>
+        <v>5285</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="43"/>
-        <v>9986</v>
+        <v>10953</v>
       </c>
       <c r="Q143" s="13">
         <f t="shared" si="43"/>
-        <v>4232</v>
+        <v>4643</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>4141</v>
+        <v>4574</v>
       </c>
       <c r="S143" s="18">
         <f t="shared" si="43"/>
-        <v>8373</v>
+        <v>9217</v>
       </c>
       <c r="T143" s="13">
         <f t="shared" si="43"/>
-        <v>3823</v>
+        <v>4177</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>3614</v>
+        <v>3972</v>
       </c>
       <c r="V143" s="18">
         <f t="shared" si="43"/>
-        <v>7437</v>
+        <v>8149</v>
       </c>
       <c r="W143" s="13">
         <f t="shared" si="43"/>
-        <v>3623</v>
+        <v>3975</v>
       </c>
       <c r="X143" s="14">
         <f t="shared" si="43"/>
-        <v>3790</v>
+        <v>4169</v>
       </c>
       <c r="Y143" s="18">
         <f t="shared" si="43"/>
-        <v>7413</v>
+        <v>8144</v>
       </c>
       <c r="Z143" s="13">
         <f t="shared" si="43"/>
-        <v>3518</v>
+        <v>3875</v>
       </c>
       <c r="AA143" s="14">
         <f t="shared" si="43"/>
-        <v>3480</v>
+        <v>3809</v>
       </c>
       <c r="AB143" s="18">
         <f t="shared" si="43"/>
-        <v>6998</v>
+        <v>7684</v>
       </c>
       <c r="AC143" s="13">
         <f t="shared" si="43"/>
-        <v>3853</v>
+        <v>4229</v>
       </c>
       <c r="AD143" s="14">
         <f t="shared" si="43"/>
-        <v>3472</v>
+        <v>3829</v>
       </c>
       <c r="AE143" s="18">
         <f t="shared" si="43"/>
-        <v>7325</v>
+        <v>8058</v>
       </c>
       <c r="AF143" s="13">
         <f t="shared" ref="AF143" si="44">SUM(B143,E143,H143,K143,N143,Q143,T143,W143,Z143,AC143)</f>
-        <v>38339</v>
+        <v>41869</v>
       </c>
       <c r="AG143" s="14">
         <f t="shared" si="37"/>
-        <v>35793</v>
+        <v>39389</v>
       </c>
       <c r="AH143" s="18">
         <f>SUM(D143,G143,J143,M143,P143,S143,V143,Y143,AB143,AE143)</f>
-        <v>74132</v>
-[...210 lines deleted...]
-      <c r="AH150" s="61"/>
+        <v>81258</v>
+      </c>
+    </row>
+    <row r="145" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="B145" s="59"/>
+      <c r="C145" s="59"/>
+      <c r="D145" s="59"/>
+      <c r="E145" s="59"/>
+      <c r="F145" s="59"/>
+      <c r="G145" s="59"/>
+      <c r="H145" s="59"/>
+      <c r="I145" s="59"/>
+      <c r="J145" s="59"/>
+      <c r="K145" s="59"/>
+      <c r="L145" s="59"/>
+      <c r="M145" s="59"/>
+      <c r="N145" s="59"/>
+      <c r="O145" s="59"/>
+      <c r="P145" s="59"/>
+      <c r="Q145" s="59"/>
+      <c r="R145" s="59"/>
+      <c r="S145" s="59"/>
+      <c r="T145" s="59"/>
+      <c r="U145" s="59"/>
+      <c r="V145" s="59"/>
+      <c r="W145" s="59"/>
+      <c r="X145" s="59"/>
+      <c r="Y145" s="59"/>
+      <c r="Z145" s="59"/>
+      <c r="AA145" s="59"/>
+      <c r="AB145" s="59"/>
+      <c r="AC145" s="59"/>
+      <c r="AD145" s="59"/>
+      <c r="AE145" s="59"/>
+      <c r="AF145" s="59"/>
+      <c r="AG145" s="59"/>
+      <c r="AH145" s="59"/>
+    </row>
+    <row r="146" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="B146" s="59"/>
+      <c r="C146" s="59"/>
+      <c r="D146" s="59"/>
+      <c r="E146" s="59"/>
+      <c r="F146" s="59"/>
+      <c r="G146" s="59"/>
+      <c r="H146" s="59"/>
+      <c r="I146" s="59"/>
+      <c r="J146" s="59"/>
+      <c r="K146" s="59"/>
+      <c r="L146" s="59"/>
+      <c r="M146" s="59"/>
+      <c r="N146" s="59"/>
+      <c r="O146" s="59"/>
+      <c r="P146" s="59"/>
+      <c r="Q146" s="59"/>
+      <c r="R146" s="59"/>
+      <c r="S146" s="59"/>
+      <c r="T146" s="59"/>
+      <c r="U146" s="59"/>
+      <c r="V146" s="59"/>
+      <c r="W146" s="59"/>
+      <c r="X146" s="59"/>
+      <c r="Y146" s="59"/>
+      <c r="Z146" s="59"/>
+      <c r="AA146" s="59"/>
+      <c r="AB146" s="59"/>
+      <c r="AC146" s="59"/>
+      <c r="AD146" s="59"/>
+      <c r="AE146" s="59"/>
+      <c r="AF146" s="59"/>
+      <c r="AG146" s="59"/>
+      <c r="AH146" s="59"/>
+    </row>
+    <row r="147" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="B147" s="59"/>
+      <c r="C147" s="59"/>
+      <c r="D147" s="59"/>
+      <c r="E147" s="59"/>
+      <c r="F147" s="59"/>
+      <c r="G147" s="59"/>
+      <c r="H147" s="59"/>
+      <c r="I147" s="59"/>
+      <c r="J147" s="59"/>
+      <c r="K147" s="59"/>
+      <c r="L147" s="59"/>
+      <c r="M147" s="59"/>
+      <c r="N147" s="59"/>
+      <c r="O147" s="59"/>
+      <c r="P147" s="59"/>
+      <c r="Q147" s="59"/>
+      <c r="R147" s="59"/>
+      <c r="S147" s="59"/>
+      <c r="T147" s="59"/>
+      <c r="U147" s="59"/>
+      <c r="V147" s="59"/>
+      <c r="W147" s="59"/>
+      <c r="X147" s="59"/>
+      <c r="Y147" s="59"/>
+      <c r="Z147" s="59"/>
+      <c r="AA147" s="59"/>
+      <c r="AB147" s="59"/>
+      <c r="AC147" s="59"/>
+      <c r="AD147" s="59"/>
+      <c r="AE147" s="59"/>
+      <c r="AF147" s="59"/>
+      <c r="AG147" s="59"/>
+      <c r="AH147" s="59"/>
+    </row>
+    <row r="148" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="B148" s="59"/>
+      <c r="C148" s="59"/>
+      <c r="D148" s="59"/>
+      <c r="E148" s="59"/>
+      <c r="F148" s="59"/>
+      <c r="G148" s="59"/>
+      <c r="H148" s="59"/>
+      <c r="I148" s="59"/>
+      <c r="J148" s="59"/>
+      <c r="K148" s="59"/>
+      <c r="L148" s="59"/>
+      <c r="M148" s="59"/>
+      <c r="N148" s="59"/>
+      <c r="O148" s="59"/>
+      <c r="P148" s="59"/>
+      <c r="Q148" s="59"/>
+      <c r="R148" s="59"/>
+      <c r="S148" s="59"/>
+      <c r="T148" s="59"/>
+      <c r="U148" s="59"/>
+      <c r="V148" s="59"/>
+      <c r="W148" s="59"/>
+      <c r="X148" s="59"/>
+      <c r="Y148" s="59"/>
+      <c r="Z148" s="59"/>
+      <c r="AA148" s="59"/>
+      <c r="AB148" s="59"/>
+      <c r="AC148" s="59"/>
+      <c r="AD148" s="59"/>
+      <c r="AE148" s="59"/>
+      <c r="AF148" s="59"/>
+      <c r="AG148" s="59"/>
+      <c r="AH148" s="59"/>
+    </row>
+    <row r="149" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="B149" s="59"/>
+      <c r="C149" s="59"/>
+      <c r="D149" s="59"/>
+      <c r="E149" s="59"/>
+      <c r="F149" s="59"/>
+      <c r="G149" s="59"/>
+      <c r="H149" s="59"/>
+      <c r="I149" s="59"/>
+      <c r="J149" s="59"/>
+      <c r="K149" s="59"/>
+      <c r="L149" s="59"/>
+      <c r="M149" s="59"/>
+      <c r="N149" s="59"/>
+      <c r="O149" s="59"/>
+      <c r="P149" s="59"/>
+      <c r="Q149" s="59"/>
+      <c r="R149" s="59"/>
+      <c r="S149" s="59"/>
+      <c r="T149" s="59"/>
+      <c r="U149" s="59"/>
+      <c r="V149" s="59"/>
+      <c r="W149" s="59"/>
+      <c r="X149" s="59"/>
+      <c r="Y149" s="59"/>
+      <c r="Z149" s="59"/>
+      <c r="AA149" s="59"/>
+      <c r="AB149" s="59"/>
+      <c r="AC149" s="59"/>
+      <c r="AD149" s="59"/>
+      <c r="AE149" s="59"/>
+      <c r="AF149" s="59"/>
+      <c r="AG149" s="59"/>
+      <c r="AH149" s="59"/>
+    </row>
+    <row r="150" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="B150" s="59"/>
+      <c r="C150" s="59"/>
+      <c r="D150" s="59"/>
+      <c r="E150" s="59"/>
+      <c r="F150" s="59"/>
+      <c r="G150" s="59"/>
+      <c r="H150" s="59"/>
+      <c r="I150" s="59"/>
+      <c r="J150" s="59"/>
+      <c r="K150" s="59"/>
+      <c r="L150" s="59"/>
+      <c r="M150" s="59"/>
+      <c r="N150" s="59"/>
+      <c r="O150" s="59"/>
+      <c r="P150" s="59"/>
+      <c r="Q150" s="59"/>
+      <c r="R150" s="59"/>
+      <c r="S150" s="59"/>
+      <c r="T150" s="59"/>
+      <c r="U150" s="59"/>
+      <c r="V150" s="59"/>
+      <c r="W150" s="59"/>
+      <c r="X150" s="59"/>
+      <c r="Y150" s="59"/>
+      <c r="Z150" s="59"/>
+      <c r="AA150" s="59"/>
+      <c r="AB150" s="59"/>
+      <c r="AC150" s="59"/>
+      <c r="AD150" s="59"/>
+      <c r="AE150" s="59"/>
+      <c r="AF150" s="59"/>
+      <c r="AG150" s="59"/>
+      <c r="AH150" s="59"/>
+    </row>
+    <row r="151" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF151" s="59"/>
+      <c r="AG151" s="59"/>
+      <c r="AH151" s="59"/>
+    </row>
+    <row r="152" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF152" s="59"/>
+      <c r="AG152" s="59"/>
+      <c r="AH152" s="59"/>
+    </row>
+    <row r="153" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF153" s="59"/>
+      <c r="AG153" s="59"/>
+      <c r="AH153" s="59"/>
+    </row>
+    <row r="154" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF154" s="59"/>
+      <c r="AG154" s="59"/>
+      <c r="AH154" s="59"/>
+    </row>
+    <row r="155" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF155" s="59"/>
+      <c r="AG155" s="59"/>
+      <c r="AH155" s="59"/>
+    </row>
+    <row r="156" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF156" s="59"/>
+      <c r="AG156" s="59"/>
+      <c r="AH156" s="59"/>
+    </row>
+    <row r="157" spans="2:34" x14ac:dyDescent="0.35">
+      <c r="AF157" s="59"/>
+      <c r="AG157" s="59"/>
+      <c r="AH157" s="59"/>
     </row>
   </sheetData>
   <mergeCells count="182">
-    <mergeCell ref="A134:A137"/>
-[...30 lines deleted...]
-    <mergeCell ref="Q125:S125"/>
+    <mergeCell ref="AF4:AH4"/>
+    <mergeCell ref="B2:AH2"/>
+    <mergeCell ref="B3:AH3"/>
+    <mergeCell ref="A13:A16"/>
+    <mergeCell ref="B13:AH13"/>
+    <mergeCell ref="B14:AH14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="H15:J15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="W4:Y4"/>
+    <mergeCell ref="Z4:AB4"/>
+    <mergeCell ref="AC4:AE4"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="H4:J4"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="N4:P4"/>
+    <mergeCell ref="A2:A5"/>
+    <mergeCell ref="AF15:AH15"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="B24:AH24"/>
+    <mergeCell ref="B25:AH25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="T15:V15"/>
+    <mergeCell ref="W15:Y15"/>
+    <mergeCell ref="Z15:AB15"/>
+    <mergeCell ref="AC15:AE15"/>
+    <mergeCell ref="T26:V26"/>
+    <mergeCell ref="W26:Y26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="AC26:AE26"/>
+    <mergeCell ref="AF26:AH26"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="B35:AH35"/>
+    <mergeCell ref="B36:AH36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="Z37:AB37"/>
+    <mergeCell ref="AC37:AE37"/>
+    <mergeCell ref="AF37:AH37"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="B46:AH46"/>
+    <mergeCell ref="B47:AH47"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="Q37:S37"/>
+    <mergeCell ref="T37:V37"/>
+    <mergeCell ref="W37:Y37"/>
+    <mergeCell ref="AF48:AH48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="Q48:S48"/>
+    <mergeCell ref="A57:A60"/>
+    <mergeCell ref="B57:AH57"/>
+    <mergeCell ref="B58:AH58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="Q59:S59"/>
+    <mergeCell ref="T48:V48"/>
+    <mergeCell ref="W48:Y48"/>
+    <mergeCell ref="Z48:AB48"/>
+    <mergeCell ref="AC48:AE48"/>
+    <mergeCell ref="T59:V59"/>
+    <mergeCell ref="W59:Y59"/>
+    <mergeCell ref="Z59:AB59"/>
+    <mergeCell ref="AC59:AE59"/>
+    <mergeCell ref="AF59:AH59"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="B68:AH68"/>
+    <mergeCell ref="B69:AH69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="Z70:AB70"/>
+    <mergeCell ref="AC70:AE70"/>
+    <mergeCell ref="AF70:AH70"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:AH79"/>
+    <mergeCell ref="B80:AH80"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="K81:M81"/>
+    <mergeCell ref="H70:J70"/>
+    <mergeCell ref="K70:M70"/>
+    <mergeCell ref="N70:P70"/>
+    <mergeCell ref="Q70:S70"/>
+    <mergeCell ref="T70:V70"/>
+    <mergeCell ref="W70:Y70"/>
+    <mergeCell ref="AF81:AH81"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="Q81:S81"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:AH90"/>
+    <mergeCell ref="B91:AH91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="E92:G92"/>
+    <mergeCell ref="H92:J92"/>
+    <mergeCell ref="K92:M92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="Q92:S92"/>
+    <mergeCell ref="T81:V81"/>
+    <mergeCell ref="W81:Y81"/>
+    <mergeCell ref="Z81:AB81"/>
+    <mergeCell ref="AC81:AE81"/>
+    <mergeCell ref="T92:V92"/>
+    <mergeCell ref="W92:Y92"/>
+    <mergeCell ref="Z92:AB92"/>
+    <mergeCell ref="AC92:AE92"/>
+    <mergeCell ref="AF92:AH92"/>
     <mergeCell ref="A101:A104"/>
     <mergeCell ref="B101:AH101"/>
     <mergeCell ref="B102:AH102"/>
     <mergeCell ref="B103:D103"/>
     <mergeCell ref="E103:G103"/>
     <mergeCell ref="Z103:AB103"/>
     <mergeCell ref="AC103:AE103"/>
     <mergeCell ref="AF103:AH103"/>
     <mergeCell ref="A112:A115"/>
     <mergeCell ref="B112:AH112"/>
     <mergeCell ref="B113:AH113"/>
     <mergeCell ref="B114:D114"/>
     <mergeCell ref="E114:G114"/>
     <mergeCell ref="H114:J114"/>
     <mergeCell ref="K114:M114"/>
     <mergeCell ref="H103:J103"/>
     <mergeCell ref="K103:M103"/>
     <mergeCell ref="N103:P103"/>
     <mergeCell ref="Q103:S103"/>
     <mergeCell ref="T103:V103"/>
     <mergeCell ref="W103:Y103"/>
     <mergeCell ref="AF114:AH114"/>
     <mergeCell ref="N114:P114"/>
     <mergeCell ref="Q114:S114"/>
-    <mergeCell ref="T81:V81"/>
-[...124 lines deleted...]
-    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="A123:A126"/>
+    <mergeCell ref="B123:AH123"/>
+    <mergeCell ref="B124:AH124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="E125:G125"/>
+    <mergeCell ref="H125:J125"/>
+    <mergeCell ref="K125:M125"/>
+    <mergeCell ref="N125:P125"/>
+    <mergeCell ref="Q125:S125"/>
+    <mergeCell ref="T114:V114"/>
+    <mergeCell ref="W114:Y114"/>
+    <mergeCell ref="Z114:AB114"/>
+    <mergeCell ref="AC114:AE114"/>
+    <mergeCell ref="T125:V125"/>
+    <mergeCell ref="W125:Y125"/>
+    <mergeCell ref="Z125:AB125"/>
+    <mergeCell ref="AC125:AE125"/>
+    <mergeCell ref="AF125:AH125"/>
+    <mergeCell ref="A134:A137"/>
+    <mergeCell ref="B134:AH134"/>
+    <mergeCell ref="B135:AH135"/>
+    <mergeCell ref="B136:D136"/>
+    <mergeCell ref="E136:G136"/>
+    <mergeCell ref="Z136:AB136"/>
+    <mergeCell ref="AC136:AE136"/>
+    <mergeCell ref="AF136:AH136"/>
+    <mergeCell ref="H136:J136"/>
+    <mergeCell ref="K136:M136"/>
+    <mergeCell ref="N136:P136"/>
+    <mergeCell ref="Q136:S136"/>
+    <mergeCell ref="T136:V136"/>
+    <mergeCell ref="W136:Y136"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71E943CA-A93B-441D-8765-58CDD5C8E60F}">
-  <dimension ref="A1:Y144"/>
+  <dimension ref="A1:Z145"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Z136" sqref="Z136"/>
+      <selection activeCell="U148" sqref="U148"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="19.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="22" width="6.85546875" customWidth="1"/>
+    <col min="1" max="1" width="19.81640625" customWidth="1"/>
+    <col min="2" max="2" width="8.81640625" customWidth="1"/>
+    <col min="3" max="22" width="6.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:22" ht="23.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
     </row>
-    <row r="2" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A2" s="100" t="s">
+    <row r="2" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A2" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="98" t="s">
+      <c r="B2" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C2" s="98"/>
-[...22 lines deleted...]
-      <c r="B3" s="99" t="s">
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+    </row>
+    <row r="3" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="90"/>
+      <c r="B3" s="92" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="99"/>
-[...22 lines deleted...]
-      <c r="B4" s="87" t="s">
+      <c r="C3" s="92"/>
+      <c r="D3" s="92"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
+      <c r="H3" s="92"/>
+      <c r="I3" s="92"/>
+      <c r="J3" s="92"/>
+      <c r="K3" s="92"/>
+      <c r="L3" s="92"/>
+      <c r="M3" s="92"/>
+      <c r="N3" s="92"/>
+      <c r="O3" s="92"/>
+      <c r="P3" s="92"/>
+      <c r="Q3" s="92"/>
+      <c r="R3" s="92"/>
+      <c r="S3" s="92"/>
+      <c r="T3" s="92"/>
+      <c r="U3" s="92"/>
+      <c r="V3" s="92"/>
+    </row>
+    <row r="4" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="90"/>
+      <c r="B4" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="91"/>
-[...1 lines deleted...]
-      <c r="E4" s="87" t="s">
+      <c r="C4" s="82"/>
+      <c r="D4" s="89"/>
+      <c r="E4" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="91"/>
-[...1 lines deleted...]
-      <c r="H4" s="87" t="s">
+      <c r="F4" s="82"/>
+      <c r="G4" s="89"/>
+      <c r="H4" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="91"/>
-[...1 lines deleted...]
-      <c r="K4" s="87" t="s">
+      <c r="I4" s="82"/>
+      <c r="J4" s="89"/>
+      <c r="K4" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L4" s="91"/>
-[...1 lines deleted...]
-      <c r="N4" s="87" t="s">
+      <c r="L4" s="82"/>
+      <c r="M4" s="89"/>
+      <c r="N4" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="87" t="s">
+      <c r="O4" s="82"/>
+      <c r="P4" s="89"/>
+      <c r="Q4" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R4" s="91"/>
-[...8 lines deleted...]
-      <c r="A5" s="100"/>
+      <c r="R4" s="82"/>
+      <c r="S4" s="89"/>
+      <c r="T4" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U4" s="82"/>
+      <c r="V4" s="83"/>
+    </row>
+    <row r="5" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A5" s="90"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="6" t="s">
@@ -14765,570 +15177,570 @@
       <c r="O5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="70">
+      <c r="B6" s="67">
         <v>856</v>
       </c>
-      <c r="C6" s="71">
+      <c r="C6" s="68">
         <v>478</v>
       </c>
-      <c r="D6" s="76">
+      <c r="D6" s="73">
         <v>1334</v>
       </c>
-      <c r="E6" s="70">
+      <c r="E6" s="67">
         <v>414</v>
       </c>
-      <c r="F6" s="71">
+      <c r="F6" s="68">
         <v>477</v>
       </c>
-      <c r="G6" s="76">
+      <c r="G6" s="73">
         <v>891</v>
       </c>
-      <c r="H6" s="70">
+      <c r="H6" s="67">
         <v>496</v>
       </c>
-      <c r="I6" s="71">
+      <c r="I6" s="68">
         <v>528</v>
       </c>
-      <c r="J6" s="76">
+      <c r="J6" s="73">
         <v>1024</v>
       </c>
-      <c r="K6" s="70">
+      <c r="K6" s="67">
         <v>181</v>
       </c>
-      <c r="L6" s="71">
+      <c r="L6" s="68">
         <v>283</v>
       </c>
-      <c r="M6" s="76">
+      <c r="M6" s="73">
         <v>464</v>
       </c>
-      <c r="N6" s="70">
+      <c r="N6" s="67">
         <v>12</v>
       </c>
-      <c r="O6" s="71">
+      <c r="O6" s="68">
         <v>18</v>
       </c>
-      <c r="P6" s="76">
+      <c r="P6" s="73">
         <v>30</v>
       </c>
-      <c r="Q6" s="70">
+      <c r="Q6" s="67">
         <v>37</v>
       </c>
-      <c r="R6" s="71">
+      <c r="R6" s="68">
         <v>43</v>
       </c>
-      <c r="S6" s="76">
+      <c r="S6" s="73">
         <v>80</v>
       </c>
-      <c r="T6" s="70">
+      <c r="T6" s="67">
         <f>SUM(B6,E6,H6,K6,N6,Q6)</f>
         <v>1996</v>
       </c>
-      <c r="U6" s="71">
+      <c r="U6" s="68">
         <f>SUM(C6,F6,I6,L6,O6,R6)</f>
         <v>1827</v>
       </c>
-      <c r="V6" s="72">
+      <c r="V6" s="69">
         <f t="shared" ref="V6:V11" si="0">SUM(D6,G6,J6,M6,P6,S6)</f>
         <v>3823</v>
       </c>
     </row>
-    <row r="7" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="70">
+      <c r="B7" s="67">
         <v>152</v>
       </c>
-      <c r="C7" s="71">
+      <c r="C7" s="68">
         <v>100</v>
       </c>
-      <c r="D7" s="76">
+      <c r="D7" s="73">
         <v>252</v>
       </c>
-      <c r="E7" s="70">
+      <c r="E7" s="67">
         <v>196</v>
       </c>
-      <c r="F7" s="71">
+      <c r="F7" s="68">
         <v>430</v>
       </c>
-      <c r="G7" s="76">
+      <c r="G7" s="73">
         <v>626</v>
       </c>
-      <c r="H7" s="70">
+      <c r="H7" s="67">
         <v>175</v>
       </c>
-      <c r="I7" s="71">
+      <c r="I7" s="68">
         <v>279</v>
       </c>
-      <c r="J7" s="76">
+      <c r="J7" s="73">
         <v>454</v>
       </c>
-      <c r="K7" s="70">
+      <c r="K7" s="67">
         <v>127</v>
       </c>
-      <c r="L7" s="71">
+      <c r="L7" s="68">
         <v>247</v>
       </c>
-      <c r="M7" s="76">
+      <c r="M7" s="73">
         <v>374</v>
       </c>
-      <c r="N7" s="70">
+      <c r="N7" s="67">
         <v>29</v>
       </c>
-      <c r="O7" s="71">
+      <c r="O7" s="68">
         <v>43</v>
       </c>
-      <c r="P7" s="76">
+      <c r="P7" s="73">
         <v>72</v>
       </c>
-      <c r="Q7" s="70">
+      <c r="Q7" s="67">
         <v>7</v>
       </c>
-      <c r="R7" s="71">
-[...2 lines deleted...]
-      <c r="S7" s="76">
+      <c r="R7" s="68">
+        <v>15</v>
+      </c>
+      <c r="S7" s="73">
         <v>22</v>
       </c>
-      <c r="T7" s="70">
+      <c r="T7" s="67">
         <f t="shared" ref="T7:T11" si="1">SUM(B7,E7,H7,K7,N7,Q7)</f>
         <v>686</v>
       </c>
-      <c r="U7" s="71">
+      <c r="U7" s="68">
         <f t="shared" ref="U7:U11" si="2">SUM(C7,F7,I7,L7,O7,R7)</f>
         <v>1114</v>
       </c>
-      <c r="V7" s="72">
+      <c r="V7" s="69">
         <f t="shared" si="0"/>
         <v>1800</v>
       </c>
     </row>
-    <row r="8" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="70">
+      <c r="B8" s="67">
         <v>144</v>
       </c>
-      <c r="C8" s="71">
+      <c r="C8" s="68">
         <v>78</v>
       </c>
-      <c r="D8" s="76">
+      <c r="D8" s="73">
         <v>222</v>
       </c>
-      <c r="E8" s="70">
+      <c r="E8" s="67">
         <v>220</v>
       </c>
-      <c r="F8" s="71">
+      <c r="F8" s="68">
         <v>374</v>
       </c>
-      <c r="G8" s="76">
+      <c r="G8" s="73">
         <v>594</v>
       </c>
-      <c r="H8" s="70">
+      <c r="H8" s="67">
         <v>151</v>
       </c>
-      <c r="I8" s="71">
+      <c r="I8" s="68">
         <v>199</v>
       </c>
-      <c r="J8" s="76">
+      <c r="J8" s="73">
         <v>350</v>
       </c>
-      <c r="K8" s="70">
+      <c r="K8" s="67">
         <v>101</v>
       </c>
-      <c r="L8" s="71">
+      <c r="L8" s="68">
         <v>186</v>
       </c>
-      <c r="M8" s="76">
+      <c r="M8" s="73">
         <v>287</v>
       </c>
-      <c r="N8" s="70">
-[...2 lines deleted...]
-      <c r="O8" s="71">
+      <c r="N8" s="67">
+        <v>14</v>
+      </c>
+      <c r="O8" s="68">
         <v>21</v>
       </c>
-      <c r="P8" s="76">
+      <c r="P8" s="73">
         <v>35</v>
       </c>
-      <c r="Q8" s="70">
+      <c r="Q8" s="67">
         <v>5</v>
       </c>
-      <c r="R8" s="71">
+      <c r="R8" s="68">
         <v>8</v>
       </c>
-      <c r="S8" s="76">
-[...2 lines deleted...]
-      <c r="T8" s="70">
+      <c r="S8" s="73">
+        <v>13</v>
+      </c>
+      <c r="T8" s="67">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
-      <c r="U8" s="71">
+      <c r="U8" s="68">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
-      <c r="V8" s="72">
+      <c r="V8" s="69">
         <f t="shared" si="0"/>
         <v>1501</v>
       </c>
     </row>
-    <row r="9" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="70">
+      <c r="B9" s="67">
         <v>173</v>
       </c>
-      <c r="C9" s="71">
+      <c r="C9" s="68">
         <v>74</v>
       </c>
-      <c r="D9" s="76">
+      <c r="D9" s="73">
         <v>247</v>
       </c>
-      <c r="E9" s="70">
+      <c r="E9" s="67">
         <v>180</v>
       </c>
-      <c r="F9" s="71">
+      <c r="F9" s="68">
         <v>278</v>
       </c>
-      <c r="G9" s="76">
+      <c r="G9" s="73">
         <v>458</v>
       </c>
-      <c r="H9" s="70">
+      <c r="H9" s="67">
         <v>162</v>
       </c>
-      <c r="I9" s="71">
+      <c r="I9" s="68">
         <v>150</v>
       </c>
-      <c r="J9" s="76">
+      <c r="J9" s="73">
         <v>312</v>
       </c>
-      <c r="K9" s="70">
+      <c r="K9" s="67">
         <v>119</v>
       </c>
-      <c r="L9" s="71">
+      <c r="L9" s="68">
         <v>153</v>
       </c>
-      <c r="M9" s="76">
+      <c r="M9" s="73">
         <v>272</v>
       </c>
-      <c r="N9" s="70">
+      <c r="N9" s="67">
         <v>16</v>
       </c>
-      <c r="O9" s="71">
+      <c r="O9" s="68">
         <v>18</v>
       </c>
-      <c r="P9" s="76">
+      <c r="P9" s="73">
         <v>34</v>
       </c>
-      <c r="Q9" s="70">
+      <c r="Q9" s="67">
         <v>7</v>
       </c>
-      <c r="R9" s="71">
+      <c r="R9" s="68">
         <v>11</v>
       </c>
-      <c r="S9" s="76">
+      <c r="S9" s="73">
         <v>18</v>
       </c>
-      <c r="T9" s="70">
+      <c r="T9" s="67">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
-      <c r="U9" s="71">
+      <c r="U9" s="68">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
-      <c r="V9" s="72">
+      <c r="V9" s="69">
         <f t="shared" si="0"/>
         <v>1341</v>
       </c>
     </row>
-    <row r="10" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="70">
+      <c r="B10" s="67">
         <v>110</v>
       </c>
-      <c r="C10" s="71">
+      <c r="C10" s="68">
         <v>67</v>
       </c>
-      <c r="D10" s="76">
+      <c r="D10" s="73">
         <v>177</v>
       </c>
-      <c r="E10" s="70">
+      <c r="E10" s="67">
         <v>185</v>
       </c>
-      <c r="F10" s="71">
+      <c r="F10" s="68">
         <v>260</v>
       </c>
-      <c r="G10" s="76">
+      <c r="G10" s="73">
         <v>445</v>
       </c>
-      <c r="H10" s="70">
+      <c r="H10" s="67">
         <v>178</v>
       </c>
-      <c r="I10" s="71">
+      <c r="I10" s="68">
         <v>201</v>
       </c>
-      <c r="J10" s="76">
+      <c r="J10" s="73">
         <v>379</v>
       </c>
-      <c r="K10" s="70">
+      <c r="K10" s="67">
         <v>118</v>
       </c>
-      <c r="L10" s="71">
+      <c r="L10" s="68">
         <v>212</v>
       </c>
-      <c r="M10" s="76">
+      <c r="M10" s="73">
         <v>330</v>
       </c>
-      <c r="N10" s="70">
-[...2 lines deleted...]
-      <c r="O10" s="71">
+      <c r="N10" s="67">
+        <v>14</v>
+      </c>
+      <c r="O10" s="68">
         <v>22</v>
       </c>
-      <c r="P10" s="76">
+      <c r="P10" s="73">
         <v>36</v>
       </c>
-      <c r="Q10" s="70">
+      <c r="Q10" s="67">
         <v>2</v>
       </c>
-      <c r="R10" s="71">
-[...5 lines deleted...]
-      <c r="T10" s="70">
+      <c r="R10" s="68">
+        <v>13</v>
+      </c>
+      <c r="S10" s="73">
+        <v>15</v>
+      </c>
+      <c r="T10" s="67">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
-      <c r="U10" s="71">
+      <c r="U10" s="68">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
-      <c r="V10" s="72">
+      <c r="V10" s="69">
         <f t="shared" si="0"/>
         <v>1382</v>
       </c>
     </row>
-    <row r="11" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="73">
+      <c r="B11" s="70">
         <v>1435</v>
       </c>
-      <c r="C11" s="74">
+      <c r="C11" s="71">
         <v>797</v>
       </c>
-      <c r="D11" s="81">
+      <c r="D11" s="78">
         <v>2232</v>
       </c>
-      <c r="E11" s="73">
+      <c r="E11" s="70">
         <v>1195</v>
       </c>
-      <c r="F11" s="74">
+      <c r="F11" s="71">
         <v>1819</v>
       </c>
-      <c r="G11" s="81">
+      <c r="G11" s="78">
         <v>3014</v>
       </c>
-      <c r="H11" s="73">
+      <c r="H11" s="70">
         <v>1162</v>
       </c>
-      <c r="I11" s="74">
+      <c r="I11" s="71">
         <v>1357</v>
       </c>
-      <c r="J11" s="81">
+      <c r="J11" s="78">
         <v>2519</v>
       </c>
-      <c r="K11" s="73">
+      <c r="K11" s="70">
         <v>646</v>
       </c>
-      <c r="L11" s="74">
+      <c r="L11" s="71">
         <v>1081</v>
       </c>
-      <c r="M11" s="81">
+      <c r="M11" s="78">
         <v>1727</v>
       </c>
-      <c r="N11" s="73">
+      <c r="N11" s="70">
         <v>85</v>
       </c>
-      <c r="O11" s="74">
+      <c r="O11" s="71">
         <v>122</v>
       </c>
-      <c r="P11" s="81">
+      <c r="P11" s="78">
         <v>207</v>
       </c>
-      <c r="Q11" s="73">
+      <c r="Q11" s="70">
         <v>58</v>
       </c>
-      <c r="R11" s="74">
+      <c r="R11" s="71">
         <v>90</v>
       </c>
-      <c r="S11" s="81">
+      <c r="S11" s="78">
         <v>148</v>
       </c>
-      <c r="T11" s="73">
+      <c r="T11" s="70">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
-      <c r="U11" s="74">
+      <c r="U11" s="71">
         <f t="shared" si="2"/>
         <v>5266</v>
       </c>
-      <c r="V11" s="75">
+      <c r="V11" s="72">
         <f t="shared" si="0"/>
         <v>9847</v>
       </c>
     </row>
-    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A13" s="100" t="s">
+    <row r="13" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A13" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="98" t="s">
+      <c r="B13" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C13" s="98"/>
-[...22 lines deleted...]
-      <c r="B14" s="99" t="s">
+      <c r="C13" s="91"/>
+      <c r="D13" s="91"/>
+      <c r="E13" s="91"/>
+      <c r="F13" s="91"/>
+      <c r="G13" s="91"/>
+      <c r="H13" s="91"/>
+      <c r="I13" s="91"/>
+      <c r="J13" s="91"/>
+      <c r="K13" s="91"/>
+      <c r="L13" s="91"/>
+      <c r="M13" s="91"/>
+      <c r="N13" s="91"/>
+      <c r="O13" s="91"/>
+      <c r="P13" s="91"/>
+      <c r="Q13" s="91"/>
+      <c r="R13" s="91"/>
+      <c r="S13" s="91"/>
+      <c r="T13" s="91"/>
+      <c r="U13" s="91"/>
+      <c r="V13" s="91"/>
+    </row>
+    <row r="14" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="90"/>
+      <c r="B14" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="99"/>
-[...22 lines deleted...]
-      <c r="B15" s="87" t="s">
+      <c r="C14" s="92"/>
+      <c r="D14" s="92"/>
+      <c r="E14" s="92"/>
+      <c r="F14" s="92"/>
+      <c r="G14" s="92"/>
+      <c r="H14" s="92"/>
+      <c r="I14" s="92"/>
+      <c r="J14" s="92"/>
+      <c r="K14" s="92"/>
+      <c r="L14" s="92"/>
+      <c r="M14" s="92"/>
+      <c r="N14" s="92"/>
+      <c r="O14" s="92"/>
+      <c r="P14" s="92"/>
+      <c r="Q14" s="92"/>
+      <c r="R14" s="92"/>
+      <c r="S14" s="92"/>
+      <c r="T14" s="92"/>
+      <c r="U14" s="92"/>
+      <c r="V14" s="92"/>
+    </row>
+    <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="90"/>
+      <c r="B15" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="91"/>
-[...1 lines deleted...]
-      <c r="E15" s="87" t="s">
+      <c r="C15" s="82"/>
+      <c r="D15" s="89"/>
+      <c r="E15" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F15" s="91"/>
-[...1 lines deleted...]
-      <c r="H15" s="87" t="s">
+      <c r="F15" s="82"/>
+      <c r="G15" s="89"/>
+      <c r="H15" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I15" s="91"/>
-[...1 lines deleted...]
-      <c r="K15" s="87" t="s">
+      <c r="I15" s="82"/>
+      <c r="J15" s="89"/>
+      <c r="K15" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L15" s="91"/>
-[...1 lines deleted...]
-      <c r="N15" s="87" t="s">
+      <c r="L15" s="82"/>
+      <c r="M15" s="89"/>
+      <c r="N15" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O15" s="91"/>
-[...1 lines deleted...]
-      <c r="Q15" s="87" t="s">
+      <c r="O15" s="82"/>
+      <c r="P15" s="89"/>
+      <c r="Q15" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R15" s="91"/>
-[...8 lines deleted...]
-      <c r="A16" s="100"/>
+      <c r="R15" s="82"/>
+      <c r="S15" s="89"/>
+      <c r="T15" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U15" s="82"/>
+      <c r="V15" s="83"/>
+    </row>
+    <row r="16" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A16" s="90"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="6" t="s">
@@ -15349,570 +15761,570 @@
       <c r="O16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="53">
+      <c r="B17" s="52">
         <v>792</v>
       </c>
-      <c r="C17" s="54">
+      <c r="C17" s="53">
         <v>445</v>
       </c>
-      <c r="D17" s="58">
+      <c r="D17" s="57">
         <v>1237</v>
       </c>
-      <c r="E17" s="53">
+      <c r="E17" s="52">
         <v>381</v>
       </c>
-      <c r="F17" s="54">
+      <c r="F17" s="53">
         <v>517</v>
       </c>
-      <c r="G17" s="58">
+      <c r="G17" s="57">
         <v>898</v>
       </c>
-      <c r="H17" s="53">
+      <c r="H17" s="52">
         <v>495</v>
       </c>
-      <c r="I17" s="54">
+      <c r="I17" s="53">
         <v>543</v>
       </c>
-      <c r="J17" s="58">
+      <c r="J17" s="57">
         <v>1038</v>
       </c>
-      <c r="K17" s="53">
+      <c r="K17" s="52">
         <v>189</v>
       </c>
-      <c r="L17" s="54">
+      <c r="L17" s="53">
         <v>267</v>
       </c>
-      <c r="M17" s="58">
+      <c r="M17" s="57">
         <v>456</v>
       </c>
-      <c r="N17" s="53">
+      <c r="N17" s="52">
         <v>17</v>
       </c>
-      <c r="O17" s="54">
+      <c r="O17" s="53">
         <v>17</v>
       </c>
-      <c r="P17" s="58">
+      <c r="P17" s="57">
         <v>34</v>
       </c>
-      <c r="Q17" s="53">
+      <c r="Q17" s="52">
         <v>39</v>
       </c>
-      <c r="R17" s="54">
+      <c r="R17" s="53">
         <v>44</v>
       </c>
-      <c r="S17" s="58">
+      <c r="S17" s="57">
         <v>83</v>
       </c>
-      <c r="T17" s="53">
+      <c r="T17" s="52">
         <f>SUM(B17,E17,H17,K17,N17,Q17)</f>
         <v>1913</v>
       </c>
-      <c r="U17" s="54">
+      <c r="U17" s="53">
         <f t="shared" ref="U17:U22" si="3">SUM(C17,F17,I17,L17,O17,R17)</f>
         <v>1833</v>
       </c>
-      <c r="V17" s="55">
+      <c r="V17" s="54">
         <f t="shared" ref="V17:V22" si="4">SUM(D17,G17,J17,M17,P17,S17)</f>
         <v>3746</v>
       </c>
     </row>
-    <row r="18" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="53">
+      <c r="B18" s="52">
         <v>124</v>
       </c>
-      <c r="C18" s="54">
+      <c r="C18" s="53">
         <v>60</v>
       </c>
-      <c r="D18" s="58">
+      <c r="D18" s="57">
         <v>184</v>
       </c>
-      <c r="E18" s="53">
+      <c r="E18" s="52">
         <v>141</v>
       </c>
-      <c r="F18" s="54">
+      <c r="F18" s="53">
         <v>222</v>
       </c>
-      <c r="G18" s="58">
+      <c r="G18" s="57">
         <v>363</v>
       </c>
-      <c r="H18" s="53">
+      <c r="H18" s="52">
         <v>130</v>
       </c>
-      <c r="I18" s="54">
+      <c r="I18" s="53">
         <v>162</v>
       </c>
-      <c r="J18" s="58">
+      <c r="J18" s="57">
         <v>292</v>
       </c>
-      <c r="K18" s="53">
+      <c r="K18" s="52">
         <v>123</v>
       </c>
-      <c r="L18" s="54">
+      <c r="L18" s="53">
         <v>191</v>
       </c>
-      <c r="M18" s="58">
+      <c r="M18" s="57">
         <v>314</v>
       </c>
-      <c r="N18" s="53">
+      <c r="N18" s="52">
         <v>18</v>
       </c>
-      <c r="O18" s="54">
+      <c r="O18" s="53">
         <v>26</v>
       </c>
-      <c r="P18" s="58">
+      <c r="P18" s="57">
         <v>44</v>
       </c>
-      <c r="Q18" s="53">
+      <c r="Q18" s="52">
         <v>3</v>
       </c>
-      <c r="R18" s="54">
-[...2 lines deleted...]
-      <c r="S18" s="58">
+      <c r="R18" s="53">
+        <v>14</v>
+      </c>
+      <c r="S18" s="57">
         <v>17</v>
       </c>
-      <c r="T18" s="53">
+      <c r="T18" s="52">
         <f t="shared" ref="T18:T22" si="5">SUM(B18,E18,H18,K18,N18,Q18)</f>
         <v>539</v>
       </c>
-      <c r="U18" s="54">
+      <c r="U18" s="53">
         <f t="shared" si="3"/>
         <v>675</v>
       </c>
-      <c r="V18" s="55">
+      <c r="V18" s="54">
         <f t="shared" si="4"/>
         <v>1214</v>
       </c>
     </row>
-    <row r="19" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="53">
+      <c r="B19" s="52">
         <v>137</v>
       </c>
-      <c r="C19" s="54">
+      <c r="C19" s="53">
         <v>53</v>
       </c>
-      <c r="D19" s="58">
+      <c r="D19" s="57">
         <v>190</v>
       </c>
-      <c r="E19" s="53">
+      <c r="E19" s="52">
         <v>236</v>
       </c>
-      <c r="F19" s="54">
+      <c r="F19" s="53">
         <v>266</v>
       </c>
-      <c r="G19" s="58">
+      <c r="G19" s="57">
         <v>502</v>
       </c>
-      <c r="H19" s="53">
+      <c r="H19" s="52">
         <v>163</v>
       </c>
-      <c r="I19" s="54">
+      <c r="I19" s="53">
         <v>147</v>
       </c>
-      <c r="J19" s="58">
+      <c r="J19" s="57">
         <v>310</v>
       </c>
-      <c r="K19" s="53">
+      <c r="K19" s="52">
         <v>98</v>
       </c>
-      <c r="L19" s="54">
+      <c r="L19" s="53">
         <v>142</v>
       </c>
-      <c r="M19" s="58">
+      <c r="M19" s="57">
         <v>240</v>
       </c>
-      <c r="N19" s="53">
-[...2 lines deleted...]
-      <c r="O19" s="54">
+      <c r="N19" s="52">
+        <v>14</v>
+      </c>
+      <c r="O19" s="53">
         <v>16</v>
       </c>
-      <c r="P19" s="58">
+      <c r="P19" s="57">
         <v>30</v>
       </c>
-      <c r="Q19" s="53">
+      <c r="Q19" s="52">
         <v>2</v>
       </c>
-      <c r="R19" s="54">
+      <c r="R19" s="53">
         <v>6</v>
       </c>
-      <c r="S19" s="58">
+      <c r="S19" s="57">
         <v>8</v>
       </c>
-      <c r="T19" s="53">
+      <c r="T19" s="52">
         <f t="shared" si="5"/>
         <v>650</v>
       </c>
-      <c r="U19" s="54">
+      <c r="U19" s="53">
         <f t="shared" si="3"/>
         <v>630</v>
       </c>
-      <c r="V19" s="55">
+      <c r="V19" s="54">
         <f t="shared" si="4"/>
         <v>1280</v>
       </c>
     </row>
-    <row r="20" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="53">
+      <c r="B20" s="52">
         <v>113</v>
       </c>
-      <c r="C20" s="54">
+      <c r="C20" s="53">
         <v>57</v>
       </c>
-      <c r="D20" s="58">
+      <c r="D20" s="57">
         <v>170</v>
       </c>
-      <c r="E20" s="53">
+      <c r="E20" s="52">
         <v>129</v>
       </c>
-      <c r="F20" s="54">
+      <c r="F20" s="53">
         <v>188</v>
       </c>
-      <c r="G20" s="58">
+      <c r="G20" s="57">
         <v>317</v>
       </c>
-      <c r="H20" s="53">
+      <c r="H20" s="52">
         <v>111</v>
       </c>
-      <c r="I20" s="54">
+      <c r="I20" s="53">
         <v>123</v>
       </c>
-      <c r="J20" s="58">
+      <c r="J20" s="57">
         <v>234</v>
       </c>
-      <c r="K20" s="53">
+      <c r="K20" s="52">
         <v>89</v>
       </c>
-      <c r="L20" s="54">
+      <c r="L20" s="53">
         <v>156</v>
       </c>
-      <c r="M20" s="58">
+      <c r="M20" s="57">
         <v>245</v>
       </c>
-      <c r="N20" s="53">
+      <c r="N20" s="52">
         <v>11</v>
       </c>
-      <c r="O20" s="54">
+      <c r="O20" s="53">
         <v>18</v>
       </c>
-      <c r="P20" s="58">
+      <c r="P20" s="57">
         <v>29</v>
       </c>
-      <c r="Q20" s="53">
+      <c r="Q20" s="52">
         <v>4</v>
       </c>
-      <c r="R20" s="54">
+      <c r="R20" s="53">
         <v>9</v>
       </c>
-      <c r="S20" s="58">
-[...2 lines deleted...]
-      <c r="T20" s="53">
+      <c r="S20" s="57">
+        <v>13</v>
+      </c>
+      <c r="T20" s="52">
         <f t="shared" si="5"/>
         <v>457</v>
       </c>
-      <c r="U20" s="54">
+      <c r="U20" s="53">
         <f t="shared" si="3"/>
         <v>551</v>
       </c>
-      <c r="V20" s="55">
+      <c r="V20" s="54">
         <f t="shared" si="4"/>
         <v>1008</v>
       </c>
     </row>
-    <row r="21" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="53">
+      <c r="B21" s="52">
         <v>104</v>
       </c>
-      <c r="C21" s="54">
+      <c r="C21" s="53">
         <v>44</v>
       </c>
-      <c r="D21" s="58">
+      <c r="D21" s="57">
         <v>148</v>
       </c>
-      <c r="E21" s="53">
+      <c r="E21" s="52">
         <v>117</v>
       </c>
-      <c r="F21" s="54">
+      <c r="F21" s="53">
         <v>190</v>
       </c>
-      <c r="G21" s="58">
+      <c r="G21" s="57">
         <v>307</v>
       </c>
-      <c r="H21" s="53">
+      <c r="H21" s="52">
         <v>109</v>
       </c>
-      <c r="I21" s="54">
+      <c r="I21" s="53">
         <v>128</v>
       </c>
-      <c r="J21" s="58">
+      <c r="J21" s="57">
         <v>237</v>
       </c>
-      <c r="K21" s="53">
+      <c r="K21" s="52">
         <v>77</v>
       </c>
-      <c r="L21" s="54">
+      <c r="L21" s="53">
         <v>142</v>
       </c>
-      <c r="M21" s="58">
+      <c r="M21" s="57">
         <v>219</v>
       </c>
-      <c r="N21" s="53">
+      <c r="N21" s="52">
         <v>7</v>
       </c>
-      <c r="O21" s="54">
+      <c r="O21" s="53">
         <v>16</v>
       </c>
-      <c r="P21" s="58">
+      <c r="P21" s="57">
         <v>23</v>
       </c>
-      <c r="Q21" s="53">
+      <c r="Q21" s="52">
         <v>6</v>
       </c>
-      <c r="R21" s="54">
-[...2 lines deleted...]
-      <c r="S21" s="58">
+      <c r="R21" s="53">
+        <v>15</v>
+      </c>
+      <c r="S21" s="57">
         <v>21</v>
       </c>
-      <c r="T21" s="53">
+      <c r="T21" s="52">
         <f t="shared" si="5"/>
         <v>420</v>
       </c>
-      <c r="U21" s="54">
+      <c r="U21" s="53">
         <f t="shared" si="3"/>
         <v>535</v>
       </c>
-      <c r="V21" s="55">
+      <c r="V21" s="54">
         <f t="shared" si="4"/>
         <v>955</v>
       </c>
     </row>
-    <row r="22" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>1270</v>
       </c>
-      <c r="C22" s="52">
+      <c r="C22" s="51">
         <v>659</v>
       </c>
-      <c r="D22" s="63">
+      <c r="D22" s="60">
         <v>1929</v>
       </c>
       <c r="E22" s="22">
         <v>1004</v>
       </c>
-      <c r="F22" s="52">
+      <c r="F22" s="51">
         <v>1383</v>
       </c>
-      <c r="G22" s="63">
+      <c r="G22" s="60">
         <v>2387</v>
       </c>
       <c r="H22" s="22">
         <v>1008</v>
       </c>
-      <c r="I22" s="52">
+      <c r="I22" s="51">
         <v>1103</v>
       </c>
-      <c r="J22" s="63">
+      <c r="J22" s="60">
         <v>2111</v>
       </c>
       <c r="K22" s="22">
         <v>576</v>
       </c>
-      <c r="L22" s="52">
+      <c r="L22" s="51">
         <v>898</v>
       </c>
-      <c r="M22" s="63">
+      <c r="M22" s="60">
         <v>1474</v>
       </c>
       <c r="N22" s="22">
         <v>67</v>
       </c>
-      <c r="O22" s="52">
+      <c r="O22" s="51">
         <v>93</v>
       </c>
-      <c r="P22" s="63">
+      <c r="P22" s="60">
         <v>160</v>
       </c>
       <c r="Q22" s="22">
         <v>54</v>
       </c>
-      <c r="R22" s="52">
+      <c r="R22" s="51">
         <v>88</v>
       </c>
-      <c r="S22" s="63">
+      <c r="S22" s="60">
         <v>142</v>
       </c>
       <c r="T22" s="22">
         <f t="shared" si="5"/>
         <v>3979</v>
       </c>
-      <c r="U22" s="52">
+      <c r="U22" s="51">
         <f t="shared" si="3"/>
         <v>4224</v>
       </c>
       <c r="V22" s="24">
         <f t="shared" si="4"/>
         <v>8203</v>
       </c>
     </row>
-    <row r="24" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A24" s="100" t="s">
+    <row r="24" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A24" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="98" t="s">
+      <c r="B24" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="98"/>
-[...22 lines deleted...]
-      <c r="B25" s="99" t="s">
+      <c r="C24" s="91"/>
+      <c r="D24" s="91"/>
+      <c r="E24" s="91"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="91"/>
+      <c r="H24" s="91"/>
+      <c r="I24" s="91"/>
+      <c r="J24" s="91"/>
+      <c r="K24" s="91"/>
+      <c r="L24" s="91"/>
+      <c r="M24" s="91"/>
+      <c r="N24" s="91"/>
+      <c r="O24" s="91"/>
+      <c r="P24" s="91"/>
+      <c r="Q24" s="91"/>
+      <c r="R24" s="91"/>
+      <c r="S24" s="91"/>
+      <c r="T24" s="91"/>
+      <c r="U24" s="91"/>
+      <c r="V24" s="91"/>
+    </row>
+    <row r="25" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="90"/>
+      <c r="B25" s="92" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="99"/>
-[...22 lines deleted...]
-      <c r="B26" s="87" t="s">
+      <c r="C25" s="92"/>
+      <c r="D25" s="92"/>
+      <c r="E25" s="92"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="92"/>
+      <c r="H25" s="92"/>
+      <c r="I25" s="92"/>
+      <c r="J25" s="92"/>
+      <c r="K25" s="92"/>
+      <c r="L25" s="92"/>
+      <c r="M25" s="92"/>
+      <c r="N25" s="92"/>
+      <c r="O25" s="92"/>
+      <c r="P25" s="92"/>
+      <c r="Q25" s="92"/>
+      <c r="R25" s="92"/>
+      <c r="S25" s="92"/>
+      <c r="T25" s="92"/>
+      <c r="U25" s="92"/>
+      <c r="V25" s="92"/>
+    </row>
+    <row r="26" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="90"/>
+      <c r="B26" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C26" s="91"/>
-[...1 lines deleted...]
-      <c r="E26" s="87" t="s">
+      <c r="C26" s="82"/>
+      <c r="D26" s="89"/>
+      <c r="E26" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F26" s="91"/>
-[...1 lines deleted...]
-      <c r="H26" s="87" t="s">
+      <c r="F26" s="82"/>
+      <c r="G26" s="89"/>
+      <c r="H26" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I26" s="91"/>
-[...1 lines deleted...]
-      <c r="K26" s="87" t="s">
+      <c r="I26" s="82"/>
+      <c r="J26" s="89"/>
+      <c r="K26" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L26" s="91"/>
-[...1 lines deleted...]
-      <c r="N26" s="87" t="s">
+      <c r="L26" s="82"/>
+      <c r="M26" s="89"/>
+      <c r="N26" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O26" s="91"/>
-[...1 lines deleted...]
-      <c r="Q26" s="87" t="s">
+      <c r="O26" s="82"/>
+      <c r="P26" s="89"/>
+      <c r="Q26" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R26" s="91"/>
-[...8 lines deleted...]
-      <c r="A27" s="100"/>
+      <c r="R26" s="82"/>
+      <c r="S26" s="89"/>
+      <c r="T26" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U26" s="82"/>
+      <c r="V26" s="83"/>
+    </row>
+    <row r="27" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A27" s="90"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="6" t="s">
@@ -15933,570 +16345,570 @@
       <c r="O27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="53">
+      <c r="B28" s="52">
         <v>699</v>
       </c>
-      <c r="C28" s="54">
+      <c r="C28" s="53">
         <v>399</v>
       </c>
-      <c r="D28" s="58">
+      <c r="D28" s="57">
         <v>1098</v>
       </c>
-      <c r="E28" s="53">
+      <c r="E28" s="52">
         <v>335</v>
       </c>
-      <c r="F28" s="54">
+      <c r="F28" s="53">
         <v>424</v>
       </c>
-      <c r="G28" s="58">
+      <c r="G28" s="57">
         <v>759</v>
       </c>
-      <c r="H28" s="53">
+      <c r="H28" s="52">
         <v>382</v>
       </c>
-      <c r="I28" s="54">
+      <c r="I28" s="53">
         <v>454</v>
       </c>
-      <c r="J28" s="58">
+      <c r="J28" s="57">
         <v>836</v>
       </c>
-      <c r="K28" s="53">
+      <c r="K28" s="52">
         <v>163</v>
       </c>
-      <c r="L28" s="54">
+      <c r="L28" s="53">
         <v>208</v>
       </c>
-      <c r="M28" s="58">
+      <c r="M28" s="57">
         <v>371</v>
       </c>
-      <c r="N28" s="53">
+      <c r="N28" s="52">
         <v>6</v>
       </c>
-      <c r="O28" s="54">
+      <c r="O28" s="53">
         <v>17</v>
       </c>
-      <c r="P28" s="58">
+      <c r="P28" s="57">
         <v>23</v>
       </c>
-      <c r="Q28" s="53">
+      <c r="Q28" s="52">
         <v>77</v>
       </c>
-      <c r="R28" s="54">
+      <c r="R28" s="53">
         <v>77</v>
       </c>
-      <c r="S28" s="58">
+      <c r="S28" s="57">
         <v>154</v>
       </c>
       <c r="T28" s="10">
         <f>SUM(B28,E28,H28,K28,N28,Q28)</f>
         <v>1662</v>
       </c>
       <c r="U28" s="1">
         <f t="shared" ref="U28:U33" si="6">SUM(C28,F28,I28,L28,O28,R28)</f>
         <v>1579</v>
       </c>
       <c r="V28" s="15">
         <f t="shared" ref="V28:V33" si="7">SUM(D28,G28,J28,M28,P28,S28)</f>
         <v>3241</v>
       </c>
     </row>
-    <row r="29" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="53">
+      <c r="B29" s="52">
         <v>109</v>
       </c>
-      <c r="C29" s="54">
+      <c r="C29" s="53">
         <v>51</v>
       </c>
-      <c r="D29" s="58">
+      <c r="D29" s="57">
         <v>160</v>
       </c>
-      <c r="E29" s="53">
+      <c r="E29" s="52">
         <v>134</v>
       </c>
-      <c r="F29" s="54">
+      <c r="F29" s="53">
         <v>163</v>
       </c>
-      <c r="G29" s="58">
+      <c r="G29" s="57">
         <v>297</v>
       </c>
-      <c r="H29" s="53">
+      <c r="H29" s="52">
         <v>108</v>
       </c>
-      <c r="I29" s="54">
+      <c r="I29" s="53">
         <v>112</v>
       </c>
-      <c r="J29" s="58">
+      <c r="J29" s="57">
         <v>220</v>
       </c>
-      <c r="K29" s="53">
+      <c r="K29" s="52">
         <v>101</v>
       </c>
-      <c r="L29" s="54">
+      <c r="L29" s="53">
         <v>121</v>
       </c>
-      <c r="M29" s="58">
+      <c r="M29" s="57">
         <v>222</v>
       </c>
-      <c r="N29" s="53">
+      <c r="N29" s="52">
         <v>16</v>
       </c>
-      <c r="O29" s="54">
+      <c r="O29" s="53">
         <v>12</v>
       </c>
-      <c r="P29" s="58">
+      <c r="P29" s="57">
         <v>28</v>
       </c>
-      <c r="Q29" s="53">
-[...2 lines deleted...]
-      <c r="R29" s="54">
+      <c r="Q29" s="52">
+        <v>14</v>
+      </c>
+      <c r="R29" s="53">
         <v>21</v>
       </c>
-      <c r="S29" s="58">
+      <c r="S29" s="57">
         <v>35</v>
       </c>
       <c r="T29" s="10">
         <f t="shared" ref="T29:T33" si="8">SUM(B29,E29,H29,K29,N29,Q29)</f>
         <v>482</v>
       </c>
       <c r="U29" s="1">
         <f t="shared" si="6"/>
         <v>480</v>
       </c>
       <c r="V29" s="15">
         <f t="shared" si="7"/>
         <v>962</v>
       </c>
     </row>
-    <row r="30" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="53">
+      <c r="B30" s="52">
         <v>101</v>
       </c>
-      <c r="C30" s="54">
+      <c r="C30" s="53">
         <v>54</v>
       </c>
-      <c r="D30" s="58">
+      <c r="D30" s="57">
         <v>155</v>
       </c>
-      <c r="E30" s="53">
+      <c r="E30" s="52">
         <v>170</v>
       </c>
-      <c r="F30" s="54">
+      <c r="F30" s="53">
         <v>205</v>
       </c>
-      <c r="G30" s="58">
+      <c r="G30" s="57">
         <v>375</v>
       </c>
-      <c r="H30" s="53">
+      <c r="H30" s="52">
         <v>98</v>
       </c>
-      <c r="I30" s="54">
+      <c r="I30" s="53">
         <v>147</v>
       </c>
-      <c r="J30" s="58">
+      <c r="J30" s="57">
         <v>245</v>
       </c>
-      <c r="K30" s="53">
+      <c r="K30" s="52">
         <v>64</v>
       </c>
-      <c r="L30" s="54">
+      <c r="L30" s="53">
         <v>103</v>
       </c>
-      <c r="M30" s="58">
+      <c r="M30" s="57">
         <v>167</v>
       </c>
-      <c r="N30" s="53">
+      <c r="N30" s="52">
         <v>11</v>
       </c>
-      <c r="O30" s="54">
-[...2 lines deleted...]
-      <c r="P30" s="58">
+      <c r="O30" s="53">
+        <v>15</v>
+      </c>
+      <c r="P30" s="57">
         <v>26</v>
       </c>
-      <c r="Q30" s="53">
+      <c r="Q30" s="52">
         <v>12</v>
       </c>
-      <c r="R30" s="54">
+      <c r="R30" s="53">
         <v>22</v>
       </c>
-      <c r="S30" s="58">
+      <c r="S30" s="57">
         <v>34</v>
       </c>
       <c r="T30" s="10">
         <f t="shared" si="8"/>
         <v>456</v>
       </c>
       <c r="U30" s="1">
         <f t="shared" si="6"/>
         <v>546</v>
       </c>
       <c r="V30" s="15">
         <f t="shared" si="7"/>
         <v>1002</v>
       </c>
     </row>
-    <row r="31" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="53">
+      <c r="B31" s="52">
         <v>128</v>
       </c>
-      <c r="C31" s="54">
+      <c r="C31" s="53">
         <v>42</v>
       </c>
-      <c r="D31" s="58">
+      <c r="D31" s="57">
         <v>170</v>
       </c>
-      <c r="E31" s="53">
+      <c r="E31" s="52">
         <v>113</v>
       </c>
-      <c r="F31" s="54">
+      <c r="F31" s="53">
         <v>178</v>
       </c>
-      <c r="G31" s="58">
+      <c r="G31" s="57">
         <v>291</v>
       </c>
-      <c r="H31" s="53">
+      <c r="H31" s="52">
         <v>114</v>
       </c>
-      <c r="I31" s="54">
+      <c r="I31" s="53">
         <v>94</v>
       </c>
-      <c r="J31" s="58">
+      <c r="J31" s="57">
         <v>208</v>
       </c>
-      <c r="K31" s="53">
+      <c r="K31" s="52">
         <v>56</v>
       </c>
-      <c r="L31" s="54">
+      <c r="L31" s="53">
         <v>104</v>
       </c>
-      <c r="M31" s="58">
+      <c r="M31" s="57">
         <v>160</v>
       </c>
-      <c r="N31" s="53">
+      <c r="N31" s="52">
         <v>4</v>
       </c>
-      <c r="O31" s="54">
-[...2 lines deleted...]
-      <c r="P31" s="58">
+      <c r="O31" s="53">
+        <v>14</v>
+      </c>
+      <c r="P31" s="57">
         <v>18</v>
       </c>
-      <c r="Q31" s="53">
-[...5 lines deleted...]
-      <c r="S31" s="58">
+      <c r="Q31" s="52">
+        <v>13</v>
+      </c>
+      <c r="R31" s="53">
+        <v>14</v>
+      </c>
+      <c r="S31" s="57">
         <v>27</v>
       </c>
       <c r="T31" s="10">
         <f t="shared" si="8"/>
         <v>428</v>
       </c>
       <c r="U31" s="1">
         <f t="shared" si="6"/>
         <v>446</v>
       </c>
       <c r="V31" s="15">
         <f t="shared" si="7"/>
         <v>874</v>
       </c>
     </row>
-    <row r="32" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="53">
+      <c r="B32" s="52">
         <v>101</v>
       </c>
-      <c r="C32" s="54">
+      <c r="C32" s="53">
         <v>55</v>
       </c>
-      <c r="D32" s="58">
+      <c r="D32" s="57">
         <v>156</v>
       </c>
-      <c r="E32" s="53">
+      <c r="E32" s="52">
         <v>114</v>
       </c>
-      <c r="F32" s="54">
+      <c r="F32" s="53">
         <v>150</v>
       </c>
-      <c r="G32" s="58">
+      <c r="G32" s="57">
         <v>264</v>
       </c>
-      <c r="H32" s="53">
+      <c r="H32" s="52">
         <v>107</v>
       </c>
-      <c r="I32" s="54">
+      <c r="I32" s="53">
         <v>100</v>
       </c>
-      <c r="J32" s="58">
+      <c r="J32" s="57">
         <v>207</v>
       </c>
-      <c r="K32" s="53">
+      <c r="K32" s="52">
         <v>77</v>
       </c>
-      <c r="L32" s="54">
+      <c r="L32" s="53">
         <v>99</v>
       </c>
-      <c r="M32" s="58">
+      <c r="M32" s="57">
         <v>176</v>
       </c>
-      <c r="N32" s="53">
+      <c r="N32" s="52">
         <v>16</v>
       </c>
-      <c r="O32" s="54">
+      <c r="O32" s="53">
         <v>16</v>
       </c>
-      <c r="P32" s="58">
+      <c r="P32" s="57">
         <v>32</v>
       </c>
-      <c r="Q32" s="53">
-[...2 lines deleted...]
-      <c r="R32" s="54">
+      <c r="Q32" s="52">
+        <v>15</v>
+      </c>
+      <c r="R32" s="53">
         <v>25</v>
       </c>
-      <c r="S32" s="58">
+      <c r="S32" s="57">
         <v>40</v>
       </c>
       <c r="T32" s="10">
         <f t="shared" si="8"/>
         <v>430</v>
       </c>
       <c r="U32" s="1">
         <f t="shared" si="6"/>
         <v>445</v>
       </c>
       <c r="V32" s="15">
         <f t="shared" si="7"/>
         <v>875</v>
       </c>
     </row>
-    <row r="33" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="22">
         <v>1138</v>
       </c>
-      <c r="C33" s="52">
+      <c r="C33" s="51">
         <v>601</v>
       </c>
-      <c r="D33" s="63">
+      <c r="D33" s="60">
         <v>1739</v>
       </c>
       <c r="E33" s="22">
         <v>866</v>
       </c>
-      <c r="F33" s="52">
+      <c r="F33" s="51">
         <v>1120</v>
       </c>
-      <c r="G33" s="63">
+      <c r="G33" s="60">
         <v>1986</v>
       </c>
       <c r="H33" s="22">
         <v>809</v>
       </c>
-      <c r="I33" s="52">
+      <c r="I33" s="51">
         <v>907</v>
       </c>
-      <c r="J33" s="63">
+      <c r="J33" s="60">
         <v>1716</v>
       </c>
       <c r="K33" s="22">
         <v>461</v>
       </c>
-      <c r="L33" s="52">
+      <c r="L33" s="51">
         <v>635</v>
       </c>
-      <c r="M33" s="63">
+      <c r="M33" s="60">
         <v>1096</v>
       </c>
       <c r="N33" s="22">
         <v>53</v>
       </c>
-      <c r="O33" s="52">
+      <c r="O33" s="51">
         <v>74</v>
       </c>
-      <c r="P33" s="63">
+      <c r="P33" s="60">
         <v>127</v>
       </c>
       <c r="Q33" s="22">
         <v>131</v>
       </c>
-      <c r="R33" s="52">
+      <c r="R33" s="51">
         <v>159</v>
       </c>
-      <c r="S33" s="63">
+      <c r="S33" s="60">
         <v>290</v>
       </c>
       <c r="T33" s="13">
         <f t="shared" si="8"/>
         <v>3458</v>
       </c>
       <c r="U33" s="14">
         <f t="shared" si="6"/>
         <v>3496</v>
       </c>
       <c r="V33" s="18">
         <f t="shared" si="7"/>
         <v>6954</v>
       </c>
     </row>
-    <row r="35" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A35" s="100" t="s">
+    <row r="35" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A35" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="98" t="s">
+      <c r="B35" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C35" s="98"/>
-[...22 lines deleted...]
-      <c r="B36" s="99" t="s">
+      <c r="C35" s="91"/>
+      <c r="D35" s="91"/>
+      <c r="E35" s="91"/>
+      <c r="F35" s="91"/>
+      <c r="G35" s="91"/>
+      <c r="H35" s="91"/>
+      <c r="I35" s="91"/>
+      <c r="J35" s="91"/>
+      <c r="K35" s="91"/>
+      <c r="L35" s="91"/>
+      <c r="M35" s="91"/>
+      <c r="N35" s="91"/>
+      <c r="O35" s="91"/>
+      <c r="P35" s="91"/>
+      <c r="Q35" s="91"/>
+      <c r="R35" s="91"/>
+      <c r="S35" s="91"/>
+      <c r="T35" s="91"/>
+      <c r="U35" s="91"/>
+      <c r="V35" s="91"/>
+    </row>
+    <row r="36" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="90"/>
+      <c r="B36" s="92" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="99"/>
-[...22 lines deleted...]
-      <c r="B37" s="87" t="s">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+      <c r="F36" s="92"/>
+      <c r="G36" s="92"/>
+      <c r="H36" s="92"/>
+      <c r="I36" s="92"/>
+      <c r="J36" s="92"/>
+      <c r="K36" s="92"/>
+      <c r="L36" s="92"/>
+      <c r="M36" s="92"/>
+      <c r="N36" s="92"/>
+      <c r="O36" s="92"/>
+      <c r="P36" s="92"/>
+      <c r="Q36" s="92"/>
+      <c r="R36" s="92"/>
+      <c r="S36" s="92"/>
+      <c r="T36" s="92"/>
+      <c r="U36" s="92"/>
+      <c r="V36" s="92"/>
+    </row>
+    <row r="37" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="90"/>
+      <c r="B37" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C37" s="91"/>
-[...1 lines deleted...]
-      <c r="E37" s="87" t="s">
+      <c r="C37" s="82"/>
+      <c r="D37" s="89"/>
+      <c r="E37" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F37" s="91"/>
-[...1 lines deleted...]
-      <c r="H37" s="87" t="s">
+      <c r="F37" s="82"/>
+      <c r="G37" s="89"/>
+      <c r="H37" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I37" s="91"/>
-[...1 lines deleted...]
-      <c r="K37" s="87" t="s">
+      <c r="I37" s="82"/>
+      <c r="J37" s="89"/>
+      <c r="K37" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L37" s="91"/>
-[...1 lines deleted...]
-      <c r="N37" s="87" t="s">
+      <c r="L37" s="82"/>
+      <c r="M37" s="89"/>
+      <c r="N37" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O37" s="91"/>
-[...1 lines deleted...]
-      <c r="Q37" s="87" t="s">
+      <c r="O37" s="82"/>
+      <c r="P37" s="89"/>
+      <c r="Q37" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R37" s="91"/>
-[...8 lines deleted...]
-      <c r="A38" s="100"/>
+      <c r="R37" s="82"/>
+      <c r="S37" s="89"/>
+      <c r="T37" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U37" s="82"/>
+      <c r="V37" s="83"/>
+    </row>
+    <row r="38" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A38" s="90"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="6" t="s">
@@ -16517,570 +16929,570 @@
       <c r="O38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B39" s="53">
+      <c r="B39" s="52">
         <v>648</v>
       </c>
-      <c r="C39" s="54">
+      <c r="C39" s="53">
         <v>393</v>
       </c>
-      <c r="D39" s="58">
+      <c r="D39" s="57">
         <v>1041</v>
       </c>
-      <c r="E39" s="53">
+      <c r="E39" s="52">
         <v>301</v>
       </c>
-      <c r="F39" s="54">
+      <c r="F39" s="53">
         <v>358</v>
       </c>
-      <c r="G39" s="58">
+      <c r="G39" s="57">
         <v>659</v>
       </c>
-      <c r="H39" s="53">
+      <c r="H39" s="52">
         <v>377</v>
       </c>
-      <c r="I39" s="54">
+      <c r="I39" s="53">
         <v>398</v>
       </c>
-      <c r="J39" s="58">
+      <c r="J39" s="57">
         <v>775</v>
       </c>
-      <c r="K39" s="53">
+      <c r="K39" s="52">
         <v>124</v>
       </c>
-      <c r="L39" s="54">
+      <c r="L39" s="53">
         <v>209</v>
       </c>
-      <c r="M39" s="58">
+      <c r="M39" s="57">
         <v>333</v>
       </c>
-      <c r="N39" s="53">
+      <c r="N39" s="52">
         <v>11</v>
       </c>
-      <c r="O39" s="54">
-[...2 lines deleted...]
-      <c r="P39" s="58">
+      <c r="O39" s="53">
+        <v>14</v>
+      </c>
+      <c r="P39" s="57">
         <v>25</v>
       </c>
-      <c r="Q39" s="53">
+      <c r="Q39" s="52">
         <v>70</v>
       </c>
-      <c r="R39" s="54">
+      <c r="R39" s="53">
         <v>62</v>
       </c>
-      <c r="S39" s="58">
+      <c r="S39" s="57">
         <v>132</v>
       </c>
       <c r="T39" s="10">
         <f>SUM(B39,E39,H39,K39,N39,Q39)</f>
         <v>1531</v>
       </c>
       <c r="U39" s="1">
         <f t="shared" ref="U39:U44" si="9">SUM(C39,F39,I39,L39,O39,R39)</f>
         <v>1434</v>
       </c>
       <c r="V39" s="15">
         <f t="shared" ref="V39:V44" si="10">SUM(D39,G39,J39,M39,P39,S39)</f>
         <v>2965</v>
       </c>
     </row>
-    <row r="40" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B40" s="53">
+      <c r="B40" s="52">
         <v>115</v>
       </c>
-      <c r="C40" s="54">
+      <c r="C40" s="53">
         <v>45</v>
       </c>
-      <c r="D40" s="58">
+      <c r="D40" s="57">
         <v>160</v>
       </c>
-      <c r="E40" s="53">
+      <c r="E40" s="52">
         <v>120</v>
       </c>
-      <c r="F40" s="54">
+      <c r="F40" s="53">
         <v>136</v>
       </c>
-      <c r="G40" s="58">
+      <c r="G40" s="57">
         <v>256</v>
       </c>
-      <c r="H40" s="53">
+      <c r="H40" s="52">
         <v>114</v>
       </c>
-      <c r="I40" s="54">
+      <c r="I40" s="53">
         <v>85</v>
       </c>
-      <c r="J40" s="58">
+      <c r="J40" s="57">
         <v>199</v>
       </c>
-      <c r="K40" s="53">
+      <c r="K40" s="52">
         <v>98</v>
       </c>
-      <c r="L40" s="54">
+      <c r="L40" s="53">
         <v>117</v>
       </c>
-      <c r="M40" s="58">
+      <c r="M40" s="57">
         <v>215</v>
       </c>
-      <c r="N40" s="53">
+      <c r="N40" s="52">
         <v>9</v>
       </c>
-      <c r="O40" s="54">
-[...2 lines deleted...]
-      <c r="P40" s="58">
+      <c r="O40" s="53">
+        <v>15</v>
+      </c>
+      <c r="P40" s="57">
         <v>24</v>
       </c>
-      <c r="Q40" s="53">
+      <c r="Q40" s="52">
         <v>19</v>
       </c>
-      <c r="R40" s="54">
+      <c r="R40" s="53">
         <v>18</v>
       </c>
-      <c r="S40" s="58">
+      <c r="S40" s="57">
         <v>37</v>
       </c>
       <c r="T40" s="10">
         <f t="shared" ref="T40:T44" si="11">SUM(B40,E40,H40,K40,N40,Q40)</f>
         <v>475</v>
       </c>
       <c r="U40" s="1">
         <f t="shared" si="9"/>
         <v>416</v>
       </c>
       <c r="V40" s="15">
         <f t="shared" si="10"/>
         <v>891</v>
       </c>
     </row>
-    <row r="41" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B41" s="53">
+      <c r="B41" s="52">
         <v>94</v>
       </c>
-      <c r="C41" s="54">
+      <c r="C41" s="53">
         <v>55</v>
       </c>
-      <c r="D41" s="58">
+      <c r="D41" s="57">
         <v>149</v>
       </c>
-      <c r="E41" s="53">
+      <c r="E41" s="52">
         <v>149</v>
       </c>
-      <c r="F41" s="54">
+      <c r="F41" s="53">
         <v>215</v>
       </c>
-      <c r="G41" s="58">
+      <c r="G41" s="57">
         <v>364</v>
       </c>
-      <c r="H41" s="53">
+      <c r="H41" s="52">
         <v>84</v>
       </c>
-      <c r="I41" s="54">
+      <c r="I41" s="53">
         <v>113</v>
       </c>
-      <c r="J41" s="58">
+      <c r="J41" s="57">
         <v>197</v>
       </c>
-      <c r="K41" s="53">
+      <c r="K41" s="52">
         <v>52</v>
       </c>
-      <c r="L41" s="54">
+      <c r="L41" s="53">
         <v>92</v>
       </c>
-      <c r="M41" s="58">
+      <c r="M41" s="57">
         <v>144</v>
       </c>
-      <c r="N41" s="53">
+      <c r="N41" s="52">
         <v>9</v>
       </c>
-      <c r="O41" s="54">
+      <c r="O41" s="53">
         <v>12</v>
       </c>
-      <c r="P41" s="58">
+      <c r="P41" s="57">
         <v>21</v>
       </c>
-      <c r="Q41" s="53">
+      <c r="Q41" s="52">
         <v>23</v>
       </c>
-      <c r="R41" s="54">
+      <c r="R41" s="53">
         <v>24</v>
       </c>
-      <c r="S41" s="58">
+      <c r="S41" s="57">
         <v>47</v>
       </c>
       <c r="T41" s="10">
         <f t="shared" si="11"/>
         <v>411</v>
       </c>
       <c r="U41" s="1">
         <f t="shared" si="9"/>
         <v>511</v>
       </c>
       <c r="V41" s="15">
         <f t="shared" si="10"/>
         <v>922</v>
       </c>
     </row>
-    <row r="42" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B42" s="53">
+      <c r="B42" s="52">
         <v>102</v>
       </c>
-      <c r="C42" s="54">
+      <c r="C42" s="53">
         <v>50</v>
       </c>
-      <c r="D42" s="58">
+      <c r="D42" s="57">
         <v>152</v>
       </c>
-      <c r="E42" s="53">
+      <c r="E42" s="52">
         <v>112</v>
       </c>
-      <c r="F42" s="54">
+      <c r="F42" s="53">
         <v>141</v>
       </c>
-      <c r="G42" s="58">
+      <c r="G42" s="57">
         <v>253</v>
       </c>
-      <c r="H42" s="53">
+      <c r="H42" s="52">
         <v>74</v>
       </c>
-      <c r="I42" s="54">
+      <c r="I42" s="53">
         <v>93</v>
       </c>
-      <c r="J42" s="58">
+      <c r="J42" s="57">
         <v>167</v>
       </c>
-      <c r="K42" s="53">
+      <c r="K42" s="52">
         <v>79</v>
       </c>
-      <c r="L42" s="54">
+      <c r="L42" s="53">
         <v>105</v>
       </c>
-      <c r="M42" s="58">
+      <c r="M42" s="57">
         <v>184</v>
       </c>
-      <c r="N42" s="53">
+      <c r="N42" s="52">
         <v>3</v>
       </c>
-      <c r="O42" s="54">
+      <c r="O42" s="53">
         <v>8</v>
       </c>
-      <c r="P42" s="58">
+      <c r="P42" s="57">
         <v>11</v>
       </c>
-      <c r="Q42" s="53">
-[...2 lines deleted...]
-      <c r="R42" s="54">
+      <c r="Q42" s="52">
+        <v>13</v>
+      </c>
+      <c r="R42" s="53">
         <v>22</v>
       </c>
-      <c r="S42" s="58">
+      <c r="S42" s="57">
         <v>35</v>
       </c>
       <c r="T42" s="10">
         <f t="shared" si="11"/>
         <v>383</v>
       </c>
       <c r="U42" s="1">
         <f t="shared" si="9"/>
         <v>419</v>
       </c>
       <c r="V42" s="15">
         <f t="shared" si="10"/>
         <v>802</v>
       </c>
     </row>
-    <row r="43" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B43" s="53">
+      <c r="B43" s="52">
         <v>86</v>
       </c>
-      <c r="C43" s="54">
+      <c r="C43" s="53">
         <v>52</v>
       </c>
-      <c r="D43" s="58">
+      <c r="D43" s="57">
         <v>138</v>
       </c>
-      <c r="E43" s="53">
+      <c r="E43" s="52">
         <v>115</v>
       </c>
-      <c r="F43" s="54">
+      <c r="F43" s="53">
         <v>125</v>
       </c>
-      <c r="G43" s="58">
+      <c r="G43" s="57">
         <v>240</v>
       </c>
-      <c r="H43" s="53">
+      <c r="H43" s="52">
         <v>97</v>
       </c>
-      <c r="I43" s="54">
+      <c r="I43" s="53">
         <v>102</v>
       </c>
-      <c r="J43" s="58">
+      <c r="J43" s="57">
         <v>199</v>
       </c>
-      <c r="K43" s="53">
+      <c r="K43" s="52">
         <v>68</v>
       </c>
-      <c r="L43" s="54">
+      <c r="L43" s="53">
         <v>88</v>
       </c>
-      <c r="M43" s="58">
+      <c r="M43" s="57">
         <v>156</v>
       </c>
-      <c r="N43" s="53">
+      <c r="N43" s="52">
         <v>5</v>
       </c>
-      <c r="O43" s="54">
+      <c r="O43" s="53">
         <v>12</v>
       </c>
-      <c r="P43" s="58">
+      <c r="P43" s="57">
         <v>17</v>
       </c>
-      <c r="Q43" s="53">
+      <c r="Q43" s="52">
         <v>16</v>
       </c>
-      <c r="R43" s="54">
+      <c r="R43" s="53">
         <v>31</v>
       </c>
-      <c r="S43" s="58">
+      <c r="S43" s="57">
         <v>47</v>
       </c>
       <c r="T43" s="10">
         <f t="shared" si="11"/>
         <v>387</v>
       </c>
       <c r="U43" s="1">
         <f t="shared" si="9"/>
         <v>410</v>
       </c>
       <c r="V43" s="15">
         <f t="shared" si="10"/>
         <v>797</v>
       </c>
     </row>
-    <row r="44" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="22">
         <v>1045</v>
       </c>
-      <c r="C44" s="52">
+      <c r="C44" s="51">
         <v>595</v>
       </c>
-      <c r="D44" s="63">
+      <c r="D44" s="60">
         <v>1640</v>
       </c>
       <c r="E44" s="22">
         <v>797</v>
       </c>
-      <c r="F44" s="52">
+      <c r="F44" s="51">
         <v>975</v>
       </c>
-      <c r="G44" s="63">
+      <c r="G44" s="60">
         <v>1772</v>
       </c>
       <c r="H44" s="22">
         <v>746</v>
       </c>
-      <c r="I44" s="52">
+      <c r="I44" s="51">
         <v>791</v>
       </c>
-      <c r="J44" s="63">
+      <c r="J44" s="60">
         <v>1537</v>
       </c>
       <c r="K44" s="22">
         <v>421</v>
       </c>
-      <c r="L44" s="52">
+      <c r="L44" s="51">
         <v>611</v>
       </c>
-      <c r="M44" s="63">
+      <c r="M44" s="60">
         <v>1032</v>
       </c>
       <c r="N44" s="22">
         <v>37</v>
       </c>
-      <c r="O44" s="52">
+      <c r="O44" s="51">
         <v>61</v>
       </c>
-      <c r="P44" s="63">
+      <c r="P44" s="60">
         <v>98</v>
       </c>
       <c r="Q44" s="22">
         <v>141</v>
       </c>
-      <c r="R44" s="52">
+      <c r="R44" s="51">
         <v>157</v>
       </c>
-      <c r="S44" s="63">
+      <c r="S44" s="60">
         <v>298</v>
       </c>
       <c r="T44" s="13">
         <f t="shared" si="11"/>
         <v>3187</v>
       </c>
       <c r="U44" s="14">
         <f t="shared" si="9"/>
         <v>3190</v>
       </c>
       <c r="V44" s="18">
         <f t="shared" si="10"/>
         <v>6377</v>
       </c>
     </row>
-    <row r="46" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A46" s="100" t="s">
+    <row r="46" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A46" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="98" t="s">
+      <c r="B46" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="98"/>
-[...22 lines deleted...]
-      <c r="B47" s="99" t="s">
+      <c r="C46" s="91"/>
+      <c r="D46" s="91"/>
+      <c r="E46" s="91"/>
+      <c r="F46" s="91"/>
+      <c r="G46" s="91"/>
+      <c r="H46" s="91"/>
+      <c r="I46" s="91"/>
+      <c r="J46" s="91"/>
+      <c r="K46" s="91"/>
+      <c r="L46" s="91"/>
+      <c r="M46" s="91"/>
+      <c r="N46" s="91"/>
+      <c r="O46" s="91"/>
+      <c r="P46" s="91"/>
+      <c r="Q46" s="91"/>
+      <c r="R46" s="91"/>
+      <c r="S46" s="91"/>
+      <c r="T46" s="91"/>
+      <c r="U46" s="91"/>
+      <c r="V46" s="91"/>
+    </row>
+    <row r="47" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="90"/>
+      <c r="B47" s="92" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="99"/>
-[...22 lines deleted...]
-      <c r="B48" s="87" t="s">
+      <c r="C47" s="92"/>
+      <c r="D47" s="92"/>
+      <c r="E47" s="92"/>
+      <c r="F47" s="92"/>
+      <c r="G47" s="92"/>
+      <c r="H47" s="92"/>
+      <c r="I47" s="92"/>
+      <c r="J47" s="92"/>
+      <c r="K47" s="92"/>
+      <c r="L47" s="92"/>
+      <c r="M47" s="92"/>
+      <c r="N47" s="92"/>
+      <c r="O47" s="92"/>
+      <c r="P47" s="92"/>
+      <c r="Q47" s="92"/>
+      <c r="R47" s="92"/>
+      <c r="S47" s="92"/>
+      <c r="T47" s="92"/>
+      <c r="U47" s="92"/>
+      <c r="V47" s="92"/>
+    </row>
+    <row r="48" spans="1:22" ht="25.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="90"/>
+      <c r="B48" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C48" s="91"/>
-[...1 lines deleted...]
-      <c r="E48" s="87" t="s">
+      <c r="C48" s="82"/>
+      <c r="D48" s="89"/>
+      <c r="E48" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F48" s="91"/>
-[...1 lines deleted...]
-      <c r="H48" s="87" t="s">
+      <c r="F48" s="82"/>
+      <c r="G48" s="89"/>
+      <c r="H48" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I48" s="91"/>
-[...1 lines deleted...]
-      <c r="K48" s="87" t="s">
+      <c r="I48" s="82"/>
+      <c r="J48" s="89"/>
+      <c r="K48" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L48" s="91"/>
-[...1 lines deleted...]
-      <c r="N48" s="87" t="s">
+      <c r="L48" s="82"/>
+      <c r="M48" s="89"/>
+      <c r="N48" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O48" s="91"/>
-[...1 lines deleted...]
-      <c r="Q48" s="87" t="s">
+      <c r="O48" s="82"/>
+      <c r="P48" s="89"/>
+      <c r="Q48" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R48" s="91"/>
-[...8 lines deleted...]
-      <c r="A49" s="100"/>
+      <c r="R48" s="82"/>
+      <c r="S48" s="89"/>
+      <c r="T48" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U48" s="82"/>
+      <c r="V48" s="83"/>
+    </row>
+    <row r="49" spans="1:22" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="90"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="6" t="s">
@@ -17101,51 +17513,51 @@
       <c r="O49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>768</v>
       </c>
       <c r="C50" s="1">
         <v>350</v>
       </c>
       <c r="D50" s="16">
         <v>1118</v>
       </c>
       <c r="E50" s="10">
         <v>299</v>
       </c>
       <c r="F50" s="1">
         <v>341</v>
       </c>
       <c r="G50" s="16">
         <v>640</v>
       </c>
       <c r="H50" s="10">
         <v>426</v>
       </c>
       <c r="I50" s="1">
@@ -17172,51 +17584,51 @@
       <c r="P50" s="16">
         <v>29</v>
       </c>
       <c r="Q50" s="10">
         <v>58</v>
       </c>
       <c r="R50" s="1">
         <v>65</v>
       </c>
       <c r="S50" s="16">
         <v>123</v>
       </c>
       <c r="T50" s="10">
         <f>SUM(B50,E50,H50,K50,N50,Q50)</f>
         <v>1687</v>
       </c>
       <c r="U50" s="1">
         <f t="shared" ref="U50:U55" si="12">SUM(C50,F50,I50,L50,O50,R50)</f>
         <v>1303</v>
       </c>
       <c r="V50" s="15">
         <f t="shared" ref="V50:V55" si="13">SUM(D50,G50,J50,M50,P50,S50)</f>
         <v>2990</v>
       </c>
     </row>
-    <row r="51" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>98</v>
       </c>
       <c r="C51" s="1">
         <v>42</v>
       </c>
       <c r="D51" s="16">
         <v>140</v>
       </c>
       <c r="E51" s="10">
         <v>108</v>
       </c>
       <c r="F51" s="1">
         <v>164</v>
       </c>
       <c r="G51" s="16">
         <v>272</v>
       </c>
       <c r="H51" s="10">
         <v>129</v>
       </c>
       <c r="I51" s="1">
@@ -17243,51 +17655,51 @@
       <c r="P51" s="16">
         <v>24</v>
       </c>
       <c r="Q51" s="10">
         <v>22</v>
       </c>
       <c r="R51" s="1">
         <v>20</v>
       </c>
       <c r="S51" s="16">
         <v>42</v>
       </c>
       <c r="T51" s="10">
         <f t="shared" ref="T51:T55" si="14">SUM(B51,E51,H51,K51,N51,Q51)</f>
         <v>467</v>
       </c>
       <c r="U51" s="1">
         <f t="shared" si="12"/>
         <v>461</v>
       </c>
       <c r="V51" s="15">
         <f t="shared" si="13"/>
         <v>928</v>
       </c>
     </row>
-    <row r="52" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>101</v>
       </c>
       <c r="C52" s="1">
         <v>52</v>
       </c>
       <c r="D52" s="16">
         <v>153</v>
       </c>
       <c r="E52" s="10">
         <v>118</v>
       </c>
       <c r="F52" s="1">
         <v>200</v>
       </c>
       <c r="G52" s="16">
         <v>318</v>
       </c>
       <c r="H52" s="10">
         <v>87</v>
       </c>
       <c r="I52" s="1">
@@ -17314,51 +17726,51 @@
       <c r="P52" s="16">
         <v>20</v>
       </c>
       <c r="Q52" s="10">
         <v>16</v>
       </c>
       <c r="R52" s="1">
         <v>24</v>
       </c>
       <c r="S52" s="16">
         <v>40</v>
       </c>
       <c r="T52" s="10">
         <f t="shared" si="14"/>
         <v>387</v>
       </c>
       <c r="U52" s="1">
         <f t="shared" si="12"/>
         <v>510</v>
       </c>
       <c r="V52" s="15">
         <f t="shared" si="13"/>
         <v>897</v>
       </c>
     </row>
-    <row r="53" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>121</v>
       </c>
       <c r="C53" s="1">
         <v>58</v>
       </c>
       <c r="D53" s="16">
         <v>179</v>
       </c>
       <c r="E53" s="10">
         <v>121</v>
       </c>
       <c r="F53" s="1">
         <v>148</v>
       </c>
       <c r="G53" s="16">
         <v>269</v>
       </c>
       <c r="H53" s="10">
         <v>93</v>
       </c>
       <c r="I53" s="1">
@@ -17385,51 +17797,51 @@
       <c r="P53" s="16">
         <v>17</v>
       </c>
       <c r="Q53" s="10">
         <v>18</v>
       </c>
       <c r="R53" s="1">
         <v>13</v>
       </c>
       <c r="S53" s="16">
         <v>31</v>
       </c>
       <c r="T53" s="10">
         <f t="shared" si="14"/>
         <v>425</v>
       </c>
       <c r="U53" s="1">
         <f t="shared" si="12"/>
         <v>394</v>
       </c>
       <c r="V53" s="15">
         <f t="shared" si="13"/>
         <v>819</v>
       </c>
     </row>
-    <row r="54" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="10">
         <v>88</v>
       </c>
       <c r="C54" s="1">
         <v>42</v>
       </c>
       <c r="D54" s="16">
         <v>130</v>
       </c>
       <c r="E54" s="10">
         <v>102</v>
       </c>
       <c r="F54" s="1">
         <v>138</v>
       </c>
       <c r="G54" s="16">
         <v>240</v>
       </c>
       <c r="H54" s="10">
         <v>74</v>
       </c>
       <c r="I54" s="1">
@@ -17456,51 +17868,51 @@
       <c r="P54" s="16">
         <v>21</v>
       </c>
       <c r="Q54" s="10">
         <v>18</v>
       </c>
       <c r="R54" s="1">
         <v>30</v>
       </c>
       <c r="S54" s="16">
         <v>48</v>
       </c>
       <c r="T54" s="10">
         <f t="shared" si="14"/>
         <v>342</v>
       </c>
       <c r="U54" s="1">
         <f t="shared" si="12"/>
         <v>389</v>
       </c>
       <c r="V54" s="15">
         <f t="shared" si="13"/>
         <v>731</v>
       </c>
     </row>
-    <row r="55" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>1176</v>
       </c>
       <c r="C55" s="14">
         <v>544</v>
       </c>
       <c r="D55" s="17">
         <v>1720</v>
       </c>
       <c r="E55" s="13">
         <v>748</v>
       </c>
       <c r="F55" s="14">
         <v>991</v>
       </c>
       <c r="G55" s="17">
         <v>1739</v>
       </c>
       <c r="H55" s="13">
         <v>809</v>
       </c>
       <c r="I55" s="14">
@@ -17527,144 +17939,144 @@
       <c r="P55" s="17">
         <v>111</v>
       </c>
       <c r="Q55" s="13">
         <v>132</v>
       </c>
       <c r="R55" s="14">
         <v>152</v>
       </c>
       <c r="S55" s="17">
         <v>284</v>
       </c>
       <c r="T55" s="13">
         <f t="shared" si="14"/>
         <v>3308</v>
       </c>
       <c r="U55" s="14">
         <f t="shared" si="12"/>
         <v>3057</v>
       </c>
       <c r="V55" s="18">
         <f t="shared" si="13"/>
         <v>6365</v>
       </c>
     </row>
-    <row r="57" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A57" s="100" t="s">
+    <row r="57" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A57" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="98" t="s">
+      <c r="B57" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C57" s="98"/>
-[...22 lines deleted...]
-      <c r="B58" s="99" t="s">
+      <c r="C57" s="91"/>
+      <c r="D57" s="91"/>
+      <c r="E57" s="91"/>
+      <c r="F57" s="91"/>
+      <c r="G57" s="91"/>
+      <c r="H57" s="91"/>
+      <c r="I57" s="91"/>
+      <c r="J57" s="91"/>
+      <c r="K57" s="91"/>
+      <c r="L57" s="91"/>
+      <c r="M57" s="91"/>
+      <c r="N57" s="91"/>
+      <c r="O57" s="91"/>
+      <c r="P57" s="91"/>
+      <c r="Q57" s="91"/>
+      <c r="R57" s="91"/>
+      <c r="S57" s="91"/>
+      <c r="T57" s="91"/>
+      <c r="U57" s="91"/>
+      <c r="V57" s="91"/>
+    </row>
+    <row r="58" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A58" s="90"/>
+      <c r="B58" s="92" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="99"/>
-[...22 lines deleted...]
-      <c r="B59" s="87" t="s">
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="92"/>
+      <c r="L58" s="92"/>
+      <c r="M58" s="92"/>
+      <c r="N58" s="92"/>
+      <c r="O58" s="92"/>
+      <c r="P58" s="92"/>
+      <c r="Q58" s="92"/>
+      <c r="R58" s="92"/>
+      <c r="S58" s="92"/>
+      <c r="T58" s="92"/>
+      <c r="U58" s="92"/>
+      <c r="V58" s="92"/>
+    </row>
+    <row r="59" spans="1:22" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="90"/>
+      <c r="B59" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C59" s="91"/>
-[...1 lines deleted...]
-      <c r="E59" s="87" t="s">
+      <c r="C59" s="82"/>
+      <c r="D59" s="89"/>
+      <c r="E59" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F59" s="91"/>
-[...1 lines deleted...]
-      <c r="H59" s="87" t="s">
+      <c r="F59" s="82"/>
+      <c r="G59" s="89"/>
+      <c r="H59" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I59" s="91"/>
-[...1 lines deleted...]
-      <c r="K59" s="87" t="s">
+      <c r="I59" s="82"/>
+      <c r="J59" s="89"/>
+      <c r="K59" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L59" s="91"/>
-[...1 lines deleted...]
-      <c r="N59" s="87" t="s">
+      <c r="L59" s="82"/>
+      <c r="M59" s="89"/>
+      <c r="N59" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O59" s="91"/>
-[...1 lines deleted...]
-      <c r="Q59" s="87" t="s">
+      <c r="O59" s="82"/>
+      <c r="P59" s="89"/>
+      <c r="Q59" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R59" s="91"/>
-[...8 lines deleted...]
-      <c r="A60" s="100"/>
+      <c r="R59" s="82"/>
+      <c r="S59" s="89"/>
+      <c r="T59" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U59" s="82"/>
+      <c r="V59" s="83"/>
+    </row>
+    <row r="60" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A60" s="90"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="6" t="s">
@@ -17685,51 +18097,51 @@
       <c r="O60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>804</v>
       </c>
       <c r="C61" s="1">
         <v>381</v>
       </c>
       <c r="D61" s="16">
         <v>1185</v>
       </c>
       <c r="E61" s="10">
         <v>510</v>
       </c>
       <c r="F61" s="1">
         <v>323</v>
       </c>
       <c r="G61" s="16">
         <v>833</v>
       </c>
       <c r="H61" s="10">
         <v>524</v>
       </c>
       <c r="I61" s="1">
@@ -17756,51 +18168,51 @@
       <c r="P61" s="16">
         <v>32</v>
       </c>
       <c r="Q61" s="10">
         <v>67</v>
       </c>
       <c r="R61" s="1">
         <v>72</v>
       </c>
       <c r="S61" s="16">
         <v>139</v>
       </c>
       <c r="T61" s="10">
         <f>SUM(B61,E61,H61,K61,N61,Q61)</f>
         <v>2127</v>
       </c>
       <c r="U61" s="1">
         <f t="shared" ref="U61:U66" si="15">SUM(C61,F61,I61,L61,O61,R61)</f>
         <v>1339</v>
       </c>
       <c r="V61" s="15">
         <f t="shared" ref="V61:V66" si="16">SUM(D61,G61,J61,M61,P61,S61)</f>
         <v>3466</v>
       </c>
     </row>
-    <row r="62" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>131</v>
       </c>
       <c r="C62" s="1">
         <v>49</v>
       </c>
       <c r="D62" s="16">
         <v>180</v>
       </c>
       <c r="E62" s="10">
         <v>214</v>
       </c>
       <c r="F62" s="1">
         <v>156</v>
       </c>
       <c r="G62" s="16">
         <v>370</v>
       </c>
       <c r="H62" s="10">
         <v>179</v>
       </c>
       <c r="I62" s="1">
@@ -17827,51 +18239,51 @@
       <c r="P62" s="16">
         <v>29</v>
       </c>
       <c r="Q62" s="10">
         <v>22</v>
       </c>
       <c r="R62" s="1">
         <v>25</v>
       </c>
       <c r="S62" s="16">
         <v>47</v>
       </c>
       <c r="T62" s="10">
         <f t="shared" ref="T62:T66" si="17">SUM(B62,E62,H62,K62,N62,Q62)</f>
         <v>674</v>
       </c>
       <c r="U62" s="1">
         <f t="shared" si="15"/>
         <v>481</v>
       </c>
       <c r="V62" s="15">
         <f t="shared" si="16"/>
         <v>1155</v>
       </c>
     </row>
-    <row r="63" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>117</v>
       </c>
       <c r="C63" s="1">
         <v>51</v>
       </c>
       <c r="D63" s="16">
         <v>168</v>
       </c>
       <c r="E63" s="10">
         <v>206</v>
       </c>
       <c r="F63" s="1">
         <v>177</v>
       </c>
       <c r="G63" s="16">
         <v>383</v>
       </c>
       <c r="H63" s="10">
         <v>101</v>
       </c>
       <c r="I63" s="1">
@@ -17898,51 +18310,51 @@
       <c r="P63" s="16">
         <v>17</v>
       </c>
       <c r="Q63" s="10">
         <v>19</v>
       </c>
       <c r="R63" s="1">
         <v>20</v>
       </c>
       <c r="S63" s="16">
         <v>39</v>
       </c>
       <c r="T63" s="10">
         <f t="shared" si="17"/>
         <v>501</v>
       </c>
       <c r="U63" s="1">
         <f t="shared" si="15"/>
         <v>427</v>
       </c>
       <c r="V63" s="15">
         <f t="shared" si="16"/>
         <v>928</v>
       </c>
     </row>
-    <row r="64" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>144</v>
       </c>
       <c r="C64" s="1">
         <v>48</v>
       </c>
       <c r="D64" s="16">
         <v>192</v>
       </c>
       <c r="E64" s="10">
         <v>182</v>
       </c>
       <c r="F64" s="1">
         <v>165</v>
       </c>
       <c r="G64" s="16">
         <v>347</v>
       </c>
       <c r="H64" s="10">
         <v>142</v>
       </c>
       <c r="I64" s="1">
@@ -17969,51 +18381,51 @@
       <c r="P64" s="16">
         <v>20</v>
       </c>
       <c r="Q64" s="10">
         <v>24</v>
       </c>
       <c r="R64" s="1">
         <v>21</v>
       </c>
       <c r="S64" s="16">
         <v>45</v>
       </c>
       <c r="T64" s="10">
         <f t="shared" si="17"/>
         <v>601</v>
       </c>
       <c r="U64" s="1">
         <f t="shared" si="15"/>
         <v>428</v>
       </c>
       <c r="V64" s="15">
         <f t="shared" si="16"/>
         <v>1029</v>
       </c>
     </row>
-    <row r="65" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="10">
         <v>122</v>
       </c>
       <c r="C65" s="1">
         <v>46</v>
       </c>
       <c r="D65" s="16">
         <v>168</v>
       </c>
       <c r="E65" s="10">
         <v>187</v>
       </c>
       <c r="F65" s="1">
         <v>151</v>
       </c>
       <c r="G65" s="16">
         <v>338</v>
       </c>
       <c r="H65" s="10">
         <v>147</v>
       </c>
       <c r="I65" s="1">
@@ -18040,51 +18452,51 @@
       <c r="P65" s="16">
         <v>19</v>
       </c>
       <c r="Q65" s="10">
         <v>18</v>
       </c>
       <c r="R65" s="1">
         <v>19</v>
       </c>
       <c r="S65" s="16">
         <v>37</v>
       </c>
       <c r="T65" s="10">
         <f t="shared" si="17"/>
         <v>572</v>
       </c>
       <c r="U65" s="1">
         <f t="shared" si="15"/>
         <v>415</v>
       </c>
       <c r="V65" s="15">
         <f t="shared" si="16"/>
         <v>987</v>
       </c>
     </row>
-    <row r="66" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>1318</v>
       </c>
       <c r="C66" s="14">
         <v>575</v>
       </c>
       <c r="D66" s="17">
         <v>1893</v>
       </c>
       <c r="E66" s="13">
         <v>1299</v>
       </c>
       <c r="F66" s="14">
         <v>972</v>
       </c>
       <c r="G66" s="17">
         <v>2271</v>
       </c>
       <c r="H66" s="13">
         <v>1093</v>
       </c>
       <c r="I66" s="14">
@@ -18111,168 +18523,168 @@
       <c r="P66" s="17">
         <v>117</v>
       </c>
       <c r="Q66" s="13">
         <v>150</v>
       </c>
       <c r="R66" s="14">
         <v>157</v>
       </c>
       <c r="S66" s="17">
         <v>307</v>
       </c>
       <c r="T66" s="13">
         <f t="shared" si="17"/>
         <v>4475</v>
       </c>
       <c r="U66" s="14">
         <f t="shared" si="15"/>
         <v>3090</v>
       </c>
       <c r="V66" s="18">
         <f t="shared" si="16"/>
         <v>7565</v>
       </c>
     </row>
-    <row r="67" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A67" s="38"/>
-      <c r="B67" s="48"/>
-[...22 lines deleted...]
-      <c r="A68" s="100" t="s">
+      <c r="B67" s="47"/>
+      <c r="C67" s="47"/>
+      <c r="D67" s="47"/>
+      <c r="E67" s="47"/>
+      <c r="F67" s="47"/>
+      <c r="G67" s="47"/>
+      <c r="H67" s="47"/>
+      <c r="I67" s="47"/>
+      <c r="J67" s="47"/>
+      <c r="K67" s="47"/>
+      <c r="L67" s="47"/>
+      <c r="M67" s="47"/>
+      <c r="N67" s="47"/>
+      <c r="O67" s="47"/>
+      <c r="P67" s="47"/>
+      <c r="Q67" s="47"/>
+      <c r="R67" s="47"/>
+      <c r="S67" s="47"/>
+      <c r="T67" s="47"/>
+      <c r="U67" s="47"/>
+      <c r="V67" s="47"/>
+    </row>
+    <row r="68" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A68" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B68" s="98" t="s">
+      <c r="B68" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C68" s="98"/>
-[...22 lines deleted...]
-      <c r="B69" s="99" t="s">
+      <c r="C68" s="91"/>
+      <c r="D68" s="91"/>
+      <c r="E68" s="91"/>
+      <c r="F68" s="91"/>
+      <c r="G68" s="91"/>
+      <c r="H68" s="91"/>
+      <c r="I68" s="91"/>
+      <c r="J68" s="91"/>
+      <c r="K68" s="91"/>
+      <c r="L68" s="91"/>
+      <c r="M68" s="91"/>
+      <c r="N68" s="91"/>
+      <c r="O68" s="91"/>
+      <c r="P68" s="91"/>
+      <c r="Q68" s="91"/>
+      <c r="R68" s="91"/>
+      <c r="S68" s="91"/>
+      <c r="T68" s="91"/>
+      <c r="U68" s="91"/>
+      <c r="V68" s="91"/>
+    </row>
+    <row r="69" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A69" s="90"/>
+      <c r="B69" s="92" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="99"/>
-[...22 lines deleted...]
-      <c r="B70" s="87" t="s">
+      <c r="C69" s="92"/>
+      <c r="D69" s="92"/>
+      <c r="E69" s="92"/>
+      <c r="F69" s="92"/>
+      <c r="G69" s="92"/>
+      <c r="H69" s="92"/>
+      <c r="I69" s="92"/>
+      <c r="J69" s="92"/>
+      <c r="K69" s="92"/>
+      <c r="L69" s="92"/>
+      <c r="M69" s="92"/>
+      <c r="N69" s="92"/>
+      <c r="O69" s="92"/>
+      <c r="P69" s="92"/>
+      <c r="Q69" s="92"/>
+      <c r="R69" s="92"/>
+      <c r="S69" s="92"/>
+      <c r="T69" s="92"/>
+      <c r="U69" s="92"/>
+      <c r="V69" s="92"/>
+    </row>
+    <row r="70" spans="1:22" ht="28.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="90"/>
+      <c r="B70" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C70" s="91"/>
-[...1 lines deleted...]
-      <c r="E70" s="87" t="s">
+      <c r="C70" s="82"/>
+      <c r="D70" s="89"/>
+      <c r="E70" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F70" s="91"/>
-[...1 lines deleted...]
-      <c r="H70" s="87" t="s">
+      <c r="F70" s="82"/>
+      <c r="G70" s="89"/>
+      <c r="H70" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I70" s="91"/>
-[...1 lines deleted...]
-      <c r="K70" s="87" t="s">
+      <c r="I70" s="82"/>
+      <c r="J70" s="89"/>
+      <c r="K70" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L70" s="91"/>
-[...1 lines deleted...]
-      <c r="N70" s="87" t="s">
+      <c r="L70" s="82"/>
+      <c r="M70" s="89"/>
+      <c r="N70" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O70" s="91"/>
-[...1 lines deleted...]
-      <c r="Q70" s="87" t="s">
+      <c r="O70" s="82"/>
+      <c r="P70" s="89"/>
+      <c r="Q70" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R70" s="91"/>
-[...8 lines deleted...]
-      <c r="A71" s="100"/>
+      <c r="R70" s="82"/>
+      <c r="S70" s="89"/>
+      <c r="T70" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U70" s="82"/>
+      <c r="V70" s="83"/>
+    </row>
+    <row r="71" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A71" s="90"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="6" t="s">
@@ -18293,264 +18705,264 @@
       <c r="O71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>887</v>
       </c>
       <c r="C72" s="1">
         <v>436</v>
       </c>
       <c r="D72" s="16">
         <v>1323</v>
       </c>
       <c r="E72" s="10">
         <v>376</v>
       </c>
       <c r="F72" s="1">
         <v>412</v>
       </c>
       <c r="G72" s="16">
         <v>788</v>
       </c>
       <c r="H72" s="10">
         <v>504</v>
       </c>
       <c r="I72" s="1">
         <v>464</v>
       </c>
       <c r="J72" s="16">
         <v>968</v>
       </c>
-      <c r="K72" s="53">
+      <c r="K72" s="52">
         <v>159</v>
       </c>
-      <c r="L72" s="54">
+      <c r="L72" s="53">
         <v>204</v>
       </c>
-      <c r="M72" s="58">
+      <c r="M72" s="57">
         <v>363</v>
       </c>
       <c r="N72" s="10">
         <v>10</v>
       </c>
       <c r="O72" s="1">
         <v>16</v>
       </c>
       <c r="P72" s="16">
         <v>26</v>
       </c>
       <c r="Q72" s="10">
         <v>74</v>
       </c>
       <c r="R72" s="1">
         <v>92</v>
       </c>
       <c r="S72" s="16">
         <v>166</v>
       </c>
-      <c r="T72" s="53">
+      <c r="T72" s="52">
         <f>SUM(B72,E72,H72,K72,N72,Q72)</f>
         <v>2010</v>
       </c>
-      <c r="U72" s="54">
+      <c r="U72" s="53">
         <f t="shared" ref="U72:U77" si="18">SUM(C72,F72,I72,L72,O72,R72)</f>
         <v>1624</v>
       </c>
-      <c r="V72" s="55">
+      <c r="V72" s="54">
         <f t="shared" ref="V72:V77" si="19">SUM(D72,G72,J72,M72,P72,S72)</f>
         <v>3634</v>
       </c>
     </row>
-    <row r="73" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>139</v>
       </c>
       <c r="C73" s="1">
         <v>53</v>
       </c>
       <c r="D73" s="16">
         <v>192</v>
       </c>
       <c r="E73" s="10">
         <v>168</v>
       </c>
       <c r="F73" s="1">
         <v>173</v>
       </c>
       <c r="G73" s="16">
         <v>341</v>
       </c>
       <c r="H73" s="10">
         <v>132</v>
       </c>
       <c r="I73" s="1">
         <v>115</v>
       </c>
       <c r="J73" s="16">
         <v>247</v>
       </c>
-      <c r="K73" s="53">
+      <c r="K73" s="52">
         <v>106</v>
       </c>
-      <c r="L73" s="54">
+      <c r="L73" s="53">
         <v>148</v>
       </c>
-      <c r="M73" s="58">
+      <c r="M73" s="57">
         <v>254</v>
       </c>
       <c r="N73" s="10">
         <v>15</v>
       </c>
       <c r="O73" s="1">
         <v>24</v>
       </c>
       <c r="P73" s="16">
         <v>39</v>
       </c>
       <c r="Q73" s="10">
         <v>17</v>
       </c>
       <c r="R73" s="1">
         <v>23</v>
       </c>
       <c r="S73" s="16">
         <v>40</v>
       </c>
-      <c r="T73" s="53">
+      <c r="T73" s="52">
         <f t="shared" ref="T73:T77" si="20">SUM(B73,E73,H73,K73,N73,Q73)</f>
         <v>577</v>
       </c>
-      <c r="U73" s="54">
+      <c r="U73" s="53">
         <f t="shared" si="18"/>
         <v>536</v>
       </c>
-      <c r="V73" s="55">
+      <c r="V73" s="54">
         <f t="shared" si="19"/>
         <v>1113</v>
       </c>
     </row>
-    <row r="74" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>89</v>
       </c>
       <c r="C74" s="1">
         <v>62</v>
       </c>
       <c r="D74" s="16">
         <v>151</v>
       </c>
       <c r="E74" s="10">
         <v>181</v>
       </c>
       <c r="F74" s="1">
         <v>219</v>
       </c>
       <c r="G74" s="16">
         <v>400</v>
       </c>
       <c r="H74" s="10">
         <v>114</v>
       </c>
       <c r="I74" s="1">
         <v>129</v>
       </c>
       <c r="J74" s="16">
         <v>243</v>
       </c>
-      <c r="K74" s="53">
+      <c r="K74" s="52">
         <v>78</v>
       </c>
-      <c r="L74" s="54">
+      <c r="L74" s="53">
         <v>90</v>
       </c>
-      <c r="M74" s="58">
+      <c r="M74" s="57">
         <v>168</v>
       </c>
       <c r="N74" s="10">
         <v>8</v>
       </c>
       <c r="O74" s="1">
         <v>15</v>
       </c>
       <c r="P74" s="16">
         <v>23</v>
       </c>
       <c r="Q74" s="10">
         <v>11</v>
       </c>
       <c r="R74" s="1">
         <v>37</v>
       </c>
       <c r="S74" s="16">
         <v>48</v>
       </c>
-      <c r="T74" s="53">
+      <c r="T74" s="52">
         <f t="shared" si="20"/>
         <v>481</v>
       </c>
-      <c r="U74" s="54">
+      <c r="U74" s="53">
         <f t="shared" si="18"/>
         <v>552</v>
       </c>
-      <c r="V74" s="55">
+      <c r="V74" s="54">
         <f t="shared" si="19"/>
         <v>1033</v>
       </c>
     </row>
-    <row r="75" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>150</v>
       </c>
       <c r="C75" s="1">
         <v>62</v>
       </c>
       <c r="D75" s="16">
         <v>212</v>
       </c>
       <c r="E75" s="10">
         <v>153</v>
       </c>
       <c r="F75" s="1">
         <v>174</v>
       </c>
       <c r="G75" s="16">
         <v>327</v>
       </c>
       <c r="H75" s="10">
         <v>138</v>
       </c>
       <c r="I75" s="1">
@@ -18577,51 +18989,51 @@
       <c r="P75" s="16">
         <v>20</v>
       </c>
       <c r="Q75" s="10">
         <v>15</v>
       </c>
       <c r="R75" s="1">
         <v>22</v>
       </c>
       <c r="S75" s="16">
         <v>37</v>
       </c>
       <c r="T75" s="10">
         <f t="shared" si="20"/>
         <v>557</v>
       </c>
       <c r="U75" s="1">
         <f t="shared" si="18"/>
         <v>446</v>
       </c>
       <c r="V75" s="15">
         <f t="shared" si="19"/>
         <v>1003</v>
       </c>
     </row>
-    <row r="76" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="10">
         <v>119</v>
       </c>
       <c r="C76" s="1">
         <v>52</v>
       </c>
       <c r="D76" s="16">
         <v>171</v>
       </c>
       <c r="E76" s="10">
         <v>142</v>
       </c>
       <c r="F76" s="1">
         <v>158</v>
       </c>
       <c r="G76" s="16">
         <v>300</v>
       </c>
       <c r="H76" s="10">
         <v>119</v>
       </c>
       <c r="I76" s="1">
@@ -18648,51 +19060,51 @@
       <c r="P76" s="16">
         <v>25</v>
       </c>
       <c r="Q76" s="10">
         <v>25</v>
       </c>
       <c r="R76" s="1">
         <v>19</v>
       </c>
       <c r="S76" s="16">
         <v>44</v>
       </c>
       <c r="T76" s="10">
         <f t="shared" si="20"/>
         <v>498</v>
       </c>
       <c r="U76" s="1">
         <f t="shared" si="18"/>
         <v>428</v>
       </c>
       <c r="V76" s="15">
         <f t="shared" si="19"/>
         <v>926</v>
       </c>
     </row>
-    <row r="77" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>1384</v>
       </c>
       <c r="C77" s="14">
         <v>665</v>
       </c>
       <c r="D77" s="17">
         <v>2049</v>
       </c>
       <c r="E77" s="13">
         <v>1020</v>
       </c>
       <c r="F77" s="14">
         <v>1136</v>
       </c>
       <c r="G77" s="17">
         <v>2156</v>
       </c>
       <c r="H77" s="13">
         <v>1007</v>
       </c>
       <c r="I77" s="14">
@@ -18719,144 +19131,144 @@
       <c r="P77" s="17">
         <v>133</v>
       </c>
       <c r="Q77" s="13">
         <v>142</v>
       </c>
       <c r="R77" s="14">
         <v>193</v>
       </c>
       <c r="S77" s="17">
         <v>335</v>
       </c>
       <c r="T77" s="13">
         <f t="shared" si="20"/>
         <v>4123</v>
       </c>
       <c r="U77" s="14">
         <f t="shared" si="18"/>
         <v>3586</v>
       </c>
       <c r="V77" s="18">
         <f t="shared" si="19"/>
         <v>7709</v>
       </c>
     </row>
-    <row r="79" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A79" s="100" t="s">
+    <row r="79" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A79" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="98" t="s">
+      <c r="B79" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C79" s="98"/>
-[...22 lines deleted...]
-      <c r="B80" s="99" t="s">
+      <c r="C79" s="91"/>
+      <c r="D79" s="91"/>
+      <c r="E79" s="91"/>
+      <c r="F79" s="91"/>
+      <c r="G79" s="91"/>
+      <c r="H79" s="91"/>
+      <c r="I79" s="91"/>
+      <c r="J79" s="91"/>
+      <c r="K79" s="91"/>
+      <c r="L79" s="91"/>
+      <c r="M79" s="91"/>
+      <c r="N79" s="91"/>
+      <c r="O79" s="91"/>
+      <c r="P79" s="91"/>
+      <c r="Q79" s="91"/>
+      <c r="R79" s="91"/>
+      <c r="S79" s="91"/>
+      <c r="T79" s="91"/>
+      <c r="U79" s="91"/>
+      <c r="V79" s="91"/>
+    </row>
+    <row r="80" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A80" s="90"/>
+      <c r="B80" s="92" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="99"/>
-[...22 lines deleted...]
-      <c r="B81" s="87" t="s">
+      <c r="C80" s="92"/>
+      <c r="D80" s="92"/>
+      <c r="E80" s="92"/>
+      <c r="F80" s="92"/>
+      <c r="G80" s="92"/>
+      <c r="H80" s="92"/>
+      <c r="I80" s="92"/>
+      <c r="J80" s="92"/>
+      <c r="K80" s="92"/>
+      <c r="L80" s="92"/>
+      <c r="M80" s="92"/>
+      <c r="N80" s="92"/>
+      <c r="O80" s="92"/>
+      <c r="P80" s="92"/>
+      <c r="Q80" s="92"/>
+      <c r="R80" s="92"/>
+      <c r="S80" s="92"/>
+      <c r="T80" s="92"/>
+      <c r="U80" s="92"/>
+      <c r="V80" s="92"/>
+    </row>
+    <row r="81" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="90"/>
+      <c r="B81" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C81" s="91"/>
-[...1 lines deleted...]
-      <c r="E81" s="87" t="s">
+      <c r="C81" s="82"/>
+      <c r="D81" s="89"/>
+      <c r="E81" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F81" s="91"/>
-[...1 lines deleted...]
-      <c r="H81" s="87" t="s">
+      <c r="F81" s="82"/>
+      <c r="G81" s="89"/>
+      <c r="H81" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I81" s="91"/>
-[...1 lines deleted...]
-      <c r="K81" s="87" t="s">
+      <c r="I81" s="82"/>
+      <c r="J81" s="89"/>
+      <c r="K81" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L81" s="91"/>
-[...1 lines deleted...]
-      <c r="N81" s="87" t="s">
+      <c r="L81" s="82"/>
+      <c r="M81" s="89"/>
+      <c r="N81" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O81" s="91"/>
-[...1 lines deleted...]
-      <c r="Q81" s="87" t="s">
+      <c r="O81" s="82"/>
+      <c r="P81" s="89"/>
+      <c r="Q81" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R81" s="91"/>
-[...8 lines deleted...]
-      <c r="A82" s="100"/>
+      <c r="R81" s="82"/>
+      <c r="S81" s="89"/>
+      <c r="T81" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U81" s="82"/>
+      <c r="V81" s="83"/>
+    </row>
+    <row r="82" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A82" s="90"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="6" t="s">
@@ -18877,51 +19289,51 @@
       <c r="O82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>703</v>
       </c>
       <c r="C83" s="1">
         <v>368</v>
       </c>
       <c r="D83" s="16">
         <v>1071</v>
       </c>
       <c r="E83" s="10">
         <v>321</v>
       </c>
       <c r="F83" s="1">
         <v>327</v>
       </c>
       <c r="G83" s="16">
         <v>648</v>
       </c>
       <c r="H83" s="10">
         <v>369</v>
       </c>
       <c r="I83" s="1">
@@ -18948,51 +19360,51 @@
       <c r="P83" s="16">
         <v>24</v>
       </c>
       <c r="Q83" s="10">
         <v>72</v>
       </c>
       <c r="R83" s="1">
         <v>94</v>
       </c>
       <c r="S83" s="16">
         <v>166</v>
       </c>
       <c r="T83" s="10">
         <f>SUM(B83,E83,H83,K83,N83,Q83)</f>
         <v>1619</v>
       </c>
       <c r="U83" s="1">
         <f t="shared" ref="U83:U88" si="21">SUM(C83,F83,I83,L83,O83,R83)</f>
         <v>1374</v>
       </c>
       <c r="V83" s="15">
         <f t="shared" ref="V83:V88" si="22">SUM(D83,G83,J83,M83,P83,S83)</f>
         <v>2993</v>
       </c>
     </row>
-    <row r="84" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>111</v>
       </c>
       <c r="C84" s="1">
         <v>34</v>
       </c>
       <c r="D84" s="16">
         <v>145</v>
       </c>
       <c r="E84" s="10">
         <v>109</v>
       </c>
       <c r="F84" s="1">
         <v>134</v>
       </c>
       <c r="G84" s="16">
         <v>243</v>
       </c>
       <c r="H84" s="10">
         <v>114</v>
       </c>
       <c r="I84" s="1">
@@ -19019,51 +19431,51 @@
       <c r="P84" s="16">
         <v>26</v>
       </c>
       <c r="Q84" s="10">
         <v>9</v>
       </c>
       <c r="R84" s="1">
         <v>22</v>
       </c>
       <c r="S84" s="16">
         <v>31</v>
       </c>
       <c r="T84" s="10">
         <f t="shared" ref="T84:T88" si="23">SUM(B84,E84,H84,K84,N84,Q84)</f>
         <v>439</v>
       </c>
       <c r="U84" s="1">
         <f t="shared" si="21"/>
         <v>411</v>
       </c>
       <c r="V84" s="15">
         <f t="shared" si="22"/>
         <v>850</v>
       </c>
     </row>
-    <row r="85" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>102</v>
       </c>
       <c r="C85" s="1">
         <v>56</v>
       </c>
       <c r="D85" s="16">
         <v>158</v>
       </c>
       <c r="E85" s="10">
         <v>148</v>
       </c>
       <c r="F85" s="1">
         <v>175</v>
       </c>
       <c r="G85" s="16">
         <v>323</v>
       </c>
       <c r="H85" s="10">
         <v>103</v>
       </c>
       <c r="I85" s="1">
@@ -19090,51 +19502,51 @@
       <c r="P85" s="16">
         <v>20</v>
       </c>
       <c r="Q85" s="10">
         <v>26</v>
       </c>
       <c r="R85" s="1">
         <v>20</v>
       </c>
       <c r="S85" s="16">
         <v>46</v>
       </c>
       <c r="T85" s="10">
         <f t="shared" si="23"/>
         <v>467</v>
       </c>
       <c r="U85" s="1">
         <f t="shared" si="21"/>
         <v>460</v>
       </c>
       <c r="V85" s="15">
         <f t="shared" si="22"/>
         <v>927</v>
       </c>
     </row>
-    <row r="86" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>135</v>
       </c>
       <c r="C86" s="1">
         <v>55</v>
       </c>
       <c r="D86" s="16">
         <v>190</v>
       </c>
       <c r="E86" s="10">
         <v>97</v>
       </c>
       <c r="F86" s="1">
         <v>155</v>
       </c>
       <c r="G86" s="16">
         <v>252</v>
       </c>
       <c r="H86" s="10">
         <v>94</v>
       </c>
       <c r="I86" s="1">
@@ -19161,51 +19573,51 @@
       <c r="P86" s="16">
         <v>21</v>
       </c>
       <c r="Q86" s="10">
         <v>11</v>
       </c>
       <c r="R86" s="1">
         <v>29</v>
       </c>
       <c r="S86" s="16">
         <v>40</v>
       </c>
       <c r="T86" s="10">
         <f t="shared" si="23"/>
         <v>412</v>
       </c>
       <c r="U86" s="1">
         <f t="shared" si="21"/>
         <v>405</v>
       </c>
       <c r="V86" s="15">
         <f t="shared" si="22"/>
         <v>817</v>
       </c>
     </row>
-    <row r="87" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="10">
         <v>97</v>
       </c>
       <c r="C87" s="1">
         <v>43</v>
       </c>
       <c r="D87" s="16">
         <v>140</v>
       </c>
       <c r="E87" s="10">
         <v>119</v>
       </c>
       <c r="F87" s="1">
         <v>136</v>
       </c>
       <c r="G87" s="16">
         <v>255</v>
       </c>
       <c r="H87" s="10">
         <v>110</v>
       </c>
       <c r="I87" s="1">
@@ -19232,51 +19644,51 @@
       <c r="P87" s="16">
         <v>24</v>
       </c>
       <c r="Q87" s="10">
         <v>24</v>
       </c>
       <c r="R87" s="1">
         <v>24</v>
       </c>
       <c r="S87" s="16">
         <v>48</v>
       </c>
       <c r="T87" s="10">
         <f t="shared" si="23"/>
         <v>433</v>
       </c>
       <c r="U87" s="1">
         <f t="shared" si="21"/>
         <v>370</v>
       </c>
       <c r="V87" s="15">
         <f t="shared" si="22"/>
         <v>803</v>
       </c>
     </row>
-    <row r="88" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>1148</v>
       </c>
       <c r="C88" s="14">
         <v>556</v>
       </c>
       <c r="D88" s="17">
         <v>1704</v>
       </c>
       <c r="E88" s="13">
         <v>794</v>
       </c>
       <c r="F88" s="14">
         <v>927</v>
       </c>
       <c r="G88" s="17">
         <v>1721</v>
       </c>
       <c r="H88" s="13">
         <v>790</v>
       </c>
       <c r="I88" s="14">
@@ -19303,144 +19715,144 @@
       <c r="P88" s="17">
         <v>115</v>
       </c>
       <c r="Q88" s="13">
         <v>142</v>
       </c>
       <c r="R88" s="14">
         <v>189</v>
       </c>
       <c r="S88" s="17">
         <v>331</v>
       </c>
       <c r="T88" s="13">
         <f t="shared" si="23"/>
         <v>3370</v>
       </c>
       <c r="U88" s="14">
         <f t="shared" si="21"/>
         <v>3020</v>
       </c>
       <c r="V88" s="18">
         <f t="shared" si="22"/>
         <v>6390</v>
       </c>
     </row>
-    <row r="90" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A90" s="100" t="s">
+    <row r="90" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A90" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="98" t="s">
+      <c r="B90" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C90" s="98"/>
-[...22 lines deleted...]
-      <c r="B91" s="99" t="s">
+      <c r="C90" s="91"/>
+      <c r="D90" s="91"/>
+      <c r="E90" s="91"/>
+      <c r="F90" s="91"/>
+      <c r="G90" s="91"/>
+      <c r="H90" s="91"/>
+      <c r="I90" s="91"/>
+      <c r="J90" s="91"/>
+      <c r="K90" s="91"/>
+      <c r="L90" s="91"/>
+      <c r="M90" s="91"/>
+      <c r="N90" s="91"/>
+      <c r="O90" s="91"/>
+      <c r="P90" s="91"/>
+      <c r="Q90" s="91"/>
+      <c r="R90" s="91"/>
+      <c r="S90" s="91"/>
+      <c r="T90" s="91"/>
+      <c r="U90" s="91"/>
+      <c r="V90" s="91"/>
+    </row>
+    <row r="91" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A91" s="90"/>
+      <c r="B91" s="92" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="99"/>
-[...22 lines deleted...]
-      <c r="B92" s="87" t="s">
+      <c r="C91" s="92"/>
+      <c r="D91" s="92"/>
+      <c r="E91" s="92"/>
+      <c r="F91" s="92"/>
+      <c r="G91" s="92"/>
+      <c r="H91" s="92"/>
+      <c r="I91" s="92"/>
+      <c r="J91" s="92"/>
+      <c r="K91" s="92"/>
+      <c r="L91" s="92"/>
+      <c r="M91" s="92"/>
+      <c r="N91" s="92"/>
+      <c r="O91" s="92"/>
+      <c r="P91" s="92"/>
+      <c r="Q91" s="92"/>
+      <c r="R91" s="92"/>
+      <c r="S91" s="92"/>
+      <c r="T91" s="92"/>
+      <c r="U91" s="92"/>
+      <c r="V91" s="92"/>
+    </row>
+    <row r="92" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="90"/>
+      <c r="B92" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C92" s="91"/>
-[...1 lines deleted...]
-      <c r="E92" s="87" t="s">
+      <c r="C92" s="82"/>
+      <c r="D92" s="89"/>
+      <c r="E92" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F92" s="91"/>
-[...1 lines deleted...]
-      <c r="H92" s="87" t="s">
+      <c r="F92" s="82"/>
+      <c r="G92" s="89"/>
+      <c r="H92" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I92" s="91"/>
-[...1 lines deleted...]
-      <c r="K92" s="87" t="s">
+      <c r="I92" s="82"/>
+      <c r="J92" s="89"/>
+      <c r="K92" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L92" s="91"/>
-[...1 lines deleted...]
-      <c r="N92" s="87" t="s">
+      <c r="L92" s="82"/>
+      <c r="M92" s="89"/>
+      <c r="N92" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O92" s="91"/>
-[...1 lines deleted...]
-      <c r="Q92" s="87" t="s">
+      <c r="O92" s="82"/>
+      <c r="P92" s="89"/>
+      <c r="Q92" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R92" s="91"/>
-[...8 lines deleted...]
-      <c r="A93" s="100"/>
+      <c r="R92" s="82"/>
+      <c r="S92" s="89"/>
+      <c r="T92" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U92" s="82"/>
+      <c r="V92" s="83"/>
+    </row>
+    <row r="93" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A93" s="90"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="6" t="s">
@@ -19461,51 +19873,51 @@
       <c r="O93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="10">
         <v>765</v>
       </c>
       <c r="C94" s="1">
         <v>370</v>
       </c>
       <c r="D94" s="16">
         <v>1135</v>
       </c>
       <c r="E94" s="10">
         <v>379</v>
       </c>
       <c r="F94" s="1">
         <v>399</v>
       </c>
       <c r="G94" s="16">
         <v>778</v>
       </c>
       <c r="H94" s="10">
         <v>488</v>
       </c>
       <c r="I94" s="1">
@@ -19532,51 +19944,51 @@
       <c r="P94" s="16">
         <v>33</v>
       </c>
       <c r="Q94" s="10">
         <v>75</v>
       </c>
       <c r="R94" s="1">
         <v>89</v>
       </c>
       <c r="S94" s="16">
         <v>164</v>
       </c>
       <c r="T94" s="10">
         <f>SUM(B94,E94,H94,K94,N94,Q94)</f>
         <v>1893</v>
       </c>
       <c r="U94" s="1">
         <f t="shared" ref="U94:U99" si="24">SUM(C94,F94,I94,L94,O94,R94)</f>
         <v>1511</v>
       </c>
       <c r="V94" s="15">
         <f t="shared" ref="V94:V99" si="25">SUM(D94,G94,J94,M94,P94,S94)</f>
         <v>3404</v>
       </c>
     </row>
-    <row r="95" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>130</v>
       </c>
       <c r="C95" s="1">
         <v>53</v>
       </c>
       <c r="D95" s="16">
         <v>183</v>
       </c>
       <c r="E95" s="10">
         <v>156</v>
       </c>
       <c r="F95" s="1">
         <v>142</v>
       </c>
       <c r="G95" s="16">
         <v>298</v>
       </c>
       <c r="H95" s="10">
         <v>141</v>
       </c>
       <c r="I95" s="1">
@@ -19603,51 +20015,51 @@
       <c r="P95" s="16">
         <v>41</v>
       </c>
       <c r="Q95" s="10">
         <v>16</v>
       </c>
       <c r="R95" s="1">
         <v>15</v>
       </c>
       <c r="S95" s="16">
         <v>31</v>
       </c>
       <c r="T95" s="10">
         <f t="shared" ref="T95:T99" si="26">SUM(B95,E95,H95,K95,N95,Q95)</f>
         <v>566</v>
       </c>
       <c r="U95" s="1">
         <f t="shared" si="24"/>
         <v>471</v>
       </c>
       <c r="V95" s="15">
         <f t="shared" si="25"/>
         <v>1037</v>
       </c>
     </row>
-    <row r="96" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>167</v>
       </c>
       <c r="C96" s="1">
         <v>55</v>
       </c>
       <c r="D96" s="16">
         <v>222</v>
       </c>
       <c r="E96" s="10">
         <v>183</v>
       </c>
       <c r="F96" s="1">
         <v>176</v>
       </c>
       <c r="G96" s="16">
         <v>359</v>
       </c>
       <c r="H96" s="10">
         <v>147</v>
       </c>
       <c r="I96" s="1">
@@ -19674,51 +20086,51 @@
       <c r="P96" s="16">
         <v>18</v>
       </c>
       <c r="Q96" s="10">
         <v>18</v>
       </c>
       <c r="R96" s="1">
         <v>28</v>
       </c>
       <c r="S96" s="16">
         <v>46</v>
       </c>
       <c r="T96" s="10">
         <f t="shared" si="26"/>
         <v>588</v>
       </c>
       <c r="U96" s="1">
         <f t="shared" si="24"/>
         <v>480</v>
       </c>
       <c r="V96" s="15">
         <f t="shared" si="25"/>
         <v>1068</v>
       </c>
     </row>
-    <row r="97" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B97" s="10">
         <v>151</v>
       </c>
       <c r="C97" s="1">
         <v>66</v>
       </c>
       <c r="D97" s="16">
         <v>217</v>
       </c>
       <c r="E97" s="10">
         <v>131</v>
       </c>
       <c r="F97" s="1">
         <v>169</v>
       </c>
       <c r="G97" s="16">
         <v>300</v>
       </c>
       <c r="H97" s="10">
         <v>119</v>
       </c>
       <c r="I97" s="1">
@@ -19745,51 +20157,51 @@
       <c r="P97" s="16">
         <v>19</v>
       </c>
       <c r="Q97" s="10">
         <v>19</v>
       </c>
       <c r="R97" s="1">
         <v>13</v>
       </c>
       <c r="S97" s="16">
         <v>32</v>
       </c>
       <c r="T97" s="10">
         <f t="shared" si="26"/>
         <v>499</v>
       </c>
       <c r="U97" s="1">
         <f t="shared" si="24"/>
         <v>449</v>
       </c>
       <c r="V97" s="15">
         <f t="shared" si="25"/>
         <v>948</v>
       </c>
     </row>
-    <row r="98" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="10">
         <v>111</v>
       </c>
       <c r="C98" s="1">
         <v>50</v>
       </c>
       <c r="D98" s="16">
         <v>161</v>
       </c>
       <c r="E98" s="10">
         <v>125</v>
       </c>
       <c r="F98" s="1">
         <v>137</v>
       </c>
       <c r="G98" s="16">
         <v>262</v>
       </c>
       <c r="H98" s="10">
         <v>122</v>
       </c>
       <c r="I98" s="1">
@@ -19816,51 +20228,51 @@
       <c r="P98" s="16">
         <v>31</v>
       </c>
       <c r="Q98" s="10">
         <v>19</v>
       </c>
       <c r="R98" s="1">
         <v>16</v>
       </c>
       <c r="S98" s="16">
         <v>35</v>
       </c>
       <c r="T98" s="10">
         <f t="shared" si="26"/>
         <v>484</v>
       </c>
       <c r="U98" s="1">
         <f t="shared" si="24"/>
         <v>420</v>
       </c>
       <c r="V98" s="15">
         <f t="shared" si="25"/>
         <v>904</v>
       </c>
     </row>
-    <row r="99" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>1324</v>
       </c>
       <c r="C99" s="14">
         <v>594</v>
       </c>
       <c r="D99" s="17">
         <v>1918</v>
       </c>
       <c r="E99" s="13">
         <v>974</v>
       </c>
       <c r="F99" s="14">
         <v>1023</v>
       </c>
       <c r="G99" s="17">
         <v>1997</v>
       </c>
       <c r="H99" s="13">
         <v>1017</v>
       </c>
       <c r="I99" s="14">
@@ -19887,144 +20299,144 @@
       <c r="P99" s="17">
         <v>142</v>
       </c>
       <c r="Q99" s="13">
         <v>147</v>
       </c>
       <c r="R99" s="14">
         <v>161</v>
       </c>
       <c r="S99" s="17">
         <v>308</v>
       </c>
       <c r="T99" s="13">
         <f t="shared" si="26"/>
         <v>4030</v>
       </c>
       <c r="U99" s="14">
         <f t="shared" si="24"/>
         <v>3331</v>
       </c>
       <c r="V99" s="18">
         <f t="shared" si="25"/>
         <v>7361</v>
       </c>
     </row>
-    <row r="101" spans="1:22" x14ac:dyDescent="0.25">
-      <c r="A101" s="100" t="s">
+    <row r="101" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A101" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B101" s="98" t="s">
+      <c r="B101" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C101" s="98"/>
-[...22 lines deleted...]
-      <c r="B102" s="99" t="s">
+      <c r="C101" s="91"/>
+      <c r="D101" s="91"/>
+      <c r="E101" s="91"/>
+      <c r="F101" s="91"/>
+      <c r="G101" s="91"/>
+      <c r="H101" s="91"/>
+      <c r="I101" s="91"/>
+      <c r="J101" s="91"/>
+      <c r="K101" s="91"/>
+      <c r="L101" s="91"/>
+      <c r="M101" s="91"/>
+      <c r="N101" s="91"/>
+      <c r="O101" s="91"/>
+      <c r="P101" s="91"/>
+      <c r="Q101" s="91"/>
+      <c r="R101" s="91"/>
+      <c r="S101" s="91"/>
+      <c r="T101" s="91"/>
+      <c r="U101" s="91"/>
+      <c r="V101" s="91"/>
+    </row>
+    <row r="102" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A102" s="90"/>
+      <c r="B102" s="92" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="99"/>
-[...22 lines deleted...]
-      <c r="B103" s="87" t="s">
+      <c r="C102" s="92"/>
+      <c r="D102" s="92"/>
+      <c r="E102" s="92"/>
+      <c r="F102" s="92"/>
+      <c r="G102" s="92"/>
+      <c r="H102" s="92"/>
+      <c r="I102" s="92"/>
+      <c r="J102" s="92"/>
+      <c r="K102" s="92"/>
+      <c r="L102" s="92"/>
+      <c r="M102" s="92"/>
+      <c r="N102" s="92"/>
+      <c r="O102" s="92"/>
+      <c r="P102" s="92"/>
+      <c r="Q102" s="92"/>
+      <c r="R102" s="92"/>
+      <c r="S102" s="92"/>
+      <c r="T102" s="92"/>
+      <c r="U102" s="92"/>
+      <c r="V102" s="92"/>
+    </row>
+    <row r="103" spans="1:22" ht="25.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="90"/>
+      <c r="B103" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C103" s="91"/>
-[...1 lines deleted...]
-      <c r="E103" s="87" t="s">
+      <c r="C103" s="82"/>
+      <c r="D103" s="89"/>
+      <c r="E103" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F103" s="91"/>
-[...1 lines deleted...]
-      <c r="H103" s="87" t="s">
+      <c r="F103" s="82"/>
+      <c r="G103" s="89"/>
+      <c r="H103" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I103" s="91"/>
-[...1 lines deleted...]
-      <c r="K103" s="87" t="s">
+      <c r="I103" s="82"/>
+      <c r="J103" s="89"/>
+      <c r="K103" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L103" s="91"/>
-[...1 lines deleted...]
-      <c r="N103" s="87" t="s">
+      <c r="L103" s="82"/>
+      <c r="M103" s="89"/>
+      <c r="N103" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O103" s="91"/>
-[...1 lines deleted...]
-      <c r="Q103" s="87" t="s">
+      <c r="O103" s="82"/>
+      <c r="P103" s="89"/>
+      <c r="Q103" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R103" s="91"/>
-[...8 lines deleted...]
-      <c r="A104" s="100"/>
+      <c r="R103" s="82"/>
+      <c r="S103" s="89"/>
+      <c r="T103" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U103" s="82"/>
+      <c r="V103" s="83"/>
+    </row>
+    <row r="104" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A104" s="90"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="6" t="s">
@@ -20045,67 +20457,67 @@
       <c r="O104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10">
         <v>740</v>
       </c>
       <c r="C105" s="1">
         <v>392</v>
       </c>
       <c r="D105" s="16">
         <v>1132</v>
       </c>
-      <c r="E105" s="53">
+      <c r="E105" s="52">
         <v>328</v>
       </c>
-      <c r="F105" s="54">
+      <c r="F105" s="53">
         <v>403</v>
       </c>
       <c r="G105" s="16">
         <v>731</v>
       </c>
       <c r="H105" s="10">
         <v>506</v>
       </c>
       <c r="I105" s="1">
         <v>421</v>
       </c>
       <c r="J105" s="16">
         <v>927</v>
       </c>
       <c r="K105" s="10">
         <v>178</v>
       </c>
       <c r="L105" s="1">
         <v>207</v>
       </c>
       <c r="M105" s="16">
         <v>385</v>
       </c>
       <c r="N105" s="10">
         <v>20</v>
@@ -20116,67 +20528,67 @@
       <c r="P105" s="16">
         <v>40</v>
       </c>
       <c r="Q105" s="10">
         <v>64</v>
       </c>
       <c r="R105" s="1">
         <v>75</v>
       </c>
       <c r="S105" s="16">
         <v>139</v>
       </c>
       <c r="T105" s="10">
         <f>SUM(B105,E105,H105,K105,N105,Q105)</f>
         <v>1836</v>
       </c>
       <c r="U105" s="1">
         <f t="shared" ref="U105:U110" si="27">SUM(C105,F105,I105,L105,O105,R105)</f>
         <v>1518</v>
       </c>
       <c r="V105" s="15">
         <f t="shared" ref="V105:V110" si="28">SUM(D105,G105,J105,M105,P105,S105)</f>
         <v>3354</v>
       </c>
     </row>
-    <row r="106" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10">
         <v>124</v>
       </c>
       <c r="C106" s="1">
         <v>51</v>
       </c>
       <c r="D106" s="16">
         <v>175</v>
       </c>
-      <c r="E106" s="53">
+      <c r="E106" s="52">
         <v>156</v>
       </c>
-      <c r="F106" s="54">
+      <c r="F106" s="53">
         <v>191</v>
       </c>
       <c r="G106" s="16">
         <v>347</v>
       </c>
       <c r="H106" s="10">
         <v>154</v>
       </c>
       <c r="I106" s="1">
         <v>113</v>
       </c>
       <c r="J106" s="16">
         <v>267</v>
       </c>
       <c r="K106" s="10">
         <v>125</v>
       </c>
       <c r="L106" s="1">
         <v>154</v>
       </c>
       <c r="M106" s="16">
         <v>279</v>
       </c>
       <c r="N106" s="10">
         <v>19</v>
@@ -20187,67 +20599,67 @@
       <c r="P106" s="16">
         <v>41</v>
       </c>
       <c r="Q106" s="10">
         <v>8</v>
       </c>
       <c r="R106" s="1">
         <v>18</v>
       </c>
       <c r="S106" s="16">
         <v>26</v>
       </c>
       <c r="T106" s="10">
         <f t="shared" ref="T106:T110" si="29">SUM(B106,E106,H106,K106,N106,Q106)</f>
         <v>586</v>
       </c>
       <c r="U106" s="1">
         <f t="shared" si="27"/>
         <v>549</v>
       </c>
       <c r="V106" s="15">
         <f t="shared" si="28"/>
         <v>1135</v>
       </c>
     </row>
-    <row r="107" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10">
         <v>103</v>
       </c>
       <c r="C107" s="1">
         <v>57</v>
       </c>
       <c r="D107" s="16">
         <v>160</v>
       </c>
-      <c r="E107" s="53">
+      <c r="E107" s="52">
         <v>167</v>
       </c>
-      <c r="F107" s="54">
+      <c r="F107" s="53">
         <v>237</v>
       </c>
       <c r="G107" s="16">
         <v>404</v>
       </c>
       <c r="H107" s="10">
         <v>123</v>
       </c>
       <c r="I107" s="1">
         <v>128</v>
       </c>
       <c r="J107" s="16">
         <v>251</v>
       </c>
       <c r="K107" s="10">
         <v>72</v>
       </c>
       <c r="L107" s="1">
         <v>106</v>
       </c>
       <c r="M107" s="16">
         <v>178</v>
       </c>
       <c r="N107" s="10">
         <v>7</v>
@@ -20258,67 +20670,67 @@
       <c r="P107" s="16">
         <v>15</v>
       </c>
       <c r="Q107" s="10">
         <v>10</v>
       </c>
       <c r="R107" s="1">
         <v>21</v>
       </c>
       <c r="S107" s="16">
         <v>31</v>
       </c>
       <c r="T107" s="10">
         <f t="shared" si="29"/>
         <v>482</v>
       </c>
       <c r="U107" s="1">
         <f t="shared" si="27"/>
         <v>557</v>
       </c>
       <c r="V107" s="15">
         <f t="shared" si="28"/>
         <v>1039</v>
       </c>
     </row>
-    <row r="108" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10">
         <v>134</v>
       </c>
       <c r="C108" s="1">
         <v>69</v>
       </c>
       <c r="D108" s="16">
         <v>203</v>
       </c>
-      <c r="E108" s="53">
+      <c r="E108" s="52">
         <v>136</v>
       </c>
-      <c r="F108" s="54">
+      <c r="F108" s="53">
         <v>166</v>
       </c>
       <c r="G108" s="16">
         <v>302</v>
       </c>
       <c r="H108" s="10">
         <v>122</v>
       </c>
       <c r="I108" s="1">
         <v>105</v>
       </c>
       <c r="J108" s="16">
         <v>227</v>
       </c>
       <c r="K108" s="10">
         <v>71</v>
       </c>
       <c r="L108" s="1">
         <v>106</v>
       </c>
       <c r="M108" s="16">
         <v>177</v>
       </c>
       <c r="N108" s="10">
         <v>6</v>
@@ -20329,67 +20741,67 @@
       <c r="P108" s="16">
         <v>23</v>
       </c>
       <c r="Q108" s="10">
         <v>16</v>
       </c>
       <c r="R108" s="1">
         <v>19</v>
       </c>
       <c r="S108" s="16">
         <v>35</v>
       </c>
       <c r="T108" s="10">
         <f t="shared" si="29"/>
         <v>485</v>
       </c>
       <c r="U108" s="1">
         <f t="shared" si="27"/>
         <v>482</v>
       </c>
       <c r="V108" s="15">
         <f t="shared" si="28"/>
         <v>967</v>
       </c>
     </row>
-    <row r="109" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="10">
         <v>103</v>
       </c>
       <c r="C109" s="1">
         <v>38</v>
       </c>
       <c r="D109" s="16">
         <v>141</v>
       </c>
-      <c r="E109" s="53">
+      <c r="E109" s="52">
         <v>125</v>
       </c>
-      <c r="F109" s="54">
+      <c r="F109" s="53">
         <v>163</v>
       </c>
       <c r="G109" s="16">
         <v>288</v>
       </c>
       <c r="H109" s="10">
         <v>108</v>
       </c>
       <c r="I109" s="1">
         <v>102</v>
       </c>
       <c r="J109" s="16">
         <v>210</v>
       </c>
       <c r="K109" s="10">
         <v>82</v>
       </c>
       <c r="L109" s="1">
         <v>98</v>
       </c>
       <c r="M109" s="16">
         <v>180</v>
       </c>
       <c r="N109" s="10">
         <v>8</v>
@@ -20400,67 +20812,67 @@
       <c r="P109" s="16">
         <v>23</v>
       </c>
       <c r="Q109" s="10">
         <v>13</v>
       </c>
       <c r="R109" s="1">
         <v>11</v>
       </c>
       <c r="S109" s="16">
         <v>24</v>
       </c>
       <c r="T109" s="10">
         <f t="shared" si="29"/>
         <v>439</v>
       </c>
       <c r="U109" s="1">
         <f t="shared" si="27"/>
         <v>427</v>
       </c>
       <c r="V109" s="15">
         <f t="shared" si="28"/>
         <v>866</v>
       </c>
     </row>
-    <row r="110" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13">
         <v>1204</v>
       </c>
       <c r="C110" s="14">
         <v>607</v>
       </c>
       <c r="D110" s="17">
         <v>1811</v>
       </c>
       <c r="E110" s="22">
         <v>912</v>
       </c>
-      <c r="F110" s="52">
+      <c r="F110" s="51">
         <v>1160</v>
       </c>
       <c r="G110" s="17">
         <v>2072</v>
       </c>
       <c r="H110" s="13">
         <v>1013</v>
       </c>
       <c r="I110" s="14">
         <v>869</v>
       </c>
       <c r="J110" s="17">
         <v>1882</v>
       </c>
       <c r="K110" s="13">
         <v>528</v>
       </c>
       <c r="L110" s="14">
         <v>671</v>
       </c>
       <c r="M110" s="17">
         <v>1199</v>
       </c>
       <c r="N110" s="13">
         <v>60</v>
@@ -20471,145 +20883,144 @@
       <c r="P110" s="17">
         <v>142</v>
       </c>
       <c r="Q110" s="13">
         <v>111</v>
       </c>
       <c r="R110" s="14">
         <v>144</v>
       </c>
       <c r="S110" s="17">
         <v>255</v>
       </c>
       <c r="T110" s="13">
         <f t="shared" si="29"/>
         <v>3828</v>
       </c>
       <c r="U110" s="14">
         <f t="shared" si="27"/>
         <v>3533</v>
       </c>
       <c r="V110" s="18">
         <f t="shared" si="28"/>
         <v>7361</v>
       </c>
     </row>
-    <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A112" s="100" t="s">
+    <row r="112" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A112" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B112" s="98" t="s">
+      <c r="B112" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C112" s="98"/>
-[...22 lines deleted...]
-      <c r="B113" s="99" t="s">
+      <c r="C112" s="91"/>
+      <c r="D112" s="91"/>
+      <c r="E112" s="91"/>
+      <c r="F112" s="91"/>
+      <c r="G112" s="91"/>
+      <c r="H112" s="91"/>
+      <c r="I112" s="91"/>
+      <c r="J112" s="91"/>
+      <c r="K112" s="91"/>
+      <c r="L112" s="91"/>
+      <c r="M112" s="91"/>
+      <c r="N112" s="91"/>
+      <c r="O112" s="91"/>
+      <c r="P112" s="91"/>
+      <c r="Q112" s="91"/>
+      <c r="R112" s="91"/>
+      <c r="S112" s="91"/>
+      <c r="T112" s="91"/>
+      <c r="U112" s="91"/>
+      <c r="V112" s="91"/>
+    </row>
+    <row r="113" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A113" s="90"/>
+      <c r="B113" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="99"/>
-[...22 lines deleted...]
-      <c r="B114" s="87" t="s">
+      <c r="C113" s="92"/>
+      <c r="D113" s="92"/>
+      <c r="E113" s="92"/>
+      <c r="F113" s="92"/>
+      <c r="G113" s="92"/>
+      <c r="H113" s="92"/>
+      <c r="I113" s="92"/>
+      <c r="J113" s="92"/>
+      <c r="K113" s="92"/>
+      <c r="L113" s="92"/>
+      <c r="M113" s="92"/>
+      <c r="N113" s="92"/>
+      <c r="O113" s="92"/>
+      <c r="P113" s="92"/>
+      <c r="Q113" s="92"/>
+      <c r="R113" s="92"/>
+      <c r="S113" s="92"/>
+      <c r="T113" s="92"/>
+      <c r="U113" s="92"/>
+      <c r="V113" s="92"/>
+    </row>
+    <row r="114" spans="1:22" ht="24.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="90"/>
+      <c r="B114" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C114" s="91"/>
-[...1 lines deleted...]
-      <c r="E114" s="87" t="s">
+      <c r="C114" s="82"/>
+      <c r="D114" s="89"/>
+      <c r="E114" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F114" s="91"/>
-[...1 lines deleted...]
-      <c r="H114" s="87" t="s">
+      <c r="F114" s="82"/>
+      <c r="G114" s="89"/>
+      <c r="H114" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I114" s="91"/>
-[...1 lines deleted...]
-      <c r="K114" s="87" t="s">
+      <c r="I114" s="82"/>
+      <c r="J114" s="89"/>
+      <c r="K114" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L114" s="91"/>
-[...1 lines deleted...]
-      <c r="N114" s="87" t="s">
+      <c r="L114" s="82"/>
+      <c r="M114" s="89"/>
+      <c r="N114" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O114" s="91"/>
-[...1 lines deleted...]
-      <c r="Q114" s="87" t="s">
+      <c r="O114" s="82"/>
+      <c r="P114" s="89"/>
+      <c r="Q114" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R114" s="91"/>
-[...8 lines deleted...]
-      <c r="A115" s="100"/>
+      <c r="R114" s="82"/>
+      <c r="S114" s="89"/>
+      <c r="T114" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U114" s="82"/>
+      <c r="V114" s="83"/>
+    </row>
+    <row r="115" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A115" s="90"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="6" t="s">
@@ -20630,355 +21041,571 @@
       <c r="O115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B116" s="10"/>
-[...16 lines deleted...]
-      <c r="S116" s="16"/>
+      <c r="B116" s="10">
+        <v>677</v>
+      </c>
+      <c r="C116" s="1">
+        <v>384</v>
+      </c>
+      <c r="D116" s="16">
+        <v>1061</v>
+      </c>
+      <c r="E116" s="10">
+        <v>321</v>
+      </c>
+      <c r="F116" s="1">
+        <v>376</v>
+      </c>
+      <c r="G116" s="16">
+        <v>697</v>
+      </c>
+      <c r="H116" s="10">
+        <v>394</v>
+      </c>
+      <c r="I116" s="1">
+        <v>427</v>
+      </c>
+      <c r="J116" s="16">
+        <v>821</v>
+      </c>
+      <c r="K116" s="10">
+        <v>159</v>
+      </c>
+      <c r="L116" s="1">
+        <v>216</v>
+      </c>
+      <c r="M116" s="16">
+        <v>375</v>
+      </c>
+      <c r="N116" s="10">
+        <v>10</v>
+      </c>
+      <c r="O116" s="1">
+        <v>18</v>
+      </c>
+      <c r="P116" s="16">
+        <v>28</v>
+      </c>
+      <c r="Q116" s="10">
+        <v>66</v>
+      </c>
+      <c r="R116" s="1">
+        <v>65</v>
+      </c>
+      <c r="S116" s="16">
+        <v>131</v>
+      </c>
       <c r="T116" s="10">
         <f>SUM(B116,E116,H116,K116,N116,Q116)</f>
-        <v>0</v>
+        <v>1627</v>
       </c>
       <c r="U116" s="1">
         <f t="shared" ref="U116:U121" si="30">SUM(C116,F116,I116,L116,O116,R116)</f>
-        <v>0</v>
+        <v>1486</v>
       </c>
       <c r="V116" s="15">
         <f t="shared" ref="V116:V121" si="31">SUM(D116,G116,J116,M116,P116,S116)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="117" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B117" s="10"/>
-[...16 lines deleted...]
-      <c r="S117" s="16"/>
+      <c r="B117" s="10">
+        <v>107</v>
+      </c>
+      <c r="C117" s="1">
+        <v>50</v>
+      </c>
+      <c r="D117" s="16">
+        <v>157</v>
+      </c>
+      <c r="E117" s="10">
+        <v>136</v>
+      </c>
+      <c r="F117" s="1">
+        <v>203</v>
+      </c>
+      <c r="G117" s="16">
+        <v>339</v>
+      </c>
+      <c r="H117" s="10">
+        <v>143</v>
+      </c>
+      <c r="I117" s="1">
+        <v>105</v>
+      </c>
+      <c r="J117" s="16">
+        <v>248</v>
+      </c>
+      <c r="K117" s="10">
+        <v>86</v>
+      </c>
+      <c r="L117" s="1">
+        <v>160</v>
+      </c>
+      <c r="M117" s="16">
+        <v>246</v>
+      </c>
+      <c r="N117" s="10">
+        <v>18</v>
+      </c>
+      <c r="O117" s="1">
+        <v>14</v>
+      </c>
+      <c r="P117" s="16">
+        <v>32</v>
+      </c>
+      <c r="Q117" s="10">
+        <v>12</v>
+      </c>
+      <c r="R117" s="1">
+        <v>19</v>
+      </c>
+      <c r="S117" s="16">
+        <v>31</v>
+      </c>
       <c r="T117" s="10">
         <f t="shared" ref="T117:T121" si="32">SUM(B117,E117,H117,K117,N117,Q117)</f>
-        <v>0</v>
+        <v>502</v>
       </c>
       <c r="U117" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>551</v>
       </c>
       <c r="V117" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="118" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B118" s="10"/>
-[...16 lines deleted...]
-      <c r="S118" s="16"/>
+      <c r="B118" s="10">
+        <v>92</v>
+      </c>
+      <c r="C118" s="1">
+        <v>50</v>
+      </c>
+      <c r="D118" s="16">
+        <v>142</v>
+      </c>
+      <c r="E118" s="10">
+        <v>181</v>
+      </c>
+      <c r="F118" s="1">
+        <v>222</v>
+      </c>
+      <c r="G118" s="16">
+        <v>403</v>
+      </c>
+      <c r="H118" s="10">
+        <v>98</v>
+      </c>
+      <c r="I118" s="1">
+        <v>145</v>
+      </c>
+      <c r="J118" s="16">
+        <v>243</v>
+      </c>
+      <c r="K118" s="10">
+        <v>79</v>
+      </c>
+      <c r="L118" s="1">
+        <v>106</v>
+      </c>
+      <c r="M118" s="16">
+        <v>185</v>
+      </c>
+      <c r="N118" s="10">
+        <v>10</v>
+      </c>
+      <c r="O118" s="1">
+        <v>15</v>
+      </c>
+      <c r="P118" s="16">
+        <v>25</v>
+      </c>
+      <c r="Q118" s="10">
+        <v>27</v>
+      </c>
+      <c r="R118" s="1">
+        <v>22</v>
+      </c>
+      <c r="S118" s="16">
+        <v>49</v>
+      </c>
       <c r="T118" s="10">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>487</v>
       </c>
       <c r="U118" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>560</v>
       </c>
       <c r="V118" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="119" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B119" s="10"/>
-[...16 lines deleted...]
-      <c r="S119" s="16"/>
+      <c r="B119" s="10">
+        <v>124</v>
+      </c>
+      <c r="C119" s="1">
+        <v>49</v>
+      </c>
+      <c r="D119" s="16">
+        <v>173</v>
+      </c>
+      <c r="E119" s="10">
+        <v>141</v>
+      </c>
+      <c r="F119" s="1">
+        <v>189</v>
+      </c>
+      <c r="G119" s="16">
+        <v>330</v>
+      </c>
+      <c r="H119" s="10">
+        <v>108</v>
+      </c>
+      <c r="I119" s="1">
+        <v>110</v>
+      </c>
+      <c r="J119" s="16">
+        <v>218</v>
+      </c>
+      <c r="K119" s="10">
+        <v>86</v>
+      </c>
+      <c r="L119" s="1">
+        <v>108</v>
+      </c>
+      <c r="M119" s="16">
+        <v>194</v>
+      </c>
+      <c r="N119" s="10">
+        <v>8</v>
+      </c>
+      <c r="O119" s="1">
+        <v>14</v>
+      </c>
+      <c r="P119" s="16">
+        <v>22</v>
+      </c>
+      <c r="Q119" s="10">
+        <v>11</v>
+      </c>
+      <c r="R119" s="1">
+        <v>22</v>
+      </c>
+      <c r="S119" s="16">
+        <v>33</v>
+      </c>
       <c r="T119" s="10">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>478</v>
       </c>
       <c r="U119" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>492</v>
       </c>
       <c r="V119" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="120" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B120" s="10"/>
-[...16 lines deleted...]
-      <c r="S120" s="16"/>
+      <c r="B120" s="10">
+        <v>94</v>
+      </c>
+      <c r="C120" s="1">
+        <v>46</v>
+      </c>
+      <c r="D120" s="16">
+        <v>140</v>
+      </c>
+      <c r="E120" s="10">
+        <v>136</v>
+      </c>
+      <c r="F120" s="1">
+        <v>161</v>
+      </c>
+      <c r="G120" s="16">
+        <v>297</v>
+      </c>
+      <c r="H120" s="10">
+        <v>107</v>
+      </c>
+      <c r="I120" s="1">
+        <v>108</v>
+      </c>
+      <c r="J120" s="16">
+        <v>215</v>
+      </c>
+      <c r="K120" s="10">
+        <v>82</v>
+      </c>
+      <c r="L120" s="1">
+        <v>145</v>
+      </c>
+      <c r="M120" s="16">
+        <v>227</v>
+      </c>
+      <c r="N120" s="10">
+        <v>9</v>
+      </c>
+      <c r="O120" s="1">
+        <v>22</v>
+      </c>
+      <c r="P120" s="16">
+        <v>31</v>
+      </c>
+      <c r="Q120" s="10">
+        <v>8</v>
+      </c>
+      <c r="R120" s="1">
+        <v>25</v>
+      </c>
+      <c r="S120" s="16">
+        <v>33</v>
+      </c>
       <c r="T120" s="10">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>436</v>
       </c>
       <c r="U120" s="1">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>507</v>
       </c>
       <c r="V120" s="15">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:22" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="121" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B121" s="13"/>
-[...16 lines deleted...]
-      <c r="S121" s="17"/>
+      <c r="B121" s="13">
+        <v>1094</v>
+      </c>
+      <c r="C121" s="14">
+        <v>579</v>
+      </c>
+      <c r="D121" s="17">
+        <v>1673</v>
+      </c>
+      <c r="E121" s="13">
+        <v>915</v>
+      </c>
+      <c r="F121" s="14">
+        <v>1151</v>
+      </c>
+      <c r="G121" s="17">
+        <v>2066</v>
+      </c>
+      <c r="H121" s="13">
+        <v>850</v>
+      </c>
+      <c r="I121" s="14">
+        <v>895</v>
+      </c>
+      <c r="J121" s="17">
+        <v>1745</v>
+      </c>
+      <c r="K121" s="13">
+        <v>492</v>
+      </c>
+      <c r="L121" s="14">
+        <v>735</v>
+      </c>
+      <c r="M121" s="17">
+        <v>1227</v>
+      </c>
+      <c r="N121" s="13">
+        <v>55</v>
+      </c>
+      <c r="O121" s="14">
+        <v>83</v>
+      </c>
+      <c r="P121" s="17">
+        <v>138</v>
+      </c>
+      <c r="Q121" s="13">
+        <v>124</v>
+      </c>
+      <c r="R121" s="14">
+        <v>153</v>
+      </c>
+      <c r="S121" s="17">
+        <v>277</v>
+      </c>
       <c r="T121" s="13">
         <f t="shared" si="32"/>
-        <v>0</v>
+        <v>3530</v>
       </c>
       <c r="U121" s="14">
         <f t="shared" si="30"/>
-        <v>0</v>
+        <v>3596</v>
       </c>
       <c r="V121" s="18">
         <f t="shared" si="31"/>
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="A123" s="100" t="s">
+        <v>7126</v>
+      </c>
+    </row>
+    <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="123" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B123" s="98" t="s">
+      <c r="B123" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C123" s="98"/>
-[...22 lines deleted...]
-      <c r="B124" s="99" t="s">
+      <c r="C123" s="91"/>
+      <c r="D123" s="91"/>
+      <c r="E123" s="91"/>
+      <c r="F123" s="91"/>
+      <c r="G123" s="91"/>
+      <c r="H123" s="91"/>
+      <c r="I123" s="91"/>
+      <c r="J123" s="91"/>
+      <c r="K123" s="91"/>
+      <c r="L123" s="91"/>
+      <c r="M123" s="91"/>
+      <c r="N123" s="91"/>
+      <c r="O123" s="91"/>
+      <c r="P123" s="91"/>
+      <c r="Q123" s="91"/>
+      <c r="R123" s="91"/>
+      <c r="S123" s="91"/>
+      <c r="T123" s="91"/>
+      <c r="U123" s="91"/>
+      <c r="V123" s="91"/>
+    </row>
+    <row r="124" spans="1:22" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A124" s="90"/>
+      <c r="B124" s="92" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="99"/>
-[...22 lines deleted...]
-      <c r="B125" s="87" t="s">
+      <c r="C124" s="92"/>
+      <c r="D124" s="92"/>
+      <c r="E124" s="92"/>
+      <c r="F124" s="92"/>
+      <c r="G124" s="92"/>
+      <c r="H124" s="92"/>
+      <c r="I124" s="92"/>
+      <c r="J124" s="92"/>
+      <c r="K124" s="92"/>
+      <c r="L124" s="92"/>
+      <c r="M124" s="92"/>
+      <c r="N124" s="92"/>
+      <c r="O124" s="92"/>
+      <c r="P124" s="92"/>
+      <c r="Q124" s="92"/>
+      <c r="R124" s="92"/>
+      <c r="S124" s="92"/>
+      <c r="T124" s="92"/>
+      <c r="U124" s="92"/>
+      <c r="V124" s="92"/>
+    </row>
+    <row r="125" spans="1:22" ht="29.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="90"/>
+      <c r="B125" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C125" s="91"/>
-[...1 lines deleted...]
-      <c r="E125" s="87" t="s">
+      <c r="C125" s="82"/>
+      <c r="D125" s="89"/>
+      <c r="E125" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F125" s="91"/>
-[...1 lines deleted...]
-      <c r="H125" s="87" t="s">
+      <c r="F125" s="82"/>
+      <c r="G125" s="89"/>
+      <c r="H125" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I125" s="91"/>
-[...1 lines deleted...]
-      <c r="K125" s="87" t="s">
+      <c r="I125" s="82"/>
+      <c r="J125" s="89"/>
+      <c r="K125" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L125" s="91"/>
-[...1 lines deleted...]
-      <c r="N125" s="87" t="s">
+      <c r="L125" s="82"/>
+      <c r="M125" s="89"/>
+      <c r="N125" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O125" s="91"/>
-[...1 lines deleted...]
-      <c r="Q125" s="87" t="s">
+      <c r="O125" s="82"/>
+      <c r="P125" s="89"/>
+      <c r="Q125" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R125" s="91"/>
-[...8 lines deleted...]
-      <c r="A126" s="100"/>
+      <c r="R125" s="82"/>
+      <c r="S125" s="89"/>
+      <c r="T125" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U125" s="82"/>
+      <c r="V125" s="83"/>
+    </row>
+    <row r="126" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="90"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="6" t="s">
@@ -20999,354 +21626,354 @@
       <c r="O126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="16"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="16"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="16"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="16"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="16"/>
       <c r="Q127" s="10"/>
       <c r="R127" s="1"/>
       <c r="S127" s="16"/>
       <c r="T127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127)</f>
         <v>0</v>
       </c>
       <c r="U127" s="1">
         <f t="shared" ref="U127:U132" si="33">SUM(C127,F127,I127,L127,O127,R127)</f>
         <v>0</v>
       </c>
       <c r="V127" s="15">
         <f t="shared" ref="V127:V132" si="34">SUM(D127,G127,J127,M127,P127,S127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="16"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="16"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="16"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="16"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="16"/>
       <c r="Q128" s="10"/>
       <c r="R128" s="1"/>
       <c r="S128" s="16"/>
       <c r="T128" s="10">
         <f t="shared" ref="T128:T132" si="35">SUM(B128,E128,H128,K128,N128,Q128)</f>
         <v>0</v>
       </c>
       <c r="U128" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V128" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:26" hidden="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="16"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="16"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="16"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="16"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="16"/>
       <c r="Q129" s="10"/>
       <c r="R129" s="1"/>
       <c r="S129" s="16"/>
       <c r="T129" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U129" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V129" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:26" hidden="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="16"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="16"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="16"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="16"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="16"/>
       <c r="Q130" s="10"/>
       <c r="R130" s="1"/>
       <c r="S130" s="16"/>
       <c r="T130" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U130" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V130" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:25" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:26" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="10"/>
       <c r="C131" s="1"/>
       <c r="D131" s="16"/>
       <c r="E131" s="10"/>
       <c r="F131" s="1"/>
       <c r="G131" s="16"/>
       <c r="H131" s="10"/>
       <c r="I131" s="1"/>
       <c r="J131" s="16"/>
       <c r="K131" s="10"/>
       <c r="L131" s="1"/>
       <c r="M131" s="16"/>
       <c r="N131" s="10"/>
       <c r="O131" s="1"/>
       <c r="P131" s="16"/>
       <c r="Q131" s="10"/>
       <c r="R131" s="1"/>
       <c r="S131" s="16"/>
       <c r="T131" s="10">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U131" s="1">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V131" s="15">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:25" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:26" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="17"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="17"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="17"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="17"/>
       <c r="Q132" s="13"/>
       <c r="R132" s="14"/>
       <c r="S132" s="17"/>
       <c r="T132" s="13">
         <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="U132" s="14">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="V132" s="18">
         <f t="shared" si="34"/>
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:25" x14ac:dyDescent="0.25">
-      <c r="A134" s="100" t="s">
+    <row r="134" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A134" s="90" t="s">
         <v>46</v>
       </c>
-      <c r="B134" s="98" t="s">
+      <c r="B134" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="C134" s="98"/>
-[...22 lines deleted...]
-      <c r="B135" s="101" t="s">
+      <c r="C134" s="91"/>
+      <c r="D134" s="91"/>
+      <c r="E134" s="91"/>
+      <c r="F134" s="91"/>
+      <c r="G134" s="91"/>
+      <c r="H134" s="91"/>
+      <c r="I134" s="91"/>
+      <c r="J134" s="91"/>
+      <c r="K134" s="91"/>
+      <c r="L134" s="91"/>
+      <c r="M134" s="91"/>
+      <c r="N134" s="91"/>
+      <c r="O134" s="91"/>
+      <c r="P134" s="91"/>
+      <c r="Q134" s="91"/>
+      <c r="R134" s="91"/>
+      <c r="S134" s="91"/>
+      <c r="T134" s="91"/>
+      <c r="U134" s="91"/>
+      <c r="V134" s="91"/>
+    </row>
+    <row r="135" spans="1:26" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A135" s="90"/>
+      <c r="B135" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="102"/>
-[...22 lines deleted...]
-      <c r="B136" s="87" t="s">
+      <c r="C135" s="99"/>
+      <c r="D135" s="99"/>
+      <c r="E135" s="99"/>
+      <c r="F135" s="99"/>
+      <c r="G135" s="99"/>
+      <c r="H135" s="99"/>
+      <c r="I135" s="99"/>
+      <c r="J135" s="99"/>
+      <c r="K135" s="99"/>
+      <c r="L135" s="99"/>
+      <c r="M135" s="99"/>
+      <c r="N135" s="99"/>
+      <c r="O135" s="99"/>
+      <c r="P135" s="99"/>
+      <c r="Q135" s="99"/>
+      <c r="R135" s="99"/>
+      <c r="S135" s="99"/>
+      <c r="T135" s="99"/>
+      <c r="U135" s="99"/>
+      <c r="V135" s="100"/>
+    </row>
+    <row r="136" spans="1:26" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="90"/>
+      <c r="B136" s="81" t="s">
         <v>26</v>
       </c>
-      <c r="C136" s="91"/>
-[...1 lines deleted...]
-      <c r="E136" s="87" t="s">
+      <c r="C136" s="82"/>
+      <c r="D136" s="89"/>
+      <c r="E136" s="81" t="s">
         <v>27</v>
       </c>
-      <c r="F136" s="91"/>
-[...1 lines deleted...]
-      <c r="H136" s="87" t="s">
+      <c r="F136" s="82"/>
+      <c r="G136" s="89"/>
+      <c r="H136" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="I136" s="91"/>
-[...1 lines deleted...]
-      <c r="K136" s="87" t="s">
+      <c r="I136" s="82"/>
+      <c r="J136" s="89"/>
+      <c r="K136" s="81" t="s">
         <v>29</v>
       </c>
-      <c r="L136" s="91"/>
-[...1 lines deleted...]
-      <c r="N136" s="87" t="s">
+      <c r="L136" s="82"/>
+      <c r="M136" s="89"/>
+      <c r="N136" s="81" t="s">
         <v>30</v>
       </c>
-      <c r="O136" s="91"/>
-[...1 lines deleted...]
-      <c r="Q136" s="87" t="s">
+      <c r="O136" s="82"/>
+      <c r="P136" s="89"/>
+      <c r="Q136" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="R136" s="91"/>
-[...8 lines deleted...]
-      <c r="A137" s="100"/>
+      <c r="R136" s="82"/>
+      <c r="S136" s="89"/>
+      <c r="T136" s="81" t="s">
+        <v>13</v>
+      </c>
+      <c r="U136" s="82"/>
+      <c r="V136" s="83"/>
+    </row>
+    <row r="137" spans="1:26" x14ac:dyDescent="0.35">
+      <c r="A137" s="90"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="6" t="s">
@@ -21367,6280 +21994,6330 @@
       <c r="O137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U137" s="35" t="s">
         <v>15</v>
       </c>
       <c r="V137" s="36" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:25" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B138" s="40">
+      <c r="B138" s="39">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>7662</v>
-[...1 lines deleted...]
-      <c r="C138" s="40">
+        <v>8339</v>
+      </c>
+      <c r="C138" s="39">
         <f t="shared" ref="C138:D138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>4012</v>
-[...1 lines deleted...]
-      <c r="D138" s="40">
+        <v>4396</v>
+      </c>
+      <c r="D138" s="39">
         <f t="shared" si="36"/>
-        <v>11674</v>
-[...1 lines deleted...]
-      <c r="E138" s="40">
+        <v>12735</v>
+      </c>
+      <c r="E138" s="39">
         <f>SUM(E6,E17,E28,E39,E50,E61,E72,E83,E94,E105,E116,E127)</f>
-        <v>3644</v>
+        <v>3965</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" ref="F138:V138" si="37">SUM(F6,F17,F28,F39,F50,F61,F72,F83,F94,F105,F116,F127)</f>
-        <v>3981</v>
-[...1 lines deleted...]
-      <c r="G138" s="41">
+        <v>4357</v>
+      </c>
+      <c r="G138" s="40">
         <f t="shared" si="37"/>
-        <v>7625</v>
-[...1 lines deleted...]
-      <c r="H138" s="40">
+        <v>8322</v>
+      </c>
+      <c r="H138" s="39">
         <f t="shared" si="37"/>
-        <v>4567</v>
+        <v>4961</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="37"/>
-        <v>4393</v>
-[...1 lines deleted...]
-      <c r="J138" s="41">
+        <v>4820</v>
+      </c>
+      <c r="J138" s="40">
         <f t="shared" si="37"/>
-        <v>8960</v>
-[...1 lines deleted...]
-      <c r="K138" s="56">
+        <v>9781</v>
+      </c>
+      <c r="K138" s="55">
         <f>SUM(K6,K17,K28,K39,K50,K61,K72,K83,K94,K105,K116,K127)</f>
-        <v>1644</v>
-[...1 lines deleted...]
-      <c r="L138" s="54">
+        <v>1803</v>
+      </c>
+      <c r="L138" s="53">
         <f t="shared" si="37"/>
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="M138" s="59">
+        <v>2287</v>
+      </c>
+      <c r="M138" s="58">
         <f t="shared" si="37"/>
-        <v>3715</v>
-[...1 lines deleted...]
-      <c r="N138" s="40">
+        <v>4090</v>
+      </c>
+      <c r="N138" s="39">
         <f t="shared" si="37"/>
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="37"/>
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="P138" s="41">
+        <v>190</v>
+      </c>
+      <c r="P138" s="40">
         <f t="shared" si="37"/>
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="Q138" s="40">
+        <v>324</v>
+      </c>
+      <c r="Q138" s="39">
         <f t="shared" si="37"/>
-        <v>633</v>
+        <v>699</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="37"/>
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="S138" s="41">
+        <v>778</v>
+      </c>
+      <c r="S138" s="40">
         <f t="shared" si="37"/>
-        <v>1346</v>
-[...1 lines deleted...]
-      <c r="T138" s="56">
+        <v>1477</v>
+      </c>
+      <c r="T138" s="55">
         <f>SUM(T6,T17,T28,T39,T50,T61,T72,T83,T94,T105,T116,T127)</f>
-        <v>18274</v>
-[...1 lines deleted...]
-      <c r="U138" s="54">
+        <v>19901</v>
+      </c>
+      <c r="U138" s="53">
+        <f>SUM(U6,U17,U28,U39,U50,U61,U72,U83,U94,U105,U116,U127)</f>
+        <v>16828</v>
+      </c>
+      <c r="V138" s="56">
         <f t="shared" si="37"/>
-        <v>15342</v>
-[...3 lines deleted...]
-        <v>33616</v>
+        <v>36729</v>
       </c>
       <c r="W138" s="28"/>
       <c r="X138" s="28"/>
       <c r="Y138" s="28"/>
-    </row>
-    <row r="139" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="Z138" s="28"/>
+    </row>
+    <row r="139" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B139" s="40">
+      <c r="B139" s="39">
         <f t="shared" ref="B139:D143" si="38">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>1233</v>
-[...1 lines deleted...]
-      <c r="C139" s="40">
+        <v>1340</v>
+      </c>
+      <c r="C139" s="39">
         <f t="shared" si="38"/>
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="D139" s="40">
+        <v>588</v>
+      </c>
+      <c r="D139" s="39">
         <f t="shared" si="38"/>
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="E139" s="40">
+        <v>1928</v>
+      </c>
+      <c r="E139" s="39">
         <f t="shared" ref="E139:V139" si="39">SUM(E7,E18,E29,E40,E51,E62,E73,E84,E95,E106,E117,E128)</f>
-        <v>1502</v>
+        <v>1638</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>1911</v>
-[...1 lines deleted...]
-      <c r="G139" s="41">
+        <v>2114</v>
+      </c>
+      <c r="G139" s="40">
         <f t="shared" si="39"/>
-        <v>3413</v>
-[...1 lines deleted...]
-      <c r="H139" s="40">
+        <v>3752</v>
+      </c>
+      <c r="H139" s="39">
         <f t="shared" si="39"/>
-        <v>1376</v>
+        <v>1519</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>1304</v>
-[...1 lines deleted...]
-      <c r="J139" s="41">
+        <v>1409</v>
+      </c>
+      <c r="J139" s="40">
         <f t="shared" si="39"/>
-        <v>2680</v>
-[...1 lines deleted...]
-      <c r="K139" s="56">
+        <v>2928</v>
+      </c>
+      <c r="K139" s="55">
         <f t="shared" si="39"/>
-        <v>1091</v>
-[...1 lines deleted...]
-      <c r="L139" s="54">
+        <v>1177</v>
+      </c>
+      <c r="L139" s="53">
         <f t="shared" si="39"/>
-        <v>1434</v>
-[...1 lines deleted...]
-      <c r="M139" s="59">
+        <v>1594</v>
+      </c>
+      <c r="M139" s="58">
         <f t="shared" si="39"/>
-        <v>2525</v>
-[...1 lines deleted...]
-      <c r="N139" s="40">
+        <v>2771</v>
+      </c>
+      <c r="N139" s="39">
         <f t="shared" si="39"/>
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="P139" s="41">
+        <v>230</v>
+      </c>
+      <c r="P139" s="40">
         <f t="shared" si="39"/>
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="Q139" s="40">
+        <v>400</v>
+      </c>
+      <c r="Q139" s="39">
         <f t="shared" si="39"/>
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="R139" s="1">
+        <f>SUM(R7,R18,R29,R40,R51,R62,R73,R84,R95,R106,R117,R128)</f>
+        <v>210</v>
+      </c>
+      <c r="S139" s="40">
         <f t="shared" si="39"/>
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="S139" s="41">
+        <v>359</v>
+      </c>
+      <c r="T139" s="55">
+        <f>SUM(T7,T18,T29,T40,T51,T62,T73,T84,T95,T106,T117,T128)</f>
+        <v>5993</v>
+      </c>
+      <c r="U139" s="53">
         <f t="shared" si="39"/>
-        <v>328</v>
-[...5 lines deleted...]
-      <c r="U139" s="54">
+        <v>6145</v>
+      </c>
+      <c r="V139" s="56">
         <f t="shared" si="39"/>
-        <v>5594</v>
-[...3 lines deleted...]
-        <v>11085</v>
+        <v>12138</v>
       </c>
       <c r="W139" s="28"/>
       <c r="X139" s="28"/>
       <c r="Y139" s="28"/>
-    </row>
-    <row r="140" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="Z139" s="28"/>
+    </row>
+    <row r="140" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B140" s="40">
+      <c r="B140" s="39">
         <f>SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="C140" s="40">
+        <v>1247</v>
+      </c>
+      <c r="C140" s="39">
         <f t="shared" si="38"/>
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="D140" s="40">
+        <v>623</v>
+      </c>
+      <c r="D140" s="39">
         <f t="shared" si="38"/>
-        <v>1728</v>
-[...1 lines deleted...]
-      <c r="E140" s="40">
+        <v>1870</v>
+      </c>
+      <c r="E140" s="39">
         <f t="shared" ref="E140:V140" si="40">SUM(E8,E19,E30,E41,E52,E63,E74,E85,E96,E107,E118,E129)</f>
-        <v>1778</v>
+        <v>1959</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>2244</v>
-[...1 lines deleted...]
-      <c r="G140" s="41">
+        <v>2466</v>
+      </c>
+      <c r="G140" s="40">
         <f>SUM(G8,G19,G30,G41,G52,G63,G74,G85,G96,G107,G118,G129)</f>
-        <v>4022</v>
-[...1 lines deleted...]
-      <c r="H140" s="40">
+        <v>4425</v>
+      </c>
+      <c r="H140" s="39">
         <f t="shared" si="40"/>
-        <v>1171</v>
+        <v>1269</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="J140" s="41">
+        <v>1469</v>
+      </c>
+      <c r="J140" s="40">
         <f t="shared" si="40"/>
-        <v>2495</v>
-[...1 lines deleted...]
-      <c r="K140" s="56">
+        <v>2738</v>
+      </c>
+      <c r="K140" s="55">
         <f t="shared" si="40"/>
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="L140" s="54">
+        <v>801</v>
+      </c>
+      <c r="L140" s="53">
         <f t="shared" si="40"/>
-        <v>1053</v>
-[...1 lines deleted...]
-      <c r="M140" s="59">
+        <v>1159</v>
+      </c>
+      <c r="M140" s="58">
         <f t="shared" si="40"/>
-        <v>1775</v>
-[...1 lines deleted...]
-      <c r="N140" s="40">
+        <v>1960</v>
+      </c>
+      <c r="N140" s="39">
         <f t="shared" si="40"/>
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="P140" s="41">
+        <v>150</v>
+      </c>
+      <c r="P140" s="40">
         <f t="shared" si="40"/>
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="Q140" s="40">
+        <v>250</v>
+      </c>
+      <c r="Q140" s="39">
         <f t="shared" si="40"/>
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="S140" s="41">
+        <v>232</v>
+      </c>
+      <c r="S140" s="40">
         <f t="shared" si="40"/>
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="T140" s="56">
+        <v>401</v>
+      </c>
+      <c r="T140" s="55">
         <f t="shared" si="40"/>
-        <v>5058</v>
-[...1 lines deleted...]
-      <c r="U140" s="54">
+        <v>5545</v>
+      </c>
+      <c r="U140" s="53">
         <f t="shared" si="40"/>
-        <v>5539</v>
-[...1 lines deleted...]
-      <c r="V140" s="57">
+        <v>6099</v>
+      </c>
+      <c r="V140" s="56">
         <f t="shared" si="40"/>
-        <v>10597</v>
+        <v>11644</v>
       </c>
       <c r="W140" s="28"/>
       <c r="X140" s="28"/>
       <c r="Y140" s="28"/>
-    </row>
-    <row r="141" spans="1:25" x14ac:dyDescent="0.25">
+      <c r="Z140" s="28"/>
+    </row>
+    <row r="141" spans="1:26" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B141" s="40">
+      <c r="B141" s="39">
         <f t="shared" si="38"/>
-        <v>1351</v>
-[...1 lines deleted...]
-      <c r="C141" s="40">
+        <v>1475</v>
+      </c>
+      <c r="C141" s="39">
         <f t="shared" si="38"/>
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="D141" s="40">
+        <v>630</v>
+      </c>
+      <c r="D141" s="39">
         <f t="shared" si="38"/>
-        <v>1932</v>
-[...1 lines deleted...]
-      <c r="E141" s="40">
+        <v>2105</v>
+      </c>
+      <c r="E141" s="39">
         <f t="shared" ref="E141:V141" si="41">SUM(E9,E20,E31,E42,E53,E64,E75,E86,E97,E108,E119,E130)</f>
-        <v>1354</v>
+        <v>1495</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>1762</v>
-[...1 lines deleted...]
-      <c r="G141" s="41">
+        <v>1951</v>
+      </c>
+      <c r="G141" s="40">
         <f t="shared" si="41"/>
-        <v>3116</v>
-[...1 lines deleted...]
-      <c r="H141" s="40">
+        <v>3446</v>
+      </c>
+      <c r="H141" s="39">
         <f t="shared" si="41"/>
-        <v>1169</v>
+        <v>1277</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="J141" s="41">
+        <v>1109</v>
+      </c>
+      <c r="J141" s="40">
         <f t="shared" si="41"/>
-        <v>2168</v>
-[...1 lines deleted...]
-      <c r="K141" s="40">
+        <v>2386</v>
+      </c>
+      <c r="K141" s="39">
         <f t="shared" si="41"/>
-        <v>810</v>
+        <v>896</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="M141" s="41">
+        <v>1165</v>
+      </c>
+      <c r="M141" s="40">
         <f t="shared" si="41"/>
-        <v>1867</v>
-[...1 lines deleted...]
-      <c r="N141" s="40">
+        <v>2061</v>
+      </c>
+      <c r="N141" s="39">
         <f t="shared" si="41"/>
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="P141" s="41">
+        <v>146</v>
+      </c>
+      <c r="P141" s="40">
         <f t="shared" si="41"/>
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="Q141" s="40">
+        <v>234</v>
+      </c>
+      <c r="Q141" s="39">
         <f t="shared" si="41"/>
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="S141" s="41">
+        <v>195</v>
+      </c>
+      <c r="S141" s="40">
         <f t="shared" si="41"/>
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="T141" s="40">
+        <v>346</v>
+      </c>
+      <c r="T141" s="39">
         <f>SUM(T9,T20,T31,T42,T53,T64,T75,T86,T97,T108,T119,T130)</f>
-        <v>4904</v>
+        <v>5382</v>
       </c>
       <c r="U141" s="1">
         <f>SUM(U9,U20,U31,U42,U53,U64,U75,U86,U97,U108,U119,U130)</f>
-        <v>4704</v>
-[...1 lines deleted...]
-      <c r="V141" s="46">
+        <v>5196</v>
+      </c>
+      <c r="V141" s="45">
         <f t="shared" si="41"/>
-        <v>9608</v>
+        <v>10578</v>
       </c>
       <c r="W141" s="28"/>
       <c r="X141" s="28"/>
       <c r="Y141" s="28"/>
-    </row>
-    <row r="142" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="Z141" s="28"/>
+    </row>
+    <row r="142" spans="1:26" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B142" s="43">
+      <c r="B142" s="42">
         <f t="shared" si="38"/>
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="C142" s="43">
+        <v>1135</v>
+      </c>
+      <c r="C142" s="42">
         <f t="shared" si="38"/>
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="D142" s="43">
+        <v>535</v>
+      </c>
+      <c r="D142" s="42">
         <f t="shared" si="38"/>
-        <v>1530</v>
-[...1 lines deleted...]
-      <c r="E142" s="43">
+        <v>1670</v>
+      </c>
+      <c r="E142" s="42">
         <f t="shared" ref="E142:V142" si="42">SUM(E10,E21,E32,E43,E54,E65,E76,E87,E98,E109,E120,E131)</f>
-        <v>1331</v>
+        <v>1467</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="42"/>
-        <v>1608</v>
-[...1 lines deleted...]
-      <c r="G142" s="44">
+        <v>1769</v>
+      </c>
+      <c r="G142" s="43">
         <f t="shared" si="42"/>
-        <v>2939</v>
-[...1 lines deleted...]
-      <c r="H142" s="43">
+        <v>3236</v>
+      </c>
+      <c r="H142" s="42">
         <f t="shared" si="42"/>
-        <v>1171</v>
+        <v>1278</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="42"/>
-        <v>1086</v>
-[...1 lines deleted...]
-      <c r="J142" s="44">
+        <v>1194</v>
+      </c>
+      <c r="J142" s="43">
         <f t="shared" si="42"/>
-        <v>2257</v>
-[...1 lines deleted...]
-      <c r="K142" s="43">
+        <v>2472</v>
+      </c>
+      <c r="K142" s="42">
         <f t="shared" si="42"/>
-        <v>808</v>
+        <v>890</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="42"/>
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="M142" s="44">
+        <v>1227</v>
+      </c>
+      <c r="M142" s="43">
         <f t="shared" si="42"/>
-        <v>1890</v>
-[...1 lines deleted...]
-      <c r="N142" s="43">
+        <v>2117</v>
+      </c>
+      <c r="N142" s="42">
         <f t="shared" si="42"/>
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="42"/>
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P142" s="44">
+        <v>168</v>
+      </c>
+      <c r="P142" s="43">
         <f t="shared" si="42"/>
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="Q142" s="43">
+        <v>282</v>
+      </c>
+      <c r="Q142" s="42">
         <f t="shared" si="42"/>
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="R142" s="33">
         <f t="shared" si="42"/>
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="S142" s="44">
+        <v>228</v>
+      </c>
+      <c r="S142" s="43">
         <f t="shared" si="42"/>
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="T142" s="43">
+        <v>392</v>
+      </c>
+      <c r="T142" s="42">
         <f t="shared" si="42"/>
-        <v>4612</v>
+        <v>5048</v>
       </c>
       <c r="U142" s="33">
         <f t="shared" si="42"/>
-        <v>4614</v>
-[...1 lines deleted...]
-      <c r="V142" s="47">
+        <v>5121</v>
+      </c>
+      <c r="V142" s="46">
         <f t="shared" si="42"/>
-        <v>9226</v>
+        <v>10169</v>
       </c>
       <c r="W142" s="28"/>
       <c r="X142" s="28"/>
       <c r="Y142" s="28"/>
-    </row>
-    <row r="143" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="Z142" s="28"/>
+    </row>
+    <row r="143" spans="1:26" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B143" s="42">
+      <c r="B143" s="41">
         <f t="shared" si="38"/>
-        <v>12442</v>
-[...1 lines deleted...]
-      <c r="C143" s="42">
+        <v>13536</v>
+      </c>
+      <c r="C143" s="41">
         <f t="shared" si="38"/>
-        <v>6193</v>
-[...1 lines deleted...]
-      <c r="D143" s="64">
+        <v>6772</v>
+      </c>
+      <c r="D143" s="61">
         <f t="shared" si="38"/>
-        <v>18635</v>
-[...1 lines deleted...]
-      <c r="E143" s="42">
+        <v>20308</v>
+      </c>
+      <c r="E143" s="41">
         <f t="shared" ref="E143:V143" si="43">SUM(E11,E22,E33,E44,E55,E66,E77,E88,E99,E110,E121,E132)</f>
-        <v>9609</v>
+        <v>10524</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>11506</v>
-[...1 lines deleted...]
-      <c r="G143" s="45">
+        <v>12657</v>
+      </c>
+      <c r="G143" s="44">
         <f t="shared" si="43"/>
-        <v>21115</v>
-[...1 lines deleted...]
-      <c r="H143" s="42">
+        <v>23181</v>
+      </c>
+      <c r="H143" s="41">
         <f t="shared" si="43"/>
-        <v>9454</v>
+        <v>10304</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>9106</v>
-[...1 lines deleted...]
-      <c r="J143" s="45">
+        <v>10001</v>
+      </c>
+      <c r="J143" s="44">
         <f t="shared" si="43"/>
-        <v>18560</v>
-[...1 lines deleted...]
-      <c r="K143" s="42">
+        <v>20305</v>
+      </c>
+      <c r="K143" s="41">
         <f t="shared" si="43"/>
-        <v>5075</v>
+        <v>5567</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>6697</v>
-[...1 lines deleted...]
-      <c r="M143" s="45">
+        <v>7432</v>
+      </c>
+      <c r="M143" s="44">
         <f t="shared" si="43"/>
-        <v>11772</v>
-[...1 lines deleted...]
-      <c r="N143" s="42">
+        <v>12999</v>
+      </c>
+      <c r="N143" s="41">
         <f t="shared" si="43"/>
-        <v>551</v>
+        <v>606</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="P143" s="45">
+        <v>884</v>
+      </c>
+      <c r="P143" s="44">
         <f t="shared" si="43"/>
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="Q143" s="42">
+        <v>1490</v>
+      </c>
+      <c r="Q143" s="41">
         <f t="shared" si="43"/>
-        <v>1208</v>
+        <v>1332</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>1490</v>
-[...1 lines deleted...]
-      <c r="S143" s="45">
+        <v>1643</v>
+      </c>
+      <c r="S143" s="44">
         <f t="shared" si="43"/>
-        <v>2698</v>
-[...1 lines deleted...]
-      <c r="T143" s="42">
+        <v>2975</v>
+      </c>
+      <c r="T143" s="41">
         <f>SUM(T11,T22,T33,T44,T55,T66,T77,T88,T99,T110,T121,T132)</f>
-        <v>38339</v>
+        <v>41869</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>35793</v>
-[...1 lines deleted...]
-      <c r="V143" s="45">
+        <v>39389</v>
+      </c>
+      <c r="V143" s="44">
         <f t="shared" si="43"/>
-        <v>74132</v>
+        <v>81258</v>
       </c>
       <c r="W143" s="28"/>
       <c r="X143" s="28"/>
       <c r="Y143" s="28"/>
-    </row>
-    <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="Z143" s="28"/>
+    </row>
+    <row r="144" spans="1:26" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A144" s="38"/>
       <c r="B144" s="28"/>
       <c r="C144" s="28"/>
       <c r="D144" s="28"/>
       <c r="E144" s="28"/>
       <c r="F144" s="28"/>
       <c r="G144" s="28"/>
       <c r="H144" s="28"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="28"/>
       <c r="O144" s="28"/>
       <c r="P144" s="28"/>
       <c r="Q144" s="28"/>
       <c r="R144" s="28"/>
       <c r="S144" s="28"/>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
     </row>
+    <row r="145" spans="2:22" x14ac:dyDescent="0.35">
+      <c r="B145" s="28"/>
+      <c r="C145" s="28"/>
+      <c r="D145" s="28"/>
+      <c r="E145" s="28"/>
+      <c r="F145" s="28"/>
+      <c r="G145" s="28"/>
+      <c r="H145" s="28"/>
+      <c r="I145" s="28"/>
+      <c r="J145" s="28"/>
+      <c r="K145" s="28"/>
+      <c r="L145" s="28"/>
+      <c r="M145" s="28"/>
+      <c r="N145" s="28"/>
+      <c r="O145" s="28"/>
+      <c r="P145" s="28"/>
+      <c r="Q145" s="28"/>
+      <c r="R145" s="28"/>
+      <c r="S145" s="28"/>
+      <c r="T145" s="28"/>
+      <c r="U145" s="28"/>
+      <c r="V145" s="28"/>
+    </row>
   </sheetData>
   <mergeCells count="130">
+    <mergeCell ref="A2:A5"/>
+    <mergeCell ref="B2:V2"/>
+    <mergeCell ref="B3:V3"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="H4:J4"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="N4:P4"/>
+    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="T15:V15"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="B24:V24"/>
+    <mergeCell ref="B25:V25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="A13:A16"/>
+    <mergeCell ref="B13:V13"/>
+    <mergeCell ref="B14:V14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="H15:J15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q26:S26"/>
+    <mergeCell ref="T26:V26"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="B35:V35"/>
+    <mergeCell ref="B36:V36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="Q37:S37"/>
+    <mergeCell ref="T37:V37"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="B46:V46"/>
+    <mergeCell ref="B47:V47"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="Q48:S48"/>
+    <mergeCell ref="T48:V48"/>
+    <mergeCell ref="A57:A60"/>
+    <mergeCell ref="B57:V57"/>
+    <mergeCell ref="B58:V58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="Q59:S59"/>
+    <mergeCell ref="T59:V59"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="B68:V68"/>
+    <mergeCell ref="B69:V69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="H70:J70"/>
+    <mergeCell ref="K70:M70"/>
+    <mergeCell ref="N70:P70"/>
+    <mergeCell ref="Q70:S70"/>
+    <mergeCell ref="T70:V70"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:V79"/>
+    <mergeCell ref="B80:V80"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="K81:M81"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="Q81:S81"/>
+    <mergeCell ref="T81:V81"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:V90"/>
+    <mergeCell ref="B91:V91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="E92:G92"/>
+    <mergeCell ref="H92:J92"/>
+    <mergeCell ref="K92:M92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="Q92:S92"/>
+    <mergeCell ref="T92:V92"/>
+    <mergeCell ref="A101:A104"/>
+    <mergeCell ref="B101:V101"/>
+    <mergeCell ref="B102:V102"/>
+    <mergeCell ref="B103:D103"/>
+    <mergeCell ref="E103:G103"/>
+    <mergeCell ref="H103:J103"/>
+    <mergeCell ref="K103:M103"/>
+    <mergeCell ref="N103:P103"/>
+    <mergeCell ref="Q103:S103"/>
+    <mergeCell ref="T103:V103"/>
+    <mergeCell ref="A112:A115"/>
+    <mergeCell ref="B112:V112"/>
+    <mergeCell ref="B113:V113"/>
+    <mergeCell ref="B114:D114"/>
+    <mergeCell ref="E114:G114"/>
+    <mergeCell ref="H114:J114"/>
+    <mergeCell ref="K114:M114"/>
+    <mergeCell ref="N114:P114"/>
+    <mergeCell ref="Q114:S114"/>
+    <mergeCell ref="T114:V114"/>
     <mergeCell ref="A123:A126"/>
     <mergeCell ref="B123:V123"/>
     <mergeCell ref="B124:V124"/>
     <mergeCell ref="B125:D125"/>
     <mergeCell ref="E125:G125"/>
     <mergeCell ref="H125:J125"/>
     <mergeCell ref="K125:M125"/>
     <mergeCell ref="N136:P136"/>
     <mergeCell ref="Q136:S136"/>
     <mergeCell ref="T136:V136"/>
     <mergeCell ref="N125:P125"/>
     <mergeCell ref="Q125:S125"/>
     <mergeCell ref="T125:V125"/>
     <mergeCell ref="A134:A137"/>
     <mergeCell ref="B134:V134"/>
     <mergeCell ref="B135:V135"/>
     <mergeCell ref="B136:D136"/>
     <mergeCell ref="E136:G136"/>
     <mergeCell ref="H136:J136"/>
     <mergeCell ref="K136:M136"/>
-    <mergeCell ref="A112:A115"/>
-[...108 lines deleted...]
-    <mergeCell ref="T4:V4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D201FDC-9B38-4064-A6D3-ECC043EB8B50}">
-  <dimension ref="A1:Q153"/>
+  <dimension ref="A1:Q144"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I141" sqref="I141"/>
+      <selection activeCell="R154" sqref="R154"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.7109375" customWidth="1"/>
+    <col min="1" max="1" width="20.7265625" customWidth="1"/>
     <col min="2" max="16" width="7" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="89" t="s">
+    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A2" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C2" s="93"/>
       <c r="D2" s="93"/>
       <c r="E2" s="93"/>
       <c r="F2" s="93"/>
       <c r="G2" s="93"/>
       <c r="H2" s="93"/>
       <c r="I2" s="93"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="93"/>
       <c r="M2" s="93"/>
       <c r="N2" s="93"/>
       <c r="O2" s="93"/>
       <c r="P2" s="94"/>
     </row>
-    <row r="3" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="97"/>
       <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="95"/>
       <c r="D3" s="95"/>
       <c r="E3" s="95"/>
       <c r="F3" s="95"/>
       <c r="G3" s="95"/>
       <c r="H3" s="95"/>
       <c r="I3" s="95"/>
       <c r="J3" s="95"/>
       <c r="K3" s="95"/>
       <c r="L3" s="95"/>
       <c r="M3" s="95"/>
       <c r="N3" s="95"/>
       <c r="O3" s="95"/>
       <c r="P3" s="96"/>
     </row>
-    <row r="4" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B4" s="87" t="s">
+    <row r="4" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="80"/>
+      <c r="B4" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="91"/>
-[...1 lines deleted...]
-      <c r="E4" s="87" t="s">
+      <c r="C4" s="82"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F4" s="91"/>
-[...1 lines deleted...]
-      <c r="H4" s="87" t="s">
+      <c r="F4" s="82"/>
+      <c r="G4" s="83"/>
+      <c r="H4" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="91"/>
-[...1 lines deleted...]
-      <c r="K4" s="87" t="s">
+      <c r="I4" s="82"/>
+      <c r="J4" s="83"/>
+      <c r="K4" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L4" s="91"/>
-[...1 lines deleted...]
-      <c r="N4" s="87" t="s">
+      <c r="L4" s="82"/>
+      <c r="M4" s="83"/>
+      <c r="N4" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O4" s="91"/>
-[...3 lines deleted...]
-      <c r="A5" s="90"/>
+      <c r="O4" s="82"/>
+      <c r="P4" s="83"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A5" s="80"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="70">
+      <c r="B6" s="67">
         <v>256</v>
       </c>
-      <c r="C6" s="71">
+      <c r="C6" s="68">
         <v>216</v>
       </c>
-      <c r="D6" s="72">
+      <c r="D6" s="69">
         <v>472</v>
       </c>
-      <c r="E6" s="70">
+      <c r="E6" s="67">
         <v>117</v>
       </c>
-      <c r="F6" s="71">
+      <c r="F6" s="68">
         <v>83</v>
       </c>
-      <c r="G6" s="72">
+      <c r="G6" s="69">
         <v>200</v>
       </c>
-      <c r="H6" s="70">
+      <c r="H6" s="67">
         <v>0</v>
       </c>
-      <c r="I6" s="71">
+      <c r="I6" s="68">
         <v>1</v>
       </c>
-      <c r="J6" s="72">
+      <c r="J6" s="69">
         <v>1</v>
       </c>
-      <c r="K6" s="70">
+      <c r="K6" s="67">
         <v>0</v>
       </c>
-      <c r="L6" s="71">
+      <c r="L6" s="68">
         <v>0</v>
       </c>
-      <c r="M6" s="72">
+      <c r="M6" s="69">
         <v>0</v>
       </c>
-      <c r="N6" s="70">
+      <c r="N6" s="67">
         <v>183</v>
       </c>
-      <c r="O6" s="71">
+      <c r="O6" s="68">
         <v>116</v>
       </c>
-      <c r="P6" s="72">
+      <c r="P6" s="69">
         <v>299</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="70">
+      <c r="B7" s="67">
         <v>97</v>
       </c>
-      <c r="C7" s="71">
+      <c r="C7" s="68">
         <v>137</v>
       </c>
-      <c r="D7" s="72">
+      <c r="D7" s="69">
         <v>234</v>
       </c>
-      <c r="E7" s="70">
+      <c r="E7" s="67">
         <v>43</v>
       </c>
-      <c r="F7" s="71">
+      <c r="F7" s="68">
         <v>48</v>
       </c>
-      <c r="G7" s="72">
+      <c r="G7" s="69">
         <v>91</v>
       </c>
-      <c r="H7" s="70">
+      <c r="H7" s="67">
         <v>0</v>
       </c>
-      <c r="I7" s="71">
+      <c r="I7" s="68">
         <v>0</v>
       </c>
-      <c r="J7" s="72">
+      <c r="J7" s="69">
         <v>0</v>
       </c>
-      <c r="K7" s="70">
+      <c r="K7" s="67">
         <v>8</v>
       </c>
-      <c r="L7" s="71">
+      <c r="L7" s="68">
         <v>0</v>
       </c>
-      <c r="M7" s="72">
+      <c r="M7" s="69">
         <v>8</v>
       </c>
-      <c r="N7" s="70">
+      <c r="N7" s="67">
         <v>78</v>
       </c>
-      <c r="O7" s="71">
+      <c r="O7" s="68">
         <v>112</v>
       </c>
-      <c r="P7" s="72">
+      <c r="P7" s="69">
         <v>190</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="70">
+      <c r="B8" s="67">
         <v>77</v>
       </c>
-      <c r="C8" s="71">
+      <c r="C8" s="68">
         <v>100</v>
       </c>
-      <c r="D8" s="72">
+      <c r="D8" s="69">
         <v>177</v>
       </c>
-      <c r="E8" s="70">
+      <c r="E8" s="67">
         <v>55</v>
       </c>
-      <c r="F8" s="71">
+      <c r="F8" s="68">
         <v>70</v>
       </c>
-      <c r="G8" s="72">
+      <c r="G8" s="69">
         <v>125</v>
       </c>
-      <c r="H8" s="70">
+      <c r="H8" s="67">
         <v>0</v>
       </c>
-      <c r="I8" s="71">
+      <c r="I8" s="68">
         <v>0</v>
       </c>
-      <c r="J8" s="72">
+      <c r="J8" s="69">
         <v>0</v>
       </c>
-      <c r="K8" s="70">
+      <c r="K8" s="67">
         <v>4</v>
       </c>
-      <c r="L8" s="71">
+      <c r="L8" s="68">
         <v>0</v>
       </c>
-      <c r="M8" s="72">
+      <c r="M8" s="69">
         <v>4</v>
       </c>
-      <c r="N8" s="70">
+      <c r="N8" s="67">
         <v>92</v>
       </c>
-      <c r="O8" s="71">
+      <c r="O8" s="68">
         <v>100</v>
       </c>
-      <c r="P8" s="72">
+      <c r="P8" s="69">
         <v>192</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="70">
+      <c r="B9" s="67">
         <v>75</v>
       </c>
-      <c r="C9" s="71">
+      <c r="C9" s="68">
         <v>82</v>
       </c>
-      <c r="D9" s="72">
+      <c r="D9" s="69">
         <v>157</v>
       </c>
-      <c r="E9" s="70">
+      <c r="E9" s="67">
         <v>34</v>
       </c>
-      <c r="F9" s="71">
+      <c r="F9" s="68">
         <v>31</v>
       </c>
-      <c r="G9" s="72">
+      <c r="G9" s="69">
         <v>65</v>
       </c>
-      <c r="H9" s="70">
+      <c r="H9" s="67">
         <v>0</v>
       </c>
-      <c r="I9" s="71">
+      <c r="I9" s="68">
         <v>1</v>
       </c>
-      <c r="J9" s="72">
+      <c r="J9" s="69">
         <v>1</v>
       </c>
-      <c r="K9" s="70">
+      <c r="K9" s="67">
         <v>2</v>
       </c>
-      <c r="L9" s="71">
+      <c r="L9" s="68">
         <v>0</v>
       </c>
-      <c r="M9" s="72">
+      <c r="M9" s="69">
         <v>2</v>
       </c>
-      <c r="N9" s="70">
+      <c r="N9" s="67">
         <v>60</v>
       </c>
-      <c r="O9" s="71">
+      <c r="O9" s="68">
         <v>68</v>
       </c>
-      <c r="P9" s="72">
+      <c r="P9" s="69">
         <v>128</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="77">
+      <c r="B10" s="74">
         <v>77</v>
       </c>
-      <c r="C10" s="78">
+      <c r="C10" s="75">
         <v>89</v>
       </c>
-      <c r="D10" s="80">
+      <c r="D10" s="77">
         <v>166</v>
       </c>
-      <c r="E10" s="77">
+      <c r="E10" s="74">
         <v>29</v>
       </c>
-      <c r="F10" s="78">
+      <c r="F10" s="75">
         <v>32</v>
       </c>
-      <c r="G10" s="80">
+      <c r="G10" s="77">
         <v>61</v>
       </c>
-      <c r="H10" s="77">
+      <c r="H10" s="74">
         <v>1</v>
       </c>
-      <c r="I10" s="78">
+      <c r="I10" s="75">
         <v>2</v>
       </c>
-      <c r="J10" s="80">
+      <c r="J10" s="77">
         <v>3</v>
       </c>
-      <c r="K10" s="77">
+      <c r="K10" s="74">
         <v>3</v>
       </c>
-      <c r="L10" s="78">
+      <c r="L10" s="75">
         <v>0</v>
       </c>
-      <c r="M10" s="80">
+      <c r="M10" s="77">
         <v>3</v>
       </c>
-      <c r="N10" s="77">
+      <c r="N10" s="74">
         <v>66</v>
       </c>
-      <c r="O10" s="78">
+      <c r="O10" s="75">
         <v>104</v>
       </c>
-      <c r="P10" s="80">
+      <c r="P10" s="77">
         <v>170</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="73">
+      <c r="B11" s="70">
         <v>582</v>
       </c>
-      <c r="C11" s="74">
+      <c r="C11" s="71">
         <v>624</v>
       </c>
-      <c r="D11" s="75">
+      <c r="D11" s="72">
         <v>1206</v>
       </c>
-      <c r="E11" s="73">
+      <c r="E11" s="70">
         <v>278</v>
       </c>
-      <c r="F11" s="74">
+      <c r="F11" s="71">
         <v>264</v>
       </c>
-      <c r="G11" s="75">
+      <c r="G11" s="72">
         <v>542</v>
       </c>
-      <c r="H11" s="73">
+      <c r="H11" s="70">
         <v>1</v>
       </c>
-      <c r="I11" s="74">
+      <c r="I11" s="71">
         <v>4</v>
       </c>
-      <c r="J11" s="75">
+      <c r="J11" s="72">
         <v>5</v>
       </c>
-      <c r="K11" s="73">
+      <c r="K11" s="70">
         <v>17</v>
       </c>
-      <c r="L11" s="74">
+      <c r="L11" s="71">
         <v>0</v>
       </c>
-      <c r="M11" s="75">
+      <c r="M11" s="72">
         <v>17</v>
       </c>
-      <c r="N11" s="73">
+      <c r="N11" s="70">
         <v>479</v>
       </c>
-      <c r="O11" s="74">
+      <c r="O11" s="71">
         <v>500</v>
       </c>
-      <c r="P11" s="75">
+      <c r="P11" s="72">
         <v>979</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A13" s="89" t="s">
+    <row r="12" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A13" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="93"/>
       <c r="D13" s="93"/>
       <c r="E13" s="93"/>
       <c r="F13" s="93"/>
       <c r="G13" s="93"/>
       <c r="H13" s="93"/>
       <c r="I13" s="93"/>
       <c r="J13" s="93"/>
       <c r="K13" s="93"/>
       <c r="L13" s="93"/>
       <c r="M13" s="93"/>
       <c r="N13" s="93"/>
       <c r="O13" s="93"/>
       <c r="P13" s="94"/>
     </row>
-    <row r="14" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="97"/>
-      <c r="B14" s="99" t="s">
+      <c r="B14" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="99"/>
-[...14 lines deleted...]
-    <row r="15" spans="1:16" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C14" s="92"/>
+      <c r="D14" s="92"/>
+      <c r="E14" s="92"/>
+      <c r="F14" s="92"/>
+      <c r="G14" s="92"/>
+      <c r="H14" s="92"/>
+      <c r="I14" s="92"/>
+      <c r="J14" s="92"/>
+      <c r="K14" s="92"/>
+      <c r="L14" s="92"/>
+      <c r="M14" s="92"/>
+      <c r="N14" s="92"/>
+      <c r="O14" s="92"/>
+      <c r="P14" s="101"/>
+    </row>
+    <row r="15" spans="1:16" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="97"/>
-      <c r="B15" s="87" t="s">
+      <c r="B15" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="91"/>
-[...1 lines deleted...]
-      <c r="E15" s="87" t="s">
+      <c r="C15" s="82"/>
+      <c r="D15" s="83"/>
+      <c r="E15" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="91"/>
-[...1 lines deleted...]
-      <c r="H15" s="87" t="s">
+      <c r="F15" s="82"/>
+      <c r="G15" s="83"/>
+      <c r="H15" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I15" s="91"/>
-[...1 lines deleted...]
-      <c r="K15" s="87" t="s">
+      <c r="I15" s="82"/>
+      <c r="J15" s="83"/>
+      <c r="K15" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L15" s="91"/>
-[...1 lines deleted...]
-      <c r="N15" s="87" t="s">
+      <c r="L15" s="82"/>
+      <c r="M15" s="83"/>
+      <c r="N15" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O15" s="91"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O15" s="82"/>
+      <c r="P15" s="83"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A16" s="97"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="10">
         <v>297</v>
       </c>
       <c r="C17" s="1">
         <v>247</v>
       </c>
       <c r="D17" s="15">
         <v>544</v>
       </c>
       <c r="E17" s="10">
         <v>142</v>
       </c>
       <c r="F17" s="1">
         <v>115</v>
       </c>
       <c r="G17" s="15">
         <v>257</v>
       </c>
       <c r="H17" s="10">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>0</v>
       </c>
       <c r="K17" s="10">
         <v>0</v>
       </c>
       <c r="L17" s="1">
         <v>1</v>
       </c>
       <c r="M17" s="15">
         <v>1</v>
       </c>
       <c r="N17" s="10">
         <v>160</v>
       </c>
       <c r="O17" s="1">
         <v>125</v>
       </c>
       <c r="P17" s="15">
         <v>285</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="10">
         <v>83</v>
       </c>
       <c r="C18" s="1">
         <v>93</v>
       </c>
       <c r="D18" s="15">
         <v>176</v>
       </c>
       <c r="E18" s="10">
         <v>38</v>
       </c>
       <c r="F18" s="1">
         <v>49</v>
       </c>
       <c r="G18" s="15">
         <v>87</v>
       </c>
       <c r="H18" s="10">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="15">
         <v>0</v>
       </c>
       <c r="K18" s="10">
         <v>6</v>
       </c>
       <c r="L18" s="1">
         <v>0</v>
       </c>
       <c r="M18" s="15">
         <v>6</v>
       </c>
       <c r="N18" s="10">
         <v>49</v>
       </c>
       <c r="O18" s="1">
         <v>63</v>
       </c>
       <c r="P18" s="15">
         <v>112</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="10">
         <v>86</v>
       </c>
       <c r="C19" s="1">
         <v>81</v>
       </c>
       <c r="D19" s="15">
         <v>167</v>
       </c>
       <c r="E19" s="10">
         <v>75</v>
       </c>
       <c r="F19" s="1">
         <v>72</v>
       </c>
       <c r="G19" s="15">
         <v>147</v>
       </c>
       <c r="H19" s="10">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>2</v>
       </c>
       <c r="J19" s="15">
         <v>2</v>
       </c>
       <c r="K19" s="10">
         <v>2</v>
       </c>
       <c r="L19" s="1">
         <v>1</v>
       </c>
       <c r="M19" s="15">
         <v>3</v>
       </c>
       <c r="N19" s="10">
         <v>73</v>
       </c>
       <c r="O19" s="1">
         <v>78</v>
       </c>
       <c r="P19" s="15">
         <v>151</v>
       </c>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="10">
         <v>65</v>
       </c>
       <c r="C20" s="1">
         <v>72</v>
       </c>
       <c r="D20" s="15">
         <v>137</v>
       </c>
       <c r="E20" s="10">
         <v>31</v>
       </c>
       <c r="F20" s="1">
         <v>51</v>
       </c>
       <c r="G20" s="15">
         <v>82</v>
       </c>
       <c r="H20" s="10">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="15">
         <v>0</v>
       </c>
       <c r="K20" s="10">
         <v>3</v>
       </c>
       <c r="L20" s="1">
         <v>0</v>
       </c>
       <c r="M20" s="15">
         <v>3</v>
       </c>
       <c r="N20" s="10">
         <v>36</v>
       </c>
       <c r="O20" s="1">
         <v>69</v>
       </c>
       <c r="P20" s="15">
         <v>105</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="32">
         <v>60</v>
       </c>
       <c r="C21" s="33">
         <v>71</v>
       </c>
       <c r="D21" s="34">
         <v>131</v>
       </c>
       <c r="E21" s="32">
         <v>22</v>
       </c>
       <c r="F21" s="33">
         <v>36</v>
       </c>
       <c r="G21" s="34">
         <v>58</v>
       </c>
       <c r="H21" s="32">
         <v>0</v>
       </c>
       <c r="I21" s="33">
         <v>0</v>
       </c>
       <c r="J21" s="34">
         <v>0</v>
       </c>
       <c r="K21" s="32">
         <v>2</v>
       </c>
       <c r="L21" s="33">
         <v>0</v>
       </c>
       <c r="M21" s="34">
         <v>2</v>
       </c>
       <c r="N21" s="32">
         <v>37</v>
       </c>
       <c r="O21" s="33">
         <v>62</v>
       </c>
       <c r="P21" s="34">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="13">
         <v>591</v>
       </c>
       <c r="C22" s="14">
         <v>564</v>
       </c>
       <c r="D22" s="18">
         <v>1155</v>
       </c>
       <c r="E22" s="13">
         <v>308</v>
       </c>
       <c r="F22" s="14">
         <v>323</v>
       </c>
       <c r="G22" s="18">
         <v>631</v>
       </c>
       <c r="H22" s="13">
         <v>0</v>
       </c>
       <c r="I22" s="14">
         <v>2</v>
       </c>
       <c r="J22" s="18">
         <v>2</v>
       </c>
       <c r="K22" s="13">
         <v>13</v>
       </c>
       <c r="L22" s="14">
         <v>2</v>
       </c>
       <c r="M22" s="18">
         <v>15</v>
       </c>
       <c r="N22" s="13">
         <v>355</v>
       </c>
       <c r="O22" s="14">
         <v>397</v>
       </c>
       <c r="P22" s="18">
         <v>752</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A24" s="89" t="s">
+    <row r="23" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="93"/>
       <c r="D24" s="93"/>
       <c r="E24" s="93"/>
       <c r="F24" s="93"/>
       <c r="G24" s="93"/>
       <c r="H24" s="93"/>
       <c r="I24" s="93"/>
       <c r="J24" s="93"/>
       <c r="K24" s="93"/>
       <c r="L24" s="93"/>
       <c r="M24" s="93"/>
       <c r="N24" s="93"/>
       <c r="O24" s="93"/>
       <c r="P24" s="94"/>
     </row>
-    <row r="25" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="97"/>
-      <c r="B25" s="99" t="s">
+      <c r="B25" s="92" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="99"/>
-[...14 lines deleted...]
-    <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C25" s="92"/>
+      <c r="D25" s="92"/>
+      <c r="E25" s="92"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="92"/>
+      <c r="H25" s="92"/>
+      <c r="I25" s="92"/>
+      <c r="J25" s="92"/>
+      <c r="K25" s="92"/>
+      <c r="L25" s="92"/>
+      <c r="M25" s="92"/>
+      <c r="N25" s="92"/>
+      <c r="O25" s="92"/>
+      <c r="P25" s="101"/>
+    </row>
+    <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="97"/>
-      <c r="B26" s="87" t="s">
+      <c r="B26" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C26" s="91"/>
-[...1 lines deleted...]
-      <c r="E26" s="87" t="s">
+      <c r="C26" s="82"/>
+      <c r="D26" s="83"/>
+      <c r="E26" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F26" s="91"/>
-[...1 lines deleted...]
-      <c r="H26" s="87" t="s">
+      <c r="F26" s="82"/>
+      <c r="G26" s="83"/>
+      <c r="H26" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I26" s="91"/>
-[...1 lines deleted...]
-      <c r="K26" s="87" t="s">
+      <c r="I26" s="82"/>
+      <c r="J26" s="83"/>
+      <c r="K26" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L26" s="91"/>
-[...1 lines deleted...]
-      <c r="N26" s="87" t="s">
+      <c r="L26" s="82"/>
+      <c r="M26" s="83"/>
+      <c r="N26" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O26" s="91"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O26" s="82"/>
+      <c r="P26" s="83"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A27" s="97"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B28" s="10">
         <v>209</v>
       </c>
       <c r="C28" s="1">
         <v>212</v>
       </c>
       <c r="D28" s="15">
         <v>421</v>
       </c>
       <c r="E28" s="10">
         <v>105</v>
       </c>
       <c r="F28" s="1">
         <v>106</v>
       </c>
       <c r="G28" s="15">
         <v>211</v>
       </c>
       <c r="H28" s="10">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>1</v>
       </c>
       <c r="J28" s="15">
         <v>1</v>
       </c>
       <c r="K28" s="10">
         <v>1</v>
       </c>
       <c r="L28" s="1">
         <v>0</v>
       </c>
       <c r="M28" s="15">
         <v>1</v>
       </c>
       <c r="N28" s="10">
         <v>157</v>
       </c>
       <c r="O28" s="1">
         <v>124</v>
       </c>
       <c r="P28" s="15">
         <v>281</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="10">
         <v>55</v>
       </c>
       <c r="C29" s="1">
         <v>69</v>
       </c>
       <c r="D29" s="15">
         <v>124</v>
       </c>
       <c r="E29" s="10">
         <v>34</v>
       </c>
       <c r="F29" s="1">
         <v>34</v>
       </c>
       <c r="G29" s="15">
         <v>68</v>
       </c>
       <c r="H29" s="10">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>1</v>
       </c>
       <c r="J29" s="15">
         <v>1</v>
       </c>
       <c r="K29" s="10">
         <v>4</v>
       </c>
       <c r="L29" s="1">
         <v>1</v>
       </c>
       <c r="M29" s="15">
         <v>5</v>
       </c>
       <c r="N29" s="10">
         <v>46</v>
       </c>
       <c r="O29" s="1">
         <v>53</v>
       </c>
       <c r="P29" s="15">
         <v>99</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>53</v>
       </c>
       <c r="C30" s="1">
         <v>60</v>
       </c>
       <c r="D30" s="15">
         <v>113</v>
       </c>
       <c r="E30" s="10">
         <v>58</v>
       </c>
       <c r="F30" s="1">
         <v>67</v>
       </c>
       <c r="G30" s="15">
         <v>125</v>
       </c>
       <c r="H30" s="10">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>1</v>
       </c>
       <c r="J30" s="15">
         <v>1</v>
       </c>
       <c r="K30" s="10">
         <v>2</v>
       </c>
       <c r="L30" s="1">
         <v>0</v>
       </c>
       <c r="M30" s="15">
         <v>2</v>
       </c>
       <c r="N30" s="10">
         <v>52</v>
       </c>
       <c r="O30" s="1">
         <v>70</v>
       </c>
       <c r="P30" s="15">
         <v>122</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
         <v>51</v>
       </c>
       <c r="C31" s="1">
         <v>45</v>
       </c>
       <c r="D31" s="15">
         <v>96</v>
       </c>
       <c r="E31" s="10">
         <v>33</v>
       </c>
       <c r="F31" s="1">
         <v>33</v>
       </c>
       <c r="G31" s="15">
         <v>66</v>
       </c>
       <c r="H31" s="10">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>1</v>
       </c>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="10">
         <v>3</v>
       </c>
       <c r="L31" s="1">
         <v>0</v>
       </c>
       <c r="M31" s="15">
         <v>3</v>
       </c>
       <c r="N31" s="10">
         <v>50</v>
       </c>
       <c r="O31" s="1">
         <v>58</v>
       </c>
       <c r="P31" s="15">
         <v>108</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B32" s="32">
         <v>68</v>
       </c>
       <c r="C32" s="33">
         <v>54</v>
       </c>
       <c r="D32" s="34">
         <v>122</v>
       </c>
       <c r="E32" s="32">
         <v>26</v>
       </c>
       <c r="F32" s="33">
         <v>22</v>
       </c>
       <c r="G32" s="34">
         <v>48</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="33">
         <v>0</v>
       </c>
       <c r="J32" s="34">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>2</v>
       </c>
       <c r="L32" s="33">
         <v>0</v>
       </c>
       <c r="M32" s="34">
         <v>2</v>
       </c>
       <c r="N32" s="32">
         <v>42</v>
       </c>
       <c r="O32" s="33">
         <v>39</v>
       </c>
       <c r="P32" s="34">
         <v>81</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>436</v>
       </c>
       <c r="C33" s="14">
         <v>440</v>
       </c>
       <c r="D33" s="18">
         <v>876</v>
       </c>
       <c r="E33" s="13">
         <v>256</v>
       </c>
       <c r="F33" s="14">
         <v>262</v>
       </c>
       <c r="G33" s="18">
         <v>518</v>
       </c>
       <c r="H33" s="13">
         <v>0</v>
       </c>
       <c r="I33" s="14">
         <v>4</v>
       </c>
       <c r="J33" s="18">
         <v>4</v>
       </c>
       <c r="K33" s="13">
         <v>12</v>
       </c>
       <c r="L33" s="14">
         <v>1</v>
       </c>
       <c r="M33" s="18">
         <v>13</v>
       </c>
       <c r="N33" s="13">
         <v>347</v>
       </c>
       <c r="O33" s="14">
         <v>344</v>
       </c>
       <c r="P33" s="18">
         <v>691</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A35" s="89" t="s">
+    <row r="34" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B35" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C35" s="93"/>
       <c r="D35" s="93"/>
       <c r="E35" s="93"/>
       <c r="F35" s="93"/>
       <c r="G35" s="93"/>
       <c r="H35" s="93"/>
       <c r="I35" s="93"/>
       <c r="J35" s="93"/>
       <c r="K35" s="93"/>
       <c r="L35" s="93"/>
       <c r="M35" s="93"/>
       <c r="N35" s="93"/>
       <c r="O35" s="93"/>
       <c r="P35" s="94"/>
     </row>
-    <row r="36" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="97"/>
-      <c r="B36" s="99" t="s">
+      <c r="B36" s="92" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="99"/>
-[...14 lines deleted...]
-    <row r="37" spans="1:16" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+      <c r="F36" s="92"/>
+      <c r="G36" s="92"/>
+      <c r="H36" s="92"/>
+      <c r="I36" s="92"/>
+      <c r="J36" s="92"/>
+      <c r="K36" s="92"/>
+      <c r="L36" s="92"/>
+      <c r="M36" s="92"/>
+      <c r="N36" s="92"/>
+      <c r="O36" s="92"/>
+      <c r="P36" s="101"/>
+    </row>
+    <row r="37" spans="1:16" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="97"/>
-      <c r="B37" s="87" t="s">
+      <c r="B37" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="91"/>
-[...1 lines deleted...]
-      <c r="E37" s="87" t="s">
+      <c r="C37" s="82"/>
+      <c r="D37" s="83"/>
+      <c r="E37" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F37" s="91"/>
-[...1 lines deleted...]
-      <c r="H37" s="87" t="s">
+      <c r="F37" s="82"/>
+      <c r="G37" s="83"/>
+      <c r="H37" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I37" s="91"/>
-[...1 lines deleted...]
-      <c r="K37" s="87" t="s">
+      <c r="I37" s="82"/>
+      <c r="J37" s="83"/>
+      <c r="K37" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L37" s="91"/>
-[...1 lines deleted...]
-      <c r="N37" s="87" t="s">
+      <c r="L37" s="82"/>
+      <c r="M37" s="83"/>
+      <c r="N37" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O37" s="91"/>
-[...2 lines deleted...]
-    <row r="38" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O37" s="82"/>
+      <c r="P37" s="83"/>
+    </row>
+    <row r="38" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A38" s="97"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B39" s="10">
         <v>169</v>
       </c>
       <c r="C39" s="1">
         <v>172</v>
       </c>
       <c r="D39" s="15">
         <v>341</v>
       </c>
       <c r="E39" s="10">
         <v>97</v>
       </c>
       <c r="F39" s="1">
         <v>82</v>
       </c>
       <c r="G39" s="15">
         <v>179</v>
       </c>
       <c r="H39" s="10">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="15">
         <v>0</v>
       </c>
       <c r="K39" s="10">
         <v>0</v>
       </c>
       <c r="L39" s="1">
         <v>0</v>
       </c>
       <c r="M39" s="15">
         <v>0</v>
       </c>
       <c r="N39" s="10">
         <v>161</v>
       </c>
       <c r="O39" s="1">
         <v>118</v>
       </c>
       <c r="P39" s="15">
         <v>279</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>46</v>
       </c>
       <c r="C40" s="1">
         <v>53</v>
       </c>
       <c r="D40" s="15">
         <v>99</v>
       </c>
       <c r="E40" s="10">
         <v>32</v>
       </c>
       <c r="F40" s="1">
         <v>28</v>
       </c>
       <c r="G40" s="15">
         <v>60</v>
       </c>
       <c r="H40" s="10">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="15">
         <v>0</v>
       </c>
       <c r="K40" s="10">
         <v>6</v>
       </c>
       <c r="L40" s="1">
         <v>0</v>
       </c>
       <c r="M40" s="15">
         <v>6</v>
       </c>
       <c r="N40" s="10">
         <v>49</v>
       </c>
       <c r="O40" s="1">
         <v>53</v>
       </c>
       <c r="P40" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>63</v>
       </c>
       <c r="C41" s="1">
         <v>40</v>
       </c>
       <c r="D41" s="15">
         <v>103</v>
       </c>
       <c r="E41" s="10">
         <v>52</v>
       </c>
       <c r="F41" s="1">
         <v>93</v>
       </c>
       <c r="G41" s="15">
         <v>145</v>
       </c>
       <c r="H41" s="10">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>3</v>
       </c>
       <c r="J41" s="15">
         <v>3</v>
       </c>
       <c r="K41" s="10">
         <v>0</v>
       </c>
       <c r="L41" s="1">
         <v>0</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="10">
         <v>48</v>
       </c>
       <c r="O41" s="1">
         <v>63</v>
       </c>
       <c r="P41" s="15">
         <v>111</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="10">
         <v>39</v>
       </c>
       <c r="C42" s="1">
         <v>49</v>
       </c>
       <c r="D42" s="15">
         <v>88</v>
       </c>
       <c r="E42" s="10">
         <v>24</v>
       </c>
       <c r="F42" s="1">
         <v>31</v>
       </c>
       <c r="G42" s="15">
         <v>55</v>
       </c>
       <c r="H42" s="10">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="15">
         <v>0</v>
       </c>
       <c r="K42" s="10">
         <v>2</v>
       </c>
       <c r="L42" s="1">
         <v>0</v>
       </c>
       <c r="M42" s="15">
         <v>2</v>
       </c>
       <c r="N42" s="10">
         <v>46</v>
       </c>
       <c r="O42" s="1">
         <v>45</v>
       </c>
       <c r="P42" s="15">
         <v>91</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B43" s="32">
         <v>43</v>
       </c>
       <c r="C43" s="33">
         <v>46</v>
       </c>
       <c r="D43" s="34">
         <v>89</v>
       </c>
       <c r="E43" s="32">
         <v>26</v>
       </c>
       <c r="F43" s="33">
         <v>25</v>
       </c>
       <c r="G43" s="34">
         <v>51</v>
       </c>
       <c r="H43" s="32">
         <v>0</v>
       </c>
       <c r="I43" s="33">
         <v>0</v>
       </c>
       <c r="J43" s="34">
         <v>0</v>
       </c>
       <c r="K43" s="32">
         <v>4</v>
       </c>
       <c r="L43" s="33">
         <v>0</v>
       </c>
       <c r="M43" s="34">
         <v>4</v>
       </c>
       <c r="N43" s="32">
         <v>42</v>
       </c>
       <c r="O43" s="33">
         <v>42</v>
       </c>
       <c r="P43" s="34">
         <v>84</v>
       </c>
     </row>
-    <row r="44" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="13">
         <v>360</v>
       </c>
       <c r="C44" s="14">
         <v>360</v>
       </c>
       <c r="D44" s="18">
         <v>720</v>
       </c>
       <c r="E44" s="13">
         <v>231</v>
       </c>
       <c r="F44" s="14">
         <v>259</v>
       </c>
       <c r="G44" s="18">
         <v>490</v>
       </c>
       <c r="H44" s="13">
         <v>0</v>
       </c>
       <c r="I44" s="14">
         <v>3</v>
       </c>
       <c r="J44" s="18">
         <v>3</v>
       </c>
       <c r="K44" s="13">
         <v>12</v>
       </c>
       <c r="L44" s="14">
         <v>0</v>
       </c>
       <c r="M44" s="18">
         <v>12</v>
       </c>
       <c r="N44" s="13">
         <v>346</v>
       </c>
       <c r="O44" s="14">
         <v>321</v>
       </c>
       <c r="P44" s="18">
         <v>667</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A46" s="89" t="s">
+    <row r="45" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="46" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="93"/>
       <c r="F46" s="93"/>
       <c r="G46" s="93"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="93"/>
       <c r="L46" s="93"/>
       <c r="M46" s="93"/>
       <c r="N46" s="93"/>
       <c r="O46" s="93"/>
       <c r="P46" s="94"/>
     </row>
-    <row r="47" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="97"/>
-      <c r="B47" s="99" t="s">
+      <c r="B47" s="92" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="99"/>
-[...14 lines deleted...]
-    <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C47" s="92"/>
+      <c r="D47" s="92"/>
+      <c r="E47" s="92"/>
+      <c r="F47" s="92"/>
+      <c r="G47" s="92"/>
+      <c r="H47" s="92"/>
+      <c r="I47" s="92"/>
+      <c r="J47" s="92"/>
+      <c r="K47" s="92"/>
+      <c r="L47" s="92"/>
+      <c r="M47" s="92"/>
+      <c r="N47" s="92"/>
+      <c r="O47" s="92"/>
+      <c r="P47" s="101"/>
+    </row>
+    <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="97"/>
-      <c r="B48" s="87" t="s">
+      <c r="B48" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C48" s="91"/>
-[...1 lines deleted...]
-      <c r="E48" s="87" t="s">
+      <c r="C48" s="82"/>
+      <c r="D48" s="83"/>
+      <c r="E48" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F48" s="91"/>
-[...1 lines deleted...]
-      <c r="H48" s="87" t="s">
+      <c r="F48" s="82"/>
+      <c r="G48" s="83"/>
+      <c r="H48" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I48" s="91"/>
-[...1 lines deleted...]
-      <c r="K48" s="87" t="s">
+      <c r="I48" s="82"/>
+      <c r="J48" s="83"/>
+      <c r="K48" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L48" s="91"/>
-[...1 lines deleted...]
-      <c r="N48" s="87" t="s">
+      <c r="L48" s="82"/>
+      <c r="M48" s="83"/>
+      <c r="N48" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O48" s="91"/>
-[...2 lines deleted...]
-    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O48" s="82"/>
+      <c r="P48" s="83"/>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A49" s="97"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P49" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>211</v>
       </c>
       <c r="C50" s="1">
         <v>166</v>
       </c>
       <c r="D50" s="15">
         <v>377</v>
       </c>
       <c r="E50" s="10">
         <v>122</v>
       </c>
       <c r="F50" s="1">
         <v>80</v>
       </c>
       <c r="G50" s="15">
         <v>202</v>
       </c>
       <c r="H50" s="10">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>1</v>
       </c>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="10">
         <v>0</v>
       </c>
       <c r="L50" s="1">
         <v>0</v>
       </c>
       <c r="M50" s="15">
         <v>0</v>
       </c>
       <c r="N50" s="10">
         <v>170</v>
       </c>
       <c r="O50" s="1">
         <v>100</v>
       </c>
       <c r="P50" s="15">
         <v>270</v>
       </c>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>52</v>
       </c>
       <c r="C51" s="1">
         <v>48</v>
       </c>
       <c r="D51" s="15">
         <v>100</v>
       </c>
       <c r="E51" s="10">
         <v>40</v>
       </c>
       <c r="F51" s="1">
         <v>36</v>
       </c>
       <c r="G51" s="15">
         <v>76</v>
       </c>
       <c r="H51" s="10">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>2</v>
       </c>
       <c r="J51" s="15">
         <v>2</v>
       </c>
       <c r="K51" s="10">
         <v>3</v>
       </c>
       <c r="L51" s="1">
         <v>0</v>
       </c>
       <c r="M51" s="15">
         <v>3</v>
       </c>
       <c r="N51" s="10">
         <v>50</v>
       </c>
       <c r="O51" s="1">
         <v>61</v>
       </c>
       <c r="P51" s="15">
         <v>111</v>
       </c>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>55</v>
       </c>
       <c r="C52" s="1">
         <v>45</v>
       </c>
       <c r="D52" s="15">
         <v>100</v>
       </c>
       <c r="E52" s="10">
         <v>55</v>
       </c>
       <c r="F52" s="1">
         <v>79</v>
       </c>
       <c r="G52" s="15">
         <v>134</v>
       </c>
       <c r="H52" s="10">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>1</v>
       </c>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="10">
         <v>1</v>
       </c>
       <c r="L52" s="1">
         <v>0</v>
       </c>
       <c r="M52" s="15">
         <v>1</v>
       </c>
       <c r="N52" s="10">
         <v>46</v>
       </c>
       <c r="O52" s="1">
         <v>76</v>
       </c>
       <c r="P52" s="15">
         <v>122</v>
       </c>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>55</v>
       </c>
       <c r="C53" s="1">
         <v>36</v>
       </c>
       <c r="D53" s="15">
         <v>91</v>
       </c>
       <c r="E53" s="10">
         <v>19</v>
       </c>
       <c r="F53" s="1">
         <v>29</v>
       </c>
       <c r="G53" s="15">
         <v>48</v>
       </c>
       <c r="H53" s="10">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="15">
         <v>0</v>
       </c>
       <c r="K53" s="10">
         <v>2</v>
       </c>
       <c r="L53" s="1">
         <v>0</v>
       </c>
       <c r="M53" s="15">
         <v>2</v>
       </c>
       <c r="N53" s="10">
         <v>37</v>
       </c>
       <c r="O53" s="1">
         <v>47</v>
       </c>
       <c r="P53" s="15">
         <v>84</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="32">
         <v>44</v>
       </c>
       <c r="C54" s="33">
         <v>43</v>
       </c>
       <c r="D54" s="34">
         <v>87</v>
       </c>
       <c r="E54" s="32">
         <v>18</v>
       </c>
       <c r="F54" s="33">
         <v>21</v>
       </c>
       <c r="G54" s="34">
         <v>39</v>
       </c>
       <c r="H54" s="32">
         <v>0</v>
       </c>
       <c r="I54" s="33">
         <v>0</v>
       </c>
       <c r="J54" s="34">
         <v>0</v>
       </c>
       <c r="K54" s="32">
         <v>1</v>
       </c>
       <c r="L54" s="33">
         <v>0</v>
       </c>
       <c r="M54" s="34">
         <v>1</v>
       </c>
       <c r="N54" s="32">
         <v>30</v>
       </c>
       <c r="O54" s="33">
         <v>34</v>
       </c>
       <c r="P54" s="34">
         <v>64</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>417</v>
       </c>
       <c r="C55" s="14">
         <v>338</v>
       </c>
       <c r="D55" s="18">
         <v>755</v>
       </c>
       <c r="E55" s="13">
         <v>254</v>
       </c>
       <c r="F55" s="14">
         <v>245</v>
       </c>
       <c r="G55" s="18">
         <v>499</v>
       </c>
       <c r="H55" s="13">
         <v>0</v>
       </c>
       <c r="I55" s="14">
         <v>4</v>
       </c>
       <c r="J55" s="18">
         <v>4</v>
       </c>
       <c r="K55" s="13">
         <v>7</v>
       </c>
       <c r="L55" s="14">
         <v>0</v>
       </c>
       <c r="M55" s="18">
         <v>7</v>
       </c>
       <c r="N55" s="13">
         <v>333</v>
       </c>
       <c r="O55" s="14">
         <v>318</v>
       </c>
       <c r="P55" s="18">
         <v>651</v>
       </c>
     </row>
-    <row r="56" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A57" s="89" t="s">
+    <row r="56" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="57" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C57" s="93"/>
       <c r="D57" s="93"/>
       <c r="E57" s="93"/>
       <c r="F57" s="93"/>
       <c r="G57" s="93"/>
       <c r="H57" s="93"/>
       <c r="I57" s="93"/>
       <c r="J57" s="93"/>
       <c r="K57" s="93"/>
       <c r="L57" s="93"/>
       <c r="M57" s="93"/>
       <c r="N57" s="93"/>
       <c r="O57" s="93"/>
       <c r="P57" s="94"/>
     </row>
-    <row r="58" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="97"/>
-      <c r="B58" s="99" t="s">
+      <c r="B58" s="92" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="99"/>
-[...14 lines deleted...]
-    <row r="59" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="92"/>
+      <c r="L58" s="92"/>
+      <c r="M58" s="92"/>
+      <c r="N58" s="92"/>
+      <c r="O58" s="92"/>
+      <c r="P58" s="101"/>
+    </row>
+    <row r="59" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="97"/>
-      <c r="B59" s="87" t="s">
+      <c r="B59" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C59" s="91"/>
-[...1 lines deleted...]
-      <c r="E59" s="87" t="s">
+      <c r="C59" s="82"/>
+      <c r="D59" s="83"/>
+      <c r="E59" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F59" s="91"/>
-[...1 lines deleted...]
-      <c r="H59" s="87" t="s">
+      <c r="F59" s="82"/>
+      <c r="G59" s="83"/>
+      <c r="H59" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I59" s="91"/>
-[...1 lines deleted...]
-      <c r="K59" s="87" t="s">
+      <c r="I59" s="82"/>
+      <c r="J59" s="83"/>
+      <c r="K59" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L59" s="91"/>
-[...1 lines deleted...]
-      <c r="N59" s="87" t="s">
+      <c r="L59" s="82"/>
+      <c r="M59" s="83"/>
+      <c r="N59" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O59" s="91"/>
-[...2 lines deleted...]
-    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O59" s="82"/>
+      <c r="P59" s="83"/>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A60" s="97"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P60" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="61" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>232</v>
       </c>
       <c r="C61" s="1">
         <v>186</v>
       </c>
       <c r="D61" s="15">
         <v>418</v>
       </c>
       <c r="E61" s="10">
         <v>108</v>
       </c>
       <c r="F61" s="1">
         <v>67</v>
       </c>
       <c r="G61" s="15">
         <v>175</v>
       </c>
       <c r="H61" s="10">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="15">
         <v>0</v>
       </c>
       <c r="K61" s="10">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>0</v>
       </c>
       <c r="M61" s="15">
         <v>0</v>
       </c>
       <c r="N61" s="10">
         <v>201</v>
       </c>
       <c r="O61" s="1">
         <v>91</v>
       </c>
       <c r="P61" s="15">
         <v>292</v>
       </c>
     </row>
-    <row r="62" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
         <v>70</v>
       </c>
       <c r="C62" s="1">
         <v>54</v>
       </c>
       <c r="D62" s="15">
         <v>124</v>
       </c>
       <c r="E62" s="10">
         <v>52</v>
       </c>
       <c r="F62" s="1">
         <v>28</v>
       </c>
       <c r="G62" s="15">
         <v>80</v>
       </c>
       <c r="H62" s="10">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="15">
         <v>0</v>
       </c>
       <c r="K62" s="10">
         <v>2</v>
       </c>
       <c r="L62" s="1">
         <v>0</v>
       </c>
       <c r="M62" s="15">
         <v>2</v>
       </c>
       <c r="N62" s="10">
         <v>78</v>
       </c>
       <c r="O62" s="1">
         <v>63</v>
       </c>
       <c r="P62" s="15">
         <v>141</v>
       </c>
     </row>
-    <row r="63" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>66</v>
       </c>
       <c r="C63" s="1">
         <v>64</v>
       </c>
       <c r="D63" s="15">
         <v>130</v>
       </c>
       <c r="E63" s="10">
         <v>73</v>
       </c>
       <c r="F63" s="1">
         <v>51</v>
       </c>
       <c r="G63" s="15">
         <v>124</v>
       </c>
       <c r="H63" s="10">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="10">
         <v>1</v>
       </c>
       <c r="L63" s="1">
         <v>0</v>
       </c>
       <c r="M63" s="15">
         <v>1</v>
       </c>
       <c r="N63" s="10">
         <v>70</v>
       </c>
       <c r="O63" s="1">
         <v>56</v>
       </c>
       <c r="P63" s="15">
         <v>126</v>
       </c>
     </row>
-    <row r="64" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>52</v>
       </c>
       <c r="C64" s="1">
         <v>50</v>
       </c>
       <c r="D64" s="15">
         <v>102</v>
       </c>
       <c r="E64" s="10">
         <v>40</v>
       </c>
       <c r="F64" s="1">
         <v>36</v>
       </c>
       <c r="G64" s="15">
         <v>76</v>
       </c>
       <c r="H64" s="10">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="15">
         <v>0</v>
       </c>
       <c r="K64" s="10">
         <v>1</v>
       </c>
       <c r="L64" s="1">
         <v>0</v>
       </c>
       <c r="M64" s="15">
         <v>1</v>
       </c>
       <c r="N64" s="10">
         <v>67</v>
       </c>
       <c r="O64" s="1">
         <v>51</v>
       </c>
       <c r="P64" s="15">
         <v>118</v>
       </c>
     </row>
-    <row r="65" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="32">
         <v>60</v>
       </c>
       <c r="C65" s="33">
         <v>44</v>
       </c>
       <c r="D65" s="34">
         <v>104</v>
       </c>
       <c r="E65" s="32">
         <v>37</v>
       </c>
       <c r="F65" s="33">
         <v>24</v>
       </c>
       <c r="G65" s="34">
         <v>61</v>
       </c>
       <c r="H65" s="32">
         <v>0</v>
       </c>
       <c r="I65" s="33">
         <v>1</v>
       </c>
       <c r="J65" s="34">
         <v>1</v>
       </c>
       <c r="K65" s="32">
         <v>1</v>
       </c>
       <c r="L65" s="33">
         <v>0</v>
       </c>
       <c r="M65" s="34">
         <v>1</v>
       </c>
       <c r="N65" s="32">
         <v>63</v>
       </c>
       <c r="O65" s="33">
         <v>45</v>
       </c>
       <c r="P65" s="34">
         <v>108</v>
       </c>
     </row>
-    <row r="66" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>480</v>
       </c>
       <c r="C66" s="14">
         <v>398</v>
       </c>
       <c r="D66" s="18">
         <v>878</v>
       </c>
       <c r="E66" s="13">
         <v>310</v>
       </c>
       <c r="F66" s="14">
         <v>206</v>
       </c>
       <c r="G66" s="18">
         <v>516</v>
       </c>
       <c r="H66" s="13">
         <v>0</v>
       </c>
       <c r="I66" s="14">
         <v>1</v>
       </c>
       <c r="J66" s="18">
         <v>1</v>
       </c>
       <c r="K66" s="13">
         <v>5</v>
       </c>
       <c r="L66" s="14">
         <v>0</v>
       </c>
       <c r="M66" s="18">
         <v>5</v>
       </c>
       <c r="N66" s="13">
         <v>479</v>
       </c>
       <c r="O66" s="14">
         <v>306</v>
       </c>
       <c r="P66" s="18">
         <v>785</v>
       </c>
     </row>
-    <row r="67" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="38"/>
-      <c r="B67" s="48"/>
-[...16 lines deleted...]
-      <c r="A68" s="89" t="s">
+      <c r="B67" s="47"/>
+      <c r="C67" s="47"/>
+      <c r="D67" s="47"/>
+      <c r="E67" s="47"/>
+      <c r="F67" s="47"/>
+      <c r="G67" s="47"/>
+      <c r="H67" s="47"/>
+      <c r="I67" s="47"/>
+      <c r="J67" s="47"/>
+      <c r="K67" s="47"/>
+      <c r="L67" s="47"/>
+      <c r="M67" s="47"/>
+      <c r="N67" s="47"/>
+      <c r="O67" s="47"/>
+      <c r="P67" s="47"/>
+    </row>
+    <row r="68" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B68" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C68" s="93"/>
       <c r="D68" s="93"/>
       <c r="E68" s="93"/>
       <c r="F68" s="93"/>
       <c r="G68" s="93"/>
       <c r="H68" s="93"/>
       <c r="I68" s="93"/>
       <c r="J68" s="93"/>
       <c r="K68" s="93"/>
       <c r="L68" s="93"/>
       <c r="M68" s="93"/>
       <c r="N68" s="93"/>
       <c r="O68" s="93"/>
       <c r="P68" s="94"/>
     </row>
-    <row r="69" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="97"/>
-      <c r="B69" s="99" t="s">
+      <c r="B69" s="92" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="99"/>
-[...14 lines deleted...]
-    <row r="70" spans="1:16" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C69" s="92"/>
+      <c r="D69" s="92"/>
+      <c r="E69" s="92"/>
+      <c r="F69" s="92"/>
+      <c r="G69" s="92"/>
+      <c r="H69" s="92"/>
+      <c r="I69" s="92"/>
+      <c r="J69" s="92"/>
+      <c r="K69" s="92"/>
+      <c r="L69" s="92"/>
+      <c r="M69" s="92"/>
+      <c r="N69" s="92"/>
+      <c r="O69" s="92"/>
+      <c r="P69" s="101"/>
+    </row>
+    <row r="70" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="97"/>
-      <c r="B70" s="87" t="s">
+      <c r="B70" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C70" s="91"/>
-[...1 lines deleted...]
-      <c r="E70" s="87" t="s">
+      <c r="C70" s="82"/>
+      <c r="D70" s="83"/>
+      <c r="E70" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F70" s="91"/>
-[...1 lines deleted...]
-      <c r="H70" s="87" t="s">
+      <c r="F70" s="82"/>
+      <c r="G70" s="83"/>
+      <c r="H70" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I70" s="91"/>
-[...1 lines deleted...]
-      <c r="K70" s="87" t="s">
+      <c r="I70" s="82"/>
+      <c r="J70" s="83"/>
+      <c r="K70" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L70" s="91"/>
-[...1 lines deleted...]
-      <c r="N70" s="87" t="s">
+      <c r="L70" s="82"/>
+      <c r="M70" s="83"/>
+      <c r="N70" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O70" s="91"/>
-[...2 lines deleted...]
-    <row r="71" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O70" s="82"/>
+      <c r="P70" s="83"/>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A71" s="97"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P71" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="72" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>320</v>
       </c>
       <c r="C72" s="1">
         <v>276</v>
       </c>
       <c r="D72" s="15">
         <v>596</v>
       </c>
       <c r="E72" s="10">
         <v>109</v>
       </c>
       <c r="F72" s="1">
         <v>107</v>
       </c>
       <c r="G72" s="15">
         <v>216</v>
       </c>
       <c r="H72" s="10">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="15">
         <v>0</v>
       </c>
       <c r="K72" s="10">
         <v>0</v>
       </c>
       <c r="L72" s="1">
         <v>0</v>
       </c>
       <c r="M72" s="15">
         <v>0</v>
       </c>
       <c r="N72" s="10">
         <v>183</v>
       </c>
       <c r="O72" s="1">
         <v>127</v>
       </c>
       <c r="P72" s="15">
         <v>310</v>
       </c>
     </row>
-    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>87</v>
       </c>
       <c r="C73" s="1">
         <v>81</v>
       </c>
       <c r="D73" s="15">
         <v>168</v>
       </c>
       <c r="E73" s="10">
         <v>35</v>
       </c>
       <c r="F73" s="1">
         <v>47</v>
       </c>
       <c r="G73" s="15">
         <v>82</v>
       </c>
       <c r="H73" s="10">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>1</v>
       </c>
       <c r="J73" s="15">
         <v>1</v>
       </c>
       <c r="K73" s="10">
         <v>3</v>
       </c>
       <c r="L73" s="1">
         <v>0</v>
       </c>
       <c r="M73" s="15">
         <v>3</v>
       </c>
       <c r="N73" s="10">
         <v>67</v>
       </c>
       <c r="O73" s="1">
         <v>57</v>
       </c>
       <c r="P73" s="15">
         <v>124</v>
       </c>
     </row>
-    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>78</v>
       </c>
       <c r="C74" s="1">
         <v>91</v>
       </c>
       <c r="D74" s="15">
         <v>169</v>
       </c>
       <c r="E74" s="10">
         <v>70</v>
       </c>
       <c r="F74" s="1">
         <v>81</v>
       </c>
       <c r="G74" s="15">
         <v>151</v>
       </c>
       <c r="H74" s="10">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="15">
         <v>0</v>
       </c>
       <c r="K74" s="10">
         <v>4</v>
       </c>
       <c r="L74" s="1">
         <v>2</v>
       </c>
       <c r="M74" s="15">
         <v>6</v>
       </c>
       <c r="N74" s="10">
         <v>55</v>
       </c>
       <c r="O74" s="1">
         <v>58</v>
       </c>
       <c r="P74" s="15">
         <v>113</v>
       </c>
     </row>
-    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>52</v>
       </c>
       <c r="C75" s="1">
         <v>51</v>
       </c>
       <c r="D75" s="15">
         <v>103</v>
       </c>
       <c r="E75" s="10">
         <v>44</v>
       </c>
       <c r="F75" s="1">
         <v>39</v>
       </c>
       <c r="G75" s="15">
         <v>83</v>
       </c>
       <c r="H75" s="10">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="15">
         <v>0</v>
       </c>
       <c r="K75" s="10">
         <v>5</v>
       </c>
       <c r="L75" s="1">
         <v>0</v>
       </c>
       <c r="M75" s="15">
         <v>5</v>
       </c>
       <c r="N75" s="10">
         <v>69</v>
       </c>
       <c r="O75" s="1">
         <v>50</v>
       </c>
       <c r="P75" s="15">
         <v>119</v>
       </c>
     </row>
-    <row r="76" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="32">
         <v>58</v>
       </c>
       <c r="C76" s="33">
         <v>41</v>
       </c>
       <c r="D76" s="34">
         <v>99</v>
       </c>
       <c r="E76" s="32">
         <v>27</v>
       </c>
       <c r="F76" s="33">
         <v>29</v>
       </c>
       <c r="G76" s="34">
         <v>56</v>
       </c>
       <c r="H76" s="32">
         <v>0</v>
       </c>
       <c r="I76" s="33">
         <v>1</v>
       </c>
       <c r="J76" s="34">
         <v>1</v>
       </c>
       <c r="K76" s="32">
         <v>0</v>
       </c>
       <c r="L76" s="33">
         <v>0</v>
       </c>
       <c r="M76" s="34">
         <v>0</v>
       </c>
       <c r="N76" s="32">
         <v>50</v>
       </c>
       <c r="O76" s="33">
         <v>45</v>
       </c>
       <c r="P76" s="34">
         <v>95</v>
       </c>
     </row>
-    <row r="77" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>595</v>
       </c>
       <c r="C77" s="14">
         <v>540</v>
       </c>
       <c r="D77" s="18">
         <v>1135</v>
       </c>
       <c r="E77" s="13">
         <v>285</v>
       </c>
       <c r="F77" s="14">
         <v>303</v>
       </c>
       <c r="G77" s="18">
         <v>588</v>
       </c>
       <c r="H77" s="13">
         <v>0</v>
       </c>
       <c r="I77" s="14">
         <v>2</v>
       </c>
       <c r="J77" s="18">
         <v>2</v>
       </c>
       <c r="K77" s="13">
         <v>12</v>
       </c>
       <c r="L77" s="14">
         <v>2</v>
       </c>
       <c r="M77" s="18">
         <v>14</v>
       </c>
       <c r="N77" s="13">
         <v>424</v>
       </c>
       <c r="O77" s="14">
         <v>337</v>
       </c>
       <c r="P77" s="18">
         <v>761</v>
       </c>
     </row>
-    <row r="78" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A79" s="89" t="s">
+    <row r="78" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="79" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B79" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C79" s="93"/>
       <c r="D79" s="93"/>
       <c r="E79" s="93"/>
       <c r="F79" s="93"/>
       <c r="G79" s="93"/>
       <c r="H79" s="93"/>
       <c r="I79" s="93"/>
       <c r="J79" s="93"/>
       <c r="K79" s="93"/>
       <c r="L79" s="93"/>
       <c r="M79" s="93"/>
       <c r="N79" s="93"/>
       <c r="O79" s="93"/>
       <c r="P79" s="94"/>
     </row>
-    <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="97"/>
-      <c r="B80" s="99" t="s">
+      <c r="B80" s="92" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="99"/>
-[...14 lines deleted...]
-    <row r="81" spans="1:16" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C80" s="92"/>
+      <c r="D80" s="92"/>
+      <c r="E80" s="92"/>
+      <c r="F80" s="92"/>
+      <c r="G80" s="92"/>
+      <c r="H80" s="92"/>
+      <c r="I80" s="92"/>
+      <c r="J80" s="92"/>
+      <c r="K80" s="92"/>
+      <c r="L80" s="92"/>
+      <c r="M80" s="92"/>
+      <c r="N80" s="92"/>
+      <c r="O80" s="92"/>
+      <c r="P80" s="101"/>
+    </row>
+    <row r="81" spans="1:16" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="97"/>
-      <c r="B81" s="87" t="s">
+      <c r="B81" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C81" s="91"/>
-[...1 lines deleted...]
-      <c r="E81" s="87" t="s">
+      <c r="C81" s="82"/>
+      <c r="D81" s="83"/>
+      <c r="E81" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F81" s="91"/>
-[...1 lines deleted...]
-      <c r="H81" s="87" t="s">
+      <c r="F81" s="82"/>
+      <c r="G81" s="83"/>
+      <c r="H81" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I81" s="91"/>
-[...1 lines deleted...]
-      <c r="K81" s="87" t="s">
+      <c r="I81" s="82"/>
+      <c r="J81" s="83"/>
+      <c r="K81" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L81" s="91"/>
-[...1 lines deleted...]
-      <c r="N81" s="87" t="s">
+      <c r="L81" s="82"/>
+      <c r="M81" s="83"/>
+      <c r="N81" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O81" s="91"/>
-[...2 lines deleted...]
-    <row r="82" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O81" s="82"/>
+      <c r="P81" s="83"/>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A82" s="97"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P82" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>257</v>
       </c>
       <c r="C83" s="1">
         <v>221</v>
       </c>
       <c r="D83" s="15">
         <v>478</v>
       </c>
       <c r="E83" s="10">
         <v>92</v>
       </c>
       <c r="F83" s="1">
         <v>97</v>
       </c>
       <c r="G83" s="15">
         <v>189</v>
       </c>
       <c r="H83" s="10">
         <v>1</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="15">
         <v>1</v>
       </c>
       <c r="K83" s="10">
         <v>0</v>
       </c>
       <c r="L83" s="1">
         <v>0</v>
       </c>
       <c r="M83" s="15">
         <v>0</v>
       </c>
       <c r="N83" s="10">
         <v>125</v>
       </c>
       <c r="O83" s="1">
         <v>109</v>
       </c>
       <c r="P83" s="15">
         <v>234</v>
       </c>
     </row>
-    <row r="84" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>55</v>
       </c>
       <c r="C84" s="1">
         <v>66</v>
       </c>
       <c r="D84" s="15">
         <v>121</v>
       </c>
       <c r="E84" s="10">
         <v>41</v>
       </c>
       <c r="F84" s="1">
         <v>27</v>
       </c>
       <c r="G84" s="15">
         <v>68</v>
       </c>
       <c r="H84" s="10">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="15">
         <v>0</v>
       </c>
       <c r="K84" s="10">
         <v>1</v>
       </c>
       <c r="L84" s="1">
         <v>0</v>
       </c>
       <c r="M84" s="15">
         <v>1</v>
       </c>
       <c r="N84" s="10">
         <v>50</v>
       </c>
       <c r="O84" s="1">
         <v>43</v>
       </c>
       <c r="P84" s="15">
         <v>93</v>
       </c>
     </row>
-    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>72</v>
       </c>
       <c r="C85" s="1">
         <v>66</v>
       </c>
       <c r="D85" s="15">
         <v>138</v>
       </c>
       <c r="E85" s="10">
         <v>64</v>
       </c>
       <c r="F85" s="1">
         <v>61</v>
       </c>
       <c r="G85" s="15">
         <v>125</v>
       </c>
       <c r="H85" s="10">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>2</v>
       </c>
       <c r="J85" s="15">
         <v>2</v>
       </c>
       <c r="K85" s="10">
         <v>1</v>
       </c>
       <c r="L85" s="1">
         <v>0</v>
       </c>
       <c r="M85" s="15">
         <v>1</v>
       </c>
       <c r="N85" s="10">
         <v>67</v>
       </c>
       <c r="O85" s="1">
         <v>59</v>
       </c>
       <c r="P85" s="15">
         <v>126</v>
       </c>
     </row>
-    <row r="86" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>46</v>
       </c>
       <c r="C86" s="1">
         <v>57</v>
       </c>
       <c r="D86" s="15">
         <v>103</v>
       </c>
       <c r="E86" s="10">
         <v>38</v>
       </c>
       <c r="F86" s="1">
         <v>44</v>
       </c>
       <c r="G86" s="15">
         <v>82</v>
       </c>
       <c r="H86" s="10">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="15">
         <v>0</v>
       </c>
       <c r="K86" s="10">
         <v>1</v>
       </c>
       <c r="L86" s="1">
         <v>0</v>
       </c>
       <c r="M86" s="15">
         <v>1</v>
       </c>
       <c r="N86" s="10">
         <v>49</v>
       </c>
       <c r="O86" s="1">
         <v>35</v>
       </c>
       <c r="P86" s="15">
         <v>84</v>
       </c>
     </row>
-    <row r="87" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="32">
         <v>62</v>
       </c>
       <c r="C87" s="33">
         <v>45</v>
       </c>
       <c r="D87" s="34">
         <v>107</v>
       </c>
       <c r="E87" s="32">
         <v>28</v>
       </c>
       <c r="F87" s="33">
         <v>25</v>
       </c>
       <c r="G87" s="34">
         <v>53</v>
       </c>
       <c r="H87" s="32">
         <v>0</v>
       </c>
       <c r="I87" s="33">
         <v>0</v>
       </c>
       <c r="J87" s="34">
         <v>0</v>
       </c>
       <c r="K87" s="32">
         <v>0</v>
       </c>
       <c r="L87" s="33">
         <v>0</v>
       </c>
       <c r="M87" s="34">
         <v>0</v>
       </c>
       <c r="N87" s="32">
         <v>42</v>
       </c>
       <c r="O87" s="33">
         <v>38</v>
       </c>
       <c r="P87" s="34">
         <v>80</v>
       </c>
     </row>
-    <row r="88" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>492</v>
       </c>
       <c r="C88" s="14">
         <v>455</v>
       </c>
       <c r="D88" s="18">
         <v>947</v>
       </c>
       <c r="E88" s="13">
         <v>263</v>
       </c>
       <c r="F88" s="14">
         <v>254</v>
       </c>
       <c r="G88" s="18">
         <v>517</v>
       </c>
       <c r="H88" s="13">
         <v>1</v>
       </c>
       <c r="I88" s="14">
         <v>2</v>
       </c>
       <c r="J88" s="18">
         <v>3</v>
       </c>
       <c r="K88" s="13">
         <v>3</v>
       </c>
       <c r="L88" s="14">
         <v>0</v>
       </c>
       <c r="M88" s="18">
         <v>3</v>
       </c>
       <c r="N88" s="13">
         <v>333</v>
       </c>
       <c r="O88" s="14">
         <v>284</v>
       </c>
       <c r="P88" s="18">
         <v>617</v>
       </c>
     </row>
-    <row r="89" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A90" s="89" t="s">
+    <row r="89" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="90" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B90" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C90" s="93"/>
       <c r="D90" s="93"/>
       <c r="E90" s="93"/>
       <c r="F90" s="93"/>
       <c r="G90" s="93"/>
       <c r="H90" s="93"/>
       <c r="I90" s="93"/>
       <c r="J90" s="93"/>
       <c r="K90" s="93"/>
       <c r="L90" s="93"/>
       <c r="M90" s="93"/>
       <c r="N90" s="93"/>
       <c r="O90" s="93"/>
       <c r="P90" s="94"/>
     </row>
-    <row r="91" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="97"/>
-      <c r="B91" s="99" t="s">
+      <c r="B91" s="92" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="99"/>
-[...14 lines deleted...]
-    <row r="92" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C91" s="92"/>
+      <c r="D91" s="92"/>
+      <c r="E91" s="92"/>
+      <c r="F91" s="92"/>
+      <c r="G91" s="92"/>
+      <c r="H91" s="92"/>
+      <c r="I91" s="92"/>
+      <c r="J91" s="92"/>
+      <c r="K91" s="92"/>
+      <c r="L91" s="92"/>
+      <c r="M91" s="92"/>
+      <c r="N91" s="92"/>
+      <c r="O91" s="92"/>
+      <c r="P91" s="101"/>
+    </row>
+    <row r="92" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="97"/>
-      <c r="B92" s="87" t="s">
+      <c r="B92" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C92" s="91"/>
-[...1 lines deleted...]
-      <c r="E92" s="87" t="s">
+      <c r="C92" s="82"/>
+      <c r="D92" s="83"/>
+      <c r="E92" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F92" s="91"/>
-[...1 lines deleted...]
-      <c r="H92" s="87" t="s">
+      <c r="F92" s="82"/>
+      <c r="G92" s="83"/>
+      <c r="H92" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I92" s="91"/>
-[...1 lines deleted...]
-      <c r="K92" s="87" t="s">
+      <c r="I92" s="82"/>
+      <c r="J92" s="83"/>
+      <c r="K92" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L92" s="91"/>
-[...1 lines deleted...]
-      <c r="N92" s="87" t="s">
+      <c r="L92" s="82"/>
+      <c r="M92" s="83"/>
+      <c r="N92" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O92" s="91"/>
-[...2 lines deleted...]
-    <row r="93" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O92" s="82"/>
+      <c r="P92" s="83"/>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A93" s="97"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P93" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="94" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A94" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B94" s="10">
         <v>337</v>
       </c>
       <c r="C94" s="1">
         <v>252</v>
       </c>
       <c r="D94" s="15">
         <v>589</v>
       </c>
       <c r="E94" s="10">
         <v>117</v>
       </c>
       <c r="F94" s="1">
         <v>114</v>
       </c>
       <c r="G94" s="15">
         <v>231</v>
       </c>
       <c r="H94" s="10">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>1</v>
       </c>
       <c r="J94" s="15">
         <v>1</v>
       </c>
       <c r="K94" s="10">
         <v>2</v>
       </c>
       <c r="L94" s="1">
         <v>0</v>
       </c>
       <c r="M94" s="15">
         <v>2</v>
       </c>
       <c r="N94" s="10">
         <v>164</v>
       </c>
       <c r="O94" s="1">
         <v>110</v>
       </c>
       <c r="P94" s="15">
         <v>274</v>
       </c>
     </row>
-    <row r="95" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>105</v>
       </c>
       <c r="C95" s="1">
         <v>67</v>
       </c>
       <c r="D95" s="15">
         <v>172</v>
       </c>
       <c r="E95" s="10">
         <v>53</v>
       </c>
       <c r="F95" s="1">
         <v>48</v>
       </c>
       <c r="G95" s="15">
         <v>101</v>
       </c>
       <c r="H95" s="10">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>1</v>
       </c>
       <c r="J95" s="15">
         <v>1</v>
       </c>
       <c r="K95" s="10">
         <v>4</v>
       </c>
       <c r="L95" s="1">
         <v>0</v>
       </c>
       <c r="M95" s="15">
         <v>4</v>
       </c>
       <c r="N95" s="10">
         <v>53</v>
       </c>
       <c r="O95" s="1">
         <v>49</v>
       </c>
       <c r="P95" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="96" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>76</v>
       </c>
       <c r="C96" s="1">
         <v>55</v>
       </c>
       <c r="D96" s="15">
         <v>131</v>
       </c>
       <c r="E96" s="10">
         <v>105</v>
       </c>
       <c r="F96" s="1">
         <v>78</v>
       </c>
       <c r="G96" s="15">
         <v>183</v>
       </c>
       <c r="H96" s="10">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="15">
         <v>0</v>
       </c>
       <c r="K96" s="10">
         <v>4</v>
       </c>
       <c r="L96" s="1">
         <v>0</v>
       </c>
       <c r="M96" s="15">
         <v>4</v>
       </c>
       <c r="N96" s="10">
         <v>89</v>
       </c>
       <c r="O96" s="1">
         <v>62</v>
       </c>
       <c r="P96" s="15">
         <v>151</v>
       </c>
     </row>
-    <row r="97" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B97" s="10">
         <v>77</v>
       </c>
       <c r="C97" s="1">
         <v>67</v>
       </c>
       <c r="D97" s="15">
         <v>144</v>
       </c>
       <c r="E97" s="10">
         <v>28</v>
       </c>
       <c r="F97" s="1">
         <v>39</v>
       </c>
       <c r="G97" s="15">
         <v>67</v>
       </c>
       <c r="H97" s="10">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="15">
         <v>0</v>
       </c>
       <c r="K97" s="10">
         <v>0</v>
       </c>
       <c r="L97" s="1">
         <v>0</v>
       </c>
       <c r="M97" s="15">
         <v>0</v>
       </c>
       <c r="N97" s="10">
         <v>52</v>
       </c>
       <c r="O97" s="1">
         <v>50</v>
       </c>
       <c r="P97" s="15">
         <v>102</v>
       </c>
     </row>
-    <row r="98" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="32">
         <v>63</v>
       </c>
       <c r="C98" s="33">
         <v>61</v>
       </c>
       <c r="D98" s="34">
         <v>124</v>
       </c>
       <c r="E98" s="32">
         <v>32</v>
       </c>
       <c r="F98" s="33">
         <v>34</v>
       </c>
       <c r="G98" s="34">
         <v>66</v>
       </c>
       <c r="H98" s="32">
         <v>0</v>
       </c>
       <c r="I98" s="33">
         <v>0</v>
       </c>
       <c r="J98" s="34">
         <v>0</v>
       </c>
       <c r="K98" s="32">
         <v>4</v>
       </c>
       <c r="L98" s="33">
         <v>0</v>
       </c>
       <c r="M98" s="34">
         <v>4</v>
       </c>
       <c r="N98" s="32">
         <v>46</v>
       </c>
       <c r="O98" s="33">
         <v>48</v>
       </c>
       <c r="P98" s="34">
         <v>94</v>
       </c>
     </row>
-    <row r="99" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>658</v>
       </c>
       <c r="C99" s="14">
         <v>502</v>
       </c>
       <c r="D99" s="18">
         <v>1160</v>
       </c>
       <c r="E99" s="13">
         <v>335</v>
       </c>
       <c r="F99" s="14">
         <v>313</v>
       </c>
       <c r="G99" s="18">
         <v>648</v>
       </c>
       <c r="H99" s="13">
         <v>0</v>
       </c>
       <c r="I99" s="14">
         <v>2</v>
       </c>
       <c r="J99" s="18">
         <v>2</v>
       </c>
       <c r="K99" s="13">
         <v>14</v>
       </c>
       <c r="L99" s="14">
         <v>0</v>
       </c>
       <c r="M99" s="18">
         <v>14</v>
       </c>
       <c r="N99" s="13">
         <v>404</v>
       </c>
       <c r="O99" s="14">
         <v>319</v>
       </c>
       <c r="P99" s="18">
         <v>723</v>
       </c>
     </row>
-    <row r="100" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A101" s="89" t="s">
+    <row r="100" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="101" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B101" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C101" s="93"/>
       <c r="D101" s="93"/>
       <c r="E101" s="93"/>
       <c r="F101" s="93"/>
       <c r="G101" s="93"/>
       <c r="H101" s="93"/>
       <c r="I101" s="93"/>
       <c r="J101" s="93"/>
       <c r="K101" s="93"/>
       <c r="L101" s="93"/>
       <c r="M101" s="93"/>
       <c r="N101" s="93"/>
       <c r="O101" s="93"/>
       <c r="P101" s="94"/>
     </row>
-    <row r="102" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="97"/>
-      <c r="B102" s="99" t="s">
+      <c r="B102" s="92" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="99"/>
-[...14 lines deleted...]
-    <row r="103" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C102" s="92"/>
+      <c r="D102" s="92"/>
+      <c r="E102" s="92"/>
+      <c r="F102" s="92"/>
+      <c r="G102" s="92"/>
+      <c r="H102" s="92"/>
+      <c r="I102" s="92"/>
+      <c r="J102" s="92"/>
+      <c r="K102" s="92"/>
+      <c r="L102" s="92"/>
+      <c r="M102" s="92"/>
+      <c r="N102" s="92"/>
+      <c r="O102" s="92"/>
+      <c r="P102" s="101"/>
+    </row>
+    <row r="103" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="97"/>
-      <c r="B103" s="87" t="s">
+      <c r="B103" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C103" s="91"/>
-[...1 lines deleted...]
-      <c r="E103" s="87" t="s">
+      <c r="C103" s="82"/>
+      <c r="D103" s="83"/>
+      <c r="E103" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F103" s="91"/>
-[...1 lines deleted...]
-      <c r="H103" s="87" t="s">
+      <c r="F103" s="82"/>
+      <c r="G103" s="83"/>
+      <c r="H103" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I103" s="91"/>
-[...1 lines deleted...]
-      <c r="K103" s="87" t="s">
+      <c r="I103" s="82"/>
+      <c r="J103" s="83"/>
+      <c r="K103" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L103" s="91"/>
-[...1 lines deleted...]
-      <c r="N103" s="87" t="s">
+      <c r="L103" s="82"/>
+      <c r="M103" s="83"/>
+      <c r="N103" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O103" s="91"/>
-[...2 lines deleted...]
-    <row r="104" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="O103" s="82"/>
+      <c r="P103" s="83"/>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A104" s="97"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="105" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10">
         <v>301</v>
       </c>
       <c r="C105" s="1">
         <v>231</v>
       </c>
       <c r="D105" s="15">
         <v>532</v>
       </c>
       <c r="E105" s="10">
         <v>116</v>
       </c>
       <c r="F105" s="1">
         <v>108</v>
       </c>
       <c r="G105" s="15">
         <v>224</v>
       </c>
       <c r="H105" s="10">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="15">
         <v>0</v>
       </c>
       <c r="K105" s="10">
         <v>4</v>
       </c>
       <c r="L105" s="1">
         <v>0</v>
       </c>
       <c r="M105" s="15">
         <v>4</v>
       </c>
       <c r="N105" s="10">
         <v>139</v>
       </c>
       <c r="O105" s="1">
         <v>107</v>
       </c>
       <c r="P105" s="15">
         <v>246</v>
       </c>
     </row>
-    <row r="106" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10">
         <v>82</v>
       </c>
       <c r="C106" s="1">
         <v>66</v>
       </c>
       <c r="D106" s="15">
         <v>148</v>
       </c>
       <c r="E106" s="10">
         <v>44</v>
       </c>
       <c r="F106" s="1">
         <v>54</v>
       </c>
       <c r="G106" s="15">
         <v>98</v>
       </c>
       <c r="H106" s="10">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="15">
         <v>0</v>
       </c>
       <c r="K106" s="10">
         <v>5</v>
       </c>
       <c r="L106" s="1">
         <v>0</v>
       </c>
       <c r="M106" s="15">
         <v>5</v>
       </c>
       <c r="N106" s="10">
         <v>59</v>
       </c>
       <c r="O106" s="1">
         <v>62</v>
       </c>
       <c r="P106" s="15">
         <v>121</v>
       </c>
     </row>
-    <row r="107" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10">
         <v>68</v>
       </c>
       <c r="C107" s="1">
         <v>84</v>
       </c>
       <c r="D107" s="15">
         <v>152</v>
       </c>
       <c r="E107" s="10">
         <v>70</v>
       </c>
       <c r="F107" s="1">
         <v>76</v>
       </c>
       <c r="G107" s="15">
         <v>146</v>
       </c>
       <c r="H107" s="10">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="15">
         <v>0</v>
       </c>
       <c r="K107" s="10">
         <v>0</v>
       </c>
       <c r="L107" s="1">
         <v>0</v>
       </c>
       <c r="M107" s="15">
         <v>0</v>
       </c>
       <c r="N107" s="10">
         <v>72</v>
       </c>
       <c r="O107" s="1">
         <v>68</v>
       </c>
       <c r="P107" s="15">
         <v>140</v>
       </c>
     </row>
-    <row r="108" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10">
         <v>62</v>
       </c>
       <c r="C108" s="1">
         <v>67</v>
       </c>
       <c r="D108" s="15">
         <v>129</v>
       </c>
       <c r="E108" s="10">
         <v>42</v>
       </c>
       <c r="F108" s="1">
         <v>54</v>
       </c>
       <c r="G108" s="15">
         <v>96</v>
       </c>
       <c r="H108" s="10">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>1</v>
       </c>
       <c r="J108" s="15">
         <v>1</v>
       </c>
       <c r="K108" s="10">
         <v>1</v>
       </c>
       <c r="L108" s="1">
         <v>0</v>
       </c>
       <c r="M108" s="15">
         <v>1</v>
       </c>
       <c r="N108" s="10">
         <v>41</v>
       </c>
       <c r="O108" s="1">
         <v>56</v>
       </c>
       <c r="P108" s="15">
         <v>97</v>
       </c>
     </row>
-    <row r="109" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="32">
         <v>59</v>
       </c>
       <c r="C109" s="33">
         <v>55</v>
       </c>
       <c r="D109" s="34">
         <v>114</v>
       </c>
       <c r="E109" s="32">
         <v>44</v>
       </c>
       <c r="F109" s="33">
         <v>39</v>
       </c>
       <c r="G109" s="34">
         <v>83</v>
       </c>
       <c r="H109" s="32">
         <v>0</v>
       </c>
       <c r="I109" s="33">
         <v>1</v>
       </c>
       <c r="J109" s="34">
         <v>1</v>
       </c>
       <c r="K109" s="32">
         <v>4</v>
       </c>
       <c r="L109" s="33">
         <v>0</v>
       </c>
       <c r="M109" s="34">
         <v>4</v>
       </c>
       <c r="N109" s="32">
         <v>43</v>
       </c>
       <c r="O109" s="33">
         <v>53</v>
       </c>
       <c r="P109" s="34">
         <v>96</v>
       </c>
     </row>
-    <row r="110" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13">
         <v>572</v>
       </c>
       <c r="C110" s="14">
         <v>503</v>
       </c>
       <c r="D110" s="18">
         <v>1075</v>
       </c>
       <c r="E110" s="13">
         <v>316</v>
       </c>
       <c r="F110" s="14">
         <v>331</v>
       </c>
       <c r="G110" s="18">
         <v>647</v>
       </c>
       <c r="H110" s="13">
         <v>0</v>
       </c>
       <c r="I110" s="14">
         <v>2</v>
       </c>
       <c r="J110" s="18">
         <v>2</v>
       </c>
       <c r="K110" s="13">
         <v>14</v>
       </c>
       <c r="L110" s="14">
         <v>0</v>
       </c>
       <c r="M110" s="18">
         <v>14</v>
       </c>
       <c r="N110" s="13">
         <v>354</v>
       </c>
       <c r="O110" s="14">
         <v>346</v>
       </c>
       <c r="P110" s="18">
         <v>700</v>
       </c>
     </row>
-    <row r="111" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A112" s="89" t="s">
+    <row r="111" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="112" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C112" s="93"/>
       <c r="D112" s="93"/>
       <c r="E112" s="93"/>
       <c r="F112" s="93"/>
       <c r="G112" s="93"/>
       <c r="H112" s="93"/>
       <c r="I112" s="93"/>
       <c r="J112" s="93"/>
       <c r="K112" s="93"/>
       <c r="L112" s="93"/>
       <c r="M112" s="93"/>
       <c r="N112" s="93"/>
       <c r="O112" s="93"/>
       <c r="P112" s="94"/>
     </row>
-    <row r="113" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="97"/>
-      <c r="B113" s="99" t="s">
+      <c r="B113" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="99"/>
-[...14 lines deleted...]
-    <row r="114" spans="1:16" ht="41.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C113" s="92"/>
+      <c r="D113" s="92"/>
+      <c r="E113" s="92"/>
+      <c r="F113" s="92"/>
+      <c r="G113" s="92"/>
+      <c r="H113" s="92"/>
+      <c r="I113" s="92"/>
+      <c r="J113" s="92"/>
+      <c r="K113" s="92"/>
+      <c r="L113" s="92"/>
+      <c r="M113" s="92"/>
+      <c r="N113" s="92"/>
+      <c r="O113" s="92"/>
+      <c r="P113" s="101"/>
+    </row>
+    <row r="114" spans="1:16" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="97"/>
-      <c r="B114" s="87" t="s">
+      <c r="B114" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C114" s="91"/>
-[...1 lines deleted...]
-      <c r="E114" s="87" t="s">
+      <c r="C114" s="82"/>
+      <c r="D114" s="83"/>
+      <c r="E114" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F114" s="91"/>
-[...1 lines deleted...]
-      <c r="H114" s="87" t="s">
+      <c r="F114" s="82"/>
+      <c r="G114" s="83"/>
+      <c r="H114" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I114" s="91"/>
-[...1 lines deleted...]
-      <c r="K114" s="87" t="s">
+      <c r="I114" s="82"/>
+      <c r="J114" s="83"/>
+      <c r="K114" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L114" s="91"/>
-[...1 lines deleted...]
-      <c r="N114" s="87" t="s">
+      <c r="L114" s="82"/>
+      <c r="M114" s="83"/>
+      <c r="N114" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O114" s="91"/>
-[...2 lines deleted...]
-    <row r="115" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="O114" s="82"/>
+      <c r="P114" s="83"/>
+    </row>
+    <row r="115" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A115" s="97"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P115" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="116" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A116" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B116" s="10"/>
-[...15 lines deleted...]
-    <row r="117" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B116" s="10">
+        <v>250</v>
+      </c>
+      <c r="C116" s="1">
+        <v>221</v>
+      </c>
+      <c r="D116" s="15">
+        <v>471</v>
+      </c>
+      <c r="E116" s="10">
+        <v>104</v>
+      </c>
+      <c r="F116" s="1">
+        <v>92</v>
+      </c>
+      <c r="G116" s="15">
+        <v>196</v>
+      </c>
+      <c r="H116" s="10">
+        <v>0</v>
+      </c>
+      <c r="I116" s="1">
+        <v>1</v>
+      </c>
+      <c r="J116" s="15">
+        <v>1</v>
+      </c>
+      <c r="K116" s="10">
+        <v>0</v>
+      </c>
+      <c r="L116" s="1">
+        <v>0</v>
+      </c>
+      <c r="M116" s="15">
+        <v>0</v>
+      </c>
+      <c r="N116" s="10">
+        <v>142</v>
+      </c>
+      <c r="O116" s="1">
+        <v>107</v>
+      </c>
+      <c r="P116" s="15">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A117" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B117" s="10"/>
-[...15 lines deleted...]
-    <row r="118" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B117" s="10">
+        <v>82</v>
+      </c>
+      <c r="C117" s="1">
+        <v>64</v>
+      </c>
+      <c r="D117" s="15">
+        <v>146</v>
+      </c>
+      <c r="E117" s="10">
+        <v>36</v>
+      </c>
+      <c r="F117" s="1">
+        <v>36</v>
+      </c>
+      <c r="G117" s="15">
+        <v>72</v>
+      </c>
+      <c r="H117" s="10">
+        <v>0</v>
+      </c>
+      <c r="I117" s="1">
+        <v>2</v>
+      </c>
+      <c r="J117" s="15">
+        <v>2</v>
+      </c>
+      <c r="K117" s="10">
+        <v>1</v>
+      </c>
+      <c r="L117" s="1">
+        <v>0</v>
+      </c>
+      <c r="M117" s="15">
+        <v>1</v>
+      </c>
+      <c r="N117" s="10">
+        <v>58</v>
+      </c>
+      <c r="O117" s="1">
+        <v>58</v>
+      </c>
+      <c r="P117" s="15">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B118" s="10"/>
-[...15 lines deleted...]
-    <row r="119" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="B118" s="10">
+        <v>48</v>
+      </c>
+      <c r="C118" s="1">
+        <v>50</v>
+      </c>
+      <c r="D118" s="15">
+        <v>98</v>
+      </c>
+      <c r="E118" s="10">
+        <v>71</v>
+      </c>
+      <c r="F118" s="1">
+        <v>86</v>
+      </c>
+      <c r="G118" s="15">
+        <v>157</v>
+      </c>
+      <c r="H118" s="10">
+        <v>0</v>
+      </c>
+      <c r="I118" s="1">
+        <v>0</v>
+      </c>
+      <c r="J118" s="15">
+        <v>0</v>
+      </c>
+      <c r="K118" s="10">
+        <v>1</v>
+      </c>
+      <c r="L118" s="1">
+        <v>0</v>
+      </c>
+      <c r="M118" s="15">
+        <v>1</v>
+      </c>
+      <c r="N118" s="10">
+        <v>78</v>
+      </c>
+      <c r="O118" s="1">
+        <v>72</v>
+      </c>
+      <c r="P118" s="15">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B119" s="10"/>
-[...15 lines deleted...]
-    <row r="120" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B119" s="10">
+        <v>50</v>
+      </c>
+      <c r="C119" s="1">
+        <v>59</v>
+      </c>
+      <c r="D119" s="15">
+        <v>109</v>
+      </c>
+      <c r="E119" s="10">
+        <v>37</v>
+      </c>
+      <c r="F119" s="1">
+        <v>38</v>
+      </c>
+      <c r="G119" s="15">
+        <v>75</v>
+      </c>
+      <c r="H119" s="10">
+        <v>0</v>
+      </c>
+      <c r="I119" s="1">
+        <v>1</v>
+      </c>
+      <c r="J119" s="15">
+        <v>1</v>
+      </c>
+      <c r="K119" s="10">
+        <v>2</v>
+      </c>
+      <c r="L119" s="1">
+        <v>0</v>
+      </c>
+      <c r="M119" s="15">
+        <v>2</v>
+      </c>
+      <c r="N119" s="10">
+        <v>48</v>
+      </c>
+      <c r="O119" s="1">
+        <v>51</v>
+      </c>
+      <c r="P119" s="15">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B120" s="32"/>
-[...15 lines deleted...]
-    <row r="121" spans="1:16" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B120" s="32">
+        <v>45</v>
+      </c>
+      <c r="C120" s="33">
+        <v>57</v>
+      </c>
+      <c r="D120" s="34">
+        <v>102</v>
+      </c>
+      <c r="E120" s="32">
+        <v>30</v>
+      </c>
+      <c r="F120" s="33">
+        <v>46</v>
+      </c>
+      <c r="G120" s="34">
+        <v>76</v>
+      </c>
+      <c r="H120" s="32">
+        <v>0</v>
+      </c>
+      <c r="I120" s="33">
+        <v>1</v>
+      </c>
+      <c r="J120" s="34">
+        <v>1</v>
+      </c>
+      <c r="K120" s="32">
+        <v>0</v>
+      </c>
+      <c r="L120" s="33">
+        <v>0</v>
+      </c>
+      <c r="M120" s="34">
+        <v>0</v>
+      </c>
+      <c r="N120" s="32">
+        <v>50</v>
+      </c>
+      <c r="O120" s="33">
+        <v>69</v>
+      </c>
+      <c r="P120" s="34">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="B121" s="13"/>
-[...17 lines deleted...]
-      <c r="A123" s="89" t="s">
+      <c r="B121" s="13">
+        <v>475</v>
+      </c>
+      <c r="C121" s="14">
+        <v>451</v>
+      </c>
+      <c r="D121" s="18">
+        <v>926</v>
+      </c>
+      <c r="E121" s="13">
+        <v>278</v>
+      </c>
+      <c r="F121" s="14">
+        <v>298</v>
+      </c>
+      <c r="G121" s="18">
+        <v>576</v>
+      </c>
+      <c r="H121" s="13">
+        <v>0</v>
+      </c>
+      <c r="I121" s="14">
+        <v>5</v>
+      </c>
+      <c r="J121" s="18">
+        <v>5</v>
+      </c>
+      <c r="K121" s="13">
+        <v>4</v>
+      </c>
+      <c r="L121" s="14">
+        <v>0</v>
+      </c>
+      <c r="M121" s="18">
+        <v>4</v>
+      </c>
+      <c r="N121" s="13">
+        <v>376</v>
+      </c>
+      <c r="O121" s="14">
+        <v>357</v>
+      </c>
+      <c r="P121" s="18">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="123" spans="1:16" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C123" s="93"/>
       <c r="D123" s="93"/>
       <c r="E123" s="93"/>
       <c r="F123" s="93"/>
       <c r="G123" s="93"/>
       <c r="H123" s="93"/>
       <c r="I123" s="93"/>
       <c r="J123" s="93"/>
       <c r="K123" s="93"/>
       <c r="L123" s="93"/>
       <c r="M123" s="93"/>
       <c r="N123" s="93"/>
       <c r="O123" s="93"/>
       <c r="P123" s="94"/>
     </row>
-    <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:16" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="97"/>
-      <c r="B124" s="99" t="s">
+      <c r="B124" s="92" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="99"/>
-[...14 lines deleted...]
-    <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C124" s="92"/>
+      <c r="D124" s="92"/>
+      <c r="E124" s="92"/>
+      <c r="F124" s="92"/>
+      <c r="G124" s="92"/>
+      <c r="H124" s="92"/>
+      <c r="I124" s="92"/>
+      <c r="J124" s="92"/>
+      <c r="K124" s="92"/>
+      <c r="L124" s="92"/>
+      <c r="M124" s="92"/>
+      <c r="N124" s="92"/>
+      <c r="O124" s="92"/>
+      <c r="P124" s="101"/>
+    </row>
+    <row r="125" spans="1:16" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="97"/>
-      <c r="B125" s="87" t="s">
+      <c r="B125" s="81" t="s">
         <v>32</v>
       </c>
-      <c r="C125" s="91"/>
-[...1 lines deleted...]
-      <c r="E125" s="87" t="s">
+      <c r="C125" s="82"/>
+      <c r="D125" s="83"/>
+      <c r="E125" s="81" t="s">
         <v>33</v>
       </c>
-      <c r="F125" s="91"/>
-[...1 lines deleted...]
-      <c r="H125" s="87" t="s">
+      <c r="F125" s="82"/>
+      <c r="G125" s="83"/>
+      <c r="H125" s="81" t="s">
         <v>35</v>
       </c>
-      <c r="I125" s="91"/>
-[...1 lines deleted...]
-      <c r="K125" s="87" t="s">
+      <c r="I125" s="82"/>
+      <c r="J125" s="83"/>
+      <c r="K125" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L125" s="91"/>
-[...1 lines deleted...]
-      <c r="N125" s="87" t="s">
+      <c r="L125" s="82"/>
+      <c r="M125" s="83"/>
+      <c r="N125" s="81" t="s">
         <v>36</v>
       </c>
-      <c r="O125" s="91"/>
-[...2 lines deleted...]
-    <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+      <c r="O125" s="82"/>
+      <c r="P125" s="83"/>
+    </row>
+    <row r="126" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A126" s="97"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B127" s="10"/>
       <c r="C127" s="1"/>
       <c r="D127" s="15"/>
       <c r="E127" s="10"/>
       <c r="F127" s="1"/>
       <c r="G127" s="15"/>
       <c r="H127" s="10"/>
       <c r="I127" s="1"/>
       <c r="J127" s="15"/>
       <c r="K127" s="10"/>
       <c r="L127" s="1"/>
       <c r="M127" s="15"/>
       <c r="N127" s="10"/>
       <c r="O127" s="1"/>
       <c r="P127" s="15"/>
     </row>
-    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B128" s="10"/>
       <c r="C128" s="1"/>
       <c r="D128" s="15"/>
       <c r="E128" s="10"/>
       <c r="F128" s="1"/>
       <c r="G128" s="15"/>
       <c r="H128" s="10"/>
       <c r="I128" s="1"/>
       <c r="J128" s="15"/>
       <c r="K128" s="10"/>
       <c r="L128" s="1"/>
       <c r="M128" s="15"/>
       <c r="N128" s="10"/>
       <c r="O128" s="1"/>
       <c r="P128" s="15"/>
     </row>
-    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B129" s="10"/>
       <c r="C129" s="1"/>
       <c r="D129" s="15"/>
       <c r="E129" s="10"/>
       <c r="F129" s="1"/>
       <c r="G129" s="15"/>
       <c r="H129" s="10"/>
       <c r="I129" s="1"/>
       <c r="J129" s="15"/>
       <c r="K129" s="10"/>
       <c r="L129" s="1"/>
       <c r="M129" s="15"/>
       <c r="N129" s="10"/>
       <c r="O129" s="1"/>
       <c r="P129" s="15"/>
     </row>
-    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B130" s="10"/>
       <c r="C130" s="1"/>
       <c r="D130" s="15"/>
       <c r="E130" s="10"/>
       <c r="F130" s="1"/>
       <c r="G130" s="15"/>
       <c r="H130" s="10"/>
       <c r="I130" s="1"/>
       <c r="J130" s="15"/>
       <c r="K130" s="10"/>
       <c r="L130" s="1"/>
       <c r="M130" s="15"/>
       <c r="N130" s="10"/>
       <c r="O130" s="1"/>
       <c r="P130" s="15"/>
     </row>
-    <row r="131" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B131" s="32"/>
       <c r="C131" s="33"/>
       <c r="D131" s="34"/>
       <c r="E131" s="32"/>
       <c r="F131" s="33"/>
       <c r="G131" s="34"/>
       <c r="H131" s="32"/>
       <c r="I131" s="33"/>
       <c r="J131" s="34"/>
       <c r="K131" s="32"/>
       <c r="L131" s="33"/>
       <c r="M131" s="34"/>
       <c r="N131" s="32"/>
       <c r="O131" s="33"/>
       <c r="P131" s="34"/>
     </row>
-    <row r="132" spans="1:17" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="13"/>
       <c r="C132" s="14"/>
       <c r="D132" s="18"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
       <c r="G132" s="18"/>
       <c r="H132" s="13"/>
       <c r="I132" s="14"/>
       <c r="J132" s="18"/>
       <c r="K132" s="13"/>
       <c r="L132" s="14"/>
       <c r="M132" s="18"/>
       <c r="N132" s="13"/>
       <c r="O132" s="14"/>
       <c r="P132" s="18"/>
     </row>
-    <row r="133" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A134" s="89" t="s">
+    <row r="133" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="79" t="s">
         <v>46</v>
       </c>
       <c r="B134" s="93" t="s">
         <v>45</v>
       </c>
       <c r="C134" s="93"/>
       <c r="D134" s="93"/>
       <c r="E134" s="93"/>
       <c r="F134" s="93"/>
       <c r="G134" s="93"/>
       <c r="H134" s="93"/>
       <c r="I134" s="93"/>
       <c r="J134" s="93"/>
       <c r="K134" s="93"/>
       <c r="L134" s="93"/>
       <c r="M134" s="93"/>
       <c r="N134" s="93"/>
       <c r="O134" s="93"/>
       <c r="P134" s="94"/>
     </row>
-    <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="97"/>
-      <c r="B135" s="99" t="s">
+      <c r="B135" s="92" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="99"/>
-[...14 lines deleted...]
-    <row r="136" spans="1:17" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C135" s="92"/>
+      <c r="D135" s="92"/>
+      <c r="E135" s="92"/>
+      <c r="F135" s="92"/>
+      <c r="G135" s="92"/>
+      <c r="H135" s="92"/>
+      <c r="I135" s="92"/>
+      <c r="J135" s="92"/>
+      <c r="K135" s="92"/>
+      <c r="L135" s="92"/>
+      <c r="M135" s="92"/>
+      <c r="N135" s="92"/>
+      <c r="O135" s="92"/>
+      <c r="P135" s="101"/>
+    </row>
+    <row r="136" spans="1:17" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="97"/>
-      <c r="B136" s="82" t="s">
+      <c r="B136" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C136" s="83"/>
-[...1 lines deleted...]
-      <c r="E136" s="82" t="s">
+      <c r="C136" s="85"/>
+      <c r="D136" s="86"/>
+      <c r="E136" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F136" s="83"/>
-[...1 lines deleted...]
-      <c r="H136" s="82" t="s">
+      <c r="F136" s="85"/>
+      <c r="G136" s="86"/>
+      <c r="H136" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I136" s="83"/>
-[...1 lines deleted...]
-      <c r="K136" s="82" t="s">
+      <c r="I136" s="85"/>
+      <c r="J136" s="86"/>
+      <c r="K136" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L136" s="83"/>
-[...1 lines deleted...]
-      <c r="N136" s="82" t="s">
+      <c r="L136" s="85"/>
+      <c r="M136" s="86"/>
+      <c r="N136" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O136" s="83"/>
-[...2 lines deleted...]
-    <row r="137" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="O136" s="85"/>
+      <c r="P136" s="86"/>
+    </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A137" s="97"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="D137" s="66" t="s">
+      <c r="C137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="F137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="G137" s="66" t="s">
+      <c r="F137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="I137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="J137" s="66" t="s">
+      <c r="I137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="J137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="L137" s="65" t="s">
-[...2 lines deleted...]
-      <c r="M137" s="66" t="s">
+      <c r="L137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="M137" s="63" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="O137" s="65" t="s">
-[...6 lines deleted...]
-    <row r="138" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="O137" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="P137" s="63" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>2589</v>
+        <v>2839</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:P138" si="0">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>2179</v>
+        <v>2400</v>
       </c>
       <c r="D138" s="15">
         <f t="shared" si="0"/>
-        <v>4768</v>
+        <v>5239</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="0"/>
-        <v>1125</v>
+        <v>1229</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="0"/>
-        <v>959</v>
+        <v>1051</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="0"/>
-        <v>2084</v>
+        <v>2280</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="0"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="0"/>
-        <v>1643</v>
+        <v>1785</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="0"/>
-        <v>1127</v>
+        <v>1234</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="0"/>
-        <v>2770</v>
+        <v>3019</v>
       </c>
       <c r="Q138" s="28"/>
     </row>
-    <row r="139" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:P139" si="1">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>732</v>
+        <v>814</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="1"/>
-        <v>734</v>
+        <v>798</v>
       </c>
       <c r="D139" s="15">
         <f t="shared" si="1"/>
-        <v>1466</v>
+        <v>1612</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="1"/>
-        <v>412</v>
+        <v>448</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="1"/>
-        <v>399</v>
+        <v>435</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="1"/>
-        <v>811</v>
+        <v>883</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="1"/>
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="1"/>
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="1"/>
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="1"/>
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="1"/>
-        <v>579</v>
+        <v>637</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="1"/>
-        <v>616</v>
+        <v>674</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="1"/>
-        <v>1195</v>
+        <v>1311</v>
       </c>
       <c r="Q139" s="28"/>
     </row>
-    <row r="140" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:P140" si="2">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>694</v>
+        <v>742</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="2"/>
-        <v>686</v>
+        <v>736</v>
       </c>
       <c r="D140" s="15">
         <f>SUM(D8,D19,D30,D41,D52,D63,D74,D85,D96,D107,D118,D129)</f>
-        <v>1380</v>
+        <v>1478</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="2"/>
-        <v>677</v>
+        <v>748</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="2"/>
-        <v>728</v>
+        <v>814</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="2"/>
-        <v>1405</v>
+        <v>1562</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="2"/>
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="2"/>
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="2"/>
-        <v>664</v>
+        <v>742</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="2"/>
-        <v>690</v>
+        <v>762</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="2"/>
-        <v>1354</v>
+        <v>1504</v>
       </c>
       <c r="Q140" s="28"/>
     </row>
-    <row r="141" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f t="shared" ref="B141:P141" si="3">SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>574</v>
+        <v>624</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" si="3"/>
-        <v>576</v>
+        <v>635</v>
       </c>
       <c r="D141" s="15">
         <f t="shared" si="3"/>
-        <v>1150</v>
+        <v>1259</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="3"/>
-        <v>333</v>
+        <v>370</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="3"/>
-        <v>387</v>
+        <v>425</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="3"/>
-        <v>720</v>
+        <v>795</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="3"/>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="3"/>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="3"/>
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="3"/>
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N141" s="10">
         <f>SUM(N9,N20,N31,N42,N53,N64,N75,N86,N97,N108,N119,N130)</f>
-        <v>507</v>
+        <v>555</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="3"/>
-        <v>529</v>
+        <v>580</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="3"/>
-        <v>1036</v>
+        <v>1135</v>
       </c>
       <c r="Q141" s="28"/>
     </row>
-    <row r="142" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="32">
         <f t="shared" ref="B142:P142" si="4">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>594</v>
+        <v>639</v>
       </c>
       <c r="C142" s="33">
         <f t="shared" si="4"/>
-        <v>549</v>
+        <v>606</v>
       </c>
       <c r="D142" s="34">
         <f t="shared" si="4"/>
-        <v>1143</v>
+        <v>1245</v>
       </c>
       <c r="E142" s="32">
         <f t="shared" si="4"/>
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="4"/>
-        <v>287</v>
+        <v>333</v>
       </c>
       <c r="G142" s="34">
         <f>SUM(G10,G21,G32,G43,G54,G65,G76,G87,G98,G109,G120,G131)</f>
-        <v>576</v>
+        <v>652</v>
       </c>
       <c r="H142" s="32">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="4"/>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J142" s="34">
         <f t="shared" si="4"/>
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K142" s="32">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M142" s="34">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="N142" s="32">
         <f t="shared" si="4"/>
-        <v>461</v>
+        <v>511</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="4"/>
-        <v>510</v>
+        <v>579</v>
       </c>
       <c r="P142" s="34">
         <f t="shared" si="4"/>
-        <v>971</v>
+        <v>1090</v>
       </c>
       <c r="Q142" s="28"/>
     </row>
-    <row r="143" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:P143" si="5">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>5183</v>
+        <v>5658</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="5"/>
-        <v>4724</v>
+        <v>5175</v>
       </c>
       <c r="D143" s="18">
         <f t="shared" si="5"/>
-        <v>9907</v>
+        <v>10833</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="5"/>
-        <v>2836</v>
+        <v>3114</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="5"/>
-        <v>2760</v>
+        <v>3058</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="5"/>
-        <v>5596</v>
+        <v>6172</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="5"/>
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="5"/>
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="5"/>
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="5"/>
         <v>5</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="5"/>
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="5"/>
-        <v>3854</v>
+        <v>4230</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="5"/>
-        <v>3472</v>
+        <v>3829</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="5"/>
-        <v>7326</v>
+        <v>8059</v>
       </c>
       <c r="Q143" s="28"/>
     </row>
-    <row r="144" spans="1:17" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A144" s="38"/>
-      <c r="B144" s="48"/>
-[...5 lines deleted...]
-      <c r="H144" s="48"/>
+      <c r="B144" s="47"/>
+      <c r="C144" s="47"/>
+      <c r="D144" s="47"/>
+      <c r="E144" s="47"/>
+      <c r="F144" s="47"/>
+      <c r="G144" s="47"/>
+      <c r="H144" s="47"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
-      <c r="N144" s="48"/>
-[...1 lines deleted...]
-      <c r="P144" s="48"/>
+      <c r="N144" s="47"/>
+      <c r="O144" s="47"/>
+      <c r="P144" s="47"/>
       <c r="Q144" s="28"/>
-    </row>
-[...157 lines deleted...]
-      <c r="Q153" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="104">
-    <mergeCell ref="A134:A137"/>
-[...78 lines deleted...]
-    <mergeCell ref="N37:P37"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="B24:P24"/>
     <mergeCell ref="B25:P25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="E26:G26"/>
     <mergeCell ref="H26:J26"/>
     <mergeCell ref="K26:M26"/>
     <mergeCell ref="N26:P26"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="B13:P13"/>
     <mergeCell ref="B14:P14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="N15:P15"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="B46:P46"/>
+    <mergeCell ref="B47:P47"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="B35:P35"/>
+    <mergeCell ref="B36:P36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="B68:P68"/>
+    <mergeCell ref="B69:P69"/>
+    <mergeCell ref="B70:D70"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="H70:J70"/>
+    <mergeCell ref="K70:M70"/>
+    <mergeCell ref="N70:P70"/>
+    <mergeCell ref="A57:A60"/>
+    <mergeCell ref="B57:P57"/>
+    <mergeCell ref="B58:P58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="E59:G59"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="B90:P90"/>
+    <mergeCell ref="B91:P91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="E92:G92"/>
+    <mergeCell ref="H92:J92"/>
+    <mergeCell ref="K92:M92"/>
+    <mergeCell ref="N92:P92"/>
+    <mergeCell ref="A79:A82"/>
+    <mergeCell ref="B79:P79"/>
+    <mergeCell ref="B80:P80"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="E81:G81"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="K81:M81"/>
+    <mergeCell ref="N81:P81"/>
+    <mergeCell ref="A112:A115"/>
+    <mergeCell ref="B112:P112"/>
+    <mergeCell ref="B113:P113"/>
+    <mergeCell ref="B114:D114"/>
+    <mergeCell ref="E114:G114"/>
+    <mergeCell ref="H114:J114"/>
+    <mergeCell ref="K114:M114"/>
+    <mergeCell ref="N114:P114"/>
+    <mergeCell ref="A101:A104"/>
+    <mergeCell ref="B101:P101"/>
+    <mergeCell ref="B102:P102"/>
+    <mergeCell ref="B103:D103"/>
+    <mergeCell ref="E103:G103"/>
+    <mergeCell ref="H103:J103"/>
+    <mergeCell ref="K103:M103"/>
+    <mergeCell ref="N103:P103"/>
+    <mergeCell ref="A134:A137"/>
+    <mergeCell ref="B134:P134"/>
+    <mergeCell ref="B135:P135"/>
+    <mergeCell ref="B136:D136"/>
+    <mergeCell ref="E136:G136"/>
+    <mergeCell ref="H136:J136"/>
+    <mergeCell ref="K136:M136"/>
+    <mergeCell ref="N136:P136"/>
+    <mergeCell ref="A123:A126"/>
+    <mergeCell ref="B123:P123"/>
+    <mergeCell ref="B124:P124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="E125:G125"/>
+    <mergeCell ref="H125:J125"/>
+    <mergeCell ref="K125:M125"/>
+    <mergeCell ref="N125:P125"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Kopā_dzimumi</vt:lpstr>
       <vt:lpstr>vecuma grupas</vt:lpstr>
       <vt:lpstr>izglītības līmenis</vt:lpstr>