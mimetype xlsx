--- v3 (2025-12-15)
+++ v4 (2026-01-27)
@@ -6,143 +6,137 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.jurjane\Desktop\Virsma\Intranet\Mājas_lapa\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\NVAShare\Attistibas_un_analitikas_dep\ASN\Janis_Martins\Atskaites\oficiālā statistika\2025\decembris_2025\bezdarbnieki\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29DFB5E3-DE0F-44A1-9022-182B5734AC70}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{960D7FFF-5F3D-49AC-9EEA-54F97D79AFE2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12110" tabRatio="711" xr2:uid="{84F54227-984F-4F28-911C-8BDCA2E5929B}"/>
   </bookViews>
   <sheets>
     <sheet name="Kopā_dzimumi" sheetId="1" r:id="rId1"/>
     <sheet name="vecuma grupas" sheetId="3" r:id="rId2"/>
     <sheet name="izglītības līmenis" sheetId="4" r:id="rId3"/>
     <sheet name="Mērķa grupas" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B138" i="5" l="1"/>
-[...6 lines deleted...]
-  <c r="AL5" i="1"/>
   <c r="AF83" i="3" l="1"/>
   <c r="AF84" i="3"/>
   <c r="AF85" i="3"/>
   <c r="AF86" i="3"/>
   <c r="AF87" i="3"/>
   <c r="AF88" i="3"/>
   <c r="N141" i="5" l="1"/>
   <c r="B138" i="3"/>
   <c r="D140" i="5" l="1"/>
   <c r="B140" i="4"/>
   <c r="G142" i="5" l="1"/>
+  <c r="B138" i="5"/>
   <c r="AF95" i="3"/>
   <c r="AF96" i="3"/>
   <c r="AF97" i="3"/>
   <c r="AF98" i="3"/>
   <c r="AF99" i="3"/>
   <c r="AF94" i="3"/>
   <c r="AF73" i="3"/>
   <c r="AF74" i="3"/>
   <c r="AF75" i="3"/>
   <c r="AF76" i="3"/>
   <c r="AF77" i="3"/>
   <c r="AF72" i="3"/>
   <c r="AF62" i="3"/>
   <c r="AF63" i="3"/>
   <c r="AF64" i="3"/>
   <c r="AF65" i="3"/>
   <c r="AF66" i="3"/>
   <c r="AF61" i="3"/>
   <c r="AF51" i="3"/>
   <c r="AF52" i="3"/>
   <c r="AF53" i="3"/>
   <c r="AF54" i="3"/>
   <c r="AF55" i="3"/>
   <c r="AF50" i="3"/>
   <c r="AF40" i="3"/>
   <c r="AF41" i="3"/>
   <c r="AF42" i="3"/>
   <c r="AF43" i="3"/>
   <c r="AF44" i="3"/>
   <c r="AF39" i="3"/>
   <c r="AF29" i="3"/>
   <c r="AF30" i="3"/>
   <c r="AF31" i="3"/>
   <c r="AF32" i="3"/>
   <c r="AF33" i="3"/>
   <c r="AF28" i="3"/>
   <c r="AF18" i="3"/>
   <c r="AF19" i="3"/>
   <c r="AF20" i="3"/>
   <c r="AF21" i="3"/>
   <c r="AF22" i="3"/>
   <c r="AF17" i="3"/>
   <c r="AG11" i="3"/>
   <c r="AF7" i="3"/>
   <c r="AF8" i="3"/>
   <c r="AF9" i="3"/>
   <c r="AF10" i="3"/>
   <c r="AF11" i="3"/>
   <c r="AF6" i="3"/>
   <c r="AF129" i="3"/>
+  <c r="Z141" i="3"/>
   <c r="D139" i="4"/>
   <c r="D140" i="4"/>
   <c r="D141" i="4"/>
   <c r="D142" i="4"/>
   <c r="D143" i="4"/>
   <c r="C139" i="4"/>
   <c r="C140" i="4"/>
   <c r="C141" i="4"/>
   <c r="C142" i="4"/>
   <c r="C143" i="4"/>
   <c r="B139" i="4"/>
   <c r="B141" i="4"/>
   <c r="B142" i="4"/>
   <c r="B143" i="4"/>
   <c r="B138" i="4"/>
   <c r="C138" i="4"/>
   <c r="D138" i="4"/>
   <c r="E138" i="4"/>
   <c r="K138" i="4"/>
   <c r="G140" i="4"/>
   <c r="AF130" i="3"/>
   <c r="B141" i="3" l="1"/>
   <c r="B139" i="3" l="1"/>
   <c r="C139" i="3"/>
   <c r="D139" i="3"/>
@@ -304,58 +298,60 @@
   <c r="M138" i="3"/>
   <c r="N138" i="3"/>
   <c r="O138" i="3"/>
   <c r="P138" i="3"/>
   <c r="Q138" i="3"/>
   <c r="R138" i="3"/>
   <c r="S138" i="3"/>
   <c r="T138" i="3"/>
   <c r="U138" i="3"/>
   <c r="V138" i="3"/>
   <c r="W138" i="3"/>
   <c r="X138" i="3"/>
   <c r="Y138" i="3"/>
   <c r="Z138" i="3"/>
   <c r="AA138" i="3"/>
   <c r="AB138" i="3"/>
   <c r="AC138" i="3"/>
   <c r="AD138" i="3"/>
   <c r="AE138" i="3"/>
   <c r="AF141" i="3" l="1"/>
   <c r="AH139" i="3"/>
   <c r="AF140" i="3"/>
   <c r="AH143" i="3"/>
   <c r="AF142" i="3"/>
   <c r="AF139" i="3"/>
+  <c r="AF138" i="3"/>
   <c r="AH141" i="3"/>
   <c r="AF143" i="3"/>
   <c r="AH142" i="3"/>
   <c r="AH138" i="3"/>
   <c r="AG141" i="3"/>
   <c r="AG139" i="3"/>
   <c r="AH140" i="3"/>
   <c r="AG143" i="3"/>
+  <c r="AG142" i="3"/>
   <c r="AG140" i="3"/>
   <c r="AG138" i="3"/>
   <c r="AM6" i="1"/>
   <c r="H143" i="5" l="1"/>
   <c r="I140" i="5"/>
   <c r="U6" i="4"/>
   <c r="T6" i="4"/>
   <c r="AG72" i="3" l="1"/>
   <c r="AH72" i="3"/>
   <c r="AG73" i="3"/>
   <c r="AH73" i="3"/>
   <c r="AG74" i="3"/>
   <c r="AH74" i="3"/>
   <c r="AG75" i="3"/>
   <c r="AH75" i="3"/>
   <c r="AG76" i="3"/>
   <c r="AH76" i="3"/>
   <c r="AG77" i="3"/>
   <c r="AH77" i="3"/>
   <c r="AG83" i="3"/>
   <c r="AH83" i="3"/>
   <c r="AG84" i="3"/>
   <c r="AH84" i="3"/>
   <c r="AG85" i="3"/>
   <c r="AH85" i="3"/>
@@ -479,50 +475,51 @@
   <c r="D138" i="5"/>
   <c r="C139" i="5"/>
   <c r="C140" i="5"/>
   <c r="C141" i="5"/>
   <c r="C142" i="5"/>
   <c r="C143" i="5"/>
   <c r="C138" i="5"/>
   <c r="B139" i="5"/>
   <c r="B140" i="5"/>
   <c r="B141" i="5"/>
   <c r="B142" i="5"/>
   <c r="B143" i="5"/>
   <c r="S143" i="4"/>
   <c r="R143" i="4"/>
   <c r="Q143" i="4"/>
   <c r="S142" i="4"/>
   <c r="R142" i="4"/>
   <c r="Q142" i="4"/>
   <c r="S141" i="4"/>
   <c r="R141" i="4"/>
   <c r="Q141" i="4"/>
   <c r="S140" i="4"/>
   <c r="R140" i="4"/>
   <c r="Q140" i="4"/>
   <c r="S139" i="4"/>
+  <c r="R139" i="4"/>
   <c r="Q139" i="4"/>
   <c r="S138" i="4"/>
   <c r="R138" i="4"/>
   <c r="Q138" i="4"/>
   <c r="P143" i="4"/>
   <c r="O143" i="4"/>
   <c r="N143" i="4"/>
   <c r="P142" i="4"/>
   <c r="O142" i="4"/>
   <c r="N142" i="4"/>
   <c r="P141" i="4"/>
   <c r="O141" i="4"/>
   <c r="N141" i="4"/>
   <c r="P140" i="4"/>
   <c r="O140" i="4"/>
   <c r="N140" i="4"/>
   <c r="P139" i="4"/>
   <c r="O139" i="4"/>
   <c r="N139" i="4"/>
   <c r="P138" i="4"/>
   <c r="O138" i="4"/>
   <c r="N138" i="4"/>
   <c r="M143" i="4"/>
   <c r="L143" i="4"/>
   <c r="K143" i="4"/>
@@ -584,51 +581,53 @@
   <c r="AH9" i="3"/>
   <c r="AG10" i="3"/>
   <c r="AH10" i="3"/>
   <c r="AH11" i="3"/>
   <c r="AG28" i="3"/>
   <c r="AH28" i="3"/>
   <c r="AG29" i="3"/>
   <c r="AH29" i="3"/>
   <c r="AG30" i="3"/>
   <c r="AH30" i="3"/>
   <c r="AG31" i="3"/>
   <c r="AH31" i="3"/>
   <c r="AG32" i="3"/>
   <c r="AH32" i="3"/>
   <c r="AG33" i="3"/>
   <c r="AH33" i="3"/>
   <c r="AN6" i="1"/>
   <c r="AN7" i="1"/>
   <c r="AN8" i="1"/>
   <c r="AN9" i="1"/>
   <c r="AN10" i="1"/>
   <c r="AN5" i="1"/>
   <c r="AL10" i="1"/>
   <c r="AL6" i="1"/>
   <c r="AL7" i="1"/>
+  <c r="AL8" i="1"/>
   <c r="AL9" i="1"/>
+  <c r="AL5" i="1"/>
   <c r="V132" i="4" l="1"/>
   <c r="U132" i="4"/>
   <c r="V131" i="4"/>
   <c r="U131" i="4"/>
   <c r="V130" i="4"/>
   <c r="U130" i="4"/>
   <c r="V129" i="4"/>
   <c r="U129" i="4"/>
   <c r="V128" i="4"/>
   <c r="U128" i="4"/>
   <c r="V127" i="4"/>
   <c r="U127" i="4"/>
   <c r="V121" i="4"/>
   <c r="U121" i="4"/>
   <c r="T121" i="4"/>
   <c r="V120" i="4"/>
   <c r="U120" i="4"/>
   <c r="T120" i="4"/>
   <c r="V119" i="4"/>
   <c r="U119" i="4"/>
   <c r="T119" i="4"/>
   <c r="V118" i="4"/>
   <c r="U118" i="4"/>
   <c r="T118" i="4"/>
   <c r="V117" i="4"/>
@@ -893,50 +892,51 @@
   <c r="T7" i="4"/>
   <c r="T139" i="4" s="1"/>
   <c r="V11" i="4"/>
   <c r="U11" i="4"/>
   <c r="V10" i="4"/>
   <c r="U10" i="4"/>
   <c r="V9" i="4"/>
   <c r="U9" i="4"/>
   <c r="U141" i="4" s="1"/>
   <c r="V8" i="4"/>
   <c r="U8" i="4"/>
   <c r="V7" i="4"/>
   <c r="U7" i="4"/>
   <c r="V6" i="4"/>
   <c r="V141" i="4" l="1"/>
   <c r="U142" i="4"/>
   <c r="U143" i="4"/>
   <c r="T142" i="4"/>
   <c r="V142" i="4"/>
   <c r="V143" i="4"/>
   <c r="V140" i="4"/>
   <c r="U140" i="4"/>
   <c r="T140" i="4"/>
   <c r="V139" i="4"/>
   <c r="U139" i="4"/>
+  <c r="U138" i="4"/>
   <c r="V138" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1611" uniqueCount="48">
   <si>
     <t>Piešķirts bezdarbnieka statuss</t>
   </si>
   <si>
     <t>janvāris</t>
   </si>
   <si>
     <t>februāris</t>
   </si>
   <si>
     <t>marts</t>
   </si>
   <si>
     <t>aprīlis</t>
   </si>
   <si>
     <t>maijs</t>
   </si>
   <si>
@@ -1041,61 +1041,61 @@
   <si>
     <t>Piešķirts bezdarbnieka statuss sadalījumā pa problēmgrupām</t>
   </si>
   <si>
     <t>Rīgas reģions</t>
   </si>
   <si>
     <t>Kurzemes reģions</t>
   </si>
   <si>
     <t>Latgales reģions</t>
   </si>
   <si>
     <t>Vidzemes reģions</t>
   </si>
   <si>
     <t>Zemgales reģions</t>
   </si>
   <si>
     <t>2025.gads</t>
   </si>
   <si>
     <t>Reģions pēc filiāles</t>
   </si>
   <si>
-    <t>Kopā janvāris - novembris</t>
+    <t>Kopā janvāris - decembris</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy;@"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1104,50 +1104,59 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -1612,51 +1621,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1682,75 +1691,78 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2126,54 +2138,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE0248AD-5B13-4DBC-8931-1F7AE34E61A7}">
-  <dimension ref="A1:AN11"/>
+  <dimension ref="A1:AN14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AP17" sqref="AP17"/>
+      <selection activeCell="AB15" sqref="AB15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.54296875" customWidth="1"/>
     <col min="2" max="6" width="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" customWidth="1"/>
     <col min="8" max="11" width="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="5" customWidth="1"/>
     <col min="13" max="25" width="5" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="6.453125" customWidth="1"/>
     <col min="27" max="27" width="5" bestFit="1" customWidth="1"/>
     <col min="28" max="29" width="6.453125" customWidth="1"/>
     <col min="30" max="30" width="5" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="4.81640625" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="6.1796875" customWidth="1"/>
     <col min="33" max="33" width="5" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="4.81640625" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="4.7265625" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="5.26953125" customWidth="1"/>
     <col min="37" max="37" width="4.81640625" bestFit="1" customWidth="1"/>
     <col min="38" max="39" width="7.54296875" customWidth="1"/>
     <col min="40" max="40" width="7.81640625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2200,165 +2212,165 @@
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
       <c r="AI1" s="3"/>
       <c r="AJ1" s="3"/>
       <c r="AK1" s="3"/>
       <c r="AL1" s="3"/>
       <c r="AM1" s="3"/>
       <c r="AN1" s="3"/>
     </row>
     <row r="2" spans="1:40" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="79" t="s">
+      <c r="A2" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="87" t="s">
+      <c r="B2" s="90" t="s">
         <v>45</v>
       </c>
-      <c r="C2" s="88"/>
-[...36 lines deleted...]
-      <c r="AN2" s="88"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="91"/>
+      <c r="AI2" s="91"/>
+      <c r="AJ2" s="91"/>
+      <c r="AK2" s="91"/>
+      <c r="AL2" s="91"/>
+      <c r="AM2" s="91"/>
+      <c r="AN2" s="91"/>
     </row>
     <row r="3" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="80"/>
-      <c r="B3" s="81" t="s">
+      <c r="A3" s="83"/>
+      <c r="B3" s="84" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="82"/>
-[...1 lines deleted...]
-      <c r="E3" s="84" t="s">
+      <c r="C3" s="85"/>
+      <c r="D3" s="86"/>
+      <c r="E3" s="87" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="85"/>
-[...1 lines deleted...]
-      <c r="H3" s="84" t="s">
+      <c r="F3" s="88"/>
+      <c r="G3" s="89"/>
+      <c r="H3" s="87" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="85"/>
-[...1 lines deleted...]
-      <c r="K3" s="84" t="s">
+      <c r="I3" s="88"/>
+      <c r="J3" s="89"/>
+      <c r="K3" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="L3" s="85"/>
-[...1 lines deleted...]
-      <c r="N3" s="84" t="s">
+      <c r="L3" s="88"/>
+      <c r="M3" s="89"/>
+      <c r="N3" s="87" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="85"/>
-[...1 lines deleted...]
-      <c r="Q3" s="84" t="s">
+      <c r="O3" s="88"/>
+      <c r="P3" s="89"/>
+      <c r="Q3" s="87" t="s">
         <v>6</v>
       </c>
-      <c r="R3" s="85"/>
-[...1 lines deleted...]
-      <c r="T3" s="84" t="s">
+      <c r="R3" s="88"/>
+      <c r="S3" s="89"/>
+      <c r="T3" s="87" t="s">
         <v>7</v>
       </c>
-      <c r="U3" s="85"/>
-[...1 lines deleted...]
-      <c r="W3" s="84" t="s">
+      <c r="U3" s="88"/>
+      <c r="V3" s="89"/>
+      <c r="W3" s="87" t="s">
         <v>8</v>
       </c>
-      <c r="X3" s="85"/>
-[...1 lines deleted...]
-      <c r="Z3" s="84" t="s">
+      <c r="X3" s="88"/>
+      <c r="Y3" s="89"/>
+      <c r="Z3" s="87" t="s">
         <v>9</v>
       </c>
-      <c r="AA3" s="85"/>
-[...1 lines deleted...]
-      <c r="AC3" s="84" t="s">
+      <c r="AA3" s="88"/>
+      <c r="AB3" s="89"/>
+      <c r="AC3" s="87" t="s">
         <v>10</v>
       </c>
-      <c r="AD3" s="85"/>
-[...1 lines deleted...]
-      <c r="AF3" s="81" t="s">
+      <c r="AD3" s="88"/>
+      <c r="AE3" s="89"/>
+      <c r="AF3" s="84" t="s">
         <v>11</v>
       </c>
-      <c r="AG3" s="89"/>
-[...1 lines deleted...]
-      <c r="AI3" s="84" t="s">
+      <c r="AG3" s="92"/>
+      <c r="AH3" s="89"/>
+      <c r="AI3" s="87" t="s">
         <v>12</v>
       </c>
-      <c r="AJ3" s="85"/>
-[...5 lines deleted...]
-      <c r="AN3" s="86"/>
+      <c r="AJ3" s="88"/>
+      <c r="AK3" s="89"/>
+      <c r="AL3" s="87" t="s">
+        <v>13</v>
+      </c>
+      <c r="AM3" s="88"/>
+      <c r="AN3" s="89"/>
     </row>
     <row r="4" spans="1:40" x14ac:dyDescent="0.35">
-      <c r="A4" s="80"/>
+      <c r="A4" s="83"/>
       <c r="B4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J4" s="9" t="s">
@@ -2372,732 +2384,762 @@
       </c>
       <c r="M4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="Q4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="T4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="U4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="V4" s="50" t="s">
+      <c r="U4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="V4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="W4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="X4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="Y4" s="50" t="s">
+      <c r="X4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="Z4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AA4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AB4" s="50" t="s">
+      <c r="AA4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AC4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AD4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AE4" s="50" t="s">
+      <c r="AD4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AF4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AG4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AH4" s="50" t="s">
+      <c r="AG4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AI4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AJ4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AK4" s="50" t="s">
+      <c r="AJ4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AK4" s="51" t="s">
         <v>13</v>
       </c>
       <c r="AL4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AM4" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AN4" s="50" t="s">
+      <c r="AM4" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AN4" s="51" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="67">
+      <c r="B5" s="70">
         <v>1996</v>
       </c>
-      <c r="C5" s="68">
+      <c r="C5" s="71">
         <v>1827</v>
       </c>
-      <c r="D5" s="69">
+      <c r="D5" s="72">
         <v>3823</v>
       </c>
-      <c r="E5" s="52">
+      <c r="E5" s="53">
         <v>1913</v>
       </c>
-      <c r="F5" s="53">
+      <c r="F5" s="54">
         <v>1833</v>
       </c>
-      <c r="G5" s="54">
+      <c r="G5" s="55">
         <v>3746</v>
       </c>
-      <c r="H5" s="52">
+      <c r="H5" s="53">
         <v>1662</v>
       </c>
-      <c r="I5" s="53">
+      <c r="I5" s="54">
         <v>1579</v>
       </c>
-      <c r="J5" s="54">
+      <c r="J5" s="55">
         <v>3241</v>
       </c>
       <c r="K5" s="19">
         <v>1531</v>
       </c>
       <c r="L5" s="20">
         <v>1434</v>
       </c>
       <c r="M5" s="21">
         <v>2965</v>
       </c>
       <c r="N5" s="19">
         <v>1687</v>
       </c>
       <c r="O5" s="20">
         <v>1303</v>
       </c>
       <c r="P5" s="21">
         <v>2990</v>
       </c>
       <c r="Q5" s="19">
         <v>2127</v>
       </c>
       <c r="R5" s="20">
         <v>1339</v>
       </c>
       <c r="S5" s="21">
         <v>3466</v>
       </c>
       <c r="T5" s="19">
         <v>2010</v>
       </c>
       <c r="U5" s="20">
         <v>1624</v>
       </c>
       <c r="V5" s="21">
         <v>3634</v>
       </c>
       <c r="W5" s="19">
         <v>1619</v>
       </c>
       <c r="X5" s="20">
         <v>1374</v>
       </c>
-      <c r="Y5" s="54">
+      <c r="Y5" s="55">
         <v>2993</v>
       </c>
       <c r="Z5" s="19">
         <v>1893</v>
       </c>
       <c r="AA5" s="20">
         <v>1511</v>
       </c>
-      <c r="AB5" s="54">
+      <c r="AB5" s="55">
         <v>3404</v>
       </c>
       <c r="AC5" s="19">
         <v>1836</v>
       </c>
       <c r="AD5" s="20">
         <v>1518</v>
       </c>
       <c r="AE5" s="21">
         <v>3354</v>
       </c>
-      <c r="AF5" s="52">
+      <c r="AF5" s="53">
         <v>1627</v>
       </c>
-      <c r="AG5" s="53">
+      <c r="AG5" s="54">
         <v>1486</v>
       </c>
-      <c r="AH5" s="54">
+      <c r="AH5" s="55">
         <v>3113</v>
       </c>
-      <c r="AI5" s="19"/>
-[...2 lines deleted...]
-      <c r="AL5" s="52">
+      <c r="AI5" s="19">
+        <v>1363</v>
+      </c>
+      <c r="AJ5" s="20">
+        <v>1504</v>
+      </c>
+      <c r="AK5" s="21">
+        <v>2867</v>
+      </c>
+      <c r="AL5" s="53">
         <f>SUM(B5,E5,H5,K5,N5,Q5,T5,W5,Z5,AC5,AF5,AI5)</f>
-        <v>19901</v>
-[...1 lines deleted...]
-      <c r="AM5" s="53">
+        <v>21264</v>
+      </c>
+      <c r="AM5" s="54">
         <f>SUM(C5,F5,I5,L5,O5,R5,U5,X5,AA5,AD5,AG5,AJ5)</f>
-        <v>16828</v>
-[...1 lines deleted...]
-      <c r="AN5" s="54">
+        <v>18332</v>
+      </c>
+      <c r="AN5" s="55">
         <f>SUM(S5,P5,M5,J5,G5,D5,V5,Y5,AB5,AE5,AH5,AK5)</f>
-        <v>36729</v>
+        <v>39596</v>
       </c>
     </row>
     <row r="6" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B6" s="67">
+      <c r="B6" s="70">
         <v>686</v>
       </c>
-      <c r="C6" s="68">
+      <c r="C6" s="71">
         <v>1114</v>
       </c>
-      <c r="D6" s="69">
+      <c r="D6" s="72">
         <v>1800</v>
       </c>
-      <c r="E6" s="52">
+      <c r="E6" s="53">
         <v>539</v>
       </c>
-      <c r="F6" s="53">
+      <c r="F6" s="54">
         <v>675</v>
       </c>
-      <c r="G6" s="54">
+      <c r="G6" s="55">
         <v>1214</v>
       </c>
-      <c r="H6" s="52">
+      <c r="H6" s="53">
         <v>482</v>
       </c>
-      <c r="I6" s="53">
+      <c r="I6" s="54">
         <v>480</v>
       </c>
-      <c r="J6" s="54">
+      <c r="J6" s="55">
         <v>962</v>
       </c>
       <c r="K6" s="19">
         <v>475</v>
       </c>
       <c r="L6" s="20">
         <v>416</v>
       </c>
       <c r="M6" s="21">
         <v>891</v>
       </c>
       <c r="N6" s="19">
         <v>467</v>
       </c>
       <c r="O6" s="20">
         <v>461</v>
       </c>
       <c r="P6" s="21">
         <v>928</v>
       </c>
       <c r="Q6" s="19">
         <v>674</v>
       </c>
       <c r="R6" s="20">
         <v>481</v>
       </c>
       <c r="S6" s="21">
         <v>1155</v>
       </c>
       <c r="T6" s="19">
         <v>577</v>
       </c>
       <c r="U6" s="20">
         <v>536</v>
       </c>
       <c r="V6" s="21">
         <v>1113</v>
       </c>
       <c r="W6" s="19">
         <v>439</v>
       </c>
       <c r="X6" s="20">
         <v>411</v>
       </c>
-      <c r="Y6" s="54">
+      <c r="Y6" s="55">
         <v>850</v>
       </c>
       <c r="Z6" s="19">
         <v>566</v>
       </c>
       <c r="AA6" s="20">
         <v>471</v>
       </c>
-      <c r="AB6" s="54">
+      <c r="AB6" s="55">
         <v>1037</v>
       </c>
       <c r="AC6" s="19">
         <v>586</v>
       </c>
       <c r="AD6" s="20">
         <v>549</v>
       </c>
       <c r="AE6" s="21">
         <v>1135</v>
       </c>
-      <c r="AF6" s="52">
+      <c r="AF6" s="53">
         <v>502</v>
       </c>
-      <c r="AG6" s="53">
+      <c r="AG6" s="54">
         <v>551</v>
       </c>
-      <c r="AH6" s="54">
+      <c r="AH6" s="55">
         <v>1053</v>
       </c>
-      <c r="AI6" s="19"/>
-[...2 lines deleted...]
-      <c r="AL6" s="52">
+      <c r="AI6" s="19">
+        <v>497</v>
+      </c>
+      <c r="AJ6" s="20">
+        <v>912</v>
+      </c>
+      <c r="AK6" s="21">
+        <v>1409</v>
+      </c>
+      <c r="AL6" s="53">
         <f t="shared" ref="AL6:AL9" si="0">SUM(B6,E6,H6,K6,N6,Q6,T6,W6,Z6,AC6,AF6,AI6)</f>
-        <v>5993</v>
-[...1 lines deleted...]
-      <c r="AM6" s="53">
+        <v>6490</v>
+      </c>
+      <c r="AM6" s="54">
         <f>SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6,AG6,AJ6)</f>
-        <v>6145</v>
-[...1 lines deleted...]
-      <c r="AN6" s="54">
+        <v>7057</v>
+      </c>
+      <c r="AN6" s="55">
         <f t="shared" ref="AN6:AN10" si="1">SUM(S6,P6,M6,J6,G6,D6,V6,Y6,AB6,AE6,AH6,AK6)</f>
-        <v>12138</v>
+        <v>13547</v>
       </c>
     </row>
     <row r="7" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B7" s="67">
+      <c r="B7" s="70">
         <v>635</v>
       </c>
-      <c r="C7" s="68">
+      <c r="C7" s="71">
         <v>866</v>
       </c>
-      <c r="D7" s="69">
+      <c r="D7" s="72">
         <v>1501</v>
       </c>
-      <c r="E7" s="52">
+      <c r="E7" s="53">
         <v>650</v>
       </c>
-      <c r="F7" s="53">
+      <c r="F7" s="54">
         <v>630</v>
       </c>
-      <c r="G7" s="54">
+      <c r="G7" s="55">
         <v>1280</v>
       </c>
-      <c r="H7" s="52">
+      <c r="H7" s="53">
         <v>456</v>
       </c>
-      <c r="I7" s="53">
+      <c r="I7" s="54">
         <v>546</v>
       </c>
-      <c r="J7" s="54">
+      <c r="J7" s="55">
         <v>1002</v>
       </c>
       <c r="K7" s="19">
         <v>411</v>
       </c>
       <c r="L7" s="20">
         <v>511</v>
       </c>
       <c r="M7" s="21">
         <v>922</v>
       </c>
       <c r="N7" s="19">
         <v>387</v>
       </c>
       <c r="O7" s="20">
         <v>510</v>
       </c>
       <c r="P7" s="21">
         <v>897</v>
       </c>
       <c r="Q7" s="19">
         <v>501</v>
       </c>
       <c r="R7" s="20">
         <v>427</v>
       </c>
       <c r="S7" s="21">
         <v>928</v>
       </c>
       <c r="T7" s="19">
         <v>481</v>
       </c>
       <c r="U7" s="20">
         <v>552</v>
       </c>
       <c r="V7" s="21">
         <v>1033</v>
       </c>
       <c r="W7" s="19">
         <v>467</v>
       </c>
       <c r="X7" s="20">
         <v>460</v>
       </c>
-      <c r="Y7" s="54">
+      <c r="Y7" s="55">
         <v>927</v>
       </c>
       <c r="Z7" s="19">
         <v>588</v>
       </c>
       <c r="AA7" s="20">
         <v>480</v>
       </c>
-      <c r="AB7" s="54">
+      <c r="AB7" s="55">
         <v>1068</v>
       </c>
       <c r="AC7" s="19">
         <v>482</v>
       </c>
       <c r="AD7" s="20">
         <v>557</v>
       </c>
       <c r="AE7" s="21">
         <v>1039</v>
       </c>
-      <c r="AF7" s="52">
+      <c r="AF7" s="53">
         <v>487</v>
       </c>
-      <c r="AG7" s="53">
+      <c r="AG7" s="54">
         <v>560</v>
       </c>
-      <c r="AH7" s="54">
+      <c r="AH7" s="55">
         <v>1047</v>
       </c>
-      <c r="AI7" s="19"/>
-[...2 lines deleted...]
-      <c r="AL7" s="52">
+      <c r="AI7" s="19">
+        <v>405</v>
+      </c>
+      <c r="AJ7" s="20">
+        <v>617</v>
+      </c>
+      <c r="AK7" s="21">
+        <v>1022</v>
+      </c>
+      <c r="AL7" s="53">
         <f t="shared" si="0"/>
-        <v>5545</v>
-[...1 lines deleted...]
-      <c r="AM7" s="53">
+        <v>5950</v>
+      </c>
+      <c r="AM7" s="54">
         <f t="shared" ref="AM7:AM10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7,AG7,AJ7)</f>
-        <v>6099</v>
-[...1 lines deleted...]
-      <c r="AN7" s="54">
+        <v>6716</v>
+      </c>
+      <c r="AN7" s="55">
         <f t="shared" si="1"/>
-        <v>11644</v>
+        <v>12666</v>
       </c>
     </row>
     <row r="8" spans="1:40" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B8" s="67">
+      <c r="B8" s="70">
         <v>657</v>
       </c>
-      <c r="C8" s="68">
+      <c r="C8" s="71">
         <v>684</v>
       </c>
-      <c r="D8" s="69">
+      <c r="D8" s="72">
         <v>1341</v>
       </c>
-      <c r="E8" s="52">
+      <c r="E8" s="53">
         <v>457</v>
       </c>
-      <c r="F8" s="53">
+      <c r="F8" s="54">
         <v>551</v>
       </c>
-      <c r="G8" s="54">
+      <c r="G8" s="55">
         <v>1008</v>
       </c>
-      <c r="H8" s="52">
+      <c r="H8" s="53">
         <v>428</v>
       </c>
-      <c r="I8" s="53">
+      <c r="I8" s="54">
         <v>446</v>
       </c>
-      <c r="J8" s="54">
+      <c r="J8" s="55">
         <v>874</v>
       </c>
       <c r="K8" s="19">
         <v>383</v>
       </c>
       <c r="L8" s="20">
         <v>419</v>
       </c>
       <c r="M8" s="21">
         <v>802</v>
       </c>
       <c r="N8" s="19">
         <v>425</v>
       </c>
       <c r="O8" s="20">
         <v>394</v>
       </c>
       <c r="P8" s="21">
         <v>819</v>
       </c>
       <c r="Q8" s="19">
         <v>601</v>
       </c>
       <c r="R8" s="20">
         <v>428</v>
       </c>
       <c r="S8" s="21">
         <v>1029</v>
       </c>
       <c r="T8" s="19">
         <v>557</v>
       </c>
       <c r="U8" s="20">
         <v>446</v>
       </c>
       <c r="V8" s="21">
         <v>1003</v>
       </c>
       <c r="W8" s="19">
         <v>412</v>
       </c>
       <c r="X8" s="20">
         <v>405</v>
       </c>
-      <c r="Y8" s="54">
+      <c r="Y8" s="55">
         <v>817</v>
       </c>
       <c r="Z8" s="19">
         <v>499</v>
       </c>
       <c r="AA8" s="20">
         <v>449</v>
       </c>
-      <c r="AB8" s="54">
+      <c r="AB8" s="55">
         <v>948</v>
       </c>
       <c r="AC8" s="19">
         <v>485</v>
       </c>
       <c r="AD8" s="20">
         <v>482</v>
       </c>
       <c r="AE8" s="21">
         <v>967</v>
       </c>
-      <c r="AF8" s="52">
+      <c r="AF8" s="53">
         <v>478</v>
       </c>
-      <c r="AG8" s="53">
+      <c r="AG8" s="54">
         <v>492</v>
       </c>
-      <c r="AH8" s="54">
+      <c r="AH8" s="55">
         <v>970</v>
       </c>
-      <c r="AI8" s="19"/>
-[...6 lines deleted...]
-      <c r="AM8" s="53">
+      <c r="AI8" s="19">
+        <v>442</v>
+      </c>
+      <c r="AJ8" s="20">
+        <v>639</v>
+      </c>
+      <c r="AK8" s="21">
+        <v>1081</v>
+      </c>
+      <c r="AL8" s="53">
+        <f t="shared" si="0"/>
+        <v>5824</v>
+      </c>
+      <c r="AM8" s="54">
         <f t="shared" si="2"/>
-        <v>5196</v>
-[...1 lines deleted...]
-      <c r="AN8" s="54">
+        <v>5835</v>
+      </c>
+      <c r="AN8" s="55">
         <f t="shared" si="1"/>
-        <v>10578</v>
+        <v>11659</v>
       </c>
     </row>
     <row r="9" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B9" s="67">
+      <c r="B9" s="70">
         <v>607</v>
       </c>
-      <c r="C9" s="68">
+      <c r="C9" s="71">
         <v>775</v>
       </c>
-      <c r="D9" s="69">
+      <c r="D9" s="72">
         <v>1382</v>
       </c>
-      <c r="E9" s="52">
+      <c r="E9" s="53">
         <v>420</v>
       </c>
-      <c r="F9" s="53">
+      <c r="F9" s="54">
         <v>535</v>
       </c>
-      <c r="G9" s="54">
+      <c r="G9" s="55">
         <v>955</v>
       </c>
-      <c r="H9" s="52">
+      <c r="H9" s="53">
         <v>430</v>
       </c>
-      <c r="I9" s="53">
+      <c r="I9" s="54">
         <v>445</v>
       </c>
-      <c r="J9" s="54">
+      <c r="J9" s="55">
         <v>875</v>
       </c>
       <c r="K9" s="19">
         <v>387</v>
       </c>
       <c r="L9" s="20">
         <v>410</v>
       </c>
       <c r="M9" s="21">
         <v>797</v>
       </c>
       <c r="N9" s="19">
         <v>342</v>
       </c>
       <c r="O9" s="20">
         <v>389</v>
       </c>
       <c r="P9" s="21">
         <v>731</v>
       </c>
       <c r="Q9" s="19">
         <v>572</v>
       </c>
       <c r="R9" s="20">
         <v>415</v>
       </c>
       <c r="S9" s="21">
         <v>987</v>
       </c>
       <c r="T9" s="19">
         <v>498</v>
       </c>
       <c r="U9" s="20">
         <v>428</v>
       </c>
       <c r="V9" s="21">
         <v>926</v>
       </c>
       <c r="W9" s="19">
         <v>433</v>
       </c>
       <c r="X9" s="20">
         <v>370</v>
       </c>
-      <c r="Y9" s="54">
+      <c r="Y9" s="55">
         <v>803</v>
       </c>
       <c r="Z9" s="19">
         <v>484</v>
       </c>
       <c r="AA9" s="20">
         <v>420</v>
       </c>
-      <c r="AB9" s="54">
+      <c r="AB9" s="55">
         <v>904</v>
       </c>
       <c r="AC9" s="19">
         <v>439</v>
       </c>
       <c r="AD9" s="20">
         <v>427</v>
       </c>
       <c r="AE9" s="21">
         <v>866</v>
       </c>
-      <c r="AF9" s="52">
+      <c r="AF9" s="53">
         <v>436</v>
       </c>
-      <c r="AG9" s="53">
+      <c r="AG9" s="54">
         <v>507</v>
       </c>
-      <c r="AH9" s="54">
+      <c r="AH9" s="55">
         <v>943</v>
       </c>
-      <c r="AI9" s="19"/>
-[...2 lines deleted...]
-      <c r="AL9" s="52">
+      <c r="AI9" s="19">
+        <v>441</v>
+      </c>
+      <c r="AJ9" s="20">
+        <v>618</v>
+      </c>
+      <c r="AK9" s="21">
+        <v>1059</v>
+      </c>
+      <c r="AL9" s="53">
         <f t="shared" si="0"/>
-        <v>5048</v>
-[...1 lines deleted...]
-      <c r="AM9" s="53">
+        <v>5489</v>
+      </c>
+      <c r="AM9" s="54">
         <f t="shared" si="2"/>
-        <v>5121</v>
-[...1 lines deleted...]
-      <c r="AN9" s="54">
+        <v>5739</v>
+      </c>
+      <c r="AN9" s="55">
         <f t="shared" si="1"/>
-        <v>10169</v>
+        <v>11228</v>
       </c>
     </row>
     <row r="10" spans="1:40" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="70">
+      <c r="B10" s="73">
         <v>4581</v>
       </c>
-      <c r="C10" s="71">
+      <c r="C10" s="74">
         <v>5266</v>
       </c>
-      <c r="D10" s="72">
+      <c r="D10" s="75">
         <v>9847</v>
       </c>
       <c r="E10" s="22">
         <v>3979</v>
       </c>
-      <c r="F10" s="51">
+      <c r="F10" s="52">
         <v>4224</v>
       </c>
       <c r="G10" s="24">
         <v>8203</v>
       </c>
       <c r="H10" s="22">
         <v>3458</v>
       </c>
-      <c r="I10" s="51">
+      <c r="I10" s="52">
         <v>3496</v>
       </c>
       <c r="J10" s="24">
         <v>6954</v>
       </c>
       <c r="K10" s="22">
         <v>3187</v>
       </c>
       <c r="L10" s="23">
         <v>3190</v>
       </c>
       <c r="M10" s="24">
         <v>6377</v>
       </c>
       <c r="N10" s="22">
         <v>3308</v>
       </c>
       <c r="O10" s="23">
         <v>3057</v>
       </c>
       <c r="P10" s="24">
         <v>6365</v>
       </c>
       <c r="Q10" s="22">
         <v>4475</v>
@@ -3125,308 +3167,320 @@
       </c>
       <c r="Y10" s="24">
         <v>6390</v>
       </c>
       <c r="Z10" s="22">
         <v>4030</v>
       </c>
       <c r="AA10" s="23">
         <v>3331</v>
       </c>
       <c r="AB10" s="24">
         <v>7361</v>
       </c>
       <c r="AC10" s="22">
         <v>3828</v>
       </c>
       <c r="AD10" s="23">
         <v>3533</v>
       </c>
       <c r="AE10" s="24">
         <v>7361</v>
       </c>
       <c r="AF10" s="22">
         <v>3530</v>
       </c>
-      <c r="AG10" s="51">
+      <c r="AG10" s="52">
         <v>3596</v>
       </c>
       <c r="AH10" s="24">
         <v>7126</v>
       </c>
-      <c r="AI10" s="22"/>
-[...1 lines deleted...]
-      <c r="AK10" s="24"/>
+      <c r="AI10" s="22">
+        <v>3148</v>
+      </c>
+      <c r="AJ10" s="23">
+        <v>4290</v>
+      </c>
+      <c r="AK10" s="24">
+        <v>7438</v>
+      </c>
       <c r="AL10" s="22">
         <f>SUM(B10,E10,H10,K10,N10,Q10,T10,W10,Z10,AC10,AF10,AI10)</f>
-        <v>41869</v>
-[...1 lines deleted...]
-      <c r="AM10" s="51">
+        <v>45017</v>
+      </c>
+      <c r="AM10" s="52">
         <f t="shared" si="2"/>
-        <v>39389</v>
+        <v>43679</v>
       </c>
       <c r="AN10" s="24">
         <f t="shared" si="1"/>
-        <v>81258</v>
+        <v>88696</v>
       </c>
     </row>
     <row r="11" spans="1:40" x14ac:dyDescent="0.35">
-      <c r="A11" s="48"/>
+      <c r="A11" s="49"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
+    </row>
+    <row r="12" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A12" s="39"/>
+    </row>
+    <row r="14" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A14" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="AI3:AK3"/>
     <mergeCell ref="AL3:AN3"/>
     <mergeCell ref="B2:AN2"/>
     <mergeCell ref="T3:V3"/>
     <mergeCell ref="W3:Y3"/>
     <mergeCell ref="Z3:AB3"/>
     <mergeCell ref="AC3:AE3"/>
     <mergeCell ref="AF3:AH3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="K3:M3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6EE40A5-51DF-45DE-8519-25CBC250D7D5}">
-  <dimension ref="A1:AI157"/>
+  <dimension ref="A1:AI150"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AG147" sqref="AG147"/>
+      <selection activeCell="V21" sqref="V21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.7265625" customWidth="1"/>
     <col min="2" max="28" width="6" customWidth="1"/>
     <col min="29" max="33" width="6.1796875" customWidth="1"/>
     <col min="34" max="34" width="8.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
     <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="79" t="s">
+      <c r="A2" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="93" t="s">
+      <c r="B2" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C2" s="93"/>
-[...30 lines deleted...]
-      <c r="AH2" s="94"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="96"/>
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96"/>
+      <c r="I2" s="96"/>
+      <c r="J2" s="96"/>
+      <c r="K2" s="96"/>
+      <c r="L2" s="96"/>
+      <c r="M2" s="96"/>
+      <c r="N2" s="96"/>
+      <c r="O2" s="96"/>
+      <c r="P2" s="96"/>
+      <c r="Q2" s="96"/>
+      <c r="R2" s="96"/>
+      <c r="S2" s="96"/>
+      <c r="T2" s="96"/>
+      <c r="U2" s="96"/>
+      <c r="V2" s="96"/>
+      <c r="W2" s="96"/>
+      <c r="X2" s="96"/>
+      <c r="Y2" s="96"/>
+      <c r="Z2" s="96"/>
+      <c r="AA2" s="96"/>
+      <c r="AB2" s="96"/>
+      <c r="AC2" s="96"/>
+      <c r="AD2" s="96"/>
+      <c r="AE2" s="96"/>
+      <c r="AF2" s="96"/>
+      <c r="AG2" s="96"/>
+      <c r="AH2" s="97"/>
     </row>
     <row r="3" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="97"/>
-      <c r="B3" s="95" t="s">
+      <c r="A3" s="100"/>
+      <c r="B3" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="95"/>
-[...30 lines deleted...]
-      <c r="AH3" s="96"/>
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+      <c r="N3" s="98"/>
+      <c r="O3" s="98"/>
+      <c r="P3" s="98"/>
+      <c r="Q3" s="98"/>
+      <c r="R3" s="98"/>
+      <c r="S3" s="98"/>
+      <c r="T3" s="98"/>
+      <c r="U3" s="98"/>
+      <c r="V3" s="98"/>
+      <c r="W3" s="98"/>
+      <c r="X3" s="98"/>
+      <c r="Y3" s="98"/>
+      <c r="Z3" s="98"/>
+      <c r="AA3" s="98"/>
+      <c r="AB3" s="98"/>
+      <c r="AC3" s="98"/>
+      <c r="AD3" s="98"/>
+      <c r="AE3" s="98"/>
+      <c r="AF3" s="98"/>
+      <c r="AG3" s="98"/>
+      <c r="AH3" s="99"/>
     </row>
     <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="80"/>
-      <c r="B4" s="81" t="s">
+      <c r="A4" s="83"/>
+      <c r="B4" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="82"/>
-[...1 lines deleted...]
-      <c r="E4" s="81" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="82"/>
-[...1 lines deleted...]
-      <c r="H4" s="81" t="s">
+      <c r="F4" s="85"/>
+      <c r="G4" s="86"/>
+      <c r="H4" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I4" s="82"/>
-[...1 lines deleted...]
-      <c r="K4" s="81" t="s">
+      <c r="I4" s="85"/>
+      <c r="J4" s="86"/>
+      <c r="K4" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L4" s="82"/>
-[...1 lines deleted...]
-      <c r="N4" s="81" t="s">
+      <c r="L4" s="85"/>
+      <c r="M4" s="86"/>
+      <c r="N4" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O4" s="82"/>
-[...1 lines deleted...]
-      <c r="Q4" s="81" t="s">
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
+      <c r="Q4" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R4" s="82"/>
-[...1 lines deleted...]
-      <c r="T4" s="81" t="s">
+      <c r="R4" s="85"/>
+      <c r="S4" s="86"/>
+      <c r="T4" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U4" s="82"/>
-[...1 lines deleted...]
-      <c r="W4" s="81" t="s">
+      <c r="U4" s="85"/>
+      <c r="V4" s="86"/>
+      <c r="W4" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X4" s="82"/>
-[...1 lines deleted...]
-      <c r="Z4" s="81" t="s">
+      <c r="X4" s="85"/>
+      <c r="Y4" s="86"/>
+      <c r="Z4" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA4" s="82"/>
-[...1 lines deleted...]
-      <c r="AC4" s="81" t="s">
+      <c r="AA4" s="85"/>
+      <c r="AB4" s="86"/>
+      <c r="AC4" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD4" s="82"/>
-[...5 lines deleted...]
-      <c r="AH4" s="83"/>
+      <c r="AD4" s="85"/>
+      <c r="AE4" s="86"/>
+      <c r="AF4" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG4" s="85"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A5" s="80"/>
+      <c r="A5" s="83"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="30" t="s">
@@ -3487,827 +3541,827 @@
         <v>13</v>
       </c>
       <c r="AC5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AE5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="AF5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG5" s="29" t="s">
         <v>15</v>
       </c>
       <c r="AH5" s="30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="67">
+      <c r="B6" s="70">
         <v>30</v>
       </c>
-      <c r="C6" s="68">
+      <c r="C6" s="71">
         <v>27</v>
       </c>
-      <c r="D6" s="73">
+      <c r="D6" s="76">
         <v>57</v>
       </c>
-      <c r="E6" s="67">
+      <c r="E6" s="70">
         <v>226</v>
       </c>
-      <c r="F6" s="68">
+      <c r="F6" s="71">
         <v>189</v>
       </c>
-      <c r="G6" s="69">
+      <c r="G6" s="72">
         <v>415</v>
       </c>
-      <c r="H6" s="67">
+      <c r="H6" s="70">
         <v>221</v>
       </c>
-      <c r="I6" s="68">
+      <c r="I6" s="71">
         <v>195</v>
       </c>
-      <c r="J6" s="69">
+      <c r="J6" s="72">
         <v>416</v>
       </c>
-      <c r="K6" s="67">
+      <c r="K6" s="70">
         <v>288</v>
       </c>
-      <c r="L6" s="68">
+      <c r="L6" s="71">
         <v>234</v>
       </c>
-      <c r="M6" s="69">
+      <c r="M6" s="72">
         <v>522</v>
       </c>
-      <c r="N6" s="67">
+      <c r="N6" s="70">
         <v>304</v>
       </c>
-      <c r="O6" s="68">
+      <c r="O6" s="71">
         <v>282</v>
       </c>
-      <c r="P6" s="69">
+      <c r="P6" s="72">
         <v>586</v>
       </c>
-      <c r="Q6" s="67">
+      <c r="Q6" s="70">
         <v>216</v>
       </c>
-      <c r="R6" s="68">
+      <c r="R6" s="71">
         <v>244</v>
       </c>
-      <c r="S6" s="69">
+      <c r="S6" s="72">
         <v>460</v>
       </c>
-      <c r="T6" s="67">
+      <c r="T6" s="70">
         <v>206</v>
       </c>
-      <c r="U6" s="68">
+      <c r="U6" s="71">
         <v>187</v>
       </c>
-      <c r="V6" s="69">
+      <c r="V6" s="72">
         <v>393</v>
       </c>
-      <c r="W6" s="67">
+      <c r="W6" s="70">
         <v>171</v>
       </c>
-      <c r="X6" s="68">
+      <c r="X6" s="71">
         <v>200</v>
       </c>
-      <c r="Y6" s="69">
+      <c r="Y6" s="72">
         <v>371</v>
       </c>
-      <c r="Z6" s="67">
+      <c r="Z6" s="70">
         <v>152</v>
       </c>
-      <c r="AA6" s="68">
+      <c r="AA6" s="71">
         <v>153</v>
       </c>
-      <c r="AB6" s="69">
+      <c r="AB6" s="72">
         <v>305</v>
       </c>
-      <c r="AC6" s="67">
+      <c r="AC6" s="70">
         <v>182</v>
       </c>
-      <c r="AD6" s="68">
+      <c r="AD6" s="71">
         <v>116</v>
       </c>
-      <c r="AE6" s="69">
+      <c r="AE6" s="72">
         <v>298</v>
       </c>
-      <c r="AF6" s="67">
+      <c r="AF6" s="70">
         <f>B6+E6+H6+K6+N6+Q6+T6+W6+Z6+AC6</f>
         <v>1996</v>
       </c>
-      <c r="AG6" s="68">
+      <c r="AG6" s="71">
         <f t="shared" ref="AG6:AH6" si="0">SUM(C6,F6,I6,L6,O6,R6,U6,X6,AA6,AD6)</f>
         <v>1827</v>
       </c>
-      <c r="AH6" s="69">
+      <c r="AH6" s="72">
         <f t="shared" si="0"/>
         <v>3823</v>
       </c>
     </row>
     <row r="7" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="67">
+      <c r="B7" s="70">
         <v>16</v>
       </c>
-      <c r="C7" s="68">
+      <c r="C7" s="71">
         <v>22</v>
       </c>
-      <c r="D7" s="73">
+      <c r="D7" s="76">
         <v>38</v>
       </c>
-      <c r="E7" s="67">
+      <c r="E7" s="70">
         <v>81</v>
       </c>
-      <c r="F7" s="68">
+      <c r="F7" s="71">
         <v>115</v>
       </c>
-      <c r="G7" s="69">
+      <c r="G7" s="72">
         <v>196</v>
       </c>
-      <c r="H7" s="67">
+      <c r="H7" s="70">
         <v>57</v>
       </c>
-      <c r="I7" s="68">
+      <c r="I7" s="71">
         <v>76</v>
       </c>
-      <c r="J7" s="69">
+      <c r="J7" s="72">
         <v>133</v>
       </c>
-      <c r="K7" s="67">
+      <c r="K7" s="70">
         <v>93</v>
       </c>
-      <c r="L7" s="68">
+      <c r="L7" s="71">
         <v>138</v>
       </c>
-      <c r="M7" s="69">
+      <c r="M7" s="72">
         <v>231</v>
       </c>
-      <c r="N7" s="67">
+      <c r="N7" s="70">
         <v>77</v>
       </c>
-      <c r="O7" s="68">
+      <c r="O7" s="71">
         <v>158</v>
       </c>
-      <c r="P7" s="69">
+      <c r="P7" s="72">
         <v>235</v>
       </c>
-      <c r="Q7" s="67">
+      <c r="Q7" s="70">
         <v>72</v>
       </c>
-      <c r="R7" s="68">
+      <c r="R7" s="71">
         <v>142</v>
       </c>
-      <c r="S7" s="69">
+      <c r="S7" s="72">
         <v>214</v>
       </c>
-      <c r="T7" s="67">
+      <c r="T7" s="70">
         <v>73</v>
       </c>
-      <c r="U7" s="68">
+      <c r="U7" s="71">
         <v>101</v>
       </c>
-      <c r="V7" s="69">
+      <c r="V7" s="72">
         <v>174</v>
       </c>
-      <c r="W7" s="67">
+      <c r="W7" s="70">
         <v>74</v>
       </c>
-      <c r="X7" s="68">
+      <c r="X7" s="71">
         <v>116</v>
       </c>
-      <c r="Y7" s="69">
+      <c r="Y7" s="72">
         <v>190</v>
       </c>
-      <c r="Z7" s="67">
+      <c r="Z7" s="70">
         <v>65</v>
       </c>
-      <c r="AA7" s="68">
+      <c r="AA7" s="71">
         <v>134</v>
       </c>
-      <c r="AB7" s="69">
+      <c r="AB7" s="72">
         <v>199</v>
       </c>
-      <c r="AC7" s="67">
+      <c r="AC7" s="70">
         <v>78</v>
       </c>
-      <c r="AD7" s="68">
+      <c r="AD7" s="71">
         <v>112</v>
       </c>
-      <c r="AE7" s="69">
+      <c r="AE7" s="72">
         <v>190</v>
       </c>
-      <c r="AF7" s="67">
+      <c r="AF7" s="70">
         <f t="shared" ref="AF7:AF11" si="1">B7+E7+H7+K7+N7+Q7+T7+W7+Z7+AC7</f>
         <v>686</v>
       </c>
-      <c r="AG7" s="68">
+      <c r="AG7" s="71">
         <f t="shared" ref="AG7:AG10" si="2">SUM(C7,F7,I7,L7,O7,R7,U7,X7,AA7,AD7)</f>
         <v>1114</v>
       </c>
-      <c r="AH7" s="69">
+      <c r="AH7" s="72">
         <f t="shared" ref="AH7:AH11" si="3">SUM(D7,G7,J7,M7,P7,S7,V7,Y7,AB7,AE7)</f>
         <v>1800</v>
       </c>
     </row>
     <row r="8" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="67">
-[...2 lines deleted...]
-      <c r="C8" s="68">
+      <c r="B8" s="70">
+        <v>15</v>
+      </c>
+      <c r="C8" s="71">
         <v>19</v>
       </c>
-      <c r="D8" s="73">
+      <c r="D8" s="76">
         <v>34</v>
       </c>
-      <c r="E8" s="67">
+      <c r="E8" s="70">
         <v>62</v>
       </c>
-      <c r="F8" s="68">
+      <c r="F8" s="71">
         <v>81</v>
       </c>
-      <c r="G8" s="69">
+      <c r="G8" s="72">
         <v>143</v>
       </c>
-      <c r="H8" s="67">
+      <c r="H8" s="70">
         <v>54</v>
       </c>
-      <c r="I8" s="68">
+      <c r="I8" s="71">
         <v>55</v>
       </c>
-      <c r="J8" s="69">
+      <c r="J8" s="72">
         <v>109</v>
       </c>
-      <c r="K8" s="67">
+      <c r="K8" s="70">
         <v>72</v>
       </c>
-      <c r="L8" s="68">
+      <c r="L8" s="71">
         <v>82</v>
       </c>
-      <c r="M8" s="69">
+      <c r="M8" s="72">
         <v>154</v>
       </c>
-      <c r="N8" s="67">
+      <c r="N8" s="70">
         <v>68</v>
       </c>
-      <c r="O8" s="68">
+      <c r="O8" s="71">
         <v>91</v>
       </c>
-      <c r="P8" s="69">
+      <c r="P8" s="72">
         <v>159</v>
       </c>
-      <c r="Q8" s="67">
+      <c r="Q8" s="70">
         <v>56</v>
       </c>
-      <c r="R8" s="68">
+      <c r="R8" s="71">
         <v>108</v>
       </c>
-      <c r="S8" s="69">
+      <c r="S8" s="72">
         <v>164</v>
       </c>
-      <c r="T8" s="67">
+      <c r="T8" s="70">
         <v>69</v>
       </c>
-      <c r="U8" s="68">
+      <c r="U8" s="71">
         <v>104</v>
       </c>
-      <c r="V8" s="69">
+      <c r="V8" s="72">
         <v>173</v>
       </c>
-      <c r="W8" s="67">
+      <c r="W8" s="70">
         <v>63</v>
       </c>
-      <c r="X8" s="68">
+      <c r="X8" s="71">
         <v>108</v>
       </c>
-      <c r="Y8" s="69">
+      <c r="Y8" s="72">
         <v>171</v>
       </c>
-      <c r="Z8" s="67">
+      <c r="Z8" s="70">
         <v>84</v>
       </c>
-      <c r="AA8" s="68">
+      <c r="AA8" s="71">
         <v>118</v>
       </c>
-      <c r="AB8" s="69">
+      <c r="AB8" s="72">
         <v>202</v>
       </c>
-      <c r="AC8" s="67">
+      <c r="AC8" s="70">
         <v>92</v>
       </c>
-      <c r="AD8" s="68">
+      <c r="AD8" s="71">
         <v>100</v>
       </c>
-      <c r="AE8" s="69">
+      <c r="AE8" s="72">
         <v>192</v>
       </c>
-      <c r="AF8" s="67">
+      <c r="AF8" s="70">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
-      <c r="AG8" s="68">
+      <c r="AG8" s="71">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
-      <c r="AH8" s="69">
+      <c r="AH8" s="72">
         <f t="shared" si="3"/>
         <v>1501</v>
       </c>
     </row>
     <row r="9" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="67">
+      <c r="B9" s="70">
         <v>7</v>
       </c>
-      <c r="C9" s="68">
-[...2 lines deleted...]
-      <c r="D9" s="73">
+      <c r="C9" s="71">
+        <v>14</v>
+      </c>
+      <c r="D9" s="76">
         <v>21</v>
       </c>
-      <c r="E9" s="67">
+      <c r="E9" s="70">
         <v>68</v>
       </c>
-      <c r="F9" s="68">
+      <c r="F9" s="71">
         <v>68</v>
       </c>
-      <c r="G9" s="69">
+      <c r="G9" s="72">
         <v>136</v>
       </c>
-      <c r="H9" s="67">
+      <c r="H9" s="70">
         <v>66</v>
       </c>
-      <c r="I9" s="68">
+      <c r="I9" s="71">
         <v>63</v>
       </c>
-      <c r="J9" s="69">
+      <c r="J9" s="72">
         <v>129</v>
       </c>
-      <c r="K9" s="67">
+      <c r="K9" s="70">
         <v>78</v>
       </c>
-      <c r="L9" s="68">
+      <c r="L9" s="71">
         <v>73</v>
       </c>
-      <c r="M9" s="69">
+      <c r="M9" s="72">
         <v>151</v>
       </c>
-      <c r="N9" s="67">
+      <c r="N9" s="70">
         <v>98</v>
       </c>
-      <c r="O9" s="68">
+      <c r="O9" s="71">
         <v>73</v>
       </c>
-      <c r="P9" s="69">
+      <c r="P9" s="72">
         <v>171</v>
       </c>
-      <c r="Q9" s="67">
+      <c r="Q9" s="70">
         <v>72</v>
       </c>
-      <c r="R9" s="68">
+      <c r="R9" s="71">
         <v>79</v>
       </c>
-      <c r="S9" s="69">
+      <c r="S9" s="72">
         <v>151</v>
       </c>
-      <c r="T9" s="67">
+      <c r="T9" s="70">
         <v>53</v>
       </c>
-      <c r="U9" s="68">
+      <c r="U9" s="71">
         <v>78</v>
       </c>
-      <c r="V9" s="69">
+      <c r="V9" s="72">
         <v>131</v>
       </c>
-      <c r="W9" s="67">
+      <c r="W9" s="70">
         <v>80</v>
       </c>
-      <c r="X9" s="68">
+      <c r="X9" s="71">
         <v>79</v>
       </c>
-      <c r="Y9" s="69">
+      <c r="Y9" s="72">
         <v>159</v>
       </c>
-      <c r="Z9" s="67">
+      <c r="Z9" s="70">
         <v>75</v>
       </c>
-      <c r="AA9" s="68">
+      <c r="AA9" s="71">
         <v>89</v>
       </c>
-      <c r="AB9" s="69">
+      <c r="AB9" s="72">
         <v>164</v>
       </c>
-      <c r="AC9" s="67">
+      <c r="AC9" s="70">
         <v>60</v>
       </c>
-      <c r="AD9" s="68">
+      <c r="AD9" s="71">
         <v>68</v>
       </c>
-      <c r="AE9" s="69">
+      <c r="AE9" s="72">
         <v>128</v>
       </c>
-      <c r="AF9" s="67">
+      <c r="AF9" s="70">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
-      <c r="AG9" s="68">
+      <c r="AG9" s="71">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
-      <c r="AH9" s="69">
+      <c r="AH9" s="72">
         <f t="shared" si="3"/>
         <v>1341</v>
       </c>
     </row>
     <row r="10" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="74">
-[...5 lines deleted...]
-      <c r="D10" s="76">
+      <c r="B10" s="77">
+        <v>14</v>
+      </c>
+      <c r="C10" s="78">
+        <v>14</v>
+      </c>
+      <c r="D10" s="79">
         <v>28</v>
       </c>
-      <c r="E10" s="74">
+      <c r="E10" s="77">
         <v>63</v>
       </c>
-      <c r="F10" s="75">
+      <c r="F10" s="78">
         <v>75</v>
       </c>
-      <c r="G10" s="77">
+      <c r="G10" s="80">
         <v>138</v>
       </c>
-      <c r="H10" s="74">
+      <c r="H10" s="77">
         <v>51</v>
       </c>
-      <c r="I10" s="75">
+      <c r="I10" s="78">
         <v>77</v>
       </c>
-      <c r="J10" s="77">
+      <c r="J10" s="80">
         <v>128</v>
       </c>
-      <c r="K10" s="74">
+      <c r="K10" s="77">
         <v>78</v>
       </c>
-      <c r="L10" s="75">
+      <c r="L10" s="78">
         <v>81</v>
       </c>
-      <c r="M10" s="77">
+      <c r="M10" s="80">
         <v>159</v>
       </c>
-      <c r="N10" s="74">
+      <c r="N10" s="77">
         <v>91</v>
       </c>
-      <c r="O10" s="75">
+      <c r="O10" s="78">
         <v>93</v>
       </c>
-      <c r="P10" s="77">
+      <c r="P10" s="80">
         <v>184</v>
       </c>
-      <c r="Q10" s="74">
+      <c r="Q10" s="77">
         <v>49</v>
       </c>
-      <c r="R10" s="75">
+      <c r="R10" s="78">
         <v>83</v>
       </c>
-      <c r="S10" s="77">
+      <c r="S10" s="80">
         <v>132</v>
       </c>
-      <c r="T10" s="74">
+      <c r="T10" s="77">
         <v>73</v>
       </c>
-      <c r="U10" s="75">
+      <c r="U10" s="78">
         <v>78</v>
       </c>
-      <c r="V10" s="77">
+      <c r="V10" s="80">
         <v>151</v>
       </c>
-      <c r="W10" s="74">
+      <c r="W10" s="77">
         <v>72</v>
       </c>
-      <c r="X10" s="75">
+      <c r="X10" s="78">
         <v>93</v>
       </c>
-      <c r="Y10" s="77">
+      <c r="Y10" s="80">
         <v>165</v>
       </c>
-      <c r="Z10" s="74">
+      <c r="Z10" s="77">
         <v>50</v>
       </c>
-      <c r="AA10" s="75">
+      <c r="AA10" s="78">
         <v>77</v>
       </c>
-      <c r="AB10" s="77">
+      <c r="AB10" s="80">
         <v>127</v>
       </c>
-      <c r="AC10" s="74">
+      <c r="AC10" s="77">
         <v>66</v>
       </c>
-      <c r="AD10" s="75">
+      <c r="AD10" s="78">
         <v>104</v>
       </c>
-      <c r="AE10" s="77">
+      <c r="AE10" s="80">
         <v>170</v>
       </c>
-      <c r="AF10" s="74">
+      <c r="AF10" s="77">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
-      <c r="AG10" s="75">
+      <c r="AG10" s="78">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
-      <c r="AH10" s="77">
+      <c r="AH10" s="80">
         <f t="shared" si="3"/>
         <v>1382</v>
       </c>
     </row>
     <row r="11" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="70">
+      <c r="B11" s="73">
         <v>82</v>
       </c>
-      <c r="C11" s="71">
+      <c r="C11" s="74">
         <v>96</v>
       </c>
-      <c r="D11" s="78">
+      <c r="D11" s="81">
         <v>178</v>
       </c>
-      <c r="E11" s="70">
+      <c r="E11" s="73">
         <v>500</v>
       </c>
-      <c r="F11" s="71">
+      <c r="F11" s="74">
         <v>528</v>
       </c>
-      <c r="G11" s="72">
+      <c r="G11" s="75">
         <v>1028</v>
       </c>
-      <c r="H11" s="70">
+      <c r="H11" s="73">
         <v>449</v>
       </c>
-      <c r="I11" s="71">
+      <c r="I11" s="74">
         <v>466</v>
       </c>
-      <c r="J11" s="72">
+      <c r="J11" s="75">
         <v>915</v>
       </c>
-      <c r="K11" s="70">
+      <c r="K11" s="73">
         <v>609</v>
       </c>
-      <c r="L11" s="71">
+      <c r="L11" s="74">
         <v>608</v>
       </c>
-      <c r="M11" s="72">
+      <c r="M11" s="75">
         <v>1217</v>
       </c>
-      <c r="N11" s="70">
+      <c r="N11" s="73">
         <v>638</v>
       </c>
-      <c r="O11" s="71">
+      <c r="O11" s="74">
         <v>697</v>
       </c>
-      <c r="P11" s="72">
+      <c r="P11" s="75">
         <v>1335</v>
       </c>
-      <c r="Q11" s="70">
+      <c r="Q11" s="73">
         <v>465</v>
       </c>
-      <c r="R11" s="71">
+      <c r="R11" s="74">
         <v>656</v>
       </c>
-      <c r="S11" s="72">
+      <c r="S11" s="75">
         <v>1121</v>
       </c>
-      <c r="T11" s="70">
+      <c r="T11" s="73">
         <v>474</v>
       </c>
-      <c r="U11" s="71">
+      <c r="U11" s="74">
         <v>548</v>
       </c>
-      <c r="V11" s="72">
+      <c r="V11" s="75">
         <v>1022</v>
       </c>
-      <c r="W11" s="70">
+      <c r="W11" s="73">
         <v>460</v>
       </c>
-      <c r="X11" s="71">
+      <c r="X11" s="74">
         <v>596</v>
       </c>
-      <c r="Y11" s="72">
+      <c r="Y11" s="75">
         <v>1056</v>
       </c>
-      <c r="Z11" s="70">
+      <c r="Z11" s="73">
         <v>426</v>
       </c>
-      <c r="AA11" s="71">
+      <c r="AA11" s="74">
         <v>571</v>
       </c>
-      <c r="AB11" s="72">
+      <c r="AB11" s="75">
         <v>997</v>
       </c>
-      <c r="AC11" s="70">
+      <c r="AC11" s="73">
         <v>478</v>
       </c>
-      <c r="AD11" s="71">
+      <c r="AD11" s="74">
         <v>500</v>
       </c>
-      <c r="AE11" s="72">
+      <c r="AE11" s="75">
         <v>978</v>
       </c>
-      <c r="AF11" s="70">
+      <c r="AF11" s="73">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
-      <c r="AG11" s="71">
+      <c r="AG11" s="74">
         <f>SUM(C11,F11,I11,L11,O11,R11,U11,X11,AA11,AD11)</f>
         <v>5266</v>
       </c>
-      <c r="AH11" s="72">
+      <c r="AH11" s="75">
         <f t="shared" si="3"/>
         <v>9847</v>
       </c>
     </row>
     <row r="12" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="79" t="s">
+      <c r="A13" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="91" t="s">
+      <c r="B13" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C13" s="91"/>
-[...30 lines deleted...]
-      <c r="AH13" s="91"/>
+      <c r="C13" s="94"/>
+      <c r="D13" s="94"/>
+      <c r="E13" s="94"/>
+      <c r="F13" s="94"/>
+      <c r="G13" s="94"/>
+      <c r="H13" s="94"/>
+      <c r="I13" s="94"/>
+      <c r="J13" s="94"/>
+      <c r="K13" s="94"/>
+      <c r="L13" s="94"/>
+      <c r="M13" s="94"/>
+      <c r="N13" s="94"/>
+      <c r="O13" s="94"/>
+      <c r="P13" s="94"/>
+      <c r="Q13" s="94"/>
+      <c r="R13" s="94"/>
+      <c r="S13" s="94"/>
+      <c r="T13" s="94"/>
+      <c r="U13" s="94"/>
+      <c r="V13" s="94"/>
+      <c r="W13" s="94"/>
+      <c r="X13" s="94"/>
+      <c r="Y13" s="94"/>
+      <c r="Z13" s="94"/>
+      <c r="AA13" s="94"/>
+      <c r="AB13" s="94"/>
+      <c r="AC13" s="94"/>
+      <c r="AD13" s="94"/>
+      <c r="AE13" s="94"/>
+      <c r="AF13" s="94"/>
+      <c r="AG13" s="94"/>
+      <c r="AH13" s="94"/>
     </row>
     <row r="14" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="97"/>
-      <c r="B14" s="92" t="s">
+      <c r="A14" s="100"/>
+      <c r="B14" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="92"/>
-[...30 lines deleted...]
-      <c r="AH14" s="92"/>
+      <c r="C14" s="95"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="95"/>
+      <c r="L14" s="95"/>
+      <c r="M14" s="95"/>
+      <c r="N14" s="95"/>
+      <c r="O14" s="95"/>
+      <c r="P14" s="95"/>
+      <c r="Q14" s="95"/>
+      <c r="R14" s="95"/>
+      <c r="S14" s="95"/>
+      <c r="T14" s="95"/>
+      <c r="U14" s="95"/>
+      <c r="V14" s="95"/>
+      <c r="W14" s="95"/>
+      <c r="X14" s="95"/>
+      <c r="Y14" s="95"/>
+      <c r="Z14" s="95"/>
+      <c r="AA14" s="95"/>
+      <c r="AB14" s="95"/>
+      <c r="AC14" s="95"/>
+      <c r="AD14" s="95"/>
+      <c r="AE14" s="95"/>
+      <c r="AF14" s="95"/>
+      <c r="AG14" s="95"/>
+      <c r="AH14" s="95"/>
     </row>
     <row r="15" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="80"/>
-      <c r="B15" s="81" t="s">
+      <c r="A15" s="83"/>
+      <c r="B15" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="82"/>
-[...1 lines deleted...]
-      <c r="E15" s="81" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="92"/>
+      <c r="E15" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F15" s="82"/>
-[...1 lines deleted...]
-      <c r="H15" s="81" t="s">
+      <c r="F15" s="85"/>
+      <c r="G15" s="86"/>
+      <c r="H15" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I15" s="82"/>
-[...1 lines deleted...]
-      <c r="K15" s="81" t="s">
+      <c r="I15" s="85"/>
+      <c r="J15" s="86"/>
+      <c r="K15" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L15" s="82"/>
-[...1 lines deleted...]
-      <c r="N15" s="81" t="s">
+      <c r="L15" s="85"/>
+      <c r="M15" s="86"/>
+      <c r="N15" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O15" s="82"/>
-[...1 lines deleted...]
-      <c r="Q15" s="81" t="s">
+      <c r="O15" s="85"/>
+      <c r="P15" s="86"/>
+      <c r="Q15" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R15" s="82"/>
-[...1 lines deleted...]
-      <c r="T15" s="81" t="s">
+      <c r="R15" s="85"/>
+      <c r="S15" s="86"/>
+      <c r="T15" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U15" s="82"/>
-[...1 lines deleted...]
-      <c r="W15" s="81" t="s">
+      <c r="U15" s="85"/>
+      <c r="V15" s="86"/>
+      <c r="W15" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X15" s="82"/>
-[...1 lines deleted...]
-      <c r="Z15" s="81" t="s">
+      <c r="X15" s="85"/>
+      <c r="Y15" s="86"/>
+      <c r="Z15" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA15" s="82"/>
-[...1 lines deleted...]
-      <c r="AC15" s="81" t="s">
+      <c r="AA15" s="85"/>
+      <c r="AB15" s="86"/>
+      <c r="AC15" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD15" s="82"/>
-[...5 lines deleted...]
-      <c r="AH15" s="83"/>
+      <c r="AD15" s="85"/>
+      <c r="AE15" s="86"/>
+      <c r="AF15" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG15" s="85"/>
+      <c r="AH15" s="86"/>
     </row>
     <row r="16" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A16" s="80"/>
+      <c r="A16" s="83"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
@@ -4368,826 +4422,826 @@
         <v>13</v>
       </c>
       <c r="AC16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="52">
+      <c r="B17" s="53">
         <v>41</v>
       </c>
-      <c r="C17" s="53">
+      <c r="C17" s="54">
         <v>35</v>
       </c>
-      <c r="D17" s="57">
+      <c r="D17" s="58">
         <v>76</v>
       </c>
-      <c r="E17" s="52">
+      <c r="E17" s="53">
         <v>256</v>
       </c>
-      <c r="F17" s="53">
+      <c r="F17" s="54">
         <v>212</v>
       </c>
-      <c r="G17" s="54">
+      <c r="G17" s="55">
         <v>468</v>
       </c>
-      <c r="H17" s="52">
+      <c r="H17" s="53">
         <v>227</v>
       </c>
-      <c r="I17" s="53">
+      <c r="I17" s="54">
         <v>211</v>
       </c>
-      <c r="J17" s="54">
+      <c r="J17" s="55">
         <v>438</v>
       </c>
-      <c r="K17" s="52">
+      <c r="K17" s="53">
         <v>244</v>
       </c>
-      <c r="L17" s="53">
+      <c r="L17" s="54">
         <v>253</v>
       </c>
-      <c r="M17" s="54">
+      <c r="M17" s="55">
         <v>497</v>
       </c>
-      <c r="N17" s="52">
+      <c r="N17" s="53">
         <v>260</v>
       </c>
-      <c r="O17" s="53">
+      <c r="O17" s="54">
         <v>285</v>
       </c>
-      <c r="P17" s="54">
+      <c r="P17" s="55">
         <v>545</v>
       </c>
-      <c r="Q17" s="52">
+      <c r="Q17" s="53">
         <v>209</v>
       </c>
-      <c r="R17" s="53">
+      <c r="R17" s="54">
         <v>200</v>
       </c>
-      <c r="S17" s="54">
+      <c r="S17" s="55">
         <v>409</v>
       </c>
-      <c r="T17" s="52">
+      <c r="T17" s="53">
         <v>208</v>
       </c>
-      <c r="U17" s="53">
+      <c r="U17" s="54">
         <v>196</v>
       </c>
-      <c r="V17" s="54">
+      <c r="V17" s="55">
         <v>404</v>
       </c>
-      <c r="W17" s="52">
+      <c r="W17" s="53">
         <v>155</v>
       </c>
-      <c r="X17" s="53">
+      <c r="X17" s="54">
         <v>186</v>
       </c>
-      <c r="Y17" s="54">
+      <c r="Y17" s="55">
         <v>341</v>
       </c>
-      <c r="Z17" s="52">
+      <c r="Z17" s="53">
         <v>153</v>
       </c>
-      <c r="AA17" s="53">
+      <c r="AA17" s="54">
         <v>130</v>
       </c>
-      <c r="AB17" s="54">
+      <c r="AB17" s="55">
         <v>283</v>
       </c>
-      <c r="AC17" s="52">
+      <c r="AC17" s="53">
         <v>160</v>
       </c>
-      <c r="AD17" s="53">
+      <c r="AD17" s="54">
         <v>125</v>
       </c>
-      <c r="AE17" s="54">
+      <c r="AE17" s="55">
         <v>285</v>
       </c>
-      <c r="AF17" s="52">
+      <c r="AF17" s="53">
         <f>B17+E17+H17+K17+N17+Q17+T17+W17+Z17+AC17</f>
         <v>1913</v>
       </c>
-      <c r="AG17" s="53">
+      <c r="AG17" s="54">
         <f t="shared" ref="AG17:AG22" si="4">SUM(C17,F17,I17,L17,O17,R17,U17,X17,AA17,AD17)</f>
         <v>1833</v>
       </c>
-      <c r="AH17" s="54">
+      <c r="AH17" s="55">
         <f t="shared" ref="AH17:AH22" si="5">SUM(D17,G17,J17,M17,P17,S17,V17,Y17,AB17,AE17)</f>
         <v>3746</v>
       </c>
     </row>
     <row r="18" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="52">
+      <c r="B18" s="53">
         <v>18</v>
       </c>
-      <c r="C18" s="53">
+      <c r="C18" s="54">
         <v>24</v>
       </c>
-      <c r="D18" s="57">
+      <c r="D18" s="58">
         <v>42</v>
       </c>
-      <c r="E18" s="52">
+      <c r="E18" s="53">
         <v>65</v>
       </c>
-      <c r="F18" s="53">
+      <c r="F18" s="54">
         <v>69</v>
       </c>
-      <c r="G18" s="54">
+      <c r="G18" s="55">
         <v>134</v>
       </c>
-      <c r="H18" s="52">
+      <c r="H18" s="53">
         <v>59</v>
       </c>
-      <c r="I18" s="53">
+      <c r="I18" s="54">
         <v>65</v>
       </c>
-      <c r="J18" s="54">
+      <c r="J18" s="55">
         <v>124</v>
       </c>
-      <c r="K18" s="52">
+      <c r="K18" s="53">
         <v>70</v>
       </c>
-      <c r="L18" s="53">
+      <c r="L18" s="54">
         <v>77</v>
       </c>
-      <c r="M18" s="54">
+      <c r="M18" s="55">
         <v>147</v>
       </c>
-      <c r="N18" s="52">
+      <c r="N18" s="53">
         <v>68</v>
       </c>
-      <c r="O18" s="53">
+      <c r="O18" s="54">
         <v>76</v>
       </c>
-      <c r="P18" s="54">
+      <c r="P18" s="55">
         <v>144</v>
       </c>
-      <c r="Q18" s="52">
+      <c r="Q18" s="53">
         <v>60</v>
       </c>
-      <c r="R18" s="53">
+      <c r="R18" s="54">
         <v>72</v>
       </c>
-      <c r="S18" s="54">
+      <c r="S18" s="55">
         <v>132</v>
       </c>
-      <c r="T18" s="52">
+      <c r="T18" s="53">
         <v>56</v>
       </c>
-      <c r="U18" s="53">
+      <c r="U18" s="54">
         <v>86</v>
       </c>
-      <c r="V18" s="54">
+      <c r="V18" s="55">
         <v>142</v>
       </c>
-      <c r="W18" s="52">
+      <c r="W18" s="53">
         <v>45</v>
       </c>
-      <c r="X18" s="53">
+      <c r="X18" s="54">
         <v>78</v>
       </c>
-      <c r="Y18" s="54">
+      <c r="Y18" s="55">
         <v>123</v>
       </c>
-      <c r="Z18" s="52">
+      <c r="Z18" s="53">
         <v>49</v>
       </c>
-      <c r="AA18" s="53">
+      <c r="AA18" s="54">
         <v>65</v>
       </c>
-      <c r="AB18" s="54">
+      <c r="AB18" s="55">
         <v>114</v>
       </c>
-      <c r="AC18" s="52">
+      <c r="AC18" s="53">
         <v>49</v>
       </c>
-      <c r="AD18" s="53">
+      <c r="AD18" s="54">
         <v>63</v>
       </c>
-      <c r="AE18" s="54">
+      <c r="AE18" s="55">
         <v>112</v>
       </c>
-      <c r="AF18" s="52">
+      <c r="AF18" s="53">
         <f t="shared" ref="AF18:AF22" si="6">B18+E18+H18+K18+N18+Q18+T18+W18+Z18+AC18</f>
         <v>539</v>
       </c>
-      <c r="AG18" s="53">
+      <c r="AG18" s="54">
         <f t="shared" si="4"/>
         <v>675</v>
       </c>
-      <c r="AH18" s="54">
+      <c r="AH18" s="55">
         <f t="shared" si="5"/>
         <v>1214</v>
       </c>
     </row>
     <row r="19" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="52">
+      <c r="B19" s="53">
         <v>20</v>
       </c>
-      <c r="C19" s="53">
+      <c r="C19" s="54">
         <v>20</v>
       </c>
-      <c r="D19" s="57">
+      <c r="D19" s="58">
         <v>40</v>
       </c>
-      <c r="E19" s="52">
+      <c r="E19" s="53">
         <v>66</v>
       </c>
-      <c r="F19" s="53">
+      <c r="F19" s="54">
         <v>61</v>
       </c>
-      <c r="G19" s="54">
+      <c r="G19" s="55">
         <v>127</v>
       </c>
-      <c r="H19" s="52">
+      <c r="H19" s="53">
         <v>50</v>
       </c>
-      <c r="I19" s="53">
+      <c r="I19" s="54">
         <v>41</v>
       </c>
-      <c r="J19" s="54">
+      <c r="J19" s="55">
         <v>91</v>
       </c>
-      <c r="K19" s="52">
+      <c r="K19" s="53">
         <v>63</v>
       </c>
-      <c r="L19" s="53">
+      <c r="L19" s="54">
         <v>67</v>
       </c>
-      <c r="M19" s="54">
+      <c r="M19" s="55">
         <v>130</v>
       </c>
-      <c r="N19" s="52">
+      <c r="N19" s="53">
         <v>66</v>
       </c>
-      <c r="O19" s="53">
+      <c r="O19" s="54">
         <v>80</v>
       </c>
-      <c r="P19" s="54">
+      <c r="P19" s="55">
         <v>146</v>
       </c>
-      <c r="Q19" s="52">
+      <c r="Q19" s="53">
         <v>64</v>
       </c>
-      <c r="R19" s="53">
+      <c r="R19" s="54">
         <v>59</v>
       </c>
-      <c r="S19" s="54">
+      <c r="S19" s="55">
         <v>123</v>
       </c>
-      <c r="T19" s="52">
+      <c r="T19" s="53">
         <v>90</v>
       </c>
-      <c r="U19" s="53">
+      <c r="U19" s="54">
         <v>55</v>
       </c>
-      <c r="V19" s="54">
+      <c r="V19" s="55">
         <v>145</v>
       </c>
-      <c r="W19" s="52">
+      <c r="W19" s="53">
         <v>80</v>
       </c>
-      <c r="X19" s="53">
+      <c r="X19" s="54">
         <v>81</v>
       </c>
-      <c r="Y19" s="54">
+      <c r="Y19" s="55">
         <v>161</v>
       </c>
-      <c r="Z19" s="52">
+      <c r="Z19" s="53">
         <v>78</v>
       </c>
-      <c r="AA19" s="53">
+      <c r="AA19" s="54">
         <v>88</v>
       </c>
-      <c r="AB19" s="54">
+      <c r="AB19" s="55">
         <v>166</v>
       </c>
-      <c r="AC19" s="52">
+      <c r="AC19" s="53">
         <v>73</v>
       </c>
-      <c r="AD19" s="53">
+      <c r="AD19" s="54">
         <v>78</v>
       </c>
-      <c r="AE19" s="54">
+      <c r="AE19" s="55">
         <v>151</v>
       </c>
-      <c r="AF19" s="52">
+      <c r="AF19" s="53">
         <f t="shared" si="6"/>
         <v>650</v>
       </c>
-      <c r="AG19" s="53">
+      <c r="AG19" s="54">
         <f t="shared" si="4"/>
         <v>630</v>
       </c>
-      <c r="AH19" s="54">
+      <c r="AH19" s="55">
         <f t="shared" si="5"/>
         <v>1280</v>
       </c>
     </row>
     <row r="20" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="52">
+      <c r="B20" s="53">
         <v>9</v>
       </c>
-      <c r="C20" s="53">
+      <c r="C20" s="54">
         <v>20</v>
       </c>
-      <c r="D20" s="57">
+      <c r="D20" s="58">
         <v>29</v>
       </c>
-      <c r="E20" s="52">
+      <c r="E20" s="53">
         <v>56</v>
       </c>
-      <c r="F20" s="53">
+      <c r="F20" s="54">
         <v>52</v>
       </c>
-      <c r="G20" s="54">
+      <c r="G20" s="55">
         <v>108</v>
       </c>
-      <c r="H20" s="52">
+      <c r="H20" s="53">
         <v>45</v>
       </c>
-      <c r="I20" s="53">
+      <c r="I20" s="54">
         <v>44</v>
       </c>
-      <c r="J20" s="54">
+      <c r="J20" s="55">
         <v>89</v>
       </c>
-      <c r="K20" s="52">
+      <c r="K20" s="53">
         <v>61</v>
       </c>
-      <c r="L20" s="53">
+      <c r="L20" s="54">
         <v>58</v>
       </c>
-      <c r="M20" s="54">
+      <c r="M20" s="55">
         <v>119</v>
       </c>
-      <c r="N20" s="52">
+      <c r="N20" s="53">
         <v>59</v>
       </c>
-      <c r="O20" s="53">
+      <c r="O20" s="54">
         <v>74</v>
       </c>
-      <c r="P20" s="54">
+      <c r="P20" s="55">
         <v>133</v>
       </c>
-      <c r="Q20" s="52">
+      <c r="Q20" s="53">
         <v>40</v>
       </c>
-      <c r="R20" s="53">
+      <c r="R20" s="54">
         <v>52</v>
       </c>
-      <c r="S20" s="54">
+      <c r="S20" s="55">
         <v>92</v>
       </c>
-      <c r="T20" s="52">
+      <c r="T20" s="53">
         <v>49</v>
       </c>
-      <c r="U20" s="53">
+      <c r="U20" s="54">
         <v>60</v>
       </c>
-      <c r="V20" s="54">
+      <c r="V20" s="55">
         <v>109</v>
       </c>
-      <c r="W20" s="52">
+      <c r="W20" s="53">
         <v>48</v>
       </c>
-      <c r="X20" s="53">
+      <c r="X20" s="54">
         <v>67</v>
       </c>
-      <c r="Y20" s="54">
+      <c r="Y20" s="55">
         <v>115</v>
       </c>
-      <c r="Z20" s="52">
+      <c r="Z20" s="53">
         <v>54</v>
       </c>
-      <c r="AA20" s="53">
+      <c r="AA20" s="54">
         <v>55</v>
       </c>
-      <c r="AB20" s="54">
+      <c r="AB20" s="55">
         <v>109</v>
       </c>
-      <c r="AC20" s="52">
+      <c r="AC20" s="53">
         <v>36</v>
       </c>
-      <c r="AD20" s="53">
+      <c r="AD20" s="54">
         <v>69</v>
       </c>
-      <c r="AE20" s="54">
+      <c r="AE20" s="55">
         <v>105</v>
       </c>
-      <c r="AF20" s="52">
+      <c r="AF20" s="53">
         <f t="shared" si="6"/>
         <v>457</v>
       </c>
-      <c r="AG20" s="53">
+      <c r="AG20" s="54">
         <f t="shared" si="4"/>
         <v>551</v>
       </c>
-      <c r="AH20" s="54">
+      <c r="AH20" s="55">
         <f t="shared" si="5"/>
         <v>1008</v>
       </c>
     </row>
     <row r="21" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="52">
+      <c r="B21" s="53">
         <v>7</v>
       </c>
-      <c r="C21" s="53">
-[...2 lines deleted...]
-      <c r="D21" s="57">
+      <c r="C21" s="54">
+        <v>13</v>
+      </c>
+      <c r="D21" s="58">
         <v>20</v>
       </c>
-      <c r="E21" s="52">
+      <c r="E21" s="53">
         <v>53</v>
       </c>
-      <c r="F21" s="53">
+      <c r="F21" s="54">
         <v>58</v>
       </c>
-      <c r="G21" s="54">
+      <c r="G21" s="55">
         <v>111</v>
       </c>
-      <c r="H21" s="52">
+      <c r="H21" s="53">
         <v>59</v>
       </c>
-      <c r="I21" s="53">
+      <c r="I21" s="54">
         <v>53</v>
       </c>
-      <c r="J21" s="54">
+      <c r="J21" s="55">
         <v>112</v>
       </c>
-      <c r="K21" s="52">
+      <c r="K21" s="53">
         <v>52</v>
       </c>
-      <c r="L21" s="53">
+      <c r="L21" s="54">
         <v>60</v>
       </c>
-      <c r="M21" s="54">
+      <c r="M21" s="55">
         <v>112</v>
       </c>
-      <c r="N21" s="52">
+      <c r="N21" s="53">
         <v>54</v>
       </c>
-      <c r="O21" s="53">
+      <c r="O21" s="54">
         <v>68</v>
       </c>
-      <c r="P21" s="54">
+      <c r="P21" s="55">
         <v>122</v>
       </c>
-      <c r="Q21" s="52">
+      <c r="Q21" s="53">
         <v>39</v>
       </c>
-      <c r="R21" s="53">
+      <c r="R21" s="54">
         <v>45</v>
       </c>
-      <c r="S21" s="54">
+      <c r="S21" s="55">
         <v>84</v>
       </c>
-      <c r="T21" s="52">
+      <c r="T21" s="53">
         <v>31</v>
       </c>
-      <c r="U21" s="53">
+      <c r="U21" s="54">
         <v>46</v>
       </c>
-      <c r="V21" s="54">
+      <c r="V21" s="55">
         <v>77</v>
       </c>
-      <c r="W21" s="52">
+      <c r="W21" s="53">
         <v>43</v>
       </c>
-      <c r="X21" s="53">
+      <c r="X21" s="54">
         <v>76</v>
       </c>
-      <c r="Y21" s="54">
+      <c r="Y21" s="55">
         <v>119</v>
       </c>
-      <c r="Z21" s="52">
+      <c r="Z21" s="53">
         <v>45</v>
       </c>
-      <c r="AA21" s="53">
+      <c r="AA21" s="54">
         <v>54</v>
       </c>
-      <c r="AB21" s="54">
+      <c r="AB21" s="55">
         <v>99</v>
       </c>
-      <c r="AC21" s="52">
+      <c r="AC21" s="53">
         <v>37</v>
       </c>
-      <c r="AD21" s="53">
+      <c r="AD21" s="54">
         <v>62</v>
       </c>
-      <c r="AE21" s="54">
+      <c r="AE21" s="55">
         <v>99</v>
       </c>
-      <c r="AF21" s="64">
+      <c r="AF21" s="67">
         <f t="shared" si="6"/>
         <v>420</v>
       </c>
-      <c r="AG21" s="65">
+      <c r="AG21" s="68">
         <f t="shared" si="4"/>
         <v>535</v>
       </c>
-      <c r="AH21" s="66">
+      <c r="AH21" s="69">
         <f t="shared" si="5"/>
         <v>955</v>
       </c>
     </row>
     <row r="22" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>95</v>
       </c>
-      <c r="C22" s="51">
+      <c r="C22" s="52">
         <v>112</v>
       </c>
-      <c r="D22" s="60">
+      <c r="D22" s="63">
         <v>207</v>
       </c>
       <c r="E22" s="22">
         <v>496</v>
       </c>
-      <c r="F22" s="51">
+      <c r="F22" s="52">
         <v>452</v>
       </c>
       <c r="G22" s="24">
         <v>948</v>
       </c>
       <c r="H22" s="22">
         <v>440</v>
       </c>
-      <c r="I22" s="51">
+      <c r="I22" s="52">
         <v>414</v>
       </c>
       <c r="J22" s="24">
         <v>854</v>
       </c>
       <c r="K22" s="22">
         <v>490</v>
       </c>
-      <c r="L22" s="51">
+      <c r="L22" s="52">
         <v>515</v>
       </c>
       <c r="M22" s="24">
         <v>1005</v>
       </c>
       <c r="N22" s="22">
         <v>507</v>
       </c>
-      <c r="O22" s="51">
+      <c r="O22" s="52">
         <v>583</v>
       </c>
       <c r="P22" s="24">
         <v>1090</v>
       </c>
       <c r="Q22" s="22">
         <v>412</v>
       </c>
-      <c r="R22" s="51">
+      <c r="R22" s="52">
         <v>428</v>
       </c>
       <c r="S22" s="24">
         <v>840</v>
       </c>
       <c r="T22" s="22">
         <v>434</v>
       </c>
-      <c r="U22" s="51">
+      <c r="U22" s="52">
         <v>443</v>
       </c>
       <c r="V22" s="24">
         <v>877</v>
       </c>
       <c r="W22" s="22">
         <v>371</v>
       </c>
-      <c r="X22" s="51">
+      <c r="X22" s="52">
         <v>488</v>
       </c>
       <c r="Y22" s="24">
         <v>859</v>
       </c>
       <c r="Z22" s="22">
         <v>379</v>
       </c>
-      <c r="AA22" s="51">
+      <c r="AA22" s="52">
         <v>392</v>
       </c>
       <c r="AB22" s="24">
         <v>771</v>
       </c>
       <c r="AC22" s="22">
         <v>355</v>
       </c>
-      <c r="AD22" s="51">
+      <c r="AD22" s="52">
         <v>397</v>
       </c>
       <c r="AE22" s="24">
         <v>752</v>
       </c>
       <c r="AF22" s="22">
         <f t="shared" si="6"/>
         <v>3979</v>
       </c>
-      <c r="AG22" s="51">
+      <c r="AG22" s="52">
         <f t="shared" si="4"/>
         <v>4224</v>
       </c>
       <c r="AH22" s="24">
         <f t="shared" si="5"/>
         <v>8203</v>
       </c>
     </row>
     <row r="24" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="90" t="s">
+      <c r="A24" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="91" t="s">
+      <c r="B24" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="91"/>
-[...30 lines deleted...]
-      <c r="AH24" s="91"/>
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="94"/>
+      <c r="F24" s="94"/>
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="94"/>
+      <c r="J24" s="94"/>
+      <c r="K24" s="94"/>
+      <c r="L24" s="94"/>
+      <c r="M24" s="94"/>
+      <c r="N24" s="94"/>
+      <c r="O24" s="94"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="94"/>
+      <c r="R24" s="94"/>
+      <c r="S24" s="94"/>
+      <c r="T24" s="94"/>
+      <c r="U24" s="94"/>
+      <c r="V24" s="94"/>
+      <c r="W24" s="94"/>
+      <c r="X24" s="94"/>
+      <c r="Y24" s="94"/>
+      <c r="Z24" s="94"/>
+      <c r="AA24" s="94"/>
+      <c r="AB24" s="94"/>
+      <c r="AC24" s="94"/>
+      <c r="AD24" s="94"/>
+      <c r="AE24" s="94"/>
+      <c r="AF24" s="94"/>
+      <c r="AG24" s="94"/>
+      <c r="AH24" s="94"/>
     </row>
     <row r="25" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="90"/>
-      <c r="B25" s="92" t="s">
+      <c r="A25" s="93"/>
+      <c r="B25" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="92"/>
-[...30 lines deleted...]
-      <c r="AH25" s="92"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
+      <c r="P25" s="95"/>
+      <c r="Q25" s="95"/>
+      <c r="R25" s="95"/>
+      <c r="S25" s="95"/>
+      <c r="T25" s="95"/>
+      <c r="U25" s="95"/>
+      <c r="V25" s="95"/>
+      <c r="W25" s="95"/>
+      <c r="X25" s="95"/>
+      <c r="Y25" s="95"/>
+      <c r="Z25" s="95"/>
+      <c r="AA25" s="95"/>
+      <c r="AB25" s="95"/>
+      <c r="AC25" s="95"/>
+      <c r="AD25" s="95"/>
+      <c r="AE25" s="95"/>
+      <c r="AF25" s="95"/>
+      <c r="AG25" s="95"/>
+      <c r="AH25" s="95"/>
     </row>
     <row r="26" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="90"/>
-      <c r="B26" s="81" t="s">
+      <c r="A26" s="93"/>
+      <c r="B26" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C26" s="82"/>
-[...1 lines deleted...]
-      <c r="E26" s="81" t="s">
+      <c r="C26" s="85"/>
+      <c r="D26" s="92"/>
+      <c r="E26" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="82"/>
-[...1 lines deleted...]
-      <c r="H26" s="81" t="s">
+      <c r="F26" s="85"/>
+      <c r="G26" s="86"/>
+      <c r="H26" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I26" s="82"/>
-[...1 lines deleted...]
-      <c r="K26" s="81" t="s">
+      <c r="I26" s="85"/>
+      <c r="J26" s="86"/>
+      <c r="K26" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L26" s="82"/>
-[...1 lines deleted...]
-      <c r="N26" s="81" t="s">
+      <c r="L26" s="85"/>
+      <c r="M26" s="86"/>
+      <c r="N26" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O26" s="82"/>
-[...1 lines deleted...]
-      <c r="Q26" s="81" t="s">
+      <c r="O26" s="85"/>
+      <c r="P26" s="86"/>
+      <c r="Q26" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R26" s="82"/>
-[...1 lines deleted...]
-      <c r="T26" s="81" t="s">
+      <c r="R26" s="85"/>
+      <c r="S26" s="86"/>
+      <c r="T26" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U26" s="82"/>
-[...1 lines deleted...]
-      <c r="W26" s="81" t="s">
+      <c r="U26" s="85"/>
+      <c r="V26" s="86"/>
+      <c r="W26" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X26" s="82"/>
-[...1 lines deleted...]
-      <c r="Z26" s="81" t="s">
+      <c r="X26" s="85"/>
+      <c r="Y26" s="86"/>
+      <c r="Z26" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA26" s="82"/>
-[...1 lines deleted...]
-      <c r="AC26" s="81" t="s">
+      <c r="AA26" s="85"/>
+      <c r="AB26" s="86"/>
+      <c r="AC26" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD26" s="82"/>
-[...5 lines deleted...]
-      <c r="AH26" s="83"/>
+      <c r="AD26" s="85"/>
+      <c r="AE26" s="86"/>
+      <c r="AF26" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG26" s="85"/>
+      <c r="AH26" s="86"/>
     </row>
     <row r="27" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A27" s="90"/>
+      <c r="A27" s="93"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -5887,187 +5941,187 @@
         <v>667</v>
       </c>
       <c r="AC33" s="13">
         <v>347</v>
       </c>
       <c r="AD33" s="14">
         <v>344</v>
       </c>
       <c r="AE33" s="18">
         <v>691</v>
       </c>
       <c r="AF33" s="13">
         <f t="shared" si="9"/>
         <v>3458</v>
       </c>
       <c r="AG33" s="14">
         <f t="shared" si="7"/>
         <v>3496</v>
       </c>
       <c r="AH33" s="18">
         <f t="shared" si="8"/>
         <v>6954</v>
       </c>
     </row>
     <row r="35" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="90" t="s">
+      <c r="A35" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="91" t="s">
+      <c r="B35" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C35" s="91"/>
-[...30 lines deleted...]
-      <c r="AH35" s="91"/>
+      <c r="C35" s="94"/>
+      <c r="D35" s="94"/>
+      <c r="E35" s="94"/>
+      <c r="F35" s="94"/>
+      <c r="G35" s="94"/>
+      <c r="H35" s="94"/>
+      <c r="I35" s="94"/>
+      <c r="J35" s="94"/>
+      <c r="K35" s="94"/>
+      <c r="L35" s="94"/>
+      <c r="M35" s="94"/>
+      <c r="N35" s="94"/>
+      <c r="O35" s="94"/>
+      <c r="P35" s="94"/>
+      <c r="Q35" s="94"/>
+      <c r="R35" s="94"/>
+      <c r="S35" s="94"/>
+      <c r="T35" s="94"/>
+      <c r="U35" s="94"/>
+      <c r="V35" s="94"/>
+      <c r="W35" s="94"/>
+      <c r="X35" s="94"/>
+      <c r="Y35" s="94"/>
+      <c r="Z35" s="94"/>
+      <c r="AA35" s="94"/>
+      <c r="AB35" s="94"/>
+      <c r="AC35" s="94"/>
+      <c r="AD35" s="94"/>
+      <c r="AE35" s="94"/>
+      <c r="AF35" s="94"/>
+      <c r="AG35" s="94"/>
+      <c r="AH35" s="94"/>
     </row>
     <row r="36" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A36" s="90"/>
-      <c r="B36" s="92" t="s">
+      <c r="A36" s="93"/>
+      <c r="B36" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="92"/>
-[...30 lines deleted...]
-      <c r="AH36" s="92"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
+      <c r="P36" s="95"/>
+      <c r="Q36" s="95"/>
+      <c r="R36" s="95"/>
+      <c r="S36" s="95"/>
+      <c r="T36" s="95"/>
+      <c r="U36" s="95"/>
+      <c r="V36" s="95"/>
+      <c r="W36" s="95"/>
+      <c r="X36" s="95"/>
+      <c r="Y36" s="95"/>
+      <c r="Z36" s="95"/>
+      <c r="AA36" s="95"/>
+      <c r="AB36" s="95"/>
+      <c r="AC36" s="95"/>
+      <c r="AD36" s="95"/>
+      <c r="AE36" s="95"/>
+      <c r="AF36" s="95"/>
+      <c r="AG36" s="95"/>
+      <c r="AH36" s="95"/>
     </row>
     <row r="37" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="90"/>
-      <c r="B37" s="81" t="s">
+      <c r="A37" s="93"/>
+      <c r="B37" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C37" s="82"/>
-[...1 lines deleted...]
-      <c r="E37" s="81" t="s">
+      <c r="C37" s="85"/>
+      <c r="D37" s="92"/>
+      <c r="E37" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F37" s="82"/>
-[...1 lines deleted...]
-      <c r="H37" s="81" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="86"/>
+      <c r="H37" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I37" s="82"/>
-[...1 lines deleted...]
-      <c r="K37" s="81" t="s">
+      <c r="I37" s="85"/>
+      <c r="J37" s="86"/>
+      <c r="K37" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L37" s="82"/>
-[...1 lines deleted...]
-      <c r="N37" s="81" t="s">
+      <c r="L37" s="85"/>
+      <c r="M37" s="86"/>
+      <c r="N37" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O37" s="82"/>
-[...1 lines deleted...]
-      <c r="Q37" s="81" t="s">
+      <c r="O37" s="85"/>
+      <c r="P37" s="86"/>
+      <c r="Q37" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R37" s="82"/>
-[...1 lines deleted...]
-      <c r="T37" s="81" t="s">
+      <c r="R37" s="85"/>
+      <c r="S37" s="86"/>
+      <c r="T37" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U37" s="82"/>
-[...1 lines deleted...]
-      <c r="W37" s="81" t="s">
+      <c r="U37" s="85"/>
+      <c r="V37" s="86"/>
+      <c r="W37" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X37" s="82"/>
-[...1 lines deleted...]
-      <c r="Z37" s="81" t="s">
+      <c r="X37" s="85"/>
+      <c r="Y37" s="86"/>
+      <c r="Z37" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA37" s="82"/>
-[...1 lines deleted...]
-      <c r="AC37" s="81" t="s">
+      <c r="AA37" s="85"/>
+      <c r="AB37" s="86"/>
+      <c r="AC37" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD37" s="82"/>
-[...5 lines deleted...]
-      <c r="AH37" s="83"/>
+      <c r="AD37" s="85"/>
+      <c r="AE37" s="86"/>
+      <c r="AF37" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG37" s="85"/>
+      <c r="AH37" s="86"/>
     </row>
     <row r="38" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A38" s="90"/>
+      <c r="A38" s="93"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
@@ -6767,187 +6821,187 @@
         <v>633</v>
       </c>
       <c r="AC44" s="13">
         <v>346</v>
       </c>
       <c r="AD44" s="14">
         <v>321</v>
       </c>
       <c r="AE44" s="18">
         <v>667</v>
       </c>
       <c r="AF44" s="13">
         <f t="shared" si="12"/>
         <v>3187</v>
       </c>
       <c r="AG44" s="14">
         <f t="shared" si="10"/>
         <v>3190</v>
       </c>
       <c r="AH44" s="18">
         <f t="shared" si="11"/>
         <v>6377</v>
       </c>
     </row>
     <row r="46" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="90" t="s">
+      <c r="A46" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="91" t="s">
+      <c r="B46" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="91"/>
-[...30 lines deleted...]
-      <c r="AH46" s="91"/>
+      <c r="C46" s="94"/>
+      <c r="D46" s="94"/>
+      <c r="E46" s="94"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="94"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="94"/>
+      <c r="J46" s="94"/>
+      <c r="K46" s="94"/>
+      <c r="L46" s="94"/>
+      <c r="M46" s="94"/>
+      <c r="N46" s="94"/>
+      <c r="O46" s="94"/>
+      <c r="P46" s="94"/>
+      <c r="Q46" s="94"/>
+      <c r="R46" s="94"/>
+      <c r="S46" s="94"/>
+      <c r="T46" s="94"/>
+      <c r="U46" s="94"/>
+      <c r="V46" s="94"/>
+      <c r="W46" s="94"/>
+      <c r="X46" s="94"/>
+      <c r="Y46" s="94"/>
+      <c r="Z46" s="94"/>
+      <c r="AA46" s="94"/>
+      <c r="AB46" s="94"/>
+      <c r="AC46" s="94"/>
+      <c r="AD46" s="94"/>
+      <c r="AE46" s="94"/>
+      <c r="AF46" s="94"/>
+      <c r="AG46" s="94"/>
+      <c r="AH46" s="94"/>
     </row>
     <row r="47" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="90"/>
-      <c r="B47" s="92" t="s">
+      <c r="A47" s="93"/>
+      <c r="B47" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="92"/>
-[...30 lines deleted...]
-      <c r="AH47" s="92"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="95"/>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
+      <c r="P47" s="95"/>
+      <c r="Q47" s="95"/>
+      <c r="R47" s="95"/>
+      <c r="S47" s="95"/>
+      <c r="T47" s="95"/>
+      <c r="U47" s="95"/>
+      <c r="V47" s="95"/>
+      <c r="W47" s="95"/>
+      <c r="X47" s="95"/>
+      <c r="Y47" s="95"/>
+      <c r="Z47" s="95"/>
+      <c r="AA47" s="95"/>
+      <c r="AB47" s="95"/>
+      <c r="AC47" s="95"/>
+      <c r="AD47" s="95"/>
+      <c r="AE47" s="95"/>
+      <c r="AF47" s="95"/>
+      <c r="AG47" s="95"/>
+      <c r="AH47" s="95"/>
     </row>
     <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="90"/>
-      <c r="B48" s="81" t="s">
+      <c r="A48" s="93"/>
+      <c r="B48" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C48" s="82"/>
-[...1 lines deleted...]
-      <c r="E48" s="81" t="s">
+      <c r="C48" s="85"/>
+      <c r="D48" s="92"/>
+      <c r="E48" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F48" s="82"/>
-[...1 lines deleted...]
-      <c r="H48" s="81" t="s">
+      <c r="F48" s="85"/>
+      <c r="G48" s="86"/>
+      <c r="H48" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I48" s="82"/>
-[...1 lines deleted...]
-      <c r="K48" s="81" t="s">
+      <c r="I48" s="85"/>
+      <c r="J48" s="86"/>
+      <c r="K48" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L48" s="82"/>
-[...1 lines deleted...]
-      <c r="N48" s="81" t="s">
+      <c r="L48" s="85"/>
+      <c r="M48" s="86"/>
+      <c r="N48" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O48" s="82"/>
-[...1 lines deleted...]
-      <c r="Q48" s="81" t="s">
+      <c r="O48" s="85"/>
+      <c r="P48" s="86"/>
+      <c r="Q48" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R48" s="82"/>
-[...1 lines deleted...]
-      <c r="T48" s="81" t="s">
+      <c r="R48" s="85"/>
+      <c r="S48" s="86"/>
+      <c r="T48" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U48" s="82"/>
-[...1 lines deleted...]
-      <c r="W48" s="81" t="s">
+      <c r="U48" s="85"/>
+      <c r="V48" s="86"/>
+      <c r="W48" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X48" s="82"/>
-[...1 lines deleted...]
-      <c r="Z48" s="81" t="s">
+      <c r="X48" s="85"/>
+      <c r="Y48" s="86"/>
+      <c r="Z48" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA48" s="82"/>
-[...1 lines deleted...]
-      <c r="AC48" s="81" t="s">
+      <c r="AA48" s="85"/>
+      <c r="AB48" s="86"/>
+      <c r="AC48" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD48" s="82"/>
-[...5 lines deleted...]
-      <c r="AH48" s="83"/>
+      <c r="AD48" s="85"/>
+      <c r="AE48" s="86"/>
+      <c r="AF48" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG48" s="85"/>
+      <c r="AH48" s="86"/>
     </row>
     <row r="49" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A49" s="90"/>
+      <c r="A49" s="93"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
@@ -7647,187 +7701,187 @@
         <v>599</v>
       </c>
       <c r="AC55" s="13">
         <v>333</v>
       </c>
       <c r="AD55" s="14">
         <v>318</v>
       </c>
       <c r="AE55" s="18">
         <v>651</v>
       </c>
       <c r="AF55" s="13">
         <f t="shared" si="15"/>
         <v>3308</v>
       </c>
       <c r="AG55" s="14">
         <f t="shared" si="13"/>
         <v>3057</v>
       </c>
       <c r="AH55" s="18">
         <f t="shared" si="14"/>
         <v>6365</v>
       </c>
     </row>
     <row r="57" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="90" t="s">
+      <c r="A57" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="91" t="s">
+      <c r="B57" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C57" s="91"/>
-[...30 lines deleted...]
-      <c r="AH57" s="91"/>
+      <c r="C57" s="94"/>
+      <c r="D57" s="94"/>
+      <c r="E57" s="94"/>
+      <c r="F57" s="94"/>
+      <c r="G57" s="94"/>
+      <c r="H57" s="94"/>
+      <c r="I57" s="94"/>
+      <c r="J57" s="94"/>
+      <c r="K57" s="94"/>
+      <c r="L57" s="94"/>
+      <c r="M57" s="94"/>
+      <c r="N57" s="94"/>
+      <c r="O57" s="94"/>
+      <c r="P57" s="94"/>
+      <c r="Q57" s="94"/>
+      <c r="R57" s="94"/>
+      <c r="S57" s="94"/>
+      <c r="T57" s="94"/>
+      <c r="U57" s="94"/>
+      <c r="V57" s="94"/>
+      <c r="W57" s="94"/>
+      <c r="X57" s="94"/>
+      <c r="Y57" s="94"/>
+      <c r="Z57" s="94"/>
+      <c r="AA57" s="94"/>
+      <c r="AB57" s="94"/>
+      <c r="AC57" s="94"/>
+      <c r="AD57" s="94"/>
+      <c r="AE57" s="94"/>
+      <c r="AF57" s="94"/>
+      <c r="AG57" s="94"/>
+      <c r="AH57" s="94"/>
     </row>
     <row r="58" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A58" s="90"/>
-      <c r="B58" s="92" t="s">
+      <c r="A58" s="93"/>
+      <c r="B58" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="92"/>
-[...30 lines deleted...]
-      <c r="AH58" s="92"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="95"/>
+      <c r="E58" s="95"/>
+      <c r="F58" s="95"/>
+      <c r="G58" s="95"/>
+      <c r="H58" s="95"/>
+      <c r="I58" s="95"/>
+      <c r="J58" s="95"/>
+      <c r="K58" s="95"/>
+      <c r="L58" s="95"/>
+      <c r="M58" s="95"/>
+      <c r="N58" s="95"/>
+      <c r="O58" s="95"/>
+      <c r="P58" s="95"/>
+      <c r="Q58" s="95"/>
+      <c r="R58" s="95"/>
+      <c r="S58" s="95"/>
+      <c r="T58" s="95"/>
+      <c r="U58" s="95"/>
+      <c r="V58" s="95"/>
+      <c r="W58" s="95"/>
+      <c r="X58" s="95"/>
+      <c r="Y58" s="95"/>
+      <c r="Z58" s="95"/>
+      <c r="AA58" s="95"/>
+      <c r="AB58" s="95"/>
+      <c r="AC58" s="95"/>
+      <c r="AD58" s="95"/>
+      <c r="AE58" s="95"/>
+      <c r="AF58" s="95"/>
+      <c r="AG58" s="95"/>
+      <c r="AH58" s="95"/>
     </row>
     <row r="59" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="90"/>
-      <c r="B59" s="81" t="s">
+      <c r="A59" s="93"/>
+      <c r="B59" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C59" s="82"/>
-[...1 lines deleted...]
-      <c r="E59" s="81" t="s">
+      <c r="C59" s="85"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F59" s="82"/>
-[...1 lines deleted...]
-      <c r="H59" s="81" t="s">
+      <c r="F59" s="85"/>
+      <c r="G59" s="86"/>
+      <c r="H59" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I59" s="82"/>
-[...1 lines deleted...]
-      <c r="K59" s="81" t="s">
+      <c r="I59" s="85"/>
+      <c r="J59" s="86"/>
+      <c r="K59" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L59" s="82"/>
-[...1 lines deleted...]
-      <c r="N59" s="81" t="s">
+      <c r="L59" s="85"/>
+      <c r="M59" s="86"/>
+      <c r="N59" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O59" s="82"/>
-[...1 lines deleted...]
-      <c r="Q59" s="81" t="s">
+      <c r="O59" s="85"/>
+      <c r="P59" s="86"/>
+      <c r="Q59" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R59" s="82"/>
-[...1 lines deleted...]
-      <c r="T59" s="81" t="s">
+      <c r="R59" s="85"/>
+      <c r="S59" s="86"/>
+      <c r="T59" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U59" s="82"/>
-[...1 lines deleted...]
-      <c r="W59" s="81" t="s">
+      <c r="U59" s="85"/>
+      <c r="V59" s="86"/>
+      <c r="W59" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X59" s="82"/>
-[...1 lines deleted...]
-      <c r="Z59" s="81" t="s">
+      <c r="X59" s="85"/>
+      <c r="Y59" s="86"/>
+      <c r="Z59" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA59" s="82"/>
-[...1 lines deleted...]
-      <c r="AC59" s="81" t="s">
+      <c r="AA59" s="85"/>
+      <c r="AB59" s="86"/>
+      <c r="AC59" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD59" s="82"/>
-[...5 lines deleted...]
-      <c r="AH59" s="83"/>
+      <c r="AD59" s="85"/>
+      <c r="AE59" s="86"/>
+      <c r="AF59" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG59" s="85"/>
+      <c r="AH59" s="86"/>
     </row>
     <row r="60" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A60" s="90"/>
+      <c r="A60" s="93"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
@@ -8563,187 +8617,187 @@
       <c r="L67" s="28"/>
       <c r="M67" s="28"/>
       <c r="N67" s="28"/>
       <c r="O67" s="28"/>
       <c r="P67" s="28"/>
       <c r="Q67" s="28"/>
       <c r="R67" s="28"/>
       <c r="S67" s="28"/>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28"/>
       <c r="X67" s="28"/>
       <c r="Y67" s="28"/>
       <c r="Z67" s="28"/>
       <c r="AA67" s="28"/>
       <c r="AB67" s="28"/>
       <c r="AC67" s="28"/>
       <c r="AD67" s="28"/>
       <c r="AE67" s="28"/>
       <c r="AF67" s="28"/>
       <c r="AG67" s="28"/>
       <c r="AH67" s="28"/>
     </row>
     <row r="68" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A68" s="90" t="s">
+      <c r="A68" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B68" s="91" t="s">
+      <c r="B68" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C68" s="91"/>
-[...30 lines deleted...]
-      <c r="AH68" s="91"/>
+      <c r="C68" s="94"/>
+      <c r="D68" s="94"/>
+      <c r="E68" s="94"/>
+      <c r="F68" s="94"/>
+      <c r="G68" s="94"/>
+      <c r="H68" s="94"/>
+      <c r="I68" s="94"/>
+      <c r="J68" s="94"/>
+      <c r="K68" s="94"/>
+      <c r="L68" s="94"/>
+      <c r="M68" s="94"/>
+      <c r="N68" s="94"/>
+      <c r="O68" s="94"/>
+      <c r="P68" s="94"/>
+      <c r="Q68" s="94"/>
+      <c r="R68" s="94"/>
+      <c r="S68" s="94"/>
+      <c r="T68" s="94"/>
+      <c r="U68" s="94"/>
+      <c r="V68" s="94"/>
+      <c r="W68" s="94"/>
+      <c r="X68" s="94"/>
+      <c r="Y68" s="94"/>
+      <c r="Z68" s="94"/>
+      <c r="AA68" s="94"/>
+      <c r="AB68" s="94"/>
+      <c r="AC68" s="94"/>
+      <c r="AD68" s="94"/>
+      <c r="AE68" s="94"/>
+      <c r="AF68" s="94"/>
+      <c r="AG68" s="94"/>
+      <c r="AH68" s="94"/>
     </row>
     <row r="69" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A69" s="90"/>
-      <c r="B69" s="92" t="s">
+      <c r="A69" s="93"/>
+      <c r="B69" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="92"/>
-[...30 lines deleted...]
-      <c r="AH69" s="92"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
+      <c r="P69" s="95"/>
+      <c r="Q69" s="95"/>
+      <c r="R69" s="95"/>
+      <c r="S69" s="95"/>
+      <c r="T69" s="95"/>
+      <c r="U69" s="95"/>
+      <c r="V69" s="95"/>
+      <c r="W69" s="95"/>
+      <c r="X69" s="95"/>
+      <c r="Y69" s="95"/>
+      <c r="Z69" s="95"/>
+      <c r="AA69" s="95"/>
+      <c r="AB69" s="95"/>
+      <c r="AC69" s="95"/>
+      <c r="AD69" s="95"/>
+      <c r="AE69" s="95"/>
+      <c r="AF69" s="95"/>
+      <c r="AG69" s="95"/>
+      <c r="AH69" s="95"/>
     </row>
     <row r="70" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="90"/>
-      <c r="B70" s="81" t="s">
+      <c r="A70" s="93"/>
+      <c r="B70" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C70" s="82"/>
-[...1 lines deleted...]
-      <c r="E70" s="81" t="s">
+      <c r="C70" s="85"/>
+      <c r="D70" s="92"/>
+      <c r="E70" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F70" s="82"/>
-[...1 lines deleted...]
-      <c r="H70" s="81" t="s">
+      <c r="F70" s="85"/>
+      <c r="G70" s="86"/>
+      <c r="H70" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I70" s="82"/>
-[...1 lines deleted...]
-      <c r="K70" s="81" t="s">
+      <c r="I70" s="85"/>
+      <c r="J70" s="86"/>
+      <c r="K70" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L70" s="82"/>
-[...1 lines deleted...]
-      <c r="N70" s="81" t="s">
+      <c r="L70" s="85"/>
+      <c r="M70" s="86"/>
+      <c r="N70" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O70" s="82"/>
-[...1 lines deleted...]
-      <c r="Q70" s="81" t="s">
+      <c r="O70" s="85"/>
+      <c r="P70" s="86"/>
+      <c r="Q70" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R70" s="82"/>
-[...1 lines deleted...]
-      <c r="T70" s="81" t="s">
+      <c r="R70" s="85"/>
+      <c r="S70" s="86"/>
+      <c r="T70" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U70" s="82"/>
-[...1 lines deleted...]
-      <c r="W70" s="81" t="s">
+      <c r="U70" s="85"/>
+      <c r="V70" s="86"/>
+      <c r="W70" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X70" s="82"/>
-[...1 lines deleted...]
-      <c r="Z70" s="81" t="s">
+      <c r="X70" s="85"/>
+      <c r="Y70" s="86"/>
+      <c r="Z70" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA70" s="82"/>
-[...1 lines deleted...]
-      <c r="AC70" s="81" t="s">
+      <c r="AA70" s="85"/>
+      <c r="AB70" s="86"/>
+      <c r="AC70" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD70" s="82"/>
-[...5 lines deleted...]
-      <c r="AH70" s="83"/>
+      <c r="AD70" s="85"/>
+      <c r="AE70" s="86"/>
+      <c r="AF70" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG70" s="85"/>
+      <c r="AH70" s="86"/>
     </row>
     <row r="71" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A71" s="90"/>
+      <c r="A71" s="93"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
@@ -9443,187 +9497,187 @@
         <v>677</v>
       </c>
       <c r="AC77" s="13">
         <v>424</v>
       </c>
       <c r="AD77" s="14">
         <v>337</v>
       </c>
       <c r="AE77" s="18">
         <v>761</v>
       </c>
       <c r="AF77" s="13">
         <f t="shared" si="21"/>
         <v>4123</v>
       </c>
       <c r="AG77" s="14">
         <f t="shared" si="19"/>
         <v>3586</v>
       </c>
       <c r="AH77" s="18">
         <f t="shared" si="20"/>
         <v>7709</v>
       </c>
     </row>
     <row r="79" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A79" s="90" t="s">
+      <c r="A79" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="91" t="s">
+      <c r="B79" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C79" s="91"/>
-[...30 lines deleted...]
-      <c r="AH79" s="91"/>
+      <c r="C79" s="94"/>
+      <c r="D79" s="94"/>
+      <c r="E79" s="94"/>
+      <c r="F79" s="94"/>
+      <c r="G79" s="94"/>
+      <c r="H79" s="94"/>
+      <c r="I79" s="94"/>
+      <c r="J79" s="94"/>
+      <c r="K79" s="94"/>
+      <c r="L79" s="94"/>
+      <c r="M79" s="94"/>
+      <c r="N79" s="94"/>
+      <c r="O79" s="94"/>
+      <c r="P79" s="94"/>
+      <c r="Q79" s="94"/>
+      <c r="R79" s="94"/>
+      <c r="S79" s="94"/>
+      <c r="T79" s="94"/>
+      <c r="U79" s="94"/>
+      <c r="V79" s="94"/>
+      <c r="W79" s="94"/>
+      <c r="X79" s="94"/>
+      <c r="Y79" s="94"/>
+      <c r="Z79" s="94"/>
+      <c r="AA79" s="94"/>
+      <c r="AB79" s="94"/>
+      <c r="AC79" s="94"/>
+      <c r="AD79" s="94"/>
+      <c r="AE79" s="94"/>
+      <c r="AF79" s="94"/>
+      <c r="AG79" s="94"/>
+      <c r="AH79" s="94"/>
     </row>
     <row r="80" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A80" s="90"/>
-      <c r="B80" s="92" t="s">
+      <c r="A80" s="93"/>
+      <c r="B80" s="95" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="92"/>
-[...30 lines deleted...]
-      <c r="AH80" s="92"/>
+      <c r="C80" s="95"/>
+      <c r="D80" s="95"/>
+      <c r="E80" s="95"/>
+      <c r="F80" s="95"/>
+      <c r="G80" s="95"/>
+      <c r="H80" s="95"/>
+      <c r="I80" s="95"/>
+      <c r="J80" s="95"/>
+      <c r="K80" s="95"/>
+      <c r="L80" s="95"/>
+      <c r="M80" s="95"/>
+      <c r="N80" s="95"/>
+      <c r="O80" s="95"/>
+      <c r="P80" s="95"/>
+      <c r="Q80" s="95"/>
+      <c r="R80" s="95"/>
+      <c r="S80" s="95"/>
+      <c r="T80" s="95"/>
+      <c r="U80" s="95"/>
+      <c r="V80" s="95"/>
+      <c r="W80" s="95"/>
+      <c r="X80" s="95"/>
+      <c r="Y80" s="95"/>
+      <c r="Z80" s="95"/>
+      <c r="AA80" s="95"/>
+      <c r="AB80" s="95"/>
+      <c r="AC80" s="95"/>
+      <c r="AD80" s="95"/>
+      <c r="AE80" s="95"/>
+      <c r="AF80" s="95"/>
+      <c r="AG80" s="95"/>
+      <c r="AH80" s="95"/>
     </row>
     <row r="81" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A81" s="90"/>
-      <c r="B81" s="81" t="s">
+      <c r="A81" s="93"/>
+      <c r="B81" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C81" s="82"/>
-[...1 lines deleted...]
-      <c r="E81" s="81" t="s">
+      <c r="C81" s="85"/>
+      <c r="D81" s="92"/>
+      <c r="E81" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F81" s="82"/>
-[...1 lines deleted...]
-      <c r="H81" s="81" t="s">
+      <c r="F81" s="85"/>
+      <c r="G81" s="86"/>
+      <c r="H81" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I81" s="82"/>
-[...1 lines deleted...]
-      <c r="K81" s="81" t="s">
+      <c r="I81" s="85"/>
+      <c r="J81" s="86"/>
+      <c r="K81" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L81" s="82"/>
-[...1 lines deleted...]
-      <c r="N81" s="81" t="s">
+      <c r="L81" s="85"/>
+      <c r="M81" s="86"/>
+      <c r="N81" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O81" s="82"/>
-[...1 lines deleted...]
-      <c r="Q81" s="81" t="s">
+      <c r="O81" s="85"/>
+      <c r="P81" s="86"/>
+      <c r="Q81" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R81" s="82"/>
-[...1 lines deleted...]
-      <c r="T81" s="81" t="s">
+      <c r="R81" s="85"/>
+      <c r="S81" s="86"/>
+      <c r="T81" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U81" s="82"/>
-[...1 lines deleted...]
-      <c r="W81" s="81" t="s">
+      <c r="U81" s="85"/>
+      <c r="V81" s="86"/>
+      <c r="W81" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X81" s="82"/>
-[...1 lines deleted...]
-      <c r="Z81" s="81" t="s">
+      <c r="X81" s="85"/>
+      <c r="Y81" s="86"/>
+      <c r="Z81" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA81" s="82"/>
-[...1 lines deleted...]
-      <c r="AC81" s="81" t="s">
+      <c r="AA81" s="85"/>
+      <c r="AB81" s="86"/>
+      <c r="AC81" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD81" s="82"/>
-[...5 lines deleted...]
-      <c r="AH81" s="83"/>
+      <c r="AD81" s="85"/>
+      <c r="AE81" s="86"/>
+      <c r="AF81" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG81" s="85"/>
+      <c r="AH81" s="86"/>
     </row>
     <row r="82" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A82" s="90"/>
+      <c r="A82" s="93"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
@@ -10323,187 +10377,187 @@
         <v>580</v>
       </c>
       <c r="AC88" s="13">
         <v>333</v>
       </c>
       <c r="AD88" s="14">
         <v>284</v>
       </c>
       <c r="AE88" s="18">
         <v>617</v>
       </c>
       <c r="AF88" s="13">
         <f t="shared" si="24"/>
         <v>3370</v>
       </c>
       <c r="AG88" s="14">
         <f t="shared" si="22"/>
         <v>3020</v>
       </c>
       <c r="AH88" s="18">
         <f t="shared" si="23"/>
         <v>6390</v>
       </c>
     </row>
     <row r="90" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A90" s="90" t="s">
+      <c r="A90" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="91" t="s">
+      <c r="B90" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C90" s="91"/>
-[...30 lines deleted...]
-      <c r="AH90" s="91"/>
+      <c r="C90" s="94"/>
+      <c r="D90" s="94"/>
+      <c r="E90" s="94"/>
+      <c r="F90" s="94"/>
+      <c r="G90" s="94"/>
+      <c r="H90" s="94"/>
+      <c r="I90" s="94"/>
+      <c r="J90" s="94"/>
+      <c r="K90" s="94"/>
+      <c r="L90" s="94"/>
+      <c r="M90" s="94"/>
+      <c r="N90" s="94"/>
+      <c r="O90" s="94"/>
+      <c r="P90" s="94"/>
+      <c r="Q90" s="94"/>
+      <c r="R90" s="94"/>
+      <c r="S90" s="94"/>
+      <c r="T90" s="94"/>
+      <c r="U90" s="94"/>
+      <c r="V90" s="94"/>
+      <c r="W90" s="94"/>
+      <c r="X90" s="94"/>
+      <c r="Y90" s="94"/>
+      <c r="Z90" s="94"/>
+      <c r="AA90" s="94"/>
+      <c r="AB90" s="94"/>
+      <c r="AC90" s="94"/>
+      <c r="AD90" s="94"/>
+      <c r="AE90" s="94"/>
+      <c r="AF90" s="94"/>
+      <c r="AG90" s="94"/>
+      <c r="AH90" s="94"/>
     </row>
     <row r="91" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A91" s="90"/>
-      <c r="B91" s="92" t="s">
+      <c r="A91" s="93"/>
+      <c r="B91" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="92"/>
-[...30 lines deleted...]
-      <c r="AH91" s="92"/>
+      <c r="C91" s="95"/>
+      <c r="D91" s="95"/>
+      <c r="E91" s="95"/>
+      <c r="F91" s="95"/>
+      <c r="G91" s="95"/>
+      <c r="H91" s="95"/>
+      <c r="I91" s="95"/>
+      <c r="J91" s="95"/>
+      <c r="K91" s="95"/>
+      <c r="L91" s="95"/>
+      <c r="M91" s="95"/>
+      <c r="N91" s="95"/>
+      <c r="O91" s="95"/>
+      <c r="P91" s="95"/>
+      <c r="Q91" s="95"/>
+      <c r="R91" s="95"/>
+      <c r="S91" s="95"/>
+      <c r="T91" s="95"/>
+      <c r="U91" s="95"/>
+      <c r="V91" s="95"/>
+      <c r="W91" s="95"/>
+      <c r="X91" s="95"/>
+      <c r="Y91" s="95"/>
+      <c r="Z91" s="95"/>
+      <c r="AA91" s="95"/>
+      <c r="AB91" s="95"/>
+      <c r="AC91" s="95"/>
+      <c r="AD91" s="95"/>
+      <c r="AE91" s="95"/>
+      <c r="AF91" s="95"/>
+      <c r="AG91" s="95"/>
+      <c r="AH91" s="95"/>
     </row>
     <row r="92" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A92" s="90"/>
-      <c r="B92" s="81" t="s">
+      <c r="A92" s="93"/>
+      <c r="B92" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C92" s="82"/>
-[...1 lines deleted...]
-      <c r="E92" s="81" t="s">
+      <c r="C92" s="85"/>
+      <c r="D92" s="92"/>
+      <c r="E92" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F92" s="82"/>
-[...1 lines deleted...]
-      <c r="H92" s="81" t="s">
+      <c r="F92" s="85"/>
+      <c r="G92" s="86"/>
+      <c r="H92" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I92" s="82"/>
-[...1 lines deleted...]
-      <c r="K92" s="81" t="s">
+      <c r="I92" s="85"/>
+      <c r="J92" s="86"/>
+      <c r="K92" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L92" s="82"/>
-[...1 lines deleted...]
-      <c r="N92" s="81" t="s">
+      <c r="L92" s="85"/>
+      <c r="M92" s="86"/>
+      <c r="N92" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O92" s="82"/>
-[...1 lines deleted...]
-      <c r="Q92" s="81" t="s">
+      <c r="O92" s="85"/>
+      <c r="P92" s="86"/>
+      <c r="Q92" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R92" s="82"/>
-[...1 lines deleted...]
-      <c r="T92" s="81" t="s">
+      <c r="R92" s="85"/>
+      <c r="S92" s="86"/>
+      <c r="T92" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U92" s="82"/>
-[...1 lines deleted...]
-      <c r="W92" s="81" t="s">
+      <c r="U92" s="85"/>
+      <c r="V92" s="86"/>
+      <c r="W92" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X92" s="82"/>
-[...1 lines deleted...]
-      <c r="Z92" s="81" t="s">
+      <c r="X92" s="85"/>
+      <c r="Y92" s="86"/>
+      <c r="Z92" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA92" s="82"/>
-[...1 lines deleted...]
-      <c r="AC92" s="81" t="s">
+      <c r="AA92" s="85"/>
+      <c r="AB92" s="86"/>
+      <c r="AC92" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD92" s="82"/>
-[...5 lines deleted...]
-      <c r="AH92" s="83"/>
+      <c r="AD92" s="85"/>
+      <c r="AE92" s="86"/>
+      <c r="AF92" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG92" s="85"/>
+      <c r="AH92" s="86"/>
     </row>
     <row r="93" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A93" s="90"/>
+      <c r="A93" s="93"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
@@ -10885,149 +10939,149 @@
         <v>89</v>
       </c>
       <c r="AD96" s="1">
         <v>62</v>
       </c>
       <c r="AE96" s="15">
         <v>151</v>
       </c>
       <c r="AF96" s="10">
         <f t="shared" si="27"/>
         <v>588</v>
       </c>
       <c r="AG96" s="1">
         <f t="shared" si="25"/>
         <v>480</v>
       </c>
       <c r="AH96" s="15">
         <f t="shared" si="26"/>
         <v>1068</v>
       </c>
     </row>
     <row r="97" spans="1:35" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B97" s="52">
+      <c r="B97" s="53">
         <v>17</v>
       </c>
-      <c r="C97" s="53">
-[...2 lines deleted...]
-      <c r="D97" s="57">
+      <c r="C97" s="54">
+        <v>13</v>
+      </c>
+      <c r="D97" s="58">
         <v>30</v>
       </c>
-      <c r="E97" s="52">
+      <c r="E97" s="53">
         <v>60</v>
       </c>
-      <c r="F97" s="53">
+      <c r="F97" s="54">
         <v>54</v>
       </c>
-      <c r="G97" s="54">
+      <c r="G97" s="55">
         <v>114</v>
       </c>
-      <c r="H97" s="52">
+      <c r="H97" s="53">
         <v>39</v>
       </c>
-      <c r="I97" s="53">
+      <c r="I97" s="54">
         <v>36</v>
       </c>
-      <c r="J97" s="54">
+      <c r="J97" s="55">
         <v>75</v>
       </c>
-      <c r="K97" s="52">
+      <c r="K97" s="53">
         <v>69</v>
       </c>
-      <c r="L97" s="53">
+      <c r="L97" s="54">
         <v>59</v>
       </c>
-      <c r="M97" s="54">
+      <c r="M97" s="55">
         <v>128</v>
       </c>
-      <c r="N97" s="52">
+      <c r="N97" s="53">
         <v>72</v>
       </c>
-      <c r="O97" s="53">
+      <c r="O97" s="54">
         <v>61</v>
       </c>
-      <c r="P97" s="54">
+      <c r="P97" s="55">
         <v>133</v>
       </c>
-      <c r="Q97" s="52">
+      <c r="Q97" s="53">
         <v>56</v>
       </c>
-      <c r="R97" s="53">
+      <c r="R97" s="54">
         <v>45</v>
       </c>
-      <c r="S97" s="54">
+      <c r="S97" s="55">
         <v>101</v>
       </c>
-      <c r="T97" s="52">
+      <c r="T97" s="53">
         <v>43</v>
       </c>
-      <c r="U97" s="53">
+      <c r="U97" s="54">
         <v>33</v>
       </c>
-      <c r="V97" s="54">
+      <c r="V97" s="55">
         <v>76</v>
       </c>
-      <c r="W97" s="52">
+      <c r="W97" s="53">
         <v>42</v>
       </c>
-      <c r="X97" s="53">
+      <c r="X97" s="54">
         <v>50</v>
       </c>
-      <c r="Y97" s="54">
+      <c r="Y97" s="55">
         <v>92</v>
       </c>
-      <c r="Z97" s="52">
+      <c r="Z97" s="53">
         <v>49</v>
       </c>
-      <c r="AA97" s="53">
+      <c r="AA97" s="54">
         <v>48</v>
       </c>
-      <c r="AB97" s="54">
+      <c r="AB97" s="55">
         <v>97</v>
       </c>
-      <c r="AC97" s="52">
+      <c r="AC97" s="53">
         <v>52</v>
       </c>
-      <c r="AD97" s="53">
+      <c r="AD97" s="54">
         <v>50</v>
       </c>
-      <c r="AE97" s="54">
+      <c r="AE97" s="55">
         <v>102</v>
       </c>
       <c r="AF97" s="10">
         <f t="shared" si="27"/>
         <v>499</v>
       </c>
-      <c r="AG97" s="53">
+      <c r="AG97" s="54">
         <f t="shared" si="25"/>
         <v>449</v>
       </c>
-      <c r="AH97" s="54">
+      <c r="AH97" s="55">
         <f t="shared" si="26"/>
         <v>948</v>
       </c>
       <c r="AI97"/>
     </row>
     <row r="98" spans="1:35" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="10">
         <v>9</v>
       </c>
       <c r="C98" s="1">
         <v>9</v>
       </c>
       <c r="D98" s="16">
         <v>18</v>
       </c>
       <c r="E98" s="10">
         <v>54</v>
       </c>
       <c r="F98" s="1">
         <v>52</v>
       </c>
       <c r="G98" s="15">
@@ -11204,187 +11258,187 @@
         <v>665</v>
       </c>
       <c r="AC99" s="13">
         <v>404</v>
       </c>
       <c r="AD99" s="14">
         <v>319</v>
       </c>
       <c r="AE99" s="18">
         <v>723</v>
       </c>
       <c r="AF99" s="13">
         <f t="shared" si="27"/>
         <v>4030</v>
       </c>
       <c r="AG99" s="14">
         <f t="shared" si="25"/>
         <v>3331</v>
       </c>
       <c r="AH99" s="18">
         <f t="shared" si="26"/>
         <v>7361</v>
       </c>
     </row>
     <row r="101" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A101" s="90" t="s">
+      <c r="A101" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B101" s="91" t="s">
+      <c r="B101" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C101" s="91"/>
-[...30 lines deleted...]
-      <c r="AH101" s="91"/>
+      <c r="C101" s="94"/>
+      <c r="D101" s="94"/>
+      <c r="E101" s="94"/>
+      <c r="F101" s="94"/>
+      <c r="G101" s="94"/>
+      <c r="H101" s="94"/>
+      <c r="I101" s="94"/>
+      <c r="J101" s="94"/>
+      <c r="K101" s="94"/>
+      <c r="L101" s="94"/>
+      <c r="M101" s="94"/>
+      <c r="N101" s="94"/>
+      <c r="O101" s="94"/>
+      <c r="P101" s="94"/>
+      <c r="Q101" s="94"/>
+      <c r="R101" s="94"/>
+      <c r="S101" s="94"/>
+      <c r="T101" s="94"/>
+      <c r="U101" s="94"/>
+      <c r="V101" s="94"/>
+      <c r="W101" s="94"/>
+      <c r="X101" s="94"/>
+      <c r="Y101" s="94"/>
+      <c r="Z101" s="94"/>
+      <c r="AA101" s="94"/>
+      <c r="AB101" s="94"/>
+      <c r="AC101" s="94"/>
+      <c r="AD101" s="94"/>
+      <c r="AE101" s="94"/>
+      <c r="AF101" s="94"/>
+      <c r="AG101" s="94"/>
+      <c r="AH101" s="94"/>
     </row>
     <row r="102" spans="1:35" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A102" s="90"/>
-      <c r="B102" s="92" t="s">
+      <c r="A102" s="93"/>
+      <c r="B102" s="95" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="92"/>
-[...30 lines deleted...]
-      <c r="AH102" s="92"/>
+      <c r="C102" s="95"/>
+      <c r="D102" s="95"/>
+      <c r="E102" s="95"/>
+      <c r="F102" s="95"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
+      <c r="I102" s="95"/>
+      <c r="J102" s="95"/>
+      <c r="K102" s="95"/>
+      <c r="L102" s="95"/>
+      <c r="M102" s="95"/>
+      <c r="N102" s="95"/>
+      <c r="O102" s="95"/>
+      <c r="P102" s="95"/>
+      <c r="Q102" s="95"/>
+      <c r="R102" s="95"/>
+      <c r="S102" s="95"/>
+      <c r="T102" s="95"/>
+      <c r="U102" s="95"/>
+      <c r="V102" s="95"/>
+      <c r="W102" s="95"/>
+      <c r="X102" s="95"/>
+      <c r="Y102" s="95"/>
+      <c r="Z102" s="95"/>
+      <c r="AA102" s="95"/>
+      <c r="AB102" s="95"/>
+      <c r="AC102" s="95"/>
+      <c r="AD102" s="95"/>
+      <c r="AE102" s="95"/>
+      <c r="AF102" s="95"/>
+      <c r="AG102" s="95"/>
+      <c r="AH102" s="95"/>
     </row>
     <row r="103" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A103" s="90"/>
-      <c r="B103" s="81" t="s">
+      <c r="A103" s="93"/>
+      <c r="B103" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C103" s="82"/>
-[...1 lines deleted...]
-      <c r="E103" s="81" t="s">
+      <c r="C103" s="85"/>
+      <c r="D103" s="92"/>
+      <c r="E103" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F103" s="82"/>
-[...1 lines deleted...]
-      <c r="H103" s="81" t="s">
+      <c r="F103" s="85"/>
+      <c r="G103" s="86"/>
+      <c r="H103" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I103" s="82"/>
-[...1 lines deleted...]
-      <c r="K103" s="81" t="s">
+      <c r="I103" s="85"/>
+      <c r="J103" s="86"/>
+      <c r="K103" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L103" s="82"/>
-[...1 lines deleted...]
-      <c r="N103" s="81" t="s">
+      <c r="L103" s="85"/>
+      <c r="M103" s="86"/>
+      <c r="N103" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O103" s="82"/>
-[...1 lines deleted...]
-      <c r="Q103" s="81" t="s">
+      <c r="O103" s="85"/>
+      <c r="P103" s="86"/>
+      <c r="Q103" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R103" s="82"/>
-[...1 lines deleted...]
-      <c r="T103" s="81" t="s">
+      <c r="R103" s="85"/>
+      <c r="S103" s="86"/>
+      <c r="T103" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U103" s="82"/>
-[...1 lines deleted...]
-      <c r="W103" s="81" t="s">
+      <c r="U103" s="85"/>
+      <c r="V103" s="86"/>
+      <c r="W103" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X103" s="82"/>
-[...1 lines deleted...]
-      <c r="Z103" s="81" t="s">
+      <c r="X103" s="85"/>
+      <c r="Y103" s="86"/>
+      <c r="Z103" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA103" s="82"/>
-[...1 lines deleted...]
-      <c r="AC103" s="81" t="s">
+      <c r="AA103" s="85"/>
+      <c r="AB103" s="86"/>
+      <c r="AC103" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD103" s="82"/>
-[...5 lines deleted...]
-      <c r="AH103" s="83"/>
+      <c r="AD103" s="85"/>
+      <c r="AE103" s="86"/>
+      <c r="AF103" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG103" s="85"/>
+      <c r="AH103" s="86"/>
     </row>
     <row r="104" spans="1:35" x14ac:dyDescent="0.35">
-      <c r="A104" s="90"/>
+      <c r="A104" s="93"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
@@ -12084,187 +12138,187 @@
         <v>674</v>
       </c>
       <c r="AC110" s="13">
         <v>354</v>
       </c>
       <c r="AD110" s="14">
         <v>346</v>
       </c>
       <c r="AE110" s="18">
         <v>700</v>
       </c>
       <c r="AF110" s="13">
         <f t="shared" si="28"/>
         <v>3828</v>
       </c>
       <c r="AG110" s="14">
         <f t="shared" si="28"/>
         <v>3533</v>
       </c>
       <c r="AH110" s="18">
         <f t="shared" si="29"/>
         <v>7361</v>
       </c>
     </row>
     <row r="112" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A112" s="90" t="s">
+      <c r="A112" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B112" s="91" t="s">
+      <c r="B112" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C112" s="91"/>
-[...30 lines deleted...]
-      <c r="AH112" s="91"/>
+      <c r="C112" s="94"/>
+      <c r="D112" s="94"/>
+      <c r="E112" s="94"/>
+      <c r="F112" s="94"/>
+      <c r="G112" s="94"/>
+      <c r="H112" s="94"/>
+      <c r="I112" s="94"/>
+      <c r="J112" s="94"/>
+      <c r="K112" s="94"/>
+      <c r="L112" s="94"/>
+      <c r="M112" s="94"/>
+      <c r="N112" s="94"/>
+      <c r="O112" s="94"/>
+      <c r="P112" s="94"/>
+      <c r="Q112" s="94"/>
+      <c r="R112" s="94"/>
+      <c r="S112" s="94"/>
+      <c r="T112" s="94"/>
+      <c r="U112" s="94"/>
+      <c r="V112" s="94"/>
+      <c r="W112" s="94"/>
+      <c r="X112" s="94"/>
+      <c r="Y112" s="94"/>
+      <c r="Z112" s="94"/>
+      <c r="AA112" s="94"/>
+      <c r="AB112" s="94"/>
+      <c r="AC112" s="94"/>
+      <c r="AD112" s="94"/>
+      <c r="AE112" s="94"/>
+      <c r="AF112" s="94"/>
+      <c r="AG112" s="94"/>
+      <c r="AH112" s="94"/>
     </row>
     <row r="113" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A113" s="90"/>
-      <c r="B113" s="92" t="s">
+      <c r="A113" s="93"/>
+      <c r="B113" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="92"/>
-[...30 lines deleted...]
-      <c r="AH113" s="92"/>
+      <c r="C113" s="95"/>
+      <c r="D113" s="95"/>
+      <c r="E113" s="95"/>
+      <c r="F113" s="95"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
+      <c r="I113" s="95"/>
+      <c r="J113" s="95"/>
+      <c r="K113" s="95"/>
+      <c r="L113" s="95"/>
+      <c r="M113" s="95"/>
+      <c r="N113" s="95"/>
+      <c r="O113" s="95"/>
+      <c r="P113" s="95"/>
+      <c r="Q113" s="95"/>
+      <c r="R113" s="95"/>
+      <c r="S113" s="95"/>
+      <c r="T113" s="95"/>
+      <c r="U113" s="95"/>
+      <c r="V113" s="95"/>
+      <c r="W113" s="95"/>
+      <c r="X113" s="95"/>
+      <c r="Y113" s="95"/>
+      <c r="Z113" s="95"/>
+      <c r="AA113" s="95"/>
+      <c r="AB113" s="95"/>
+      <c r="AC113" s="95"/>
+      <c r="AD113" s="95"/>
+      <c r="AE113" s="95"/>
+      <c r="AF113" s="95"/>
+      <c r="AG113" s="95"/>
+      <c r="AH113" s="95"/>
     </row>
     <row r="114" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A114" s="90"/>
-      <c r="B114" s="81" t="s">
+      <c r="A114" s="93"/>
+      <c r="B114" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C114" s="82"/>
-[...1 lines deleted...]
-      <c r="E114" s="81" t="s">
+      <c r="C114" s="85"/>
+      <c r="D114" s="92"/>
+      <c r="E114" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F114" s="82"/>
-[...1 lines deleted...]
-      <c r="H114" s="81" t="s">
+      <c r="F114" s="85"/>
+      <c r="G114" s="86"/>
+      <c r="H114" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I114" s="82"/>
-[...1 lines deleted...]
-      <c r="K114" s="81" t="s">
+      <c r="I114" s="85"/>
+      <c r="J114" s="86"/>
+      <c r="K114" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L114" s="82"/>
-[...1 lines deleted...]
-      <c r="N114" s="81" t="s">
+      <c r="L114" s="85"/>
+      <c r="M114" s="86"/>
+      <c r="N114" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O114" s="82"/>
-[...1 lines deleted...]
-      <c r="Q114" s="81" t="s">
+      <c r="O114" s="85"/>
+      <c r="P114" s="86"/>
+      <c r="Q114" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R114" s="82"/>
-[...1 lines deleted...]
-      <c r="T114" s="81" t="s">
+      <c r="R114" s="85"/>
+      <c r="S114" s="86"/>
+      <c r="T114" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U114" s="82"/>
-[...1 lines deleted...]
-      <c r="W114" s="81" t="s">
+      <c r="U114" s="85"/>
+      <c r="V114" s="86"/>
+      <c r="W114" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X114" s="82"/>
-[...1 lines deleted...]
-      <c r="Z114" s="81" t="s">
+      <c r="X114" s="85"/>
+      <c r="Y114" s="86"/>
+      <c r="Z114" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA114" s="82"/>
-[...1 lines deleted...]
-      <c r="AC114" s="81" t="s">
+      <c r="AA114" s="85"/>
+      <c r="AB114" s="86"/>
+      <c r="AC114" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD114" s="82"/>
-[...5 lines deleted...]
-      <c r="AH114" s="83"/>
+      <c r="AD114" s="85"/>
+      <c r="AE114" s="86"/>
+      <c r="AF114" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG114" s="85"/>
+      <c r="AH114" s="86"/>
     </row>
     <row r="115" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A115" s="90"/>
+      <c r="A115" s="93"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
@@ -12963,189 +13017,188 @@
       <c r="AB121" s="18">
         <v>686</v>
       </c>
       <c r="AC121" s="13">
         <v>376</v>
       </c>
       <c r="AD121" s="14">
         <v>357</v>
       </c>
       <c r="AE121" s="18">
         <v>733</v>
       </c>
       <c r="AF121" s="13">
         <f t="shared" si="32"/>
         <v>3530</v>
       </c>
       <c r="AG121" s="14">
         <f t="shared" si="30"/>
         <v>3596</v>
       </c>
       <c r="AH121" s="18">
         <f t="shared" si="31"/>
         <v>7126</v>
       </c>
     </row>
-    <row r="122" spans="1:34" hidden="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="A123" s="90" t="s">
+    <row r="123" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B123" s="91" t="s">
+      <c r="B123" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C123" s="91"/>
-[...34 lines deleted...]
-      <c r="B124" s="92" t="s">
+      <c r="C123" s="94"/>
+      <c r="D123" s="94"/>
+      <c r="E123" s="94"/>
+      <c r="F123" s="94"/>
+      <c r="G123" s="94"/>
+      <c r="H123" s="94"/>
+      <c r="I123" s="94"/>
+      <c r="J123" s="94"/>
+      <c r="K123" s="94"/>
+      <c r="L123" s="94"/>
+      <c r="M123" s="94"/>
+      <c r="N123" s="94"/>
+      <c r="O123" s="94"/>
+      <c r="P123" s="94"/>
+      <c r="Q123" s="94"/>
+      <c r="R123" s="94"/>
+      <c r="S123" s="94"/>
+      <c r="T123" s="94"/>
+      <c r="U123" s="94"/>
+      <c r="V123" s="94"/>
+      <c r="W123" s="94"/>
+      <c r="X123" s="94"/>
+      <c r="Y123" s="94"/>
+      <c r="Z123" s="94"/>
+      <c r="AA123" s="94"/>
+      <c r="AB123" s="94"/>
+      <c r="AC123" s="94"/>
+      <c r="AD123" s="94"/>
+      <c r="AE123" s="94"/>
+      <c r="AF123" s="94"/>
+      <c r="AG123" s="94"/>
+      <c r="AH123" s="94"/>
+    </row>
+    <row r="124" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A124" s="93"/>
+      <c r="B124" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="92"/>
-[...34 lines deleted...]
-      <c r="B125" s="81" t="s">
+      <c r="C124" s="95"/>
+      <c r="D124" s="95"/>
+      <c r="E124" s="95"/>
+      <c r="F124" s="95"/>
+      <c r="G124" s="95"/>
+      <c r="H124" s="95"/>
+      <c r="I124" s="95"/>
+      <c r="J124" s="95"/>
+      <c r="K124" s="95"/>
+      <c r="L124" s="95"/>
+      <c r="M124" s="95"/>
+      <c r="N124" s="95"/>
+      <c r="O124" s="95"/>
+      <c r="P124" s="95"/>
+      <c r="Q124" s="95"/>
+      <c r="R124" s="95"/>
+      <c r="S124" s="95"/>
+      <c r="T124" s="95"/>
+      <c r="U124" s="95"/>
+      <c r="V124" s="95"/>
+      <c r="W124" s="95"/>
+      <c r="X124" s="95"/>
+      <c r="Y124" s="95"/>
+      <c r="Z124" s="95"/>
+      <c r="AA124" s="95"/>
+      <c r="AB124" s="95"/>
+      <c r="AC124" s="95"/>
+      <c r="AD124" s="95"/>
+      <c r="AE124" s="95"/>
+      <c r="AF124" s="95"/>
+      <c r="AG124" s="95"/>
+      <c r="AH124" s="95"/>
+    </row>
+    <row r="125" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="93"/>
+      <c r="B125" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C125" s="82"/>
-[...1 lines deleted...]
-      <c r="E125" s="81" t="s">
+      <c r="C125" s="85"/>
+      <c r="D125" s="92"/>
+      <c r="E125" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F125" s="82"/>
-[...1 lines deleted...]
-      <c r="H125" s="81" t="s">
+      <c r="F125" s="85"/>
+      <c r="G125" s="86"/>
+      <c r="H125" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I125" s="82"/>
-[...1 lines deleted...]
-      <c r="K125" s="81" t="s">
+      <c r="I125" s="85"/>
+      <c r="J125" s="86"/>
+      <c r="K125" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L125" s="82"/>
-[...1 lines deleted...]
-      <c r="N125" s="81" t="s">
+      <c r="L125" s="85"/>
+      <c r="M125" s="86"/>
+      <c r="N125" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O125" s="82"/>
-[...1 lines deleted...]
-      <c r="Q125" s="81" t="s">
+      <c r="O125" s="85"/>
+      <c r="P125" s="86"/>
+      <c r="Q125" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R125" s="82"/>
-[...1 lines deleted...]
-      <c r="T125" s="81" t="s">
+      <c r="R125" s="85"/>
+      <c r="S125" s="86"/>
+      <c r="T125" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U125" s="82"/>
-[...1 lines deleted...]
-      <c r="W125" s="81" t="s">
+      <c r="U125" s="85"/>
+      <c r="V125" s="86"/>
+      <c r="W125" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X125" s="82"/>
-[...1 lines deleted...]
-      <c r="Z125" s="81" t="s">
+      <c r="X125" s="85"/>
+      <c r="Y125" s="86"/>
+      <c r="Z125" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA125" s="82"/>
-[...1 lines deleted...]
-      <c r="AC125" s="81" t="s">
+      <c r="AA125" s="85"/>
+      <c r="AB125" s="86"/>
+      <c r="AC125" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD125" s="82"/>
-[...8 lines deleted...]
-      <c r="A126" s="90"/>
+      <c r="AD125" s="85"/>
+      <c r="AE125" s="86"/>
+      <c r="AF125" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG125" s="85"/>
+      <c r="AH125" s="86"/>
+    </row>
+    <row r="126" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A126" s="93"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
@@ -13202,1636 +13255,1961 @@
       <c r="AA126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AB126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AC126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AD126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AE126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="AF126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="AG126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="AH126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B127" s="10"/>
-[...28 lines deleted...]
-      <c r="AE127" s="15"/>
+      <c r="B127" s="10">
+        <v>28</v>
+      </c>
+      <c r="C127" s="1">
+        <v>31</v>
+      </c>
+      <c r="D127" s="16">
+        <v>59</v>
+      </c>
+      <c r="E127" s="10">
+        <v>156</v>
+      </c>
+      <c r="F127" s="1">
+        <v>174</v>
+      </c>
+      <c r="G127" s="15">
+        <v>330</v>
+      </c>
+      <c r="H127" s="10">
+        <v>150</v>
+      </c>
+      <c r="I127" s="1">
+        <v>177</v>
+      </c>
+      <c r="J127" s="15">
+        <v>327</v>
+      </c>
+      <c r="K127" s="10">
+        <v>186</v>
+      </c>
+      <c r="L127" s="1">
+        <v>194</v>
+      </c>
+      <c r="M127" s="15">
+        <v>380</v>
+      </c>
+      <c r="N127" s="10">
+        <v>207</v>
+      </c>
+      <c r="O127" s="1">
+        <v>200</v>
+      </c>
+      <c r="P127" s="15">
+        <v>407</v>
+      </c>
+      <c r="Q127" s="10">
+        <v>157</v>
+      </c>
+      <c r="R127" s="1">
+        <v>189</v>
+      </c>
+      <c r="S127" s="15">
+        <v>346</v>
+      </c>
+      <c r="T127" s="10">
+        <v>132</v>
+      </c>
+      <c r="U127" s="1">
+        <v>149</v>
+      </c>
+      <c r="V127" s="15">
+        <v>281</v>
+      </c>
+      <c r="W127" s="10">
+        <v>128</v>
+      </c>
+      <c r="X127" s="1">
+        <v>158</v>
+      </c>
+      <c r="Y127" s="15">
+        <v>286</v>
+      </c>
+      <c r="Z127" s="10">
+        <v>119</v>
+      </c>
+      <c r="AA127" s="1">
+        <v>104</v>
+      </c>
+      <c r="AB127" s="15">
+        <v>223</v>
+      </c>
+      <c r="AC127" s="10">
+        <v>100</v>
+      </c>
+      <c r="AD127" s="1">
+        <v>128</v>
+      </c>
+      <c r="AE127" s="15">
+        <v>228</v>
+      </c>
       <c r="AF127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127,T127,W127,Z127,AC127)</f>
-        <v>0</v>
+        <v>1363</v>
       </c>
       <c r="AG127" s="1">
         <f t="shared" ref="AG127:AG132" si="33">SUM(C127,F127,I127,L127,O127,R127,U127,X127,AA127,AD127)</f>
-        <v>0</v>
+        <v>1504</v>
       </c>
       <c r="AH127" s="15">
         <f t="shared" ref="AH127:AH132" si="34">SUM(D127,G127,J127,M127,P127,S127,V127,Y127,AB127,AE127)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+        <v>2867</v>
+      </c>
+    </row>
+    <row r="128" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B128" s="10"/>
-[...28 lines deleted...]
-      <c r="AE128" s="15"/>
+      <c r="B128" s="10">
+        <v>8</v>
+      </c>
+      <c r="C128" s="1">
+        <v>8</v>
+      </c>
+      <c r="D128" s="16">
+        <v>16</v>
+      </c>
+      <c r="E128" s="10">
+        <v>57</v>
+      </c>
+      <c r="F128" s="1">
+        <v>76</v>
+      </c>
+      <c r="G128" s="15">
+        <v>133</v>
+      </c>
+      <c r="H128" s="10">
+        <v>44</v>
+      </c>
+      <c r="I128" s="1">
+        <v>77</v>
+      </c>
+      <c r="J128" s="15">
+        <v>121</v>
+      </c>
+      <c r="K128" s="10">
+        <v>63</v>
+      </c>
+      <c r="L128" s="1">
+        <v>122</v>
+      </c>
+      <c r="M128" s="15">
+        <v>185</v>
+      </c>
+      <c r="N128" s="10">
+        <v>60</v>
+      </c>
+      <c r="O128" s="1">
+        <v>108</v>
+      </c>
+      <c r="P128" s="15">
+        <v>168</v>
+      </c>
+      <c r="Q128" s="10">
+        <v>57</v>
+      </c>
+      <c r="R128" s="1">
+        <v>128</v>
+      </c>
+      <c r="S128" s="15">
+        <v>185</v>
+      </c>
+      <c r="T128" s="10">
+        <v>54</v>
+      </c>
+      <c r="U128" s="1">
+        <v>96</v>
+      </c>
+      <c r="V128" s="15">
+        <v>150</v>
+      </c>
+      <c r="W128" s="10">
+        <v>47</v>
+      </c>
+      <c r="X128" s="1">
+        <v>103</v>
+      </c>
+      <c r="Y128" s="15">
+        <v>150</v>
+      </c>
+      <c r="Z128" s="10">
+        <v>55</v>
+      </c>
+      <c r="AA128" s="1">
+        <v>96</v>
+      </c>
+      <c r="AB128" s="15">
+        <v>151</v>
+      </c>
+      <c r="AC128" s="10">
+        <v>52</v>
+      </c>
+      <c r="AD128" s="1">
+        <v>98</v>
+      </c>
+      <c r="AE128" s="15">
+        <v>150</v>
+      </c>
       <c r="AF128" s="10">
         <f t="shared" ref="AF128:AF132" si="35">SUM(B128,E128,H128,K128,N128,Q128,T128,W128,Z128,AC128)</f>
-        <v>0</v>
+        <v>497</v>
       </c>
       <c r="AG128" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>912</v>
       </c>
       <c r="AH128" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="129" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B129" s="10"/>
-[...28 lines deleted...]
-      <c r="AE129" s="15"/>
+      <c r="B129" s="10">
+        <v>6</v>
+      </c>
+      <c r="C129" s="1">
+        <v>11</v>
+      </c>
+      <c r="D129" s="16">
+        <v>17</v>
+      </c>
+      <c r="E129" s="10">
+        <v>46</v>
+      </c>
+      <c r="F129" s="1">
+        <v>54</v>
+      </c>
+      <c r="G129" s="15">
+        <v>100</v>
+      </c>
+      <c r="H129" s="10">
+        <v>34</v>
+      </c>
+      <c r="I129" s="1">
+        <v>39</v>
+      </c>
+      <c r="J129" s="15">
+        <v>73</v>
+      </c>
+      <c r="K129" s="10">
+        <v>24</v>
+      </c>
+      <c r="L129" s="1">
+        <v>71</v>
+      </c>
+      <c r="M129" s="15">
+        <v>95</v>
+      </c>
+      <c r="N129" s="10">
+        <v>53</v>
+      </c>
+      <c r="O129" s="1">
+        <v>74</v>
+      </c>
+      <c r="P129" s="15">
+        <v>127</v>
+      </c>
+      <c r="Q129" s="10">
+        <v>49</v>
+      </c>
+      <c r="R129" s="1">
+        <v>81</v>
+      </c>
+      <c r="S129" s="15">
+        <v>130</v>
+      </c>
+      <c r="T129" s="10">
+        <v>37</v>
+      </c>
+      <c r="U129" s="1">
+        <v>61</v>
+      </c>
+      <c r="V129" s="15">
+        <v>98</v>
+      </c>
+      <c r="W129" s="10">
+        <v>41</v>
+      </c>
+      <c r="X129" s="1">
+        <v>69</v>
+      </c>
+      <c r="Y129" s="15">
+        <v>110</v>
+      </c>
+      <c r="Z129" s="10">
+        <v>44</v>
+      </c>
+      <c r="AA129" s="1">
+        <v>85</v>
+      </c>
+      <c r="AB129" s="15">
+        <v>129</v>
+      </c>
+      <c r="AC129" s="10">
+        <v>71</v>
+      </c>
+      <c r="AD129" s="1">
+        <v>72</v>
+      </c>
+      <c r="AE129" s="15">
+        <v>143</v>
+      </c>
       <c r="AF129" s="10">
         <f>SUM(B129,E129,H129,K129,N129,Q129,T129,W129,Z129,AC129)</f>
-        <v>0</v>
+        <v>405</v>
       </c>
       <c r="AG129" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>617</v>
       </c>
       <c r="AH129" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:34" hidden="1" x14ac:dyDescent="0.35">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="130" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B130" s="10"/>
-[...28 lines deleted...]
-      <c r="AE130" s="15"/>
+      <c r="B130" s="10">
+        <v>7</v>
+      </c>
+      <c r="C130" s="1">
+        <v>5</v>
+      </c>
+      <c r="D130" s="16">
+        <v>12</v>
+      </c>
+      <c r="E130" s="10">
+        <v>42</v>
+      </c>
+      <c r="F130" s="1">
+        <v>55</v>
+      </c>
+      <c r="G130" s="15">
+        <v>97</v>
+      </c>
+      <c r="H130" s="10">
+        <v>43</v>
+      </c>
+      <c r="I130" s="1">
+        <v>50</v>
+      </c>
+      <c r="J130" s="15">
+        <v>93</v>
+      </c>
+      <c r="K130" s="10">
+        <v>47</v>
+      </c>
+      <c r="L130" s="1">
+        <v>66</v>
+      </c>
+      <c r="M130" s="15">
+        <v>113</v>
+      </c>
+      <c r="N130" s="10">
+        <v>68</v>
+      </c>
+      <c r="O130" s="1">
+        <v>87</v>
+      </c>
+      <c r="P130" s="15">
+        <v>155</v>
+      </c>
+      <c r="Q130" s="10">
+        <v>49</v>
+      </c>
+      <c r="R130" s="1">
+        <v>80</v>
+      </c>
+      <c r="S130" s="15">
+        <v>129</v>
+      </c>
+      <c r="T130" s="10">
+        <v>40</v>
+      </c>
+      <c r="U130" s="1">
+        <v>64</v>
+      </c>
+      <c r="V130" s="15">
+        <v>104</v>
+      </c>
+      <c r="W130" s="10">
+        <v>49</v>
+      </c>
+      <c r="X130" s="1">
+        <v>76</v>
+      </c>
+      <c r="Y130" s="15">
+        <v>125</v>
+      </c>
+      <c r="Z130" s="10">
+        <v>54</v>
+      </c>
+      <c r="AA130" s="1">
+        <v>85</v>
+      </c>
+      <c r="AB130" s="15">
+        <v>139</v>
+      </c>
+      <c r="AC130" s="10">
+        <v>43</v>
+      </c>
+      <c r="AD130" s="1">
+        <v>71</v>
+      </c>
+      <c r="AE130" s="15">
+        <v>114</v>
+      </c>
       <c r="AF130" s="10">
         <f>SUM(B130,E130,H130,K130,N130,Q130,T130,W130,Z130,AC130)</f>
-        <v>0</v>
+        <v>442</v>
       </c>
       <c r="AG130" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>639</v>
       </c>
       <c r="AH130" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="131" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B131" s="10"/>
-[...28 lines deleted...]
-      <c r="AE131" s="15"/>
+      <c r="B131" s="10">
+        <v>7</v>
+      </c>
+      <c r="C131" s="1">
+        <v>7</v>
+      </c>
+      <c r="D131" s="16">
+        <v>14</v>
+      </c>
+      <c r="E131" s="10">
+        <v>44</v>
+      </c>
+      <c r="F131" s="1">
+        <v>48</v>
+      </c>
+      <c r="G131" s="15">
+        <v>92</v>
+      </c>
+      <c r="H131" s="10">
+        <v>36</v>
+      </c>
+      <c r="I131" s="1">
+        <v>62</v>
+      </c>
+      <c r="J131" s="15">
+        <v>98</v>
+      </c>
+      <c r="K131" s="10">
+        <v>44</v>
+      </c>
+      <c r="L131" s="1">
+        <v>80</v>
+      </c>
+      <c r="M131" s="15">
+        <v>124</v>
+      </c>
+      <c r="N131" s="10">
+        <v>62</v>
+      </c>
+      <c r="O131" s="1">
+        <v>96</v>
+      </c>
+      <c r="P131" s="15">
+        <v>158</v>
+      </c>
+      <c r="Q131" s="10">
+        <v>55</v>
+      </c>
+      <c r="R131" s="1">
+        <v>62</v>
+      </c>
+      <c r="S131" s="15">
+        <v>117</v>
+      </c>
+      <c r="T131" s="10">
+        <v>46</v>
+      </c>
+      <c r="U131" s="1">
+        <v>67</v>
+      </c>
+      <c r="V131" s="15">
+        <v>113</v>
+      </c>
+      <c r="W131" s="10">
+        <v>53</v>
+      </c>
+      <c r="X131" s="1">
+        <v>60</v>
+      </c>
+      <c r="Y131" s="15">
+        <v>113</v>
+      </c>
+      <c r="Z131" s="10">
+        <v>48</v>
+      </c>
+      <c r="AA131" s="1">
+        <v>64</v>
+      </c>
+      <c r="AB131" s="15">
+        <v>112</v>
+      </c>
+      <c r="AC131" s="10">
+        <v>46</v>
+      </c>
+      <c r="AD131" s="1">
+        <v>72</v>
+      </c>
+      <c r="AE131" s="15">
+        <v>118</v>
+      </c>
       <c r="AF131" s="10">
         <f t="shared" si="35"/>
-        <v>0</v>
+        <v>441</v>
       </c>
       <c r="AG131" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>618</v>
       </c>
       <c r="AH131" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:34" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="132" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B132" s="13"/>
-[...28 lines deleted...]
-      <c r="AE132" s="18"/>
+      <c r="B132" s="13">
+        <v>56</v>
+      </c>
+      <c r="C132" s="14">
+        <v>62</v>
+      </c>
+      <c r="D132" s="17">
+        <v>118</v>
+      </c>
+      <c r="E132" s="13">
+        <v>345</v>
+      </c>
+      <c r="F132" s="14">
+        <v>407</v>
+      </c>
+      <c r="G132" s="18">
+        <v>752</v>
+      </c>
+      <c r="H132" s="13">
+        <v>307</v>
+      </c>
+      <c r="I132" s="14">
+        <v>405</v>
+      </c>
+      <c r="J132" s="18">
+        <v>712</v>
+      </c>
+      <c r="K132" s="13">
+        <v>364</v>
+      </c>
+      <c r="L132" s="14">
+        <v>533</v>
+      </c>
+      <c r="M132" s="18">
+        <v>897</v>
+      </c>
+      <c r="N132" s="13">
+        <v>450</v>
+      </c>
+      <c r="O132" s="14">
+        <v>565</v>
+      </c>
+      <c r="P132" s="18">
+        <v>1015</v>
+      </c>
+      <c r="Q132" s="13">
+        <v>367</v>
+      </c>
+      <c r="R132" s="14">
+        <v>540</v>
+      </c>
+      <c r="S132" s="18">
+        <v>907</v>
+      </c>
+      <c r="T132" s="13">
+        <v>309</v>
+      </c>
+      <c r="U132" s="14">
+        <v>437</v>
+      </c>
+      <c r="V132" s="18">
+        <v>746</v>
+      </c>
+      <c r="W132" s="13">
+        <v>318</v>
+      </c>
+      <c r="X132" s="14">
+        <v>466</v>
+      </c>
+      <c r="Y132" s="18">
+        <v>784</v>
+      </c>
+      <c r="Z132" s="13">
+        <v>320</v>
+      </c>
+      <c r="AA132" s="14">
+        <v>434</v>
+      </c>
+      <c r="AB132" s="18">
+        <v>754</v>
+      </c>
+      <c r="AC132" s="13">
+        <v>312</v>
+      </c>
+      <c r="AD132" s="14">
+        <v>441</v>
+      </c>
+      <c r="AE132" s="18">
+        <v>753</v>
+      </c>
       <c r="AF132" s="13">
         <f t="shared" si="35"/>
-        <v>0</v>
+        <v>3148</v>
       </c>
       <c r="AG132" s="14">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>4290</v>
       </c>
       <c r="AH132" s="18">
         <f t="shared" si="34"/>
-        <v>0</v>
+        <v>7438</v>
       </c>
     </row>
     <row r="134" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A134" s="90" t="s">
+      <c r="A134" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B134" s="91" t="s">
+      <c r="B134" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C134" s="91"/>
-[...30 lines deleted...]
-      <c r="AH134" s="91"/>
+      <c r="C134" s="94"/>
+      <c r="D134" s="94"/>
+      <c r="E134" s="94"/>
+      <c r="F134" s="94"/>
+      <c r="G134" s="94"/>
+      <c r="H134" s="94"/>
+      <c r="I134" s="94"/>
+      <c r="J134" s="94"/>
+      <c r="K134" s="94"/>
+      <c r="L134" s="94"/>
+      <c r="M134" s="94"/>
+      <c r="N134" s="94"/>
+      <c r="O134" s="94"/>
+      <c r="P134" s="94"/>
+      <c r="Q134" s="94"/>
+      <c r="R134" s="94"/>
+      <c r="S134" s="94"/>
+      <c r="T134" s="94"/>
+      <c r="U134" s="94"/>
+      <c r="V134" s="94"/>
+      <c r="W134" s="94"/>
+      <c r="X134" s="94"/>
+      <c r="Y134" s="94"/>
+      <c r="Z134" s="94"/>
+      <c r="AA134" s="94"/>
+      <c r="AB134" s="94"/>
+      <c r="AC134" s="94"/>
+      <c r="AD134" s="94"/>
+      <c r="AE134" s="94"/>
+      <c r="AF134" s="94"/>
+      <c r="AG134" s="94"/>
+      <c r="AH134" s="94"/>
     </row>
     <row r="135" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A135" s="90"/>
-      <c r="B135" s="92" t="s">
+      <c r="A135" s="93"/>
+      <c r="B135" s="95" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="92"/>
-[...30 lines deleted...]
-      <c r="AH135" s="92"/>
+      <c r="C135" s="95"/>
+      <c r="D135" s="95"/>
+      <c r="E135" s="95"/>
+      <c r="F135" s="95"/>
+      <c r="G135" s="95"/>
+      <c r="H135" s="95"/>
+      <c r="I135" s="95"/>
+      <c r="J135" s="95"/>
+      <c r="K135" s="95"/>
+      <c r="L135" s="95"/>
+      <c r="M135" s="95"/>
+      <c r="N135" s="95"/>
+      <c r="O135" s="95"/>
+      <c r="P135" s="95"/>
+      <c r="Q135" s="95"/>
+      <c r="R135" s="95"/>
+      <c r="S135" s="95"/>
+      <c r="T135" s="95"/>
+      <c r="U135" s="95"/>
+      <c r="V135" s="95"/>
+      <c r="W135" s="95"/>
+      <c r="X135" s="95"/>
+      <c r="Y135" s="95"/>
+      <c r="Z135" s="95"/>
+      <c r="AA135" s="95"/>
+      <c r="AB135" s="95"/>
+      <c r="AC135" s="95"/>
+      <c r="AD135" s="95"/>
+      <c r="AE135" s="95"/>
+      <c r="AF135" s="95"/>
+      <c r="AG135" s="95"/>
+      <c r="AH135" s="95"/>
     </row>
     <row r="136" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A136" s="90"/>
-      <c r="B136" s="81" t="s">
+      <c r="A136" s="93"/>
+      <c r="B136" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="C136" s="82"/>
-[...1 lines deleted...]
-      <c r="E136" s="81" t="s">
+      <c r="C136" s="85"/>
+      <c r="D136" s="92"/>
+      <c r="E136" s="84" t="s">
         <v>17</v>
       </c>
-      <c r="F136" s="82"/>
-[...1 lines deleted...]
-      <c r="H136" s="81" t="s">
+      <c r="F136" s="85"/>
+      <c r="G136" s="86"/>
+      <c r="H136" s="84" t="s">
         <v>18</v>
       </c>
-      <c r="I136" s="82"/>
-[...1 lines deleted...]
-      <c r="K136" s="81" t="s">
+      <c r="I136" s="85"/>
+      <c r="J136" s="86"/>
+      <c r="K136" s="84" t="s">
         <v>19</v>
       </c>
-      <c r="L136" s="82"/>
-[...1 lines deleted...]
-      <c r="N136" s="81" t="s">
+      <c r="L136" s="85"/>
+      <c r="M136" s="86"/>
+      <c r="N136" s="84" t="s">
         <v>20</v>
       </c>
-      <c r="O136" s="82"/>
-[...1 lines deleted...]
-      <c r="Q136" s="81" t="s">
+      <c r="O136" s="85"/>
+      <c r="P136" s="86"/>
+      <c r="Q136" s="84" t="s">
         <v>21</v>
       </c>
-      <c r="R136" s="82"/>
-[...1 lines deleted...]
-      <c r="T136" s="81" t="s">
+      <c r="R136" s="85"/>
+      <c r="S136" s="86"/>
+      <c r="T136" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="U136" s="82"/>
-[...1 lines deleted...]
-      <c r="W136" s="81" t="s">
+      <c r="U136" s="85"/>
+      <c r="V136" s="86"/>
+      <c r="W136" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="X136" s="82"/>
-[...1 lines deleted...]
-      <c r="Z136" s="81" t="s">
+      <c r="X136" s="85"/>
+      <c r="Y136" s="86"/>
+      <c r="Z136" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="AA136" s="82"/>
-[...1 lines deleted...]
-      <c r="AC136" s="81" t="s">
+      <c r="AA136" s="85"/>
+      <c r="AB136" s="86"/>
+      <c r="AC136" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="AD136" s="82"/>
-[...5 lines deleted...]
-      <c r="AH136" s="83"/>
+      <c r="AD136" s="85"/>
+      <c r="AE136" s="86"/>
+      <c r="AF136" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="AG136" s="85"/>
+      <c r="AH136" s="86"/>
     </row>
     <row r="137" spans="1:34" x14ac:dyDescent="0.35">
-      <c r="A137" s="90"/>
+      <c r="A137" s="93"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C137" s="62" t="s">
+      <c r="C137" s="65" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="F137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="G137" s="63" t="s">
+      <c r="F137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="I137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="J137" s="63" t="s">
+      <c r="I137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="J137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="L137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="M137" s="63" t="s">
+      <c r="L137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="M137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="O137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="P137" s="63" t="s">
+      <c r="O137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="P137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="R137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="S137" s="63" t="s">
+      <c r="R137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="S137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="U137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="V137" s="63" t="s">
+      <c r="U137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="V137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="W137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="X137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="Y137" s="63" t="s">
+      <c r="X137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="Z137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AA137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="AB137" s="63" t="s">
+      <c r="AA137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AC137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AD137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="AE137" s="63" t="s">
+      <c r="AD137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="AF137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="AG137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="AH137" s="63" t="s">
+      <c r="AG137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>401</v>
+        <v>429</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:AE138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>393</v>
+        <v>424</v>
       </c>
       <c r="D138" s="16">
         <f t="shared" si="36"/>
-        <v>794</v>
+        <v>853</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="36"/>
-        <v>2438</v>
+        <v>2594</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="36"/>
-        <v>2007</v>
+        <v>2181</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="36"/>
-        <v>4445</v>
+        <v>4775</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="36"/>
-        <v>2251</v>
+        <v>2401</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="36"/>
-        <v>1908</v>
+        <v>2085</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="36"/>
-        <v>4159</v>
+        <v>4486</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="36"/>
-        <v>2673</v>
+        <v>2859</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="36"/>
-        <v>2262</v>
+        <v>2456</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="36"/>
-        <v>4935</v>
+        <v>5315</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="36"/>
-        <v>2840</v>
+        <v>3047</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="36"/>
-        <v>2436</v>
+        <v>2636</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="36"/>
-        <v>5276</v>
+        <v>5683</v>
       </c>
       <c r="Q138" s="10">
         <f t="shared" si="36"/>
-        <v>2360</v>
+        <v>2517</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="36"/>
-        <v>2093</v>
+        <v>2282</v>
       </c>
       <c r="S138" s="15">
         <f t="shared" si="36"/>
-        <v>4453</v>
+        <v>4799</v>
       </c>
       <c r="T138" s="10">
         <f t="shared" si="36"/>
-        <v>1943</v>
+        <v>2075</v>
       </c>
       <c r="U138" s="1">
         <f t="shared" si="36"/>
-        <v>1667</v>
+        <v>1816</v>
       </c>
       <c r="V138" s="15">
         <f t="shared" si="36"/>
-        <v>3610</v>
+        <v>3891</v>
       </c>
       <c r="W138" s="10">
         <f t="shared" si="36"/>
-        <v>1657</v>
+        <v>1785</v>
       </c>
       <c r="X138" s="1">
         <f t="shared" si="36"/>
-        <v>1543</v>
+        <v>1701</v>
       </c>
       <c r="Y138" s="15">
         <f t="shared" si="36"/>
-        <v>3200</v>
+        <v>3486</v>
       </c>
       <c r="Z138" s="10">
         <f t="shared" si="36"/>
-        <v>1554</v>
+        <v>1673</v>
       </c>
       <c r="AA138" s="1">
         <f t="shared" si="36"/>
-        <v>1285</v>
+        <v>1389</v>
       </c>
       <c r="AB138" s="15">
         <f t="shared" si="36"/>
-        <v>2839</v>
+        <v>3062</v>
       </c>
       <c r="AC138" s="10">
         <f t="shared" si="36"/>
-        <v>1784</v>
+        <v>1884</v>
       </c>
       <c r="AD138" s="1">
         <f t="shared" si="36"/>
-        <v>1234</v>
+        <v>1362</v>
       </c>
       <c r="AE138" s="15">
         <f t="shared" si="36"/>
-        <v>3018</v>
+        <v>3246</v>
       </c>
       <c r="AF138" s="10">
         <f>SUM(B138,E138,H138,K138,N138,Q138,T138,W138,Z138,AC138)</f>
-        <v>19901</v>
+        <v>21264</v>
       </c>
       <c r="AG138" s="1">
         <f t="shared" ref="AG138:AG143" si="37">SUM(C138,F138,I138,L138,O138,R138,U138,X138,AA138,AD138)</f>
-        <v>16828</v>
+        <v>18332</v>
       </c>
       <c r="AH138" s="15">
         <f t="shared" ref="AH138:AH142" si="38">SUM(D138,G138,J138,M138,P138,S138,V138,Y138,AB138,AE138)</f>
-        <v>36729</v>
+        <v>39596</v>
       </c>
     </row>
     <row r="139" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:AE139" si="39">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="39"/>
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="D139" s="16">
         <f t="shared" si="39"/>
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="39"/>
-        <v>653</v>
+        <v>710</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>624</v>
+        <v>700</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="39"/>
-        <v>1277</v>
+        <v>1410</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="39"/>
-        <v>609</v>
+        <v>653</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>562</v>
+        <v>639</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="39"/>
-        <v>1171</v>
+        <v>1292</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="39"/>
-        <v>742</v>
+        <v>805</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="39"/>
-        <v>730</v>
+        <v>852</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="39"/>
-        <v>1472</v>
+        <v>1657</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="39"/>
-        <v>773</v>
+        <v>833</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>756</v>
+        <v>864</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="39"/>
-        <v>1529</v>
+        <v>1697</v>
       </c>
       <c r="Q139" s="10">
         <f t="shared" si="39"/>
-        <v>627</v>
+        <v>684</v>
       </c>
       <c r="R139" s="1">
         <f t="shared" si="39"/>
-        <v>691</v>
+        <v>819</v>
       </c>
       <c r="S139" s="15">
         <f t="shared" si="39"/>
-        <v>1318</v>
+        <v>1503</v>
       </c>
       <c r="T139" s="10">
         <f t="shared" si="39"/>
-        <v>628</v>
+        <v>682</v>
       </c>
       <c r="U139" s="1">
         <f t="shared" si="39"/>
-        <v>621</v>
+        <v>717</v>
       </c>
       <c r="V139" s="15">
         <f t="shared" si="39"/>
-        <v>1249</v>
+        <v>1399</v>
       </c>
       <c r="W139" s="10">
         <f t="shared" si="39"/>
-        <v>618</v>
+        <v>665</v>
       </c>
       <c r="X139" s="1">
         <f t="shared" si="39"/>
-        <v>680</v>
+        <v>783</v>
       </c>
       <c r="Y139" s="15">
         <f t="shared" si="39"/>
-        <v>1298</v>
+        <v>1448</v>
       </c>
       <c r="Z139" s="10">
         <f t="shared" si="39"/>
-        <v>545</v>
+        <v>600</v>
       </c>
       <c r="AA139" s="1">
         <f t="shared" si="39"/>
-        <v>633</v>
+        <v>729</v>
       </c>
       <c r="AB139" s="15">
         <f t="shared" si="39"/>
-        <v>1178</v>
+        <v>1329</v>
       </c>
       <c r="AC139" s="10">
         <f t="shared" si="39"/>
-        <v>637</v>
+        <v>689</v>
       </c>
       <c r="AD139" s="1">
         <f t="shared" si="39"/>
-        <v>674</v>
+        <v>772</v>
       </c>
       <c r="AE139" s="15">
         <f t="shared" si="39"/>
-        <v>1311</v>
+        <v>1461</v>
       </c>
       <c r="AF139" s="10">
         <f>SUM(B139,E139,H139,K139,N139,Q139,T139,W139,Z139,AC139)</f>
-        <v>5993</v>
+        <v>6490</v>
       </c>
       <c r="AG139" s="1">
         <f t="shared" si="37"/>
-        <v>6145</v>
+        <v>7057</v>
       </c>
       <c r="AH139" s="15">
         <f>SUM(D139,G139,J139,M139,P139,S139,V139,Y139,AB139,AE139)</f>
-        <v>12138</v>
+        <v>13547</v>
       </c>
     </row>
     <row r="140" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:AE140" si="40">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="40"/>
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="D140" s="16">
         <f t="shared" si="40"/>
-        <v>336</v>
+        <v>353</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="40"/>
-        <v>584</v>
+        <v>630</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>558</v>
+        <v>612</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="40"/>
-        <v>1142</v>
+        <v>1242</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="40"/>
-        <v>485</v>
+        <v>519</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>427</v>
+        <v>466</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="40"/>
-        <v>912</v>
+        <v>985</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="40"/>
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="40"/>
-        <v>576</v>
+        <v>647</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="40"/>
-        <v>1113</v>
+        <v>1208</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="40"/>
-        <v>608</v>
+        <v>661</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>718</v>
+        <v>792</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="40"/>
-        <v>1326</v>
+        <v>1453</v>
       </c>
       <c r="Q140" s="10">
         <f t="shared" si="40"/>
-        <v>541</v>
+        <v>590</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>673</v>
+        <v>754</v>
       </c>
       <c r="S140" s="15">
         <f t="shared" si="40"/>
-        <v>1214</v>
+        <v>1344</v>
       </c>
       <c r="T140" s="10">
         <f t="shared" si="40"/>
-        <v>582</v>
+        <v>619</v>
       </c>
       <c r="U140" s="1">
         <f t="shared" si="40"/>
-        <v>669</v>
+        <v>730</v>
       </c>
       <c r="V140" s="15">
         <f t="shared" si="40"/>
-        <v>1251</v>
+        <v>1349</v>
       </c>
       <c r="W140" s="10">
         <f t="shared" si="40"/>
-        <v>589</v>
+        <v>630</v>
       </c>
       <c r="X140" s="1">
         <f t="shared" si="40"/>
-        <v>745</v>
+        <v>814</v>
       </c>
       <c r="Y140" s="15">
         <f t="shared" si="40"/>
-        <v>1334</v>
+        <v>1444</v>
       </c>
       <c r="Z140" s="10">
         <f t="shared" si="40"/>
-        <v>719</v>
+        <v>763</v>
       </c>
       <c r="AA140" s="1">
         <f t="shared" si="40"/>
-        <v>793</v>
+        <v>878</v>
       </c>
       <c r="AB140" s="15">
         <f t="shared" si="40"/>
-        <v>1512</v>
+        <v>1641</v>
       </c>
       <c r="AC140" s="10">
         <f t="shared" si="40"/>
-        <v>742</v>
+        <v>813</v>
       </c>
       <c r="AD140" s="1">
         <f t="shared" si="40"/>
-        <v>762</v>
+        <v>834</v>
       </c>
       <c r="AE140" s="15">
         <f t="shared" si="40"/>
-        <v>1504</v>
+        <v>1647</v>
       </c>
       <c r="AF140" s="10">
         <f>SUM(B140,E140,H140,K140,N140,Q140,T140,W140,Z140,AC140)</f>
-        <v>5545</v>
+        <v>5950</v>
       </c>
       <c r="AG140" s="1">
         <f t="shared" si="37"/>
-        <v>6099</v>
+        <v>6716</v>
       </c>
       <c r="AH140" s="15">
         <f t="shared" si="38"/>
-        <v>11644</v>
+        <v>12666</v>
       </c>
     </row>
     <row r="141" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f>SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" ref="C141:AE141" si="41">SUM(C9,C20,C31,C42,C53,C64,C75,C86,C97,C108,C119,C130)</f>
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D141" s="16">
         <f t="shared" si="41"/>
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="41"/>
-        <v>525</v>
+        <v>567</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>517</v>
+        <v>572</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="41"/>
-        <v>1042</v>
+        <v>1139</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="41"/>
-        <v>508</v>
+        <v>551</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>456</v>
+        <v>506</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="41"/>
-        <v>964</v>
+        <v>1057</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="41"/>
-        <v>720</v>
+        <v>767</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>581</v>
+        <v>647</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="41"/>
-        <v>1301</v>
+        <v>1414</v>
       </c>
       <c r="N141" s="10">
         <f t="shared" si="41"/>
-        <v>768</v>
+        <v>836</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>666</v>
+        <v>753</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="41"/>
-        <v>1434</v>
+        <v>1589</v>
       </c>
       <c r="Q141" s="10">
         <f t="shared" si="41"/>
-        <v>587</v>
+        <v>636</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>567</v>
+        <v>647</v>
       </c>
       <c r="S141" s="15">
         <f t="shared" si="41"/>
-        <v>1154</v>
+        <v>1283</v>
       </c>
       <c r="T141" s="10">
         <f t="shared" si="41"/>
-        <v>501</v>
+        <v>541</v>
       </c>
       <c r="U141" s="1">
         <f t="shared" si="41"/>
-        <v>525</v>
+        <v>589</v>
       </c>
       <c r="V141" s="15">
         <f t="shared" si="41"/>
-        <v>1026</v>
+        <v>1130</v>
       </c>
       <c r="W141" s="10">
         <f t="shared" si="41"/>
-        <v>562</v>
+        <v>611</v>
       </c>
       <c r="X141" s="1">
         <f t="shared" si="41"/>
-        <v>613</v>
+        <v>689</v>
       </c>
       <c r="Y141" s="15">
         <f t="shared" si="41"/>
-        <v>1175</v>
+        <v>1300</v>
       </c>
       <c r="Z141" s="10">
         <f>SUM(Z9,Z20,Z31,Z42,Z53,Z64,Z75,Z86,Z97,Z108,Z119,Z130)</f>
-        <v>557</v>
+        <v>611</v>
       </c>
       <c r="AA141" s="1">
         <f t="shared" si="41"/>
-        <v>573</v>
+        <v>658</v>
       </c>
       <c r="AB141" s="15">
         <f t="shared" si="41"/>
-        <v>1130</v>
+        <v>1269</v>
       </c>
       <c r="AC141" s="10">
         <f t="shared" si="41"/>
-        <v>555</v>
+        <v>598</v>
       </c>
       <c r="AD141" s="1">
         <f t="shared" si="41"/>
-        <v>580</v>
+        <v>651</v>
       </c>
       <c r="AE141" s="15">
         <f t="shared" si="41"/>
-        <v>1135</v>
+        <v>1249</v>
       </c>
       <c r="AF141" s="10">
         <f>SUM(B141,E141,H141,K141,N141,Q141,T141,W141,Z141,AC141)</f>
-        <v>5382</v>
+        <v>5824</v>
       </c>
       <c r="AG141" s="1">
         <f t="shared" si="37"/>
-        <v>5196</v>
+        <v>5835</v>
       </c>
       <c r="AH141" s="15">
         <f>SUM(D141,G141,J141,M141,P141,S141,V141,Y141,AB141,AE141)</f>
-        <v>10578</v>
+        <v>11659</v>
       </c>
     </row>
     <row r="142" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="10">
         <f t="shared" ref="B142:AE142" si="42">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C142" s="1">
         <f t="shared" si="42"/>
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D142" s="16">
         <f t="shared" si="42"/>
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="E142" s="10">
         <f t="shared" si="42"/>
-        <v>537</v>
+        <v>581</v>
       </c>
       <c r="F142" s="1">
         <f t="shared" si="42"/>
-        <v>507</v>
+        <v>555</v>
       </c>
       <c r="G142" s="15">
         <f t="shared" si="42"/>
-        <v>1044</v>
+        <v>1136</v>
       </c>
       <c r="H142" s="10">
         <f t="shared" si="42"/>
-        <v>496</v>
+        <v>532</v>
       </c>
       <c r="I142" s="1">
         <f t="shared" si="42"/>
-        <v>490</v>
+        <v>552</v>
       </c>
       <c r="J142" s="15">
         <f t="shared" si="42"/>
-        <v>986</v>
+        <v>1084</v>
       </c>
       <c r="K142" s="10">
         <f t="shared" si="42"/>
-        <v>623</v>
+        <v>667</v>
       </c>
       <c r="L142" s="1">
         <f t="shared" si="42"/>
-        <v>584</v>
+        <v>664</v>
       </c>
       <c r="M142" s="15">
         <f t="shared" si="42"/>
-        <v>1207</v>
+        <v>1331</v>
       </c>
       <c r="N142" s="10">
         <f t="shared" si="42"/>
-        <v>679</v>
+        <v>741</v>
       </c>
       <c r="O142" s="1">
         <f t="shared" si="42"/>
-        <v>709</v>
+        <v>805</v>
       </c>
       <c r="P142" s="15">
         <f t="shared" si="42"/>
-        <v>1388</v>
+        <v>1546</v>
       </c>
       <c r="Q142" s="10">
         <f t="shared" si="42"/>
-        <v>528</v>
+        <v>583</v>
       </c>
       <c r="R142" s="1">
         <f t="shared" si="42"/>
-        <v>550</v>
+        <v>612</v>
       </c>
       <c r="S142" s="15">
         <f t="shared" si="42"/>
-        <v>1078</v>
+        <v>1195</v>
       </c>
       <c r="T142" s="10">
         <f t="shared" si="42"/>
-        <v>523</v>
+        <v>569</v>
       </c>
       <c r="U142" s="1">
         <f t="shared" si="42"/>
-        <v>490</v>
+        <v>557</v>
       </c>
       <c r="V142" s="15">
         <f t="shared" si="42"/>
-        <v>1013</v>
+        <v>1126</v>
       </c>
       <c r="W142" s="10">
         <f t="shared" si="42"/>
-        <v>549</v>
+        <v>602</v>
       </c>
       <c r="X142" s="1">
         <f t="shared" si="42"/>
-        <v>588</v>
+        <v>648</v>
       </c>
       <c r="Y142" s="15">
         <f t="shared" si="42"/>
-        <v>1137</v>
+        <v>1250</v>
       </c>
       <c r="Z142" s="10">
         <f t="shared" si="42"/>
-        <v>500</v>
+        <v>548</v>
       </c>
       <c r="AA142" s="1">
         <f t="shared" si="42"/>
-        <v>525</v>
+        <v>589</v>
       </c>
       <c r="AB142" s="15">
         <f t="shared" si="42"/>
-        <v>1025</v>
+        <v>1137</v>
       </c>
       <c r="AC142" s="10">
         <f t="shared" si="42"/>
-        <v>511</v>
+        <v>557</v>
       </c>
       <c r="AD142" s="1">
         <f t="shared" si="42"/>
-        <v>579</v>
+        <v>651</v>
       </c>
       <c r="AE142" s="15">
         <f t="shared" si="42"/>
-        <v>1090</v>
+        <v>1208</v>
       </c>
       <c r="AF142" s="10">
         <f>SUM(B142,E142,H142,K142,N142,Q142,T142,W142,Z142,AC142)</f>
-        <v>5048</v>
+        <v>5489</v>
       </c>
       <c r="AG142" s="1">
-        <f>SUM(C142,F142,I142,L142,O142,R142,U142,X142,AA142,AD142)</f>
-        <v>5121</v>
+        <f t="shared" si="37"/>
+        <v>5739</v>
       </c>
       <c r="AH142" s="15">
         <f t="shared" si="38"/>
-        <v>10169</v>
+        <v>11228</v>
       </c>
     </row>
     <row r="143" spans="1:34" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="27" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:AE143" si="43">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>921</v>
+        <v>977</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="43"/>
-        <v>962</v>
+        <v>1024</v>
       </c>
       <c r="D143" s="17">
         <f t="shared" si="43"/>
-        <v>1883</v>
+        <v>2001</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="43"/>
-        <v>4737</v>
+        <v>5082</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>4213</v>
+        <v>4620</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="43"/>
-        <v>8950</v>
+        <v>9702</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="43"/>
-        <v>4349</v>
+        <v>4656</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>3843</v>
+        <v>4248</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="43"/>
-        <v>8192</v>
+        <v>8904</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="43"/>
-        <v>5295</v>
+        <v>5659</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>4733</v>
+        <v>5266</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="43"/>
-        <v>10028</v>
+        <v>10925</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="43"/>
-        <v>5668</v>
+        <v>6118</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>5285</v>
+        <v>5850</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="43"/>
-        <v>10953</v>
+        <v>11968</v>
       </c>
       <c r="Q143" s="13">
         <f t="shared" si="43"/>
-        <v>4643</v>
+        <v>5010</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>4574</v>
+        <v>5114</v>
       </c>
       <c r="S143" s="18">
         <f t="shared" si="43"/>
-        <v>9217</v>
+        <v>10124</v>
       </c>
       <c r="T143" s="13">
         <f t="shared" si="43"/>
-        <v>4177</v>
+        <v>4486</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>3972</v>
+        <v>4409</v>
       </c>
       <c r="V143" s="18">
         <f t="shared" si="43"/>
-        <v>8149</v>
+        <v>8895</v>
       </c>
       <c r="W143" s="13">
         <f t="shared" si="43"/>
-        <v>3975</v>
+        <v>4293</v>
       </c>
       <c r="X143" s="14">
         <f t="shared" si="43"/>
-        <v>4169</v>
+        <v>4635</v>
       </c>
       <c r="Y143" s="18">
         <f t="shared" si="43"/>
-        <v>8144</v>
+        <v>8928</v>
       </c>
       <c r="Z143" s="13">
         <f t="shared" si="43"/>
-        <v>3875</v>
+        <v>4195</v>
       </c>
       <c r="AA143" s="14">
         <f t="shared" si="43"/>
-        <v>3809</v>
+        <v>4243</v>
       </c>
       <c r="AB143" s="18">
         <f t="shared" si="43"/>
-        <v>7684</v>
+        <v>8438</v>
       </c>
       <c r="AC143" s="13">
         <f t="shared" si="43"/>
-        <v>4229</v>
+        <v>4541</v>
       </c>
       <c r="AD143" s="14">
         <f t="shared" si="43"/>
-        <v>3829</v>
+        <v>4270</v>
       </c>
       <c r="AE143" s="18">
         <f t="shared" si="43"/>
-        <v>8058</v>
+        <v>8811</v>
       </c>
       <c r="AF143" s="13">
         <f t="shared" ref="AF143" si="44">SUM(B143,E143,H143,K143,N143,Q143,T143,W143,Z143,AC143)</f>
-        <v>41869</v>
+        <v>45017</v>
       </c>
       <c r="AG143" s="14">
         <f t="shared" si="37"/>
-        <v>39389</v>
+        <v>43679</v>
       </c>
       <c r="AH143" s="18">
         <f>SUM(D143,G143,J143,M143,P143,S143,V143,Y143,AB143,AE143)</f>
-        <v>81258</v>
+        <v>88696</v>
       </c>
     </row>
     <row r="145" spans="2:34" x14ac:dyDescent="0.35">
-      <c r="B145" s="59"/>
-[...31 lines deleted...]
-      <c r="AH145" s="59"/>
+      <c r="B145" s="61"/>
+      <c r="C145" s="61"/>
+      <c r="D145" s="61"/>
+      <c r="E145" s="61"/>
+      <c r="F145" s="61"/>
+      <c r="G145" s="61"/>
+      <c r="H145" s="61"/>
+      <c r="I145" s="61"/>
+      <c r="J145" s="61"/>
+      <c r="K145" s="61"/>
+      <c r="L145" s="61"/>
+      <c r="M145" s="61"/>
+      <c r="N145" s="61"/>
+      <c r="O145" s="61"/>
+      <c r="P145" s="61"/>
+      <c r="Q145" s="61"/>
+      <c r="R145" s="61"/>
+      <c r="S145" s="61"/>
+      <c r="T145" s="61"/>
+      <c r="U145" s="61"/>
+      <c r="V145" s="61"/>
+      <c r="W145" s="61"/>
+      <c r="X145" s="61"/>
+      <c r="Y145" s="61"/>
+      <c r="Z145" s="61"/>
+      <c r="AA145" s="61"/>
+      <c r="AB145" s="61"/>
+      <c r="AC145" s="61"/>
+      <c r="AD145" s="61"/>
+      <c r="AE145" s="61"/>
+      <c r="AF145" s="61"/>
+      <c r="AG145" s="61"/>
+      <c r="AH145" s="61"/>
     </row>
     <row r="146" spans="2:34" x14ac:dyDescent="0.35">
-      <c r="B146" s="59"/>
-[...31 lines deleted...]
-      <c r="AH146" s="59"/>
+      <c r="B146" s="61"/>
+      <c r="C146" s="61"/>
+      <c r="D146" s="61"/>
+      <c r="E146" s="61"/>
+      <c r="F146" s="61"/>
+      <c r="G146" s="61"/>
+      <c r="H146" s="61"/>
+      <c r="I146" s="61"/>
+      <c r="J146" s="61"/>
+      <c r="K146" s="61"/>
+      <c r="L146" s="61"/>
+      <c r="M146" s="61"/>
+      <c r="N146" s="61"/>
+      <c r="O146" s="61"/>
+      <c r="P146" s="61"/>
+      <c r="Q146" s="61"/>
+      <c r="R146" s="61"/>
+      <c r="S146" s="61"/>
+      <c r="T146" s="61"/>
+      <c r="U146" s="61"/>
+      <c r="V146" s="61"/>
+      <c r="W146" s="61"/>
+      <c r="X146" s="61"/>
+      <c r="Y146" s="61"/>
+      <c r="Z146" s="61"/>
+      <c r="AA146" s="61"/>
+      <c r="AB146" s="61"/>
+      <c r="AC146" s="61"/>
+      <c r="AD146" s="61"/>
+      <c r="AE146" s="61"/>
+      <c r="AF146" s="61"/>
+      <c r="AG146" s="61"/>
+      <c r="AH146" s="61"/>
     </row>
     <row r="147" spans="2:34" x14ac:dyDescent="0.35">
-      <c r="B147" s="59"/>
-[...31 lines deleted...]
-      <c r="AH147" s="59"/>
+      <c r="B147" s="61"/>
+      <c r="C147" s="61"/>
+      <c r="D147" s="61"/>
+      <c r="E147" s="61"/>
+      <c r="F147" s="61"/>
+      <c r="G147" s="61"/>
+      <c r="H147" s="61"/>
+      <c r="I147" s="61"/>
+      <c r="J147" s="61"/>
+      <c r="K147" s="61"/>
+      <c r="L147" s="61"/>
+      <c r="M147" s="61"/>
+      <c r="N147" s="61"/>
+      <c r="O147" s="61"/>
+      <c r="P147" s="61"/>
+      <c r="Q147" s="61"/>
+      <c r="R147" s="61"/>
+      <c r="S147" s="61"/>
+      <c r="T147" s="61"/>
+      <c r="U147" s="61"/>
+      <c r="V147" s="61"/>
+      <c r="W147" s="61"/>
+      <c r="X147" s="61"/>
+      <c r="Y147" s="61"/>
+      <c r="Z147" s="61"/>
+      <c r="AA147" s="61"/>
+      <c r="AB147" s="61"/>
+      <c r="AC147" s="61"/>
+      <c r="AD147" s="61"/>
+      <c r="AE147" s="61"/>
+      <c r="AF147" s="61"/>
+      <c r="AG147" s="61"/>
+      <c r="AH147" s="61"/>
     </row>
     <row r="148" spans="2:34" x14ac:dyDescent="0.35">
-      <c r="B148" s="59"/>
-[...31 lines deleted...]
-      <c r="AH148" s="59"/>
+      <c r="B148" s="61"/>
+      <c r="C148" s="61"/>
+      <c r="D148" s="61"/>
+      <c r="E148" s="61"/>
+      <c r="F148" s="61"/>
+      <c r="G148" s="61"/>
+      <c r="H148" s="61"/>
+      <c r="I148" s="61"/>
+      <c r="J148" s="61"/>
+      <c r="K148" s="61"/>
+      <c r="L148" s="61"/>
+      <c r="M148" s="61"/>
+      <c r="N148" s="61"/>
+      <c r="O148" s="61"/>
+      <c r="P148" s="61"/>
+      <c r="Q148" s="61"/>
+      <c r="R148" s="61"/>
+      <c r="S148" s="61"/>
+      <c r="T148" s="61"/>
+      <c r="U148" s="61"/>
+      <c r="V148" s="61"/>
+      <c r="W148" s="61"/>
+      <c r="X148" s="61"/>
+      <c r="Y148" s="61"/>
+      <c r="Z148" s="61"/>
+      <c r="AA148" s="61"/>
+      <c r="AB148" s="61"/>
+      <c r="AC148" s="61"/>
+      <c r="AD148" s="61"/>
+      <c r="AE148" s="61"/>
+      <c r="AF148" s="61"/>
+      <c r="AG148" s="61"/>
+      <c r="AH148" s="61"/>
     </row>
     <row r="149" spans="2:34" x14ac:dyDescent="0.35">
-      <c r="B149" s="59"/>
-[...31 lines deleted...]
-      <c r="AH149" s="59"/>
+      <c r="B149" s="61"/>
+      <c r="C149" s="61"/>
+      <c r="D149" s="61"/>
+      <c r="E149" s="61"/>
+      <c r="F149" s="61"/>
+      <c r="G149" s="61"/>
+      <c r="H149" s="61"/>
+      <c r="I149" s="61"/>
+      <c r="J149" s="61"/>
+      <c r="K149" s="61"/>
+      <c r="L149" s="61"/>
+      <c r="M149" s="61"/>
+      <c r="N149" s="61"/>
+      <c r="O149" s="61"/>
+      <c r="P149" s="61"/>
+      <c r="Q149" s="61"/>
+      <c r="R149" s="61"/>
+      <c r="S149" s="61"/>
+      <c r="T149" s="61"/>
+      <c r="U149" s="61"/>
+      <c r="V149" s="61"/>
+      <c r="W149" s="61"/>
+      <c r="X149" s="61"/>
+      <c r="Y149" s="61"/>
+      <c r="Z149" s="61"/>
+      <c r="AA149" s="61"/>
+      <c r="AB149" s="61"/>
+      <c r="AC149" s="61"/>
+      <c r="AD149" s="61"/>
+      <c r="AE149" s="61"/>
+      <c r="AF149" s="61"/>
+      <c r="AG149" s="61"/>
+      <c r="AH149" s="61"/>
     </row>
     <row r="150" spans="2:34" x14ac:dyDescent="0.35">
-      <c r="B150" s="59"/>
-[...66 lines deleted...]
-      <c r="AH157" s="59"/>
+      <c r="B150" s="61"/>
+      <c r="C150" s="61"/>
+      <c r="D150" s="61"/>
+      <c r="E150" s="61"/>
+      <c r="F150" s="61"/>
+      <c r="G150" s="61"/>
+      <c r="H150" s="61"/>
+      <c r="I150" s="61"/>
+      <c r="J150" s="61"/>
+      <c r="K150" s="61"/>
+      <c r="L150" s="61"/>
+      <c r="M150" s="61"/>
+      <c r="N150" s="61"/>
+      <c r="O150" s="61"/>
+      <c r="P150" s="61"/>
+      <c r="Q150" s="61"/>
+      <c r="R150" s="61"/>
+      <c r="S150" s="61"/>
+      <c r="T150" s="61"/>
+      <c r="U150" s="61"/>
+      <c r="V150" s="61"/>
+      <c r="W150" s="61"/>
+      <c r="X150" s="61"/>
+      <c r="Y150" s="61"/>
+      <c r="Z150" s="61"/>
+      <c r="AA150" s="61"/>
+      <c r="AB150" s="61"/>
+      <c r="AC150" s="61"/>
+      <c r="AD150" s="61"/>
+      <c r="AE150" s="61"/>
+      <c r="AF150" s="61"/>
+      <c r="AG150" s="61"/>
+      <c r="AH150" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="182">
     <mergeCell ref="AF4:AH4"/>
     <mergeCell ref="B2:AH2"/>
     <mergeCell ref="B3:AH3"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="B13:AH13"/>
     <mergeCell ref="B14:AH14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Y4"/>
     <mergeCell ref="Z4:AB4"/>
     <mergeCell ref="AC4:AE4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="AF15:AH15"/>
@@ -14980,183 +15358,183 @@
     <mergeCell ref="W125:Y125"/>
     <mergeCell ref="Z125:AB125"/>
     <mergeCell ref="AC125:AE125"/>
     <mergeCell ref="AF125:AH125"/>
     <mergeCell ref="A134:A137"/>
     <mergeCell ref="B134:AH134"/>
     <mergeCell ref="B135:AH135"/>
     <mergeCell ref="B136:D136"/>
     <mergeCell ref="E136:G136"/>
     <mergeCell ref="Z136:AB136"/>
     <mergeCell ref="AC136:AE136"/>
     <mergeCell ref="AF136:AH136"/>
     <mergeCell ref="H136:J136"/>
     <mergeCell ref="K136:M136"/>
     <mergeCell ref="N136:P136"/>
     <mergeCell ref="Q136:S136"/>
     <mergeCell ref="T136:V136"/>
     <mergeCell ref="W136:Y136"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71E943CA-A93B-441D-8765-58CDD5C8E60F}">
-  <dimension ref="A1:Z145"/>
+  <dimension ref="A1:Y144"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="U148" sqref="U148"/>
+      <selection activeCell="M128" sqref="M128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.81640625" customWidth="1"/>
     <col min="2" max="2" width="8.81640625" customWidth="1"/>
     <col min="3" max="22" width="6.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="23.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A2" s="90" t="s">
+      <c r="A2" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="91" t="s">
+      <c r="B2" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C2" s="91"/>
-[...18 lines deleted...]
-      <c r="V2" s="91"/>
+      <c r="C2" s="94"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="94"/>
+      <c r="G2" s="94"/>
+      <c r="H2" s="94"/>
+      <c r="I2" s="94"/>
+      <c r="J2" s="94"/>
+      <c r="K2" s="94"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="94"/>
+      <c r="N2" s="94"/>
+      <c r="O2" s="94"/>
+      <c r="P2" s="94"/>
+      <c r="Q2" s="94"/>
+      <c r="R2" s="94"/>
+      <c r="S2" s="94"/>
+      <c r="T2" s="94"/>
+      <c r="U2" s="94"/>
+      <c r="V2" s="94"/>
     </row>
     <row r="3" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="90"/>
-      <c r="B3" s="92" t="s">
+      <c r="A3" s="93"/>
+      <c r="B3" s="95" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="92"/>
-[...18 lines deleted...]
-      <c r="V3" s="92"/>
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="95"/>
+      <c r="F3" s="95"/>
+      <c r="G3" s="95"/>
+      <c r="H3" s="95"/>
+      <c r="I3" s="95"/>
+      <c r="J3" s="95"/>
+      <c r="K3" s="95"/>
+      <c r="L3" s="95"/>
+      <c r="M3" s="95"/>
+      <c r="N3" s="95"/>
+      <c r="O3" s="95"/>
+      <c r="P3" s="95"/>
+      <c r="Q3" s="95"/>
+      <c r="R3" s="95"/>
+      <c r="S3" s="95"/>
+      <c r="T3" s="95"/>
+      <c r="U3" s="95"/>
+      <c r="V3" s="95"/>
     </row>
     <row r="4" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="90"/>
-      <c r="B4" s="81" t="s">
+      <c r="A4" s="93"/>
+      <c r="B4" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="82"/>
-[...1 lines deleted...]
-      <c r="E4" s="81" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="82"/>
-[...1 lines deleted...]
-      <c r="H4" s="81" t="s">
+      <c r="F4" s="85"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="82"/>
-[...1 lines deleted...]
-      <c r="K4" s="81" t="s">
+      <c r="I4" s="85"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L4" s="82"/>
-[...1 lines deleted...]
-      <c r="N4" s="81" t="s">
+      <c r="L4" s="85"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O4" s="82"/>
-[...1 lines deleted...]
-      <c r="Q4" s="81" t="s">
+      <c r="O4" s="85"/>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R4" s="82"/>
-[...5 lines deleted...]
-      <c r="V4" s="83"/>
+      <c r="R4" s="85"/>
+      <c r="S4" s="92"/>
+      <c r="T4" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U4" s="85"/>
+      <c r="V4" s="86"/>
     </row>
     <row r="5" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A5" s="90"/>
+      <c r="A5" s="93"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="6" t="s">
@@ -15181,566 +15559,566 @@
         <v>13</v>
       </c>
       <c r="Q5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="67">
+      <c r="B6" s="70">
         <v>856</v>
       </c>
-      <c r="C6" s="68">
+      <c r="C6" s="71">
         <v>478</v>
       </c>
-      <c r="D6" s="73">
+      <c r="D6" s="76">
         <v>1334</v>
       </c>
-      <c r="E6" s="67">
+      <c r="E6" s="70">
         <v>414</v>
       </c>
-      <c r="F6" s="68">
+      <c r="F6" s="71">
         <v>477</v>
       </c>
-      <c r="G6" s="73">
+      <c r="G6" s="76">
         <v>891</v>
       </c>
-      <c r="H6" s="67">
+      <c r="H6" s="70">
         <v>496</v>
       </c>
-      <c r="I6" s="68">
+      <c r="I6" s="71">
         <v>528</v>
       </c>
-      <c r="J6" s="73">
+      <c r="J6" s="76">
         <v>1024</v>
       </c>
-      <c r="K6" s="67">
+      <c r="K6" s="70">
         <v>181</v>
       </c>
-      <c r="L6" s="68">
+      <c r="L6" s="71">
         <v>283</v>
       </c>
-      <c r="M6" s="73">
+      <c r="M6" s="76">
         <v>464</v>
       </c>
-      <c r="N6" s="67">
+      <c r="N6" s="70">
         <v>12</v>
       </c>
-      <c r="O6" s="68">
+      <c r="O6" s="71">
         <v>18</v>
       </c>
-      <c r="P6" s="73">
+      <c r="P6" s="76">
         <v>30</v>
       </c>
-      <c r="Q6" s="67">
+      <c r="Q6" s="70">
         <v>37</v>
       </c>
-      <c r="R6" s="68">
+      <c r="R6" s="71">
         <v>43</v>
       </c>
-      <c r="S6" s="73">
+      <c r="S6" s="76">
         <v>80</v>
       </c>
-      <c r="T6" s="67">
+      <c r="T6" s="70">
         <f>SUM(B6,E6,H6,K6,N6,Q6)</f>
         <v>1996</v>
       </c>
-      <c r="U6" s="68">
+      <c r="U6" s="71">
         <f>SUM(C6,F6,I6,L6,O6,R6)</f>
         <v>1827</v>
       </c>
-      <c r="V6" s="69">
+      <c r="V6" s="72">
         <f t="shared" ref="V6:V11" si="0">SUM(D6,G6,J6,M6,P6,S6)</f>
         <v>3823</v>
       </c>
     </row>
     <row r="7" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="67">
+      <c r="B7" s="70">
         <v>152</v>
       </c>
-      <c r="C7" s="68">
+      <c r="C7" s="71">
         <v>100</v>
       </c>
-      <c r="D7" s="73">
+      <c r="D7" s="76">
         <v>252</v>
       </c>
-      <c r="E7" s="67">
+      <c r="E7" s="70">
         <v>196</v>
       </c>
-      <c r="F7" s="68">
+      <c r="F7" s="71">
         <v>430</v>
       </c>
-      <c r="G7" s="73">
+      <c r="G7" s="76">
         <v>626</v>
       </c>
-      <c r="H7" s="67">
+      <c r="H7" s="70">
         <v>175</v>
       </c>
-      <c r="I7" s="68">
+      <c r="I7" s="71">
         <v>279</v>
       </c>
-      <c r="J7" s="73">
+      <c r="J7" s="76">
         <v>454</v>
       </c>
-      <c r="K7" s="67">
+      <c r="K7" s="70">
         <v>127</v>
       </c>
-      <c r="L7" s="68">
+      <c r="L7" s="71">
         <v>247</v>
       </c>
-      <c r="M7" s="73">
+      <c r="M7" s="76">
         <v>374</v>
       </c>
-      <c r="N7" s="67">
+      <c r="N7" s="70">
         <v>29</v>
       </c>
-      <c r="O7" s="68">
+      <c r="O7" s="71">
         <v>43</v>
       </c>
-      <c r="P7" s="73">
+      <c r="P7" s="76">
         <v>72</v>
       </c>
-      <c r="Q7" s="67">
+      <c r="Q7" s="70">
         <v>7</v>
       </c>
-      <c r="R7" s="68">
-[...2 lines deleted...]
-      <c r="S7" s="73">
+      <c r="R7" s="71">
+        <v>15</v>
+      </c>
+      <c r="S7" s="76">
         <v>22</v>
       </c>
-      <c r="T7" s="67">
+      <c r="T7" s="70">
         <f t="shared" ref="T7:T11" si="1">SUM(B7,E7,H7,K7,N7,Q7)</f>
         <v>686</v>
       </c>
-      <c r="U7" s="68">
+      <c r="U7" s="71">
         <f t="shared" ref="U7:U11" si="2">SUM(C7,F7,I7,L7,O7,R7)</f>
         <v>1114</v>
       </c>
-      <c r="V7" s="69">
+      <c r="V7" s="72">
         <f t="shared" si="0"/>
         <v>1800</v>
       </c>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="67">
+      <c r="B8" s="70">
         <v>144</v>
       </c>
-      <c r="C8" s="68">
+      <c r="C8" s="71">
         <v>78</v>
       </c>
-      <c r="D8" s="73">
+      <c r="D8" s="76">
         <v>222</v>
       </c>
-      <c r="E8" s="67">
+      <c r="E8" s="70">
         <v>220</v>
       </c>
-      <c r="F8" s="68">
+      <c r="F8" s="71">
         <v>374</v>
       </c>
-      <c r="G8" s="73">
+      <c r="G8" s="76">
         <v>594</v>
       </c>
-      <c r="H8" s="67">
+      <c r="H8" s="70">
         <v>151</v>
       </c>
-      <c r="I8" s="68">
+      <c r="I8" s="71">
         <v>199</v>
       </c>
-      <c r="J8" s="73">
+      <c r="J8" s="76">
         <v>350</v>
       </c>
-      <c r="K8" s="67">
+      <c r="K8" s="70">
         <v>101</v>
       </c>
-      <c r="L8" s="68">
+      <c r="L8" s="71">
         <v>186</v>
       </c>
-      <c r="M8" s="73">
+      <c r="M8" s="76">
         <v>287</v>
       </c>
-      <c r="N8" s="67">
-[...2 lines deleted...]
-      <c r="O8" s="68">
+      <c r="N8" s="70">
+        <v>14</v>
+      </c>
+      <c r="O8" s="71">
         <v>21</v>
       </c>
-      <c r="P8" s="73">
+      <c r="P8" s="76">
         <v>35</v>
       </c>
-      <c r="Q8" s="67">
+      <c r="Q8" s="70">
         <v>5</v>
       </c>
-      <c r="R8" s="68">
+      <c r="R8" s="71">
         <v>8</v>
       </c>
-      <c r="S8" s="73">
-[...2 lines deleted...]
-      <c r="T8" s="67">
+      <c r="S8" s="76">
+        <v>13</v>
+      </c>
+      <c r="T8" s="70">
         <f t="shared" si="1"/>
         <v>635</v>
       </c>
-      <c r="U8" s="68">
+      <c r="U8" s="71">
         <f t="shared" si="2"/>
         <v>866</v>
       </c>
-      <c r="V8" s="69">
+      <c r="V8" s="72">
         <f t="shared" si="0"/>
         <v>1501</v>
       </c>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="67">
+      <c r="B9" s="70">
         <v>173</v>
       </c>
-      <c r="C9" s="68">
+      <c r="C9" s="71">
         <v>74</v>
       </c>
-      <c r="D9" s="73">
+      <c r="D9" s="76">
         <v>247</v>
       </c>
-      <c r="E9" s="67">
+      <c r="E9" s="70">
         <v>180</v>
       </c>
-      <c r="F9" s="68">
+      <c r="F9" s="71">
         <v>278</v>
       </c>
-      <c r="G9" s="73">
+      <c r="G9" s="76">
         <v>458</v>
       </c>
-      <c r="H9" s="67">
+      <c r="H9" s="70">
         <v>162</v>
       </c>
-      <c r="I9" s="68">
+      <c r="I9" s="71">
         <v>150</v>
       </c>
-      <c r="J9" s="73">
+      <c r="J9" s="76">
         <v>312</v>
       </c>
-      <c r="K9" s="67">
+      <c r="K9" s="70">
         <v>119</v>
       </c>
-      <c r="L9" s="68">
+      <c r="L9" s="71">
         <v>153</v>
       </c>
-      <c r="M9" s="73">
+      <c r="M9" s="76">
         <v>272</v>
       </c>
-      <c r="N9" s="67">
+      <c r="N9" s="70">
         <v>16</v>
       </c>
-      <c r="O9" s="68">
+      <c r="O9" s="71">
         <v>18</v>
       </c>
-      <c r="P9" s="73">
+      <c r="P9" s="76">
         <v>34</v>
       </c>
-      <c r="Q9" s="67">
+      <c r="Q9" s="70">
         <v>7</v>
       </c>
-      <c r="R9" s="68">
+      <c r="R9" s="71">
         <v>11</v>
       </c>
-      <c r="S9" s="73">
+      <c r="S9" s="76">
         <v>18</v>
       </c>
-      <c r="T9" s="67">
+      <c r="T9" s="70">
         <f t="shared" si="1"/>
         <v>657</v>
       </c>
-      <c r="U9" s="68">
+      <c r="U9" s="71">
         <f t="shared" si="2"/>
         <v>684</v>
       </c>
-      <c r="V9" s="69">
+      <c r="V9" s="72">
         <f t="shared" si="0"/>
         <v>1341</v>
       </c>
     </row>
     <row r="10" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="67">
+      <c r="B10" s="70">
         <v>110</v>
       </c>
-      <c r="C10" s="68">
+      <c r="C10" s="71">
         <v>67</v>
       </c>
-      <c r="D10" s="73">
+      <c r="D10" s="76">
         <v>177</v>
       </c>
-      <c r="E10" s="67">
+      <c r="E10" s="70">
         <v>185</v>
       </c>
-      <c r="F10" s="68">
+      <c r="F10" s="71">
         <v>260</v>
       </c>
-      <c r="G10" s="73">
+      <c r="G10" s="76">
         <v>445</v>
       </c>
-      <c r="H10" s="67">
+      <c r="H10" s="70">
         <v>178</v>
       </c>
-      <c r="I10" s="68">
+      <c r="I10" s="71">
         <v>201</v>
       </c>
-      <c r="J10" s="73">
+      <c r="J10" s="76">
         <v>379</v>
       </c>
-      <c r="K10" s="67">
+      <c r="K10" s="70">
         <v>118</v>
       </c>
-      <c r="L10" s="68">
+      <c r="L10" s="71">
         <v>212</v>
       </c>
-      <c r="M10" s="73">
+      <c r="M10" s="76">
         <v>330</v>
       </c>
-      <c r="N10" s="67">
-[...2 lines deleted...]
-      <c r="O10" s="68">
+      <c r="N10" s="70">
+        <v>14</v>
+      </c>
+      <c r="O10" s="71">
         <v>22</v>
       </c>
-      <c r="P10" s="73">
+      <c r="P10" s="76">
         <v>36</v>
       </c>
-      <c r="Q10" s="67">
+      <c r="Q10" s="70">
         <v>2</v>
       </c>
-      <c r="R10" s="68">
-[...5 lines deleted...]
-      <c r="T10" s="67">
+      <c r="R10" s="71">
+        <v>13</v>
+      </c>
+      <c r="S10" s="76">
+        <v>15</v>
+      </c>
+      <c r="T10" s="70">
         <f t="shared" si="1"/>
         <v>607</v>
       </c>
-      <c r="U10" s="68">
+      <c r="U10" s="71">
         <f t="shared" si="2"/>
         <v>775</v>
       </c>
-      <c r="V10" s="69">
+      <c r="V10" s="72">
         <f t="shared" si="0"/>
         <v>1382</v>
       </c>
     </row>
     <row r="11" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="70">
+      <c r="B11" s="73">
         <v>1435</v>
       </c>
-      <c r="C11" s="71">
+      <c r="C11" s="74">
         <v>797</v>
       </c>
-      <c r="D11" s="78">
+      <c r="D11" s="81">
         <v>2232</v>
       </c>
-      <c r="E11" s="70">
+      <c r="E11" s="73">
         <v>1195</v>
       </c>
-      <c r="F11" s="71">
+      <c r="F11" s="74">
         <v>1819</v>
       </c>
-      <c r="G11" s="78">
+      <c r="G11" s="81">
         <v>3014</v>
       </c>
-      <c r="H11" s="70">
+      <c r="H11" s="73">
         <v>1162</v>
       </c>
-      <c r="I11" s="71">
+      <c r="I11" s="74">
         <v>1357</v>
       </c>
-      <c r="J11" s="78">
+      <c r="J11" s="81">
         <v>2519</v>
       </c>
-      <c r="K11" s="70">
+      <c r="K11" s="73">
         <v>646</v>
       </c>
-      <c r="L11" s="71">
+      <c r="L11" s="74">
         <v>1081</v>
       </c>
-      <c r="M11" s="78">
+      <c r="M11" s="81">
         <v>1727</v>
       </c>
-      <c r="N11" s="70">
+      <c r="N11" s="73">
         <v>85</v>
       </c>
-      <c r="O11" s="71">
+      <c r="O11" s="74">
         <v>122</v>
       </c>
-      <c r="P11" s="78">
+      <c r="P11" s="81">
         <v>207</v>
       </c>
-      <c r="Q11" s="70">
+      <c r="Q11" s="73">
         <v>58</v>
       </c>
-      <c r="R11" s="71">
+      <c r="R11" s="74">
         <v>90</v>
       </c>
-      <c r="S11" s="78">
+      <c r="S11" s="81">
         <v>148</v>
       </c>
-      <c r="T11" s="70">
+      <c r="T11" s="73">
         <f t="shared" si="1"/>
         <v>4581</v>
       </c>
-      <c r="U11" s="71">
+      <c r="U11" s="74">
         <f t="shared" si="2"/>
         <v>5266</v>
       </c>
-      <c r="V11" s="72">
+      <c r="V11" s="75">
         <f t="shared" si="0"/>
         <v>9847</v>
       </c>
     </row>
     <row r="13" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A13" s="90" t="s">
+      <c r="A13" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="91" t="s">
+      <c r="B13" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C13" s="91"/>
-[...18 lines deleted...]
-      <c r="V13" s="91"/>
+      <c r="C13" s="94"/>
+      <c r="D13" s="94"/>
+      <c r="E13" s="94"/>
+      <c r="F13" s="94"/>
+      <c r="G13" s="94"/>
+      <c r="H13" s="94"/>
+      <c r="I13" s="94"/>
+      <c r="J13" s="94"/>
+      <c r="K13" s="94"/>
+      <c r="L13" s="94"/>
+      <c r="M13" s="94"/>
+      <c r="N13" s="94"/>
+      <c r="O13" s="94"/>
+      <c r="P13" s="94"/>
+      <c r="Q13" s="94"/>
+      <c r="R13" s="94"/>
+      <c r="S13" s="94"/>
+      <c r="T13" s="94"/>
+      <c r="U13" s="94"/>
+      <c r="V13" s="94"/>
     </row>
     <row r="14" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="90"/>
-      <c r="B14" s="92" t="s">
+      <c r="A14" s="93"/>
+      <c r="B14" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="92"/>
-[...18 lines deleted...]
-      <c r="V14" s="92"/>
+      <c r="C14" s="95"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="95"/>
+      <c r="L14" s="95"/>
+      <c r="M14" s="95"/>
+      <c r="N14" s="95"/>
+      <c r="O14" s="95"/>
+      <c r="P14" s="95"/>
+      <c r="Q14" s="95"/>
+      <c r="R14" s="95"/>
+      <c r="S14" s="95"/>
+      <c r="T14" s="95"/>
+      <c r="U14" s="95"/>
+      <c r="V14" s="95"/>
     </row>
     <row r="15" spans="1:22" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="90"/>
-      <c r="B15" s="81" t="s">
+      <c r="A15" s="93"/>
+      <c r="B15" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="82"/>
-[...1 lines deleted...]
-      <c r="E15" s="81" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="92"/>
+      <c r="E15" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F15" s="82"/>
-[...1 lines deleted...]
-      <c r="H15" s="81" t="s">
+      <c r="F15" s="85"/>
+      <c r="G15" s="92"/>
+      <c r="H15" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I15" s="82"/>
-[...1 lines deleted...]
-      <c r="K15" s="81" t="s">
+      <c r="I15" s="85"/>
+      <c r="J15" s="92"/>
+      <c r="K15" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L15" s="82"/>
-[...1 lines deleted...]
-      <c r="N15" s="81" t="s">
+      <c r="L15" s="85"/>
+      <c r="M15" s="92"/>
+      <c r="N15" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O15" s="82"/>
-[...1 lines deleted...]
-      <c r="Q15" s="81" t="s">
+      <c r="O15" s="85"/>
+      <c r="P15" s="92"/>
+      <c r="Q15" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R15" s="82"/>
-[...5 lines deleted...]
-      <c r="V15" s="83"/>
+      <c r="R15" s="85"/>
+      <c r="S15" s="92"/>
+      <c r="T15" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U15" s="85"/>
+      <c r="V15" s="86"/>
     </row>
     <row r="16" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A16" s="90"/>
+      <c r="A16" s="93"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="6" t="s">
@@ -15765,566 +16143,566 @@
         <v>13</v>
       </c>
       <c r="Q16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V16" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="52">
+      <c r="B17" s="53">
         <v>792</v>
       </c>
-      <c r="C17" s="53">
+      <c r="C17" s="54">
         <v>445</v>
       </c>
-      <c r="D17" s="57">
+      <c r="D17" s="58">
         <v>1237</v>
       </c>
-      <c r="E17" s="52">
+      <c r="E17" s="53">
         <v>381</v>
       </c>
-      <c r="F17" s="53">
+      <c r="F17" s="54">
         <v>517</v>
       </c>
-      <c r="G17" s="57">
+      <c r="G17" s="58">
         <v>898</v>
       </c>
-      <c r="H17" s="52">
+      <c r="H17" s="53">
         <v>495</v>
       </c>
-      <c r="I17" s="53">
+      <c r="I17" s="54">
         <v>543</v>
       </c>
-      <c r="J17" s="57">
+      <c r="J17" s="58">
         <v>1038</v>
       </c>
-      <c r="K17" s="52">
+      <c r="K17" s="53">
         <v>189</v>
       </c>
-      <c r="L17" s="53">
+      <c r="L17" s="54">
         <v>267</v>
       </c>
-      <c r="M17" s="57">
+      <c r="M17" s="58">
         <v>456</v>
       </c>
-      <c r="N17" s="52">
+      <c r="N17" s="53">
         <v>17</v>
       </c>
-      <c r="O17" s="53">
+      <c r="O17" s="54">
         <v>17</v>
       </c>
-      <c r="P17" s="57">
+      <c r="P17" s="58">
         <v>34</v>
       </c>
-      <c r="Q17" s="52">
+      <c r="Q17" s="53">
         <v>39</v>
       </c>
-      <c r="R17" s="53">
+      <c r="R17" s="54">
         <v>44</v>
       </c>
-      <c r="S17" s="57">
+      <c r="S17" s="58">
         <v>83</v>
       </c>
-      <c r="T17" s="52">
+      <c r="T17" s="53">
         <f>SUM(B17,E17,H17,K17,N17,Q17)</f>
         <v>1913</v>
       </c>
-      <c r="U17" s="53">
+      <c r="U17" s="54">
         <f t="shared" ref="U17:U22" si="3">SUM(C17,F17,I17,L17,O17,R17)</f>
         <v>1833</v>
       </c>
-      <c r="V17" s="54">
+      <c r="V17" s="55">
         <f t="shared" ref="V17:V22" si="4">SUM(D17,G17,J17,M17,P17,S17)</f>
         <v>3746</v>
       </c>
     </row>
     <row r="18" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="52">
+      <c r="B18" s="53">
         <v>124</v>
       </c>
-      <c r="C18" s="53">
+      <c r="C18" s="54">
         <v>60</v>
       </c>
-      <c r="D18" s="57">
+      <c r="D18" s="58">
         <v>184</v>
       </c>
-      <c r="E18" s="52">
+      <c r="E18" s="53">
         <v>141</v>
       </c>
-      <c r="F18" s="53">
+      <c r="F18" s="54">
         <v>222</v>
       </c>
-      <c r="G18" s="57">
+      <c r="G18" s="58">
         <v>363</v>
       </c>
-      <c r="H18" s="52">
+      <c r="H18" s="53">
         <v>130</v>
       </c>
-      <c r="I18" s="53">
+      <c r="I18" s="54">
         <v>162</v>
       </c>
-      <c r="J18" s="57">
+      <c r="J18" s="58">
         <v>292</v>
       </c>
-      <c r="K18" s="52">
+      <c r="K18" s="53">
         <v>123</v>
       </c>
-      <c r="L18" s="53">
+      <c r="L18" s="54">
         <v>191</v>
       </c>
-      <c r="M18" s="57">
+      <c r="M18" s="58">
         <v>314</v>
       </c>
-      <c r="N18" s="52">
+      <c r="N18" s="53">
         <v>18</v>
       </c>
-      <c r="O18" s="53">
+      <c r="O18" s="54">
         <v>26</v>
       </c>
-      <c r="P18" s="57">
+      <c r="P18" s="58">
         <v>44</v>
       </c>
-      <c r="Q18" s="52">
+      <c r="Q18" s="53">
         <v>3</v>
       </c>
-      <c r="R18" s="53">
-[...2 lines deleted...]
-      <c r="S18" s="57">
+      <c r="R18" s="54">
+        <v>14</v>
+      </c>
+      <c r="S18" s="58">
         <v>17</v>
       </c>
-      <c r="T18" s="52">
+      <c r="T18" s="53">
         <f t="shared" ref="T18:T22" si="5">SUM(B18,E18,H18,K18,N18,Q18)</f>
         <v>539</v>
       </c>
-      <c r="U18" s="53">
+      <c r="U18" s="54">
         <f t="shared" si="3"/>
         <v>675</v>
       </c>
-      <c r="V18" s="54">
+      <c r="V18" s="55">
         <f t="shared" si="4"/>
         <v>1214</v>
       </c>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="52">
+      <c r="B19" s="53">
         <v>137</v>
       </c>
-      <c r="C19" s="53">
+      <c r="C19" s="54">
         <v>53</v>
       </c>
-      <c r="D19" s="57">
+      <c r="D19" s="58">
         <v>190</v>
       </c>
-      <c r="E19" s="52">
+      <c r="E19" s="53">
         <v>236</v>
       </c>
-      <c r="F19" s="53">
+      <c r="F19" s="54">
         <v>266</v>
       </c>
-      <c r="G19" s="57">
+      <c r="G19" s="58">
         <v>502</v>
       </c>
-      <c r="H19" s="52">
+      <c r="H19" s="53">
         <v>163</v>
       </c>
-      <c r="I19" s="53">
+      <c r="I19" s="54">
         <v>147</v>
       </c>
-      <c r="J19" s="57">
+      <c r="J19" s="58">
         <v>310</v>
       </c>
-      <c r="K19" s="52">
+      <c r="K19" s="53">
         <v>98</v>
       </c>
-      <c r="L19" s="53">
+      <c r="L19" s="54">
         <v>142</v>
       </c>
-      <c r="M19" s="57">
+      <c r="M19" s="58">
         <v>240</v>
       </c>
-      <c r="N19" s="52">
-[...2 lines deleted...]
-      <c r="O19" s="53">
+      <c r="N19" s="53">
+        <v>14</v>
+      </c>
+      <c r="O19" s="54">
         <v>16</v>
       </c>
-      <c r="P19" s="57">
+      <c r="P19" s="58">
         <v>30</v>
       </c>
-      <c r="Q19" s="52">
+      <c r="Q19" s="53">
         <v>2</v>
       </c>
-      <c r="R19" s="53">
+      <c r="R19" s="54">
         <v>6</v>
       </c>
-      <c r="S19" s="57">
+      <c r="S19" s="58">
         <v>8</v>
       </c>
-      <c r="T19" s="52">
+      <c r="T19" s="53">
         <f t="shared" si="5"/>
         <v>650</v>
       </c>
-      <c r="U19" s="53">
+      <c r="U19" s="54">
         <f t="shared" si="3"/>
         <v>630</v>
       </c>
-      <c r="V19" s="54">
+      <c r="V19" s="55">
         <f t="shared" si="4"/>
         <v>1280</v>
       </c>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="52">
+      <c r="B20" s="53">
         <v>113</v>
       </c>
-      <c r="C20" s="53">
+      <c r="C20" s="54">
         <v>57</v>
       </c>
-      <c r="D20" s="57">
+      <c r="D20" s="58">
         <v>170</v>
       </c>
-      <c r="E20" s="52">
+      <c r="E20" s="53">
         <v>129</v>
       </c>
-      <c r="F20" s="53">
+      <c r="F20" s="54">
         <v>188</v>
       </c>
-      <c r="G20" s="57">
+      <c r="G20" s="58">
         <v>317</v>
       </c>
-      <c r="H20" s="52">
+      <c r="H20" s="53">
         <v>111</v>
       </c>
-      <c r="I20" s="53">
+      <c r="I20" s="54">
         <v>123</v>
       </c>
-      <c r="J20" s="57">
+      <c r="J20" s="58">
         <v>234</v>
       </c>
-      <c r="K20" s="52">
+      <c r="K20" s="53">
         <v>89</v>
       </c>
-      <c r="L20" s="53">
+      <c r="L20" s="54">
         <v>156</v>
       </c>
-      <c r="M20" s="57">
+      <c r="M20" s="58">
         <v>245</v>
       </c>
-      <c r="N20" s="52">
+      <c r="N20" s="53">
         <v>11</v>
       </c>
-      <c r="O20" s="53">
+      <c r="O20" s="54">
         <v>18</v>
       </c>
-      <c r="P20" s="57">
+      <c r="P20" s="58">
         <v>29</v>
       </c>
-      <c r="Q20" s="52">
+      <c r="Q20" s="53">
         <v>4</v>
       </c>
-      <c r="R20" s="53">
+      <c r="R20" s="54">
         <v>9</v>
       </c>
-      <c r="S20" s="57">
-[...2 lines deleted...]
-      <c r="T20" s="52">
+      <c r="S20" s="58">
+        <v>13</v>
+      </c>
+      <c r="T20" s="53">
         <f t="shared" si="5"/>
         <v>457</v>
       </c>
-      <c r="U20" s="53">
+      <c r="U20" s="54">
         <f t="shared" si="3"/>
         <v>551</v>
       </c>
-      <c r="V20" s="54">
+      <c r="V20" s="55">
         <f t="shared" si="4"/>
         <v>1008</v>
       </c>
     </row>
     <row r="21" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="52">
+      <c r="B21" s="53">
         <v>104</v>
       </c>
-      <c r="C21" s="53">
+      <c r="C21" s="54">
         <v>44</v>
       </c>
-      <c r="D21" s="57">
+      <c r="D21" s="58">
         <v>148</v>
       </c>
-      <c r="E21" s="52">
+      <c r="E21" s="53">
         <v>117</v>
       </c>
-      <c r="F21" s="53">
+      <c r="F21" s="54">
         <v>190</v>
       </c>
-      <c r="G21" s="57">
+      <c r="G21" s="58">
         <v>307</v>
       </c>
-      <c r="H21" s="52">
+      <c r="H21" s="53">
         <v>109</v>
       </c>
-      <c r="I21" s="53">
+      <c r="I21" s="54">
         <v>128</v>
       </c>
-      <c r="J21" s="57">
+      <c r="J21" s="58">
         <v>237</v>
       </c>
-      <c r="K21" s="52">
+      <c r="K21" s="53">
         <v>77</v>
       </c>
-      <c r="L21" s="53">
+      <c r="L21" s="54">
         <v>142</v>
       </c>
-      <c r="M21" s="57">
+      <c r="M21" s="58">
         <v>219</v>
       </c>
-      <c r="N21" s="52">
+      <c r="N21" s="53">
         <v>7</v>
       </c>
-      <c r="O21" s="53">
+      <c r="O21" s="54">
         <v>16</v>
       </c>
-      <c r="P21" s="57">
+      <c r="P21" s="58">
         <v>23</v>
       </c>
-      <c r="Q21" s="52">
+      <c r="Q21" s="53">
         <v>6</v>
       </c>
-      <c r="R21" s="53">
-[...2 lines deleted...]
-      <c r="S21" s="57">
+      <c r="R21" s="54">
+        <v>15</v>
+      </c>
+      <c r="S21" s="58">
         <v>21</v>
       </c>
-      <c r="T21" s="52">
+      <c r="T21" s="53">
         <f t="shared" si="5"/>
         <v>420</v>
       </c>
-      <c r="U21" s="53">
+      <c r="U21" s="54">
         <f t="shared" si="3"/>
         <v>535</v>
       </c>
-      <c r="V21" s="54">
+      <c r="V21" s="55">
         <f t="shared" si="4"/>
         <v>955</v>
       </c>
     </row>
     <row r="22" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="22">
         <v>1270</v>
       </c>
-      <c r="C22" s="51">
+      <c r="C22" s="52">
         <v>659</v>
       </c>
-      <c r="D22" s="60">
+      <c r="D22" s="63">
         <v>1929</v>
       </c>
       <c r="E22" s="22">
         <v>1004</v>
       </c>
-      <c r="F22" s="51">
+      <c r="F22" s="52">
         <v>1383</v>
       </c>
-      <c r="G22" s="60">
+      <c r="G22" s="63">
         <v>2387</v>
       </c>
       <c r="H22" s="22">
         <v>1008</v>
       </c>
-      <c r="I22" s="51">
+      <c r="I22" s="52">
         <v>1103</v>
       </c>
-      <c r="J22" s="60">
+      <c r="J22" s="63">
         <v>2111</v>
       </c>
       <c r="K22" s="22">
         <v>576</v>
       </c>
-      <c r="L22" s="51">
+      <c r="L22" s="52">
         <v>898</v>
       </c>
-      <c r="M22" s="60">
+      <c r="M22" s="63">
         <v>1474</v>
       </c>
       <c r="N22" s="22">
         <v>67</v>
       </c>
-      <c r="O22" s="51">
+      <c r="O22" s="52">
         <v>93</v>
       </c>
-      <c r="P22" s="60">
+      <c r="P22" s="63">
         <v>160</v>
       </c>
       <c r="Q22" s="22">
         <v>54</v>
       </c>
-      <c r="R22" s="51">
+      <c r="R22" s="52">
         <v>88</v>
       </c>
-      <c r="S22" s="60">
+      <c r="S22" s="63">
         <v>142</v>
       </c>
       <c r="T22" s="22">
         <f t="shared" si="5"/>
         <v>3979</v>
       </c>
-      <c r="U22" s="51">
+      <c r="U22" s="52">
         <f t="shared" si="3"/>
         <v>4224</v>
       </c>
       <c r="V22" s="24">
         <f t="shared" si="4"/>
         <v>8203</v>
       </c>
     </row>
     <row r="24" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A24" s="90" t="s">
+      <c r="A24" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="91" t="s">
+      <c r="B24" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="91"/>
-[...18 lines deleted...]
-      <c r="V24" s="91"/>
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="94"/>
+      <c r="F24" s="94"/>
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="94"/>
+      <c r="J24" s="94"/>
+      <c r="K24" s="94"/>
+      <c r="L24" s="94"/>
+      <c r="M24" s="94"/>
+      <c r="N24" s="94"/>
+      <c r="O24" s="94"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="94"/>
+      <c r="R24" s="94"/>
+      <c r="S24" s="94"/>
+      <c r="T24" s="94"/>
+      <c r="U24" s="94"/>
+      <c r="V24" s="94"/>
     </row>
     <row r="25" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="90"/>
-      <c r="B25" s="92" t="s">
+      <c r="A25" s="93"/>
+      <c r="B25" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="92"/>
-[...18 lines deleted...]
-      <c r="V25" s="92"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
+      <c r="P25" s="95"/>
+      <c r="Q25" s="95"/>
+      <c r="R25" s="95"/>
+      <c r="S25" s="95"/>
+      <c r="T25" s="95"/>
+      <c r="U25" s="95"/>
+      <c r="V25" s="95"/>
     </row>
     <row r="26" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="90"/>
-      <c r="B26" s="81" t="s">
+      <c r="A26" s="93"/>
+      <c r="B26" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C26" s="82"/>
-[...1 lines deleted...]
-      <c r="E26" s="81" t="s">
+      <c r="C26" s="85"/>
+      <c r="D26" s="92"/>
+      <c r="E26" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F26" s="82"/>
-[...1 lines deleted...]
-      <c r="H26" s="81" t="s">
+      <c r="F26" s="85"/>
+      <c r="G26" s="92"/>
+      <c r="H26" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I26" s="82"/>
-[...1 lines deleted...]
-      <c r="K26" s="81" t="s">
+      <c r="I26" s="85"/>
+      <c r="J26" s="92"/>
+      <c r="K26" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L26" s="82"/>
-[...1 lines deleted...]
-      <c r="N26" s="81" t="s">
+      <c r="L26" s="85"/>
+      <c r="M26" s="92"/>
+      <c r="N26" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O26" s="82"/>
-[...1 lines deleted...]
-      <c r="Q26" s="81" t="s">
+      <c r="O26" s="85"/>
+      <c r="P26" s="92"/>
+      <c r="Q26" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R26" s="82"/>
-[...5 lines deleted...]
-      <c r="V26" s="83"/>
+      <c r="R26" s="85"/>
+      <c r="S26" s="92"/>
+      <c r="T26" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U26" s="85"/>
+      <c r="V26" s="86"/>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A27" s="90"/>
+      <c r="A27" s="93"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="6" t="s">
@@ -16349,566 +16727,566 @@
         <v>13</v>
       </c>
       <c r="Q27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V27" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A28" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="52">
+      <c r="B28" s="53">
         <v>699</v>
       </c>
-      <c r="C28" s="53">
+      <c r="C28" s="54">
         <v>399</v>
       </c>
-      <c r="D28" s="57">
+      <c r="D28" s="58">
         <v>1098</v>
       </c>
-      <c r="E28" s="52">
+      <c r="E28" s="53">
         <v>335</v>
       </c>
-      <c r="F28" s="53">
+      <c r="F28" s="54">
         <v>424</v>
       </c>
-      <c r="G28" s="57">
+      <c r="G28" s="58">
         <v>759</v>
       </c>
-      <c r="H28" s="52">
+      <c r="H28" s="53">
         <v>382</v>
       </c>
-      <c r="I28" s="53">
+      <c r="I28" s="54">
         <v>454</v>
       </c>
-      <c r="J28" s="57">
+      <c r="J28" s="58">
         <v>836</v>
       </c>
-      <c r="K28" s="52">
+      <c r="K28" s="53">
         <v>163</v>
       </c>
-      <c r="L28" s="53">
+      <c r="L28" s="54">
         <v>208</v>
       </c>
-      <c r="M28" s="57">
+      <c r="M28" s="58">
         <v>371</v>
       </c>
-      <c r="N28" s="52">
+      <c r="N28" s="53">
         <v>6</v>
       </c>
-      <c r="O28" s="53">
+      <c r="O28" s="54">
         <v>17</v>
       </c>
-      <c r="P28" s="57">
+      <c r="P28" s="58">
         <v>23</v>
       </c>
-      <c r="Q28" s="52">
+      <c r="Q28" s="53">
         <v>77</v>
       </c>
-      <c r="R28" s="53">
+      <c r="R28" s="54">
         <v>77</v>
       </c>
-      <c r="S28" s="57">
+      <c r="S28" s="58">
         <v>154</v>
       </c>
       <c r="T28" s="10">
         <f>SUM(B28,E28,H28,K28,N28,Q28)</f>
         <v>1662</v>
       </c>
       <c r="U28" s="1">
         <f t="shared" ref="U28:U33" si="6">SUM(C28,F28,I28,L28,O28,R28)</f>
         <v>1579</v>
       </c>
       <c r="V28" s="15">
         <f t="shared" ref="V28:V33" si="7">SUM(D28,G28,J28,M28,P28,S28)</f>
         <v>3241</v>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A29" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B29" s="52">
+      <c r="B29" s="53">
         <v>109</v>
       </c>
-      <c r="C29" s="53">
+      <c r="C29" s="54">
         <v>51</v>
       </c>
-      <c r="D29" s="57">
+      <c r="D29" s="58">
         <v>160</v>
       </c>
-      <c r="E29" s="52">
+      <c r="E29" s="53">
         <v>134</v>
       </c>
-      <c r="F29" s="53">
+      <c r="F29" s="54">
         <v>163</v>
       </c>
-      <c r="G29" s="57">
+      <c r="G29" s="58">
         <v>297</v>
       </c>
-      <c r="H29" s="52">
+      <c r="H29" s="53">
         <v>108</v>
       </c>
-      <c r="I29" s="53">
+      <c r="I29" s="54">
         <v>112</v>
       </c>
-      <c r="J29" s="57">
+      <c r="J29" s="58">
         <v>220</v>
       </c>
-      <c r="K29" s="52">
+      <c r="K29" s="53">
         <v>101</v>
       </c>
-      <c r="L29" s="53">
+      <c r="L29" s="54">
         <v>121</v>
       </c>
-      <c r="M29" s="57">
+      <c r="M29" s="58">
         <v>222</v>
       </c>
-      <c r="N29" s="52">
+      <c r="N29" s="53">
         <v>16</v>
       </c>
-      <c r="O29" s="53">
+      <c r="O29" s="54">
         <v>12</v>
       </c>
-      <c r="P29" s="57">
+      <c r="P29" s="58">
         <v>28</v>
       </c>
-      <c r="Q29" s="52">
-[...2 lines deleted...]
-      <c r="R29" s="53">
+      <c r="Q29" s="53">
+        <v>14</v>
+      </c>
+      <c r="R29" s="54">
         <v>21</v>
       </c>
-      <c r="S29" s="57">
+      <c r="S29" s="58">
         <v>35</v>
       </c>
       <c r="T29" s="10">
         <f t="shared" ref="T29:T33" si="8">SUM(B29,E29,H29,K29,N29,Q29)</f>
         <v>482</v>
       </c>
       <c r="U29" s="1">
         <f t="shared" si="6"/>
         <v>480</v>
       </c>
       <c r="V29" s="15">
         <f t="shared" si="7"/>
         <v>962</v>
       </c>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="52">
+      <c r="B30" s="53">
         <v>101</v>
       </c>
-      <c r="C30" s="53">
+      <c r="C30" s="54">
         <v>54</v>
       </c>
-      <c r="D30" s="57">
+      <c r="D30" s="58">
         <v>155</v>
       </c>
-      <c r="E30" s="52">
+      <c r="E30" s="53">
         <v>170</v>
       </c>
-      <c r="F30" s="53">
+      <c r="F30" s="54">
         <v>205</v>
       </c>
-      <c r="G30" s="57">
+      <c r="G30" s="58">
         <v>375</v>
       </c>
-      <c r="H30" s="52">
+      <c r="H30" s="53">
         <v>98</v>
       </c>
-      <c r="I30" s="53">
+      <c r="I30" s="54">
         <v>147</v>
       </c>
-      <c r="J30" s="57">
+      <c r="J30" s="58">
         <v>245</v>
       </c>
-      <c r="K30" s="52">
+      <c r="K30" s="53">
         <v>64</v>
       </c>
-      <c r="L30" s="53">
+      <c r="L30" s="54">
         <v>103</v>
       </c>
-      <c r="M30" s="57">
+      <c r="M30" s="58">
         <v>167</v>
       </c>
-      <c r="N30" s="52">
+      <c r="N30" s="53">
         <v>11</v>
       </c>
-      <c r="O30" s="53">
-[...2 lines deleted...]
-      <c r="P30" s="57">
+      <c r="O30" s="54">
+        <v>15</v>
+      </c>
+      <c r="P30" s="58">
         <v>26</v>
       </c>
-      <c r="Q30" s="52">
+      <c r="Q30" s="53">
         <v>12</v>
       </c>
-      <c r="R30" s="53">
+      <c r="R30" s="54">
         <v>22</v>
       </c>
-      <c r="S30" s="57">
+      <c r="S30" s="58">
         <v>34</v>
       </c>
       <c r="T30" s="10">
         <f t="shared" si="8"/>
         <v>456</v>
       </c>
       <c r="U30" s="1">
         <f t="shared" si="6"/>
         <v>546</v>
       </c>
       <c r="V30" s="15">
         <f t="shared" si="7"/>
         <v>1002</v>
       </c>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="52">
+      <c r="B31" s="53">
         <v>128</v>
       </c>
-      <c r="C31" s="53">
+      <c r="C31" s="54">
         <v>42</v>
       </c>
-      <c r="D31" s="57">
+      <c r="D31" s="58">
         <v>170</v>
       </c>
-      <c r="E31" s="52">
+      <c r="E31" s="53">
         <v>113</v>
       </c>
-      <c r="F31" s="53">
+      <c r="F31" s="54">
         <v>178</v>
       </c>
-      <c r="G31" s="57">
+      <c r="G31" s="58">
         <v>291</v>
       </c>
-      <c r="H31" s="52">
+      <c r="H31" s="53">
         <v>114</v>
       </c>
-      <c r="I31" s="53">
+      <c r="I31" s="54">
         <v>94</v>
       </c>
-      <c r="J31" s="57">
+      <c r="J31" s="58">
         <v>208</v>
       </c>
-      <c r="K31" s="52">
+      <c r="K31" s="53">
         <v>56</v>
       </c>
-      <c r="L31" s="53">
+      <c r="L31" s="54">
         <v>104</v>
       </c>
-      <c r="M31" s="57">
+      <c r="M31" s="58">
         <v>160</v>
       </c>
-      <c r="N31" s="52">
+      <c r="N31" s="53">
         <v>4</v>
       </c>
-      <c r="O31" s="53">
-[...2 lines deleted...]
-      <c r="P31" s="57">
+      <c r="O31" s="54">
+        <v>14</v>
+      </c>
+      <c r="P31" s="58">
         <v>18</v>
       </c>
-      <c r="Q31" s="52">
-[...5 lines deleted...]
-      <c r="S31" s="57">
+      <c r="Q31" s="53">
+        <v>13</v>
+      </c>
+      <c r="R31" s="54">
+        <v>14</v>
+      </c>
+      <c r="S31" s="58">
         <v>27</v>
       </c>
       <c r="T31" s="10">
         <f t="shared" si="8"/>
         <v>428</v>
       </c>
       <c r="U31" s="1">
         <f t="shared" si="6"/>
         <v>446</v>
       </c>
       <c r="V31" s="15">
         <f t="shared" si="7"/>
         <v>874</v>
       </c>
     </row>
     <row r="32" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="52">
+      <c r="B32" s="53">
         <v>101</v>
       </c>
-      <c r="C32" s="53">
+      <c r="C32" s="54">
         <v>55</v>
       </c>
-      <c r="D32" s="57">
+      <c r="D32" s="58">
         <v>156</v>
       </c>
-      <c r="E32" s="52">
+      <c r="E32" s="53">
         <v>114</v>
       </c>
-      <c r="F32" s="53">
+      <c r="F32" s="54">
         <v>150</v>
       </c>
-      <c r="G32" s="57">
+      <c r="G32" s="58">
         <v>264</v>
       </c>
-      <c r="H32" s="52">
+      <c r="H32" s="53">
         <v>107</v>
       </c>
-      <c r="I32" s="53">
+      <c r="I32" s="54">
         <v>100</v>
       </c>
-      <c r="J32" s="57">
+      <c r="J32" s="58">
         <v>207</v>
       </c>
-      <c r="K32" s="52">
+      <c r="K32" s="53">
         <v>77</v>
       </c>
-      <c r="L32" s="53">
+      <c r="L32" s="54">
         <v>99</v>
       </c>
-      <c r="M32" s="57">
+      <c r="M32" s="58">
         <v>176</v>
       </c>
-      <c r="N32" s="52">
+      <c r="N32" s="53">
         <v>16</v>
       </c>
-      <c r="O32" s="53">
+      <c r="O32" s="54">
         <v>16</v>
       </c>
-      <c r="P32" s="57">
+      <c r="P32" s="58">
         <v>32</v>
       </c>
-      <c r="Q32" s="52">
-[...2 lines deleted...]
-      <c r="R32" s="53">
+      <c r="Q32" s="53">
+        <v>15</v>
+      </c>
+      <c r="R32" s="54">
         <v>25</v>
       </c>
-      <c r="S32" s="57">
+      <c r="S32" s="58">
         <v>40</v>
       </c>
       <c r="T32" s="10">
         <f t="shared" si="8"/>
         <v>430</v>
       </c>
       <c r="U32" s="1">
         <f t="shared" si="6"/>
         <v>445</v>
       </c>
       <c r="V32" s="15">
         <f t="shared" si="7"/>
         <v>875</v>
       </c>
     </row>
     <row r="33" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="22">
         <v>1138</v>
       </c>
-      <c r="C33" s="51">
+      <c r="C33" s="52">
         <v>601</v>
       </c>
-      <c r="D33" s="60">
+      <c r="D33" s="63">
         <v>1739</v>
       </c>
       <c r="E33" s="22">
         <v>866</v>
       </c>
-      <c r="F33" s="51">
+      <c r="F33" s="52">
         <v>1120</v>
       </c>
-      <c r="G33" s="60">
+      <c r="G33" s="63">
         <v>1986</v>
       </c>
       <c r="H33" s="22">
         <v>809</v>
       </c>
-      <c r="I33" s="51">
+      <c r="I33" s="52">
         <v>907</v>
       </c>
-      <c r="J33" s="60">
+      <c r="J33" s="63">
         <v>1716</v>
       </c>
       <c r="K33" s="22">
         <v>461</v>
       </c>
-      <c r="L33" s="51">
+      <c r="L33" s="52">
         <v>635</v>
       </c>
-      <c r="M33" s="60">
+      <c r="M33" s="63">
         <v>1096</v>
       </c>
       <c r="N33" s="22">
         <v>53</v>
       </c>
-      <c r="O33" s="51">
+      <c r="O33" s="52">
         <v>74</v>
       </c>
-      <c r="P33" s="60">
+      <c r="P33" s="63">
         <v>127</v>
       </c>
       <c r="Q33" s="22">
         <v>131</v>
       </c>
-      <c r="R33" s="51">
+      <c r="R33" s="52">
         <v>159</v>
       </c>
-      <c r="S33" s="60">
+      <c r="S33" s="63">
         <v>290</v>
       </c>
       <c r="T33" s="13">
         <f t="shared" si="8"/>
         <v>3458</v>
       </c>
       <c r="U33" s="14">
         <f t="shared" si="6"/>
         <v>3496</v>
       </c>
       <c r="V33" s="18">
         <f t="shared" si="7"/>
         <v>6954</v>
       </c>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A35" s="90" t="s">
+      <c r="A35" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="91" t="s">
+      <c r="B35" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C35" s="91"/>
-[...18 lines deleted...]
-      <c r="V35" s="91"/>
+      <c r="C35" s="94"/>
+      <c r="D35" s="94"/>
+      <c r="E35" s="94"/>
+      <c r="F35" s="94"/>
+      <c r="G35" s="94"/>
+      <c r="H35" s="94"/>
+      <c r="I35" s="94"/>
+      <c r="J35" s="94"/>
+      <c r="K35" s="94"/>
+      <c r="L35" s="94"/>
+      <c r="M35" s="94"/>
+      <c r="N35" s="94"/>
+      <c r="O35" s="94"/>
+      <c r="P35" s="94"/>
+      <c r="Q35" s="94"/>
+      <c r="R35" s="94"/>
+      <c r="S35" s="94"/>
+      <c r="T35" s="94"/>
+      <c r="U35" s="94"/>
+      <c r="V35" s="94"/>
     </row>
     <row r="36" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A36" s="90"/>
-      <c r="B36" s="92" t="s">
+      <c r="A36" s="93"/>
+      <c r="B36" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="92"/>
-[...18 lines deleted...]
-      <c r="V36" s="92"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
+      <c r="P36" s="95"/>
+      <c r="Q36" s="95"/>
+      <c r="R36" s="95"/>
+      <c r="S36" s="95"/>
+      <c r="T36" s="95"/>
+      <c r="U36" s="95"/>
+      <c r="V36" s="95"/>
     </row>
     <row r="37" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="90"/>
-      <c r="B37" s="81" t="s">
+      <c r="A37" s="93"/>
+      <c r="B37" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C37" s="82"/>
-[...1 lines deleted...]
-      <c r="E37" s="81" t="s">
+      <c r="C37" s="85"/>
+      <c r="D37" s="92"/>
+      <c r="E37" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F37" s="82"/>
-[...1 lines deleted...]
-      <c r="H37" s="81" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="92"/>
+      <c r="H37" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I37" s="82"/>
-[...1 lines deleted...]
-      <c r="K37" s="81" t="s">
+      <c r="I37" s="85"/>
+      <c r="J37" s="92"/>
+      <c r="K37" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L37" s="82"/>
-[...1 lines deleted...]
-      <c r="N37" s="81" t="s">
+      <c r="L37" s="85"/>
+      <c r="M37" s="92"/>
+      <c r="N37" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O37" s="82"/>
-[...1 lines deleted...]
-      <c r="Q37" s="81" t="s">
+      <c r="O37" s="85"/>
+      <c r="P37" s="92"/>
+      <c r="Q37" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R37" s="82"/>
-[...5 lines deleted...]
-      <c r="V37" s="83"/>
+      <c r="R37" s="85"/>
+      <c r="S37" s="92"/>
+      <c r="T37" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U37" s="85"/>
+      <c r="V37" s="86"/>
     </row>
     <row r="38" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A38" s="90"/>
+      <c r="A38" s="93"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="6" t="s">
@@ -16933,566 +17311,566 @@
         <v>13</v>
       </c>
       <c r="Q38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S38" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V38" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A39" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B39" s="52">
+      <c r="B39" s="53">
         <v>648</v>
       </c>
-      <c r="C39" s="53">
+      <c r="C39" s="54">
         <v>393</v>
       </c>
-      <c r="D39" s="57">
+      <c r="D39" s="58">
         <v>1041</v>
       </c>
-      <c r="E39" s="52">
+      <c r="E39" s="53">
         <v>301</v>
       </c>
-      <c r="F39" s="53">
+      <c r="F39" s="54">
         <v>358</v>
       </c>
-      <c r="G39" s="57">
+      <c r="G39" s="58">
         <v>659</v>
       </c>
-      <c r="H39" s="52">
+      <c r="H39" s="53">
         <v>377</v>
       </c>
-      <c r="I39" s="53">
+      <c r="I39" s="54">
         <v>398</v>
       </c>
-      <c r="J39" s="57">
+      <c r="J39" s="58">
         <v>775</v>
       </c>
-      <c r="K39" s="52">
+      <c r="K39" s="53">
         <v>124</v>
       </c>
-      <c r="L39" s="53">
+      <c r="L39" s="54">
         <v>209</v>
       </c>
-      <c r="M39" s="57">
+      <c r="M39" s="58">
         <v>333</v>
       </c>
-      <c r="N39" s="52">
+      <c r="N39" s="53">
         <v>11</v>
       </c>
-      <c r="O39" s="53">
-[...2 lines deleted...]
-      <c r="P39" s="57">
+      <c r="O39" s="54">
+        <v>14</v>
+      </c>
+      <c r="P39" s="58">
         <v>25</v>
       </c>
-      <c r="Q39" s="52">
+      <c r="Q39" s="53">
         <v>70</v>
       </c>
-      <c r="R39" s="53">
+      <c r="R39" s="54">
         <v>62</v>
       </c>
-      <c r="S39" s="57">
+      <c r="S39" s="58">
         <v>132</v>
       </c>
       <c r="T39" s="10">
         <f>SUM(B39,E39,H39,K39,N39,Q39)</f>
         <v>1531</v>
       </c>
       <c r="U39" s="1">
         <f t="shared" ref="U39:U44" si="9">SUM(C39,F39,I39,L39,O39,R39)</f>
         <v>1434</v>
       </c>
       <c r="V39" s="15">
         <f t="shared" ref="V39:V44" si="10">SUM(D39,G39,J39,M39,P39,S39)</f>
         <v>2965</v>
       </c>
     </row>
     <row r="40" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B40" s="52">
+      <c r="B40" s="53">
         <v>115</v>
       </c>
-      <c r="C40" s="53">
+      <c r="C40" s="54">
         <v>45</v>
       </c>
-      <c r="D40" s="57">
+      <c r="D40" s="58">
         <v>160</v>
       </c>
-      <c r="E40" s="52">
+      <c r="E40" s="53">
         <v>120</v>
       </c>
-      <c r="F40" s="53">
+      <c r="F40" s="54">
         <v>136</v>
       </c>
-      <c r="G40" s="57">
+      <c r="G40" s="58">
         <v>256</v>
       </c>
-      <c r="H40" s="52">
+      <c r="H40" s="53">
         <v>114</v>
       </c>
-      <c r="I40" s="53">
+      <c r="I40" s="54">
         <v>85</v>
       </c>
-      <c r="J40" s="57">
+      <c r="J40" s="58">
         <v>199</v>
       </c>
-      <c r="K40" s="52">
+      <c r="K40" s="53">
         <v>98</v>
       </c>
-      <c r="L40" s="53">
+      <c r="L40" s="54">
         <v>117</v>
       </c>
-      <c r="M40" s="57">
+      <c r="M40" s="58">
         <v>215</v>
       </c>
-      <c r="N40" s="52">
+      <c r="N40" s="53">
         <v>9</v>
       </c>
-      <c r="O40" s="53">
-[...2 lines deleted...]
-      <c r="P40" s="57">
+      <c r="O40" s="54">
+        <v>15</v>
+      </c>
+      <c r="P40" s="58">
         <v>24</v>
       </c>
-      <c r="Q40" s="52">
+      <c r="Q40" s="53">
         <v>19</v>
       </c>
-      <c r="R40" s="53">
+      <c r="R40" s="54">
         <v>18</v>
       </c>
-      <c r="S40" s="57">
+      <c r="S40" s="58">
         <v>37</v>
       </c>
       <c r="T40" s="10">
         <f t="shared" ref="T40:T44" si="11">SUM(B40,E40,H40,K40,N40,Q40)</f>
         <v>475</v>
       </c>
       <c r="U40" s="1">
         <f t="shared" si="9"/>
         <v>416</v>
       </c>
       <c r="V40" s="15">
         <f t="shared" si="10"/>
         <v>891</v>
       </c>
     </row>
     <row r="41" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B41" s="52">
+      <c r="B41" s="53">
         <v>94</v>
       </c>
-      <c r="C41" s="53">
+      <c r="C41" s="54">
         <v>55</v>
       </c>
-      <c r="D41" s="57">
+      <c r="D41" s="58">
         <v>149</v>
       </c>
-      <c r="E41" s="52">
+      <c r="E41" s="53">
         <v>149</v>
       </c>
-      <c r="F41" s="53">
+      <c r="F41" s="54">
         <v>215</v>
       </c>
-      <c r="G41" s="57">
+      <c r="G41" s="58">
         <v>364</v>
       </c>
-      <c r="H41" s="52">
+      <c r="H41" s="53">
         <v>84</v>
       </c>
-      <c r="I41" s="53">
+      <c r="I41" s="54">
         <v>113</v>
       </c>
-      <c r="J41" s="57">
+      <c r="J41" s="58">
         <v>197</v>
       </c>
-      <c r="K41" s="52">
+      <c r="K41" s="53">
         <v>52</v>
       </c>
-      <c r="L41" s="53">
+      <c r="L41" s="54">
         <v>92</v>
       </c>
-      <c r="M41" s="57">
+      <c r="M41" s="58">
         <v>144</v>
       </c>
-      <c r="N41" s="52">
+      <c r="N41" s="53">
         <v>9</v>
       </c>
-      <c r="O41" s="53">
+      <c r="O41" s="54">
         <v>12</v>
       </c>
-      <c r="P41" s="57">
+      <c r="P41" s="58">
         <v>21</v>
       </c>
-      <c r="Q41" s="52">
+      <c r="Q41" s="53">
         <v>23</v>
       </c>
-      <c r="R41" s="53">
+      <c r="R41" s="54">
         <v>24</v>
       </c>
-      <c r="S41" s="57">
+      <c r="S41" s="58">
         <v>47</v>
       </c>
       <c r="T41" s="10">
         <f t="shared" si="11"/>
         <v>411</v>
       </c>
       <c r="U41" s="1">
         <f t="shared" si="9"/>
         <v>511</v>
       </c>
       <c r="V41" s="15">
         <f t="shared" si="10"/>
         <v>922</v>
       </c>
     </row>
     <row r="42" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A42" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B42" s="52">
+      <c r="B42" s="53">
         <v>102</v>
       </c>
-      <c r="C42" s="53">
+      <c r="C42" s="54">
         <v>50</v>
       </c>
-      <c r="D42" s="57">
+      <c r="D42" s="58">
         <v>152</v>
       </c>
-      <c r="E42" s="52">
+      <c r="E42" s="53">
         <v>112</v>
       </c>
-      <c r="F42" s="53">
+      <c r="F42" s="54">
         <v>141</v>
       </c>
-      <c r="G42" s="57">
+      <c r="G42" s="58">
         <v>253</v>
       </c>
-      <c r="H42" s="52">
+      <c r="H42" s="53">
         <v>74</v>
       </c>
-      <c r="I42" s="53">
+      <c r="I42" s="54">
         <v>93</v>
       </c>
-      <c r="J42" s="57">
+      <c r="J42" s="58">
         <v>167</v>
       </c>
-      <c r="K42" s="52">
+      <c r="K42" s="53">
         <v>79</v>
       </c>
-      <c r="L42" s="53">
+      <c r="L42" s="54">
         <v>105</v>
       </c>
-      <c r="M42" s="57">
+      <c r="M42" s="58">
         <v>184</v>
       </c>
-      <c r="N42" s="52">
+      <c r="N42" s="53">
         <v>3</v>
       </c>
-      <c r="O42" s="53">
+      <c r="O42" s="54">
         <v>8</v>
       </c>
-      <c r="P42" s="57">
+      <c r="P42" s="58">
         <v>11</v>
       </c>
-      <c r="Q42" s="52">
-[...2 lines deleted...]
-      <c r="R42" s="53">
+      <c r="Q42" s="53">
+        <v>13</v>
+      </c>
+      <c r="R42" s="54">
         <v>22</v>
       </c>
-      <c r="S42" s="57">
+      <c r="S42" s="58">
         <v>35</v>
       </c>
       <c r="T42" s="10">
         <f t="shared" si="11"/>
         <v>383</v>
       </c>
       <c r="U42" s="1">
         <f t="shared" si="9"/>
         <v>419</v>
       </c>
       <c r="V42" s="15">
         <f t="shared" si="10"/>
         <v>802</v>
       </c>
     </row>
     <row r="43" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B43" s="52">
+      <c r="B43" s="53">
         <v>86</v>
       </c>
-      <c r="C43" s="53">
+      <c r="C43" s="54">
         <v>52</v>
       </c>
-      <c r="D43" s="57">
+      <c r="D43" s="58">
         <v>138</v>
       </c>
-      <c r="E43" s="52">
+      <c r="E43" s="53">
         <v>115</v>
       </c>
-      <c r="F43" s="53">
+      <c r="F43" s="54">
         <v>125</v>
       </c>
-      <c r="G43" s="57">
+      <c r="G43" s="58">
         <v>240</v>
       </c>
-      <c r="H43" s="52">
+      <c r="H43" s="53">
         <v>97</v>
       </c>
-      <c r="I43" s="53">
+      <c r="I43" s="54">
         <v>102</v>
       </c>
-      <c r="J43" s="57">
+      <c r="J43" s="58">
         <v>199</v>
       </c>
-      <c r="K43" s="52">
+      <c r="K43" s="53">
         <v>68</v>
       </c>
-      <c r="L43" s="53">
+      <c r="L43" s="54">
         <v>88</v>
       </c>
-      <c r="M43" s="57">
+      <c r="M43" s="58">
         <v>156</v>
       </c>
-      <c r="N43" s="52">
+      <c r="N43" s="53">
         <v>5</v>
       </c>
-      <c r="O43" s="53">
+      <c r="O43" s="54">
         <v>12</v>
       </c>
-      <c r="P43" s="57">
+      <c r="P43" s="58">
         <v>17</v>
       </c>
-      <c r="Q43" s="52">
+      <c r="Q43" s="53">
         <v>16</v>
       </c>
-      <c r="R43" s="53">
+      <c r="R43" s="54">
         <v>31</v>
       </c>
-      <c r="S43" s="57">
+      <c r="S43" s="58">
         <v>47</v>
       </c>
       <c r="T43" s="10">
         <f t="shared" si="11"/>
         <v>387</v>
       </c>
       <c r="U43" s="1">
         <f t="shared" si="9"/>
         <v>410</v>
       </c>
       <c r="V43" s="15">
         <f t="shared" si="10"/>
         <v>797</v>
       </c>
     </row>
     <row r="44" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B44" s="22">
         <v>1045</v>
       </c>
-      <c r="C44" s="51">
+      <c r="C44" s="52">
         <v>595</v>
       </c>
-      <c r="D44" s="60">
+      <c r="D44" s="63">
         <v>1640</v>
       </c>
       <c r="E44" s="22">
         <v>797</v>
       </c>
-      <c r="F44" s="51">
+      <c r="F44" s="52">
         <v>975</v>
       </c>
-      <c r="G44" s="60">
+      <c r="G44" s="63">
         <v>1772</v>
       </c>
       <c r="H44" s="22">
         <v>746</v>
       </c>
-      <c r="I44" s="51">
+      <c r="I44" s="52">
         <v>791</v>
       </c>
-      <c r="J44" s="60">
+      <c r="J44" s="63">
         <v>1537</v>
       </c>
       <c r="K44" s="22">
         <v>421</v>
       </c>
-      <c r="L44" s="51">
+      <c r="L44" s="52">
         <v>611</v>
       </c>
-      <c r="M44" s="60">
+      <c r="M44" s="63">
         <v>1032</v>
       </c>
       <c r="N44" s="22">
         <v>37</v>
       </c>
-      <c r="O44" s="51">
+      <c r="O44" s="52">
         <v>61</v>
       </c>
-      <c r="P44" s="60">
+      <c r="P44" s="63">
         <v>98</v>
       </c>
       <c r="Q44" s="22">
         <v>141</v>
       </c>
-      <c r="R44" s="51">
+      <c r="R44" s="52">
         <v>157</v>
       </c>
-      <c r="S44" s="60">
+      <c r="S44" s="63">
         <v>298</v>
       </c>
       <c r="T44" s="13">
         <f t="shared" si="11"/>
         <v>3187</v>
       </c>
       <c r="U44" s="14">
         <f t="shared" si="9"/>
         <v>3190</v>
       </c>
       <c r="V44" s="18">
         <f t="shared" si="10"/>
         <v>6377</v>
       </c>
     </row>
     <row r="46" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A46" s="90" t="s">
+      <c r="A46" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="91" t="s">
+      <c r="B46" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="91"/>
-[...18 lines deleted...]
-      <c r="V46" s="91"/>
+      <c r="C46" s="94"/>
+      <c r="D46" s="94"/>
+      <c r="E46" s="94"/>
+      <c r="F46" s="94"/>
+      <c r="G46" s="94"/>
+      <c r="H46" s="94"/>
+      <c r="I46" s="94"/>
+      <c r="J46" s="94"/>
+      <c r="K46" s="94"/>
+      <c r="L46" s="94"/>
+      <c r="M46" s="94"/>
+      <c r="N46" s="94"/>
+      <c r="O46" s="94"/>
+      <c r="P46" s="94"/>
+      <c r="Q46" s="94"/>
+      <c r="R46" s="94"/>
+      <c r="S46" s="94"/>
+      <c r="T46" s="94"/>
+      <c r="U46" s="94"/>
+      <c r="V46" s="94"/>
     </row>
     <row r="47" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="90"/>
-      <c r="B47" s="92" t="s">
+      <c r="A47" s="93"/>
+      <c r="B47" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="92"/>
-[...18 lines deleted...]
-      <c r="V47" s="92"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="95"/>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
+      <c r="P47" s="95"/>
+      <c r="Q47" s="95"/>
+      <c r="R47" s="95"/>
+      <c r="S47" s="95"/>
+      <c r="T47" s="95"/>
+      <c r="U47" s="95"/>
+      <c r="V47" s="95"/>
     </row>
     <row r="48" spans="1:22" ht="25.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="90"/>
-      <c r="B48" s="81" t="s">
+      <c r="A48" s="93"/>
+      <c r="B48" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C48" s="82"/>
-[...1 lines deleted...]
-      <c r="E48" s="81" t="s">
+      <c r="C48" s="85"/>
+      <c r="D48" s="92"/>
+      <c r="E48" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F48" s="82"/>
-[...1 lines deleted...]
-      <c r="H48" s="81" t="s">
+      <c r="F48" s="85"/>
+      <c r="G48" s="92"/>
+      <c r="H48" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I48" s="82"/>
-[...1 lines deleted...]
-      <c r="K48" s="81" t="s">
+      <c r="I48" s="85"/>
+      <c r="J48" s="92"/>
+      <c r="K48" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L48" s="82"/>
-[...1 lines deleted...]
-      <c r="N48" s="81" t="s">
+      <c r="L48" s="85"/>
+      <c r="M48" s="92"/>
+      <c r="N48" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O48" s="82"/>
-[...1 lines deleted...]
-      <c r="Q48" s="81" t="s">
+      <c r="O48" s="85"/>
+      <c r="P48" s="92"/>
+      <c r="Q48" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R48" s="82"/>
-[...5 lines deleted...]
-      <c r="V48" s="83"/>
+      <c r="R48" s="85"/>
+      <c r="S48" s="92"/>
+      <c r="T48" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U48" s="85"/>
+      <c r="V48" s="86"/>
     </row>
     <row r="49" spans="1:22" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A49" s="90"/>
+      <c r="A49" s="93"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="6" t="s">
@@ -17940,143 +18318,143 @@
         <v>111</v>
       </c>
       <c r="Q55" s="13">
         <v>132</v>
       </c>
       <c r="R55" s="14">
         <v>152</v>
       </c>
       <c r="S55" s="17">
         <v>284</v>
       </c>
       <c r="T55" s="13">
         <f t="shared" si="14"/>
         <v>3308</v>
       </c>
       <c r="U55" s="14">
         <f t="shared" si="12"/>
         <v>3057</v>
       </c>
       <c r="V55" s="18">
         <f t="shared" si="13"/>
         <v>6365</v>
       </c>
     </row>
     <row r="57" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A57" s="90" t="s">
+      <c r="A57" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="91" t="s">
+      <c r="B57" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C57" s="91"/>
-[...18 lines deleted...]
-      <c r="V57" s="91"/>
+      <c r="C57" s="94"/>
+      <c r="D57" s="94"/>
+      <c r="E57" s="94"/>
+      <c r="F57" s="94"/>
+      <c r="G57" s="94"/>
+      <c r="H57" s="94"/>
+      <c r="I57" s="94"/>
+      <c r="J57" s="94"/>
+      <c r="K57" s="94"/>
+      <c r="L57" s="94"/>
+      <c r="M57" s="94"/>
+      <c r="N57" s="94"/>
+      <c r="O57" s="94"/>
+      <c r="P57" s="94"/>
+      <c r="Q57" s="94"/>
+      <c r="R57" s="94"/>
+      <c r="S57" s="94"/>
+      <c r="T57" s="94"/>
+      <c r="U57" s="94"/>
+      <c r="V57" s="94"/>
     </row>
     <row r="58" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A58" s="90"/>
-      <c r="B58" s="92" t="s">
+      <c r="A58" s="93"/>
+      <c r="B58" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="92"/>
-[...18 lines deleted...]
-      <c r="V58" s="92"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="95"/>
+      <c r="E58" s="95"/>
+      <c r="F58" s="95"/>
+      <c r="G58" s="95"/>
+      <c r="H58" s="95"/>
+      <c r="I58" s="95"/>
+      <c r="J58" s="95"/>
+      <c r="K58" s="95"/>
+      <c r="L58" s="95"/>
+      <c r="M58" s="95"/>
+      <c r="N58" s="95"/>
+      <c r="O58" s="95"/>
+      <c r="P58" s="95"/>
+      <c r="Q58" s="95"/>
+      <c r="R58" s="95"/>
+      <c r="S58" s="95"/>
+      <c r="T58" s="95"/>
+      <c r="U58" s="95"/>
+      <c r="V58" s="95"/>
     </row>
     <row r="59" spans="1:22" ht="23.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="90"/>
-      <c r="B59" s="81" t="s">
+      <c r="A59" s="93"/>
+      <c r="B59" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C59" s="82"/>
-[...1 lines deleted...]
-      <c r="E59" s="81" t="s">
+      <c r="C59" s="85"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F59" s="82"/>
-[...1 lines deleted...]
-      <c r="H59" s="81" t="s">
+      <c r="F59" s="85"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I59" s="82"/>
-[...1 lines deleted...]
-      <c r="K59" s="81" t="s">
+      <c r="I59" s="85"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L59" s="82"/>
-[...1 lines deleted...]
-      <c r="N59" s="81" t="s">
+      <c r="L59" s="85"/>
+      <c r="M59" s="92"/>
+      <c r="N59" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O59" s="82"/>
-[...1 lines deleted...]
-      <c r="Q59" s="81" t="s">
+      <c r="O59" s="85"/>
+      <c r="P59" s="92"/>
+      <c r="Q59" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R59" s="82"/>
-[...5 lines deleted...]
-      <c r="V59" s="83"/>
+      <c r="R59" s="85"/>
+      <c r="S59" s="92"/>
+      <c r="T59" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U59" s="85"/>
+      <c r="V59" s="86"/>
     </row>
     <row r="60" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A60" s="90"/>
+      <c r="A60" s="93"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="6" t="s">
@@ -18525,166 +18903,166 @@
       </c>
       <c r="Q66" s="13">
         <v>150</v>
       </c>
       <c r="R66" s="14">
         <v>157</v>
       </c>
       <c r="S66" s="17">
         <v>307</v>
       </c>
       <c r="T66" s="13">
         <f t="shared" si="17"/>
         <v>4475</v>
       </c>
       <c r="U66" s="14">
         <f t="shared" si="15"/>
         <v>3090</v>
       </c>
       <c r="V66" s="18">
         <f t="shared" si="16"/>
         <v>7565</v>
       </c>
     </row>
     <row r="67" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A67" s="38"/>
-      <c r="B67" s="47"/>
-[...19 lines deleted...]
-      <c r="V67" s="47"/>
+      <c r="B67" s="48"/>
+      <c r="C67" s="48"/>
+      <c r="D67" s="48"/>
+      <c r="E67" s="48"/>
+      <c r="F67" s="48"/>
+      <c r="G67" s="48"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="48"/>
+      <c r="K67" s="48"/>
+      <c r="L67" s="48"/>
+      <c r="M67" s="48"/>
+      <c r="N67" s="48"/>
+      <c r="O67" s="48"/>
+      <c r="P67" s="48"/>
+      <c r="Q67" s="48"/>
+      <c r="R67" s="48"/>
+      <c r="S67" s="48"/>
+      <c r="T67" s="48"/>
+      <c r="U67" s="48"/>
+      <c r="V67" s="48"/>
     </row>
     <row r="68" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A68" s="90" t="s">
+      <c r="A68" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B68" s="91" t="s">
+      <c r="B68" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C68" s="91"/>
-[...18 lines deleted...]
-      <c r="V68" s="91"/>
+      <c r="C68" s="94"/>
+      <c r="D68" s="94"/>
+      <c r="E68" s="94"/>
+      <c r="F68" s="94"/>
+      <c r="G68" s="94"/>
+      <c r="H68" s="94"/>
+      <c r="I68" s="94"/>
+      <c r="J68" s="94"/>
+      <c r="K68" s="94"/>
+      <c r="L68" s="94"/>
+      <c r="M68" s="94"/>
+      <c r="N68" s="94"/>
+      <c r="O68" s="94"/>
+      <c r="P68" s="94"/>
+      <c r="Q68" s="94"/>
+      <c r="R68" s="94"/>
+      <c r="S68" s="94"/>
+      <c r="T68" s="94"/>
+      <c r="U68" s="94"/>
+      <c r="V68" s="94"/>
     </row>
     <row r="69" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A69" s="90"/>
-      <c r="B69" s="92" t="s">
+      <c r="A69" s="93"/>
+      <c r="B69" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="92"/>
-[...18 lines deleted...]
-      <c r="V69" s="92"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
+      <c r="P69" s="95"/>
+      <c r="Q69" s="95"/>
+      <c r="R69" s="95"/>
+      <c r="S69" s="95"/>
+      <c r="T69" s="95"/>
+      <c r="U69" s="95"/>
+      <c r="V69" s="95"/>
     </row>
     <row r="70" spans="1:22" ht="28.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="90"/>
-      <c r="B70" s="81" t="s">
+      <c r="A70" s="93"/>
+      <c r="B70" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C70" s="82"/>
-[...1 lines deleted...]
-      <c r="E70" s="81" t="s">
+      <c r="C70" s="85"/>
+      <c r="D70" s="92"/>
+      <c r="E70" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F70" s="82"/>
-[...1 lines deleted...]
-      <c r="H70" s="81" t="s">
+      <c r="F70" s="85"/>
+      <c r="G70" s="92"/>
+      <c r="H70" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I70" s="82"/>
-[...1 lines deleted...]
-      <c r="K70" s="81" t="s">
+      <c r="I70" s="85"/>
+      <c r="J70" s="92"/>
+      <c r="K70" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L70" s="82"/>
-[...1 lines deleted...]
-      <c r="N70" s="81" t="s">
+      <c r="L70" s="85"/>
+      <c r="M70" s="92"/>
+      <c r="N70" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O70" s="82"/>
-[...1 lines deleted...]
-      <c r="Q70" s="81" t="s">
+      <c r="O70" s="85"/>
+      <c r="P70" s="92"/>
+      <c r="Q70" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R70" s="82"/>
-[...5 lines deleted...]
-      <c r="V70" s="83"/>
+      <c r="R70" s="85"/>
+      <c r="S70" s="92"/>
+      <c r="T70" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U70" s="85"/>
+      <c r="V70" s="86"/>
     </row>
     <row r="71" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A71" s="90"/>
+      <c r="A71" s="93"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="6" t="s">
@@ -18736,228 +19114,228 @@
       </c>
       <c r="C72" s="1">
         <v>436</v>
       </c>
       <c r="D72" s="16">
         <v>1323</v>
       </c>
       <c r="E72" s="10">
         <v>376</v>
       </c>
       <c r="F72" s="1">
         <v>412</v>
       </c>
       <c r="G72" s="16">
         <v>788</v>
       </c>
       <c r="H72" s="10">
         <v>504</v>
       </c>
       <c r="I72" s="1">
         <v>464</v>
       </c>
       <c r="J72" s="16">
         <v>968</v>
       </c>
-      <c r="K72" s="52">
+      <c r="K72" s="53">
         <v>159</v>
       </c>
-      <c r="L72" s="53">
+      <c r="L72" s="54">
         <v>204</v>
       </c>
-      <c r="M72" s="57">
+      <c r="M72" s="58">
         <v>363</v>
       </c>
       <c r="N72" s="10">
         <v>10</v>
       </c>
       <c r="O72" s="1">
         <v>16</v>
       </c>
       <c r="P72" s="16">
         <v>26</v>
       </c>
       <c r="Q72" s="10">
         <v>74</v>
       </c>
       <c r="R72" s="1">
         <v>92</v>
       </c>
       <c r="S72" s="16">
         <v>166</v>
       </c>
-      <c r="T72" s="52">
+      <c r="T72" s="53">
         <f>SUM(B72,E72,H72,K72,N72,Q72)</f>
         <v>2010</v>
       </c>
-      <c r="U72" s="53">
+      <c r="U72" s="54">
         <f t="shared" ref="U72:U77" si="18">SUM(C72,F72,I72,L72,O72,R72)</f>
         <v>1624</v>
       </c>
-      <c r="V72" s="54">
+      <c r="V72" s="55">
         <f t="shared" ref="V72:V77" si="19">SUM(D72,G72,J72,M72,P72,S72)</f>
         <v>3634</v>
       </c>
     </row>
     <row r="73" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>139</v>
       </c>
       <c r="C73" s="1">
         <v>53</v>
       </c>
       <c r="D73" s="16">
         <v>192</v>
       </c>
       <c r="E73" s="10">
         <v>168</v>
       </c>
       <c r="F73" s="1">
         <v>173</v>
       </c>
       <c r="G73" s="16">
         <v>341</v>
       </c>
       <c r="H73" s="10">
         <v>132</v>
       </c>
       <c r="I73" s="1">
         <v>115</v>
       </c>
       <c r="J73" s="16">
         <v>247</v>
       </c>
-      <c r="K73" s="52">
+      <c r="K73" s="53">
         <v>106</v>
       </c>
-      <c r="L73" s="53">
+      <c r="L73" s="54">
         <v>148</v>
       </c>
-      <c r="M73" s="57">
+      <c r="M73" s="58">
         <v>254</v>
       </c>
       <c r="N73" s="10">
         <v>15</v>
       </c>
       <c r="O73" s="1">
         <v>24</v>
       </c>
       <c r="P73" s="16">
         <v>39</v>
       </c>
       <c r="Q73" s="10">
         <v>17</v>
       </c>
       <c r="R73" s="1">
         <v>23</v>
       </c>
       <c r="S73" s="16">
         <v>40</v>
       </c>
-      <c r="T73" s="52">
+      <c r="T73" s="53">
         <f t="shared" ref="T73:T77" si="20">SUM(B73,E73,H73,K73,N73,Q73)</f>
         <v>577</v>
       </c>
-      <c r="U73" s="53">
+      <c r="U73" s="54">
         <f t="shared" si="18"/>
         <v>536</v>
       </c>
-      <c r="V73" s="54">
+      <c r="V73" s="55">
         <f t="shared" si="19"/>
         <v>1113</v>
       </c>
     </row>
     <row r="74" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>89</v>
       </c>
       <c r="C74" s="1">
         <v>62</v>
       </c>
       <c r="D74" s="16">
         <v>151</v>
       </c>
       <c r="E74" s="10">
         <v>181</v>
       </c>
       <c r="F74" s="1">
         <v>219</v>
       </c>
       <c r="G74" s="16">
         <v>400</v>
       </c>
       <c r="H74" s="10">
         <v>114</v>
       </c>
       <c r="I74" s="1">
         <v>129</v>
       </c>
       <c r="J74" s="16">
         <v>243</v>
       </c>
-      <c r="K74" s="52">
+      <c r="K74" s="53">
         <v>78</v>
       </c>
-      <c r="L74" s="53">
+      <c r="L74" s="54">
         <v>90</v>
       </c>
-      <c r="M74" s="57">
+      <c r="M74" s="58">
         <v>168</v>
       </c>
       <c r="N74" s="10">
         <v>8</v>
       </c>
       <c r="O74" s="1">
         <v>15</v>
       </c>
       <c r="P74" s="16">
         <v>23</v>
       </c>
       <c r="Q74" s="10">
         <v>11</v>
       </c>
       <c r="R74" s="1">
         <v>37</v>
       </c>
       <c r="S74" s="16">
         <v>48</v>
       </c>
-      <c r="T74" s="52">
+      <c r="T74" s="53">
         <f t="shared" si="20"/>
         <v>481</v>
       </c>
-      <c r="U74" s="53">
+      <c r="U74" s="54">
         <f t="shared" si="18"/>
         <v>552</v>
       </c>
-      <c r="V74" s="54">
+      <c r="V74" s="55">
         <f t="shared" si="19"/>
         <v>1033</v>
       </c>
     </row>
     <row r="75" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>150</v>
       </c>
       <c r="C75" s="1">
         <v>62</v>
       </c>
       <c r="D75" s="16">
         <v>212</v>
       </c>
       <c r="E75" s="10">
         <v>153</v>
       </c>
       <c r="F75" s="1">
         <v>174</v>
       </c>
       <c r="G75" s="16">
         <v>327</v>
@@ -19132,143 +19510,143 @@
         <v>133</v>
       </c>
       <c r="Q77" s="13">
         <v>142</v>
       </c>
       <c r="R77" s="14">
         <v>193</v>
       </c>
       <c r="S77" s="17">
         <v>335</v>
       </c>
       <c r="T77" s="13">
         <f t="shared" si="20"/>
         <v>4123</v>
       </c>
       <c r="U77" s="14">
         <f t="shared" si="18"/>
         <v>3586</v>
       </c>
       <c r="V77" s="18">
         <f t="shared" si="19"/>
         <v>7709</v>
       </c>
     </row>
     <row r="79" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A79" s="90" t="s">
+      <c r="A79" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="91" t="s">
+      <c r="B79" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C79" s="91"/>
-[...18 lines deleted...]
-      <c r="V79" s="91"/>
+      <c r="C79" s="94"/>
+      <c r="D79" s="94"/>
+      <c r="E79" s="94"/>
+      <c r="F79" s="94"/>
+      <c r="G79" s="94"/>
+      <c r="H79" s="94"/>
+      <c r="I79" s="94"/>
+      <c r="J79" s="94"/>
+      <c r="K79" s="94"/>
+      <c r="L79" s="94"/>
+      <c r="M79" s="94"/>
+      <c r="N79" s="94"/>
+      <c r="O79" s="94"/>
+      <c r="P79" s="94"/>
+      <c r="Q79" s="94"/>
+      <c r="R79" s="94"/>
+      <c r="S79" s="94"/>
+      <c r="T79" s="94"/>
+      <c r="U79" s="94"/>
+      <c r="V79" s="94"/>
     </row>
     <row r="80" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A80" s="90"/>
-      <c r="B80" s="92" t="s">
+      <c r="A80" s="93"/>
+      <c r="B80" s="95" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="92"/>
-[...18 lines deleted...]
-      <c r="V80" s="92"/>
+      <c r="C80" s="95"/>
+      <c r="D80" s="95"/>
+      <c r="E80" s="95"/>
+      <c r="F80" s="95"/>
+      <c r="G80" s="95"/>
+      <c r="H80" s="95"/>
+      <c r="I80" s="95"/>
+      <c r="J80" s="95"/>
+      <c r="K80" s="95"/>
+      <c r="L80" s="95"/>
+      <c r="M80" s="95"/>
+      <c r="N80" s="95"/>
+      <c r="O80" s="95"/>
+      <c r="P80" s="95"/>
+      <c r="Q80" s="95"/>
+      <c r="R80" s="95"/>
+      <c r="S80" s="95"/>
+      <c r="T80" s="95"/>
+      <c r="U80" s="95"/>
+      <c r="V80" s="95"/>
     </row>
     <row r="81" spans="1:22" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A81" s="90"/>
-      <c r="B81" s="81" t="s">
+      <c r="A81" s="93"/>
+      <c r="B81" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C81" s="82"/>
-[...1 lines deleted...]
-      <c r="E81" s="81" t="s">
+      <c r="C81" s="85"/>
+      <c r="D81" s="92"/>
+      <c r="E81" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F81" s="82"/>
-[...1 lines deleted...]
-      <c r="H81" s="81" t="s">
+      <c r="F81" s="85"/>
+      <c r="G81" s="92"/>
+      <c r="H81" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I81" s="82"/>
-[...1 lines deleted...]
-      <c r="K81" s="81" t="s">
+      <c r="I81" s="85"/>
+      <c r="J81" s="92"/>
+      <c r="K81" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L81" s="82"/>
-[...1 lines deleted...]
-      <c r="N81" s="81" t="s">
+      <c r="L81" s="85"/>
+      <c r="M81" s="92"/>
+      <c r="N81" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O81" s="82"/>
-[...1 lines deleted...]
-      <c r="Q81" s="81" t="s">
+      <c r="O81" s="85"/>
+      <c r="P81" s="92"/>
+      <c r="Q81" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R81" s="82"/>
-[...5 lines deleted...]
-      <c r="V81" s="83"/>
+      <c r="R81" s="85"/>
+      <c r="S81" s="92"/>
+      <c r="T81" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U81" s="85"/>
+      <c r="V81" s="86"/>
     </row>
     <row r="82" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A82" s="90"/>
+      <c r="A82" s="93"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="6" t="s">
@@ -19716,143 +20094,143 @@
         <v>115</v>
       </c>
       <c r="Q88" s="13">
         <v>142</v>
       </c>
       <c r="R88" s="14">
         <v>189</v>
       </c>
       <c r="S88" s="17">
         <v>331</v>
       </c>
       <c r="T88" s="13">
         <f t="shared" si="23"/>
         <v>3370</v>
       </c>
       <c r="U88" s="14">
         <f t="shared" si="21"/>
         <v>3020</v>
       </c>
       <c r="V88" s="18">
         <f t="shared" si="22"/>
         <v>6390</v>
       </c>
     </row>
     <row r="90" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A90" s="90" t="s">
+      <c r="A90" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="91" t="s">
+      <c r="B90" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C90" s="91"/>
-[...18 lines deleted...]
-      <c r="V90" s="91"/>
+      <c r="C90" s="94"/>
+      <c r="D90" s="94"/>
+      <c r="E90" s="94"/>
+      <c r="F90" s="94"/>
+      <c r="G90" s="94"/>
+      <c r="H90" s="94"/>
+      <c r="I90" s="94"/>
+      <c r="J90" s="94"/>
+      <c r="K90" s="94"/>
+      <c r="L90" s="94"/>
+      <c r="M90" s="94"/>
+      <c r="N90" s="94"/>
+      <c r="O90" s="94"/>
+      <c r="P90" s="94"/>
+      <c r="Q90" s="94"/>
+      <c r="R90" s="94"/>
+      <c r="S90" s="94"/>
+      <c r="T90" s="94"/>
+      <c r="U90" s="94"/>
+      <c r="V90" s="94"/>
     </row>
     <row r="91" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A91" s="90"/>
-      <c r="B91" s="92" t="s">
+      <c r="A91" s="93"/>
+      <c r="B91" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="92"/>
-[...18 lines deleted...]
-      <c r="V91" s="92"/>
+      <c r="C91" s="95"/>
+      <c r="D91" s="95"/>
+      <c r="E91" s="95"/>
+      <c r="F91" s="95"/>
+      <c r="G91" s="95"/>
+      <c r="H91" s="95"/>
+      <c r="I91" s="95"/>
+      <c r="J91" s="95"/>
+      <c r="K91" s="95"/>
+      <c r="L91" s="95"/>
+      <c r="M91" s="95"/>
+      <c r="N91" s="95"/>
+      <c r="O91" s="95"/>
+      <c r="P91" s="95"/>
+      <c r="Q91" s="95"/>
+      <c r="R91" s="95"/>
+      <c r="S91" s="95"/>
+      <c r="T91" s="95"/>
+      <c r="U91" s="95"/>
+      <c r="V91" s="95"/>
     </row>
     <row r="92" spans="1:22" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A92" s="90"/>
-      <c r="B92" s="81" t="s">
+      <c r="A92" s="93"/>
+      <c r="B92" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C92" s="82"/>
-[...1 lines deleted...]
-      <c r="E92" s="81" t="s">
+      <c r="C92" s="85"/>
+      <c r="D92" s="92"/>
+      <c r="E92" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F92" s="82"/>
-[...1 lines deleted...]
-      <c r="H92" s="81" t="s">
+      <c r="F92" s="85"/>
+      <c r="G92" s="92"/>
+      <c r="H92" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I92" s="82"/>
-[...1 lines deleted...]
-      <c r="K92" s="81" t="s">
+      <c r="I92" s="85"/>
+      <c r="J92" s="92"/>
+      <c r="K92" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L92" s="82"/>
-[...1 lines deleted...]
-      <c r="N92" s="81" t="s">
+      <c r="L92" s="85"/>
+      <c r="M92" s="92"/>
+      <c r="N92" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O92" s="82"/>
-[...1 lines deleted...]
-      <c r="Q92" s="81" t="s">
+      <c r="O92" s="85"/>
+      <c r="P92" s="92"/>
+      <c r="Q92" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R92" s="82"/>
-[...5 lines deleted...]
-      <c r="V92" s="83"/>
+      <c r="R92" s="85"/>
+      <c r="S92" s="92"/>
+      <c r="T92" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U92" s="85"/>
+      <c r="V92" s="86"/>
     </row>
     <row r="93" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A93" s="90"/>
+      <c r="A93" s="93"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="6" t="s">
@@ -20300,143 +20678,143 @@
         <v>142</v>
       </c>
       <c r="Q99" s="13">
         <v>147</v>
       </c>
       <c r="R99" s="14">
         <v>161</v>
       </c>
       <c r="S99" s="17">
         <v>308</v>
       </c>
       <c r="T99" s="13">
         <f t="shared" si="26"/>
         <v>4030</v>
       </c>
       <c r="U99" s="14">
         <f t="shared" si="24"/>
         <v>3331</v>
       </c>
       <c r="V99" s="18">
         <f t="shared" si="25"/>
         <v>7361</v>
       </c>
     </row>
     <row r="101" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A101" s="90" t="s">
+      <c r="A101" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B101" s="91" t="s">
+      <c r="B101" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C101" s="91"/>
-[...18 lines deleted...]
-      <c r="V101" s="91"/>
+      <c r="C101" s="94"/>
+      <c r="D101" s="94"/>
+      <c r="E101" s="94"/>
+      <c r="F101" s="94"/>
+      <c r="G101" s="94"/>
+      <c r="H101" s="94"/>
+      <c r="I101" s="94"/>
+      <c r="J101" s="94"/>
+      <c r="K101" s="94"/>
+      <c r="L101" s="94"/>
+      <c r="M101" s="94"/>
+      <c r="N101" s="94"/>
+      <c r="O101" s="94"/>
+      <c r="P101" s="94"/>
+      <c r="Q101" s="94"/>
+      <c r="R101" s="94"/>
+      <c r="S101" s="94"/>
+      <c r="T101" s="94"/>
+      <c r="U101" s="94"/>
+      <c r="V101" s="94"/>
     </row>
     <row r="102" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A102" s="90"/>
-      <c r="B102" s="92" t="s">
+      <c r="A102" s="93"/>
+      <c r="B102" s="95" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="92"/>
-[...18 lines deleted...]
-      <c r="V102" s="92"/>
+      <c r="C102" s="95"/>
+      <c r="D102" s="95"/>
+      <c r="E102" s="95"/>
+      <c r="F102" s="95"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
+      <c r="I102" s="95"/>
+      <c r="J102" s="95"/>
+      <c r="K102" s="95"/>
+      <c r="L102" s="95"/>
+      <c r="M102" s="95"/>
+      <c r="N102" s="95"/>
+      <c r="O102" s="95"/>
+      <c r="P102" s="95"/>
+      <c r="Q102" s="95"/>
+      <c r="R102" s="95"/>
+      <c r="S102" s="95"/>
+      <c r="T102" s="95"/>
+      <c r="U102" s="95"/>
+      <c r="V102" s="95"/>
     </row>
     <row r="103" spans="1:22" ht="25.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A103" s="90"/>
-      <c r="B103" s="81" t="s">
+      <c r="A103" s="93"/>
+      <c r="B103" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C103" s="82"/>
-[...1 lines deleted...]
-      <c r="E103" s="81" t="s">
+      <c r="C103" s="85"/>
+      <c r="D103" s="92"/>
+      <c r="E103" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F103" s="82"/>
-[...1 lines deleted...]
-      <c r="H103" s="81" t="s">
+      <c r="F103" s="85"/>
+      <c r="G103" s="92"/>
+      <c r="H103" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I103" s="82"/>
-[...1 lines deleted...]
-      <c r="K103" s="81" t="s">
+      <c r="I103" s="85"/>
+      <c r="J103" s="92"/>
+      <c r="K103" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L103" s="82"/>
-[...1 lines deleted...]
-      <c r="N103" s="81" t="s">
+      <c r="L103" s="85"/>
+      <c r="M103" s="92"/>
+      <c r="N103" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O103" s="82"/>
-[...1 lines deleted...]
-      <c r="Q103" s="81" t="s">
+      <c r="O103" s="85"/>
+      <c r="P103" s="92"/>
+      <c r="Q103" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R103" s="82"/>
-[...5 lines deleted...]
-      <c r="V103" s="83"/>
+      <c r="R103" s="85"/>
+      <c r="S103" s="92"/>
+      <c r="T103" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U103" s="85"/>
+      <c r="V103" s="86"/>
     </row>
     <row r="104" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A104" s="90"/>
+      <c r="A104" s="93"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="6" t="s">
@@ -20470,54 +20848,54 @@
         <v>13</v>
       </c>
       <c r="T104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V104" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10">
         <v>740</v>
       </c>
       <c r="C105" s="1">
         <v>392</v>
       </c>
       <c r="D105" s="16">
         <v>1132</v>
       </c>
-      <c r="E105" s="52">
+      <c r="E105" s="53">
         <v>328</v>
       </c>
-      <c r="F105" s="53">
+      <c r="F105" s="54">
         <v>403</v>
       </c>
       <c r="G105" s="16">
         <v>731</v>
       </c>
       <c r="H105" s="10">
         <v>506</v>
       </c>
       <c r="I105" s="1">
         <v>421</v>
       </c>
       <c r="J105" s="16">
         <v>927</v>
       </c>
       <c r="K105" s="10">
         <v>178</v>
       </c>
       <c r="L105" s="1">
         <v>207</v>
       </c>
       <c r="M105" s="16">
         <v>385</v>
       </c>
       <c r="N105" s="10">
         <v>20</v>
@@ -20541,54 +20919,54 @@
         <f>SUM(B105,E105,H105,K105,N105,Q105)</f>
         <v>1836</v>
       </c>
       <c r="U105" s="1">
         <f t="shared" ref="U105:U110" si="27">SUM(C105,F105,I105,L105,O105,R105)</f>
         <v>1518</v>
       </c>
       <c r="V105" s="15">
         <f t="shared" ref="V105:V110" si="28">SUM(D105,G105,J105,M105,P105,S105)</f>
         <v>3354</v>
       </c>
     </row>
     <row r="106" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10">
         <v>124</v>
       </c>
       <c r="C106" s="1">
         <v>51</v>
       </c>
       <c r="D106" s="16">
         <v>175</v>
       </c>
-      <c r="E106" s="52">
+      <c r="E106" s="53">
         <v>156</v>
       </c>
-      <c r="F106" s="53">
+      <c r="F106" s="54">
         <v>191</v>
       </c>
       <c r="G106" s="16">
         <v>347</v>
       </c>
       <c r="H106" s="10">
         <v>154</v>
       </c>
       <c r="I106" s="1">
         <v>113</v>
       </c>
       <c r="J106" s="16">
         <v>267</v>
       </c>
       <c r="K106" s="10">
         <v>125</v>
       </c>
       <c r="L106" s="1">
         <v>154</v>
       </c>
       <c r="M106" s="16">
         <v>279</v>
       </c>
       <c r="N106" s="10">
         <v>19</v>
@@ -20612,54 +20990,54 @@
         <f t="shared" ref="T106:T110" si="29">SUM(B106,E106,H106,K106,N106,Q106)</f>
         <v>586</v>
       </c>
       <c r="U106" s="1">
         <f t="shared" si="27"/>
         <v>549</v>
       </c>
       <c r="V106" s="15">
         <f t="shared" si="28"/>
         <v>1135</v>
       </c>
     </row>
     <row r="107" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10">
         <v>103</v>
       </c>
       <c r="C107" s="1">
         <v>57</v>
       </c>
       <c r="D107" s="16">
         <v>160</v>
       </c>
-      <c r="E107" s="52">
+      <c r="E107" s="53">
         <v>167</v>
       </c>
-      <c r="F107" s="53">
+      <c r="F107" s="54">
         <v>237</v>
       </c>
       <c r="G107" s="16">
         <v>404</v>
       </c>
       <c r="H107" s="10">
         <v>123</v>
       </c>
       <c r="I107" s="1">
         <v>128</v>
       </c>
       <c r="J107" s="16">
         <v>251</v>
       </c>
       <c r="K107" s="10">
         <v>72</v>
       </c>
       <c r="L107" s="1">
         <v>106</v>
       </c>
       <c r="M107" s="16">
         <v>178</v>
       </c>
       <c r="N107" s="10">
         <v>7</v>
@@ -20683,54 +21061,54 @@
         <f t="shared" si="29"/>
         <v>482</v>
       </c>
       <c r="U107" s="1">
         <f t="shared" si="27"/>
         <v>557</v>
       </c>
       <c r="V107" s="15">
         <f t="shared" si="28"/>
         <v>1039</v>
       </c>
     </row>
     <row r="108" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10">
         <v>134</v>
       </c>
       <c r="C108" s="1">
         <v>69</v>
       </c>
       <c r="D108" s="16">
         <v>203</v>
       </c>
-      <c r="E108" s="52">
+      <c r="E108" s="53">
         <v>136</v>
       </c>
-      <c r="F108" s="53">
+      <c r="F108" s="54">
         <v>166</v>
       </c>
       <c r="G108" s="16">
         <v>302</v>
       </c>
       <c r="H108" s="10">
         <v>122</v>
       </c>
       <c r="I108" s="1">
         <v>105</v>
       </c>
       <c r="J108" s="16">
         <v>227</v>
       </c>
       <c r="K108" s="10">
         <v>71</v>
       </c>
       <c r="L108" s="1">
         <v>106</v>
       </c>
       <c r="M108" s="16">
         <v>177</v>
       </c>
       <c r="N108" s="10">
         <v>6</v>
@@ -20754,54 +21132,54 @@
         <f t="shared" si="29"/>
         <v>485</v>
       </c>
       <c r="U108" s="1">
         <f t="shared" si="27"/>
         <v>482</v>
       </c>
       <c r="V108" s="15">
         <f t="shared" si="28"/>
         <v>967</v>
       </c>
     </row>
     <row r="109" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="10">
         <v>103</v>
       </c>
       <c r="C109" s="1">
         <v>38</v>
       </c>
       <c r="D109" s="16">
         <v>141</v>
       </c>
-      <c r="E109" s="52">
+      <c r="E109" s="53">
         <v>125</v>
       </c>
-      <c r="F109" s="53">
+      <c r="F109" s="54">
         <v>163</v>
       </c>
       <c r="G109" s="16">
         <v>288</v>
       </c>
       <c r="H109" s="10">
         <v>108</v>
       </c>
       <c r="I109" s="1">
         <v>102</v>
       </c>
       <c r="J109" s="16">
         <v>210</v>
       </c>
       <c r="K109" s="10">
         <v>82</v>
       </c>
       <c r="L109" s="1">
         <v>98</v>
       </c>
       <c r="M109" s="16">
         <v>180</v>
       </c>
       <c r="N109" s="10">
         <v>8</v>
@@ -20828,51 +21206,51 @@
       <c r="U109" s="1">
         <f t="shared" si="27"/>
         <v>427</v>
       </c>
       <c r="V109" s="15">
         <f t="shared" si="28"/>
         <v>866</v>
       </c>
     </row>
     <row r="110" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13">
         <v>1204</v>
       </c>
       <c r="C110" s="14">
         <v>607</v>
       </c>
       <c r="D110" s="17">
         <v>1811</v>
       </c>
       <c r="E110" s="22">
         <v>912</v>
       </c>
-      <c r="F110" s="51">
+      <c r="F110" s="52">
         <v>1160</v>
       </c>
       <c r="G110" s="17">
         <v>2072</v>
       </c>
       <c r="H110" s="13">
         <v>1013</v>
       </c>
       <c r="I110" s="14">
         <v>869</v>
       </c>
       <c r="J110" s="17">
         <v>1882</v>
       </c>
       <c r="K110" s="13">
         <v>528</v>
       </c>
       <c r="L110" s="14">
         <v>671</v>
       </c>
       <c r="M110" s="17">
         <v>1199</v>
       </c>
       <c r="N110" s="13">
         <v>60</v>
@@ -20884,143 +21262,143 @@
         <v>142</v>
       </c>
       <c r="Q110" s="13">
         <v>111</v>
       </c>
       <c r="R110" s="14">
         <v>144</v>
       </c>
       <c r="S110" s="17">
         <v>255</v>
       </c>
       <c r="T110" s="13">
         <f t="shared" si="29"/>
         <v>3828</v>
       </c>
       <c r="U110" s="14">
         <f t="shared" si="27"/>
         <v>3533</v>
       </c>
       <c r="V110" s="18">
         <f t="shared" si="28"/>
         <v>7361</v>
       </c>
     </row>
     <row r="112" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A112" s="90" t="s">
+      <c r="A112" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B112" s="91" t="s">
+      <c r="B112" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C112" s="91"/>
-[...18 lines deleted...]
-      <c r="V112" s="91"/>
+      <c r="C112" s="94"/>
+      <c r="D112" s="94"/>
+      <c r="E112" s="94"/>
+      <c r="F112" s="94"/>
+      <c r="G112" s="94"/>
+      <c r="H112" s="94"/>
+      <c r="I112" s="94"/>
+      <c r="J112" s="94"/>
+      <c r="K112" s="94"/>
+      <c r="L112" s="94"/>
+      <c r="M112" s="94"/>
+      <c r="N112" s="94"/>
+      <c r="O112" s="94"/>
+      <c r="P112" s="94"/>
+      <c r="Q112" s="94"/>
+      <c r="R112" s="94"/>
+      <c r="S112" s="94"/>
+      <c r="T112" s="94"/>
+      <c r="U112" s="94"/>
+      <c r="V112" s="94"/>
     </row>
     <row r="113" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A113" s="90"/>
-      <c r="B113" s="92" t="s">
+      <c r="A113" s="93"/>
+      <c r="B113" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="92"/>
-[...18 lines deleted...]
-      <c r="V113" s="92"/>
+      <c r="C113" s="95"/>
+      <c r="D113" s="95"/>
+      <c r="E113" s="95"/>
+      <c r="F113" s="95"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
+      <c r="I113" s="95"/>
+      <c r="J113" s="95"/>
+      <c r="K113" s="95"/>
+      <c r="L113" s="95"/>
+      <c r="M113" s="95"/>
+      <c r="N113" s="95"/>
+      <c r="O113" s="95"/>
+      <c r="P113" s="95"/>
+      <c r="Q113" s="95"/>
+      <c r="R113" s="95"/>
+      <c r="S113" s="95"/>
+      <c r="T113" s="95"/>
+      <c r="U113" s="95"/>
+      <c r="V113" s="95"/>
     </row>
     <row r="114" spans="1:22" ht="24.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A114" s="90"/>
-      <c r="B114" s="81" t="s">
+      <c r="A114" s="93"/>
+      <c r="B114" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C114" s="82"/>
-[...1 lines deleted...]
-      <c r="E114" s="81" t="s">
+      <c r="C114" s="85"/>
+      <c r="D114" s="92"/>
+      <c r="E114" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F114" s="82"/>
-[...1 lines deleted...]
-      <c r="H114" s="81" t="s">
+      <c r="F114" s="85"/>
+      <c r="G114" s="92"/>
+      <c r="H114" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I114" s="82"/>
-[...1 lines deleted...]
-      <c r="K114" s="81" t="s">
+      <c r="I114" s="85"/>
+      <c r="J114" s="92"/>
+      <c r="K114" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L114" s="82"/>
-[...1 lines deleted...]
-      <c r="N114" s="81" t="s">
+      <c r="L114" s="85"/>
+      <c r="M114" s="92"/>
+      <c r="N114" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O114" s="82"/>
-[...1 lines deleted...]
-      <c r="Q114" s="81" t="s">
+      <c r="O114" s="85"/>
+      <c r="P114" s="92"/>
+      <c r="Q114" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R114" s="82"/>
-[...5 lines deleted...]
-      <c r="V114" s="83"/>
+      <c r="R114" s="85"/>
+      <c r="S114" s="92"/>
+      <c r="T114" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U114" s="85"/>
+      <c r="V114" s="86"/>
     </row>
     <row r="115" spans="1:22" x14ac:dyDescent="0.35">
-      <c r="A115" s="90"/>
+      <c r="A115" s="93"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="6" t="s">
@@ -21467,145 +21845,144 @@
       <c r="P121" s="17">
         <v>138</v>
       </c>
       <c r="Q121" s="13">
         <v>124</v>
       </c>
       <c r="R121" s="14">
         <v>153</v>
       </c>
       <c r="S121" s="17">
         <v>277</v>
       </c>
       <c r="T121" s="13">
         <f t="shared" si="32"/>
         <v>3530</v>
       </c>
       <c r="U121" s="14">
         <f t="shared" si="30"/>
         <v>3596</v>
       </c>
       <c r="V121" s="18">
         <f t="shared" si="31"/>
         <v>7126</v>
       </c>
     </row>
-    <row r="122" spans="1:22" hidden="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="A123" s="90" t="s">
+    <row r="123" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A123" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B123" s="91" t="s">
+      <c r="B123" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C123" s="91"/>
-[...22 lines deleted...]
-      <c r="B124" s="92" t="s">
+      <c r="C123" s="94"/>
+      <c r="D123" s="94"/>
+      <c r="E123" s="94"/>
+      <c r="F123" s="94"/>
+      <c r="G123" s="94"/>
+      <c r="H123" s="94"/>
+      <c r="I123" s="94"/>
+      <c r="J123" s="94"/>
+      <c r="K123" s="94"/>
+      <c r="L123" s="94"/>
+      <c r="M123" s="94"/>
+      <c r="N123" s="94"/>
+      <c r="O123" s="94"/>
+      <c r="P123" s="94"/>
+      <c r="Q123" s="94"/>
+      <c r="R123" s="94"/>
+      <c r="S123" s="94"/>
+      <c r="T123" s="94"/>
+      <c r="U123" s="94"/>
+      <c r="V123" s="94"/>
+    </row>
+    <row r="124" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A124" s="93"/>
+      <c r="B124" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="92"/>
-[...22 lines deleted...]
-      <c r="B125" s="81" t="s">
+      <c r="C124" s="95"/>
+      <c r="D124" s="95"/>
+      <c r="E124" s="95"/>
+      <c r="F124" s="95"/>
+      <c r="G124" s="95"/>
+      <c r="H124" s="95"/>
+      <c r="I124" s="95"/>
+      <c r="J124" s="95"/>
+      <c r="K124" s="95"/>
+      <c r="L124" s="95"/>
+      <c r="M124" s="95"/>
+      <c r="N124" s="95"/>
+      <c r="O124" s="95"/>
+      <c r="P124" s="95"/>
+      <c r="Q124" s="95"/>
+      <c r="R124" s="95"/>
+      <c r="S124" s="95"/>
+      <c r="T124" s="95"/>
+      <c r="U124" s="95"/>
+      <c r="V124" s="95"/>
+    </row>
+    <row r="125" spans="1:22" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="93"/>
+      <c r="B125" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C125" s="82"/>
-[...1 lines deleted...]
-      <c r="E125" s="81" t="s">
+      <c r="C125" s="85"/>
+      <c r="D125" s="92"/>
+      <c r="E125" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F125" s="82"/>
-[...1 lines deleted...]
-      <c r="H125" s="81" t="s">
+      <c r="F125" s="85"/>
+      <c r="G125" s="92"/>
+      <c r="H125" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I125" s="82"/>
-[...1 lines deleted...]
-      <c r="K125" s="81" t="s">
+      <c r="I125" s="85"/>
+      <c r="J125" s="92"/>
+      <c r="K125" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L125" s="82"/>
-[...1 lines deleted...]
-      <c r="N125" s="81" t="s">
+      <c r="L125" s="85"/>
+      <c r="M125" s="92"/>
+      <c r="N125" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O125" s="82"/>
-[...1 lines deleted...]
-      <c r="Q125" s="81" t="s">
+      <c r="O125" s="85"/>
+      <c r="P125" s="92"/>
+      <c r="Q125" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R125" s="82"/>
-[...8 lines deleted...]
-      <c r="A126" s="90"/>
+      <c r="R125" s="85"/>
+      <c r="S125" s="92"/>
+      <c r="T125" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U125" s="85"/>
+      <c r="V125" s="86"/>
+    </row>
+    <row r="126" spans="1:22" x14ac:dyDescent="0.35">
+      <c r="A126" s="93"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="6" t="s">
@@ -21626,354 +22003,570 @@
       <c r="O126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S126" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="V126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B127" s="10"/>
-[...16 lines deleted...]
-      <c r="S127" s="16"/>
+      <c r="B127" s="10">
+        <v>576</v>
+      </c>
+      <c r="C127" s="1">
+        <v>364</v>
+      </c>
+      <c r="D127" s="16">
+        <v>940</v>
+      </c>
+      <c r="E127" s="10">
+        <v>250</v>
+      </c>
+      <c r="F127" s="1">
+        <v>407</v>
+      </c>
+      <c r="G127" s="16">
+        <v>657</v>
+      </c>
+      <c r="H127" s="10">
+        <v>324</v>
+      </c>
+      <c r="I127" s="1">
+        <v>435</v>
+      </c>
+      <c r="J127" s="16">
+        <v>759</v>
+      </c>
+      <c r="K127" s="10">
+        <v>143</v>
+      </c>
+      <c r="L127" s="1">
+        <v>208</v>
+      </c>
+      <c r="M127" s="16">
+        <v>351</v>
+      </c>
+      <c r="N127" s="10">
+        <v>12</v>
+      </c>
+      <c r="O127" s="1">
+        <v>15</v>
+      </c>
+      <c r="P127" s="16">
+        <v>27</v>
+      </c>
+      <c r="Q127" s="10">
+        <v>58</v>
+      </c>
+      <c r="R127" s="1">
+        <v>75</v>
+      </c>
+      <c r="S127" s="16">
+        <v>133</v>
+      </c>
       <c r="T127" s="10">
         <f>SUM(B127,E127,H127,K127,N127,Q127)</f>
-        <v>0</v>
+        <v>1363</v>
       </c>
       <c r="U127" s="1">
         <f t="shared" ref="U127:U132" si="33">SUM(C127,F127,I127,L127,O127,R127)</f>
-        <v>0</v>
+        <v>1504</v>
       </c>
       <c r="V127" s="15">
         <f t="shared" ref="V127:V132" si="34">SUM(D127,G127,J127,M127,P127,S127)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:22" hidden="1" x14ac:dyDescent="0.35">
+        <v>2867</v>
+      </c>
+    </row>
+    <row r="128" spans="1:22" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B128" s="10"/>
-[...16 lines deleted...]
-      <c r="S128" s="16"/>
+      <c r="B128" s="10">
+        <v>122</v>
+      </c>
+      <c r="C128" s="1">
+        <v>66</v>
+      </c>
+      <c r="D128" s="16">
+        <v>188</v>
+      </c>
+      <c r="E128" s="10">
+        <v>127</v>
+      </c>
+      <c r="F128" s="1">
+        <v>368</v>
+      </c>
+      <c r="G128" s="16">
+        <v>495</v>
+      </c>
+      <c r="H128" s="10">
+        <v>126</v>
+      </c>
+      <c r="I128" s="1">
+        <v>197</v>
+      </c>
+      <c r="J128" s="16">
+        <v>323</v>
+      </c>
+      <c r="K128" s="10">
+        <v>99</v>
+      </c>
+      <c r="L128" s="1">
+        <v>236</v>
+      </c>
+      <c r="M128" s="16">
+        <v>335</v>
+      </c>
+      <c r="N128" s="10">
+        <v>13</v>
+      </c>
+      <c r="O128" s="1">
+        <v>23</v>
+      </c>
+      <c r="P128" s="16">
+        <v>36</v>
+      </c>
+      <c r="Q128" s="10">
+        <v>10</v>
+      </c>
+      <c r="R128" s="1">
+        <v>22</v>
+      </c>
+      <c r="S128" s="16">
+        <v>32</v>
+      </c>
       <c r="T128" s="10">
         <f t="shared" ref="T128:T132" si="35">SUM(B128,E128,H128,K128,N128,Q128)</f>
-        <v>0</v>
+        <v>497</v>
       </c>
       <c r="U128" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>912</v>
       </c>
       <c r="V128" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:26" hidden="1" x14ac:dyDescent="0.35">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="129" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B129" s="10"/>
-[...16 lines deleted...]
-      <c r="S129" s="16"/>
+      <c r="B129" s="10">
+        <v>97</v>
+      </c>
+      <c r="C129" s="1">
+        <v>50</v>
+      </c>
+      <c r="D129" s="16">
+        <v>147</v>
+      </c>
+      <c r="E129" s="10">
+        <v>139</v>
+      </c>
+      <c r="F129" s="1">
+        <v>295</v>
+      </c>
+      <c r="G129" s="16">
+        <v>434</v>
+      </c>
+      <c r="H129" s="10">
+        <v>82</v>
+      </c>
+      <c r="I129" s="1">
+        <v>126</v>
+      </c>
+      <c r="J129" s="16">
+        <v>208</v>
+      </c>
+      <c r="K129" s="10">
+        <v>67</v>
+      </c>
+      <c r="L129" s="1">
+        <v>109</v>
+      </c>
+      <c r="M129" s="16">
+        <v>176</v>
+      </c>
+      <c r="N129" s="10">
+        <v>6</v>
+      </c>
+      <c r="O129" s="1">
+        <v>8</v>
+      </c>
+      <c r="P129" s="16">
+        <v>14</v>
+      </c>
+      <c r="Q129" s="10">
+        <v>14</v>
+      </c>
+      <c r="R129" s="1">
+        <v>29</v>
+      </c>
+      <c r="S129" s="16">
+        <v>43</v>
+      </c>
       <c r="T129" s="10">
         <f t="shared" si="35"/>
-        <v>0</v>
+        <v>405</v>
       </c>
       <c r="U129" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>617</v>
       </c>
       <c r="V129" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:26" hidden="1" x14ac:dyDescent="0.35">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="130" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B130" s="10"/>
-[...16 lines deleted...]
-      <c r="S130" s="16"/>
+      <c r="B130" s="10">
+        <v>108</v>
+      </c>
+      <c r="C130" s="1">
+        <v>45</v>
+      </c>
+      <c r="D130" s="16">
+        <v>153</v>
+      </c>
+      <c r="E130" s="10">
+        <v>132</v>
+      </c>
+      <c r="F130" s="1">
+        <v>290</v>
+      </c>
+      <c r="G130" s="16">
+        <v>422</v>
+      </c>
+      <c r="H130" s="10">
+        <v>105</v>
+      </c>
+      <c r="I130" s="1">
+        <v>129</v>
+      </c>
+      <c r="J130" s="16">
+        <v>234</v>
+      </c>
+      <c r="K130" s="10">
+        <v>80</v>
+      </c>
+      <c r="L130" s="1">
+        <v>146</v>
+      </c>
+      <c r="M130" s="16">
+        <v>226</v>
+      </c>
+      <c r="N130" s="10">
+        <v>7</v>
+      </c>
+      <c r="O130" s="1">
+        <v>14</v>
+      </c>
+      <c r="P130" s="16">
+        <v>21</v>
+      </c>
+      <c r="Q130" s="10">
+        <v>10</v>
+      </c>
+      <c r="R130" s="1">
+        <v>15</v>
+      </c>
+      <c r="S130" s="16">
+        <v>25</v>
+      </c>
       <c r="T130" s="10">
         <f t="shared" si="35"/>
-        <v>0</v>
+        <v>442</v>
       </c>
       <c r="U130" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>639</v>
       </c>
       <c r="V130" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:26" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="131" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B131" s="10"/>
-[...16 lines deleted...]
-      <c r="S131" s="16"/>
+      <c r="B131" s="10">
+        <v>77</v>
+      </c>
+      <c r="C131" s="1">
+        <v>47</v>
+      </c>
+      <c r="D131" s="16">
+        <v>124</v>
+      </c>
+      <c r="E131" s="10">
+        <v>128</v>
+      </c>
+      <c r="F131" s="1">
+        <v>222</v>
+      </c>
+      <c r="G131" s="16">
+        <v>350</v>
+      </c>
+      <c r="H131" s="10">
+        <v>108</v>
+      </c>
+      <c r="I131" s="1">
+        <v>147</v>
+      </c>
+      <c r="J131" s="16">
+        <v>255</v>
+      </c>
+      <c r="K131" s="10">
+        <v>88</v>
+      </c>
+      <c r="L131" s="1">
+        <v>158</v>
+      </c>
+      <c r="M131" s="16">
+        <v>246</v>
+      </c>
+      <c r="N131" s="10">
+        <v>17</v>
+      </c>
+      <c r="O131" s="1">
+        <v>24</v>
+      </c>
+      <c r="P131" s="16">
+        <v>41</v>
+      </c>
+      <c r="Q131" s="10">
+        <v>23</v>
+      </c>
+      <c r="R131" s="1">
+        <v>20</v>
+      </c>
+      <c r="S131" s="16">
+        <v>43</v>
+      </c>
       <c r="T131" s="10">
         <f t="shared" si="35"/>
-        <v>0</v>
+        <v>441</v>
       </c>
       <c r="U131" s="1">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>618</v>
       </c>
       <c r="V131" s="15">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:26" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="132" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B132" s="13"/>
-[...16 lines deleted...]
-      <c r="S132" s="17"/>
+      <c r="B132" s="13">
+        <v>980</v>
+      </c>
+      <c r="C132" s="14">
+        <v>572</v>
+      </c>
+      <c r="D132" s="17">
+        <v>1552</v>
+      </c>
+      <c r="E132" s="13">
+        <v>776</v>
+      </c>
+      <c r="F132" s="14">
+        <v>1582</v>
+      </c>
+      <c r="G132" s="17">
+        <v>2358</v>
+      </c>
+      <c r="H132" s="13">
+        <v>745</v>
+      </c>
+      <c r="I132" s="14">
+        <v>1034</v>
+      </c>
+      <c r="J132" s="17">
+        <v>1779</v>
+      </c>
+      <c r="K132" s="13">
+        <v>477</v>
+      </c>
+      <c r="L132" s="14">
+        <v>857</v>
+      </c>
+      <c r="M132" s="17">
+        <v>1334</v>
+      </c>
+      <c r="N132" s="13">
+        <v>55</v>
+      </c>
+      <c r="O132" s="14">
+        <v>84</v>
+      </c>
+      <c r="P132" s="17">
+        <v>139</v>
+      </c>
+      <c r="Q132" s="13">
+        <v>115</v>
+      </c>
+      <c r="R132" s="14">
+        <v>161</v>
+      </c>
+      <c r="S132" s="17">
+        <v>276</v>
+      </c>
       <c r="T132" s="13">
         <f t="shared" si="35"/>
-        <v>0</v>
+        <v>3148</v>
       </c>
       <c r="U132" s="14">
         <f t="shared" si="33"/>
-        <v>0</v>
+        <v>4290</v>
       </c>
       <c r="V132" s="18">
         <f t="shared" si="34"/>
-        <v>0</v>
-[...3 lines deleted...]
-      <c r="A134" s="90" t="s">
+        <v>7438</v>
+      </c>
+    </row>
+    <row r="134" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A134" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="B134" s="91" t="s">
+      <c r="B134" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="C134" s="91"/>
-[...22 lines deleted...]
-      <c r="B135" s="98" t="s">
+      <c r="C134" s="94"/>
+      <c r="D134" s="94"/>
+      <c r="E134" s="94"/>
+      <c r="F134" s="94"/>
+      <c r="G134" s="94"/>
+      <c r="H134" s="94"/>
+      <c r="I134" s="94"/>
+      <c r="J134" s="94"/>
+      <c r="K134" s="94"/>
+      <c r="L134" s="94"/>
+      <c r="M134" s="94"/>
+      <c r="N134" s="94"/>
+      <c r="O134" s="94"/>
+      <c r="P134" s="94"/>
+      <c r="Q134" s="94"/>
+      <c r="R134" s="94"/>
+      <c r="S134" s="94"/>
+      <c r="T134" s="94"/>
+      <c r="U134" s="94"/>
+      <c r="V134" s="94"/>
+    </row>
+    <row r="135" spans="1:25" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A135" s="93"/>
+      <c r="B135" s="101" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="99"/>
-[...22 lines deleted...]
-      <c r="B136" s="81" t="s">
+      <c r="C135" s="102"/>
+      <c r="D135" s="102"/>
+      <c r="E135" s="102"/>
+      <c r="F135" s="102"/>
+      <c r="G135" s="102"/>
+      <c r="H135" s="102"/>
+      <c r="I135" s="102"/>
+      <c r="J135" s="102"/>
+      <c r="K135" s="102"/>
+      <c r="L135" s="102"/>
+      <c r="M135" s="102"/>
+      <c r="N135" s="102"/>
+      <c r="O135" s="102"/>
+      <c r="P135" s="102"/>
+      <c r="Q135" s="102"/>
+      <c r="R135" s="102"/>
+      <c r="S135" s="102"/>
+      <c r="T135" s="102"/>
+      <c r="U135" s="102"/>
+      <c r="V135" s="103"/>
+    </row>
+    <row r="136" spans="1:25" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="93"/>
+      <c r="B136" s="84" t="s">
         <v>26</v>
       </c>
-      <c r="C136" s="82"/>
-[...1 lines deleted...]
-      <c r="E136" s="81" t="s">
+      <c r="C136" s="85"/>
+      <c r="D136" s="92"/>
+      <c r="E136" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="F136" s="82"/>
-[...1 lines deleted...]
-      <c r="H136" s="81" t="s">
+      <c r="F136" s="85"/>
+      <c r="G136" s="92"/>
+      <c r="H136" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="I136" s="82"/>
-[...1 lines deleted...]
-      <c r="K136" s="81" t="s">
+      <c r="I136" s="85"/>
+      <c r="J136" s="92"/>
+      <c r="K136" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="L136" s="82"/>
-[...1 lines deleted...]
-      <c r="N136" s="81" t="s">
+      <c r="L136" s="85"/>
+      <c r="M136" s="92"/>
+      <c r="N136" s="84" t="s">
         <v>30</v>
       </c>
-      <c r="O136" s="82"/>
-[...1 lines deleted...]
-      <c r="Q136" s="81" t="s">
+      <c r="O136" s="85"/>
+      <c r="P136" s="92"/>
+      <c r="Q136" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="R136" s="82"/>
-[...8 lines deleted...]
-      <c r="A137" s="90"/>
+      <c r="R136" s="85"/>
+      <c r="S136" s="92"/>
+      <c r="T136" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="U136" s="85"/>
+      <c r="V136" s="86"/>
+    </row>
+    <row r="137" spans="1:25" x14ac:dyDescent="0.35">
+      <c r="A137" s="93"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="J137" s="6" t="s">
@@ -21994,654 +22587,625 @@
       <c r="O137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="P137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="Q137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="S137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T137" s="8" t="s">
         <v>14</v>
       </c>
       <c r="U137" s="35" t="s">
         <v>15</v>
       </c>
       <c r="V137" s="36" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="138" spans="1:26" x14ac:dyDescent="0.35">
+    <row r="138" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B138" s="39">
+      <c r="B138" s="40">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>8339</v>
-[...1 lines deleted...]
-      <c r="C138" s="39">
+        <v>8915</v>
+      </c>
+      <c r="C138" s="40">
         <f t="shared" ref="C138:D138" si="36">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>4396</v>
-[...1 lines deleted...]
-      <c r="D138" s="39">
+        <v>4760</v>
+      </c>
+      <c r="D138" s="40">
         <f t="shared" si="36"/>
-        <v>12735</v>
-[...1 lines deleted...]
-      <c r="E138" s="39">
+        <v>13675</v>
+      </c>
+      <c r="E138" s="40">
         <f>SUM(E6,E17,E28,E39,E50,E61,E72,E83,E94,E105,E116,E127)</f>
-        <v>3965</v>
+        <v>4215</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" ref="F138:V138" si="37">SUM(F6,F17,F28,F39,F50,F61,F72,F83,F94,F105,F116,F127)</f>
-        <v>4357</v>
-[...1 lines deleted...]
-      <c r="G138" s="40">
+        <v>4764</v>
+      </c>
+      <c r="G138" s="41">
         <f t="shared" si="37"/>
-        <v>8322</v>
-[...1 lines deleted...]
-      <c r="H138" s="39">
+        <v>8979</v>
+      </c>
+      <c r="H138" s="40">
         <f t="shared" si="37"/>
-        <v>4961</v>
+        <v>5285</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="37"/>
-        <v>4820</v>
-[...1 lines deleted...]
-      <c r="J138" s="40">
+        <v>5255</v>
+      </c>
+      <c r="J138" s="41">
         <f t="shared" si="37"/>
-        <v>9781</v>
-[...1 lines deleted...]
-      <c r="K138" s="55">
+        <v>10540</v>
+      </c>
+      <c r="K138" s="56">
         <f>SUM(K6,K17,K28,K39,K50,K61,K72,K83,K94,K105,K116,K127)</f>
-        <v>1803</v>
-[...1 lines deleted...]
-      <c r="L138" s="53">
+        <v>1946</v>
+      </c>
+      <c r="L138" s="54">
         <f t="shared" si="37"/>
-        <v>2287</v>
-[...1 lines deleted...]
-      <c r="M138" s="58">
+        <v>2495</v>
+      </c>
+      <c r="M138" s="59">
         <f t="shared" si="37"/>
-        <v>4090</v>
-[...1 lines deleted...]
-      <c r="N138" s="39">
+        <v>4441</v>
+      </c>
+      <c r="N138" s="40">
         <f t="shared" si="37"/>
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="37"/>
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="P138" s="40">
+        <v>205</v>
+      </c>
+      <c r="P138" s="41">
         <f t="shared" si="37"/>
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="Q138" s="39">
+        <v>351</v>
+      </c>
+      <c r="Q138" s="40">
         <f t="shared" si="37"/>
-        <v>699</v>
+        <v>757</v>
       </c>
       <c r="R138" s="1">
         <f t="shared" si="37"/>
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="S138" s="40">
+        <v>853</v>
+      </c>
+      <c r="S138" s="41">
         <f t="shared" si="37"/>
-        <v>1477</v>
-[...1 lines deleted...]
-      <c r="T138" s="55">
+        <v>1610</v>
+      </c>
+      <c r="T138" s="56">
         <f>SUM(T6,T17,T28,T39,T50,T61,T72,T83,T94,T105,T116,T127)</f>
-        <v>19901</v>
-[...5 lines deleted...]
-      <c r="V138" s="56">
+        <v>21264</v>
+      </c>
+      <c r="U138" s="54">
         <f t="shared" si="37"/>
-        <v>36729</v>
+        <v>18332</v>
+      </c>
+      <c r="V138" s="57">
+        <f t="shared" si="37"/>
+        <v>39596</v>
       </c>
       <c r="W138" s="28"/>
       <c r="X138" s="28"/>
       <c r="Y138" s="28"/>
-      <c r="Z138" s="28"/>
-[...1 lines deleted...]
-    <row r="139" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="139" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B139" s="39">
+      <c r="B139" s="40">
         <f t="shared" ref="B139:D143" si="38">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>1340</v>
-[...1 lines deleted...]
-      <c r="C139" s="39">
+        <v>1462</v>
+      </c>
+      <c r="C139" s="40">
         <f t="shared" si="38"/>
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D139" s="39">
+        <v>654</v>
+      </c>
+      <c r="D139" s="40">
         <f t="shared" si="38"/>
-        <v>1928</v>
-[...1 lines deleted...]
-      <c r="E139" s="39">
+        <v>2116</v>
+      </c>
+      <c r="E139" s="40">
         <f t="shared" ref="E139:V139" si="39">SUM(E7,E18,E29,E40,E51,E62,E73,E84,E95,E106,E117,E128)</f>
-        <v>1638</v>
+        <v>1765</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="39"/>
-        <v>2114</v>
-[...1 lines deleted...]
-      <c r="G139" s="40">
+        <v>2482</v>
+      </c>
+      <c r="G139" s="41">
         <f t="shared" si="39"/>
-        <v>3752</v>
-[...1 lines deleted...]
-      <c r="H139" s="39">
+        <v>4247</v>
+      </c>
+      <c r="H139" s="40">
         <f t="shared" si="39"/>
-        <v>1519</v>
+        <v>1645</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="39"/>
-        <v>1409</v>
-[...1 lines deleted...]
-      <c r="J139" s="40">
+        <v>1606</v>
+      </c>
+      <c r="J139" s="41">
         <f t="shared" si="39"/>
-        <v>2928</v>
-[...1 lines deleted...]
-      <c r="K139" s="55">
+        <v>3251</v>
+      </c>
+      <c r="K139" s="56">
         <f t="shared" si="39"/>
-        <v>1177</v>
-[...1 lines deleted...]
-      <c r="L139" s="53">
+        <v>1276</v>
+      </c>
+      <c r="L139" s="54">
         <f t="shared" si="39"/>
-        <v>1594</v>
-[...1 lines deleted...]
-      <c r="M139" s="58">
+        <v>1830</v>
+      </c>
+      <c r="M139" s="59">
         <f t="shared" si="39"/>
-        <v>2771</v>
-[...1 lines deleted...]
-      <c r="N139" s="39">
+        <v>3106</v>
+      </c>
+      <c r="N139" s="40">
         <f t="shared" si="39"/>
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="39"/>
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="P139" s="40">
+        <v>253</v>
+      </c>
+      <c r="P139" s="41">
         <f t="shared" si="39"/>
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="Q139" s="39">
+        <v>436</v>
+      </c>
+      <c r="Q139" s="40">
         <f t="shared" si="39"/>
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="R139" s="1">
-        <f>SUM(R7,R18,R29,R40,R51,R62,R73,R84,R95,R106,R117,R128)</f>
-[...2 lines deleted...]
-      <c r="S139" s="40">
         <f t="shared" si="39"/>
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="T139" s="55">
+        <v>232</v>
+      </c>
+      <c r="S139" s="41">
+        <f t="shared" si="39"/>
+        <v>391</v>
+      </c>
+      <c r="T139" s="56">
         <f>SUM(T7,T18,T29,T40,T51,T62,T73,T84,T95,T106,T117,T128)</f>
-        <v>5993</v>
-[...1 lines deleted...]
-      <c r="U139" s="53">
+        <v>6490</v>
+      </c>
+      <c r="U139" s="54">
         <f t="shared" si="39"/>
-        <v>6145</v>
-[...1 lines deleted...]
-      <c r="V139" s="56">
+        <v>7057</v>
+      </c>
+      <c r="V139" s="57">
         <f t="shared" si="39"/>
-        <v>12138</v>
+        <v>13547</v>
       </c>
       <c r="W139" s="28"/>
       <c r="X139" s="28"/>
       <c r="Y139" s="28"/>
-      <c r="Z139" s="28"/>
-[...1 lines deleted...]
-    <row r="140" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="140" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B140" s="39">
+      <c r="B140" s="40">
         <f>SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="C140" s="39">
+        <v>1344</v>
+      </c>
+      <c r="C140" s="40">
         <f t="shared" si="38"/>
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="D140" s="39">
+        <v>673</v>
+      </c>
+      <c r="D140" s="40">
         <f t="shared" si="38"/>
-        <v>1870</v>
-[...1 lines deleted...]
-      <c r="E140" s="39">
+        <v>2017</v>
+      </c>
+      <c r="E140" s="40">
         <f t="shared" ref="E140:V140" si="40">SUM(E8,E19,E30,E41,E52,E63,E74,E85,E96,E107,E118,E129)</f>
-        <v>1959</v>
+        <v>2098</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="40"/>
-        <v>2466</v>
-[...1 lines deleted...]
-      <c r="G140" s="40">
+        <v>2761</v>
+      </c>
+      <c r="G140" s="41">
         <f>SUM(G8,G19,G30,G41,G52,G63,G74,G85,G96,G107,G118,G129)</f>
-        <v>4425</v>
-[...1 lines deleted...]
-      <c r="H140" s="39">
+        <v>4859</v>
+      </c>
+      <c r="H140" s="40">
         <f t="shared" si="40"/>
-        <v>1269</v>
+        <v>1351</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="40"/>
-        <v>1469</v>
-[...1 lines deleted...]
-      <c r="J140" s="40">
+        <v>1595</v>
+      </c>
+      <c r="J140" s="41">
         <f t="shared" si="40"/>
-        <v>2738</v>
-[...1 lines deleted...]
-      <c r="K140" s="55">
+        <v>2946</v>
+      </c>
+      <c r="K140" s="56">
         <f t="shared" si="40"/>
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="L140" s="53">
+        <v>868</v>
+      </c>
+      <c r="L140" s="54">
         <f t="shared" si="40"/>
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="M140" s="58">
+        <v>1268</v>
+      </c>
+      <c r="M140" s="59">
         <f t="shared" si="40"/>
-        <v>1960</v>
-[...1 lines deleted...]
-      <c r="N140" s="39">
+        <v>2136</v>
+      </c>
+      <c r="N140" s="40">
         <f t="shared" si="40"/>
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="40"/>
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="P140" s="40">
+        <v>158</v>
+      </c>
+      <c r="P140" s="41">
         <f t="shared" si="40"/>
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="Q140" s="39">
+        <v>264</v>
+      </c>
+      <c r="Q140" s="40">
         <f t="shared" si="40"/>
-        <v>169</v>
+        <v>183</v>
       </c>
       <c r="R140" s="1">
         <f t="shared" si="40"/>
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="S140" s="40">
+        <v>261</v>
+      </c>
+      <c r="S140" s="41">
         <f t="shared" si="40"/>
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="T140" s="55">
+        <v>444</v>
+      </c>
+      <c r="T140" s="56">
         <f t="shared" si="40"/>
-        <v>5545</v>
-[...1 lines deleted...]
-      <c r="U140" s="53">
+        <v>5950</v>
+      </c>
+      <c r="U140" s="54">
         <f t="shared" si="40"/>
-        <v>6099</v>
-[...1 lines deleted...]
-      <c r="V140" s="56">
+        <v>6716</v>
+      </c>
+      <c r="V140" s="57">
         <f t="shared" si="40"/>
-        <v>11644</v>
+        <v>12666</v>
       </c>
       <c r="W140" s="28"/>
       <c r="X140" s="28"/>
       <c r="Y140" s="28"/>
-      <c r="Z140" s="28"/>
-[...1 lines deleted...]
-    <row r="141" spans="1:26" x14ac:dyDescent="0.35">
+    </row>
+    <row r="141" spans="1:25" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B141" s="39">
+      <c r="B141" s="40">
         <f t="shared" si="38"/>
-        <v>1475</v>
-[...1 lines deleted...]
-      <c r="C141" s="39">
+        <v>1583</v>
+      </c>
+      <c r="C141" s="40">
         <f t="shared" si="38"/>
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="D141" s="39">
+        <v>675</v>
+      </c>
+      <c r="D141" s="40">
         <f t="shared" si="38"/>
-        <v>2105</v>
-[...1 lines deleted...]
-      <c r="E141" s="39">
+        <v>2258</v>
+      </c>
+      <c r="E141" s="40">
         <f t="shared" ref="E141:V141" si="41">SUM(E9,E20,E31,E42,E53,E64,E75,E86,E97,E108,E119,E130)</f>
-        <v>1495</v>
+        <v>1627</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="41"/>
-        <v>1951</v>
-[...1 lines deleted...]
-      <c r="G141" s="40">
+        <v>2241</v>
+      </c>
+      <c r="G141" s="41">
         <f t="shared" si="41"/>
-        <v>3446</v>
-[...1 lines deleted...]
-      <c r="H141" s="39">
+        <v>3868</v>
+      </c>
+      <c r="H141" s="40">
         <f t="shared" si="41"/>
-        <v>1277</v>
+        <v>1382</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="41"/>
-        <v>1109</v>
-[...1 lines deleted...]
-      <c r="J141" s="40">
+        <v>1238</v>
+      </c>
+      <c r="J141" s="41">
         <f t="shared" si="41"/>
-        <v>2386</v>
-[...1 lines deleted...]
-      <c r="K141" s="39">
+        <v>2620</v>
+      </c>
+      <c r="K141" s="40">
         <f t="shared" si="41"/>
-        <v>896</v>
+        <v>976</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="41"/>
-        <v>1165</v>
-[...1 lines deleted...]
-      <c r="M141" s="40">
+        <v>1311</v>
+      </c>
+      <c r="M141" s="41">
         <f t="shared" si="41"/>
-        <v>2061</v>
-[...1 lines deleted...]
-      <c r="N141" s="39">
+        <v>2287</v>
+      </c>
+      <c r="N141" s="40">
         <f t="shared" si="41"/>
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="41"/>
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="P141" s="40">
+        <v>160</v>
+      </c>
+      <c r="P141" s="41">
         <f t="shared" si="41"/>
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="Q141" s="39">
+        <v>255</v>
+      </c>
+      <c r="Q141" s="40">
         <f t="shared" si="41"/>
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="R141" s="1">
         <f t="shared" si="41"/>
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="S141" s="40">
+        <v>210</v>
+      </c>
+      <c r="S141" s="41">
         <f t="shared" si="41"/>
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="T141" s="39">
+        <v>371</v>
+      </c>
+      <c r="T141" s="40">
         <f>SUM(T9,T20,T31,T42,T53,T64,T75,T86,T97,T108,T119,T130)</f>
-        <v>5382</v>
+        <v>5824</v>
       </c>
       <c r="U141" s="1">
         <f>SUM(U9,U20,U31,U42,U53,U64,U75,U86,U97,U108,U119,U130)</f>
-        <v>5196</v>
-[...1 lines deleted...]
-      <c r="V141" s="45">
+        <v>5835</v>
+      </c>
+      <c r="V141" s="46">
         <f t="shared" si="41"/>
-        <v>10578</v>
+        <v>11659</v>
       </c>
       <c r="W141" s="28"/>
       <c r="X141" s="28"/>
       <c r="Y141" s="28"/>
-      <c r="Z141" s="28"/>
-[...1 lines deleted...]
-    <row r="142" spans="1:26" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    </row>
+    <row r="142" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B142" s="42">
+      <c r="B142" s="43">
         <f t="shared" si="38"/>
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="C142" s="42">
+        <v>1212</v>
+      </c>
+      <c r="C142" s="43">
         <f t="shared" si="38"/>
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="D142" s="42">
+        <v>582</v>
+      </c>
+      <c r="D142" s="43">
         <f t="shared" si="38"/>
-        <v>1670</v>
-[...1 lines deleted...]
-      <c r="E142" s="42">
+        <v>1794</v>
+      </c>
+      <c r="E142" s="43">
         <f t="shared" ref="E142:V142" si="42">SUM(E10,E21,E32,E43,E54,E65,E76,E87,E98,E109,E120,E131)</f>
-        <v>1467</v>
+        <v>1595</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="42"/>
-        <v>1769</v>
-[...1 lines deleted...]
-      <c r="G142" s="43">
+        <v>1991</v>
+      </c>
+      <c r="G142" s="44">
         <f t="shared" si="42"/>
-        <v>3236</v>
-[...1 lines deleted...]
-      <c r="H142" s="42">
+        <v>3586</v>
+      </c>
+      <c r="H142" s="43">
         <f t="shared" si="42"/>
-        <v>1278</v>
+        <v>1386</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="42"/>
-        <v>1194</v>
-[...1 lines deleted...]
-      <c r="J142" s="43">
+        <v>1341</v>
+      </c>
+      <c r="J142" s="44">
         <f t="shared" si="42"/>
-        <v>2472</v>
-[...1 lines deleted...]
-      <c r="K142" s="42">
+        <v>2727</v>
+      </c>
+      <c r="K142" s="43">
         <f t="shared" si="42"/>
-        <v>890</v>
+        <v>978</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="42"/>
-        <v>1227</v>
-[...1 lines deleted...]
-      <c r="M142" s="43">
+        <v>1385</v>
+      </c>
+      <c r="M142" s="44">
         <f t="shared" si="42"/>
-        <v>2117</v>
-[...1 lines deleted...]
-      <c r="N142" s="42">
+        <v>2363</v>
+      </c>
+      <c r="N142" s="43">
         <f t="shared" si="42"/>
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="42"/>
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="P142" s="43">
+        <v>192</v>
+      </c>
+      <c r="P142" s="44">
         <f t="shared" si="42"/>
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="Q142" s="42">
+        <v>323</v>
+      </c>
+      <c r="Q142" s="43">
         <f t="shared" si="42"/>
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="R142" s="33">
         <f t="shared" si="42"/>
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="S142" s="43">
+        <v>248</v>
+      </c>
+      <c r="S142" s="44">
         <f t="shared" si="42"/>
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="T142" s="42">
+        <v>435</v>
+      </c>
+      <c r="T142" s="43">
         <f t="shared" si="42"/>
-        <v>5048</v>
+        <v>5489</v>
       </c>
       <c r="U142" s="33">
         <f t="shared" si="42"/>
-        <v>5121</v>
-[...1 lines deleted...]
-      <c r="V142" s="46">
+        <v>5739</v>
+      </c>
+      <c r="V142" s="47">
         <f t="shared" si="42"/>
-        <v>10169</v>
+        <v>11228</v>
       </c>
       <c r="W142" s="28"/>
       <c r="X142" s="28"/>
       <c r="Y142" s="28"/>
-      <c r="Z142" s="28"/>
-[...1 lines deleted...]
-    <row r="143" spans="1:26" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    </row>
+    <row r="143" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B143" s="41">
+      <c r="B143" s="42">
         <f t="shared" si="38"/>
-        <v>13536</v>
-[...1 lines deleted...]
-      <c r="C143" s="41">
+        <v>14516</v>
+      </c>
+      <c r="C143" s="42">
         <f t="shared" si="38"/>
-        <v>6772</v>
-[...1 lines deleted...]
-      <c r="D143" s="61">
+        <v>7344</v>
+      </c>
+      <c r="D143" s="64">
         <f t="shared" si="38"/>
-        <v>20308</v>
-[...1 lines deleted...]
-      <c r="E143" s="41">
+        <v>21860</v>
+      </c>
+      <c r="E143" s="42">
         <f t="shared" ref="E143:V143" si="43">SUM(E11,E22,E33,E44,E55,E66,E77,E88,E99,E110,E121,E132)</f>
-        <v>10524</v>
+        <v>11300</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="43"/>
-        <v>12657</v>
-[...1 lines deleted...]
-      <c r="G143" s="44">
+        <v>14239</v>
+      </c>
+      <c r="G143" s="45">
         <f t="shared" si="43"/>
-        <v>23181</v>
-[...1 lines deleted...]
-      <c r="H143" s="41">
+        <v>25539</v>
+      </c>
+      <c r="H143" s="42">
         <f t="shared" si="43"/>
-        <v>10304</v>
+        <v>11049</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="43"/>
-        <v>10001</v>
-[...1 lines deleted...]
-      <c r="J143" s="44">
+        <v>11035</v>
+      </c>
+      <c r="J143" s="45">
         <f t="shared" si="43"/>
-        <v>20305</v>
-[...1 lines deleted...]
-      <c r="K143" s="41">
+        <v>22084</v>
+      </c>
+      <c r="K143" s="42">
         <f t="shared" si="43"/>
-        <v>5567</v>
+        <v>6044</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="43"/>
-        <v>7432</v>
-[...1 lines deleted...]
-      <c r="M143" s="44">
+        <v>8289</v>
+      </c>
+      <c r="M143" s="45">
         <f t="shared" si="43"/>
-        <v>12999</v>
-[...1 lines deleted...]
-      <c r="N143" s="41">
+        <v>14333</v>
+      </c>
+      <c r="N143" s="42">
         <f t="shared" si="43"/>
-        <v>606</v>
+        <v>661</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="43"/>
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="P143" s="44">
+        <v>968</v>
+      </c>
+      <c r="P143" s="45">
         <f t="shared" si="43"/>
-        <v>1490</v>
-[...1 lines deleted...]
-      <c r="Q143" s="41">
+        <v>1629</v>
+      </c>
+      <c r="Q143" s="42">
         <f t="shared" si="43"/>
-        <v>1332</v>
+        <v>1447</v>
       </c>
       <c r="R143" s="14">
         <f t="shared" si="43"/>
-        <v>1643</v>
-[...1 lines deleted...]
-      <c r="S143" s="44">
+        <v>1804</v>
+      </c>
+      <c r="S143" s="45">
         <f t="shared" si="43"/>
-        <v>2975</v>
-[...1 lines deleted...]
-      <c r="T143" s="41">
+        <v>3251</v>
+      </c>
+      <c r="T143" s="42">
         <f>SUM(T11,T22,T33,T44,T55,T66,T77,T88,T99,T110,T121,T132)</f>
-        <v>41869</v>
+        <v>45017</v>
       </c>
       <c r="U143" s="14">
         <f t="shared" si="43"/>
-        <v>39389</v>
-[...1 lines deleted...]
-      <c r="V143" s="44">
+        <v>43679</v>
+      </c>
+      <c r="V143" s="45">
         <f t="shared" si="43"/>
-        <v>81258</v>
+        <v>88696</v>
       </c>
       <c r="W143" s="28"/>
       <c r="X143" s="28"/>
       <c r="Y143" s="28"/>
-      <c r="Z143" s="28"/>
-[...1 lines deleted...]
-    <row r="144" spans="1:26" s="37" customFormat="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="144" spans="1:25" s="37" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A144" s="38"/>
       <c r="B144" s="28"/>
       <c r="C144" s="28"/>
       <c r="D144" s="28"/>
       <c r="E144" s="28"/>
       <c r="F144" s="28"/>
       <c r="G144" s="28"/>
       <c r="H144" s="28"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
       <c r="N144" s="28"/>
       <c r="O144" s="28"/>
       <c r="P144" s="28"/>
       <c r="Q144" s="28"/>
       <c r="R144" s="28"/>
       <c r="S144" s="28"/>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
-    </row>
-[...21 lines deleted...]
-      <c r="V145" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="130">
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:V2"/>
     <mergeCell ref="B3:V3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="N15:P15"/>
     <mergeCell ref="Q15:S15"/>
     <mergeCell ref="T15:V15"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="B24:V24"/>
     <mergeCell ref="B25:V25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="E26:G26"/>
     <mergeCell ref="H26:J26"/>
     <mergeCell ref="K26:M26"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="B13:V13"/>
@@ -22738,573 +23302,573 @@
     <mergeCell ref="B124:V124"/>
     <mergeCell ref="B125:D125"/>
     <mergeCell ref="E125:G125"/>
     <mergeCell ref="H125:J125"/>
     <mergeCell ref="K125:M125"/>
     <mergeCell ref="N136:P136"/>
     <mergeCell ref="Q136:S136"/>
     <mergeCell ref="T136:V136"/>
     <mergeCell ref="N125:P125"/>
     <mergeCell ref="Q125:S125"/>
     <mergeCell ref="T125:V125"/>
     <mergeCell ref="A134:A137"/>
     <mergeCell ref="B134:V134"/>
     <mergeCell ref="B135:V135"/>
     <mergeCell ref="B136:D136"/>
     <mergeCell ref="E136:G136"/>
     <mergeCell ref="H136:J136"/>
     <mergeCell ref="K136:M136"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D201FDC-9B38-4064-A6D3-ECC043EB8B50}">
-  <dimension ref="A1:Q144"/>
+  <dimension ref="A1:Q153"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R154" sqref="R154"/>
+      <selection activeCell="S140" sqref="S140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.7265625" customWidth="1"/>
     <col min="2" max="16" width="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="24" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A1" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A2" s="79" t="s">
+      <c r="A2" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B2" s="93" t="s">
+      <c r="B2" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C2" s="93"/>
-[...12 lines deleted...]
-      <c r="P2" s="94"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="96"/>
+      <c r="F2" s="96"/>
+      <c r="G2" s="96"/>
+      <c r="H2" s="96"/>
+      <c r="I2" s="96"/>
+      <c r="J2" s="96"/>
+      <c r="K2" s="96"/>
+      <c r="L2" s="96"/>
+      <c r="M2" s="96"/>
+      <c r="N2" s="96"/>
+      <c r="O2" s="96"/>
+      <c r="P2" s="97"/>
     </row>
     <row r="3" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="97"/>
-      <c r="B3" s="95" t="s">
+      <c r="A3" s="100"/>
+      <c r="B3" s="98" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="95"/>
-[...12 lines deleted...]
-      <c r="P3" s="96"/>
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+      <c r="N3" s="98"/>
+      <c r="O3" s="98"/>
+      <c r="P3" s="99"/>
     </row>
     <row r="4" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="80"/>
-      <c r="B4" s="81" t="s">
+      <c r="A4" s="83"/>
+      <c r="B4" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="82"/>
-[...1 lines deleted...]
-      <c r="E4" s="81" t="s">
+      <c r="C4" s="85"/>
+      <c r="D4" s="86"/>
+      <c r="E4" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F4" s="82"/>
-[...1 lines deleted...]
-      <c r="H4" s="81" t="s">
+      <c r="F4" s="85"/>
+      <c r="G4" s="86"/>
+      <c r="H4" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="82"/>
-[...1 lines deleted...]
-      <c r="K4" s="81" t="s">
+      <c r="I4" s="85"/>
+      <c r="J4" s="86"/>
+      <c r="K4" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L4" s="82"/>
-[...1 lines deleted...]
-      <c r="N4" s="81" t="s">
+      <c r="L4" s="85"/>
+      <c r="M4" s="86"/>
+      <c r="N4" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O4" s="82"/>
-      <c r="P4" s="83"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A5" s="80"/>
+      <c r="A5" s="83"/>
       <c r="B5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P5" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="67">
+      <c r="B6" s="70">
         <v>256</v>
       </c>
-      <c r="C6" s="68">
+      <c r="C6" s="71">
         <v>216</v>
       </c>
-      <c r="D6" s="69">
+      <c r="D6" s="72">
         <v>472</v>
       </c>
-      <c r="E6" s="67">
+      <c r="E6" s="70">
         <v>117</v>
       </c>
-      <c r="F6" s="68">
+      <c r="F6" s="71">
         <v>83</v>
       </c>
-      <c r="G6" s="69">
+      <c r="G6" s="72">
         <v>200</v>
       </c>
-      <c r="H6" s="67">
+      <c r="H6" s="70">
         <v>0</v>
       </c>
-      <c r="I6" s="68">
+      <c r="I6" s="71">
         <v>1</v>
       </c>
-      <c r="J6" s="69">
+      <c r="J6" s="72">
         <v>1</v>
       </c>
-      <c r="K6" s="67">
+      <c r="K6" s="70">
+        <v>1</v>
+      </c>
+      <c r="L6" s="71">
         <v>0</v>
       </c>
-      <c r="L6" s="68">
-[...5 lines deleted...]
-      <c r="N6" s="67">
+      <c r="M6" s="72">
+        <v>1</v>
+      </c>
+      <c r="N6" s="70">
         <v>183</v>
       </c>
-      <c r="O6" s="68">
+      <c r="O6" s="71">
         <v>116</v>
       </c>
-      <c r="P6" s="69">
+      <c r="P6" s="72">
         <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="67">
+      <c r="B7" s="70">
         <v>97</v>
       </c>
-      <c r="C7" s="68">
+      <c r="C7" s="71">
         <v>137</v>
       </c>
-      <c r="D7" s="69">
+      <c r="D7" s="72">
         <v>234</v>
       </c>
-      <c r="E7" s="67">
+      <c r="E7" s="70">
         <v>43</v>
       </c>
-      <c r="F7" s="68">
+      <c r="F7" s="71">
         <v>48</v>
       </c>
-      <c r="G7" s="69">
+      <c r="G7" s="72">
         <v>91</v>
       </c>
-      <c r="H7" s="67">
+      <c r="H7" s="70">
         <v>0</v>
       </c>
-      <c r="I7" s="68">
+      <c r="I7" s="71">
         <v>0</v>
       </c>
-      <c r="J7" s="69">
+      <c r="J7" s="72">
         <v>0</v>
       </c>
-      <c r="K7" s="67">
-[...2 lines deleted...]
-      <c r="L7" s="68">
+      <c r="K7" s="70">
+        <v>10</v>
+      </c>
+      <c r="L7" s="71">
         <v>0</v>
       </c>
-      <c r="M7" s="69">
-[...2 lines deleted...]
-      <c r="N7" s="67">
+      <c r="M7" s="72">
+        <v>10</v>
+      </c>
+      <c r="N7" s="70">
         <v>78</v>
       </c>
-      <c r="O7" s="68">
+      <c r="O7" s="71">
         <v>112</v>
       </c>
-      <c r="P7" s="69">
+      <c r="P7" s="72">
         <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" s="67">
+      <c r="B8" s="70">
         <v>77</v>
       </c>
-      <c r="C8" s="68">
+      <c r="C8" s="71">
         <v>100</v>
       </c>
-      <c r="D8" s="69">
+      <c r="D8" s="72">
         <v>177</v>
       </c>
-      <c r="E8" s="67">
+      <c r="E8" s="70">
         <v>55</v>
       </c>
-      <c r="F8" s="68">
+      <c r="F8" s="71">
         <v>70</v>
       </c>
-      <c r="G8" s="69">
+      <c r="G8" s="72">
         <v>125</v>
       </c>
-      <c r="H8" s="67">
+      <c r="H8" s="70">
         <v>0</v>
       </c>
-      <c r="I8" s="68">
+      <c r="I8" s="71">
+        <v>3</v>
+      </c>
+      <c r="J8" s="72">
+        <v>3</v>
+      </c>
+      <c r="K8" s="70">
+        <v>6</v>
+      </c>
+      <c r="L8" s="71">
         <v>0</v>
       </c>
-      <c r="J8" s="69">
-[...11 lines deleted...]
-      <c r="N8" s="67">
+      <c r="M8" s="72">
+        <v>6</v>
+      </c>
+      <c r="N8" s="70">
         <v>92</v>
       </c>
-      <c r="O8" s="68">
+      <c r="O8" s="71">
         <v>100</v>
       </c>
-      <c r="P8" s="69">
+      <c r="P8" s="72">
         <v>192</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="67">
+      <c r="B9" s="70">
         <v>75</v>
       </c>
-      <c r="C9" s="68">
+      <c r="C9" s="71">
         <v>82</v>
       </c>
-      <c r="D9" s="69">
+      <c r="D9" s="72">
         <v>157</v>
       </c>
-      <c r="E9" s="67">
+      <c r="E9" s="70">
         <v>34</v>
       </c>
-      <c r="F9" s="68">
+      <c r="F9" s="71">
         <v>31</v>
       </c>
-      <c r="G9" s="69">
+      <c r="G9" s="72">
         <v>65</v>
       </c>
-      <c r="H9" s="67">
+      <c r="H9" s="70">
         <v>0</v>
       </c>
-      <c r="I9" s="68">
+      <c r="I9" s="71">
         <v>1</v>
       </c>
-      <c r="J9" s="69">
+      <c r="J9" s="72">
         <v>1</v>
       </c>
-      <c r="K9" s="67">
-[...2 lines deleted...]
-      <c r="L9" s="68">
+      <c r="K9" s="70">
+        <v>5</v>
+      </c>
+      <c r="L9" s="71">
         <v>0</v>
       </c>
-      <c r="M9" s="69">
-[...2 lines deleted...]
-      <c r="N9" s="67">
+      <c r="M9" s="72">
+        <v>5</v>
+      </c>
+      <c r="N9" s="70">
         <v>60</v>
       </c>
-      <c r="O9" s="68">
+      <c r="O9" s="71">
         <v>68</v>
       </c>
-      <c r="P9" s="69">
+      <c r="P9" s="72">
         <v>128</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="74">
+      <c r="B10" s="77">
         <v>77</v>
       </c>
-      <c r="C10" s="75">
+      <c r="C10" s="78">
         <v>89</v>
       </c>
-      <c r="D10" s="77">
+      <c r="D10" s="80">
         <v>166</v>
       </c>
-      <c r="E10" s="74">
+      <c r="E10" s="77">
         <v>29</v>
       </c>
-      <c r="F10" s="75">
+      <c r="F10" s="78">
         <v>32</v>
       </c>
-      <c r="G10" s="77">
+      <c r="G10" s="80">
         <v>61</v>
       </c>
-      <c r="H10" s="74">
+      <c r="H10" s="77">
         <v>1</v>
       </c>
-      <c r="I10" s="75">
-[...2 lines deleted...]
-      <c r="J10" s="77">
+      <c r="I10" s="78">
         <v>3</v>
       </c>
-      <c r="K10" s="74">
-[...2 lines deleted...]
-      <c r="L10" s="75">
+      <c r="J10" s="80">
+        <v>4</v>
+      </c>
+      <c r="K10" s="77">
+        <v>6</v>
+      </c>
+      <c r="L10" s="78">
         <v>0</v>
       </c>
-      <c r="M10" s="77">
-[...2 lines deleted...]
-      <c r="N10" s="74">
+      <c r="M10" s="80">
+        <v>6</v>
+      </c>
+      <c r="N10" s="77">
         <v>66</v>
       </c>
-      <c r="O10" s="75">
+      <c r="O10" s="78">
         <v>104</v>
       </c>
-      <c r="P10" s="77">
+      <c r="P10" s="80">
         <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="70">
+      <c r="B11" s="73">
         <v>582</v>
       </c>
-      <c r="C11" s="71">
+      <c r="C11" s="74">
         <v>624</v>
       </c>
-      <c r="D11" s="72">
+      <c r="D11" s="75">
         <v>1206</v>
       </c>
-      <c r="E11" s="70">
+      <c r="E11" s="73">
         <v>278</v>
       </c>
-      <c r="F11" s="71">
+      <c r="F11" s="74">
         <v>264</v>
       </c>
-      <c r="G11" s="72">
+      <c r="G11" s="75">
         <v>542</v>
       </c>
-      <c r="H11" s="70">
+      <c r="H11" s="73">
         <v>1</v>
       </c>
-      <c r="I11" s="71">
-[...8 lines deleted...]
-      <c r="L11" s="71">
+      <c r="I11" s="74">
+        <v>8</v>
+      </c>
+      <c r="J11" s="75">
+        <v>9</v>
+      </c>
+      <c r="K11" s="73">
+        <v>28</v>
+      </c>
+      <c r="L11" s="74">
         <v>0</v>
       </c>
-      <c r="M11" s="72">
-[...2 lines deleted...]
-      <c r="N11" s="70">
+      <c r="M11" s="75">
+        <v>28</v>
+      </c>
+      <c r="N11" s="73">
         <v>479</v>
       </c>
-      <c r="O11" s="71">
+      <c r="O11" s="74">
         <v>500</v>
       </c>
-      <c r="P11" s="72">
+      <c r="P11" s="75">
         <v>979</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="13" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A13" s="79" t="s">
+      <c r="A13" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B13" s="93" t="s">
+      <c r="B13" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C13" s="93"/>
-[...12 lines deleted...]
-      <c r="P13" s="94"/>
+      <c r="C13" s="96"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="96"/>
+      <c r="J13" s="96"/>
+      <c r="K13" s="96"/>
+      <c r="L13" s="96"/>
+      <c r="M13" s="96"/>
+      <c r="N13" s="96"/>
+      <c r="O13" s="96"/>
+      <c r="P13" s="97"/>
     </row>
     <row r="14" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="97"/>
-      <c r="B14" s="92" t="s">
+      <c r="A14" s="100"/>
+      <c r="B14" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="92"/>
-[...12 lines deleted...]
-      <c r="P14" s="101"/>
+      <c r="C14" s="95"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
+      <c r="J14" s="95"/>
+      <c r="K14" s="95"/>
+      <c r="L14" s="95"/>
+      <c r="M14" s="95"/>
+      <c r="N14" s="95"/>
+      <c r="O14" s="95"/>
+      <c r="P14" s="104"/>
     </row>
     <row r="15" spans="1:16" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="97"/>
-      <c r="B15" s="81" t="s">
+      <c r="A15" s="100"/>
+      <c r="B15" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="82"/>
-[...1 lines deleted...]
-      <c r="E15" s="81" t="s">
+      <c r="C15" s="85"/>
+      <c r="D15" s="86"/>
+      <c r="E15" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="82"/>
-[...1 lines deleted...]
-      <c r="H15" s="81" t="s">
+      <c r="F15" s="85"/>
+      <c r="G15" s="86"/>
+      <c r="H15" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I15" s="82"/>
-[...1 lines deleted...]
-      <c r="K15" s="81" t="s">
+      <c r="I15" s="85"/>
+      <c r="J15" s="86"/>
+      <c r="K15" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L15" s="82"/>
-[...1 lines deleted...]
-      <c r="N15" s="81" t="s">
+      <c r="L15" s="85"/>
+      <c r="M15" s="86"/>
+      <c r="N15" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O15" s="82"/>
-      <c r="P15" s="83"/>
+      <c r="O15" s="85"/>
+      <c r="P15" s="86"/>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A16" s="97"/>
+      <c r="A16" s="100"/>
       <c r="B16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J16" s="9" t="s">
@@ -23339,391 +23903,391 @@
       <c r="C17" s="1">
         <v>247</v>
       </c>
       <c r="D17" s="15">
         <v>544</v>
       </c>
       <c r="E17" s="10">
         <v>142</v>
       </c>
       <c r="F17" s="1">
         <v>115</v>
       </c>
       <c r="G17" s="15">
         <v>257</v>
       </c>
       <c r="H17" s="10">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>0</v>
       </c>
       <c r="K17" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L17" s="1">
         <v>1</v>
       </c>
       <c r="M17" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N17" s="10">
         <v>160</v>
       </c>
       <c r="O17" s="1">
         <v>125</v>
       </c>
       <c r="P17" s="15">
         <v>285</v>
       </c>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="10">
         <v>83</v>
       </c>
       <c r="C18" s="1">
         <v>93</v>
       </c>
       <c r="D18" s="15">
         <v>176</v>
       </c>
       <c r="E18" s="10">
         <v>38</v>
       </c>
       <c r="F18" s="1">
         <v>49</v>
       </c>
       <c r="G18" s="15">
         <v>87</v>
       </c>
       <c r="H18" s="10">
         <v>0</v>
       </c>
       <c r="I18" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J18" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K18" s="10">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L18" s="1">
         <v>0</v>
       </c>
       <c r="M18" s="15">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="N18" s="10">
         <v>49</v>
       </c>
       <c r="O18" s="1">
         <v>63</v>
       </c>
       <c r="P18" s="15">
         <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="10">
         <v>86</v>
       </c>
       <c r="C19" s="1">
         <v>81</v>
       </c>
       <c r="D19" s="15">
         <v>167</v>
       </c>
       <c r="E19" s="10">
         <v>75</v>
       </c>
       <c r="F19" s="1">
         <v>72</v>
       </c>
       <c r="G19" s="15">
         <v>147</v>
       </c>
       <c r="H19" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I19" s="1">
         <v>2</v>
       </c>
       <c r="J19" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K19" s="10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L19" s="1">
         <v>1</v>
       </c>
       <c r="M19" s="15">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N19" s="10">
         <v>73</v>
       </c>
       <c r="O19" s="1">
         <v>78</v>
       </c>
       <c r="P19" s="15">
         <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="10">
         <v>65</v>
       </c>
       <c r="C20" s="1">
         <v>72</v>
       </c>
       <c r="D20" s="15">
         <v>137</v>
       </c>
       <c r="E20" s="10">
         <v>31</v>
       </c>
       <c r="F20" s="1">
         <v>51</v>
       </c>
       <c r="G20" s="15">
         <v>82</v>
       </c>
       <c r="H20" s="10">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="15">
         <v>0</v>
       </c>
       <c r="K20" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L20" s="1">
         <v>0</v>
       </c>
       <c r="M20" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N20" s="10">
         <v>36</v>
       </c>
       <c r="O20" s="1">
         <v>69</v>
       </c>
       <c r="P20" s="15">
         <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="32">
         <v>60</v>
       </c>
       <c r="C21" s="33">
         <v>71</v>
       </c>
       <c r="D21" s="34">
         <v>131</v>
       </c>
       <c r="E21" s="32">
         <v>22</v>
       </c>
       <c r="F21" s="33">
         <v>36</v>
       </c>
       <c r="G21" s="34">
         <v>58</v>
       </c>
       <c r="H21" s="32">
         <v>0</v>
       </c>
       <c r="I21" s="33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J21" s="34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K21" s="32">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L21" s="33">
         <v>0</v>
       </c>
       <c r="M21" s="34">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N21" s="32">
         <v>37</v>
       </c>
       <c r="O21" s="33">
         <v>62</v>
       </c>
       <c r="P21" s="34">
         <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="13">
         <v>591</v>
       </c>
       <c r="C22" s="14">
         <v>564</v>
       </c>
       <c r="D22" s="18">
         <v>1155</v>
       </c>
       <c r="E22" s="13">
         <v>308</v>
       </c>
       <c r="F22" s="14">
         <v>323</v>
       </c>
       <c r="G22" s="18">
         <v>631</v>
       </c>
       <c r="H22" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I22" s="14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J22" s="18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K22" s="13">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="L22" s="14">
         <v>2</v>
       </c>
       <c r="M22" s="18">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="N22" s="13">
         <v>355</v>
       </c>
       <c r="O22" s="14">
         <v>397</v>
       </c>
       <c r="P22" s="18">
         <v>752</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="24" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="79" t="s">
+      <c r="A24" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="93" t="s">
+      <c r="B24" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="93"/>
-[...12 lines deleted...]
-      <c r="P24" s="94"/>
+      <c r="C24" s="96"/>
+      <c r="D24" s="96"/>
+      <c r="E24" s="96"/>
+      <c r="F24" s="96"/>
+      <c r="G24" s="96"/>
+      <c r="H24" s="96"/>
+      <c r="I24" s="96"/>
+      <c r="J24" s="96"/>
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="96"/>
+      <c r="N24" s="96"/>
+      <c r="O24" s="96"/>
+      <c r="P24" s="97"/>
     </row>
     <row r="25" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="97"/>
-      <c r="B25" s="92" t="s">
+      <c r="A25" s="100"/>
+      <c r="B25" s="95" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="92"/>
-[...12 lines deleted...]
-      <c r="P25" s="101"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
+      <c r="P25" s="104"/>
     </row>
     <row r="26" spans="1:16" ht="37.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="97"/>
-      <c r="B26" s="81" t="s">
+      <c r="A26" s="100"/>
+      <c r="B26" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C26" s="82"/>
-[...1 lines deleted...]
-      <c r="E26" s="81" t="s">
+      <c r="C26" s="85"/>
+      <c r="D26" s="86"/>
+      <c r="E26" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F26" s="82"/>
-[...1 lines deleted...]
-      <c r="H26" s="81" t="s">
+      <c r="F26" s="85"/>
+      <c r="G26" s="86"/>
+      <c r="H26" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I26" s="82"/>
-[...1 lines deleted...]
-      <c r="K26" s="81" t="s">
+      <c r="I26" s="85"/>
+      <c r="J26" s="86"/>
+      <c r="K26" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L26" s="82"/>
-[...1 lines deleted...]
-      <c r="N26" s="81" t="s">
+      <c r="L26" s="85"/>
+      <c r="M26" s="86"/>
+      <c r="N26" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O26" s="82"/>
-      <c r="P26" s="83"/>
+      <c r="O26" s="85"/>
+      <c r="P26" s="86"/>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A27" s="97"/>
+      <c r="A27" s="100"/>
       <c r="B27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J27" s="9" t="s">
@@ -23852,54 +24416,54 @@
       <c r="A30" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="10">
         <v>53</v>
       </c>
       <c r="C30" s="1">
         <v>60</v>
       </c>
       <c r="D30" s="15">
         <v>113</v>
       </c>
       <c r="E30" s="10">
         <v>58</v>
       </c>
       <c r="F30" s="1">
         <v>67</v>
       </c>
       <c r="G30" s="15">
         <v>125</v>
       </c>
       <c r="H30" s="10">
         <v>0</v>
       </c>
       <c r="I30" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J30" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K30" s="10">
         <v>2</v>
       </c>
       <c r="L30" s="1">
         <v>0</v>
       </c>
       <c r="M30" s="15">
         <v>2</v>
       </c>
       <c r="N30" s="10">
         <v>52</v>
       </c>
       <c r="O30" s="1">
         <v>70</v>
       </c>
       <c r="P30" s="15">
         <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A31" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="10">
@@ -23958,191 +24522,191 @@
       <c r="C32" s="33">
         <v>54</v>
       </c>
       <c r="D32" s="34">
         <v>122</v>
       </c>
       <c r="E32" s="32">
         <v>26</v>
       </c>
       <c r="F32" s="33">
         <v>22</v>
       </c>
       <c r="G32" s="34">
         <v>48</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="33">
         <v>0</v>
       </c>
       <c r="J32" s="34">
         <v>0</v>
       </c>
       <c r="K32" s="32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L32" s="33">
         <v>0</v>
       </c>
       <c r="M32" s="34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N32" s="32">
         <v>42</v>
       </c>
       <c r="O32" s="33">
         <v>39</v>
       </c>
       <c r="P32" s="34">
         <v>81</v>
       </c>
     </row>
     <row r="33" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="13">
         <v>436</v>
       </c>
       <c r="C33" s="14">
         <v>440</v>
       </c>
       <c r="D33" s="18">
         <v>876</v>
       </c>
       <c r="E33" s="13">
         <v>256</v>
       </c>
       <c r="F33" s="14">
         <v>262</v>
       </c>
       <c r="G33" s="18">
         <v>518</v>
       </c>
       <c r="H33" s="13">
         <v>0</v>
       </c>
       <c r="I33" s="14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J33" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K33" s="13">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L33" s="14">
         <v>1</v>
       </c>
       <c r="M33" s="18">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N33" s="13">
         <v>347</v>
       </c>
       <c r="O33" s="14">
         <v>344</v>
       </c>
       <c r="P33" s="18">
         <v>691</v>
       </c>
     </row>
     <row r="34" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="79" t="s">
+      <c r="A35" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="93" t="s">
+      <c r="B35" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C35" s="93"/>
-[...12 lines deleted...]
-      <c r="P35" s="94"/>
+      <c r="C35" s="96"/>
+      <c r="D35" s="96"/>
+      <c r="E35" s="96"/>
+      <c r="F35" s="96"/>
+      <c r="G35" s="96"/>
+      <c r="H35" s="96"/>
+      <c r="I35" s="96"/>
+      <c r="J35" s="96"/>
+      <c r="K35" s="96"/>
+      <c r="L35" s="96"/>
+      <c r="M35" s="96"/>
+      <c r="N35" s="96"/>
+      <c r="O35" s="96"/>
+      <c r="P35" s="97"/>
     </row>
     <row r="36" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A36" s="97"/>
-      <c r="B36" s="92" t="s">
+      <c r="A36" s="100"/>
+      <c r="B36" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="C36" s="92"/>
-[...12 lines deleted...]
-      <c r="P36" s="101"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
+      <c r="P36" s="104"/>
     </row>
     <row r="37" spans="1:16" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="97"/>
-      <c r="B37" s="81" t="s">
+      <c r="A37" s="100"/>
+      <c r="B37" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C37" s="82"/>
-[...1 lines deleted...]
-      <c r="E37" s="81" t="s">
+      <c r="C37" s="85"/>
+      <c r="D37" s="86"/>
+      <c r="E37" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F37" s="82"/>
-[...1 lines deleted...]
-      <c r="H37" s="81" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="86"/>
+      <c r="H37" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I37" s="82"/>
-[...1 lines deleted...]
-      <c r="K37" s="81" t="s">
+      <c r="I37" s="85"/>
+      <c r="J37" s="86"/>
+      <c r="K37" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L37" s="82"/>
-[...1 lines deleted...]
-      <c r="N37" s="81" t="s">
+      <c r="L37" s="85"/>
+      <c r="M37" s="86"/>
+      <c r="N37" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O37" s="82"/>
-      <c r="P37" s="83"/>
+      <c r="O37" s="85"/>
+      <c r="P37" s="86"/>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A38" s="97"/>
+      <c r="A38" s="100"/>
       <c r="B38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J38" s="9" t="s">
@@ -24177,107 +24741,107 @@
       <c r="C39" s="1">
         <v>172</v>
       </c>
       <c r="D39" s="15">
         <v>341</v>
       </c>
       <c r="E39" s="10">
         <v>97</v>
       </c>
       <c r="F39" s="1">
         <v>82</v>
       </c>
       <c r="G39" s="15">
         <v>179</v>
       </c>
       <c r="H39" s="10">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="15">
         <v>0</v>
       </c>
       <c r="K39" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L39" s="1">
         <v>0</v>
       </c>
       <c r="M39" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N39" s="10">
         <v>161</v>
       </c>
       <c r="O39" s="1">
         <v>118</v>
       </c>
       <c r="P39" s="15">
         <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B40" s="10">
         <v>46</v>
       </c>
       <c r="C40" s="1">
         <v>53</v>
       </c>
       <c r="D40" s="15">
         <v>99</v>
       </c>
       <c r="E40" s="10">
         <v>32</v>
       </c>
       <c r="F40" s="1">
         <v>28</v>
       </c>
       <c r="G40" s="15">
         <v>60</v>
       </c>
       <c r="H40" s="10">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="15">
         <v>0</v>
       </c>
       <c r="K40" s="10">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L40" s="1">
         <v>0</v>
       </c>
       <c r="M40" s="15">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="N40" s="10">
         <v>49</v>
       </c>
       <c r="O40" s="1">
         <v>53</v>
       </c>
       <c r="P40" s="15">
         <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A41" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B41" s="10">
         <v>63</v>
       </c>
       <c r="C41" s="1">
         <v>40</v>
       </c>
       <c r="D41" s="15">
         <v>103</v>
       </c>
       <c r="E41" s="10">
@@ -24427,141 +24991,141 @@
       <c r="C44" s="14">
         <v>360</v>
       </c>
       <c r="D44" s="18">
         <v>720</v>
       </c>
       <c r="E44" s="13">
         <v>231</v>
       </c>
       <c r="F44" s="14">
         <v>259</v>
       </c>
       <c r="G44" s="18">
         <v>490</v>
       </c>
       <c r="H44" s="13">
         <v>0</v>
       </c>
       <c r="I44" s="14">
         <v>3</v>
       </c>
       <c r="J44" s="18">
         <v>3</v>
       </c>
       <c r="K44" s="13">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="L44" s="14">
         <v>0</v>
       </c>
       <c r="M44" s="18">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="N44" s="13">
         <v>346</v>
       </c>
       <c r="O44" s="14">
         <v>321</v>
       </c>
       <c r="P44" s="18">
         <v>667</v>
       </c>
     </row>
     <row r="45" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="46" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="79" t="s">
+      <c r="A46" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="93" t="s">
+      <c r="B46" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C46" s="93"/>
-[...12 lines deleted...]
-      <c r="P46" s="94"/>
+      <c r="C46" s="96"/>
+      <c r="D46" s="96"/>
+      <c r="E46" s="96"/>
+      <c r="F46" s="96"/>
+      <c r="G46" s="96"/>
+      <c r="H46" s="96"/>
+      <c r="I46" s="96"/>
+      <c r="J46" s="96"/>
+      <c r="K46" s="96"/>
+      <c r="L46" s="96"/>
+      <c r="M46" s="96"/>
+      <c r="N46" s="96"/>
+      <c r="O46" s="96"/>
+      <c r="P46" s="97"/>
     </row>
     <row r="47" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="97"/>
-      <c r="B47" s="92" t="s">
+      <c r="A47" s="100"/>
+      <c r="B47" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="C47" s="92"/>
-[...12 lines deleted...]
-      <c r="P47" s="101"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="95"/>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
+      <c r="P47" s="104"/>
     </row>
     <row r="48" spans="1:16" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="97"/>
-      <c r="B48" s="81" t="s">
+      <c r="A48" s="100"/>
+      <c r="B48" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C48" s="82"/>
-[...1 lines deleted...]
-      <c r="E48" s="81" t="s">
+      <c r="C48" s="85"/>
+      <c r="D48" s="86"/>
+      <c r="E48" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F48" s="82"/>
-[...1 lines deleted...]
-      <c r="H48" s="81" t="s">
+      <c r="F48" s="85"/>
+      <c r="G48" s="86"/>
+      <c r="H48" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I48" s="82"/>
-[...1 lines deleted...]
-      <c r="K48" s="81" t="s">
+      <c r="I48" s="85"/>
+      <c r="J48" s="86"/>
+      <c r="K48" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L48" s="82"/>
-[...1 lines deleted...]
-      <c r="N48" s="81" t="s">
+      <c r="L48" s="85"/>
+      <c r="M48" s="86"/>
+      <c r="N48" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O48" s="82"/>
-      <c r="P48" s="83"/>
+      <c r="O48" s="85"/>
+      <c r="P48" s="86"/>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A49" s="97"/>
+      <c r="A49" s="100"/>
       <c r="B49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J49" s="9" t="s">
@@ -24590,204 +25154,204 @@
       <c r="A50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B50" s="10">
         <v>211</v>
       </c>
       <c r="C50" s="1">
         <v>166</v>
       </c>
       <c r="D50" s="15">
         <v>377</v>
       </c>
       <c r="E50" s="10">
         <v>122</v>
       </c>
       <c r="F50" s="1">
         <v>80</v>
       </c>
       <c r="G50" s="15">
         <v>202</v>
       </c>
       <c r="H50" s="10">
         <v>0</v>
       </c>
       <c r="I50" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J50" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K50" s="10">
         <v>0</v>
       </c>
       <c r="L50" s="1">
         <v>0</v>
       </c>
       <c r="M50" s="15">
         <v>0</v>
       </c>
       <c r="N50" s="10">
         <v>170</v>
       </c>
       <c r="O50" s="1">
         <v>100</v>
       </c>
       <c r="P50" s="15">
         <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A51" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B51" s="10">
         <v>52</v>
       </c>
       <c r="C51" s="1">
         <v>48</v>
       </c>
       <c r="D51" s="15">
         <v>100</v>
       </c>
       <c r="E51" s="10">
         <v>40</v>
       </c>
       <c r="F51" s="1">
         <v>36</v>
       </c>
       <c r="G51" s="15">
         <v>76</v>
       </c>
       <c r="H51" s="10">
         <v>0</v>
       </c>
       <c r="I51" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J51" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K51" s="10">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L51" s="1">
         <v>0</v>
       </c>
       <c r="M51" s="15">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N51" s="10">
         <v>50</v>
       </c>
       <c r="O51" s="1">
         <v>61</v>
       </c>
       <c r="P51" s="15">
         <v>111</v>
       </c>
     </row>
     <row r="52" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A52" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="10">
         <v>55</v>
       </c>
       <c r="C52" s="1">
         <v>45</v>
       </c>
       <c r="D52" s="15">
         <v>100</v>
       </c>
       <c r="E52" s="10">
         <v>55</v>
       </c>
       <c r="F52" s="1">
         <v>79</v>
       </c>
       <c r="G52" s="15">
         <v>134</v>
       </c>
       <c r="H52" s="10">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>1</v>
       </c>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L52" s="1">
         <v>0</v>
       </c>
       <c r="M52" s="15">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N52" s="10">
         <v>46</v>
       </c>
       <c r="O52" s="1">
         <v>76</v>
       </c>
       <c r="P52" s="15">
         <v>122</v>
       </c>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A53" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B53" s="10">
         <v>55</v>
       </c>
       <c r="C53" s="1">
         <v>36</v>
       </c>
       <c r="D53" s="15">
         <v>91</v>
       </c>
       <c r="E53" s="10">
         <v>19</v>
       </c>
       <c r="F53" s="1">
         <v>29</v>
       </c>
       <c r="G53" s="15">
         <v>48</v>
       </c>
       <c r="H53" s="10">
         <v>0</v>
       </c>
       <c r="I53" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J53" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K53" s="10">
         <v>2</v>
       </c>
       <c r="L53" s="1">
         <v>0</v>
       </c>
       <c r="M53" s="15">
         <v>2</v>
       </c>
       <c r="N53" s="10">
         <v>37</v>
       </c>
       <c r="O53" s="1">
         <v>47</v>
       </c>
       <c r="P53" s="15">
         <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B54" s="32">
@@ -24796,191 +25360,191 @@
       <c r="C54" s="33">
         <v>43</v>
       </c>
       <c r="D54" s="34">
         <v>87</v>
       </c>
       <c r="E54" s="32">
         <v>18</v>
       </c>
       <c r="F54" s="33">
         <v>21</v>
       </c>
       <c r="G54" s="34">
         <v>39</v>
       </c>
       <c r="H54" s="32">
         <v>0</v>
       </c>
       <c r="I54" s="33">
         <v>0</v>
       </c>
       <c r="J54" s="34">
         <v>0</v>
       </c>
       <c r="K54" s="32">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L54" s="33">
         <v>0</v>
       </c>
       <c r="M54" s="34">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N54" s="32">
         <v>30</v>
       </c>
       <c r="O54" s="33">
         <v>34</v>
       </c>
       <c r="P54" s="34">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="13">
         <v>417</v>
       </c>
       <c r="C55" s="14">
         <v>338</v>
       </c>
       <c r="D55" s="18">
         <v>755</v>
       </c>
       <c r="E55" s="13">
         <v>254</v>
       </c>
       <c r="F55" s="14">
         <v>245</v>
       </c>
       <c r="G55" s="18">
         <v>499</v>
       </c>
       <c r="H55" s="13">
         <v>0</v>
       </c>
       <c r="I55" s="14">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J55" s="18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K55" s="13">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L55" s="14">
         <v>0</v>
       </c>
       <c r="M55" s="18">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="N55" s="13">
         <v>333</v>
       </c>
       <c r="O55" s="14">
         <v>318</v>
       </c>
       <c r="P55" s="18">
         <v>651</v>
       </c>
     </row>
     <row r="56" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="57" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="79" t="s">
+      <c r="A57" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="93" t="s">
+      <c r="B57" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C57" s="93"/>
-[...12 lines deleted...]
-      <c r="P57" s="94"/>
+      <c r="C57" s="96"/>
+      <c r="D57" s="96"/>
+      <c r="E57" s="96"/>
+      <c r="F57" s="96"/>
+      <c r="G57" s="96"/>
+      <c r="H57" s="96"/>
+      <c r="I57" s="96"/>
+      <c r="J57" s="96"/>
+      <c r="K57" s="96"/>
+      <c r="L57" s="96"/>
+      <c r="M57" s="96"/>
+      <c r="N57" s="96"/>
+      <c r="O57" s="96"/>
+      <c r="P57" s="97"/>
     </row>
     <row r="58" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A58" s="97"/>
-      <c r="B58" s="92" t="s">
+      <c r="A58" s="100"/>
+      <c r="B58" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="92"/>
-[...12 lines deleted...]
-      <c r="P58" s="101"/>
+      <c r="C58" s="95"/>
+      <c r="D58" s="95"/>
+      <c r="E58" s="95"/>
+      <c r="F58" s="95"/>
+      <c r="G58" s="95"/>
+      <c r="H58" s="95"/>
+      <c r="I58" s="95"/>
+      <c r="J58" s="95"/>
+      <c r="K58" s="95"/>
+      <c r="L58" s="95"/>
+      <c r="M58" s="95"/>
+      <c r="N58" s="95"/>
+      <c r="O58" s="95"/>
+      <c r="P58" s="104"/>
     </row>
     <row r="59" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="97"/>
-      <c r="B59" s="81" t="s">
+      <c r="A59" s="100"/>
+      <c r="B59" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C59" s="82"/>
-[...1 lines deleted...]
-      <c r="E59" s="81" t="s">
+      <c r="C59" s="85"/>
+      <c r="D59" s="86"/>
+      <c r="E59" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F59" s="82"/>
-[...1 lines deleted...]
-      <c r="H59" s="81" t="s">
+      <c r="F59" s="85"/>
+      <c r="G59" s="86"/>
+      <c r="H59" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I59" s="82"/>
-[...1 lines deleted...]
-      <c r="K59" s="81" t="s">
+      <c r="I59" s="85"/>
+      <c r="J59" s="86"/>
+      <c r="K59" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L59" s="82"/>
-[...1 lines deleted...]
-      <c r="N59" s="81" t="s">
+      <c r="L59" s="85"/>
+      <c r="M59" s="86"/>
+      <c r="N59" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O59" s="82"/>
-      <c r="P59" s="83"/>
+      <c r="O59" s="85"/>
+      <c r="P59" s="86"/>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A60" s="97"/>
+      <c r="A60" s="100"/>
       <c r="B60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J60" s="9" t="s">
@@ -25009,54 +25573,54 @@
       <c r="A61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B61" s="10">
         <v>232</v>
       </c>
       <c r="C61" s="1">
         <v>186</v>
       </c>
       <c r="D61" s="15">
         <v>418</v>
       </c>
       <c r="E61" s="10">
         <v>108</v>
       </c>
       <c r="F61" s="1">
         <v>67</v>
       </c>
       <c r="G61" s="15">
         <v>175</v>
       </c>
       <c r="H61" s="10">
         <v>0</v>
       </c>
       <c r="I61" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J61" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K61" s="10">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>0</v>
       </c>
       <c r="M61" s="15">
         <v>0</v>
       </c>
       <c r="N61" s="10">
         <v>201</v>
       </c>
       <c r="O61" s="1">
         <v>91</v>
       </c>
       <c r="P61" s="15">
         <v>292</v>
       </c>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A62" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="10">
@@ -25065,107 +25629,107 @@
       <c r="C62" s="1">
         <v>54</v>
       </c>
       <c r="D62" s="15">
         <v>124</v>
       </c>
       <c r="E62" s="10">
         <v>52</v>
       </c>
       <c r="F62" s="1">
         <v>28</v>
       </c>
       <c r="G62" s="15">
         <v>80</v>
       </c>
       <c r="H62" s="10">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="15">
         <v>0</v>
       </c>
       <c r="K62" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L62" s="1">
         <v>0</v>
       </c>
       <c r="M62" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N62" s="10">
         <v>78</v>
       </c>
       <c r="O62" s="1">
         <v>63</v>
       </c>
       <c r="P62" s="15">
         <v>141</v>
       </c>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A63" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B63" s="10">
         <v>66</v>
       </c>
       <c r="C63" s="1">
         <v>64</v>
       </c>
       <c r="D63" s="15">
         <v>130</v>
       </c>
       <c r="E63" s="10">
         <v>73</v>
       </c>
       <c r="F63" s="1">
         <v>51</v>
       </c>
       <c r="G63" s="15">
         <v>124</v>
       </c>
       <c r="H63" s="10">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L63" s="1">
         <v>0</v>
       </c>
       <c r="M63" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N63" s="10">
         <v>70</v>
       </c>
       <c r="O63" s="1">
         <v>56</v>
       </c>
       <c r="P63" s="15">
         <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A64" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="10">
         <v>52</v>
       </c>
       <c r="C64" s="1">
         <v>50</v>
       </c>
       <c r="D64" s="15">
         <v>102</v>
       </c>
       <c r="E64" s="10">
@@ -25209,214 +25773,214 @@
       <c r="A65" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B65" s="32">
         <v>60</v>
       </c>
       <c r="C65" s="33">
         <v>44</v>
       </c>
       <c r="D65" s="34">
         <v>104</v>
       </c>
       <c r="E65" s="32">
         <v>37</v>
       </c>
       <c r="F65" s="33">
         <v>24</v>
       </c>
       <c r="G65" s="34">
         <v>61</v>
       </c>
       <c r="H65" s="32">
         <v>0</v>
       </c>
       <c r="I65" s="33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J65" s="34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K65" s="32">
         <v>1</v>
       </c>
       <c r="L65" s="33">
         <v>0</v>
       </c>
       <c r="M65" s="34">
         <v>1</v>
       </c>
       <c r="N65" s="32">
         <v>63</v>
       </c>
       <c r="O65" s="33">
         <v>45</v>
       </c>
       <c r="P65" s="34">
         <v>108</v>
       </c>
     </row>
     <row r="66" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B66" s="13">
         <v>480</v>
       </c>
       <c r="C66" s="14">
         <v>398</v>
       </c>
       <c r="D66" s="18">
         <v>878</v>
       </c>
       <c r="E66" s="13">
         <v>310</v>
       </c>
       <c r="F66" s="14">
         <v>206</v>
       </c>
       <c r="G66" s="18">
         <v>516</v>
       </c>
       <c r="H66" s="13">
         <v>0</v>
       </c>
       <c r="I66" s="14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J66" s="18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K66" s="13">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L66" s="14">
         <v>0</v>
       </c>
       <c r="M66" s="18">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="N66" s="13">
         <v>479</v>
       </c>
       <c r="O66" s="14">
         <v>306</v>
       </c>
       <c r="P66" s="18">
         <v>785</v>
       </c>
     </row>
     <row r="67" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="38"/>
-      <c r="B67" s="47"/>
-[...13 lines deleted...]
-      <c r="P67" s="47"/>
+      <c r="B67" s="48"/>
+      <c r="C67" s="48"/>
+      <c r="D67" s="48"/>
+      <c r="E67" s="48"/>
+      <c r="F67" s="48"/>
+      <c r="G67" s="48"/>
+      <c r="H67" s="48"/>
+      <c r="I67" s="48"/>
+      <c r="J67" s="48"/>
+      <c r="K67" s="48"/>
+      <c r="L67" s="48"/>
+      <c r="M67" s="48"/>
+      <c r="N67" s="48"/>
+      <c r="O67" s="48"/>
+      <c r="P67" s="48"/>
     </row>
     <row r="68" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A68" s="79" t="s">
+      <c r="A68" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B68" s="93" t="s">
+      <c r="B68" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C68" s="93"/>
-[...12 lines deleted...]
-      <c r="P68" s="94"/>
+      <c r="C68" s="96"/>
+      <c r="D68" s="96"/>
+      <c r="E68" s="96"/>
+      <c r="F68" s="96"/>
+      <c r="G68" s="96"/>
+      <c r="H68" s="96"/>
+      <c r="I68" s="96"/>
+      <c r="J68" s="96"/>
+      <c r="K68" s="96"/>
+      <c r="L68" s="96"/>
+      <c r="M68" s="96"/>
+      <c r="N68" s="96"/>
+      <c r="O68" s="96"/>
+      <c r="P68" s="97"/>
     </row>
     <row r="69" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A69" s="97"/>
-      <c r="B69" s="92" t="s">
+      <c r="A69" s="100"/>
+      <c r="B69" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="C69" s="92"/>
-[...12 lines deleted...]
-      <c r="P69" s="101"/>
+      <c r="C69" s="95"/>
+      <c r="D69" s="95"/>
+      <c r="E69" s="95"/>
+      <c r="F69" s="95"/>
+      <c r="G69" s="95"/>
+      <c r="H69" s="95"/>
+      <c r="I69" s="95"/>
+      <c r="J69" s="95"/>
+      <c r="K69" s="95"/>
+      <c r="L69" s="95"/>
+      <c r="M69" s="95"/>
+      <c r="N69" s="95"/>
+      <c r="O69" s="95"/>
+      <c r="P69" s="104"/>
     </row>
     <row r="70" spans="1:16" ht="39.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="97"/>
-      <c r="B70" s="81" t="s">
+      <c r="A70" s="100"/>
+      <c r="B70" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C70" s="82"/>
-[...1 lines deleted...]
-      <c r="E70" s="81" t="s">
+      <c r="C70" s="85"/>
+      <c r="D70" s="86"/>
+      <c r="E70" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F70" s="82"/>
-[...1 lines deleted...]
-      <c r="H70" s="81" t="s">
+      <c r="F70" s="85"/>
+      <c r="G70" s="86"/>
+      <c r="H70" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I70" s="82"/>
-[...1 lines deleted...]
-      <c r="K70" s="81" t="s">
+      <c r="I70" s="85"/>
+      <c r="J70" s="86"/>
+      <c r="K70" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L70" s="82"/>
-[...1 lines deleted...]
-      <c r="N70" s="81" t="s">
+      <c r="L70" s="85"/>
+      <c r="M70" s="86"/>
+      <c r="N70" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O70" s="82"/>
-      <c r="P70" s="83"/>
+      <c r="O70" s="85"/>
+      <c r="P70" s="86"/>
     </row>
     <row r="71" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A71" s="97"/>
+      <c r="A71" s="100"/>
       <c r="B71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J71" s="9" t="s">
@@ -25442,66 +26006,66 @@
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A72" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="10">
         <v>320</v>
       </c>
       <c r="C72" s="1">
         <v>276</v>
       </c>
       <c r="D72" s="15">
         <v>596</v>
       </c>
       <c r="E72" s="10">
         <v>109</v>
       </c>
       <c r="F72" s="1">
         <v>107</v>
       </c>
       <c r="G72" s="15">
         <v>216</v>
       </c>
       <c r="H72" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I72" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J72" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K72" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L72" s="1">
         <v>0</v>
       </c>
       <c r="M72" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N72" s="10">
         <v>183</v>
       </c>
       <c r="O72" s="1">
         <v>127</v>
       </c>
       <c r="P72" s="15">
         <v>310</v>
       </c>
     </row>
     <row r="73" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A73" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B73" s="10">
         <v>87</v>
       </c>
       <c r="C73" s="1">
         <v>81</v>
       </c>
       <c r="D73" s="15">
         <v>168</v>
       </c>
       <c r="E73" s="10">
@@ -25545,113 +26109,113 @@
       <c r="A74" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B74" s="10">
         <v>78</v>
       </c>
       <c r="C74" s="1">
         <v>91</v>
       </c>
       <c r="D74" s="15">
         <v>169</v>
       </c>
       <c r="E74" s="10">
         <v>70</v>
       </c>
       <c r="F74" s="1">
         <v>81</v>
       </c>
       <c r="G74" s="15">
         <v>151</v>
       </c>
       <c r="H74" s="10">
         <v>0</v>
       </c>
       <c r="I74" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J74" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K74" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L74" s="1">
         <v>2</v>
       </c>
       <c r="M74" s="15">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N74" s="10">
         <v>55</v>
       </c>
       <c r="O74" s="1">
         <v>58</v>
       </c>
       <c r="P74" s="15">
         <v>113</v>
       </c>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A75" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B75" s="10">
         <v>52</v>
       </c>
       <c r="C75" s="1">
         <v>51</v>
       </c>
       <c r="D75" s="15">
         <v>103</v>
       </c>
       <c r="E75" s="10">
         <v>44</v>
       </c>
       <c r="F75" s="1">
         <v>39</v>
       </c>
       <c r="G75" s="15">
         <v>83</v>
       </c>
       <c r="H75" s="10">
         <v>0</v>
       </c>
       <c r="I75" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J75" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K75" s="10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L75" s="1">
         <v>0</v>
       </c>
       <c r="M75" s="15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N75" s="10">
         <v>69</v>
       </c>
       <c r="O75" s="1">
         <v>50</v>
       </c>
       <c r="P75" s="15">
         <v>119</v>
       </c>
     </row>
     <row r="76" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B76" s="32">
         <v>58</v>
       </c>
       <c r="C76" s="33">
         <v>41</v>
       </c>
       <c r="D76" s="34">
         <v>99</v>
       </c>
       <c r="E76" s="32">
@@ -25692,150 +26256,150 @@
       </c>
     </row>
     <row r="77" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B77" s="13">
         <v>595</v>
       </c>
       <c r="C77" s="14">
         <v>540</v>
       </c>
       <c r="D77" s="18">
         <v>1135</v>
       </c>
       <c r="E77" s="13">
         <v>285</v>
       </c>
       <c r="F77" s="14">
         <v>303</v>
       </c>
       <c r="G77" s="18">
         <v>588</v>
       </c>
       <c r="H77" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I77" s="14">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J77" s="18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K77" s="13">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L77" s="14">
         <v>2</v>
       </c>
       <c r="M77" s="18">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="N77" s="13">
         <v>424</v>
       </c>
       <c r="O77" s="14">
         <v>337</v>
       </c>
       <c r="P77" s="18">
         <v>761</v>
       </c>
     </row>
     <row r="78" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="79" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A79" s="79" t="s">
+      <c r="A79" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B79" s="93" t="s">
+      <c r="B79" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C79" s="93"/>
-[...12 lines deleted...]
-      <c r="P79" s="94"/>
+      <c r="C79" s="96"/>
+      <c r="D79" s="96"/>
+      <c r="E79" s="96"/>
+      <c r="F79" s="96"/>
+      <c r="G79" s="96"/>
+      <c r="H79" s="96"/>
+      <c r="I79" s="96"/>
+      <c r="J79" s="96"/>
+      <c r="K79" s="96"/>
+      <c r="L79" s="96"/>
+      <c r="M79" s="96"/>
+      <c r="N79" s="96"/>
+      <c r="O79" s="96"/>
+      <c r="P79" s="97"/>
     </row>
     <row r="80" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A80" s="97"/>
-      <c r="B80" s="92" t="s">
+      <c r="A80" s="100"/>
+      <c r="B80" s="95" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="92"/>
-[...12 lines deleted...]
-      <c r="P80" s="101"/>
+      <c r="C80" s="95"/>
+      <c r="D80" s="95"/>
+      <c r="E80" s="95"/>
+      <c r="F80" s="95"/>
+      <c r="G80" s="95"/>
+      <c r="H80" s="95"/>
+      <c r="I80" s="95"/>
+      <c r="J80" s="95"/>
+      <c r="K80" s="95"/>
+      <c r="L80" s="95"/>
+      <c r="M80" s="95"/>
+      <c r="N80" s="95"/>
+      <c r="O80" s="95"/>
+      <c r="P80" s="104"/>
     </row>
     <row r="81" spans="1:16" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A81" s="97"/>
-      <c r="B81" s="81" t="s">
+      <c r="A81" s="100"/>
+      <c r="B81" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C81" s="82"/>
-[...1 lines deleted...]
-      <c r="E81" s="81" t="s">
+      <c r="C81" s="85"/>
+      <c r="D81" s="86"/>
+      <c r="E81" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F81" s="82"/>
-[...1 lines deleted...]
-      <c r="H81" s="81" t="s">
+      <c r="F81" s="85"/>
+      <c r="G81" s="86"/>
+      <c r="H81" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I81" s="82"/>
-[...1 lines deleted...]
-      <c r="K81" s="81" t="s">
+      <c r="I81" s="85"/>
+      <c r="J81" s="86"/>
+      <c r="K81" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L81" s="82"/>
-[...1 lines deleted...]
-      <c r="N81" s="81" t="s">
+      <c r="L81" s="85"/>
+      <c r="M81" s="86"/>
+      <c r="N81" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O81" s="82"/>
-      <c r="P81" s="83"/>
+      <c r="O81" s="85"/>
+      <c r="P81" s="86"/>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A82" s="97"/>
+      <c r="A82" s="100"/>
       <c r="B82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J82" s="9" t="s">
@@ -25864,397 +26428,397 @@
       <c r="A83" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B83" s="10">
         <v>257</v>
       </c>
       <c r="C83" s="1">
         <v>221</v>
       </c>
       <c r="D83" s="15">
         <v>478</v>
       </c>
       <c r="E83" s="10">
         <v>92</v>
       </c>
       <c r="F83" s="1">
         <v>97</v>
       </c>
       <c r="G83" s="15">
         <v>189</v>
       </c>
       <c r="H83" s="10">
         <v>1</v>
       </c>
       <c r="I83" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J83" s="15">
+        <v>2</v>
+      </c>
+      <c r="K83" s="10">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="L83" s="1">
         <v>0</v>
       </c>
       <c r="M83" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N83" s="10">
         <v>125</v>
       </c>
       <c r="O83" s="1">
         <v>109</v>
       </c>
       <c r="P83" s="15">
         <v>234</v>
       </c>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A84" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B84" s="10">
         <v>55</v>
       </c>
       <c r="C84" s="1">
         <v>66</v>
       </c>
       <c r="D84" s="15">
         <v>121</v>
       </c>
       <c r="E84" s="10">
         <v>41</v>
       </c>
       <c r="F84" s="1">
         <v>27</v>
       </c>
       <c r="G84" s="15">
         <v>68</v>
       </c>
       <c r="H84" s="10">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="15">
         <v>0</v>
       </c>
       <c r="K84" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L84" s="1">
         <v>0</v>
       </c>
       <c r="M84" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N84" s="10">
         <v>50</v>
       </c>
       <c r="O84" s="1">
         <v>43</v>
       </c>
       <c r="P84" s="15">
         <v>93</v>
       </c>
     </row>
     <row r="85" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B85" s="10">
         <v>72</v>
       </c>
       <c r="C85" s="1">
         <v>66</v>
       </c>
       <c r="D85" s="15">
         <v>138</v>
       </c>
       <c r="E85" s="10">
         <v>64</v>
       </c>
       <c r="F85" s="1">
         <v>61</v>
       </c>
       <c r="G85" s="15">
         <v>125</v>
       </c>
       <c r="H85" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I85" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J85" s="15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K85" s="10">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L85" s="1">
         <v>0</v>
       </c>
       <c r="M85" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="N85" s="10">
         <v>67</v>
       </c>
       <c r="O85" s="1">
         <v>59</v>
       </c>
       <c r="P85" s="15">
         <v>126</v>
       </c>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="10">
         <v>46</v>
       </c>
       <c r="C86" s="1">
         <v>57</v>
       </c>
       <c r="D86" s="15">
         <v>103</v>
       </c>
       <c r="E86" s="10">
         <v>38</v>
       </c>
       <c r="F86" s="1">
         <v>44</v>
       </c>
       <c r="G86" s="15">
         <v>82</v>
       </c>
       <c r="H86" s="10">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="15">
         <v>0</v>
       </c>
       <c r="K86" s="10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L86" s="1">
         <v>0</v>
       </c>
       <c r="M86" s="15">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N86" s="10">
         <v>49</v>
       </c>
       <c r="O86" s="1">
         <v>35</v>
       </c>
       <c r="P86" s="15">
         <v>84</v>
       </c>
     </row>
     <row r="87" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="32">
         <v>62</v>
       </c>
       <c r="C87" s="33">
         <v>45</v>
       </c>
       <c r="D87" s="34">
         <v>107</v>
       </c>
       <c r="E87" s="32">
         <v>28</v>
       </c>
       <c r="F87" s="33">
         <v>25</v>
       </c>
       <c r="G87" s="34">
         <v>53</v>
       </c>
       <c r="H87" s="32">
         <v>0</v>
       </c>
       <c r="I87" s="33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J87" s="34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K87" s="32">
         <v>0</v>
       </c>
       <c r="L87" s="33">
         <v>0</v>
       </c>
       <c r="M87" s="34">
         <v>0</v>
       </c>
       <c r="N87" s="32">
         <v>42</v>
       </c>
       <c r="O87" s="33">
         <v>38</v>
       </c>
       <c r="P87" s="34">
         <v>80</v>
       </c>
     </row>
     <row r="88" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B88" s="13">
         <v>492</v>
       </c>
       <c r="C88" s="14">
         <v>455</v>
       </c>
       <c r="D88" s="18">
         <v>947</v>
       </c>
       <c r="E88" s="13">
         <v>263</v>
       </c>
       <c r="F88" s="14">
         <v>254</v>
       </c>
       <c r="G88" s="18">
         <v>517</v>
       </c>
       <c r="H88" s="13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I88" s="14">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J88" s="18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K88" s="13">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="L88" s="14">
         <v>0</v>
       </c>
       <c r="M88" s="18">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="N88" s="13">
         <v>333</v>
       </c>
       <c r="O88" s="14">
         <v>284</v>
       </c>
       <c r="P88" s="18">
         <v>617</v>
       </c>
     </row>
     <row r="89" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="90" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A90" s="79" t="s">
+      <c r="A90" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="93" t="s">
+      <c r="B90" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C90" s="93"/>
-[...12 lines deleted...]
-      <c r="P90" s="94"/>
+      <c r="C90" s="96"/>
+      <c r="D90" s="96"/>
+      <c r="E90" s="96"/>
+      <c r="F90" s="96"/>
+      <c r="G90" s="96"/>
+      <c r="H90" s="96"/>
+      <c r="I90" s="96"/>
+      <c r="J90" s="96"/>
+      <c r="K90" s="96"/>
+      <c r="L90" s="96"/>
+      <c r="M90" s="96"/>
+      <c r="N90" s="96"/>
+      <c r="O90" s="96"/>
+      <c r="P90" s="97"/>
     </row>
     <row r="91" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A91" s="97"/>
-      <c r="B91" s="92" t="s">
+      <c r="A91" s="100"/>
+      <c r="B91" s="95" t="s">
         <v>9</v>
       </c>
-      <c r="C91" s="92"/>
-[...12 lines deleted...]
-      <c r="P91" s="101"/>
+      <c r="C91" s="95"/>
+      <c r="D91" s="95"/>
+      <c r="E91" s="95"/>
+      <c r="F91" s="95"/>
+      <c r="G91" s="95"/>
+      <c r="H91" s="95"/>
+      <c r="I91" s="95"/>
+      <c r="J91" s="95"/>
+      <c r="K91" s="95"/>
+      <c r="L91" s="95"/>
+      <c r="M91" s="95"/>
+      <c r="N91" s="95"/>
+      <c r="O91" s="95"/>
+      <c r="P91" s="104"/>
     </row>
     <row r="92" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A92" s="97"/>
-      <c r="B92" s="81" t="s">
+      <c r="A92" s="100"/>
+      <c r="B92" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C92" s="82"/>
-[...1 lines deleted...]
-      <c r="E92" s="81" t="s">
+      <c r="C92" s="85"/>
+      <c r="D92" s="86"/>
+      <c r="E92" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F92" s="82"/>
-[...1 lines deleted...]
-      <c r="H92" s="81" t="s">
+      <c r="F92" s="85"/>
+      <c r="G92" s="86"/>
+      <c r="H92" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I92" s="82"/>
-[...1 lines deleted...]
-      <c r="K92" s="81" t="s">
+      <c r="I92" s="85"/>
+      <c r="J92" s="86"/>
+      <c r="K92" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L92" s="82"/>
-[...1 lines deleted...]
-      <c r="N92" s="81" t="s">
+      <c r="L92" s="85"/>
+      <c r="M92" s="86"/>
+      <c r="N92" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O92" s="82"/>
-      <c r="P92" s="83"/>
+      <c r="O92" s="85"/>
+      <c r="P92" s="86"/>
     </row>
     <row r="93" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A93" s="97"/>
+      <c r="A93" s="100"/>
       <c r="B93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J93" s="9" t="s">
@@ -26333,347 +26897,347 @@
       <c r="A95" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B95" s="10">
         <v>105</v>
       </c>
       <c r="C95" s="1">
         <v>67</v>
       </c>
       <c r="D95" s="15">
         <v>172</v>
       </c>
       <c r="E95" s="10">
         <v>53</v>
       </c>
       <c r="F95" s="1">
         <v>48</v>
       </c>
       <c r="G95" s="15">
         <v>101</v>
       </c>
       <c r="H95" s="10">
         <v>0</v>
       </c>
       <c r="I95" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J95" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K95" s="10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L95" s="1">
         <v>0</v>
       </c>
       <c r="M95" s="15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N95" s="10">
         <v>53</v>
       </c>
       <c r="O95" s="1">
         <v>49</v>
       </c>
       <c r="P95" s="15">
         <v>102</v>
       </c>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A96" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B96" s="10">
         <v>76</v>
       </c>
       <c r="C96" s="1">
         <v>55</v>
       </c>
       <c r="D96" s="15">
         <v>131</v>
       </c>
       <c r="E96" s="10">
         <v>105</v>
       </c>
       <c r="F96" s="1">
         <v>78</v>
       </c>
       <c r="G96" s="15">
         <v>183</v>
       </c>
       <c r="H96" s="10">
         <v>0</v>
       </c>
       <c r="I96" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J96" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K96" s="10">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L96" s="1">
         <v>0</v>
       </c>
       <c r="M96" s="15">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="N96" s="10">
         <v>89</v>
       </c>
       <c r="O96" s="1">
         <v>62</v>
       </c>
       <c r="P96" s="15">
         <v>151</v>
       </c>
     </row>
     <row r="97" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A97" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B97" s="10">
         <v>77</v>
       </c>
       <c r="C97" s="1">
         <v>67</v>
       </c>
       <c r="D97" s="15">
         <v>144</v>
       </c>
       <c r="E97" s="10">
         <v>28</v>
       </c>
       <c r="F97" s="1">
         <v>39</v>
       </c>
       <c r="G97" s="15">
         <v>67</v>
       </c>
       <c r="H97" s="10">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="15">
         <v>0</v>
       </c>
       <c r="K97" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L97" s="1">
         <v>0</v>
       </c>
       <c r="M97" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N97" s="10">
         <v>52</v>
       </c>
       <c r="O97" s="1">
         <v>50</v>
       </c>
       <c r="P97" s="15">
         <v>102</v>
       </c>
     </row>
     <row r="98" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B98" s="32">
         <v>63</v>
       </c>
       <c r="C98" s="33">
         <v>61</v>
       </c>
       <c r="D98" s="34">
         <v>124</v>
       </c>
       <c r="E98" s="32">
         <v>32</v>
       </c>
       <c r="F98" s="33">
         <v>34</v>
       </c>
       <c r="G98" s="34">
         <v>66</v>
       </c>
       <c r="H98" s="32">
         <v>0</v>
       </c>
       <c r="I98" s="33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J98" s="34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K98" s="32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L98" s="33">
         <v>0</v>
       </c>
       <c r="M98" s="34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N98" s="32">
         <v>46</v>
       </c>
       <c r="O98" s="33">
         <v>48</v>
       </c>
       <c r="P98" s="34">
         <v>94</v>
       </c>
     </row>
     <row r="99" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="13">
         <v>658</v>
       </c>
       <c r="C99" s="14">
         <v>502</v>
       </c>
       <c r="D99" s="18">
         <v>1160</v>
       </c>
       <c r="E99" s="13">
         <v>335</v>
       </c>
       <c r="F99" s="14">
         <v>313</v>
       </c>
       <c r="G99" s="18">
         <v>648</v>
       </c>
       <c r="H99" s="13">
         <v>0</v>
       </c>
       <c r="I99" s="14">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J99" s="18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K99" s="13">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="L99" s="14">
         <v>0</v>
       </c>
       <c r="M99" s="18">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="N99" s="13">
         <v>404</v>
       </c>
       <c r="O99" s="14">
         <v>319</v>
       </c>
       <c r="P99" s="18">
         <v>723</v>
       </c>
     </row>
     <row r="100" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="101" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A101" s="79" t="s">
+      <c r="A101" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B101" s="93" t="s">
+      <c r="B101" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C101" s="93"/>
-[...12 lines deleted...]
-      <c r="P101" s="94"/>
+      <c r="C101" s="96"/>
+      <c r="D101" s="96"/>
+      <c r="E101" s="96"/>
+      <c r="F101" s="96"/>
+      <c r="G101" s="96"/>
+      <c r="H101" s="96"/>
+      <c r="I101" s="96"/>
+      <c r="J101" s="96"/>
+      <c r="K101" s="96"/>
+      <c r="L101" s="96"/>
+      <c r="M101" s="96"/>
+      <c r="N101" s="96"/>
+      <c r="O101" s="96"/>
+      <c r="P101" s="97"/>
     </row>
     <row r="102" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A102" s="97"/>
-      <c r="B102" s="92" t="s">
+      <c r="A102" s="100"/>
+      <c r="B102" s="95" t="s">
         <v>10</v>
       </c>
-      <c r="C102" s="92"/>
-[...12 lines deleted...]
-      <c r="P102" s="101"/>
+      <c r="C102" s="95"/>
+      <c r="D102" s="95"/>
+      <c r="E102" s="95"/>
+      <c r="F102" s="95"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
+      <c r="I102" s="95"/>
+      <c r="J102" s="95"/>
+      <c r="K102" s="95"/>
+      <c r="L102" s="95"/>
+      <c r="M102" s="95"/>
+      <c r="N102" s="95"/>
+      <c r="O102" s="95"/>
+      <c r="P102" s="104"/>
     </row>
     <row r="103" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A103" s="97"/>
-      <c r="B103" s="81" t="s">
+      <c r="A103" s="100"/>
+      <c r="B103" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C103" s="82"/>
-[...1 lines deleted...]
-      <c r="E103" s="81" t="s">
+      <c r="C103" s="85"/>
+      <c r="D103" s="86"/>
+      <c r="E103" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F103" s="82"/>
-[...1 lines deleted...]
-      <c r="H103" s="81" t="s">
+      <c r="F103" s="85"/>
+      <c r="G103" s="86"/>
+      <c r="H103" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I103" s="82"/>
-[...1 lines deleted...]
-      <c r="K103" s="81" t="s">
+      <c r="I103" s="85"/>
+      <c r="J103" s="86"/>
+      <c r="K103" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L103" s="82"/>
-[...1 lines deleted...]
-      <c r="N103" s="81" t="s">
+      <c r="L103" s="85"/>
+      <c r="M103" s="86"/>
+      <c r="N103" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O103" s="82"/>
-      <c r="P103" s="83"/>
+      <c r="O103" s="85"/>
+      <c r="P103" s="86"/>
     </row>
     <row r="104" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A104" s="97"/>
+      <c r="A104" s="100"/>
       <c r="B104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H104" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J104" s="9" t="s">
@@ -26702,113 +27266,113 @@
       <c r="A105" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B105" s="10">
         <v>301</v>
       </c>
       <c r="C105" s="1">
         <v>231</v>
       </c>
       <c r="D105" s="15">
         <v>532</v>
       </c>
       <c r="E105" s="10">
         <v>116</v>
       </c>
       <c r="F105" s="1">
         <v>108</v>
       </c>
       <c r="G105" s="15">
         <v>224</v>
       </c>
       <c r="H105" s="10">
         <v>0</v>
       </c>
       <c r="I105" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J105" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K105" s="10">
         <v>4</v>
       </c>
       <c r="L105" s="1">
         <v>0</v>
       </c>
       <c r="M105" s="15">
         <v>4</v>
       </c>
       <c r="N105" s="10">
         <v>139</v>
       </c>
       <c r="O105" s="1">
         <v>107</v>
       </c>
       <c r="P105" s="15">
         <v>246</v>
       </c>
     </row>
     <row r="106" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A106" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B106" s="10">
         <v>82</v>
       </c>
       <c r="C106" s="1">
         <v>66</v>
       </c>
       <c r="D106" s="15">
         <v>148</v>
       </c>
       <c r="E106" s="10">
         <v>44</v>
       </c>
       <c r="F106" s="1">
         <v>54</v>
       </c>
       <c r="G106" s="15">
         <v>98</v>
       </c>
       <c r="H106" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K106" s="10">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L106" s="1">
         <v>0</v>
       </c>
       <c r="M106" s="15">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N106" s="10">
         <v>59</v>
       </c>
       <c r="O106" s="1">
         <v>62</v>
       </c>
       <c r="P106" s="15">
         <v>121</v>
       </c>
     </row>
     <row r="107" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A107" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B107" s="10">
         <v>68</v>
       </c>
       <c r="C107" s="1">
         <v>84</v>
       </c>
       <c r="D107" s="15">
         <v>152</v>
       </c>
       <c r="E107" s="10">
@@ -26852,247 +27416,247 @@
       <c r="A108" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B108" s="10">
         <v>62</v>
       </c>
       <c r="C108" s="1">
         <v>67</v>
       </c>
       <c r="D108" s="15">
         <v>129</v>
       </c>
       <c r="E108" s="10">
         <v>42</v>
       </c>
       <c r="F108" s="1">
         <v>54</v>
       </c>
       <c r="G108" s="15">
         <v>96</v>
       </c>
       <c r="H108" s="10">
         <v>0</v>
       </c>
       <c r="I108" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J108" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K108" s="10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L108" s="1">
         <v>0</v>
       </c>
       <c r="M108" s="15">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N108" s="10">
         <v>41</v>
       </c>
       <c r="O108" s="1">
         <v>56</v>
       </c>
       <c r="P108" s="15">
         <v>97</v>
       </c>
     </row>
     <row r="109" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B109" s="32">
         <v>59</v>
       </c>
       <c r="C109" s="33">
         <v>55</v>
       </c>
       <c r="D109" s="34">
         <v>114</v>
       </c>
       <c r="E109" s="32">
         <v>44</v>
       </c>
       <c r="F109" s="33">
         <v>39</v>
       </c>
       <c r="G109" s="34">
         <v>83</v>
       </c>
       <c r="H109" s="32">
         <v>0</v>
       </c>
       <c r="I109" s="33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J109" s="34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K109" s="32">
         <v>4</v>
       </c>
       <c r="L109" s="33">
         <v>0</v>
       </c>
       <c r="M109" s="34">
         <v>4</v>
       </c>
       <c r="N109" s="32">
         <v>43</v>
       </c>
       <c r="O109" s="33">
         <v>53</v>
       </c>
       <c r="P109" s="34">
         <v>96</v>
       </c>
     </row>
     <row r="110" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B110" s="13">
         <v>572</v>
       </c>
       <c r="C110" s="14">
         <v>503</v>
       </c>
       <c r="D110" s="18">
         <v>1075</v>
       </c>
       <c r="E110" s="13">
         <v>316</v>
       </c>
       <c r="F110" s="14">
         <v>331</v>
       </c>
       <c r="G110" s="18">
         <v>647</v>
       </c>
       <c r="H110" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I110" s="14">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J110" s="18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K110" s="13">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L110" s="14">
         <v>0</v>
       </c>
       <c r="M110" s="18">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="N110" s="13">
         <v>354</v>
       </c>
       <c r="O110" s="14">
         <v>346</v>
       </c>
       <c r="P110" s="18">
         <v>700</v>
       </c>
     </row>
     <row r="111" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="112" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A112" s="79" t="s">
+      <c r="A112" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B112" s="93" t="s">
+      <c r="B112" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C112" s="93"/>
-[...12 lines deleted...]
-      <c r="P112" s="94"/>
+      <c r="C112" s="96"/>
+      <c r="D112" s="96"/>
+      <c r="E112" s="96"/>
+      <c r="F112" s="96"/>
+      <c r="G112" s="96"/>
+      <c r="H112" s="96"/>
+      <c r="I112" s="96"/>
+      <c r="J112" s="96"/>
+      <c r="K112" s="96"/>
+      <c r="L112" s="96"/>
+      <c r="M112" s="96"/>
+      <c r="N112" s="96"/>
+      <c r="O112" s="96"/>
+      <c r="P112" s="97"/>
     </row>
     <row r="113" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A113" s="97"/>
-      <c r="B113" s="92" t="s">
+      <c r="A113" s="100"/>
+      <c r="B113" s="95" t="s">
         <v>11</v>
       </c>
-      <c r="C113" s="92"/>
-[...12 lines deleted...]
-      <c r="P113" s="101"/>
+      <c r="C113" s="95"/>
+      <c r="D113" s="95"/>
+      <c r="E113" s="95"/>
+      <c r="F113" s="95"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
+      <c r="I113" s="95"/>
+      <c r="J113" s="95"/>
+      <c r="K113" s="95"/>
+      <c r="L113" s="95"/>
+      <c r="M113" s="95"/>
+      <c r="N113" s="95"/>
+      <c r="O113" s="95"/>
+      <c r="P113" s="104"/>
     </row>
     <row r="114" spans="1:16" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A114" s="97"/>
-      <c r="B114" s="81" t="s">
+      <c r="A114" s="100"/>
+      <c r="B114" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C114" s="82"/>
-[...1 lines deleted...]
-      <c r="E114" s="81" t="s">
+      <c r="C114" s="85"/>
+      <c r="D114" s="86"/>
+      <c r="E114" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F114" s="82"/>
-[...1 lines deleted...]
-      <c r="H114" s="81" t="s">
+      <c r="F114" s="85"/>
+      <c r="G114" s="86"/>
+      <c r="H114" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I114" s="82"/>
-[...1 lines deleted...]
-      <c r="K114" s="81" t="s">
+      <c r="I114" s="85"/>
+      <c r="J114" s="86"/>
+      <c r="K114" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L114" s="82"/>
-[...1 lines deleted...]
-      <c r="N114" s="81" t="s">
+      <c r="L114" s="85"/>
+      <c r="M114" s="86"/>
+      <c r="N114" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O114" s="82"/>
-      <c r="P114" s="83"/>
+      <c r="O114" s="85"/>
+      <c r="P114" s="86"/>
     </row>
     <row r="115" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A115" s="97"/>
+      <c r="A115" s="100"/>
       <c r="B115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H115" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J115" s="9" t="s">
@@ -27221,996 +27785,1335 @@
       <c r="A118" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B118" s="10">
         <v>48</v>
       </c>
       <c r="C118" s="1">
         <v>50</v>
       </c>
       <c r="D118" s="15">
         <v>98</v>
       </c>
       <c r="E118" s="10">
         <v>71</v>
       </c>
       <c r="F118" s="1">
         <v>86</v>
       </c>
       <c r="G118" s="15">
         <v>157</v>
       </c>
       <c r="H118" s="10">
         <v>0</v>
       </c>
       <c r="I118" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J118" s="15">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K118" s="10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L118" s="1">
         <v>0</v>
       </c>
       <c r="M118" s="15">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N118" s="10">
         <v>78</v>
       </c>
       <c r="O118" s="1">
         <v>72</v>
       </c>
       <c r="P118" s="15">
         <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A119" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B119" s="10">
         <v>50</v>
       </c>
       <c r="C119" s="1">
         <v>59</v>
       </c>
       <c r="D119" s="15">
         <v>109</v>
       </c>
       <c r="E119" s="10">
         <v>37</v>
       </c>
       <c r="F119" s="1">
         <v>38</v>
       </c>
       <c r="G119" s="15">
         <v>75</v>
       </c>
       <c r="H119" s="10">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>1</v>
       </c>
       <c r="J119" s="15">
         <v>1</v>
       </c>
       <c r="K119" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L119" s="1">
         <v>0</v>
       </c>
       <c r="M119" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N119" s="10">
         <v>48</v>
       </c>
       <c r="O119" s="1">
         <v>51</v>
       </c>
       <c r="P119" s="15">
         <v>99</v>
       </c>
     </row>
     <row r="120" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="32">
         <v>45</v>
       </c>
       <c r="C120" s="33">
         <v>57</v>
       </c>
       <c r="D120" s="34">
         <v>102</v>
       </c>
       <c r="E120" s="32">
         <v>30</v>
       </c>
       <c r="F120" s="33">
         <v>46</v>
       </c>
       <c r="G120" s="34">
         <v>76</v>
       </c>
       <c r="H120" s="32">
         <v>0</v>
       </c>
       <c r="I120" s="33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J120" s="34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K120" s="32">
         <v>0</v>
       </c>
       <c r="L120" s="33">
         <v>0</v>
       </c>
       <c r="M120" s="34">
         <v>0</v>
       </c>
       <c r="N120" s="32">
         <v>50</v>
       </c>
       <c r="O120" s="33">
         <v>69</v>
       </c>
       <c r="P120" s="34">
         <v>119</v>
       </c>
     </row>
     <row r="121" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B121" s="13">
         <v>475</v>
       </c>
       <c r="C121" s="14">
         <v>451</v>
       </c>
       <c r="D121" s="18">
         <v>926</v>
       </c>
       <c r="E121" s="13">
         <v>278</v>
       </c>
       <c r="F121" s="14">
         <v>298</v>
       </c>
       <c r="G121" s="18">
         <v>576</v>
       </c>
       <c r="H121" s="13">
         <v>0</v>
       </c>
       <c r="I121" s="14">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J121" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K121" s="13">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L121" s="14">
         <v>0</v>
       </c>
       <c r="M121" s="18">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="N121" s="13">
         <v>376</v>
       </c>
       <c r="O121" s="14">
         <v>357</v>
       </c>
       <c r="P121" s="18">
         <v>733</v>
       </c>
     </row>
-    <row r="122" spans="1:16" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A123" s="79" t="s">
+    <row r="122" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="123" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B123" s="93" t="s">
+      <c r="B123" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C123" s="93"/>
-[...16 lines deleted...]
-      <c r="B124" s="92" t="s">
+      <c r="C123" s="96"/>
+      <c r="D123" s="96"/>
+      <c r="E123" s="96"/>
+      <c r="F123" s="96"/>
+      <c r="G123" s="96"/>
+      <c r="H123" s="96"/>
+      <c r="I123" s="96"/>
+      <c r="J123" s="96"/>
+      <c r="K123" s="96"/>
+      <c r="L123" s="96"/>
+      <c r="M123" s="96"/>
+      <c r="N123" s="96"/>
+      <c r="O123" s="96"/>
+      <c r="P123" s="97"/>
+    </row>
+    <row r="124" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A124" s="100"/>
+      <c r="B124" s="95" t="s">
         <v>12</v>
       </c>
-      <c r="C124" s="92"/>
-[...16 lines deleted...]
-      <c r="B125" s="81" t="s">
+      <c r="C124" s="95"/>
+      <c r="D124" s="95"/>
+      <c r="E124" s="95"/>
+      <c r="F124" s="95"/>
+      <c r="G124" s="95"/>
+      <c r="H124" s="95"/>
+      <c r="I124" s="95"/>
+      <c r="J124" s="95"/>
+      <c r="K124" s="95"/>
+      <c r="L124" s="95"/>
+      <c r="M124" s="95"/>
+      <c r="N124" s="95"/>
+      <c r="O124" s="95"/>
+      <c r="P124" s="104"/>
+    </row>
+    <row r="125" spans="1:16" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="100"/>
+      <c r="B125" s="84" t="s">
         <v>32</v>
       </c>
-      <c r="C125" s="82"/>
-[...1 lines deleted...]
-      <c r="E125" s="81" t="s">
+      <c r="C125" s="85"/>
+      <c r="D125" s="86"/>
+      <c r="E125" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="F125" s="82"/>
-[...1 lines deleted...]
-      <c r="H125" s="81" t="s">
+      <c r="F125" s="85"/>
+      <c r="G125" s="86"/>
+      <c r="H125" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="I125" s="82"/>
-[...1 lines deleted...]
-      <c r="K125" s="81" t="s">
+      <c r="I125" s="85"/>
+      <c r="J125" s="86"/>
+      <c r="K125" s="84" t="s">
         <v>34</v>
       </c>
-      <c r="L125" s="82"/>
-[...1 lines deleted...]
-      <c r="N125" s="81" t="s">
+      <c r="L125" s="85"/>
+      <c r="M125" s="86"/>
+      <c r="N125" s="84" t="s">
         <v>36</v>
       </c>
-      <c r="O125" s="82"/>
-[...3 lines deleted...]
-      <c r="A126" s="97"/>
+      <c r="O125" s="85"/>
+      <c r="P125" s="86"/>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A126" s="100"/>
       <c r="B126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="K126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="L126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="M126" s="9" t="s">
         <v>13</v>
       </c>
       <c r="N126" s="8" t="s">
         <v>14</v>
       </c>
       <c r="O126" s="7" t="s">
         <v>15</v>
       </c>
       <c r="P126" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="127" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A127" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B127" s="10"/>
-[...15 lines deleted...]
-    <row r="128" spans="1:16" hidden="1" x14ac:dyDescent="0.35">
+      <c r="B127" s="10">
+        <v>184</v>
+      </c>
+      <c r="C127" s="1">
+        <v>205</v>
+      </c>
+      <c r="D127" s="15">
+        <v>389</v>
+      </c>
+      <c r="E127" s="10">
+        <v>90</v>
+      </c>
+      <c r="F127" s="1">
+        <v>88</v>
+      </c>
+      <c r="G127" s="15">
+        <v>178</v>
+      </c>
+      <c r="H127" s="10">
+        <v>0</v>
+      </c>
+      <c r="I127" s="1">
+        <v>0</v>
+      </c>
+      <c r="J127" s="15">
+        <v>0</v>
+      </c>
+      <c r="K127" s="10">
+        <v>1</v>
+      </c>
+      <c r="L127" s="1">
+        <v>0</v>
+      </c>
+      <c r="M127" s="15">
+        <v>1</v>
+      </c>
+      <c r="N127" s="10">
+        <v>100</v>
+      </c>
+      <c r="O127" s="1">
+        <v>128</v>
+      </c>
+      <c r="P127" s="15">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A128" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B128" s="10"/>
-[...15 lines deleted...]
-    <row r="129" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
+      <c r="B128" s="10">
+        <v>65</v>
+      </c>
+      <c r="C128" s="1">
+        <v>84</v>
+      </c>
+      <c r="D128" s="15">
+        <v>149</v>
+      </c>
+      <c r="E128" s="10">
+        <v>29</v>
+      </c>
+      <c r="F128" s="1">
+        <v>56</v>
+      </c>
+      <c r="G128" s="15">
+        <v>85</v>
+      </c>
+      <c r="H128" s="10">
+        <v>0</v>
+      </c>
+      <c r="I128" s="1">
+        <v>3</v>
+      </c>
+      <c r="J128" s="15">
+        <v>3</v>
+      </c>
+      <c r="K128" s="10">
+        <v>4</v>
+      </c>
+      <c r="L128" s="1">
+        <v>0</v>
+      </c>
+      <c r="M128" s="15">
+        <v>4</v>
+      </c>
+      <c r="N128" s="10">
+        <v>52</v>
+      </c>
+      <c r="O128" s="1">
+        <v>98</v>
+      </c>
+      <c r="P128" s="15">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A129" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="B129" s="10"/>
-[...15 lines deleted...]
-    <row r="130" spans="1:17" hidden="1" x14ac:dyDescent="0.35">
+      <c r="B129" s="10">
+        <v>52</v>
+      </c>
+      <c r="C129" s="1">
+        <v>65</v>
+      </c>
+      <c r="D129" s="15">
+        <v>117</v>
+      </c>
+      <c r="E129" s="10">
+        <v>60</v>
+      </c>
+      <c r="F129" s="1">
+        <v>63</v>
+      </c>
+      <c r="G129" s="15">
+        <v>123</v>
+      </c>
+      <c r="H129" s="10">
+        <v>0</v>
+      </c>
+      <c r="I129" s="1">
+        <v>1</v>
+      </c>
+      <c r="J129" s="15">
+        <v>1</v>
+      </c>
+      <c r="K129" s="10">
+        <v>0</v>
+      </c>
+      <c r="L129" s="1">
+        <v>0</v>
+      </c>
+      <c r="M129" s="15">
+        <v>0</v>
+      </c>
+      <c r="N129" s="10">
+        <v>71</v>
+      </c>
+      <c r="O129" s="1">
+        <v>72</v>
+      </c>
+      <c r="P129" s="15">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A130" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="B130" s="10"/>
-[...15 lines deleted...]
-    <row r="131" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B130" s="10">
+        <v>49</v>
+      </c>
+      <c r="C130" s="1">
+        <v>60</v>
+      </c>
+      <c r="D130" s="15">
+        <v>109</v>
+      </c>
+      <c r="E130" s="10">
+        <v>21</v>
+      </c>
+      <c r="F130" s="1">
+        <v>44</v>
+      </c>
+      <c r="G130" s="15">
+        <v>65</v>
+      </c>
+      <c r="H130" s="10">
+        <v>0</v>
+      </c>
+      <c r="I130" s="1">
+        <v>1</v>
+      </c>
+      <c r="J130" s="15">
+        <v>1</v>
+      </c>
+      <c r="K130" s="10">
+        <v>0</v>
+      </c>
+      <c r="L130" s="1">
+        <v>0</v>
+      </c>
+      <c r="M130" s="15">
+        <v>0</v>
+      </c>
+      <c r="N130" s="10">
+        <v>43</v>
+      </c>
+      <c r="O130" s="1">
+        <v>71</v>
+      </c>
+      <c r="P130" s="15">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="B131" s="32"/>
-[...15 lines deleted...]
-    <row r="132" spans="1:17" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B131" s="32">
+        <v>51</v>
+      </c>
+      <c r="C131" s="33">
+        <v>55</v>
+      </c>
+      <c r="D131" s="34">
+        <v>106</v>
+      </c>
+      <c r="E131" s="32">
+        <v>30</v>
+      </c>
+      <c r="F131" s="33">
+        <v>34</v>
+      </c>
+      <c r="G131" s="34">
+        <v>64</v>
+      </c>
+      <c r="H131" s="32">
+        <v>0</v>
+      </c>
+      <c r="I131" s="33">
+        <v>0</v>
+      </c>
+      <c r="J131" s="34">
+        <v>0</v>
+      </c>
+      <c r="K131" s="32">
+        <v>1</v>
+      </c>
+      <c r="L131" s="33">
+        <v>1</v>
+      </c>
+      <c r="M131" s="34">
+        <v>2</v>
+      </c>
+      <c r="N131" s="32">
+        <v>46</v>
+      </c>
+      <c r="O131" s="33">
+        <v>72</v>
+      </c>
+      <c r="P131" s="34">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="B132" s="13"/>
-[...13 lines deleted...]
-      <c r="P132" s="18"/>
+      <c r="B132" s="13">
+        <v>401</v>
+      </c>
+      <c r="C132" s="14">
+        <v>469</v>
+      </c>
+      <c r="D132" s="18">
+        <v>870</v>
+      </c>
+      <c r="E132" s="13">
+        <v>230</v>
+      </c>
+      <c r="F132" s="14">
+        <v>285</v>
+      </c>
+      <c r="G132" s="18">
+        <v>515</v>
+      </c>
+      <c r="H132" s="13">
+        <v>0</v>
+      </c>
+      <c r="I132" s="14">
+        <v>5</v>
+      </c>
+      <c r="J132" s="18">
+        <v>5</v>
+      </c>
+      <c r="K132" s="13">
+        <v>6</v>
+      </c>
+      <c r="L132" s="14">
+        <v>1</v>
+      </c>
+      <c r="M132" s="18">
+        <v>7</v>
+      </c>
+      <c r="N132" s="13">
+        <v>312</v>
+      </c>
+      <c r="O132" s="14">
+        <v>441</v>
+      </c>
+      <c r="P132" s="18">
+        <v>753</v>
+      </c>
     </row>
     <row r="133" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="134" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A134" s="79" t="s">
+      <c r="A134" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B134" s="93" t="s">
+      <c r="B134" s="96" t="s">
         <v>45</v>
       </c>
-      <c r="C134" s="93"/>
-[...12 lines deleted...]
-      <c r="P134" s="94"/>
+      <c r="C134" s="96"/>
+      <c r="D134" s="96"/>
+      <c r="E134" s="96"/>
+      <c r="F134" s="96"/>
+      <c r="G134" s="96"/>
+      <c r="H134" s="96"/>
+      <c r="I134" s="96"/>
+      <c r="J134" s="96"/>
+      <c r="K134" s="96"/>
+      <c r="L134" s="96"/>
+      <c r="M134" s="96"/>
+      <c r="N134" s="96"/>
+      <c r="O134" s="96"/>
+      <c r="P134" s="97"/>
     </row>
     <row r="135" spans="1:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A135" s="97"/>
-      <c r="B135" s="92" t="s">
+      <c r="A135" s="100"/>
+      <c r="B135" s="95" t="s">
         <v>47</v>
       </c>
-      <c r="C135" s="92"/>
-[...12 lines deleted...]
-      <c r="P135" s="101"/>
+      <c r="C135" s="95"/>
+      <c r="D135" s="95"/>
+      <c r="E135" s="95"/>
+      <c r="F135" s="95"/>
+      <c r="G135" s="95"/>
+      <c r="H135" s="95"/>
+      <c r="I135" s="95"/>
+      <c r="J135" s="95"/>
+      <c r="K135" s="95"/>
+      <c r="L135" s="95"/>
+      <c r="M135" s="95"/>
+      <c r="N135" s="95"/>
+      <c r="O135" s="95"/>
+      <c r="P135" s="104"/>
     </row>
     <row r="136" spans="1:17" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A136" s="97"/>
-      <c r="B136" s="84" t="s">
+      <c r="A136" s="100"/>
+      <c r="B136" s="87" t="s">
         <v>32</v>
       </c>
-      <c r="C136" s="85"/>
-[...1 lines deleted...]
-      <c r="E136" s="84" t="s">
+      <c r="C136" s="88"/>
+      <c r="D136" s="89"/>
+      <c r="E136" s="87" t="s">
         <v>33</v>
       </c>
-      <c r="F136" s="85"/>
-[...1 lines deleted...]
-      <c r="H136" s="84" t="s">
+      <c r="F136" s="88"/>
+      <c r="G136" s="89"/>
+      <c r="H136" s="87" t="s">
         <v>35</v>
       </c>
-      <c r="I136" s="85"/>
-[...1 lines deleted...]
-      <c r="K136" s="84" t="s">
+      <c r="I136" s="88"/>
+      <c r="J136" s="89"/>
+      <c r="K136" s="87" t="s">
         <v>34</v>
       </c>
-      <c r="L136" s="85"/>
-[...1 lines deleted...]
-      <c r="N136" s="84" t="s">
+      <c r="L136" s="88"/>
+      <c r="M136" s="89"/>
+      <c r="N136" s="87" t="s">
         <v>36</v>
       </c>
-      <c r="O136" s="85"/>
-      <c r="P136" s="86"/>
+      <c r="O136" s="88"/>
+      <c r="P136" s="89"/>
     </row>
     <row r="137" spans="1:17" x14ac:dyDescent="0.35">
-      <c r="A137" s="97"/>
+      <c r="A137" s="100"/>
       <c r="B137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="D137" s="63" t="s">
+      <c r="C137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="F137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="G137" s="63" t="s">
+      <c r="F137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="H137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="I137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="J137" s="63" t="s">
+      <c r="I137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="J137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="K137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="L137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="M137" s="63" t="s">
+      <c r="L137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="M137" s="66" t="s">
         <v>13</v>
       </c>
       <c r="N137" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="O137" s="62" t="s">
-[...2 lines deleted...]
-      <c r="P137" s="63" t="s">
+      <c r="O137" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="P137" s="66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A138" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B138" s="10">
         <f>SUM(B6,B17,B28,B39,B50,B61,B72,B83,B94,B105,B116,B127)</f>
-        <v>2839</v>
+        <v>3023</v>
       </c>
       <c r="C138" s="1">
         <f t="shared" ref="C138:P138" si="0">SUM(C6,C17,C28,C39,C50,C61,C72,C83,C94,C105,C116,C127)</f>
-        <v>2400</v>
+        <v>2605</v>
       </c>
       <c r="D138" s="15">
         <f t="shared" si="0"/>
-        <v>5239</v>
+        <v>5628</v>
       </c>
       <c r="E138" s="10">
         <f t="shared" si="0"/>
-        <v>1229</v>
+        <v>1319</v>
       </c>
       <c r="F138" s="1">
         <f t="shared" si="0"/>
-        <v>1051</v>
+        <v>1139</v>
       </c>
       <c r="G138" s="15">
         <f t="shared" si="0"/>
-        <v>2280</v>
+        <v>2458</v>
       </c>
       <c r="H138" s="10">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I138" s="1">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="J138" s="15">
         <f t="shared" si="0"/>
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="K138" s="10">
         <f t="shared" si="0"/>
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L138" s="1">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="M138" s="15">
         <f t="shared" si="0"/>
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="N138" s="10">
         <f t="shared" si="0"/>
-        <v>1785</v>
+        <v>1885</v>
       </c>
       <c r="O138" s="1">
         <f t="shared" si="0"/>
-        <v>1234</v>
+        <v>1362</v>
       </c>
       <c r="P138" s="15">
         <f t="shared" si="0"/>
-        <v>3019</v>
+        <v>3247</v>
       </c>
       <c r="Q138" s="28"/>
     </row>
     <row r="139" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A139" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B139" s="10">
         <f t="shared" ref="B139:P139" si="1">SUM(B7,B18,B29,B40,B51,B62,B73,B84,B95,B106,B117,B128)</f>
-        <v>814</v>
+        <v>879</v>
       </c>
       <c r="C139" s="1">
         <f t="shared" si="1"/>
-        <v>798</v>
+        <v>882</v>
       </c>
       <c r="D139" s="15">
         <f t="shared" si="1"/>
-        <v>1612</v>
+        <v>1761</v>
       </c>
       <c r="E139" s="10">
         <f t="shared" si="1"/>
-        <v>448</v>
+        <v>477</v>
       </c>
       <c r="F139" s="1">
         <f t="shared" si="1"/>
-        <v>435</v>
+        <v>491</v>
       </c>
       <c r="G139" s="15">
         <f t="shared" si="1"/>
-        <v>883</v>
+        <v>968</v>
       </c>
       <c r="H139" s="10">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I139" s="1">
         <f t="shared" si="1"/>
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="J139" s="15">
         <f t="shared" si="1"/>
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="K139" s="10">
         <f t="shared" si="1"/>
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="L139" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="M139" s="15">
         <f t="shared" si="1"/>
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="N139" s="10">
         <f t="shared" si="1"/>
-        <v>637</v>
+        <v>689</v>
       </c>
       <c r="O139" s="1">
         <f t="shared" si="1"/>
-        <v>674</v>
+        <v>772</v>
       </c>
       <c r="P139" s="15">
         <f t="shared" si="1"/>
-        <v>1311</v>
+        <v>1461</v>
       </c>
       <c r="Q139" s="28"/>
     </row>
     <row r="140" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A140" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B140" s="10">
         <f t="shared" ref="B140:P140" si="2">SUM(B8,B19,B30,B41,B52,B63,B74,B85,B96,B107,B118,B129)</f>
-        <v>742</v>
+        <v>794</v>
       </c>
       <c r="C140" s="1">
         <f t="shared" si="2"/>
-        <v>736</v>
+        <v>801</v>
       </c>
       <c r="D140" s="15">
         <f>SUM(D8,D19,D30,D41,D52,D63,D74,D85,D96,D107,D118,D129)</f>
-        <v>1478</v>
+        <v>1595</v>
       </c>
       <c r="E140" s="10">
         <f t="shared" si="2"/>
-        <v>748</v>
+        <v>808</v>
       </c>
       <c r="F140" s="1">
         <f t="shared" si="2"/>
-        <v>814</v>
+        <v>877</v>
       </c>
       <c r="G140" s="15">
         <f t="shared" si="2"/>
-        <v>1562</v>
+        <v>1685</v>
       </c>
       <c r="H140" s="10">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I140" s="1">
         <f t="shared" si="2"/>
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="J140" s="15">
         <f t="shared" si="2"/>
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="K140" s="10">
         <f t="shared" si="2"/>
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="L140" s="1">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="M140" s="15">
         <f t="shared" si="2"/>
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="N140" s="10">
         <f t="shared" si="2"/>
-        <v>742</v>
+        <v>813</v>
       </c>
       <c r="O140" s="1">
         <f t="shared" si="2"/>
-        <v>762</v>
+        <v>834</v>
       </c>
       <c r="P140" s="15">
         <f t="shared" si="2"/>
-        <v>1504</v>
+        <v>1647</v>
       </c>
       <c r="Q140" s="28"/>
     </row>
     <row r="141" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A141" s="11" t="s">
         <v>43</v>
       </c>
       <c r="B141" s="10">
         <f t="shared" ref="B141:P141" si="3">SUM(B9,B20,B31,B42,B53,B64,B75,B86,B97,B108,B119,B130)</f>
-        <v>624</v>
+        <v>673</v>
       </c>
       <c r="C141" s="1">
         <f t="shared" si="3"/>
-        <v>635</v>
+        <v>695</v>
       </c>
       <c r="D141" s="15">
         <f t="shared" si="3"/>
-        <v>1259</v>
+        <v>1368</v>
       </c>
       <c r="E141" s="10">
         <f t="shared" si="3"/>
-        <v>370</v>
+        <v>391</v>
       </c>
       <c r="F141" s="1">
         <f t="shared" si="3"/>
-        <v>425</v>
+        <v>469</v>
       </c>
       <c r="G141" s="15">
         <f t="shared" si="3"/>
-        <v>795</v>
+        <v>860</v>
       </c>
       <c r="H141" s="10">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J141" s="15">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K141" s="10">
         <f t="shared" si="3"/>
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="L141" s="1">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M141" s="15">
         <f t="shared" si="3"/>
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="N141" s="10">
         <f>SUM(N9,N20,N31,N42,N53,N64,N75,N86,N97,N108,N119,N130)</f>
-        <v>555</v>
+        <v>598</v>
       </c>
       <c r="O141" s="1">
         <f t="shared" si="3"/>
-        <v>580</v>
+        <v>651</v>
       </c>
       <c r="P141" s="15">
         <f t="shared" si="3"/>
-        <v>1135</v>
+        <v>1249</v>
       </c>
       <c r="Q141" s="28"/>
     </row>
     <row r="142" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B142" s="32">
         <f t="shared" ref="B142:P142" si="4">SUM(B10,B21,B32,B43,B54,B65,B76,B87,B98,B109,B120,B131)</f>
-        <v>639</v>
+        <v>690</v>
       </c>
       <c r="C142" s="33">
         <f t="shared" si="4"/>
-        <v>606</v>
+        <v>661</v>
       </c>
       <c r="D142" s="34">
         <f t="shared" si="4"/>
-        <v>1245</v>
+        <v>1351</v>
       </c>
       <c r="E142" s="32">
         <f t="shared" si="4"/>
-        <v>319</v>
+        <v>349</v>
       </c>
       <c r="F142" s="33">
         <f t="shared" si="4"/>
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="G142" s="34">
         <f>SUM(G10,G21,G32,G43,G54,G65,G76,G87,G98,G109,G120,G131)</f>
-        <v>652</v>
+        <v>716</v>
       </c>
       <c r="H142" s="32">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="I142" s="33">
         <f t="shared" si="4"/>
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="J142" s="34">
         <f t="shared" si="4"/>
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="K142" s="32">
         <f t="shared" si="4"/>
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="L142" s="33">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M142" s="34">
         <f t="shared" si="4"/>
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="N142" s="32">
         <f t="shared" si="4"/>
-        <v>511</v>
+        <v>557</v>
       </c>
       <c r="O142" s="33">
         <f t="shared" si="4"/>
-        <v>579</v>
+        <v>651</v>
       </c>
       <c r="P142" s="34">
         <f t="shared" si="4"/>
-        <v>1090</v>
+        <v>1208</v>
       </c>
       <c r="Q142" s="28"/>
     </row>
     <row r="143" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="25" t="s">
         <v>13</v>
       </c>
       <c r="B143" s="13">
         <f t="shared" ref="B143:P143" si="5">SUM(B11,B22,B33,B44,B55,B66,B77,B88,B99,B110,B121,B132)</f>
-        <v>5658</v>
+        <v>6059</v>
       </c>
       <c r="C143" s="14">
         <f t="shared" si="5"/>
-        <v>5175</v>
+        <v>5644</v>
       </c>
       <c r="D143" s="18">
         <f t="shared" si="5"/>
-        <v>10833</v>
+        <v>11703</v>
       </c>
       <c r="E143" s="13">
         <f t="shared" si="5"/>
-        <v>3114</v>
+        <v>3344</v>
       </c>
       <c r="F143" s="14">
         <f t="shared" si="5"/>
-        <v>3058</v>
+        <v>3343</v>
       </c>
       <c r="G143" s="18">
         <f t="shared" si="5"/>
-        <v>6172</v>
+        <v>6687</v>
       </c>
       <c r="H143" s="13">
         <f t="shared" si="5"/>
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I143" s="14">
         <f t="shared" si="5"/>
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="J143" s="18">
         <f t="shared" si="5"/>
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="K143" s="13">
         <f t="shared" si="5"/>
-        <v>113</v>
+        <v>184</v>
       </c>
       <c r="L143" s="14">
         <f t="shared" si="5"/>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M143" s="18">
         <f t="shared" si="5"/>
-        <v>118</v>
+        <v>190</v>
       </c>
       <c r="N143" s="13">
         <f t="shared" si="5"/>
-        <v>4230</v>
+        <v>4542</v>
       </c>
       <c r="O143" s="14">
         <f t="shared" si="5"/>
-        <v>3829</v>
+        <v>4270</v>
       </c>
       <c r="P143" s="18">
         <f t="shared" si="5"/>
-        <v>8059</v>
+        <v>8812</v>
       </c>
       <c r="Q143" s="28"/>
     </row>
     <row r="144" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A144" s="38"/>
-      <c r="B144" s="47"/>
-[...5 lines deleted...]
-      <c r="H144" s="47"/>
+      <c r="B144" s="48"/>
+      <c r="C144" s="48"/>
+      <c r="D144" s="48"/>
+      <c r="E144" s="48"/>
+      <c r="F144" s="48"/>
+      <c r="G144" s="48"/>
+      <c r="H144" s="48"/>
       <c r="I144" s="28"/>
       <c r="J144" s="28"/>
       <c r="K144" s="28"/>
       <c r="L144" s="28"/>
       <c r="M144" s="28"/>
-      <c r="N144" s="47"/>
-[...1 lines deleted...]
-      <c r="P144" s="47"/>
+      <c r="N144" s="48"/>
+      <c r="O144" s="48"/>
+      <c r="P144" s="48"/>
       <c r="Q144" s="28"/>
+    </row>
+    <row r="145" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B145" s="60"/>
+      <c r="C145" s="60"/>
+      <c r="D145" s="60"/>
+      <c r="E145" s="60"/>
+      <c r="F145" s="60"/>
+      <c r="G145" s="60"/>
+      <c r="H145" s="60"/>
+      <c r="I145" s="60"/>
+      <c r="J145" s="60"/>
+      <c r="K145" s="60"/>
+      <c r="L145" s="60"/>
+      <c r="M145" s="60"/>
+      <c r="N145" s="60"/>
+      <c r="O145" s="60"/>
+      <c r="P145" s="60"/>
+    </row>
+    <row r="146" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B146" s="60"/>
+      <c r="C146" s="60"/>
+      <c r="D146" s="60"/>
+      <c r="E146" s="60"/>
+      <c r="F146" s="60"/>
+      <c r="G146" s="60"/>
+      <c r="H146" s="60"/>
+      <c r="I146" s="60"/>
+      <c r="J146" s="60"/>
+      <c r="K146" s="60"/>
+      <c r="L146" s="60"/>
+      <c r="M146" s="60"/>
+      <c r="N146" s="60"/>
+      <c r="O146" s="60"/>
+      <c r="P146" s="60"/>
+    </row>
+    <row r="147" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B147" s="60"/>
+      <c r="C147" s="60"/>
+      <c r="D147" s="60"/>
+      <c r="E147" s="60"/>
+      <c r="F147" s="60"/>
+      <c r="G147" s="60"/>
+      <c r="H147" s="60"/>
+      <c r="I147" s="60"/>
+      <c r="J147" s="60"/>
+      <c r="K147" s="60"/>
+      <c r="L147" s="60"/>
+      <c r="M147" s="60"/>
+      <c r="N147" s="60"/>
+      <c r="O147" s="60"/>
+      <c r="P147" s="60"/>
+    </row>
+    <row r="148" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B148" s="61"/>
+      <c r="C148" s="61"/>
+      <c r="D148" s="61"/>
+      <c r="E148" s="61"/>
+      <c r="F148" s="61"/>
+      <c r="G148" s="61"/>
+      <c r="H148" s="61"/>
+      <c r="I148" s="61"/>
+      <c r="J148" s="61"/>
+      <c r="K148" s="61"/>
+      <c r="L148" s="61"/>
+      <c r="M148" s="61"/>
+      <c r="N148" s="61"/>
+      <c r="O148" s="61"/>
+      <c r="P148" s="61"/>
+      <c r="Q148" s="48"/>
+    </row>
+    <row r="149" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B149" s="61"/>
+      <c r="C149" s="61"/>
+      <c r="D149" s="61"/>
+      <c r="E149" s="61"/>
+      <c r="F149" s="61"/>
+      <c r="G149" s="61"/>
+      <c r="H149" s="61"/>
+      <c r="I149" s="61"/>
+      <c r="J149" s="61"/>
+      <c r="K149" s="61"/>
+      <c r="L149" s="61"/>
+      <c r="M149" s="61"/>
+      <c r="N149" s="61"/>
+      <c r="O149" s="61"/>
+      <c r="P149" s="61"/>
+      <c r="Q149" s="48"/>
+    </row>
+    <row r="150" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B150" s="62"/>
+      <c r="C150" s="62"/>
+      <c r="D150" s="62"/>
+      <c r="E150" s="62"/>
+      <c r="F150" s="62"/>
+      <c r="G150" s="62"/>
+      <c r="H150" s="62"/>
+      <c r="I150" s="62"/>
+      <c r="J150" s="62"/>
+      <c r="K150" s="62"/>
+      <c r="L150" s="62"/>
+      <c r="M150" s="62"/>
+      <c r="N150" s="62"/>
+      <c r="O150" s="62"/>
+      <c r="P150" s="62"/>
+      <c r="Q150" s="48"/>
+    </row>
+    <row r="151" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B151" s="48"/>
+      <c r="C151" s="48"/>
+      <c r="D151" s="48"/>
+      <c r="E151" s="48"/>
+      <c r="F151" s="48"/>
+      <c r="G151" s="48"/>
+      <c r="H151" s="48"/>
+      <c r="I151" s="48"/>
+      <c r="J151" s="48"/>
+      <c r="K151" s="48"/>
+      <c r="L151" s="48"/>
+      <c r="M151" s="48"/>
+      <c r="N151" s="48"/>
+      <c r="O151" s="48"/>
+      <c r="P151" s="48"/>
+      <c r="Q151" s="48"/>
+    </row>
+    <row r="152" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B152" s="48"/>
+      <c r="C152" s="48"/>
+      <c r="D152" s="48"/>
+      <c r="E152" s="48"/>
+      <c r="F152" s="48"/>
+      <c r="G152" s="48"/>
+      <c r="H152" s="48"/>
+      <c r="I152" s="48"/>
+      <c r="J152" s="48"/>
+      <c r="K152" s="48"/>
+      <c r="L152" s="48"/>
+      <c r="M152" s="48"/>
+      <c r="N152" s="48"/>
+      <c r="O152" s="48"/>
+      <c r="P152" s="48"/>
+      <c r="Q152" s="48"/>
+    </row>
+    <row r="153" spans="2:17" x14ac:dyDescent="0.35">
+      <c r="B153" s="48"/>
+      <c r="C153" s="48"/>
+      <c r="D153" s="48"/>
+      <c r="E153" s="48"/>
+      <c r="F153" s="48"/>
+      <c r="G153" s="48"/>
+      <c r="H153" s="48"/>
+      <c r="I153" s="48"/>
+      <c r="J153" s="48"/>
+      <c r="K153" s="48"/>
+      <c r="L153" s="48"/>
+      <c r="M153" s="48"/>
+      <c r="N153" s="48"/>
+      <c r="O153" s="48"/>
+      <c r="P153" s="48"/>
+      <c r="Q153" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="104">
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:P2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="B24:P24"/>
     <mergeCell ref="B25:P25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="E26:G26"/>
     <mergeCell ref="H26:J26"/>
     <mergeCell ref="K26:M26"/>
     <mergeCell ref="N26:P26"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="B13:P13"/>
     <mergeCell ref="B14:P14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="H15:J15"/>