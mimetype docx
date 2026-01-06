--- v0 (2025-10-07)
+++ v1 (2026-01-06)
@@ -297,72 +297,70 @@
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="00936C4B" w:rsidP="00336C55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B111D3" w:rsidTr="008A11B6">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B111D3" w:rsidRDefault="00B111D3" w:rsidP="00B111D3">
+          <w:p w:rsidR="00B111D3" w:rsidRDefault="00CE120D" w:rsidP="00B111D3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00B111D3" w:rsidRPr="008A11B6">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
               <w:t>01</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A11B6">
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00B111D3" w:rsidRPr="008A11B6">
+              <w:t>.202</w:t>
+            </w:r>
             <w:r>
-              <w:t>10</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="008A11B6">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B111D3" w:rsidRPr="008A11B6">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B111D3" w:rsidRPr="0054691F" w:rsidRDefault="00B111D3" w:rsidP="00B111D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A11B6">
               <w:t>plkst. 10:00</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> -11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B111D3" w:rsidRPr="0054691F" w:rsidRDefault="00B111D3" w:rsidP="00336C55">
             <w:pPr>
@@ -397,68 +395,68 @@
           <w:tcPr>
             <w:tcW w:w="3133" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B111D3" w:rsidRPr="0054691F" w:rsidRDefault="00B111D3" w:rsidP="00336C55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>2.kab., Jaunceltnes iela 1a, Aizkrauklē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2545C" w:rsidTr="008A11B6">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2545C" w:rsidRDefault="00B111D3" w:rsidP="00D2545C">
+          <w:p w:rsidR="00D2545C" w:rsidRDefault="00CE120D" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>29</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:t>10</w:t>
+              <w:t>02</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00D2545C">
-              <w:t>5</w:t>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="008A11B6">
               <w:t>plkst. 10:00</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> -11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -483,68 +481,73 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3133" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0073529D">
               <w:t xml:space="preserve">ZOOM </w:t>
             </w:r>
             <w:r>
               <w:t>platforma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2545C" w:rsidTr="008A11B6">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2545C" w:rsidRDefault="00B111D3" w:rsidP="00D2545C">
+          <w:p w:rsidR="00D2545C" w:rsidRDefault="00CE120D" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>12</w:t>
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00125321">
+              <w:t>5</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:t>11</w:t>
+              <w:t>02</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00D2545C">
-              <w:t>5</w:t>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="008A11B6">
               <w:t>plkst. 10:00</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> -11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -566,68 +569,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3133" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRPr="00E341A6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2.kab., Jaunceltnes iela 1a, Aizkrauklē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D2545C" w:rsidTr="008A11B6">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2545C" w:rsidRDefault="00B111D3" w:rsidP="00D2545C">
+          <w:p w:rsidR="00D2545C" w:rsidRDefault="00CE120D" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>03</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r w:rsidR="00BF391E">
               <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:t>12</w:t>
+              <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00D2545C">
-              <w:t>5</w:t>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D2545C" w:rsidRPr="008A11B6">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="008A11B6">
               <w:t>plkst. 10:00</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> -11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3449" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -640,150 +643,50 @@
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRPr="008A11B6" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="008A11B6">
               <w:t>Aģentūras piedāvātie pakalpojumi, izglītības iespējas un darba meklēšanas process. Bezdarbnieka un darba meklētāja statuss, tiesības un pienākumi. Sadarbība ar NVA.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3133" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D2545C" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0073529D">
               <w:t xml:space="preserve">ZOOM </w:t>
             </w:r>
             <w:r>
               <w:t>platforma</w:t>
-            </w:r>
-[...98 lines deleted...]
-              <w:t>2.kab., Jaunceltnes iela 1a, Aizkrauklē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E341A6" w:rsidRPr="00E341A6" w:rsidRDefault="00E341A6" w:rsidP="00E341A6"/>
     <w:p w:rsidR="00D2545C" w:rsidRPr="00D2545C" w:rsidRDefault="00D2545C" w:rsidP="00D2545C">
       <w:pPr>
         <w:ind w:left="759"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E341A6" w:rsidRPr="008A11B6" w:rsidRDefault="00936C4B" w:rsidP="00E341A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60D0C">
@@ -871,78 +774,78 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E341A6" w:rsidRPr="008A11B6" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000460" w:rsidRDefault="00000460">
+    <w:p w:rsidR="00AC4362" w:rsidRDefault="00AC4362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000460" w:rsidRDefault="00000460">
+    <w:p w:rsidR="00AC4362" w:rsidRDefault="00AC4362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -1141,58 +1044,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000460" w:rsidRDefault="00000460">
+    <w:p w:rsidR="00AC4362" w:rsidRDefault="00AC4362">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000460" w:rsidRDefault="00000460">
+    <w:p w:rsidR="00AC4362" w:rsidRDefault="00AC4362">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="00936C4B" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -1439,50 +1342,51 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000460"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="0011563D"/>
     <w:rsid w:val="00122CB7"/>
+    <w:rsid w:val="00125321"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00185F65"/>
     <w:rsid w:val="001A5C1C"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00217708"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="002933C7"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="00320C90"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
@@ -1492,50 +1396,51 @@
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B17DA"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="00426108"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004F5BD3"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="00574EDE"/>
     <w:rsid w:val="005771A3"/>
+    <w:rsid w:val="00582E6C"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="00625564"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00651B1C"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="0073529D"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
@@ -1553,73 +1458,77 @@
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00936C4B"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00A94B20"/>
     <w:rsid w:val="00AB1E7D"/>
+    <w:rsid w:val="00AC4362"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AE0E75"/>
     <w:rsid w:val="00B111D3"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00BF391E"/>
     <w:rsid w:val="00C14A08"/>
     <w:rsid w:val="00C362ED"/>
     <w:rsid w:val="00C4328A"/>
+    <w:rsid w:val="00C832E6"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
+    <w:rsid w:val="00CE120D"/>
+    <w:rsid w:val="00CE78A1"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D2545C"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F212A0"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
@@ -1631,51 +1540,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="08E5A549"/>
+  <w14:docId w14:val="5EAF7F21"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2420,74 +2329,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1058</Words>
-  <Characters>604</Characters>
+  <Words>885</Words>
+  <Characters>505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1659</CharactersWithSpaces>
+  <CharactersWithSpaces>1388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>