--- v0 (2025-10-09)
+++ v1 (2025-12-24)
@@ -30,51 +30,51 @@
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\inak\Documents\Dokumenti\PPP_mans\KPP\saraksti\majas_lapai\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="41">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -265,220 +265,184 @@
         <family val="1"/>
       </rPr>
       <t>ar</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">priekšzināšanām </t>
     </r>
-  </si>
-[...114 lines deleted...]
-    <t>24.10.2025.   15:20</t>
   </si>
   <si>
     <t>Valsts valodas nozīme darba meklēšanas procesā un karjeras veidošanā 
 Faktori, kas palīdz apgūt valodu, pārvarēt psiholoģiskās barjeras
 Ieteikumi un metodes patstāvīgai valodas apguvei un uzturēšanai
 Sarunvalodas attīstīšana par tēmām: mana izglītība un darba pieredze, mani hobiji un brīvais laiks, ģimene, aktuālie notikumi Latvijā, Latvijas daba un kultūra, pilsēta, kurā dzīvoju, darba meklēšana un intervija (praktiskās nodarbības)
 Rakstības prasmju pilnveide: CV un motivācijas vēstules sagatavošana latviešu valodā (praktiskās nodarbības)
 Valsts valodas zināšanu līmeņa noteikšana</t>
   </si>
   <si>
-    <t xml:space="preserve">10.11.2025.        08:30  </t>
-[...10 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Valsts valodas prasmju attīstīšana </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">bez priekšzināšanām </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">01.12.2025.     08:30   </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">08.12.2025.     08:30   </t>
   </si>
   <si>
     <t xml:space="preserve">12.12.2025.     15:20   </t>
   </si>
   <si>
     <t xml:space="preserve">15.12.2025.     08:30   </t>
   </si>
   <si>
     <t xml:space="preserve">19.12.2025.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.01.2026.        08:30  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.01.2026.    15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.01.2026.     08:30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.01.2026.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.01.2026.        08:30  </t>
+  </si>
+  <si>
+    <t>30.01.2026.    15:20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.02.2026.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.02.2026.        08:30  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.02.2026.     08:30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.02.2026.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.03.2026.       08:30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.03.2026.      15:20   </t>
+  </si>
+  <si>
+    <t>16.03.2026.      08:31</t>
+  </si>
+  <si>
+    <t>20.03.2026.       15:21</t>
+  </si>
+  <si>
+    <t>23.03.2026.        08:32</t>
+  </si>
+  <si>
+    <t>27.03.2026.       15:22</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Plānoto</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Konkurētspējas paaugstināšanas pasākumu nodarbību plāns no </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2025.gada decembra līdz 2026.gada martam</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -809,73 +773,73 @@
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1180,439 +1144,439 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G34"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N15" sqref="N15:N16"/>
+    <sheetView tabSelected="1" topLeftCell="A18" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A19" sqref="A19:B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="14.88671875" customWidth="1"/>
     <col min="3" max="3" width="33.88671875" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" customWidth="1"/>
     <col min="5" max="5" width="22.5546875" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A1" s="27"/>
-[...4 lines deleted...]
-      <c r="F1" s="27"/>
+      <c r="A1" s="30"/>
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A2" s="27"/>
-[...4 lines deleted...]
-      <c r="F2" s="27"/>
+      <c r="A2" s="30"/>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A3" s="27"/>
-[...4 lines deleted...]
-      <c r="F3" s="27"/>
+      <c r="A3" s="30"/>
+      <c r="B3" s="30"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A4" s="27"/>
-[...4 lines deleted...]
-      <c r="F4" s="27"/>
+      <c r="A4" s="30"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A5" s="27"/>
-[...4 lines deleted...]
-      <c r="F5" s="27"/>
+      <c r="A5" s="30"/>
+      <c r="B5" s="30"/>
+      <c r="C5" s="30"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="30"/>
+      <c r="F5" s="30"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A6" s="27"/>
-[...4 lines deleted...]
-      <c r="F6" s="27"/>
+      <c r="A6" s="30"/>
+      <c r="B6" s="30"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A7" s="27"/>
-[...4 lines deleted...]
-      <c r="F7" s="27"/>
+      <c r="A7" s="30"/>
+      <c r="B7" s="30"/>
+      <c r="C7" s="30"/>
+      <c r="D7" s="30"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="30"/>
     </row>
     <row r="8" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
-      <c r="A8" s="27"/>
-[...4 lines deleted...]
-      <c r="F8" s="27"/>
+      <c r="A8" s="30"/>
+      <c r="B8" s="30"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="30"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="30"/>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A9" s="27"/>
-[...4 lines deleted...]
-      <c r="F9" s="27"/>
+      <c r="A9" s="30"/>
+      <c r="B9" s="30"/>
+      <c r="C9" s="30"/>
+      <c r="D9" s="30"/>
+      <c r="E9" s="30"/>
+      <c r="F9" s="30"/>
       <c r="G9" s="22">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A10" s="31" t="s">
+      <c r="A10" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="31"/>
-[...3 lines deleted...]
-      <c r="F10" s="31"/>
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="34"/>
+      <c r="F10" s="34"/>
       <c r="G10" s="20"/>
     </row>
     <row r="11" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A11" s="30" t="s">
+      <c r="A11" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="30"/>
-[...3 lines deleted...]
-      <c r="F11" s="30"/>
+      <c r="B11" s="33"/>
+      <c r="C11" s="33"/>
+      <c r="D11" s="33"/>
+      <c r="E11" s="33"/>
+      <c r="F11" s="33"/>
       <c r="G11" s="21">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A13" s="28" t="s">
+      <c r="A13" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="28"/>
-[...4 lines deleted...]
-      <c r="G13" s="28"/>
+      <c r="B13" s="31"/>
+      <c r="C13" s="31"/>
+      <c r="D13" s="31"/>
+      <c r="E13" s="31"/>
+      <c r="F13" s="31"/>
+      <c r="G13" s="31"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A14" s="29" t="s">
+      <c r="A14" s="32" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="29"/>
-[...4 lines deleted...]
-      <c r="G14" s="29"/>
+      <c r="B14" s="32"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="32"/>
     </row>
     <row r="15" spans="1:7" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="24"/>
       <c r="B15" s="24"/>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="24"/>
       <c r="G15" s="24"/>
     </row>
     <row r="16" spans="1:7" ht="18" x14ac:dyDescent="0.3">
       <c r="D16" s="16" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="18" t="s">
+      <c r="A19" s="25" t="s">
         <v>20</v>
+      </c>
+      <c r="B19" s="25" t="s">
+        <v>21</v>
       </c>
       <c r="C19" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F19" s="32" t="s">
-        <v>30</v>
+      <c r="F19" s="27" t="s">
+        <v>18</v>
       </c>
       <c r="G19" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="18" t="s">
+      <c r="A20" s="25" t="s">
         <v>22</v>
+      </c>
+      <c r="B20" s="25" t="s">
+        <v>23</v>
       </c>
       <c r="C20" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F20" s="33"/>
+        <v>17</v>
+      </c>
+      <c r="F20" s="28"/>
       <c r="G20" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="25" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F21" s="33"/>
+        <v>17</v>
+      </c>
+      <c r="F21" s="28"/>
       <c r="G21" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="25" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="F22" s="33"/>
+      <c r="F22" s="28"/>
       <c r="G22" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="18" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F23" s="33"/>
+        <v>19</v>
+      </c>
+      <c r="F23" s="28"/>
       <c r="G23" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="25" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C24" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E24" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="33"/>
+      <c r="E24" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" s="28"/>
       <c r="G24" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="25" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C25" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E25" s="26" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="33"/>
+      <c r="E25" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="28"/>
       <c r="G25" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="25" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C26" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E26" s="26" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="33"/>
+      <c r="E26" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="28"/>
       <c r="G26" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="25" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C27" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E27" s="26" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="33"/>
+      <c r="E27" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="28"/>
       <c r="G27" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="25" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C28" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="26" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F28" s="34"/>
+        <v>19</v>
+      </c>
+      <c r="F28" s="29"/>
       <c r="G28" s="18">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A30" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="15"/>
       <c r="D30" s="15"/>
       <c r="E30" s="9"/>
       <c r="F30" s="11"/>
     </row>
     <row r="31" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A31" s="14"/>
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="9"/>
       <c r="F31" s="11"/>
     </row>
@@ -1655,72 +1619,81 @@
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1847,107 +1820,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>