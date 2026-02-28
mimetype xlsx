--- v1 (2025-12-24)
+++ v2 (2026-02-28)
@@ -3,78 +3,79 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\inak\Documents\Dokumenti\PPP_mans\KPP\saraksti\majas_lapai\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.ilmane\Desktop\Mājas lapa\2026\10.02.2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6F326E6-D6A2-43EF-9288-7A4C200253C9}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="42">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -222,66 +223,50 @@
       <rPr>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
     </r>
   </si>
   <si>
     <t>SIA "Dialogs AB"                               Dace Gintere</t>
   </si>
   <si>
     <t>attālināti
 (visā Latvijā)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Valsts valodas prasmju attīstīšana  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
-        <color theme="1"/>
-[...14 lines deleted...]
-        <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>ar</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
@@ -289,80 +274,50 @@
     </r>
   </si>
   <si>
     <t>Valsts valodas nozīme darba meklēšanas procesā un karjeras veidošanā 
 Faktori, kas palīdz apgūt valodu, pārvarēt psiholoģiskās barjeras
 Ieteikumi un metodes patstāvīgai valodas apguvei un uzturēšanai
 Sarunvalodas attīstīšana par tēmām: mana izglītība un darba pieredze, mani hobiji un brīvais laiks, ģimene, aktuālie notikumi Latvijā, Latvijas daba un kultūra, pilsēta, kurā dzīvoju, darba meklēšana un intervija (praktiskās nodarbības)
 Rakstības prasmju pilnveide: CV un motivācijas vēstules sagatavošana latviešu valodā (praktiskās nodarbības)
 Valsts valodas zināšanu līmeņa noteikšana</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Valsts valodas prasmju attīstīšana </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">bez priekšzināšanām </t>
     </r>
-  </si>
-[...28 lines deleted...]
-    <t>30.01.2026.    15:20</t>
   </si>
   <si>
     <t xml:space="preserve">20.02.2026.     15:20   </t>
   </si>
   <si>
     <t xml:space="preserve">16.02.2026.        08:30  </t>
   </si>
   <si>
     <t xml:space="preserve">23.02.2026.     08:30   </t>
   </si>
   <si>
     <t xml:space="preserve">27.02.2026.     15:20   </t>
   </si>
   <si>
     <t xml:space="preserve">09.03.2026.       08:30   </t>
   </si>
   <si>
     <t xml:space="preserve">13.03.2026.      15:20   </t>
   </si>
   <si>
     <t>16.03.2026.      08:31</t>
   </si>
   <si>
     <t>20.03.2026.       15:21</t>
   </si>
@@ -397,58 +352,94 @@
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Konkurētspējas paaugstināšanas pasākumu nodarbību plāns no </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>2025.gada decembra līdz 2026.gada martam</t>
-    </r>
+      <t>2026.gada februāra līdz 2026.gada maijam</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">10.04.2026.        08:30  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.04.2026.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.04.2026.        08:30  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.04.2026.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.04.2026.        08:30  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.04.2026.     15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.05.2026.       08:30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.05.2026.      15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.05.2026.       08:30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.05.2026.      15:20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.05.2026.       08:30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.05.2026.      15:20   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
@@ -1141,559 +1132,567 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G34"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:G35"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A18" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A19" sqref="A19:B20"/>
+    <sheetView tabSelected="1" topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I25" sqref="I25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="2" width="14.88671875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="22.5546875" customWidth="1"/>
+    <col min="1" max="2" width="14.90625" customWidth="1"/>
+    <col min="3" max="3" width="33.90625" customWidth="1"/>
+    <col min="4" max="4" width="18.6328125" customWidth="1"/>
+    <col min="5" max="5" width="22.54296875" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A1" s="30"/>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A2" s="30"/>
       <c r="B2" s="30"/>
       <c r="C2" s="30"/>
       <c r="D2" s="30"/>
       <c r="E2" s="30"/>
       <c r="F2" s="30"/>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" s="30"/>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="30"/>
       <c r="E3" s="30"/>
       <c r="F3" s="30"/>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A4" s="30"/>
       <c r="B4" s="30"/>
       <c r="C4" s="30"/>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="30"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A5" s="30"/>
       <c r="B5" s="30"/>
       <c r="C5" s="30"/>
       <c r="D5" s="30"/>
       <c r="E5" s="30"/>
       <c r="F5" s="30"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A6" s="30"/>
       <c r="B6" s="30"/>
       <c r="C6" s="30"/>
       <c r="D6" s="30"/>
       <c r="E6" s="30"/>
       <c r="F6" s="30"/>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A7" s="30"/>
       <c r="B7" s="30"/>
       <c r="C7" s="30"/>
       <c r="D7" s="30"/>
       <c r="E7" s="30"/>
       <c r="F7" s="30"/>
     </row>
-    <row r="8" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A8" s="30"/>
       <c r="B8" s="30"/>
       <c r="C8" s="30"/>
       <c r="D8" s="30"/>
       <c r="E8" s="30"/>
       <c r="F8" s="30"/>
       <c r="G8" s="6"/>
     </row>
-    <row r="9" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="30"/>
       <c r="B9" s="30"/>
       <c r="C9" s="30"/>
       <c r="D9" s="30"/>
       <c r="E9" s="30"/>
       <c r="F9" s="30"/>
       <c r="G9" s="22">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A10" s="34" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="34"/>
       <c r="C10" s="34"/>
       <c r="D10" s="34"/>
       <c r="E10" s="34"/>
       <c r="F10" s="34"/>
       <c r="G10" s="20"/>
     </row>
-    <row r="11" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A11" s="33" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="33"/>
       <c r="C11" s="33"/>
       <c r="D11" s="33"/>
       <c r="E11" s="33"/>
       <c r="F11" s="33"/>
       <c r="G11" s="21">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
-    <row r="13" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="31" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
       <c r="D13" s="31"/>
       <c r="E13" s="31"/>
       <c r="F13" s="31"/>
       <c r="G13" s="31"/>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A14" s="32" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="32"/>
       <c r="C14" s="32"/>
       <c r="D14" s="32"/>
       <c r="E14" s="32"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
     </row>
-    <row r="15" spans="1:7" s="23" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A15" s="24"/>
       <c r="B15" s="24"/>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="24"/>
       <c r="G15" s="24"/>
     </row>
-    <row r="16" spans="1:7" ht="18" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" ht="18" x14ac:dyDescent="0.35">
       <c r="D16" s="16" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="F17" s="2"/>
     </row>
-    <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="25" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C19" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E19" s="18" t="s">
+      <c r="E19" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="F19" s="27" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G19" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="25" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C20" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="25" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C21" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F21" s="28"/>
       <c r="G21" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C22" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E22" s="26" t="s">
+      <c r="E22" s="18" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="28"/>
       <c r="G22" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="18" t="s">
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="25" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C23" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="26" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F23" s="28"/>
       <c r="G23" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="25" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C24" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="26" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F24" s="28"/>
       <c r="G24" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="25" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F25" s="28"/>
       <c r="G25" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="25" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F26" s="28"/>
       <c r="G26" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="25" t="s">
         <v>36</v>
       </c>
       <c r="B27" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="26" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F27" s="28"/>
       <c r="G27" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="25" t="s">
         <v>38</v>
       </c>
       <c r="B28" s="25" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="26" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E28" s="26" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="29"/>
+      <c r="E28" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="F28" s="28"/>
       <c r="G28" s="18">
         <v>40</v>
       </c>
     </row>
-    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="A30" s="14" t="s">
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="C29" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" s="26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="F29" s="29"/>
+      <c r="G29" s="18">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="F30" s="3"/>
+    </row>
+    <row r="31" spans="1:7" ht="15" x14ac:dyDescent="0.35">
+      <c r="A31" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="B30" s="14"/>
-[...6 lines deleted...]
-      <c r="A31" s="14"/>
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="9"/>
       <c r="F31" s="11"/>
     </row>
-    <row r="32" spans="1:7" ht="15" x14ac:dyDescent="0.3">
-      <c r="A32" s="17" t="s">
+    <row r="32" spans="1:7" ht="15" x14ac:dyDescent="0.35">
+      <c r="A32" s="14"/>
+      <c r="B32" s="14"/>
+      <c r="C32" s="15"/>
+      <c r="D32" s="15"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="11"/>
+    </row>
+    <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.35">
+      <c r="A33" s="17" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E34" s="13"/>
+    <row r="34" spans="1:5" ht="15" x14ac:dyDescent="0.35">
+      <c r="A34" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" s="7"/>
+      <c r="C34" s="8"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A35" s="12"/>
+      <c r="B35" s="12"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="F19:F28"/>
+    <mergeCell ref="F19:F29"/>
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1820,98 +1819,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>