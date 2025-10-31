--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,94 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\elina.ilmane\Desktop\Mājas lapa\2025\augusts\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\diana.sauka\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0CCFD16D-ACA3-41D0-AF28-D1EEF3580785}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4EF547C-620A-42E5-A4D4-E13789D309DA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
+  </si>
+  <si>
+    <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(dd.mm.gggg.)</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
@@ -147,247 +148,285 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Uz grupu nodarbībām pieteikties pie </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>nodarbinātības aģenta vismaz trīs dienas iepriekš.</t>
     </r>
   </si>
   <si>
     <t>Eiropas Savienības Atveseļošanas un noturības mehānisms</t>
   </si>
   <si>
     <t>AF projekts "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001</t>
   </si>
   <si>
-    <t>SIA "Dialogs AB"                               Dina Bruka</t>
-[...85 lines deleted...]
-      <t xml:space="preserve"> </t>
+    <r>
+      <t xml:space="preserve">Nodarbinātības valsts aģentūra </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>- attālināti (visā Latvijā)</t>
+    </r>
+  </si>
+  <si>
+    <t>attālināti (visā Latvijā)</t>
+  </si>
+  <si>
+    <t>SIA "Dialogs AB"                             Lolita Liepa</t>
+  </si>
+  <si>
+    <t>Mācīšanās procesa struktūra, likumsakarības, principi
+Izziņas procesu (uztveres, atmiņas un domāšanas) darbība mācīšanās laikā
+Personības īpašības un īpatnības, kas ietekmē mācīšanos: spējas, temperaments, raksturs, motivācija. Motivācijas veicināšanas paņēmieni
+Mācīšanās metodes, stili, paņēmieni, to būtība un veidi: individuālā mācīšanās stila paņēmiena, metodes noteikšana un ievērošana
+Mācību vide kā priekšnosacījums efektīvam mācīšanās procesam: fiziskā telpa, laiks, uzturs, miegs
+Laika uztveres īpatnības
+Laika plānošanas metodes un praktiski paņēmieni laika plānošanā
+Stress kā viens no nepareizas laika plānošanas rezultātiem, tā pārvarēšana
+"Laika zagļi”, to neitralizēšana, laika ekonomija</t>
+  </si>
+  <si>
+    <t>Mācīšanās spējas un metodes. Pašorganizēšanās un laika menedžments - attālināti</t>
+  </si>
+  <si>
+    <t>1 Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
+  </si>
+  <si>
+    <t>2 Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="12"/>
+        <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>plāns 2025.gada decembrim</t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
-        <color indexed="8"/>
-[...4 lines deleted...]
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2025.gada  septembris-decembris</t>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">01.12.2025.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>08:30</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>05.12.2025.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+15:20</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="11"/>
+      <b/>
+      <sz val="14"/>
+      <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="14"/>
+      <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <sz val="12"/>
-      <color theme="1"/>
-[...5 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -434,220 +473,233 @@
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="4"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="4"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...10 lines deleted...]
-      <color indexed="8"/>
+      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>43793</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>1508891</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>156341</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>29670</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C475E8-3A21-4D31-9F85-AC8935E052E7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="47625" y="0"/>
@@ -912,335 +964,296 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A7:G30"/>
+  <dimension ref="A8:G25"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A4" zoomScale="50" zoomScaleNormal="100" zoomScalePageLayoutView="50" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="14.81640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="12.26953125" customWidth="1"/>
+    <col min="1" max="2" width="14.85546875" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" customWidth="1"/>
+    <col min="4" max="4" width="15" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" customWidth="1"/>
+    <col min="6" max="6" width="93.85546875" customWidth="1"/>
+    <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="7" spans="1:7" ht="15" x14ac:dyDescent="0.35">
-      <c r="F7" s="16">
+    <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="G8" s="6"/>
+    </row>
+    <row r="9" spans="1:7" ht="18" x14ac:dyDescent="0.25">
+      <c r="F9" s="14"/>
+      <c r="G9" s="6"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="22"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="22"/>
+      <c r="E10" s="22"/>
+      <c r="F10" s="22"/>
+      <c r="G10" s="22"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="21"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="21"/>
+      <c r="F11" s="21"/>
+      <c r="G11" s="21"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C12" s="9"/>
+      <c r="D12" s="10"/>
+      <c r="E12" s="9"/>
+    </row>
+    <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="23"/>
+      <c r="E13" s="23"/>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="24"/>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+    </row>
+    <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E15" s="1"/>
+    </row>
+    <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="25"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="25"/>
+    </row>
+    <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F17" s="2"/>
+    </row>
+    <row r="18" spans="1:7" s="5" customFormat="1" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C10" s="28" t="s">
+      <c r="E18" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="140.25" x14ac:dyDescent="0.25">
+      <c r="A19" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" s="18">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F20" s="3"/>
+    </row>
+    <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="28"/>
-[...66 lines deleted...]
-      <c r="A18" s="25" t="s">
+      <c r="B21" s="15"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="11"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="15"/>
+      <c r="B22" s="15"/>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="11"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="7"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="25" t="s">
-[...119 lines deleted...]
-      <c r="E30" s="15"/>
+      <c r="B24" s="7"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="12"/>
+      <c r="B25" s="12"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
-[...6 lines deleted...]
-    <mergeCell ref="E18:E21"/>
+  <mergeCells count="5">
+    <mergeCell ref="A11:G11"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A13:G13"/>
+    <mergeCell ref="A14:G14"/>
+    <mergeCell ref="A16:G16"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.19685039370078741" top="0.51181102362204722" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
+    <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Regular"&amp;10&amp;K05-017 &amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1367,140 +1380,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jolanta Utinane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>