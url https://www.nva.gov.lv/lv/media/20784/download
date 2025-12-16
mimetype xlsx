--- v1 (2025-10-31)
+++ v2 (2025-12-16)
@@ -1,95 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\diana.sauka\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\VJGZ1V93\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E4EF547C-620A-42E5-A4D4-E13789D309DA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
-  </si>
-[...1 lines deleted...]
-    <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(dd.mm.gggg.)</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
@@ -148,285 +146,247 @@
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Uz grupu nodarbībām pieteikties pie </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>nodarbinātības aģenta vismaz trīs dienas iepriekš.</t>
     </r>
   </si>
   <si>
     <t>Eiropas Savienības Atveseļošanas un noturības mehānisms</t>
   </si>
   <si>
     <t>AF projekts "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001</t>
   </si>
   <si>
-    <r>
-[...1 lines deleted...]
-    </r>
+    <t>attālināti (visā Latvijā)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Datu un ierīču lietošana un drošība;Digitālās tehnoloģijas un to izmantošana komunikācijā;Informācijas meklēšana timeklī, apstrāde un saglabāšana;Drošība internetā – drošības iestatījumi, digitālā komunikācija;Sociālie tīkli, to droša izmantošana ikdienā;Digitālā un medijpratība, mediju platformu algoritmu veidošana;Elektroniskā pasta izveide un lietošana;E-pakalpojumi, to izmantošana ikdienā </t>
+  </si>
+  <si>
+    <t>Nodarbinātības valsts aģentūra        Attālināti (visā Latvijā)</t>
+  </si>
+  <si>
     <r>
       <rPr>
-        <b/>
-        <sz val="12"/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>- attālināti (visā Latvijā)</t>
-[...26 lines deleted...]
-    <t>2 Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros</t>
+      <t xml:space="preserve">1 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="4"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Vizuālo elementu ansambli lieto, īstenojot pasākumu no Atveseļošanas fonda finansējuma</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="4"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="4"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
+    </r>
+  </si>
+  <si>
+    <t>Digitālās prasmes un psiholoģisko barjeru pārvarēšana -attālināti</t>
+  </si>
+  <si>
+    <t>15.12.2025.    08:30</t>
+  </si>
+  <si>
+    <t>19.12.2025. 15:20</t>
+  </si>
+  <si>
+    <t>12.01.2026.    08:30</t>
+  </si>
+  <si>
+    <t>16.01.2026. 15:20</t>
+  </si>
+  <si>
+    <t>16.02.2026.    08:30</t>
+  </si>
+  <si>
+    <t>20.02.2026. 15:20</t>
+  </si>
+  <si>
+    <t>23.03.2026.    08:30</t>
+  </si>
+  <si>
+    <t>27.03.2026. 15:20</t>
+  </si>
+  <si>
+    <t>SIA "Dialogs AB"                               Dina Bruka, Aigars Vintišs</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="14"/>
+        <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Plānoto</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="14"/>
+        <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="14"/>
+        <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību</t>
-[...70 lines deleted...]
-15:20</t>
+      <t>Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2025.gada decembrim, 2026.gada 1.ceturksnim</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="26" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color indexed="8"/>
+      <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
-      <name val="Times New Roman"/>
-[...7 lines deleted...]
-      <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -473,233 +433,220 @@
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="4"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="4"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
-[...11 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="10"/>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color theme="4"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>43793</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>156341</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1508891</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>29670</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C475E8-3A21-4D31-9F85-AC8935E052E7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="47625" y="0"/>
@@ -963,294 +910,351 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A8:G25"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A7:G30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F31" sqref="F31"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
-    <col min="3" max="3" width="20.28515625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="13" customWidth="1"/>
+    <col min="3" max="3" width="24" customWidth="1"/>
+    <col min="4" max="4" width="13" customWidth="1"/>
+    <col min="5" max="5" width="20" customWidth="1"/>
+    <col min="6" max="6" width="47.42578125" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" customWidth="1"/>
   </cols>
   <sheetData>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F7" s="16">
+        <v>1</v>
+      </c>
+    </row>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="G8" s="6"/>
+      <c r="G8" s="5"/>
     </row>
     <row r="9" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="F9" s="14"/>
-      <c r="G9" s="6"/>
+      <c r="G9" s="5"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="22" t="s">
+      <c r="C10" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="28"/>
+      <c r="E10" s="28"/>
+      <c r="F10" s="16">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C11" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="22"/>
-[...7 lines deleted...]
-      <c r="A11" s="21" t="s">
+      <c r="D11" s="29"/>
+      <c r="E11" s="29"/>
+      <c r="F11" s="20"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C12" s="11"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="11"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C13" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D14" s="8"/>
+      <c r="G14" s="7"/>
+    </row>
+    <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="19"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+    </row>
+    <row r="16" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="F16" s="2"/>
+    </row>
+    <row r="17" spans="1:7" s="4" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="21"/>
-[...12 lines deleted...]
-      <c r="A13" s="23" t="s">
+      <c r="E18" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="23"/>
-[...21 lines deleted...]
-      <c r="A16" s="25" t="s">
+      <c r="G18" s="27">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="25"/>
-[...13 lines deleted...]
-      <c r="B18" s="4" t="s">
+      <c r="B19" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="27"/>
+      <c r="D19" s="30"/>
+      <c r="E19" s="27"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="27"/>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="27"/>
+      <c r="D20" s="30"/>
+      <c r="E20" s="27"/>
+      <c r="F20" s="26"/>
+      <c r="G20" s="27"/>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="27"/>
+      <c r="D21" s="30"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="27"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="4" t="s">
-[...22 lines deleted...]
-      <c r="C19" s="18" t="s">
+      <c r="B22" s="17"/>
+      <c r="C22" s="18"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="13"/>
+    </row>
+    <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="17"/>
+      <c r="B23" s="17"/>
+      <c r="C23" s="18"/>
+      <c r="D23" s="18"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="13"/>
+    </row>
+    <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="19"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="D19" s="19" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="20" t="s">
+      <c r="B25" s="9"/>
+      <c r="C25" s="10"/>
+      <c r="D25" s="10"/>
+      <c r="E25" s="10"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="21" t="s">
         <v>14</v>
       </c>
-      <c r="G19" s="18">
-[...47 lines deleted...]
-      <c r="E25" s="13"/>
+      <c r="B26" s="9"/>
+      <c r="C26" s="10"/>
+      <c r="D26" s="10"/>
+      <c r="E26" s="10"/>
+    </row>
+    <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="22"/>
+      <c r="C27" s="22"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="21"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="10"/>
+      <c r="D28" s="10"/>
+      <c r="E28" s="10"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="21"/>
+      <c r="B29" s="9"/>
+      <c r="C29" s="10"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="10"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="14"/>
+      <c r="B30" s="14"/>
+      <c r="C30" s="15"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="15"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="A16:G16"/>
+  <mergeCells count="7">
+    <mergeCell ref="F18:F21"/>
+    <mergeCell ref="G18:G21"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="C11:E11"/>
+    <mergeCell ref="C18:C21"/>
+    <mergeCell ref="D18:D21"/>
+    <mergeCell ref="E18:E21"/>
   </mergeCells>
-  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.70866141732283472" right="0.19685039370078741" top="0.51181102362204722" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter xml:space="preserve">&amp;C&amp;"Arial,Regular"&amp;10&amp;K05-017 &amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
+    <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait"/>
+</worksheet>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...11 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -1381,120 +1385,121 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jolanta Utinane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>