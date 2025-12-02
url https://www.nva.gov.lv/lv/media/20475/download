--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -5,326 +5,304 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="49B6475A" w14:textId="77777777" w:rsidR="00964BD2" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+    <w:p w14:paraId="49B6475A" w14:textId="77777777" w:rsidR="00964BD2" w:rsidRPr="00964BD2" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk144320316"/>
       <w:r w:rsidRPr="00964BD2">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Neformālās izglītības progr</w:t>
-[...21 lines deleted...]
-        <w:t>sociālo un profesionālo pamatprasmju a</w:t>
+        <w:t>Neformālās izglītības programmu saraksts sociālo un profesionālo pamatprasmju a</w:t>
       </w:r>
       <w:r w:rsidR="003E6C36">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pguvei (valodas</w:t>
       </w:r>
       <w:r w:rsidRPr="00964BD2">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10505" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="13" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="59" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="808"/>
         <w:gridCol w:w="6558"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="2005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="6638A6B8" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00A815C9" w14:paraId="6638A6B8" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="836"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70DC31DE" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="70DC31DE" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="73"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk145495826"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk145495826"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nr. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A71FA3F" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="4A71FA3F" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">p.k. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="119A329C" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="119A329C" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:after="4" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="59"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociālās un profesionālās pamatprasmes </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6394377A" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="6394377A" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:ind w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(neformālās izglītības programmas) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="482134FD" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="482134FD" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CFA9671" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="3CFA9671" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mācību stundu skaits </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3160B626" w14:textId="68E826E5" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="3160B626" w14:textId="68E826E5" w:rsidR="00794118" w:rsidRPr="005A5255" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794118">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Apmācību kupona vērtība</w:t>
             </w:r>
             <w:r w:rsidRPr="00794118">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -337,1813 +315,1776 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(tai skaitā PVN) </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5255">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(EUR)</w:t>
             </w:r>
             <w:r w:rsidR="00C00ED6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="0C58FB25" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:bookmarkEnd w:id="1"/>
+      <w:tr w:rsidR="00A815C9" w14:paraId="0C58FB25" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
           </w:tcPr>
-          <w:p w14:paraId="2660D5A9" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="2660D5A9" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00964BD2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF16EB0" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="6BF16EB0" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00964BD2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Latviešu valoda (bez starpniekvalodas)</w:t>
             </w:r>
             <w:r w:rsidRPr="00964BD2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
           </w:tcPr>
-          <w:p w14:paraId="28303BEB" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00964BD2">
+          <w:p w14:paraId="28303BEB" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="007F0271" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00964BD2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3"/>
           </w:tcPr>
           <w:p w14:paraId="7E07CD39" w14:textId="77777777" w:rsidR="00794118" w:rsidRPr="00964BD2" w:rsidRDefault="00794118" w:rsidP="00964BD2">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="5403E533" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00CF34BB" w:rsidRPr="00CF34BB" w14:paraId="5403E533" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA78299" w14:textId="3137AFAF" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="4CA78299" w14:textId="3137AFAF" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EAF8336" w14:textId="41171C91" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="1EAF8336" w14:textId="41171C91" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – pamata līmeņa 1. pakāpe (A1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E497127" w14:textId="22CBDB26" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="4E497127" w14:textId="22CBDB26" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C42004">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F1DEFA" w14:textId="76B0E3E5" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="42F1DEFA" w14:textId="230E40EB" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="0B9D2D31" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00CF34BB" w:rsidRPr="00CF34BB" w14:paraId="0B9D2D31" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="286"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="347CC133" w14:textId="14C19C91" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="347CC133" w14:textId="14C19C91" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="310C9C0B" w14:textId="112270CD" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="310C9C0B" w14:textId="112270CD" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – pamata līmeņa 2. pakāpe (A2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCB15A8" w14:textId="2555ED41" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="4BCB15A8" w14:textId="2555ED41" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964BD2">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64898AC2" w14:textId="444BD43E" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="64898AC2" w14:textId="74DD3FE6" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="33F7BC5F" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00CF34BB" w:rsidRPr="00CF34BB" w14:paraId="33F7BC5F" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="286"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DB55D1" w14:textId="3288624F" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="27DB55D1" w14:textId="3288624F" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2478026D" w14:textId="714E101B" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="2478026D" w14:textId="714E101B" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – vidējā līmeņa 1. pakāpe (B1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B01DEB9" w14:textId="03BBFBC1" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="2B01DEB9" w14:textId="03BBFBC1" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964BD2">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B457DCB" w14:textId="6DC5532F" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="7B457DCB" w14:textId="66E95429" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="48B9CFDA" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00CF34BB" w:rsidRPr="00CF34BB" w14:paraId="48B9CFDA" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="286"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42026A71" w14:textId="14F98C3A" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="42026A71" w14:textId="14F98C3A" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="52"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="152AE3BC" w14:textId="5ACCDF62" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="152AE3BC" w14:textId="5ACCDF62" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – vidējā līmeņa 2. pakāpe (B2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296F4D55" w14:textId="3CE3565F" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="296F4D55" w14:textId="3CE3565F" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964BD2">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC723EB" w14:textId="75B34779" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="4EC723EB" w14:textId="204EA19B" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="52DA7C80" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00CF34BB" w:rsidRPr="00CF34BB" w14:paraId="52DA7C80" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="286"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B67C41A" w14:textId="4851BDCA" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="1B67C41A" w14:textId="4851BDCA" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43224956" w14:textId="36F2F8C9" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="43224956" w14:textId="36F2F8C9" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – augstākā līmeņa 1. pakāpe (C1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15644C93" w14:textId="0180A23A" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="15644C93" w14:textId="0180A23A" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964BD2">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55CDCA66" w14:textId="222496D1" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="55CDCA66" w14:textId="039A82B1" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="4BCA81B2" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00CF34BB" w:rsidRPr="00CF34BB" w14:paraId="4BCA81B2" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="205"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22E7255A" w14:textId="02949574" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="22E7255A" w14:textId="02949574" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="52"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1890A1EC" w14:textId="156DD88B" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="1890A1EC" w14:textId="156DD88B" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – augstākā līmeņa 2. pakāpe (C2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA0A55C" w14:textId="5D7EF323" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="7FA0A55C" w14:textId="5D7EF323" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964BD2">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0BE12D" w14:textId="3C9BBA00" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="7D0BE12D" w14:textId="5994696F" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A74EBB" w14:paraId="1D051C73" w14:textId="77777777" w:rsidTr="00C00ED6">
+      <w:tr w:rsidR="00A815C9" w:rsidRPr="00CF34BB" w14:paraId="1D051C73" w14:textId="77777777" w:rsidTr="00C00ED6">
         <w:trPr>
           <w:trHeight w:val="562"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7872EE06" w14:textId="50D168F2" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="7872EE06" w14:textId="50D168F2" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="25" w:right="52"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C225CFB" w14:textId="7730E737" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="6C225CFB" w14:textId="7730E737" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Valsts valoda atbilstoši pamata valsts valodas prasmes līmenim (ar </w:t>
-[...5 lines deleted...]
-              <w:t>angļu pamatvalodu) – pamata līmeņa 1. pakāpe (A1)</w:t>
+              <w:t>Valsts valoda atbilstoši pamata valsts valodas prasmes līmenim (ar angļu pamatvalodu) – pamata līmeņa 1. pakāpe (A1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D55EC4F" w14:textId="32557884" w:rsidR="00A72A7C" w:rsidRPr="00964BD2" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="7D55EC4F" w14:textId="32557884" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="48"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00964BD2">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00CF34BB">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">150 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F697D9F" w14:textId="5BF76140" w:rsidR="00A72A7C" w:rsidRDefault="00267D65" w:rsidP="00A72A7C">
+          <w:p w14:paraId="4F697D9F" w14:textId="2D9DBCD0" w:rsidR="00A72A7C" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00A72A7C">
             <w:pPr>
               <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
               <w:ind w:left="48" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CF34BB">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+              <w:t>578,08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="533EFD0A" w14:textId="77777777" w:rsidR="00CE7042" w:rsidRPr="00A72DBE" w:rsidRDefault="00CE7042">
+    <w:p w14:paraId="533EFD0A" w14:textId="77777777" w:rsidR="00CE7042" w:rsidRPr="00CF34BB" w:rsidRDefault="00CE7042">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="314FFBA0" w14:textId="4AE31BA5" w:rsidR="00CE7042" w:rsidRPr="00C00ED6" w:rsidRDefault="00267D65" w:rsidP="00C00ED6">
+    <w:p w14:paraId="314FFBA0" w14:textId="4C9D75E3" w:rsidR="00CE7042" w:rsidRPr="00CF34BB" w:rsidRDefault="007F0271" w:rsidP="00C00ED6">
       <w:pPr>
         <w:spacing w:after="5"/>
         <w:ind w:left="284" w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C00ED6">
+      <w:r w:rsidRPr="00CF34BB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00C00ED6" w:rsidRPr="00C00ED6">
+      <w:r w:rsidR="00C00ED6" w:rsidRPr="00CF34BB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C00ED6">
+      <w:r w:rsidRPr="00CF34BB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
-      <w:r w:rsidR="00C00ED6" w:rsidRPr="00C00ED6">
+      <w:r w:rsidR="00C00ED6" w:rsidRPr="00CF34BB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk157411443"/>
-      <w:r w:rsidRPr="00C00ED6">
+      <w:bookmarkStart w:id="2" w:name="_Hlk157411443"/>
+      <w:r w:rsidRPr="00CF34BB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00CF34BB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>saskaņā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF34BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF34BB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ar Labklājības ministrijas 2025. gada 6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00983C24" w:rsidRPr="00CF34BB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF34BB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00C00ED6" w:rsidRPr="00C00ED6">
+      <w:r w:rsidRPr="00CF34BB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>”.  Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra</w:t>
+      </w:r>
+      <w:r w:rsidR="00334C79" w:rsidRPr="00CF34BB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...7 lines deleted...]
-        <w:t>askaņā ar Labklājības ministrijas 2025. gada 26.februāra Rīkojumu Nr.32 “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu”. Šīs metodikas noteiktās likmes piemēro no 2025. gada 1. aprīļa.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CE7042" w:rsidRPr="00C00ED6" w:rsidSect="00231B8A">
+    <w:sectPr w:rsidR="00CE7042" w:rsidRPr="00CF34BB" w:rsidSect="00231B8A">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="680" w:right="567" w:bottom="1134" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56941141" w14:textId="77777777" w:rsidR="00267D65" w:rsidRDefault="00267D65">
+    <w:p w14:paraId="279956C6" w14:textId="77777777" w:rsidR="00953755" w:rsidRDefault="00953755">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45F02ECC" w14:textId="77777777" w:rsidR="00267D65" w:rsidRDefault="00267D65">
+    <w:p w14:paraId="3DB936B3" w14:textId="77777777" w:rsidR="00953755" w:rsidRDefault="00953755">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="Leelawadee UI"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+    <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="48548056" w14:textId="47BBB6BE" w:rsidR="007944A9" w:rsidRDefault="007944A9" w:rsidP="0043773F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="238F3798" w14:textId="77777777" w:rsidR="007944A9" w:rsidRDefault="007944A9" w:rsidP="00B6102E">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7310A2BC" w14:textId="06AA5B07" w:rsidR="00666BDC" w:rsidRPr="007C1CD5" w:rsidRDefault="00267D65" w:rsidP="007944A9">
+  <w:p w14:paraId="7310A2BC" w14:textId="308A0BDC" w:rsidR="00666BDC" w:rsidRPr="00634CD8" w:rsidRDefault="007F0271" w:rsidP="007944A9">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007C1CD5">
+    <w:r w:rsidRPr="00634CD8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KRG_4.2.14.3_13</w:t>
     </w:r>
-    <w:r w:rsidR="00E8333B" w:rsidRPr="007C1CD5">
+    <w:r w:rsidR="00E8333B" w:rsidRPr="00634CD8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.pielikums_</w:t>
     </w:r>
-    <w:r w:rsidR="007C1CD5" w:rsidRPr="007C1CD5">
+    <w:r w:rsidRPr="00634CD8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t xml:space="preserve">4.versija </w:t>
     </w:r>
-    <w:r w:rsidRPr="007C1CD5">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00634CD8">
+      <w:rPr>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
-        <w:sz w:val="18"/>
+        <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-      </w:rPr>
-[...8 lines deleted...]
-      <w:t>13.05.2025.</w:t>
+        <w:lang w:eastAsia="lv-LV"/>
+      </w:rPr>
+      <w:t>10.10.2025.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0ED3E177" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="00267D65">
+  <w:p w14:paraId="0ED3E177" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="007F0271">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="717D3A8A" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="00267D65">
+  <w:p w14:paraId="717D3A8A" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="007F0271">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A2F8473" w14:textId="77777777" w:rsidR="00267D65" w:rsidRDefault="00267D65">
+    <w:p w14:paraId="74ECF0A1" w14:textId="77777777" w:rsidR="00953755" w:rsidRDefault="00953755">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60AFCD7E" w14:textId="77777777" w:rsidR="00267D65" w:rsidRDefault="00267D65">
+    <w:p w14:paraId="434682F3" w14:textId="77777777" w:rsidR="00953755" w:rsidRDefault="00953755">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0115384E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6204CE48"/>
-    <w:lvl w:ilvl="0" w:tplc="97EEF0A2">
+    <w:lvl w:ilvl="0" w:tplc="1242B3E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32C88244" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4942ECCE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F774D5B0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="3A2E8854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6D20E86E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="682247EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42A088AA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7E6ED042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69E840D0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23307504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CE622130" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="969A0132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9328DF84" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="321E1616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83364580" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B4E6496C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08BC3A4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="035E7B42"/>
-    <w:lvl w:ilvl="0" w:tplc="EF7AD71E">
+    <w:lvl w:ilvl="0" w:tplc="2B7C94EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59A2FCD8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C4B2572C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8370C986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CA8624E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CAD24E12" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35706CFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7082AEA8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5330CD16" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D06099A0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7542EB54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20965E7E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A20C17E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81D67480" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="4516D6AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AFEEAB8C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5F0CC31C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A495D37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B498A226"/>
-    <w:lvl w:ilvl="0" w:tplc="83606D6C">
+    <w:lvl w:ilvl="0" w:tplc="1E68C7FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41FE144C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5D42408C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="05700C20" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D0D88FCE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7FD0D02A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76062A34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66A40CB4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="759C3BBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AE6857F8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="6764C26C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="445261F4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2DB4D620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3E1404CC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48764BFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4BDC93D2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8196E180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B3B4115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2026D222"/>
-    <w:lvl w:ilvl="0" w:tplc="B4FA6EFC">
+    <w:lvl w:ilvl="0" w:tplc="4074F4CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2884B414" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2C66C9E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E0E8B3C2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5DDC19E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B26662FA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5B764700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="693ED586" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1E12FB5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0ABE9FB4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67629C62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="489867AE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DDC2EC80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F1BA1F7E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="9D7E8DD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78163ED4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="195AD9C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9F7430"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DA6FC48"/>
-    <w:lvl w:ilvl="0" w:tplc="08F4CDAC">
+    <w:lvl w:ilvl="0" w:tplc="5A784498">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1434" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B4745AD6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0BD43804" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2154" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5BB2431C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6FA23DB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2874" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D78E1F32" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1DE6553E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3594" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22E2A1A4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9C48FAA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4314" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A490B860" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84CC065C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5034" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C1C8B218" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67D4CFF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5754" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B9580C20" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59F0BA4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6474" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="769A7898" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="AC04A6EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330B5C6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2199,685 +2140,685 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48884F31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42E6F8E4"/>
-    <w:lvl w:ilvl="0" w:tplc="95509BB6">
+    <w:lvl w:ilvl="0" w:tplc="064C0602">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29308C80" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="BDAC2144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B5C4A348" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A7A04896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AAAAD46C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1E96D46A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BF1620B2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="620AAFA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B284EEA8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1C3ED282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41F0253C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="532AE4A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DBBA1CF4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="523AED06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3F38B496" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BFAE2AD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D033A63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BBA1832"/>
-    <w:lvl w:ilvl="0" w:tplc="D6D2E128">
+    <w:lvl w:ilvl="0" w:tplc="D30ABFFE">
       <w:start w:val="2022"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5E4ADB84" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F294C65A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CFB28C64" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E030153A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61383662" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92DA210E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BBB0C30C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70144D70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2EA616F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5B740812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B602DA20" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16A2AEEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A120B498" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C9F69822" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A774806A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B666F6E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FF22E94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57584856"/>
-    <w:lvl w:ilvl="0" w:tplc="B39AB424">
+    <w:lvl w:ilvl="0" w:tplc="E32E0B9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6B088462" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="7518B5F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="311A378E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="805A902E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CF0EE63E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A8766244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6D469C0E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1F1E2EA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3F88D430" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A7B65EEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C89E03D8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="C240B6BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E6D2B326" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B6E27EAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44A870CE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5FF24280" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64612620"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE927C66"/>
-    <w:lvl w:ilvl="0" w:tplc="62B06326">
+    <w:lvl w:ilvl="0" w:tplc="442CD2D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="121055EA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0BC28076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4BD6BA28" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C23C1114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11F676A2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A1A007B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88CA3A44" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="863411C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8BAE381A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43EC2050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B43E45B4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F6884C24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8A461786" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5A54B8F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F8846DD4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A264648C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682346A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB4068C"/>
-    <w:lvl w:ilvl="0" w:tplc="B53088C0">
+    <w:lvl w:ilvl="0" w:tplc="A40A9E54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C6926F5E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74EE37DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="02B40796" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BF6C4C3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6322AA48" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D0A62C0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2BEA102C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0AD01D4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A72E2794" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34F05182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E3A23ECC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="782A7BF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6B5C2EE2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42EE2BF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1FDCA87E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24D44A30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A92272B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C228C24"/>
-    <w:lvl w:ilvl="0" w:tplc="0FC2E4F6">
+    <w:lvl w:ilvl="0" w:tplc="343AF70E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="531233B4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="975A0286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E9C274FE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="330E210C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A0DEE46C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4AEA6098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CA2EF710" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="218C8404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C312FD66" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1012D4B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C1E86BD6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FB8CBDA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="553659B6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A150FF18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F6B05CF6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DB02695A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
@@ -2889,276 +2830,284 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F6B29"/>
     <w:rsid w:val="000101B8"/>
     <w:rsid w:val="0007748D"/>
     <w:rsid w:val="00085A75"/>
     <w:rsid w:val="000A1579"/>
     <w:rsid w:val="000A26A4"/>
     <w:rsid w:val="000B0C3B"/>
     <w:rsid w:val="000E2062"/>
     <w:rsid w:val="000F3EE7"/>
     <w:rsid w:val="001138B6"/>
     <w:rsid w:val="00121A8B"/>
     <w:rsid w:val="00153234"/>
     <w:rsid w:val="00154DEB"/>
     <w:rsid w:val="00156F15"/>
     <w:rsid w:val="0016672D"/>
     <w:rsid w:val="00166FA2"/>
     <w:rsid w:val="00190BBD"/>
+    <w:rsid w:val="00191D19"/>
     <w:rsid w:val="001A7871"/>
     <w:rsid w:val="001B2971"/>
     <w:rsid w:val="001C4521"/>
     <w:rsid w:val="001C70DF"/>
     <w:rsid w:val="001D7714"/>
     <w:rsid w:val="001F51CA"/>
     <w:rsid w:val="001F5CF0"/>
     <w:rsid w:val="00207C60"/>
     <w:rsid w:val="00231A33"/>
     <w:rsid w:val="00231B8A"/>
     <w:rsid w:val="00240990"/>
     <w:rsid w:val="00242712"/>
     <w:rsid w:val="00245F4B"/>
     <w:rsid w:val="00251CB7"/>
     <w:rsid w:val="00257E60"/>
     <w:rsid w:val="00262A8F"/>
-    <w:rsid w:val="00267D65"/>
+    <w:rsid w:val="00265825"/>
     <w:rsid w:val="00276C13"/>
     <w:rsid w:val="002A076C"/>
     <w:rsid w:val="002E3FE5"/>
     <w:rsid w:val="00311678"/>
     <w:rsid w:val="0031745A"/>
     <w:rsid w:val="003221EC"/>
     <w:rsid w:val="00325940"/>
     <w:rsid w:val="00334C79"/>
     <w:rsid w:val="0033608B"/>
     <w:rsid w:val="0035562B"/>
     <w:rsid w:val="00366EA6"/>
     <w:rsid w:val="00372DD9"/>
     <w:rsid w:val="003844BC"/>
     <w:rsid w:val="003A02AF"/>
     <w:rsid w:val="003B7A12"/>
     <w:rsid w:val="003E6C36"/>
     <w:rsid w:val="003E710E"/>
     <w:rsid w:val="003F7B82"/>
     <w:rsid w:val="00406FEB"/>
     <w:rsid w:val="00420F0B"/>
     <w:rsid w:val="0043773F"/>
     <w:rsid w:val="00442556"/>
     <w:rsid w:val="00442B24"/>
     <w:rsid w:val="004436F1"/>
     <w:rsid w:val="00444A17"/>
     <w:rsid w:val="00477FFA"/>
     <w:rsid w:val="00485CDD"/>
     <w:rsid w:val="00497455"/>
     <w:rsid w:val="004B3933"/>
     <w:rsid w:val="004D1804"/>
     <w:rsid w:val="004D45B0"/>
     <w:rsid w:val="004F6B29"/>
     <w:rsid w:val="004F74D2"/>
     <w:rsid w:val="005017AF"/>
     <w:rsid w:val="005244A0"/>
     <w:rsid w:val="00530B11"/>
     <w:rsid w:val="00563DEA"/>
     <w:rsid w:val="005657EF"/>
     <w:rsid w:val="005701A9"/>
     <w:rsid w:val="005A5255"/>
     <w:rsid w:val="005B1883"/>
     <w:rsid w:val="005B5665"/>
-    <w:rsid w:val="005C1435"/>
     <w:rsid w:val="006014EE"/>
     <w:rsid w:val="00601E11"/>
     <w:rsid w:val="00602438"/>
     <w:rsid w:val="0062399A"/>
     <w:rsid w:val="00634AA6"/>
+    <w:rsid w:val="00634CD8"/>
     <w:rsid w:val="00636F1F"/>
     <w:rsid w:val="0064497F"/>
     <w:rsid w:val="00663892"/>
     <w:rsid w:val="00666BDC"/>
     <w:rsid w:val="00676B9E"/>
     <w:rsid w:val="006838AD"/>
     <w:rsid w:val="006C353D"/>
     <w:rsid w:val="006C7118"/>
     <w:rsid w:val="006C7989"/>
+    <w:rsid w:val="006E2636"/>
     <w:rsid w:val="006E3880"/>
     <w:rsid w:val="006E49AD"/>
     <w:rsid w:val="006F7286"/>
     <w:rsid w:val="00710216"/>
     <w:rsid w:val="00722703"/>
     <w:rsid w:val="0075032F"/>
     <w:rsid w:val="00777F7B"/>
     <w:rsid w:val="007818DB"/>
     <w:rsid w:val="00794118"/>
     <w:rsid w:val="007944A9"/>
     <w:rsid w:val="007B45FD"/>
     <w:rsid w:val="007C0F46"/>
     <w:rsid w:val="007C1B96"/>
     <w:rsid w:val="007C1CD5"/>
     <w:rsid w:val="007C3E60"/>
     <w:rsid w:val="007E067F"/>
+    <w:rsid w:val="007F0271"/>
     <w:rsid w:val="00802548"/>
     <w:rsid w:val="008028F8"/>
     <w:rsid w:val="008147B0"/>
     <w:rsid w:val="00815AE8"/>
+    <w:rsid w:val="00816433"/>
     <w:rsid w:val="00817726"/>
     <w:rsid w:val="00827C54"/>
     <w:rsid w:val="00831599"/>
     <w:rsid w:val="00857B58"/>
     <w:rsid w:val="00873F98"/>
     <w:rsid w:val="008800AF"/>
     <w:rsid w:val="00883ED9"/>
     <w:rsid w:val="008900F7"/>
     <w:rsid w:val="008938BF"/>
     <w:rsid w:val="008B72C7"/>
     <w:rsid w:val="008C0D1C"/>
     <w:rsid w:val="008C3815"/>
     <w:rsid w:val="008F76BB"/>
     <w:rsid w:val="00903946"/>
     <w:rsid w:val="00905BF0"/>
     <w:rsid w:val="00906AB0"/>
     <w:rsid w:val="009243C5"/>
     <w:rsid w:val="00926EDA"/>
     <w:rsid w:val="00930F7E"/>
     <w:rsid w:val="009425F9"/>
+    <w:rsid w:val="00953755"/>
     <w:rsid w:val="00964BD2"/>
     <w:rsid w:val="00967674"/>
     <w:rsid w:val="00971F3E"/>
     <w:rsid w:val="00973004"/>
+    <w:rsid w:val="00983C24"/>
     <w:rsid w:val="009841B3"/>
+    <w:rsid w:val="00994B1D"/>
     <w:rsid w:val="009A700B"/>
     <w:rsid w:val="009B4BB1"/>
     <w:rsid w:val="009C2207"/>
     <w:rsid w:val="00A27853"/>
     <w:rsid w:val="00A72A7C"/>
     <w:rsid w:val="00A72DBE"/>
-    <w:rsid w:val="00A74EBB"/>
+    <w:rsid w:val="00A815C9"/>
     <w:rsid w:val="00A83F04"/>
     <w:rsid w:val="00A90124"/>
+    <w:rsid w:val="00AA2290"/>
     <w:rsid w:val="00AD2475"/>
     <w:rsid w:val="00AE4972"/>
     <w:rsid w:val="00B025E3"/>
     <w:rsid w:val="00B15E46"/>
     <w:rsid w:val="00B4760F"/>
     <w:rsid w:val="00B50EA7"/>
     <w:rsid w:val="00B523C1"/>
     <w:rsid w:val="00B6102E"/>
     <w:rsid w:val="00B62D78"/>
     <w:rsid w:val="00BB1E8C"/>
     <w:rsid w:val="00BB6BB6"/>
     <w:rsid w:val="00BD4481"/>
     <w:rsid w:val="00BE0DF3"/>
     <w:rsid w:val="00C00ED6"/>
     <w:rsid w:val="00C1170A"/>
     <w:rsid w:val="00C147E0"/>
     <w:rsid w:val="00C35D6E"/>
     <w:rsid w:val="00C42004"/>
     <w:rsid w:val="00C47EA2"/>
     <w:rsid w:val="00C61E9C"/>
     <w:rsid w:val="00C8413E"/>
     <w:rsid w:val="00C93633"/>
     <w:rsid w:val="00CA55AB"/>
     <w:rsid w:val="00CA6E6F"/>
     <w:rsid w:val="00CB5064"/>
     <w:rsid w:val="00CC2690"/>
     <w:rsid w:val="00CC4256"/>
     <w:rsid w:val="00CD7666"/>
     <w:rsid w:val="00CE5275"/>
     <w:rsid w:val="00CE7042"/>
+    <w:rsid w:val="00CF34BB"/>
     <w:rsid w:val="00D02A10"/>
+    <w:rsid w:val="00D13019"/>
     <w:rsid w:val="00D23EEA"/>
     <w:rsid w:val="00D31C5F"/>
     <w:rsid w:val="00D503A8"/>
     <w:rsid w:val="00D51FF3"/>
     <w:rsid w:val="00D573F9"/>
     <w:rsid w:val="00D64562"/>
     <w:rsid w:val="00D70598"/>
     <w:rsid w:val="00D72BDF"/>
     <w:rsid w:val="00D74F6A"/>
     <w:rsid w:val="00D81AB6"/>
     <w:rsid w:val="00D82615"/>
     <w:rsid w:val="00D82690"/>
     <w:rsid w:val="00D91BE7"/>
     <w:rsid w:val="00D92964"/>
     <w:rsid w:val="00D974E9"/>
     <w:rsid w:val="00DB478F"/>
     <w:rsid w:val="00DD512E"/>
     <w:rsid w:val="00DD7E21"/>
     <w:rsid w:val="00DF3B65"/>
     <w:rsid w:val="00E003AF"/>
     <w:rsid w:val="00E14B2A"/>
     <w:rsid w:val="00E23401"/>
     <w:rsid w:val="00E34A1F"/>
     <w:rsid w:val="00E64B5D"/>
     <w:rsid w:val="00E8333B"/>
     <w:rsid w:val="00E968A2"/>
     <w:rsid w:val="00EA1FC7"/>
     <w:rsid w:val="00EB05D3"/>
     <w:rsid w:val="00EC2E07"/>
     <w:rsid w:val="00EE251D"/>
-    <w:rsid w:val="00EF399C"/>
     <w:rsid w:val="00F03077"/>
     <w:rsid w:val="00F0411B"/>
     <w:rsid w:val="00F0725D"/>
     <w:rsid w:val="00F12B22"/>
     <w:rsid w:val="00F4468F"/>
     <w:rsid w:val="00F553E0"/>
     <w:rsid w:val="00F56CA8"/>
     <w:rsid w:val="00F6119A"/>
     <w:rsid w:val="00FA120E"/>
     <w:rsid w:val="00FD24FC"/>
     <w:rsid w:val="00FE7FCF"/>
     <w:rsid w:val="00FF6866"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -4903,78 +4852,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0140938-12EF-4A11-A70D-96CC61FB743E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92F5DD25-CB3F-4052-A684-034DF22B4858}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>887</Words>
-  <Characters>507</Characters>
+  <Words>843</Words>
+  <Characters>481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1392</CharactersWithSpaces>
+  <CharactersWithSpaces>1322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Autors</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>