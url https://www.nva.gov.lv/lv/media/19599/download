--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -1,224 +1,242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="2D6191EF" w14:textId="5EC50361" w:rsidR="009C7841" w:rsidRDefault="002C4D38" w:rsidP="00B124DA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="2D6191EF" w14:textId="5EC50361" w:rsidR="009C7841" w:rsidRDefault="00266F84" w:rsidP="00B124DA">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00ED139F" w:rsidRPr="009C7841">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>kolēna informācijas lapa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> par vasaras darbu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12C382E6" w14:textId="77777777" w:rsidR="00B124DA" w:rsidRPr="00B124DA" w:rsidRDefault="00B124DA" w:rsidP="00B124DA"/>
-    <w:p w14:paraId="1B17C18B" w14:textId="4556A1D5" w:rsidR="00ED139F" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
+    <w:p w14:paraId="1B17C18B" w14:textId="7F1BE3AA" w:rsidR="00ED139F" w:rsidRDefault="00266F84" w:rsidP="003936F1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="4F4F4F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687CC8">
         <w:t>Nodarbinātības valsts aģentūra (turpmāk</w:t>
       </w:r>
       <w:r w:rsidR="00152C23">
-        <w:t xml:space="preserve"> - </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B14DE">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00152C23">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043559F">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve">) organizē pasākumu </w:t>
       </w:r>
       <w:r w:rsidRPr="003936F1">
         <w:t xml:space="preserve">„Nodarbinātības pasākumi vasaras brīvlaikā </w:t>
       </w:r>
       <w:r w:rsidR="00D37560" w:rsidRPr="003936F1">
         <w:t>skolēniem</w:t>
       </w:r>
       <w:r w:rsidRPr="003936F1">
         <w:t>, kur</w:t>
       </w:r>
       <w:r w:rsidR="00D37560" w:rsidRPr="003936F1">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="003936F1">
         <w:t xml:space="preserve"> iegūst izglītību vispārējās, speciālās vai profesionālās izglītības iestādēs”</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6DF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
-        <w:t>(turpmāk – pasākums)</w:t>
+        <w:t xml:space="preserve">(turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="001B14DE">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687CC8">
+        <w:t>asākums)</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve"> lai veicinātu </w:t>
       </w:r>
       <w:r>
         <w:t>skolēnu</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve"> iespēju iegūt darba pamatprasmes, iemaņas un darba pieredzi.</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:rPr>
           <w:color w:val="4F4F4F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="278B31A9" w14:textId="77777777" w:rsidR="003936F1" w:rsidRPr="00687CC8" w:rsidRDefault="003936F1" w:rsidP="003936F1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="4F4F4F"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B17C18C" w14:textId="63F9F60E" w:rsidR="006E5011" w:rsidRPr="00687CC8" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
+    <w:p w14:paraId="1B17C18C" w14:textId="6BF9DEFA" w:rsidR="006E5011" w:rsidRPr="00687CC8" w:rsidRDefault="00266F84" w:rsidP="003936F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve">Pasākuma </w:t>
       </w:r>
       <w:r w:rsidR="00DF6DFE" w:rsidRPr="00687CC8">
         <w:t>laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A5A91" w:rsidRPr="00BB203A">
         <w:t>skolēn</w:t>
       </w:r>
+      <w:r w:rsidR="001B14DE">
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="003A5A91">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">s </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065632A" w:rsidRPr="002D6DF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>noslēdz</w:t>
       </w:r>
       <w:r w:rsidR="00DF6DFE" w:rsidRPr="002D6DF4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> darba līgumu ar darba devēju</w:t>
       </w:r>
       <w:r w:rsidR="003A5A91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F68DD">
         <w:t xml:space="preserve">ne vēlāk kā vienu darba dienu pirms darba tiesisko attiecību uzsākšanas </w:t>
       </w:r>
       <w:r w:rsidR="003A5A91">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00DF6DFE" w:rsidRPr="00687CC8">
         <w:t>str</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t>ādā</w:t>
       </w:r>
       <w:r w:rsidR="00DF6DFE" w:rsidRPr="00687CC8">
         <w:t xml:space="preserve"> algotu darbu</w:t>
       </w:r>
       <w:r w:rsidR="00091124" w:rsidRPr="00687CC8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334F0129" w14:textId="77777777" w:rsidR="008C5EC6" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
+    <w:p w14:paraId="334F0129" w14:textId="77777777" w:rsidR="008C5EC6" w:rsidRDefault="00266F84" w:rsidP="003936F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve">Darba līgumā </w:t>
       </w:r>
       <w:r w:rsidR="00707DE6" w:rsidRPr="00687CC8">
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="005C3A2B">
         <w:t>norādīta</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED139F" w:rsidRPr="003F68DD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>profesija</w:t>
       </w:r>
       <w:r w:rsidR="00ED139F">
         <w:t xml:space="preserve">, kurā strādās </w:t>
       </w:r>
       <w:r>
@@ -287,1481 +305,1459 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F68DD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>veids, darba stundu skaits nedēļā</w:t>
       </w:r>
       <w:r w:rsidR="002657B6" w:rsidRPr="003F68DD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002657B6" w:rsidRPr="003936F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002657B6" w:rsidRPr="003F68DD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nedēļas darba laika grafiks</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C18D" w14:textId="6FBCA691" w:rsidR="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
+    <w:p w14:paraId="1B17C18D" w14:textId="6FBCA691" w:rsidR="00D37560" w:rsidRDefault="00266F84" w:rsidP="003936F1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Skolēna</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:t xml:space="preserve"> un darba devēja attiecības regulē Darba likums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439E4D97" w14:textId="77777777" w:rsidR="003936F1" w:rsidRPr="00D37560" w:rsidRDefault="003936F1" w:rsidP="00D37560">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EF98490" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00B85D01" w:rsidRDefault="002C4D38" w:rsidP="00D37560">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="0EF98490" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00B85D01" w:rsidRDefault="00266F84" w:rsidP="00D37560">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B85D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Skol</w:t>
-[...8 lines deleted...]
-        <w:t>ēna pienākumi</w:t>
+        <w:t>Skolēna pienākumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3F4A3A" w14:textId="77777777" w:rsidR="003936F1" w:rsidRDefault="003936F1" w:rsidP="003936F1">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="155F3798" w14:textId="1C5B00ED" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003F62C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="42D99981" w14:textId="77777777" w:rsidR="001B14DE" w:rsidRDefault="00266F84" w:rsidP="003F62C3">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37560">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ja skolēns ir jaunāks par 18 gadiem, pirms darba uzsākšanas ir jāveic iepriekšēja medicīniskā apskate (jādodas pie sava ģimenes ārsta, lai saņemtu ārsta izziņu par veselības stāvokli, kas ļautu pārliecināties par piemērotību paredzētā darba </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D37560">
+        <w:t>Ja skolēns ir jaunāks par 18 gadiem, pirms darba uzsākšanas</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>veikšanai).</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E48D4D" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003F62C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="155F3798" w14:textId="5781F635" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="00266F84" w:rsidP="00EB357F">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37560">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir jāveic iepriekšēja medicīniskā apskate (jādodas pie sava ģimenes ārsta, lai saņemtu ārsta izziņu par veselības stāvokli, kas ļautu pārliecināties par piemērotību paredzētā darba veikšanai)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B14DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E48D4D" w14:textId="2FCF3994" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="00266F84" w:rsidP="00EB357F">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37560">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba devējam iesniedz skolēna vecāka (aizbildņa) apliecinājumu skolēna dalībai Pasākumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0D7699" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="00266F84" w:rsidP="003F62C3">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37560">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ja skolēns ir jaunāks par 18 gadiem, skolēns darba devējam iesniedz skolēna vecāka (aizbildņa) apliecinājumu skolēna dalībai Pasākumā.</w:t>
+        <w:t>Pildīt amata aprakstā noteiktos pienākumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0D7699" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003F62C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="74ABA4A9" w14:textId="3BE0B2F1" w:rsidR="009549FC" w:rsidRPr="009549FC" w:rsidRDefault="00266F84" w:rsidP="003F62C3">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37560">
+      <w:r w:rsidRPr="009549FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pildīt amata aprakstā noteiktos pienākumus.</w:t>
+        <w:t>Strādāt darba līgumā noteikto darba laiku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8BAB31" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003F62C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="58591D65" w14:textId="556F0FCC" w:rsidR="009549FC" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37560">
+      <w:r w:rsidRPr="0010020A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Strādāt darba līgumā noteikto darba laiku.</w:t>
+        <w:t>Informēt darba devēju par kavējumiem (piemēram, par darbnespēju).</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniegt darba devējam kavējumu attaisnojošus dokumentus (piemēram, eksāmena gadījumā tā ir izziņa no skolas).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F33536A" w14:textId="491B7972" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003F62C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="698CE7A0" w14:textId="6E79B3B4" w:rsidR="009549FC" w:rsidRPr="00743E20" w:rsidRDefault="00266F84" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37560">
+      <w:r w:rsidRPr="0010020A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Informēt darba devēju </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D37560">
+        <w:t>Informēt Aģentūr</w:t>
+      </w:r>
+      <w:r w:rsidR="0007372B" w:rsidRPr="0010020A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>par kavējumiem (piemēram, par darbnespēju).</w:t>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0C93" w:rsidRPr="0010020A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>Iesniegt darba devējam kavējumu attaisnojošus dokumentus (piemēram, eksāmena gadījumā tā ir izziņa no skolas).</w:t>
+        <w:t>, ja netiek ievērots darba līgumā noteiktais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26313F99" w14:textId="72C24320" w:rsidR="00D37560" w:rsidRPr="00D37560" w:rsidRDefault="002C4D38" w:rsidP="003F62C3">
-[...115 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="05A8B512" w14:textId="77777777" w:rsidR="003936F1" w:rsidRPr="00687CC8" w:rsidRDefault="003936F1" w:rsidP="00743E20">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05A8B512" w14:textId="77777777" w:rsidR="003936F1" w:rsidRPr="00687CC8" w:rsidRDefault="003936F1" w:rsidP="00D37560">
-[...15 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="688EEDF9" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="00B85D01" w:rsidRDefault="00266F84" w:rsidP="00D37560">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B85D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Skolēna tiesības</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4C652A" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="008D5683" w:rsidRDefault="002C4D38" w:rsidP="00D37560">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="4E4C652A" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="008D5683" w:rsidRDefault="00266F84" w:rsidP="00D37560">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00687CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iepazīties ar darba vietu, darba apstākļiem, darba vides risku izvērtējumu un veicamo darbu aprakstu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pirms pieņemt lēmumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>par darba uzsākšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00687CC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pie konkrētā </w:t>
-[...6 lines deleted...]
-        <w:t>darba devēja.</w:t>
+        <w:t xml:space="preserve"> pie konkrētā darba devēja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D1D1D3" w14:textId="21962407" w:rsidR="00D37560" w:rsidRPr="008D5683" w:rsidRDefault="002C4D38" w:rsidP="00D37560">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="63D1D1D3" w14:textId="21962407" w:rsidR="00D37560" w:rsidRPr="008D5683" w:rsidRDefault="00266F84" w:rsidP="00D37560">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūra nodrošina, ka skolēns uz darba līgumā</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5683">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>norādīto darba periodu</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5683">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek apdrošināts pret iespējamiem nelaimes gadījumiem darba vietā. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Iestājoties apdrošināšanas gadījumam, sazināties ar Aģentūru.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036B7621" w14:textId="1B97AD88" w:rsidR="00D37560" w:rsidRPr="008C5EC6" w:rsidRDefault="002C4D38" w:rsidP="008C5EC6">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="036B7621" w14:textId="1B97AD88" w:rsidR="00D37560" w:rsidRPr="008C5EC6" w:rsidRDefault="00266F84" w:rsidP="008C5EC6">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F62C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pēc darba līguma noslēgšanas skolēns var </w:t>
-[...5 lines deleted...]
-        <w:t>saņemt algas nodokļa grāmatiņu</w:t>
+        <w:t>Pēc darba līguma noslēgšanas skolēns var saņemt algas nodokļa grāmatiņu</w:t>
       </w:r>
       <w:r w:rsidR="008C5EC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="008C5EC6" w:rsidRPr="00276225">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://www.vid.gov.lv/lv/algas-nodokla-gramatina</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D662E1">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008C5EC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C5EC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iesniedzot iesniegumu elektroniski Valsts ieņēmumu dienestā Elektroniskās deklarēšanas sistēmā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9F87BC" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="003F62C3" w:rsidRDefault="002C4D38" w:rsidP="00D37560">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="4C9F87BC" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="003F62C3" w:rsidRDefault="00266F84" w:rsidP="00D37560">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F62C3">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Saņemt no da</w:t>
-[...5 lines deleted...]
-        <w:t>rba devēja rakstisku darba algas aprēķinu. Pieprasīt izziņu par darba algu un samaksātiem nodokļiem.</w:t>
+        <w:t>Saņemt no darba devēja rakstisku darba algas aprēķinu. Pieprasīt izziņu par darba algu un samaksātiem nodokļiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F271688" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="003F62C3" w:rsidRDefault="002C4D38" w:rsidP="00D37560">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1F271688" w14:textId="77777777" w:rsidR="00D37560" w:rsidRPr="003F62C3" w:rsidRDefault="00266F84" w:rsidP="00D37560">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F62C3">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Saņemt kompensāciju par neizmantoto atvaļinājumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FFB00F" w14:textId="17F0EEB2" w:rsidR="003F62C3" w:rsidRPr="0007372B" w:rsidRDefault="002C4D38" w:rsidP="000A0D92">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="01FFB00F" w14:textId="01986E8F" w:rsidR="003F62C3" w:rsidRPr="009549FC" w:rsidRDefault="00266F84" w:rsidP="000A0D92">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003F62C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Pēc skolēna vēlēšanās (iesniedzot darba devējam iesniegumu) izbeigt darba tiesiskās attiecības vienas dar</w:t>
-[...5 lines deleted...]
-        <w:t>ba dienas laikā.</w:t>
+        <w:t>Pēc skolēna vēlēšanās (iesniedzot darba devējam iesniegumu) izbeigt darba tiesiskās attiecības vienas darba dienas laikā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C18F" w14:textId="62AE8778" w:rsidR="006E5011" w:rsidRPr="003936F1" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="4FD62643" w14:textId="6586A8AA" w:rsidR="009549FC" w:rsidRDefault="009549FC" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A015C45" w14:textId="213DAD18" w:rsidR="009549FC" w:rsidRDefault="009549FC" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56262618" w14:textId="10903F4A" w:rsidR="009549FC" w:rsidRDefault="009549FC" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D8A1D3" w14:textId="77777777" w:rsidR="009549FC" w:rsidRPr="0007372B" w:rsidRDefault="009549FC" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B17C18F" w14:textId="62AE8778" w:rsidR="006E5011" w:rsidRPr="003936F1" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B85D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C97EBE" w:rsidRPr="00B85D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>arba devēja pienākumi</w:t>
       </w:r>
       <w:r w:rsidRPr="00B85D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C190" w14:textId="77777777" w:rsidR="00C97EBE" w:rsidRPr="00687CC8" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1B17C190" w14:textId="77777777" w:rsidR="00C97EBE" w:rsidRPr="009549FC" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00687CC8">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009549FC">
+        <w:t>Ievērot darba līgumā noteikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6DFE" w:rsidRPr="009549FC">
         <w:t>ās saistības</w:t>
       </w:r>
-      <w:r w:rsidRPr="00687CC8">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009549FC">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C191" w14:textId="77777777" w:rsidR="00ED26E9" w:rsidRPr="00687CC8" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1F5172FE" w14:textId="247C1135" w:rsidR="0010020A" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00687CC8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="0065632A" w:rsidRPr="00687CC8">
+      <w:r w:rsidR="0065632A" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve">eikt nostrādātā </w:t>
       </w:r>
-      <w:r w:rsidR="00707DE6" w:rsidRPr="00687CC8">
+      <w:r w:rsidR="00707DE6" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve">darba </w:t>
       </w:r>
-      <w:r w:rsidR="0065632A" w:rsidRPr="00687CC8">
+      <w:r w:rsidR="0065632A" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>laika</w:t>
       </w:r>
-      <w:r w:rsidRPr="00687CC8">
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> uzskaiti un pēc tās aprēķināt</w:t>
       </w:r>
-      <w:r w:rsidR="003A5A91">
+      <w:r w:rsidR="003A5A91" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> skolēna</w:t>
       </w:r>
-      <w:r w:rsidRPr="00687CC8">
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> darba algu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C193" w14:textId="69E75A4E" w:rsidR="004D4EBC" w:rsidRPr="004D4EBC" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1B17C193" w14:textId="46ACE297" w:rsidR="004D4EBC" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00687CC8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>Izsniegt rakstisku darba algas aprēķinu.</w:t>
       </w:r>
-      <w:r w:rsidR="00B82FF6" w:rsidRPr="00687CC8">
+      <w:r w:rsidR="00B82FF6" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00687CC8">
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve">Izmaksāt </w:t>
       </w:r>
-      <w:r w:rsidR="005C3A2B">
+      <w:r w:rsidR="005C3A2B" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>darba l</w:t>
       </w:r>
-      <w:r w:rsidR="007212E6" w:rsidRPr="00687CC8">
-[...2 lines deleted...]
-      <w:r w:rsidR="007212E6">
+      <w:r w:rsidR="007212E6" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>īgumā noteikto darba algu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00707DE6" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007212E6" w:rsidRPr="00687CC8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00707DE6" w:rsidRPr="00687CC8">
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nomaksājot </w:t>
+      </w:r>
+      <w:r w:rsidR="00091124" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>normatīvajos aktos noteikto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00091124" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodokļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0010020A" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00687CC8">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="0010020A" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un kompensāciju par neizmantotajām atvaļinājuma dienām.</w:t>
+      </w:r>
+      <w:r w:rsidR="0010020A" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C194" w14:textId="6B8046F6" w:rsidR="004D4EBC" w:rsidRPr="004D4EBC" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="0B9428BA" w14:textId="71CDAC51" w:rsidR="001B14DE" w:rsidRDefault="00266F84" w:rsidP="009549FC">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4EBC">
+        <w:t>Ja skolēns ir jaunāks par 18 gadiem</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A588985" w14:textId="020B1BBB" w:rsidR="001B14DE" w:rsidRDefault="00266F84" w:rsidP="001B14DE">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4EBC">
+        <w:t>nformēt skolēna vecāku (aizbildni) par darba vides riska novērtējumu un darba aizsardzības pasākumiem darba vietā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0016">
+        <w:t>, pirms skolēns uzsāk veikt darba pienākumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4EBC">
+        <w:t xml:space="preserve">s un </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk125018901"/>
+      <w:r w:rsidRPr="004D4EBC">
+        <w:t>saņemt no viena no vecākiem (aizbildņa) rakstveida apliecinājum</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="004D4EBC">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2B65C3" w14:textId="5699603A" w:rsidR="001B14DE" w:rsidRDefault="00266F84" w:rsidP="001B14DE">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009549FC">
+        <w:t>pieņem</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t skolēnu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009549FC">
+        <w:t xml:space="preserve"> darbā tikai pēc iepriekšējas medicīniskās apskates</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B17C195" w14:textId="7A1DAF17" w:rsidR="002657B6" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...44 lines deleted...]
-      <w:r w:rsidR="006102C2" w:rsidRPr="004D4EBC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="003F3651" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ormatīvajos aktos par obligātajām veselības pārbaudēm noteiktajos gadījumos prasīt, lai skolēns veic obligāto veselības pārbaudi pirms līguma slēgšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00420DD8" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C195" w14:textId="1E8D3681" w:rsidR="002657B6" w:rsidRPr="004D4EBC" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1B17C196" w14:textId="77777777" w:rsidR="00ED26E9" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r w:rsidR="00420DD8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Skolēna slimības gadījumā apmaksāt darbnespējas lapu</w:t>
+      </w:r>
+      <w:r w:rsidR="00391ABB" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF097E" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C196" w14:textId="77777777" w:rsidR="00ED26E9" w:rsidRPr="00687CC8" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1B17C197" w14:textId="5FD30A34" w:rsidR="00D16DBB" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00BF097E" w:rsidRPr="00687CC8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt </w:t>
+      </w:r>
+      <w:r w:rsidR="001061C4" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>skolēnam</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4527" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba vadītāju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006913E7" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visu </w:t>
+      </w:r>
+      <w:r w:rsidR="001B14DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="006913E7" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asākuma </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3707" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>norises</w:t>
+      </w:r>
+      <w:r w:rsidR="006913E7" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laiku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C197" w14:textId="77777777" w:rsidR="00D16DBB" w:rsidRPr="00687CC8" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="1B17C198" w14:textId="77777777" w:rsidR="00A60967" w:rsidRPr="00C6246B" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00687CC8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Instruēt skolēnu par darba drošību, veselības aizsardzību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6246B">
+        <w:t>, ugunsdrošības un citiem darba aizsardzības noteikumiem, kas jāievēro darba laikā, nodrošinot darba aizsardzības prasību ievērošanu darba vietā</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Skolēns ar savu parakstu apliecina, ka tika veikta instruktāža</w:t>
+      </w:r>
+      <w:r w:rsidR="00445234">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C198" w14:textId="77777777" w:rsidR="00A60967" w:rsidRPr="00C6246B" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="6D830EFB" w14:textId="72577B82" w:rsidR="003936F1" w:rsidRPr="0010020A" w:rsidRDefault="00266F84" w:rsidP="00743E20">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt </w:t>
+      </w:r>
+      <w:r w:rsidR="001061C4" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skolēnu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar speciālo apģērbu un </w:t>
+      </w:r>
+      <w:r w:rsidR="00707DE6" w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuālajiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010020A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>aizsardzības līdzekļiem, ja to paredz normatīvie akti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C199" w14:textId="77777777" w:rsidR="00586472" w:rsidRPr="00687CC8" w:rsidRDefault="002C4D38" w:rsidP="003936F1">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="0919A12F" w14:textId="2EE62DFD" w:rsidR="00B124DA" w:rsidRDefault="00266F84" w:rsidP="003936F1">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-        </w:rPr>
-[...123 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F42BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izbeigt </w:t>
       </w:r>
       <w:r w:rsidR="00887D97" w:rsidRPr="00F42BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ar </w:t>
       </w:r>
       <w:r w:rsidR="001061C4" w:rsidRPr="00F42BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">skolēnu </w:t>
       </w:r>
       <w:r w:rsidR="00586472" w:rsidRPr="00F42BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darba līgumu </w:t>
       </w:r>
       <w:r w:rsidR="007661B9" w:rsidRPr="00F42BEB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Darba likumā noteiktajā kārtībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7EFE2E" w14:textId="77777777" w:rsidR="00F54C0A" w:rsidRPr="00F42BEB" w:rsidRDefault="00F54C0A" w:rsidP="00F54C0A">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FA1E418" w14:textId="40B855D8" w:rsidR="00F42BEB" w:rsidRPr="00F42BEB" w:rsidRDefault="00F42BEB" w:rsidP="00F42BEB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC2133C" w14:textId="5E700C21" w:rsidR="00F42BEB" w:rsidRPr="00EC3219" w:rsidRDefault="002C4D38" w:rsidP="00F54C0A">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="7AC2133C" w14:textId="5F15CB0A" w:rsidR="00F42BEB" w:rsidRPr="00EC3219" w:rsidRDefault="00266F84" w:rsidP="00F54C0A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>SVARĪGI ZINĀT!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F11526D" w14:textId="77777777" w:rsidR="00EC3219" w:rsidRPr="00D27403" w:rsidRDefault="00EC3219" w:rsidP="00F42BEB">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D0749E5" w14:textId="72F23FD1" w:rsidR="00F42BEB" w:rsidRPr="00D27403" w:rsidRDefault="002C4D38" w:rsidP="00EC3219">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="5D0749E5" w14:textId="72F23FD1" w:rsidR="00F42BEB" w:rsidRPr="00D27403" w:rsidRDefault="00266F84" w:rsidP="00EC3219">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27403">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">JA DARBA LĪGUMĀ NOTEIKTAIS NETIEK IEVĒROTS VAI RODAS CITI JAUTĀJUMI, INFORMĒ PAR TO </w:t>
       </w:r>
       <w:r w:rsidR="00F54C0A" w:rsidRPr="00D27403">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">NODARBINĀTĪBAS VALSTS </w:t>
       </w:r>
       <w:r w:rsidRPr="00D27403">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>AĢENTŪRU</w:t>
       </w:r>
       <w:r w:rsidRPr="00D27403">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00D27403">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:b/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>WWW.NVA.GOV.LV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11FB01EB" w14:textId="77777777" w:rsidR="00EC3219" w:rsidRPr="00EC3219" w:rsidRDefault="002C4D38" w:rsidP="00EC3219">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="11FB01EB" w14:textId="77777777" w:rsidR="00EC3219" w:rsidRPr="00EC3219" w:rsidRDefault="00490A10" w:rsidP="00EC3219">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r>
+        <w:r w:rsidR="003F3651">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>+371 80200206</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="003F3651">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00DDEC3A" w14:textId="17EF9BAA" w:rsidR="00EC3219" w:rsidRPr="00F54C0A" w:rsidRDefault="002C4D38" w:rsidP="00EC3219">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="00DDEC3A" w14:textId="17EF9BAA" w:rsidR="00EC3219" w:rsidRPr="00F54C0A" w:rsidRDefault="00490A10" w:rsidP="00EC3219">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="email"/>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00F572F4">
+        <w:r w:rsidR="003F3651" w:rsidRPr="00F572F4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>pasts@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5E337C75" w14:textId="77777777" w:rsidR="00F54C0A" w:rsidRPr="00EC3219" w:rsidRDefault="00F54C0A" w:rsidP="00F54C0A">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="email"/>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64BF6BB9" w14:textId="1E948049" w:rsidR="00EC3219" w:rsidRDefault="00EC3219" w:rsidP="00EC3219">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6182FFA4" w14:textId="2FE4DF08" w:rsidR="003546C3" w:rsidRPr="003546C3" w:rsidRDefault="002C4D38" w:rsidP="003546C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="6182FFA4" w14:textId="7CD4C921" w:rsidR="003546C3" w:rsidRPr="003546C3" w:rsidRDefault="00266F84">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003546C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">DARBA STRĪDU AR DARBA DEVĒJU RISINĀŠANAI SKOLĒNAM IR TIESĪBAS VĒRSTIES </w:t>
       </w:r>
       <w:r w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VALSTS DARBA INSPEKCIJĀ</w:t>
       </w:r>
       <w:r w:rsidRPr="003546C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003546C3">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:b/>
           </w:rPr>
           <w:t>WWW.VDI.GOV.LV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="400B52DC" w14:textId="77777777" w:rsidR="003546C3" w:rsidRDefault="002C4D38" w:rsidP="003546C3">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="400B52DC" w14:textId="7F61A552" w:rsidR="003546C3" w:rsidRDefault="00490A10" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r>
+        <w:r w:rsidR="003F3651">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>+371 67021704</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="003F3651">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE06D85" w14:textId="783A7B14" w:rsidR="00EC3219" w:rsidRPr="00F54C0A" w:rsidRDefault="002C4D38" w:rsidP="003546C3">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="1AE06D85" w14:textId="68E53F7C" w:rsidR="00EC3219" w:rsidRPr="00F54C0A" w:rsidRDefault="00490A10" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="email"/>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="003546C3" w:rsidRPr="00F572F4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>vdi@vdi.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7690A1A7" w14:textId="77777777" w:rsidR="00F54C0A" w:rsidRDefault="00F54C0A" w:rsidP="00F54C0A">
-[...21 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="7690A1A7" w14:textId="3DC1721B" w:rsidR="00F54C0A" w:rsidRDefault="00F54C0A" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B66F65" w14:textId="41434B87" w:rsidR="00F42BEB" w:rsidRPr="003936F1" w:rsidRDefault="00F42BEB" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A07442D" w14:textId="33C0B184" w:rsidR="00F42BEB" w:rsidRDefault="00266F84">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">UZSĀKOT DARBA </w:t>
       </w:r>
       <w:r w:rsidR="00F54C0A" w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TIESISKĀS </w:t>
       </w:r>
       <w:r w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ATTIECĪBAS, </w:t>
       </w:r>
       <w:r w:rsidR="003546C3" w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1788,267 +1784,273 @@
         <w:t xml:space="preserve">ALSTS SOCIĀLĀS APDROŠINĀŠANAS </w:t>
       </w:r>
       <w:r w:rsidR="00F54C0A" w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>AĢENTŪRA</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">(VSAA) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">GARANTĒ SOCIĀLO IEMAKSU VEICĒJIEM DAĻĒJU IENĀKUMU AIZVIETOJUMU, </w:t>
-[...5 lines deleted...]
-        <w:t>IESTĀJOTIES DAŽĀDIEM SOCIĀLĀ RISKA GADĪJUMIEM</w:t>
+        <w:t>GARANTĒ SOCIĀLO IEMAKSU VEICĒJIEM DAĻĒJU IENĀKUMU AIZVIETOJUMU, IESTĀJOTIES DAŽĀDIEM SOCIĀLĀ RISKA GADĪJUMIEM</w:t>
       </w:r>
       <w:r w:rsidR="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. VAIRĀK INFORMĀCIJAS - </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00F54C0A" w:rsidRPr="00F54C0A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:b/>
             <w:bCs/>
             <w:caps/>
           </w:rPr>
           <w:t>WWW.VSAA.GOV.LV</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F54C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> VAI VSAA KLIENTU APKALPOŠANAS CENTROS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EC4907" w14:textId="77777777" w:rsidR="00F54C0A" w:rsidRDefault="002C4D38" w:rsidP="00F54C0A">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="37EC4907" w14:textId="5156E450" w:rsidR="00F54C0A" w:rsidRDefault="00490A10" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r>
+        <w:r w:rsidR="003F3651">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>+371 64507020</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="003F3651">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B17C1D3" w14:textId="724A9781" w:rsidR="00687CC8" w:rsidRPr="00F54C0A" w:rsidRDefault="002C4D38" w:rsidP="008B10FB">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="1B17C1D3" w14:textId="024C5C0A" w:rsidR="00687CC8" w:rsidRPr="00F54C0A" w:rsidRDefault="00490A10" w:rsidP="0010020A">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
+        <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00F54C0A" w:rsidRPr="00F572F4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
           </w:rPr>
           <w:t>pasts@vsaa.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00687CC8" w:rsidRPr="00F54C0A" w:rsidSect="00D57B24">
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05145290" w14:textId="77777777" w:rsidR="002C4D38" w:rsidRDefault="002C4D38">
+    <w:p w14:paraId="0032BE72" w14:textId="77777777" w:rsidR="00490A10" w:rsidRDefault="00490A10">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36543ED3" w14:textId="77777777" w:rsidR="002C4D38" w:rsidRDefault="002C4D38">
+    <w:p w14:paraId="3F3E447A" w14:textId="77777777" w:rsidR="00490A10" w:rsidRDefault="00490A10">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="62A05087" w14:textId="0D6BBF4B" w:rsidR="000A0D92" w:rsidRPr="009543B6" w:rsidRDefault="002C4D38" w:rsidP="00B124DA">
+  <w:p w14:paraId="755683D3" w14:textId="77777777" w:rsidR="009B0D0E" w:rsidRDefault="009B0D0E">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="74D73F42" w14:textId="6B2A3573" w:rsidR="009B0D0E" w:rsidRDefault="00266F84" w:rsidP="009B0D0E">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
-        <w:color w:val="ED7D31"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="nl-NL"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009543B6">
-[...2 lines deleted...]
-        <w:color w:val="ED7D31"/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.8._</w:t>
+      <w:t>4.2.8._6. p_2. v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
-        <w:color w:val="ED7D31"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009543B6">
-[...2 lines deleted...]
-        <w:color w:val="ED7D31"/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>. pielikums_1. versija 10.04.2024.</w:t>
+      <w:t>11.03.2026.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1B17C1DC" w14:textId="77777777" w:rsidR="000A0D92" w:rsidRPr="00A17AF1" w:rsidRDefault="002C4D38">
+  <w:p w14:paraId="1B17C1DC" w14:textId="77777777" w:rsidR="000A0D92" w:rsidRPr="00A17AF1" w:rsidRDefault="00266F84">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A17AF1">
       <w:rPr>
         <w:caps/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A17AF1">
       <w:rPr>
         <w:caps/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A17AF1">
@@ -2073,310 +2075,325 @@
         <w:caps/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1B17C1DD" w14:textId="77777777" w:rsidR="000A0D92" w:rsidRPr="00415D05" w:rsidRDefault="000A0D92" w:rsidP="00C4172B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="54045AF4" w14:textId="77777777" w:rsidR="009B0D0E" w:rsidRDefault="009B0D0E">
+    <w:pPr>
+      <w:pStyle w:val="Kjene"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3001F195" w14:textId="77777777" w:rsidR="002C4D38" w:rsidRDefault="002C4D38">
+    <w:p w14:paraId="4951ACC7" w14:textId="77777777" w:rsidR="00490A10" w:rsidRDefault="00490A10">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E82349F" w14:textId="77777777" w:rsidR="002C4D38" w:rsidRDefault="002C4D38">
+    <w:p w14:paraId="7EFFFFFD" w14:textId="77777777" w:rsidR="00490A10" w:rsidRDefault="00490A10">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...23 lines deleted...]
-        <w:t>medicīniskās apskates, un tām līdz 18 gadu vecuma sasniegšanai ik gadu jāveic obligātā medicīniskā apskate.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1254CDC9" w14:textId="77777777" w:rsidR="009B0D0E" w:rsidRDefault="009B0D0E">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="4AD035E4" w14:textId="77777777" w:rsidR="009B0D0E" w:rsidRDefault="009B0D0E">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="559AAE64" w14:textId="77777777" w:rsidR="009B0D0E" w:rsidRDefault="009B0D0E">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05E24F98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6594691E"/>
-    <w:lvl w:ilvl="0" w:tplc="3ABA5A32">
+    <w:lvl w:ilvl="0" w:tplc="284A19E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="ACDE4474" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9C3EA728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7FA6A92C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1EF4D726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A05A4AEA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="736EC614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8A2A168C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="794A93EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70B0974E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52EA2F3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F050D69E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2F0AEC24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0E5674D8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C11E4686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15500010" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E864DFD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F8D3D40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE3854B4"/>
-    <w:lvl w:ilvl="0" w:tplc="62B8A2D2">
+    <w:lvl w:ilvl="0" w:tplc="CA604C8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E118CF4C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="626AFFFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="546C2D82" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1600474E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3011" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5C00D150" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="01AC84A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3731" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6C8CD2FA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81180C3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4451" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4488A730" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80025638" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5171" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6040CEB0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="318AE7AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5891" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E9A64892" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="188061CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="830002FE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="931E6B04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16213006"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="201E5EC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -2462,375 +2479,375 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="185C3E1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C1C5B34"/>
-    <w:lvl w:ilvl="0" w:tplc="151088EE">
+    <w:lvl w:ilvl="0" w:tplc="6B6A1846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A800A9FE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AB22D0D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18D88866" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7EA4C73C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="504CF2A0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DDE05754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="690ED418" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9EC44D76" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3F365F36" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3B14E3C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F5C2D9E8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="946EAD92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4614FC02" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5964EB08" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7442AC68" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45B0F938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201B67F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA5C3050"/>
-    <w:lvl w:ilvl="0" w:tplc="775469C2">
+    <w:lvl w:ilvl="0" w:tplc="C602D248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C686951C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9438C892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DC0EB316" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26EC9076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D7488508" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9A02EF8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0498AF74" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AB2C6CF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8286F2C2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80106322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8B7ED272" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67941596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FCBE8DB2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8B162FE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7FD2FCF2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54243B42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="219341E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBA275CE"/>
-    <w:lvl w:ilvl="0" w:tplc="16CAB30E">
+    <w:lvl w:ilvl="0" w:tplc="A52656FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A9D28FD0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22ACA49C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C0C02D62" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5D063912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8E62C13C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BA7CD338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C3C4EC74" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BACE1D1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A47A637C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91DAD8BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1DA0C304" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4078CA8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E6DE8E88" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="181A0358" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80BC1F8C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A3744AC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25A56269"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3A6C9560"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -2916,1509 +2933,1622 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C805AEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="796EF498"/>
-    <w:lvl w:ilvl="0" w:tplc="2A44F7A0">
+    <w:lvl w:ilvl="0" w:tplc="F7868FA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64A45298" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5A2A65C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25A6A04E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88B02DD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53F09736" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E1786D8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="576C5B58" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="DC681E7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AA0AEEC6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0F7EBA68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CFD6C1F6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A4C6D122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A3928A9A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="924A8CEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CEE82976" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6CE29F6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF034B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C45454CC"/>
-    <w:lvl w:ilvl="0" w:tplc="43E4F2C8">
+    <w:lvl w:ilvl="0" w:tplc="1EEED5E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98CC2FF4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2B107226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F79848D8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83E4541A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DFC042B2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D8CCA292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10EA2BEE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4BC6843E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AF90A0F6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A35EE4D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72FE0504" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="854C5B3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D1B6EB88" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="DD36ED78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67301ABA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DE82AAA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DCB0983"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="231C5842"/>
-    <w:lvl w:ilvl="0" w:tplc="86303DE4">
+    <w:lvl w:ilvl="0" w:tplc="EDCE8A48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D7264E76" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6C207C06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95241146" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6F4C1730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1AE2CA08" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CAF6ED46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0E5C5922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5638FEFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="06228FFA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43D83330" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E32EEED4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1638E6C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BF1AC43E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="EE443868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20CC8128" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60DC569E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32BB626C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A324856"/>
-    <w:lvl w:ilvl="0" w:tplc="FA30C528">
+    <w:lvl w:ilvl="0" w:tplc="80A01E9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34B20828" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84BE13F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61183B26" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C57A8C6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9C0AA32C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C5D4CBF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43161EA0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="340E5664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2D3A957C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90244670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2E64057E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92C28E98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0ED45892" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="00AE5740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65140838" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BA306A66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="369831A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5A0056C"/>
-    <w:lvl w:ilvl="0" w:tplc="2CB2EE82">
+    <w:lvl w:ilvl="0" w:tplc="2AB014BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9D32102E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="719CD6FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="00702FBC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="651C4DEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C860BE72" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3222BE68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="987E8E38" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49326894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80723E3E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7A5815A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5A3E4EAC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DE82CB42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84C278E0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="611E3F5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9274D0FA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EB6E6F90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="450359BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B48D604"/>
-    <w:lvl w:ilvl="0" w:tplc="A0CE6C92">
+    <w:lvl w:ilvl="0" w:tplc="A6E6704E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1434" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B6B841DC">
+    <w:lvl w:ilvl="1" w:tplc="D0FE3CC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2154" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="06F89FFA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12A6A90A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2874" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C832C6A4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8CFE7DDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3594" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26D2BC7A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4D16D9FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4314" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="238C2C7E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="724E92F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5034" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4704B9BC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67A2158C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5754" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E7A426A2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="124C4A98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6474" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="791816D6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2F3C700C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AA85D94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EAC10BA"/>
-    <w:lvl w:ilvl="0" w:tplc="FCEA458E">
+    <w:lvl w:ilvl="0" w:tplc="97562B4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D070DDB2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D48CA4AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94306BAE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A7501EF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6324C194" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DB889074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DB249AD4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="513AB648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52FCE5CA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7CAC4716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="136C9E9E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9DE84CD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C03E7ADA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BEA0AA9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5B96EEA6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89980E10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="568B6B1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F9AD5B2"/>
-    <w:lvl w:ilvl="0" w:tplc="792E61C4">
+    <w:lvl w:ilvl="0" w:tplc="BE0E9BFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2DC430A0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F7063E82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C804EA20" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76A2A6B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4A063C6E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4A38C016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BE147EE0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BF70AE8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D38E94C0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="01B61AA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22BCCCA0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0BCE406E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BB76449A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43160D98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5C9E8DB6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D898028A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="568C1231"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA389FEA"/>
-    <w:lvl w:ilvl="0" w:tplc="8452D5D6">
+    <w:lvl w:ilvl="0" w:tplc="53125166">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EE561EE6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1E38BC96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B2C23F42" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7F8A3D56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1FA43820" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5E36BE00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73365A1C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AAAE86F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6F0CB872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0BC61018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9F18E5FC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B10CC6E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AB30CF50" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12DE2490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E6AA9062" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2FB47E6C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59926C08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54F8110C"/>
-    <w:lvl w:ilvl="0" w:tplc="F69AFEB2">
+    <w:lvl w:ilvl="0" w:tplc="592206AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="755EF71A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C42443A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5FACE8C6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08228362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="864473B4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BCB8786E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1D12C47A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A5AC5EF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1E8E732E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BFFA6C1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3920DD14" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2056D272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D6B2EAC6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="EB3E310C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67F82E46" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20C0AC0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="696105E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEACC56E"/>
-    <w:lvl w:ilvl="0" w:tplc="B182678A">
+    <w:lvl w:ilvl="0" w:tplc="2564BB4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7BD2B424" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E0AE0412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74A2DBEA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A880CDF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4CDABEE2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79EA93AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="828CBA58" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B0D444DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6FA2365A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BFC2EEBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7B2499EE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20B42262" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EC66BFD2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8F36B4DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55921AE2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C57CAD5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C567C8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8E007BC"/>
-    <w:lvl w:ilvl="0" w:tplc="DFE035A8">
+    <w:lvl w:ilvl="0" w:tplc="01B4B512">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F1AE27F4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F1DC3B06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1BB0966C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C8D66E26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3A4266D8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="101C808C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F84061E8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="235A7B96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="764E269A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="947618C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50B0BF8C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29D6434C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D316AAF8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="472008D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A0B271B2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D1FAFCFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78936340"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8E6ADC76"/>
+    <w:lvl w:ilvl="0" w:tplc="F5683A2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FAAC46C4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1DF23520" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5CEE7BB2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D03ACF9E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7982F464" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="285E20EC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3F4EEAF0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B3789E10" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D987A9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F88CDB6"/>
-    <w:lvl w:ilvl="0" w:tplc="E8F8398A">
+    <w:lvl w:ilvl="0" w:tplc="97D8E924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CAE64F40" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="BD5055BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E28A7EE4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A2447B8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="930E0BBE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C582C4AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CDCE0C8E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6C1A9278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E1A041DA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="9DE49F6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D284B094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="151C3B8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C964845A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="024216F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F258CDC2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EBE41CEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="5">
@@ -4670,337 +4800,348 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="5"/>
   </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006535EC"/>
     <w:rsid w:val="00000E55"/>
     <w:rsid w:val="000058AE"/>
     <w:rsid w:val="00006A68"/>
     <w:rsid w:val="00007CE1"/>
     <w:rsid w:val="0001113E"/>
     <w:rsid w:val="0001631C"/>
     <w:rsid w:val="00022E29"/>
     <w:rsid w:val="00024414"/>
     <w:rsid w:val="0003048F"/>
     <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00053993"/>
     <w:rsid w:val="000664B5"/>
     <w:rsid w:val="0007372B"/>
     <w:rsid w:val="00084F34"/>
     <w:rsid w:val="000877C0"/>
     <w:rsid w:val="00091124"/>
     <w:rsid w:val="00093702"/>
     <w:rsid w:val="00095F52"/>
     <w:rsid w:val="00097F65"/>
     <w:rsid w:val="000A0D92"/>
     <w:rsid w:val="000A2937"/>
     <w:rsid w:val="000A4678"/>
     <w:rsid w:val="000A7928"/>
     <w:rsid w:val="000B1729"/>
     <w:rsid w:val="000B7216"/>
     <w:rsid w:val="000C3A42"/>
     <w:rsid w:val="000D5562"/>
     <w:rsid w:val="000F18AA"/>
     <w:rsid w:val="000F7DA2"/>
+    <w:rsid w:val="0010020A"/>
     <w:rsid w:val="00105B59"/>
     <w:rsid w:val="001061C4"/>
     <w:rsid w:val="001066A0"/>
     <w:rsid w:val="00121548"/>
     <w:rsid w:val="00122B4B"/>
     <w:rsid w:val="0013256B"/>
     <w:rsid w:val="00142035"/>
     <w:rsid w:val="00142188"/>
     <w:rsid w:val="00142F11"/>
     <w:rsid w:val="00143DAF"/>
     <w:rsid w:val="00152C23"/>
     <w:rsid w:val="00156669"/>
     <w:rsid w:val="0016082A"/>
     <w:rsid w:val="00162FEF"/>
     <w:rsid w:val="00163EE7"/>
     <w:rsid w:val="00170D38"/>
     <w:rsid w:val="00175930"/>
     <w:rsid w:val="001810F3"/>
     <w:rsid w:val="00182F27"/>
     <w:rsid w:val="001A29E7"/>
+    <w:rsid w:val="001B14DE"/>
     <w:rsid w:val="001B43E7"/>
     <w:rsid w:val="001C1436"/>
     <w:rsid w:val="001C4D60"/>
     <w:rsid w:val="001C54D8"/>
     <w:rsid w:val="001C5785"/>
     <w:rsid w:val="001D0B29"/>
     <w:rsid w:val="001D4940"/>
     <w:rsid w:val="001E4EC9"/>
     <w:rsid w:val="001F0016"/>
     <w:rsid w:val="001F2970"/>
     <w:rsid w:val="001F5A55"/>
     <w:rsid w:val="001F73D0"/>
     <w:rsid w:val="0022289D"/>
     <w:rsid w:val="002404DF"/>
     <w:rsid w:val="0025119F"/>
     <w:rsid w:val="002636E5"/>
     <w:rsid w:val="002657B6"/>
+    <w:rsid w:val="00266F84"/>
     <w:rsid w:val="00267F87"/>
     <w:rsid w:val="0027191C"/>
     <w:rsid w:val="00276225"/>
     <w:rsid w:val="002805CA"/>
     <w:rsid w:val="00280646"/>
     <w:rsid w:val="0028270D"/>
     <w:rsid w:val="0028720E"/>
     <w:rsid w:val="002952FE"/>
     <w:rsid w:val="002A6505"/>
     <w:rsid w:val="002B2865"/>
     <w:rsid w:val="002B28BF"/>
     <w:rsid w:val="002B2A46"/>
     <w:rsid w:val="002C0C98"/>
-    <w:rsid w:val="002C4D38"/>
     <w:rsid w:val="002C5BC1"/>
     <w:rsid w:val="002C79D3"/>
     <w:rsid w:val="002D1FA4"/>
     <w:rsid w:val="002D26D8"/>
     <w:rsid w:val="002D3707"/>
     <w:rsid w:val="002D4527"/>
     <w:rsid w:val="002D45B6"/>
     <w:rsid w:val="002D47BB"/>
     <w:rsid w:val="002D6DF4"/>
     <w:rsid w:val="002D7D66"/>
     <w:rsid w:val="002E0040"/>
     <w:rsid w:val="002E3FAC"/>
     <w:rsid w:val="002F1A8F"/>
     <w:rsid w:val="002F3403"/>
     <w:rsid w:val="00300296"/>
     <w:rsid w:val="00303E42"/>
     <w:rsid w:val="003078FF"/>
     <w:rsid w:val="00313D99"/>
     <w:rsid w:val="003224F8"/>
     <w:rsid w:val="003243C9"/>
     <w:rsid w:val="00325A1E"/>
     <w:rsid w:val="00335347"/>
     <w:rsid w:val="00336DF7"/>
     <w:rsid w:val="003416BB"/>
     <w:rsid w:val="00343874"/>
     <w:rsid w:val="00343961"/>
     <w:rsid w:val="003508DA"/>
     <w:rsid w:val="003525EB"/>
     <w:rsid w:val="0035372C"/>
     <w:rsid w:val="003546C3"/>
     <w:rsid w:val="0036070F"/>
     <w:rsid w:val="003713CB"/>
     <w:rsid w:val="00372DCF"/>
     <w:rsid w:val="003773CA"/>
     <w:rsid w:val="00381A18"/>
     <w:rsid w:val="0038330F"/>
     <w:rsid w:val="003902B4"/>
     <w:rsid w:val="00391ABB"/>
     <w:rsid w:val="003936F1"/>
     <w:rsid w:val="00396A32"/>
     <w:rsid w:val="003A5407"/>
     <w:rsid w:val="003A5A91"/>
     <w:rsid w:val="003C239D"/>
     <w:rsid w:val="003C3EEC"/>
     <w:rsid w:val="003C661D"/>
     <w:rsid w:val="003D43A1"/>
     <w:rsid w:val="003D60E2"/>
     <w:rsid w:val="003E6727"/>
     <w:rsid w:val="003E7D8E"/>
     <w:rsid w:val="003F0216"/>
+    <w:rsid w:val="003F3651"/>
     <w:rsid w:val="003F47B0"/>
     <w:rsid w:val="003F62C3"/>
     <w:rsid w:val="003F68DD"/>
     <w:rsid w:val="00400D50"/>
     <w:rsid w:val="00403749"/>
     <w:rsid w:val="00410A1F"/>
     <w:rsid w:val="0041270A"/>
     <w:rsid w:val="00415D05"/>
     <w:rsid w:val="004208D2"/>
     <w:rsid w:val="00420DD8"/>
     <w:rsid w:val="00430CFF"/>
     <w:rsid w:val="00432219"/>
     <w:rsid w:val="004340B4"/>
     <w:rsid w:val="004341A7"/>
     <w:rsid w:val="0043559F"/>
     <w:rsid w:val="00436CA5"/>
     <w:rsid w:val="00437532"/>
     <w:rsid w:val="00442794"/>
     <w:rsid w:val="00444D13"/>
     <w:rsid w:val="00445234"/>
+    <w:rsid w:val="0045343B"/>
     <w:rsid w:val="00454CB7"/>
     <w:rsid w:val="004553A3"/>
     <w:rsid w:val="004578AB"/>
     <w:rsid w:val="00460DBF"/>
     <w:rsid w:val="004642B3"/>
     <w:rsid w:val="004670C5"/>
     <w:rsid w:val="00470C25"/>
     <w:rsid w:val="004755A2"/>
     <w:rsid w:val="0049055B"/>
+    <w:rsid w:val="00490A10"/>
     <w:rsid w:val="004966DD"/>
     <w:rsid w:val="004A1962"/>
     <w:rsid w:val="004A36E5"/>
     <w:rsid w:val="004A71A8"/>
     <w:rsid w:val="004B35F1"/>
     <w:rsid w:val="004B3E72"/>
     <w:rsid w:val="004B5B09"/>
     <w:rsid w:val="004B62C8"/>
     <w:rsid w:val="004C747A"/>
     <w:rsid w:val="004C75B0"/>
     <w:rsid w:val="004D2524"/>
     <w:rsid w:val="004D4EBC"/>
     <w:rsid w:val="004E1696"/>
     <w:rsid w:val="004E1EBE"/>
     <w:rsid w:val="00505266"/>
     <w:rsid w:val="005074B6"/>
     <w:rsid w:val="005145CF"/>
+    <w:rsid w:val="005153E0"/>
     <w:rsid w:val="00526F69"/>
     <w:rsid w:val="00530971"/>
     <w:rsid w:val="005317EF"/>
     <w:rsid w:val="0053522D"/>
     <w:rsid w:val="005375FD"/>
+    <w:rsid w:val="00544521"/>
     <w:rsid w:val="00550697"/>
     <w:rsid w:val="00552F2A"/>
     <w:rsid w:val="00564D82"/>
     <w:rsid w:val="00566079"/>
     <w:rsid w:val="00567A9D"/>
     <w:rsid w:val="005751B7"/>
     <w:rsid w:val="00580E26"/>
     <w:rsid w:val="00586472"/>
     <w:rsid w:val="00594C9A"/>
     <w:rsid w:val="005960CF"/>
     <w:rsid w:val="005A045B"/>
     <w:rsid w:val="005A3573"/>
     <w:rsid w:val="005A45C3"/>
     <w:rsid w:val="005B2295"/>
     <w:rsid w:val="005B32D4"/>
     <w:rsid w:val="005C3A2B"/>
     <w:rsid w:val="005C735D"/>
     <w:rsid w:val="005D30F7"/>
     <w:rsid w:val="005D592C"/>
     <w:rsid w:val="005E3578"/>
     <w:rsid w:val="005F170E"/>
     <w:rsid w:val="005F39B1"/>
     <w:rsid w:val="005F426C"/>
     <w:rsid w:val="005F796F"/>
+    <w:rsid w:val="00600636"/>
     <w:rsid w:val="006102C2"/>
     <w:rsid w:val="00611513"/>
     <w:rsid w:val="00614664"/>
     <w:rsid w:val="00617CB6"/>
     <w:rsid w:val="00617F51"/>
     <w:rsid w:val="00625D08"/>
     <w:rsid w:val="00635E57"/>
     <w:rsid w:val="00642FBB"/>
     <w:rsid w:val="006451C8"/>
     <w:rsid w:val="00645251"/>
     <w:rsid w:val="006474E4"/>
     <w:rsid w:val="006535EC"/>
     <w:rsid w:val="0065632A"/>
     <w:rsid w:val="00670C2F"/>
     <w:rsid w:val="00687CC8"/>
     <w:rsid w:val="006913E7"/>
     <w:rsid w:val="00693440"/>
     <w:rsid w:val="006938C8"/>
     <w:rsid w:val="00693D8B"/>
     <w:rsid w:val="00694ABD"/>
     <w:rsid w:val="006952AD"/>
     <w:rsid w:val="006964A4"/>
     <w:rsid w:val="006978B6"/>
     <w:rsid w:val="00697F60"/>
     <w:rsid w:val="006B09E0"/>
     <w:rsid w:val="006C2E5A"/>
     <w:rsid w:val="006D4732"/>
     <w:rsid w:val="006E5011"/>
     <w:rsid w:val="006E71F7"/>
     <w:rsid w:val="006F7BBA"/>
     <w:rsid w:val="00707DE6"/>
     <w:rsid w:val="00710BB0"/>
     <w:rsid w:val="00711F4A"/>
     <w:rsid w:val="007212E6"/>
     <w:rsid w:val="00722FFA"/>
     <w:rsid w:val="00733B8B"/>
+    <w:rsid w:val="00743E20"/>
     <w:rsid w:val="00745F5F"/>
     <w:rsid w:val="00746A30"/>
     <w:rsid w:val="00747804"/>
     <w:rsid w:val="00753C7B"/>
     <w:rsid w:val="00754D64"/>
     <w:rsid w:val="0075709B"/>
     <w:rsid w:val="00765E9E"/>
     <w:rsid w:val="007661B9"/>
     <w:rsid w:val="007750BD"/>
     <w:rsid w:val="00786A59"/>
     <w:rsid w:val="00790A75"/>
     <w:rsid w:val="007929C4"/>
     <w:rsid w:val="007A016B"/>
     <w:rsid w:val="007A3FE1"/>
     <w:rsid w:val="007B23D9"/>
     <w:rsid w:val="007B4CE1"/>
     <w:rsid w:val="007D28B6"/>
     <w:rsid w:val="007D45E0"/>
     <w:rsid w:val="007E229B"/>
     <w:rsid w:val="007F0A2A"/>
     <w:rsid w:val="007F4747"/>
     <w:rsid w:val="007F7A7B"/>
     <w:rsid w:val="00802C56"/>
     <w:rsid w:val="00803469"/>
     <w:rsid w:val="0080515E"/>
@@ -5008,82 +5149,85 @@
     <w:rsid w:val="00817961"/>
     <w:rsid w:val="00822D60"/>
     <w:rsid w:val="00842623"/>
     <w:rsid w:val="00852B35"/>
     <w:rsid w:val="0085383C"/>
     <w:rsid w:val="00861190"/>
     <w:rsid w:val="00861D65"/>
     <w:rsid w:val="00861E06"/>
     <w:rsid w:val="00865A11"/>
     <w:rsid w:val="0087085E"/>
     <w:rsid w:val="00871FB7"/>
     <w:rsid w:val="008738CD"/>
     <w:rsid w:val="0087710A"/>
     <w:rsid w:val="008776E4"/>
     <w:rsid w:val="008777C0"/>
     <w:rsid w:val="008804F5"/>
     <w:rsid w:val="008814A7"/>
     <w:rsid w:val="0088160F"/>
     <w:rsid w:val="00887D97"/>
     <w:rsid w:val="0089237E"/>
     <w:rsid w:val="008949C1"/>
     <w:rsid w:val="008976F5"/>
     <w:rsid w:val="008A2E37"/>
     <w:rsid w:val="008A5E99"/>
     <w:rsid w:val="008B10FB"/>
+    <w:rsid w:val="008B1634"/>
     <w:rsid w:val="008B6AD7"/>
     <w:rsid w:val="008C588C"/>
     <w:rsid w:val="008C5EC6"/>
     <w:rsid w:val="008C62C0"/>
     <w:rsid w:val="008D5683"/>
     <w:rsid w:val="008E01AC"/>
     <w:rsid w:val="008E06A3"/>
     <w:rsid w:val="008E75E8"/>
     <w:rsid w:val="008F5027"/>
     <w:rsid w:val="0090513C"/>
     <w:rsid w:val="00923600"/>
     <w:rsid w:val="009239D3"/>
     <w:rsid w:val="009265E2"/>
     <w:rsid w:val="009309AD"/>
     <w:rsid w:val="009343D1"/>
     <w:rsid w:val="00941BDF"/>
     <w:rsid w:val="009428E5"/>
     <w:rsid w:val="0094389F"/>
     <w:rsid w:val="00946E53"/>
     <w:rsid w:val="00952026"/>
     <w:rsid w:val="00952384"/>
     <w:rsid w:val="009543B6"/>
+    <w:rsid w:val="009549FC"/>
     <w:rsid w:val="00955DD4"/>
     <w:rsid w:val="009620BB"/>
     <w:rsid w:val="0096570E"/>
     <w:rsid w:val="00980416"/>
     <w:rsid w:val="00990BF0"/>
     <w:rsid w:val="00991466"/>
     <w:rsid w:val="0099175F"/>
     <w:rsid w:val="0099454A"/>
     <w:rsid w:val="009A3039"/>
     <w:rsid w:val="009A37BB"/>
+    <w:rsid w:val="009B0D0E"/>
     <w:rsid w:val="009B3FB4"/>
     <w:rsid w:val="009B769E"/>
     <w:rsid w:val="009C7841"/>
     <w:rsid w:val="009D06EE"/>
     <w:rsid w:val="009D1C91"/>
     <w:rsid w:val="009D53F3"/>
     <w:rsid w:val="009D6CE0"/>
     <w:rsid w:val="009E7C1B"/>
     <w:rsid w:val="009F7F75"/>
     <w:rsid w:val="00A010ED"/>
     <w:rsid w:val="00A0291D"/>
     <w:rsid w:val="00A02ED3"/>
     <w:rsid w:val="00A032CE"/>
     <w:rsid w:val="00A044B3"/>
     <w:rsid w:val="00A05695"/>
     <w:rsid w:val="00A074B2"/>
     <w:rsid w:val="00A17AF1"/>
     <w:rsid w:val="00A25867"/>
     <w:rsid w:val="00A2672F"/>
     <w:rsid w:val="00A306D7"/>
     <w:rsid w:val="00A3254F"/>
     <w:rsid w:val="00A34F92"/>
     <w:rsid w:val="00A43D36"/>
     <w:rsid w:val="00A44711"/>
     <w:rsid w:val="00A4534D"/>
@@ -5094,203 +5238,208 @@
     <w:rsid w:val="00A93324"/>
     <w:rsid w:val="00A963B4"/>
     <w:rsid w:val="00A96B96"/>
     <w:rsid w:val="00AB31C9"/>
     <w:rsid w:val="00AC49FD"/>
     <w:rsid w:val="00AD0C62"/>
     <w:rsid w:val="00AD269D"/>
     <w:rsid w:val="00AF390C"/>
     <w:rsid w:val="00AF5842"/>
     <w:rsid w:val="00AF605F"/>
     <w:rsid w:val="00B0105F"/>
     <w:rsid w:val="00B01D3E"/>
     <w:rsid w:val="00B124DA"/>
     <w:rsid w:val="00B25ACC"/>
     <w:rsid w:val="00B34561"/>
     <w:rsid w:val="00B45C21"/>
     <w:rsid w:val="00B519F4"/>
     <w:rsid w:val="00B57958"/>
     <w:rsid w:val="00B639AF"/>
     <w:rsid w:val="00B63C8B"/>
     <w:rsid w:val="00B661E5"/>
     <w:rsid w:val="00B74397"/>
     <w:rsid w:val="00B82FF6"/>
     <w:rsid w:val="00B8517D"/>
     <w:rsid w:val="00B85D01"/>
+    <w:rsid w:val="00B924EE"/>
     <w:rsid w:val="00B935BD"/>
     <w:rsid w:val="00BA7F29"/>
     <w:rsid w:val="00BB194B"/>
     <w:rsid w:val="00BB203A"/>
     <w:rsid w:val="00BB3F3E"/>
     <w:rsid w:val="00BB4069"/>
     <w:rsid w:val="00BB451A"/>
     <w:rsid w:val="00BC1025"/>
     <w:rsid w:val="00BC29F8"/>
     <w:rsid w:val="00BC514F"/>
     <w:rsid w:val="00BD16C6"/>
     <w:rsid w:val="00BD2E7D"/>
     <w:rsid w:val="00BE2A51"/>
     <w:rsid w:val="00BE2CA7"/>
     <w:rsid w:val="00BF097E"/>
     <w:rsid w:val="00BF3082"/>
     <w:rsid w:val="00BF4DF7"/>
     <w:rsid w:val="00C007D3"/>
     <w:rsid w:val="00C04CD4"/>
     <w:rsid w:val="00C16408"/>
     <w:rsid w:val="00C20661"/>
     <w:rsid w:val="00C207C3"/>
     <w:rsid w:val="00C221BF"/>
     <w:rsid w:val="00C3397D"/>
     <w:rsid w:val="00C3594D"/>
     <w:rsid w:val="00C4172B"/>
     <w:rsid w:val="00C4456D"/>
     <w:rsid w:val="00C47C1E"/>
     <w:rsid w:val="00C56556"/>
     <w:rsid w:val="00C60AAF"/>
     <w:rsid w:val="00C6246B"/>
     <w:rsid w:val="00C641BF"/>
     <w:rsid w:val="00C75C6E"/>
     <w:rsid w:val="00C778E0"/>
     <w:rsid w:val="00C86759"/>
     <w:rsid w:val="00C86E10"/>
     <w:rsid w:val="00C95088"/>
     <w:rsid w:val="00C97EBE"/>
     <w:rsid w:val="00CA7EE5"/>
     <w:rsid w:val="00CB1A93"/>
     <w:rsid w:val="00CB2810"/>
-    <w:rsid w:val="00CB4816"/>
     <w:rsid w:val="00CC6D07"/>
     <w:rsid w:val="00CD1289"/>
     <w:rsid w:val="00CD2971"/>
     <w:rsid w:val="00CE4321"/>
     <w:rsid w:val="00CF3227"/>
     <w:rsid w:val="00CF403B"/>
     <w:rsid w:val="00D030E1"/>
     <w:rsid w:val="00D10109"/>
     <w:rsid w:val="00D12319"/>
     <w:rsid w:val="00D16DBB"/>
     <w:rsid w:val="00D25757"/>
     <w:rsid w:val="00D26707"/>
     <w:rsid w:val="00D27403"/>
     <w:rsid w:val="00D33452"/>
     <w:rsid w:val="00D34434"/>
     <w:rsid w:val="00D3670D"/>
     <w:rsid w:val="00D37560"/>
     <w:rsid w:val="00D4234F"/>
     <w:rsid w:val="00D44764"/>
     <w:rsid w:val="00D45DF6"/>
     <w:rsid w:val="00D46777"/>
     <w:rsid w:val="00D53F8A"/>
     <w:rsid w:val="00D54F6E"/>
     <w:rsid w:val="00D57B24"/>
     <w:rsid w:val="00D662E1"/>
     <w:rsid w:val="00D734E2"/>
     <w:rsid w:val="00D82D14"/>
     <w:rsid w:val="00D843E8"/>
     <w:rsid w:val="00D908B8"/>
     <w:rsid w:val="00D92FA9"/>
     <w:rsid w:val="00D962BC"/>
     <w:rsid w:val="00D96A95"/>
     <w:rsid w:val="00DB01DA"/>
     <w:rsid w:val="00DB36BC"/>
     <w:rsid w:val="00DB574B"/>
     <w:rsid w:val="00DC0F06"/>
     <w:rsid w:val="00DC571B"/>
     <w:rsid w:val="00DC70D0"/>
     <w:rsid w:val="00DD08C6"/>
+    <w:rsid w:val="00DD3F9E"/>
     <w:rsid w:val="00DE2BE3"/>
     <w:rsid w:val="00DE4C02"/>
     <w:rsid w:val="00DE509D"/>
     <w:rsid w:val="00DF6DFE"/>
     <w:rsid w:val="00DF74E3"/>
     <w:rsid w:val="00E00EED"/>
     <w:rsid w:val="00E02A8E"/>
     <w:rsid w:val="00E1459D"/>
     <w:rsid w:val="00E30206"/>
     <w:rsid w:val="00E343EC"/>
     <w:rsid w:val="00E36EAE"/>
     <w:rsid w:val="00E40E97"/>
     <w:rsid w:val="00E43502"/>
     <w:rsid w:val="00E52A0F"/>
     <w:rsid w:val="00E549CB"/>
     <w:rsid w:val="00E5568A"/>
     <w:rsid w:val="00E57127"/>
     <w:rsid w:val="00E61286"/>
     <w:rsid w:val="00E61596"/>
     <w:rsid w:val="00E6317D"/>
     <w:rsid w:val="00E63EB8"/>
     <w:rsid w:val="00E66C4C"/>
     <w:rsid w:val="00E70BB3"/>
+    <w:rsid w:val="00E72B6F"/>
     <w:rsid w:val="00E73DAF"/>
     <w:rsid w:val="00E85932"/>
     <w:rsid w:val="00E87CD5"/>
     <w:rsid w:val="00E87D15"/>
     <w:rsid w:val="00E92A68"/>
     <w:rsid w:val="00EA0B79"/>
     <w:rsid w:val="00EA16DE"/>
     <w:rsid w:val="00EA18B8"/>
     <w:rsid w:val="00EA20AC"/>
     <w:rsid w:val="00EA7061"/>
     <w:rsid w:val="00EB24A0"/>
+    <w:rsid w:val="00EB357F"/>
     <w:rsid w:val="00EB422E"/>
     <w:rsid w:val="00EB5B4E"/>
     <w:rsid w:val="00EB5FA5"/>
     <w:rsid w:val="00EC1AAA"/>
     <w:rsid w:val="00EC247A"/>
     <w:rsid w:val="00EC3219"/>
     <w:rsid w:val="00EC4936"/>
     <w:rsid w:val="00EC7863"/>
     <w:rsid w:val="00EC79D7"/>
     <w:rsid w:val="00ED139F"/>
     <w:rsid w:val="00ED24EB"/>
     <w:rsid w:val="00ED26E9"/>
     <w:rsid w:val="00EF0E28"/>
     <w:rsid w:val="00EF0E3D"/>
     <w:rsid w:val="00EF4160"/>
     <w:rsid w:val="00EF4828"/>
     <w:rsid w:val="00F003D1"/>
     <w:rsid w:val="00F02EFA"/>
     <w:rsid w:val="00F051A2"/>
     <w:rsid w:val="00F078E5"/>
     <w:rsid w:val="00F10012"/>
     <w:rsid w:val="00F10577"/>
     <w:rsid w:val="00F1436F"/>
     <w:rsid w:val="00F2099C"/>
     <w:rsid w:val="00F25FF5"/>
     <w:rsid w:val="00F42BEB"/>
     <w:rsid w:val="00F45DEA"/>
     <w:rsid w:val="00F45EE9"/>
     <w:rsid w:val="00F54C0A"/>
     <w:rsid w:val="00F5587F"/>
     <w:rsid w:val="00F572F4"/>
+    <w:rsid w:val="00F66CFD"/>
     <w:rsid w:val="00F81653"/>
     <w:rsid w:val="00F85EBD"/>
     <w:rsid w:val="00F914EE"/>
     <w:rsid w:val="00F973BB"/>
     <w:rsid w:val="00FA3130"/>
     <w:rsid w:val="00FA3237"/>
     <w:rsid w:val="00FA7120"/>
+    <w:rsid w:val="00FB0C93"/>
     <w:rsid w:val="00FB1132"/>
     <w:rsid w:val="00FB7CA9"/>
     <w:rsid w:val="00FC45AB"/>
     <w:rsid w:val="00FC6F1A"/>
     <w:rsid w:val="00FD5734"/>
     <w:rsid w:val="00FD5E4E"/>
     <w:rsid w:val="00FE1328"/>
     <w:rsid w:val="00FE2CD5"/>
     <w:rsid w:val="00FE5FE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5364,51 +5513,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5674,394 +5823,421 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00586472"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000A4678"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006535EC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:rsid w:val="006535EC"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006535EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006535EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C86E10"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C86E10"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C86E10"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C86E10"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C86E10"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004553A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004553A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004553A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004553A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="006E5011"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB1A93"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...1 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:link w:val="Vresteksts"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB1A93"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB1A93"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C47C1E"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000A4678"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F62C3"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003936F1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="phone">
     <w:name w:val="phone"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="003902B4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="email">
     <w:name w:val="email"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="003902B4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pamatteksts">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsRakstz"/>
+    <w:rsid w:val="009549FC"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
+    <w:name w:val="Pamatteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts"/>
+    <w:rsid w:val="009549FC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vid.gov.lv/lv/algas-nodokla-gramatina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2067021704" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.VDI.GOV.LV" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@vsaa.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2064507020" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@nva.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.VSAA.GOV.LV" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2080200206" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.NVA.GOV.LV" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vdi@vdi.gov.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vid.gov.lv/lv/algas-nodokla-gramatina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2067021704" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.VDI.GOV.LV" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@vsaa.gov.lv" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2064507020" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@nva.gov.lv" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.VSAA.GOV.LV" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+371%2080200206" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://WWW.NVA.GOV.LV" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vdi@vdi.gov.lv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6324,86 +6500,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5FC80FB-401E-4D41-B7D8-59B9F059617B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE88ACC-CF17-446E-AD64-7573BE7A6250}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3191</Words>
-  <Characters>1820</Characters>
+  <Words>3063</Words>
+  <Characters>1747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>IEGULDĪJUMS TAVĀ NĀKOTNĒ</vt:lpstr>
       <vt:lpstr>IEGULDĪJUMS TAVĀ NĀKOTNĒ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5001</CharactersWithSpaces>
+  <CharactersWithSpaces>4801</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IEGULDĪJUMS TAVĀ NĀKOTNĒ</dc:title>
   <dc:creator>Ineser</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>