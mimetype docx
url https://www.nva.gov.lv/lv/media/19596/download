--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -15,92 +15,92 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00235510" w:rsidRPr="00AC6503" w:rsidRDefault="00235510" w:rsidP="00235510">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00235510" w:rsidRPr="00344576" w:rsidRDefault="009231C8" w:rsidP="00344576">
+    <w:p w:rsidR="00235510" w:rsidRPr="00344576" w:rsidRDefault="00215BF1" w:rsidP="00344576">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC6503">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>APLIECINĀJUMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF6D6E" w:rsidRPr="00AC6503" w:rsidRDefault="00FF6D6E" w:rsidP="00235510">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00235510" w:rsidRDefault="009231C8" w:rsidP="00C80223">
+    <w:p w:rsidR="00235510" w:rsidRDefault="00215BF1" w:rsidP="00C80223">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Es,</w:t>
       </w:r>
       <w:r w:rsidR="008E4EBC" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -132,237 +132,237 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6D6E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005B106B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apliecinu</w:t>
       </w:r>
       <w:r w:rsidR="005B106B" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B106B" w:rsidRPr="00F14D97" w:rsidRDefault="009231C8" w:rsidP="00C80223">
+    <w:p w:rsidR="005B106B" w:rsidRPr="00F14D97" w:rsidRDefault="00215BF1" w:rsidP="00C80223">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-54" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008E4EBC" w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vecāka vai aizbildņa </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00FF6D6E" w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ārds, uzvārds</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B106B" w:rsidRDefault="009231C8" w:rsidP="00F14D97">
+    <w:p w:rsidR="005B106B" w:rsidRDefault="00215BF1" w:rsidP="00F14D97">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">esmu informēts par darba vides riska novērtējumu un darba aizsardzības pasākumiem </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00583647" w:rsidRDefault="00583647" w:rsidP="003C7052">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00583647" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00583647" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uzņēmumā</w:t>
       </w:r>
       <w:r w:rsidRPr="005B106B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
       <w:r w:rsidR="000107B5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583647" w:rsidRPr="003C7052" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00583647" w:rsidRPr="003C7052" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00583647">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(darba devēja nosaukums, juridiskā adrese, kontaktinformācija)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23C0E" w:rsidRDefault="009231C8" w:rsidP="004E51C3">
+    <w:p w:rsidR="00D23C0E" w:rsidRDefault="00215BF1" w:rsidP="004E51C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="000107B5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D23C0E" w:rsidRDefault="00D23C0E" w:rsidP="004E51C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000107B5" w:rsidRPr="00D23C0E" w:rsidRDefault="009231C8" w:rsidP="004E51C3">
+    <w:p w:rsidR="000107B5" w:rsidRPr="00D23C0E" w:rsidRDefault="00215BF1" w:rsidP="004E51C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">piekrītu, ka </w:t>
       </w:r>
       <w:r w:rsidR="00FF6D6E" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>laika posmā no 20</w:t>
       </w:r>
       <w:r w:rsidR="00A46284">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -434,51 +434,51 @@
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00583647">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00FF6D6E" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000107B5" w:rsidRDefault="000107B5" w:rsidP="003C7052">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000107B5" w:rsidRDefault="009231C8" w:rsidP="00F14D97">
+    <w:p w:rsidR="000107B5" w:rsidRDefault="00215BF1" w:rsidP="00F14D97">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>man</w:t>
       </w:r>
       <w:r w:rsidR="00D23C0E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -529,51 +529,51 @@
       <w:r w:rsidR="00C80223" w:rsidRPr="00C80223">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C80223" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>personas kods</w:t>
       </w:r>
       <w:r w:rsidR="00C80223">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
       <w:r w:rsidR="00C80223" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000107B5" w:rsidRDefault="009231C8" w:rsidP="00F14D97">
+    <w:p w:rsidR="000107B5" w:rsidRDefault="00215BF1" w:rsidP="00F14D97">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-54" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(vajadzīgo pasvītrot)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -599,96 +599,96 @@
       </w:r>
       <w:r w:rsidR="008738D1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008738D1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80223" w:rsidRDefault="009231C8" w:rsidP="00C80223">
+    <w:p w:rsidR="00C80223" w:rsidRDefault="00215BF1" w:rsidP="00C80223">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tiek pieņemts/</w:t>
       </w:r>
       <w:r w:rsidR="00C71078" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">-ta </w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>darbā par</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidRPr="009B3614">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583647" w:rsidRPr="003C7052" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00583647" w:rsidRPr="003C7052" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
@@ -729,51 +729,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00235510" w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>profesijas nosaukums</w:t>
       </w:r>
       <w:r w:rsidR="00FF6D6E" w:rsidRPr="003C7052">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F46F9" w:rsidRPr="00583647" w:rsidRDefault="009231C8" w:rsidP="004E51C3">
+    <w:p w:rsidR="008F46F9" w:rsidRPr="00583647" w:rsidRDefault="00215BF1" w:rsidP="004E51C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nodarbinātī</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>bas valsts aģentūras organizēt</w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -783,51 +783,51 @@
       <w:r w:rsidR="00420609">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">aktīvā nodarbinātības </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Nodarbinātības pasākumi vasaras brīvlaikā personām, kuras iegūst izglītību vispārējās, speciālās vai profesionālās izglītības iestādēs” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ietvaros.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800826" w:rsidRPr="00600322" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00800826" w:rsidRPr="00600322" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Mana kontaktinformācija (tālruņa </w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>numurs un e-pasta</w:t>
       </w:r>
       <w:r w:rsidR="00D9034B" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -838,51 +838,51 @@
         </w:rPr>
         <w:t>adrese):____________________</w:t>
       </w:r>
       <w:r w:rsidR="00C80223">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E455F9" w:rsidRPr="00600322" w:rsidRDefault="00E455F9" w:rsidP="00F14D97">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF6D6E" w:rsidRPr="00600322" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00FF6D6E" w:rsidRPr="00600322" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00E455F9" w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iekrītu, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">mani personas dati, kas minēti </w:t>
       </w:r>
@@ -951,51 +951,51 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>rišjāņa</w:t>
       </w:r>
       <w:r w:rsidR="002A6D0F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00583647">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdemāra iela 38 k-1, LV-1010; </w:t>
       </w:r>
       <w:r w:rsidR="00583647" w:rsidRPr="00583647">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">e-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="001E50C9" w:rsidRPr="001E50C9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>pasts@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00583647">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="002A6D0F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tās </w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">organizētā </w:t>
       </w:r>
       <w:r w:rsidR="00420609">
         <w:rPr>
@@ -1006,149 +1006,149 @@
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma „Nodarbinātības pasākumi vasaras brīvlaikā personām, kuras iegūst izglītību vispārējās, speciālās vai profesionā</w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">lās izglītības iestādēs” </w:t>
       </w:r>
       <w:r w:rsidR="0053343E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ietvaros</w:t>
       </w:r>
       <w:r w:rsidRPr="00600322">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B075F5" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00B075F5" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB5EE2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Esmu iepazinies/usies ar Nodarbinātības valsts aģentūras </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="003C3571">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Privātuma politiku</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CB5EE2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB5EE2" w:rsidRDefault="00CB5EE2" w:rsidP="003C7052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CB5EE2" w:rsidRPr="00CB5EE2" w:rsidRDefault="00CB5EE2" w:rsidP="003C7052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B075F5" w:rsidRDefault="00B075F5" w:rsidP="003C7052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00235510" w:rsidRPr="00344576" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="00235510" w:rsidRPr="00344576" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00344576">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A46284">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00344576">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_. gada ____. __________</w:t>
       </w:r>
       <w:r w:rsidRPr="00344576">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00344576">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4B8F" w:rsidRDefault="009231C8" w:rsidP="003C7052">
+    <w:p w:rsidR="005A4B8F" w:rsidRDefault="00215BF1" w:rsidP="003C7052">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF6D6E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF6D6E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF6D6E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1196,111 +1196,111 @@
       </w:r>
       <w:r w:rsidRPr="00FF6D6E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(paraksts un tā atšifrējums)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005A4B8F" w:rsidSect="000D49E4">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009231C8" w:rsidRDefault="009231C8">
+    <w:p w:rsidR="00215BF1" w:rsidRDefault="00215BF1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009231C8" w:rsidRDefault="009231C8">
+    <w:p w:rsidR="00215BF1" w:rsidRDefault="00215BF1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A04401" w:rsidRDefault="009231C8" w:rsidP="00B2182D">
+  <w:p w:rsidR="00A04401" w:rsidRDefault="00215BF1" w:rsidP="00B2182D">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
@@ -1362,150 +1362,151 @@
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="254000" bIns="0" anchor="b" anchorCtr="0" upright="1"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM9a1440dcb25541a0157ac0b2" o:spid="_x0000_s2049" type="#_x0000_t202" alt="{&quot;HashCode&quot;:-1103166858,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="width:595.3pt;height:21pt;margin-top:805.9pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:bottom;visibility:visible;z-index:251659264" o:allowincell="f" filled="f" stroked="f">
+            <v:shape id="MSIPCM9a1440dcb25541a0157ac0b2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:-1103166858,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:805.9pt;width:595.3pt;height:21pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdUQY7MAMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVU1v2zgQvS+w/4HgoadV9FFJltQoRWNH&#10;uwGSNkBa7JkSKYuoRKokHTkt+t87pGTHSS/FdnWghzPDx5nhm/H52/3QowemNJeixOFZgBETjaRc&#10;bEv86WPlZRhpQwQlvRSsxI9M47cXf/5xPo0Fi2Qne8oUAhChi2kscWfMWPi+bjo2EH0mRybA2Eo1&#10;EANbtfWpIhOgD70fBUHqT1LRUcmGaQ3azWzEFw6/bVljPrStZgb1JYbYjFuVW2u7+hfnpNgqMna8&#10;WcIg/yGKgXABlx6hNsQQtFP8J6iBN0pq2ZqzRg6+bFveMJcDZBMGL7K578jIXC5QHD0ey6T/P9jm&#10;/cOdQpzC22EkyABPdHt/fbe+zUkYxwFt6ihJ4pAEYbIiTVBHGFGmG6jgt1dfdtK8+Yfobi0pm3eF&#10;F4bB6zBNsyT7a3FgfNuZxZzFQJHF8C+nplv0SZ4c9Xc9adjAxOHM7FJJaZia5QXgWlC2XwDmnzvF&#10;B6Ien3ndAweAnItfuJz9KMdFExwvvmHt4U5QfrfcmEZdQInuRyiS2V/Kva2TfWc93sjms0ZCrjsi&#10;tuydUnLqGKHwNqE96Z8cnXG0BamnWyhWicnOSAe0b9VgAYEKCNCBo49HXrK9QQ0oV0kKRQVTA7Yo&#10;TVeBI65PisPpUWnzN5MDskKJFeTs0MnDjTY2GlIcXOxlQla87x33e/FMAY6zBu6Go9Zmo3BU/pYH&#10;+VV2lcVeHKVXXhxsNt67ah17aRWuks3rzXq9Cb/be8O46DilTNhrDm0Vxr9G26XB54Y4NpaWPacW&#10;zoak1bZe9wo9EGjryn2u5mB5cvOfh+GKALm8SCmM4uAyyr0qzVZeXMWJl6+CzAvC/DJPgziPN9Xz&#10;lG64YL+fEppKnCdRMpPpKegXuQXu+zk3Ugwc2gH1fChxdnQihaXglaDuaQ3h/SyflMKG/1QKeO7D&#10;QzvCWo7ObDX7eg8olsW1pI9AXSWBWUBCmPYgdFJ9xWiCyVli/WVHFMOovxZA/9wODhi1bgOCckKU&#10;xBAmRvVBTUQDGCWuMZrFtYEdeOxGZSfGaR/B8HMxL4PaTtfTPcinfycXPwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhALwm5IjgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdZKq&#10;UQlxKtTSAzcoHDi68ZKktddR7Lbp37M5wXFnRrPzytXorDjjEDpPCtJZAgKp9qajRsHX5/ZxCSJE&#10;TUZbT6jgigFW1e1NqQvjL/SB511sBJdQKLSCNsa+kDLULTodZr5HYu/HD05HPodGmkFfuNxZmSVJ&#10;Lp3uiD+0usd1i/Vxd3IKNpv52/ha14eH6/f7Ossaezgutkrd340vzyAijvEvDNN8ng4Vb9r7E5kg&#10;rAIGiazmacoEk58+JTmI/aQt5kuQVSn/M1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AF1RBjswAwAAlgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhALwm5IjgAAAACwEAAA8AAAAAAAAAAAAAAAAAigUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACXBgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:textbox inset=",0,20pt,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00A04401" w:rsidRPr="00EB4AFA" w:rsidP="00EB4AFA" w14:paraId="7DF2B367" w14:textId="77777777">
+                  <w:p w:rsidR="00A04401" w:rsidRPr="00EB4AFA" w:rsidRDefault="00A04401" w:rsidP="00EB4AFA">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A04401" w:rsidRPr="009543B6" w:rsidRDefault="009231C8" w:rsidP="00FC02A8">
+  <w:p w:rsidR="00A04401" w:rsidRPr="009543B6" w:rsidRDefault="00215BF1" w:rsidP="00FC02A8">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009543B6">
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KRG_4.2.8._</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="009543B6">
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>. pielikums_1. versija 10.04.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00A04401" w:rsidRDefault="00A04401" w:rsidP="00FC02A8">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009231C8" w:rsidRDefault="009231C8" w:rsidP="00FF6D6E">
+    <w:p w:rsidR="00215BF1" w:rsidRDefault="00215BF1" w:rsidP="00FF6D6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009231C8" w:rsidRDefault="009231C8" w:rsidP="00FF6D6E">
+    <w:p w:rsidR="00215BF1" w:rsidRDefault="00215BF1" w:rsidP="00FF6D6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="009231C8" w:rsidRDefault="009231C8"/>
+    <w:p w:rsidR="00215BF1" w:rsidRDefault="00215BF1"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00A04401" w:rsidRPr="00FF6D6E" w:rsidRDefault="009231C8">
+    <w:p w:rsidR="00A04401" w:rsidRPr="00FF6D6E" w:rsidRDefault="00215BF1">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aizpilda, ja skolēns ir jaunāks par 18 gadiem.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -1519,52 +1520,52 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB6495"/>
     <w:rsid w:val="000107B5"/>
     <w:rsid w:val="000357D0"/>
     <w:rsid w:val="00043171"/>
     <w:rsid w:val="00052EEA"/>
     <w:rsid w:val="00077D15"/>
     <w:rsid w:val="000838C3"/>
     <w:rsid w:val="000D04B7"/>
     <w:rsid w:val="000D49E4"/>
     <w:rsid w:val="000F7D6F"/>
     <w:rsid w:val="001006FE"/>
     <w:rsid w:val="00110F63"/>
     <w:rsid w:val="00132788"/>
     <w:rsid w:val="0017637E"/>
     <w:rsid w:val="001A5211"/>
     <w:rsid w:val="001C33A5"/>
     <w:rsid w:val="001C3EFA"/>
     <w:rsid w:val="001E50C9"/>
-    <w:rsid w:val="001F3FA5"/>
     <w:rsid w:val="0020307F"/>
+    <w:rsid w:val="00215BF1"/>
     <w:rsid w:val="00216469"/>
     <w:rsid w:val="00233A26"/>
     <w:rsid w:val="00235510"/>
     <w:rsid w:val="00242E78"/>
     <w:rsid w:val="00260CA0"/>
     <w:rsid w:val="002A6D0F"/>
     <w:rsid w:val="002D1305"/>
     <w:rsid w:val="002E4401"/>
     <w:rsid w:val="002F32BF"/>
     <w:rsid w:val="002F34EE"/>
     <w:rsid w:val="0031494A"/>
     <w:rsid w:val="00327E5B"/>
     <w:rsid w:val="003409D3"/>
     <w:rsid w:val="00341DD9"/>
     <w:rsid w:val="00342661"/>
     <w:rsid w:val="00344576"/>
     <w:rsid w:val="003A59BD"/>
     <w:rsid w:val="003B1AE5"/>
     <w:rsid w:val="003B6ABE"/>
     <w:rsid w:val="003C3571"/>
     <w:rsid w:val="003C7052"/>
     <w:rsid w:val="003F4A9E"/>
     <w:rsid w:val="00420609"/>
     <w:rsid w:val="004427F1"/>
     <w:rsid w:val="004929F0"/>
@@ -1579,70 +1580,70 @@
     <w:rsid w:val="00583647"/>
     <w:rsid w:val="005A4B8F"/>
     <w:rsid w:val="005B106B"/>
     <w:rsid w:val="005D3F47"/>
     <w:rsid w:val="005D746D"/>
     <w:rsid w:val="00600322"/>
     <w:rsid w:val="00602B91"/>
     <w:rsid w:val="0063679B"/>
     <w:rsid w:val="006C5CD5"/>
     <w:rsid w:val="00725870"/>
     <w:rsid w:val="0076226B"/>
     <w:rsid w:val="00781C8B"/>
     <w:rsid w:val="007A625C"/>
     <w:rsid w:val="007D2526"/>
     <w:rsid w:val="007D2EFD"/>
     <w:rsid w:val="007E280B"/>
     <w:rsid w:val="007E3BB2"/>
     <w:rsid w:val="007E5453"/>
     <w:rsid w:val="00800826"/>
     <w:rsid w:val="00822E9B"/>
     <w:rsid w:val="008738D1"/>
     <w:rsid w:val="008802DB"/>
     <w:rsid w:val="008E4EBC"/>
     <w:rsid w:val="008F46F9"/>
     <w:rsid w:val="008F66EA"/>
-    <w:rsid w:val="009231C8"/>
     <w:rsid w:val="00947419"/>
     <w:rsid w:val="009523FE"/>
     <w:rsid w:val="009543B6"/>
     <w:rsid w:val="00955C6F"/>
     <w:rsid w:val="0099582C"/>
     <w:rsid w:val="009B3614"/>
     <w:rsid w:val="009D00B6"/>
     <w:rsid w:val="009E3BFA"/>
     <w:rsid w:val="00A01977"/>
     <w:rsid w:val="00A04401"/>
     <w:rsid w:val="00A0689F"/>
     <w:rsid w:val="00A46284"/>
     <w:rsid w:val="00A5224F"/>
     <w:rsid w:val="00A6633D"/>
     <w:rsid w:val="00A670DA"/>
     <w:rsid w:val="00AB1662"/>
     <w:rsid w:val="00AC6503"/>
     <w:rsid w:val="00AD0BBA"/>
     <w:rsid w:val="00AE0FBA"/>
+    <w:rsid w:val="00B01FA7"/>
     <w:rsid w:val="00B075F5"/>
     <w:rsid w:val="00B2182D"/>
     <w:rsid w:val="00B36672"/>
     <w:rsid w:val="00B44890"/>
     <w:rsid w:val="00B57D44"/>
     <w:rsid w:val="00B730CD"/>
     <w:rsid w:val="00B87D77"/>
     <w:rsid w:val="00BF5C4A"/>
     <w:rsid w:val="00C33EB1"/>
     <w:rsid w:val="00C71078"/>
     <w:rsid w:val="00C72A1A"/>
     <w:rsid w:val="00C80223"/>
     <w:rsid w:val="00C87B84"/>
     <w:rsid w:val="00C95D7F"/>
     <w:rsid w:val="00CA68FB"/>
     <w:rsid w:val="00CB5EE2"/>
     <w:rsid w:val="00CE43B9"/>
     <w:rsid w:val="00CF6C17"/>
     <w:rsid w:val="00D00CAA"/>
     <w:rsid w:val="00D23C0E"/>
     <w:rsid w:val="00D56A72"/>
     <w:rsid w:val="00D72624"/>
     <w:rsid w:val="00D9034B"/>
     <w:rsid w:val="00DB6495"/>
     <w:rsid w:val="00DC3658"/>
@@ -2062,339 +2063,339 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00235510"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsRakstz"/>
     <w:rsid w:val="00235510"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsRakstz">
+    <w:name w:val="Pamatteksts Rakstz."/>
+    <w:link w:val="Pamatteksts"/>
     <w:rsid w:val="00235510"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00235510"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharChar">
     <w:name w:val="Char Char Rakstz. Rakstz. Char Char"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00235510"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF6D6E"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...1 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6D6E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF6D6E"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004929F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B2182D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B2182D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B2182D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B2182D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00583647"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00583647"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E50C9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nva.gov.lv/lv/iestades-privatuma-politika" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@nva.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
@@ -2684,79 +2685,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CADEFFC0-E764-43B3-BEA7-C6F2C916162C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF89C030-25AA-4674-8D8E-1C06DEE17B16}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KRG_4.2.8._9.3.pielikums_1.versija_vecaku_apliecinājums_30.05.2014.</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1154</Words>
   <Characters>658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vineta Leoncika</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>