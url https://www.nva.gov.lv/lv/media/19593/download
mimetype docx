--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -22,316 +22,316 @@
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="3BF6A58B" w14:textId="77777777" w:rsidR="00F744F1" w:rsidRPr="00AA4C26" w:rsidRDefault="00F744F1" w:rsidP="0025082B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="3BF6A58C" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00E01487">
+    <w:p w14:paraId="3BF6A58C" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00E01487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Darba līgums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A58D" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00E01487">
+    <w:p w14:paraId="3BF6A58D" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00E01487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00AB4AB3" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A58E" w14:textId="77777777" w:rsidR="00AB4AB3" w:rsidRPr="00D676F2" w:rsidRDefault="00AB4AB3" w:rsidP="00AB4AB3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A58F" w14:textId="4E45BE1F" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D676F2">
+    <w:p w14:paraId="3BF6A58F" w14:textId="4E45BE1F" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D676F2">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>_______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002778FD" w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002778FD" w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA4634" w:rsidRPr="00D676F2">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="005A4F76">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00AA4634" w:rsidRPr="00D676F2">
         <w:t>__.</w:t>
       </w:r>
       <w:r w:rsidR="00861FE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA4634" w:rsidRPr="00D676F2">
         <w:t>gada ___.</w:t>
       </w:r>
       <w:r w:rsidR="00861FE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA4634" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">__________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A590" w14:textId="13C92618" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00007EB4">
+    <w:p w14:paraId="3BF6A590" w14:textId="13C92618" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00007EB4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(līguma noslēgšanas vieta)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A591" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00396BE1" w:rsidP="00396BE1"/>
-    <w:p w14:paraId="3BF6A592" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A592" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00EC1E6B" w:rsidRPr="00D676F2">
         <w:t>___________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A593" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
+    <w:p w14:paraId="3BF6A593" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E01487" w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>darba devēja</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> nosaukums, reģistrācijas numurs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A594" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A594" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00EC1E6B" w:rsidRPr="00D676F2">
         <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A595" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
+    <w:p w14:paraId="3BF6A595" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
       <w:pPr>
         <w:ind w:left="3600" w:right="-46" w:hanging="3600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E01487" w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">darba devēja </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>juridiskā adrese)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A596" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
+    <w:p w14:paraId="3BF6A596" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
       <w:pPr>
         <w:ind w:left="3600" w:right="95" w:hanging="3600"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:softHyphen/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A597" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
+    <w:p w14:paraId="3BF6A597" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="3600" w:right="-46" w:hanging="3600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E01487" w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>darba devēja</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārstāvja amats, vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A598" w14:textId="77777777" w:rsidR="00D676F2" w:rsidRPr="00D676F2" w:rsidRDefault="00D676F2" w:rsidP="00396BE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="3600" w:right="-46" w:hanging="3600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A599" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
+    <w:p w14:paraId="3BF6A599" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">personā, </w:t>
       </w:r>
       <w:r w:rsidR="00531034" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">kura </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">darbojas uz __________________________pamata, </w:t>
       </w:r>
       <w:r w:rsidR="00CC357D" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">(turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00CC357D">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00CC357D" w:rsidRPr="00D676F2">
         <w:t>arba devējs)</w:t>
       </w:r>
       <w:r w:rsidR="00CC357D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
@@ -349,165 +349,165 @@
       <w:r w:rsidR="00CC357D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00142381">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(reglamentējoš</w:t>
       </w:r>
       <w:r w:rsidR="00310710" w:rsidRPr="00142381">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumenta nosaukums)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A59A" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A59A" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">no vienas puses, un </w:t>
       </w:r>
       <w:r w:rsidR="00CC357D">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>_______________</w:t>
       </w:r>
       <w:r w:rsidR="00EC1E6B" w:rsidRPr="00D676F2">
         <w:t>___________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A59B" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A59B" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000D5F11" w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">skolēna </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>vārds, uzvārds, personas kods)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A59C" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A59C" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidR="00EC1E6B" w:rsidRPr="00D676F2">
         <w:t>____________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00850A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC357D" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00CC357D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00CC357D" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>arbinieks)</w:t>
       </w:r>
       <w:r w:rsidR="00CC357D" w:rsidRPr="00D676F2">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A59D" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00396BE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A59D" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00396BE1">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dzīvesvietas a</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>drese)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A59E" w14:textId="51193E9F" w:rsidR="00CC357D" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="3BF6A59E" w14:textId="2989A8AB" w:rsidR="00CC357D" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>no otras puses,</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> turpmāk </w:t>
       </w:r>
       <w:r w:rsidR="00483D45" w:rsidRPr="00D676F2">
         <w:t>ab</w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00483D45" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">kopā – </w:t>
       </w:r>
       <w:r w:rsidR="00CC6CD2">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
@@ -545,150 +545,146 @@
       </w:r>
       <w:r w:rsidR="00850A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC357D">
         <w:t xml:space="preserve">___________ līgumu par </w:t>
       </w:r>
       <w:r w:rsidR="0085123B">
         <w:t xml:space="preserve">aktīvā nodarbinātības </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC357D">
         <w:t xml:space="preserve">pasākuma „Nodarbinātības pasākumi vasaras brīvlaikā personām, kuras iegūst </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC357D">
         <w:t>izglītību vispārējās, speciālās vai profesionālās izglītības iestādēs” īstenoš</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">anu Nr.________________ un izsniegto norīkojumu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>__________________________</w:t>
       </w:r>
       <w:r>
         <w:t>_</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+      <w:r w:rsidR="000160B5">
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A59F" w14:textId="34B724C0" w:rsidR="00CC357D" w:rsidRDefault="00986BE8" w:rsidP="00850A8C">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                      </w:t>
+        <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C878E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidR="00C878E9">
+      <w:r w:rsidRPr="00B67333">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(norīkojuma numurs, izsniegšanas datums)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A0" w14:textId="7109B3D0" w:rsidR="00396BE1" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+    <w:p w14:paraId="1C441924" w14:textId="68E2F259" w:rsidR="00C878E9" w:rsidRPr="00B54EED" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>noslēdz š</w:t>
       </w:r>
       <w:r w:rsidR="00CC357D">
         <w:t xml:space="preserve">ādu </w:t>
       </w:r>
       <w:r w:rsidR="00E73164" w:rsidRPr="00D676F2">
         <w:t>darba līgumu</w:t>
       </w:r>
       <w:r w:rsidR="00CC357D">
         <w:t xml:space="preserve"> (turpmāk - Līgums)</w:t>
       </w:r>
       <w:r w:rsidR="00AF151B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C441924" w14:textId="77777777" w:rsidR="00C878E9" w:rsidRPr="00B54EED" w:rsidRDefault="00C878E9" w:rsidP="001D3DD7">
-[...8 lines deleted...]
-        <w:pStyle w:val="BodyText3"/>
+    <w:p w14:paraId="3BF6A5A1" w14:textId="77777777" w:rsidR="00E73164" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00007EB4">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts3"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00A46942" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Līguma priekšmets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A2" w14:textId="69BF8D01" w:rsidR="00B54EED" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="3BF6A5A2" w14:textId="69BF8D01" w:rsidR="00B54EED" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="858"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00353EC9" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arba devējs </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">pieņem </w:t>
       </w:r>
       <w:r w:rsidR="00324038">
@@ -697,96 +693,96 @@
       <w:r w:rsidR="000D5F11" w:rsidRPr="00D676F2">
         <w:t>arbinieku</w:t>
       </w:r>
       <w:r w:rsidR="00A86F37" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> darbā</w:t>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="000D5F11" w:rsidRPr="00D676F2">
         <w:t>______________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00A86F37" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A3" w14:textId="77777777" w:rsidR="00B54EED" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="3BF6A5A3" w14:textId="77777777" w:rsidR="00B54EED" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="4320"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00006DA3">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>(profesijas nosaukums, profesijas kods pēc LR</w:t>
+        <w:t>(profesi</w:t>
       </w:r>
       <w:r w:rsidRPr="00006DA3">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Profesiju klasifikatora)</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+        <w:t>jas nosaukums, profesijas kods pēc LR Profesiju klasifikatora)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5A4" w14:textId="77777777" w:rsidR="00B54EED" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>profesijā</w:t>
       </w:r>
       <w:r w:rsidR="00A57C2E" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A5" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="3BF6A5A5" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="002E36CC" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">īgums noslēgts uz noteiktu laiku </w:t>
       </w:r>
       <w:r w:rsidR="002E36CC" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">no </w:t>
       </w:r>
       <w:r w:rsidR="00353EC9" w:rsidRPr="00D676F2">
@@ -849,168 +845,174 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00353EC9" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gada __.</w:t>
       </w:r>
       <w:r w:rsidR="00324038">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00353EC9" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidR="00353EC9" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A6" w14:textId="5FB10FC1" w:rsidR="00B54EED" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="3BF6A5A6" w14:textId="791A495C" w:rsidR="00B54EED" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
+      <w:pPr>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Darbinieks darbu veic saskaņā ar Darba devēja iesniegto </w:t>
+        <w:t xml:space="preserve">Darbinieks darbu veic saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD46E1">
+        <w:t xml:space="preserve">Līgumā norādīto </w:t>
       </w:r>
       <w:r w:rsidRPr="00B54EED">
         <w:t>nedēļas darba laika grafik</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidR="00000951" w:rsidRPr="00000951">
         <w:t>(1.</w:t>
       </w:r>
       <w:r w:rsidR="00850A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00000951" w:rsidRPr="00000951">
         <w:t>pielikums)</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="00B54EED">
-        <w:t xml:space="preserve">darba pienākumu </w:t>
-[...2 lines deleted...]
-        <w:t>aprakst</w:t>
+        <w:t>darba pienākumu aprakst</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t xml:space="preserve"> (2.</w:t>
       </w:r>
       <w:r w:rsidR="00324038">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>pielikums), kuri</w:t>
       </w:r>
       <w:r w:rsidR="00000951" w:rsidRPr="00000951">
-        <w:t xml:space="preserve"> ir neatņemama </w:t>
+        <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:r w:rsidR="005A4F76">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00000951" w:rsidRPr="00000951">
-        <w:t>īguma sastāvdaļa. Par darba laika grafika</w:t>
+        <w:t xml:space="preserve">īguma </w:t>
+      </w:r>
+      <w:r w:rsidR="0076745A" w:rsidRPr="00000951">
+        <w:t xml:space="preserve">neatņemama </w:t>
+      </w:r>
+      <w:r w:rsidR="00000951" w:rsidRPr="00000951">
+        <w:t>sastāvdaļa. Par darba laika grafika</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t xml:space="preserve"> un darba pienākumu apraksta</w:t>
       </w:r>
       <w:r w:rsidR="00000951" w:rsidRPr="00000951">
         <w:t xml:space="preserve"> izmaiņām puses savstarpēji vienojas</w:t>
       </w:r>
       <w:r w:rsidR="00DC5A4C" w:rsidRPr="00DC5A4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC5A4C" w:rsidRPr="00000951">
         <w:t>rakstiski</w:t>
       </w:r>
       <w:r w:rsidR="00DC5A4C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF09F0D" w14:textId="77777777" w:rsidR="00C878E9" w:rsidRDefault="00C878E9" w:rsidP="00C878E9">
       <w:pPr>
-        <w:pStyle w:val="BodyTextIndent"/>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5A7" w14:textId="77777777" w:rsidR="00000951" w:rsidRDefault="00E47F43" w:rsidP="00007EB4">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="3BF6A5A7" w14:textId="77777777" w:rsidR="00000951" w:rsidRDefault="00986BE8" w:rsidP="00007EB4">
+      <w:pPr>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Darba laiks, darba alga</w:t>
       </w:r>
       <w:r w:rsidR="00AF151B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>s apmērs</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> un darba algas izmaksas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A8" w14:textId="77777777" w:rsidR="00B22335" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00F93B85">
+    <w:p w14:paraId="3BF6A5A8" w14:textId="77777777" w:rsidR="00B22335" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00F93B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>Darbiniekam</w:t>
       </w:r>
       <w:r w:rsidR="00531034" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F37617" w:rsidRPr="00D676F2">
         <w:t>darba l</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>īguma 1.</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
@@ -1031,51 +1033,51 @@
       <w:r w:rsidR="00421D92" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> nedēļa</w:t>
       </w:r>
       <w:r w:rsidR="00476BAE" w:rsidRPr="00D676F2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421D92" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B7B6E" w:rsidRPr="00D676F2">
         <w:t>ievērojot</w:t>
       </w:r>
       <w:r w:rsidR="00421D92" w:rsidRPr="00D676F2">
         <w:t>, ka (</w:t>
       </w:r>
       <w:r w:rsidR="00421D92" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>izvēlēties atbilstošo</w:t>
       </w:r>
       <w:r w:rsidR="00421D92" w:rsidRPr="00D676F2">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5A9" w14:textId="130DC038" w:rsidR="00A64E4A" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5A9" w14:textId="350FEC5B" w:rsidR="00A64E4A" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00531034" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>.</w:t>
@@ -1115,361 +1117,349 @@
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00776CDE">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00C9017A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008502C2" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">stundas </w:t>
       </w:r>
       <w:r w:rsidR="008502C2" w:rsidRPr="00142381">
         <w:t>dienā</w:t>
       </w:r>
       <w:r w:rsidR="008502C2" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> un ne vairāk kā 35 stundas nedēļā atbilstoši nedēļas darba</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> laika</w:t>
       </w:r>
       <w:r w:rsidR="008502C2" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> grafikam</w:t>
       </w:r>
+      <w:r w:rsidR="0099783F">
+        <w:t xml:space="preserve"> un Darbiniekam ir nosakāma piecu dienu darba nedēļa</w:t>
+      </w:r>
       <w:r w:rsidR="00584421" w:rsidRPr="00D676F2">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5AA" w14:textId="6BA806DF" w:rsidR="00000951" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5AA" w14:textId="3EEB3274" w:rsidR="00000951" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00142381">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidRPr="00142381">
         <w:t xml:space="preserve"> 2.1.</w:t>
       </w:r>
       <w:r w:rsidR="00E0542B" w:rsidRPr="00142381">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00142381">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3" w:rsidRPr="00142381">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00142381">
         <w:t xml:space="preserve">arbinieks vecumā no 18 līdz 20 gadiem </w:t>
       </w:r>
       <w:r w:rsidR="00AF4F3B" w:rsidRPr="00142381">
         <w:t xml:space="preserve">(ieskaitot) </w:t>
       </w:r>
       <w:r w:rsidRPr="00142381">
         <w:t xml:space="preserve">tiek nodarbināts </w:t>
       </w:r>
       <w:r w:rsidR="00776CDE">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00776CDE" w:rsidRPr="00142381">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C21D31">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00142381">
         <w:t>stundas dienā</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> un 40 stundas nedēļā atbilstoši nedēļas darba</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> laika</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> grafikam</w:t>
       </w:r>
       <w:r w:rsidR="00584421" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5AB" w14:textId="77777777" w:rsidR="00C475DD" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
+    <w:p w14:paraId="3BF6A5AB" w14:textId="77777777" w:rsidR="00C475DD" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>Darbiniekam tiek noteikts (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>izvēlēties atbilstošo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5AC" w14:textId="416287ED" w:rsidR="005A4F76" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5AC" w14:textId="27602ED2" w:rsidR="005A4F76" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00A64E4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00CB61F2" w:rsidRPr="00D676F2">
         <w:t>normālai</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
-        <w:t>s darba laiks</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="3BF6A5AD" w14:textId="49D14B34" w:rsidR="00000951" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+        <w:t>s darba laiks;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5AD" w14:textId="42D72E06" w:rsidR="00000951" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00A64E4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005A71A7">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C42B25">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00776CDE">
         <w:t>summētais</w:t>
       </w:r>
       <w:r w:rsidR="00776CDE" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
         <w:t>darba laiks</w:t>
       </w:r>
       <w:r w:rsidR="00776CDE">
         <w:t xml:space="preserve"> saskaņā ar pievienoto darba laika grafiku</w:t>
       </w:r>
       <w:r w:rsidR="00C475DD" w:rsidRPr="00D676F2">
-        <w:t>:</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="3BF6A5AE" w14:textId="77777777" w:rsidR="006F0F85" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5AE" w14:textId="77777777" w:rsidR="006F0F85" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Darba devējs </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="003A5832" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbiniekam </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>maksā (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>izvēlēties atbilstošo</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5AF" w14:textId="77777777" w:rsidR="00CA4C91" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5AF" w14:textId="77777777" w:rsidR="00CA4C91" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:ind w:left="567" w:hanging="142"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006F0F85" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="006F0F85" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="006F0F85" w:rsidRPr="00D676F2">
         <w:t>mēneša darba algu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> ____________________ (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C40150">
         <w:t>summa vārdiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B0" w14:textId="77777777" w:rsidR="006F0F85" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5B0" w14:textId="77777777" w:rsidR="006F0F85" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> minimālo stundas tarifa</w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> likm</w:t>
       </w:r>
       <w:r w:rsidR="00310710">
         <w:t>i;</w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B1" w14:textId="77777777" w:rsidR="00000951" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5B1" w14:textId="77777777" w:rsidR="00000951" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:ind w:left="567" w:hanging="141"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00310710">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:t>2.</w:t>
       </w:r>
       <w:r>
@@ -1490,51 +1480,51 @@
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00D676F2">
         <w:t>_________________</w:t>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:t>___ (</w:t>
       </w:r>
       <w:r w:rsidR="00D676F2" w:rsidRPr="00C40150">
         <w:t xml:space="preserve">summa </w:t>
       </w:r>
       <w:r w:rsidR="00CA4C91" w:rsidRPr="00C40150">
         <w:t>vārdiem</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B2" w14:textId="77777777" w:rsidR="002503C7" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="001D3DD7">
+    <w:p w14:paraId="3BF6A5B2" w14:textId="77777777" w:rsidR="002503C7" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="001D3DD7">
       <w:r w:rsidRPr="00D676F2">
         <w:t>par</w:t>
       </w:r>
       <w:r w:rsidR="00115624" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00476BAE" w:rsidRPr="00D676F2">
         <w:t>paveikto darbu</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t>īguma</w:t>
       </w:r>
       <w:r w:rsidR="00476BAE" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00000951">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00115624" w:rsidRPr="00D676F2">
@@ -1564,65 +1554,65 @@
       <w:r w:rsidR="00864D20" w:rsidRPr="00D676F2">
         <w:t>apakš</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>punkt</w:t>
       </w:r>
       <w:r w:rsidR="007D5972" w:rsidRPr="00D676F2">
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00476BAE" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">noteiktajā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>darba laik</w:t>
       </w:r>
       <w:r w:rsidR="00476BAE" w:rsidRPr="00D676F2">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B3" w14:textId="77777777" w:rsidR="0036378D" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="002503C7">
+    <w:p w14:paraId="3BF6A5B3" w14:textId="77777777" w:rsidR="0036378D" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="002503C7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:hanging="522"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> Puses vienojas, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B4" w14:textId="77777777" w:rsidR="00C40150" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5B4" w14:textId="77777777" w:rsidR="00C40150" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00A64E4A">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">īguma izbeigšanas dienā </w:t>
@@ -1645,180 +1635,180 @@
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>arbiniekam darba algu</w:t>
       </w:r>
       <w:r w:rsidR="00C90134" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kompensāciju par neizmantotajām atvaļinājuma dienām</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006F5E67" w:rsidRPr="006F5E67">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B5" w14:textId="7D3EE167" w:rsidR="002503C7" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5B5" w14:textId="7D3EE167" w:rsidR="002503C7" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.4.2. </w:t>
       </w:r>
       <w:r w:rsidR="00850A8C">
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="006F5E67">
         <w:t xml:space="preserve">a skolēns nodarbināts divus mēnešus, </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="006F5E67" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">īgumā noteikto darba samaksu par kalendārajā mēnesī nostrādātajām darba dienām pēc normatīvajos aktos noteikto nodokļu nomaksas </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006F5E67" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arba devējs </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006F5E67" w:rsidRPr="00D676F2">
         <w:t>arbiniekam izmaksā līdz nākamā mēneša ____.</w:t>
       </w:r>
       <w:r w:rsidR="00324038">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F5E67" w:rsidRPr="00D676F2">
         <w:t>datumam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B6" w14:textId="77777777" w:rsidR="00C40150" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5B6" w14:textId="77777777" w:rsidR="00C40150" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="001666B6" w:rsidRPr="00D676F2">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00A64E4A">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="001666B6" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001666B6" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005A4F76">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="0036378D" w:rsidRPr="00D676F2">
         <w:t>arba devējs darba algas izmaksu veic</w:t>
       </w:r>
       <w:r w:rsidR="002441CE">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="002441CE" w:rsidRPr="00AA4C26">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>izvēlas atbilstošo</w:t>
       </w:r>
       <w:r w:rsidR="002441CE">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B7" w14:textId="77777777" w:rsidR="002441CE" w:rsidRDefault="00E47F43" w:rsidP="00AA4C26">
+    <w:p w14:paraId="3BF6A5B7" w14:textId="77777777" w:rsidR="002441CE" w:rsidRDefault="00986BE8" w:rsidP="00AA4C26">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0036378D" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">bezskaidrā naudā ar pārskaitījumu uz </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="0036378D" w:rsidRPr="00D676F2">
         <w:t>arbinieka norādīto bankas kontu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B8" w14:textId="77777777" w:rsidR="00647F86" w:rsidRDefault="00E47F43" w:rsidP="00AA4C26">
+    <w:p w14:paraId="3BF6A5B8" w14:textId="77777777" w:rsidR="00647F86" w:rsidRDefault="00986BE8" w:rsidP="00AA4C26">
       <w:pPr>
         <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:t>Konta nr. ___________________</w:t>
       </w:r>
       <w:r w:rsidR="002441CE">
         <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidR="0036378D" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5B9" w14:textId="7B37EFE9" w:rsidR="002503C7" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00AA4C26">
+    <w:p w14:paraId="3BF6A5B9" w14:textId="7B37EFE9" w:rsidR="002503C7" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00AA4C26">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00324038">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00A86F37" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">amatojoties uz </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00A65F14" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieka </w:t>
@@ -1835,264 +1825,291 @@
       <w:r w:rsidR="00A65F14" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arba </w:t>
       </w:r>
       <w:r w:rsidR="00A86F37" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">devējs </w:t>
       </w:r>
       <w:r w:rsidR="00DE3BD4" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">ir tiesīgs </w:t>
       </w:r>
       <w:r w:rsidR="0036378D" w:rsidRPr="00D676F2">
         <w:t>darba algas izmaks</w:t>
       </w:r>
       <w:r w:rsidR="00DE3BD4" w:rsidRPr="00D676F2">
         <w:t>u veikt</w:t>
       </w:r>
       <w:r w:rsidR="0036378D" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> skaidrā naudā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A5BA" w14:textId="77777777" w:rsidR="00776FD5" w:rsidRPr="00D676F2" w:rsidRDefault="00776FD5" w:rsidP="009F24E9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5BB" w14:textId="77777777" w:rsidR="009F24E9" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00FF4011">
+    <w:p w14:paraId="3BF6A5BB" w14:textId="77777777" w:rsidR="009F24E9" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00FF4011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Darbinieka tiesības un pienākumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A5BC" w14:textId="77777777" w:rsidR="009F24E9" w:rsidRPr="00D676F2" w:rsidRDefault="009F24E9" w:rsidP="009F24E9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5BD" w14:textId="77777777" w:rsidR="00070EED" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00F93B85">
+    <w:p w14:paraId="3BF6A5BD" w14:textId="77777777" w:rsidR="00070EED" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00F93B85">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:hanging="508"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Darbinieka </w:t>
       </w:r>
       <w:r w:rsidR="00531034" w:rsidRPr="00D676F2">
         <w:t>pienākumi</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5BE" w14:textId="77777777" w:rsidR="00B13264" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00A64E4A">
+    <w:p w14:paraId="3BF6A5BE" w14:textId="35A3202E" w:rsidR="00B13264" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00A64E4A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">pēc </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
-        <w:t>arba devēja</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> pieprasījuma, pirms darba tiesisko attiecību uzsākšanas</w:t>
+        <w:t>arba devēja pieprasījuma, pirms darba tiesisko attiecību uzsākšanas</w:t>
       </w:r>
       <w:r w:rsidR="00096268">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
-        <w:t xml:space="preserve">veikt obligāto veselības pārbaudi; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3BF6A5BF" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+        <w:t xml:space="preserve">veikt </w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0" w:rsidRPr="00B10246">
+        <w:t>obligāt</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0" w:rsidRPr="00B10246">
+        <w:t xml:space="preserve"> medicīnisk</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0" w:rsidRPr="00B10246">
+        <w:t xml:space="preserve"> apskat</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0">
+        <w:t>i (Darbiniekam, kas jaunāks par 18 gadiem) vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t>obligāto veselības pārbaudi</w:t>
+      </w:r>
+      <w:r w:rsidR="00467FF0">
+        <w:t>, ja to paredz normatīvie akti par obligātajām veselības pārbaudēm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5BF" w14:textId="77777777" w:rsidR="00396BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">iepazīties ar </w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">darba drošības, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>veselības aizsardzības, ugunsdrošības</w:t>
       </w:r>
       <w:r w:rsidR="00CA3BE1">
         <w:t>, epidemioloģiskās drošības</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> un cit</w:t>
       </w:r>
       <w:r>
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> darba aizsardzības noteikum</w:t>
       </w:r>
       <w:r>
         <w:t>iem un</w:t>
       </w:r>
       <w:r w:rsidRPr="00462127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>ievērot</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> tos</w:t>
       </w:r>
       <w:r w:rsidR="00FF4011" w:rsidRPr="00D676F2">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C0" w14:textId="77777777" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C0" w14:textId="77777777" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
-        <w:t>veikt darb</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">a pienākumus atbilstoši </w:t>
+        <w:t xml:space="preserve">veikt darba pienākumus atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="006545AE" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">darba pienākumu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>aprakstam</w:t>
       </w:r>
       <w:r w:rsidR="003A5832" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00722B10" w:rsidRPr="00D676F2">
         <w:t>(2</w:t>
       </w:r>
       <w:r w:rsidR="00070EED" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00324038">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00070EED" w:rsidRPr="00D676F2">
         <w:t>pielikums)</w:t>
       </w:r>
       <w:r w:rsidR="008F0290" w:rsidRPr="00D676F2">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C1" w14:textId="77777777" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C1" w14:textId="77777777" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">ievērot </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
-        <w:t xml:space="preserve">arba devēja noteikto darba kārtību, izpildīt </w:t>
+        <w:t>arb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">a devēja noteikto darba kārtību, izpildīt </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arba devēja un darba vadītāja rīkojumus, saudzīgi izturēties pret </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>arba devēja inventāru</w:t>
       </w:r>
       <w:r w:rsidR="00BE0ECC" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C2" w14:textId="77777777" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C2" w14:textId="77777777" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00BE0ECC" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C74E30" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieks attaisnojoša iemesla dēļ nevar ierasties darbā, </w:t>
       </w:r>
       <w:r w:rsidR="00C74E30" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ne vēlāk kā vienas darb</w:t>
@@ -2172,293 +2189,290 @@
       <w:r w:rsidR="00C74E30" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dokumentu</w:t>
       </w:r>
       <w:r w:rsidR="005477D4" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> Par attaisnotu kavējumu tiek uzskatīts kavējums, kas radies </w:t>
       </w:r>
       <w:r w:rsidR="006E4007" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">šādu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>dokumentā</w:t>
       </w:r>
       <w:r w:rsidR="006E4007" w:rsidRPr="00D676F2">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>i pierādāmu iemeslu dēļ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C3" w14:textId="77777777" w:rsidR="002A2C39" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C3" w14:textId="77777777" w:rsidR="002A2C39" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">3.2.1. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
-        <w:t>arbiniekam ir iestājusies pārejoša darbnespēja;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3BF6A5C4" w14:textId="17EC999F" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+        <w:t>arbiniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t>am ir iestājusies pārejoša darbnespēja;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5C4" w14:textId="17EC999F" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>3.2.2.</w:t>
       </w:r>
       <w:r w:rsidR="00C878E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006E4007" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieks </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>kavējuma dienā kārto eksāmenu</w:t>
       </w:r>
       <w:r w:rsidR="006F5E67">
         <w:t xml:space="preserve"> iesniedzot izziņu no izglītības iestādes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C5" w14:textId="77777777" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C5" w14:textId="77777777" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">3.2.3. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006E4007" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieks </w:t>
       </w:r>
       <w:r w:rsidR="00EF09C1" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">atrodas īslaicīgā prombūtnē, ja </w:t>
       </w:r>
       <w:r w:rsidR="006E4007" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">viņa </w:t>
       </w:r>
       <w:r w:rsidR="00EF09C1" w:rsidRPr="00D676F2">
         <w:t>tūlītēja klātbūtne darba vietā nav iespējama nepārvaramas varas, nejauša notikuma vai citu ārkārtēju apstākļu dēļ.</w:t>
       </w:r>
       <w:r w:rsidR="005053EA" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> Par šādu īslaicīgu prombūtni </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="005053EA" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieks nekavējoties paziņo </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="005053EA" w:rsidRPr="00D676F2">
         <w:t>arba devēja</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="005053EA" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C6" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C6" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>3.3. Darbinieka ties</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="3BF6A5C7" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+        <w:t>3.3. Darbinieka tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5C7" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3.1. strādāt </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>drošos, veselībai, tikumībai un attīstībai nekaitīgos darba apstākļos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C8" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C8" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3.2. saņemt </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">īgumā noteiktajā apmērā, termiņā un veidā </w:t>
       </w:r>
       <w:r w:rsidR="003A5832" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">noteikto </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darba samaksu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5C9" w14:textId="77777777" w:rsidR="00841993" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5C9" w14:textId="77777777" w:rsidR="00841993" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3.3. </w:t>
       </w:r>
       <w:r w:rsidR="002E5E43" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">saņemt </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="002E5E43" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arba devēja un darba vadītāja palīdzību un </w:t>
       </w:r>
       <w:r w:rsidR="003A5832" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>norādījumus darba izpildei</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5CA" w14:textId="6ACE31E4" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5CA" w14:textId="6ACE31E4" w:rsidR="00C74E30" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3.4. </w:t>
       </w:r>
       <w:r w:rsidR="00841993" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rakstveidā uzteikt </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:rPr>
@@ -2487,51 +2501,51 @@
       <w:r w:rsidR="00DE3BD4" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par to informējot </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00DE3BD4" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>arba devēju</w:t>
       </w:r>
       <w:r w:rsidR="00B22766" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5CB" w14:textId="035CDC76" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5CB" w14:textId="035CDC76" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3.5. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00933DE0" w:rsidRPr="00D676F2">
         <w:rPr>
@@ -2542,51 +2556,51 @@
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> saņemt </w:t>
       </w:r>
       <w:r w:rsidR="00DE3BD4" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darba algu un </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kompensāciju par neizmantoto ikgadējo apmaksāto atvaļinājumu</w:t>
       </w:r>
       <w:r w:rsidR="00D676F2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5CC" w14:textId="08FF04A7" w:rsidR="00EF09C1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5CC" w14:textId="0354E57A" w:rsidR="00EF09C1" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūra nodrošina, ka </w:t>
       </w:r>
       <w:r w:rsidR="00344EB0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Darbinieks </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00584421" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">īguma </w:t>
       </w:r>
@@ -2599,164 +2613,153 @@
       <w:r w:rsidR="00344EB0" w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00324038">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C21D31">
         <w:t>apakš</w:t>
       </w:r>
       <w:r w:rsidR="00344EB0" w:rsidRPr="00D676F2">
         <w:t>punktā minētajā laika posmā tiek apdrošināts pret iespējam</w:t>
       </w:r>
       <w:r w:rsidR="00310710">
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidR="00344EB0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> nelaimes gadījum</w:t>
       </w:r>
       <w:r w:rsidR="00310710">
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidR="00344EB0" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> darba vietā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5CD" w14:textId="77777777" w:rsidR="002A2C39" w:rsidRDefault="002A2C39" w:rsidP="00D676F2">
+    <w:p w14:paraId="6AF41D0F" w14:textId="77777777" w:rsidR="009679F8" w:rsidRPr="00D676F2" w:rsidRDefault="009679F8" w:rsidP="000E587A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30097DCC" w14:textId="77777777" w:rsidR="00862222" w:rsidRDefault="00862222" w:rsidP="00D676F2">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5CE" w14:textId="77777777" w:rsidR="008527EE" w:rsidRDefault="008527EE" w:rsidP="00D676F2">
+    <w:p w14:paraId="3BF6A5D2" w14:textId="77777777" w:rsidR="008527EE" w:rsidRPr="00D676F2" w:rsidRDefault="008527EE" w:rsidP="00D676F2">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5CF" w14:textId="77777777" w:rsidR="00850A8C" w:rsidRDefault="00850A8C" w:rsidP="00D676F2">
-[...25 lines deleted...]
-    <w:p w14:paraId="3BF6A5D3" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="002A2C39">
+    <w:p w14:paraId="3BF6A5D3" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="002A2C39">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:firstLine="2334"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Darba devēja tiesības un pienākumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A5D4" w14:textId="77777777" w:rsidR="002E5E43" w:rsidRPr="00D676F2" w:rsidRDefault="002E5E43" w:rsidP="00C878E9">
       <w:pPr>
         <w:pStyle w:val="Normal1"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5D5" w14:textId="77777777" w:rsidR="006B0B3B" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5D5" w14:textId="77777777" w:rsidR="006B0B3B" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Darba devēja pienākumi:</w:t>
       </w:r>
       <w:r w:rsidR="00EC45E5" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5D6" w14:textId="329AE52F" w:rsidR="00C56EDB" w:rsidRPr="00C56EDB" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3BF6A5D6" w14:textId="329AE52F" w:rsidR="00C56EDB" w:rsidRPr="00C56EDB" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">pirms </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">īguma noslēgšanas informēt </w:t>
       </w:r>
       <w:r>
@@ -2824,439 +2827,483 @@
       <w:r w:rsidR="00125BB3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C56EDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aizbildņa) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">rakstveida </w:t>
       </w:r>
       <w:r w:rsidRPr="00C56EDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājuma </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5D7" w14:textId="77777777" w:rsidR="00F04E3E" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
-[...3 lines deleted...]
-          <w:tab w:val="left" w:pos="993"/>
+    <w:p w14:paraId="3078F89D" w14:textId="7F219C2F" w:rsidR="00D52F70" w:rsidRDefault="00986BE8" w:rsidP="00D52F70">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
-        <w:t>par nodarbināšanu</w:t>
-      </w:r>
+        <w:t>par nodarbināšan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00D676F2">
-[...5 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:t>u;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC0C3C2" w14:textId="2674D4B5" w:rsidR="00D52F70" w:rsidRDefault="00986BE8" w:rsidP="00D52F70">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D676F2">
-[...19 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:t>Darbinieku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10246">
+        <w:t>, kas jaunāk</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10246">
+        <w:t xml:space="preserve"> par 18 gadiem, pieņem darbā tikai pēc iepriekšējas medicīniskās apskates, un līdz 18 gadu vecuma sasniegšanai ik gadu jāveic obligātā medicīniskā apskate</w:t>
+      </w:r>
+      <w:r w:rsidR="008B12DB">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5D8" w14:textId="5FBCA634" w:rsidR="00D43CF4" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D52F70">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
-        <w:t xml:space="preserve">instruēt un apmācīt </w:t>
+        <w:t>normat</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3EDE" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">īvajos aktos par obligātajām veselības pārbaudēm noteiktajos gadījumos prasīt, lai </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D676F2">
-[...21 lines deleted...]
-    <w:p w14:paraId="3BF6A5DA" w14:textId="77777777" w:rsidR="00CA3BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+      <w:r w:rsidR="009D3EDE" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">arbinieks veic obligāto veselības pārbaudi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">pirms </w:t>
+      </w:r>
+      <w:r w:rsidR="006130E3">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t>īguma slēgšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52F70">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B12DB">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52F70">
+        <w:t xml:space="preserve">ersonu, kura jaunāka par 18 gadiem un kura iegūst izglītību izglītības iestādē, nodarbina noteiktu laiku (kad izglītības iestādē ir brīvlaiks), ne ilgāku par trim mēnešiem, veselības pārbaudi var neveikt, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="008B12DB">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52F70">
+        <w:t>arba devējs pieprasa un saņem ģimenes ārsta izziņu par minētās personas veselības stāvokli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5D9" w14:textId="70D61ADB" w:rsidR="00377C5E" w:rsidRDefault="00986BE8" w:rsidP="00B65CDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk221540139"/>
       <w:r>
-        <w:t xml:space="preserve">nodrošināt Darbiniekam darba vadītāju, </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="3BF6A5DB" w14:textId="525CF58E" w:rsidR="00F67880" w:rsidRPr="00F67880" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+        <w:t>nodrošina, ka Darbinieks saņem instruktāžu un tiek apmācīts darba aizsardzības jomā, kas tieši attiecas uz viņa darba vietu un darba veikšanu. Šādu inst</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ruktāžu un apmācību veic, uzsākot darbu, mainoties darba raksturam vai darba apstākļiem, ieviešot jaunu vai mainot iepriekšējo darba aprīkojumu un ieviešot jaunu tehnoloģiju. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="3BF6A5DA" w14:textId="77777777" w:rsidR="00CA3BE1" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F67880">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt Darbiniekam darba vadītāju, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547CFB">
+        <w:t xml:space="preserve">kurš palīdzēs apgūt darbam nepieciešamās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547CFB">
+        <w:t xml:space="preserve">pamatprasmes un iemaņas, veiks darba </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B19">
+        <w:t xml:space="preserve">pārraudzību un darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00547CFB">
+        <w:t>laika uzskaiti</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6E7F">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5DC" w14:textId="77777777" w:rsidR="0030594E" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+    <w:p w14:paraId="3BF6A5DB" w14:textId="525CF58E" w:rsidR="00F67880" w:rsidRPr="00F67880" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D676F2">
-[...18 lines deleted...]
-    <w:p w14:paraId="3BF6A5DD" w14:textId="77777777" w:rsidR="00A66AA0" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C878E9">
+      <w:r w:rsidRPr="00F67880">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>nodrošināt Darbiniekam drošus darba apstākļus, darba pienākumu veikšanai nepieciešamo darba aprīkojumu un individuālos aizsardzības līdzekļus</w:t>
+      </w:r>
+      <w:r w:rsidR="00C878E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5DC" w14:textId="77777777" w:rsidR="0030594E" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
-        <w:t xml:space="preserve">izmaksāt </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">nodrošināt pasākumus, kas nepieciešami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t>pirmās palīdzības sniegšanai darba</w:t>
+      </w:r>
+      <w:r w:rsidR="00B13264" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006130E3">
-[...69 lines deleted...]
-    <w:p w14:paraId="3BF6A5DE" w14:textId="77777777" w:rsidR="000A3464" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">vietā, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidR="00B13264" w:rsidRPr="00D676F2">
+        <w:t>pieejamību pirmās palīdzības sniegšanai nepieciešamo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> medicīnisko materiālu minimumam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5DD" w14:textId="4CF3C7DF" w:rsidR="00A66AA0" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
-        <w:t xml:space="preserve">pēc </w:t>
+        <w:t xml:space="preserve">izmaksāt </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
+      <w:r w:rsidR="00C03B1E" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">arbiniekam </w:t>
+      </w:r>
+      <w:r w:rsidR="000B43FB" w:rsidRPr="00D676F2">
+        <w:t>darba algu</w:t>
+      </w:r>
+      <w:r w:rsidR="00484D4A" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> par iepriekšējo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> mēnes</w:t>
+      </w:r>
+      <w:r w:rsidR="00484D4A" w:rsidRPr="00D676F2">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006130E3">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00792042" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">īguma </w:t>
+      </w:r>
+      <w:r w:rsidR="000B43FB" w:rsidRPr="00D676F2">
+        <w:t>noteiktajā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> apmērā</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5832" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65F14" w:rsidRPr="00D676F2">
+        <w:t>termiņā</w:t>
+      </w:r>
+      <w:r w:rsidR="00484D4A" w:rsidRPr="00D676F2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00484D4A" w:rsidRPr="00D676F2">
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00317C92" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006130E3">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00317C92" w:rsidRPr="00D676F2">
+        <w:t>arbinieks</w:t>
+      </w:r>
+      <w:r w:rsidR="0061673C" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B43FB" w:rsidRPr="00D676F2">
+        <w:t>darba tiesiskajās attiecībās</w:t>
+      </w:r>
+      <w:r w:rsidR="00484D4A" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0061673C" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">ir bijis iesaistīts </w:t>
+      </w:r>
+      <w:r w:rsidR="006130E3" w:rsidRPr="00D676F2">
+        <w:t>mazāku dienu/stundu skaitu</w:t>
+      </w:r>
+      <w:r w:rsidR="0061673C" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B43FB" w:rsidRPr="00D676F2">
+        <w:t>darba algu</w:t>
+      </w:r>
+      <w:r w:rsidR="0061673C" w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve"> aprēķina un izmaksā proporcionāli faktiski nostrādātajām dienām</w:t>
+      </w:r>
+      <w:r w:rsidR="008B72B7" w:rsidRPr="00D676F2">
+        <w:t>/stundām</w:t>
+      </w:r>
+      <w:r w:rsidR="000E587A">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F479C84" w14:textId="18F6A022" w:rsidR="000A1A12" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C878E9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>aprēķināt un iemaksāt valsts budžetā darba samaksas aprēķinam piemērojamus nodokļus un nodevas. Darba</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> devējs veic valsts sociālās apdrošināšanas obligātās iemaksas par Darbinieku normatīvajos aktos noteiktajā kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5DE" w14:textId="77777777" w:rsidR="000A3464" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="006130E3">
+        <w:t>D</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieka pieprasījuma izsniegt </w:t>
       </w:r>
       <w:r w:rsidR="00A65F14" w:rsidRPr="00D676F2">
         <w:t>izziņu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
       <w:r w:rsidR="009D3EDE" w:rsidRPr="00D676F2">
         <w:t>pa</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>veiktajiem darba pienākumiem un iegūtajām zināšanām un prasmēm;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5DF" w14:textId="77777777" w:rsidR="00DC27EB" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5DF" w14:textId="77777777" w:rsidR="00DC27EB" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000A3464" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">elaimes gadījuma izmeklēšanu veikt saskaņā ar normatīvajiem </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
         <w:smartTagPr>
           <w:attr w:name="text" w:val="aktiem"/>
           <w:attr w:name="id" w:val="-1"/>
           <w:attr w:name="baseform" w:val="akt|s"/>
         </w:smartTagPr>
         <w:r w:rsidR="000A3464" w:rsidRPr="00D676F2">
           <w:t>aktiem</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="000A3464" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> par nelaimes gadījumu</w:t>
       </w:r>
       <w:r w:rsidR="00D43CF4" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> darbā</w:t>
       </w:r>
       <w:r w:rsidR="000A3464" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> izmeklēšanu un uzskaiti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5E0" w14:textId="53451A08" w:rsidR="000A3464" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00A65F14">
+    <w:p w14:paraId="3BF6A5E0" w14:textId="53451A08" w:rsidR="000A3464" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00A65F14">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00E41EC8" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">4.2. </w:t>
       </w:r>
       <w:r w:rsidR="00122DEC" w:rsidRPr="001D3DD7">
         <w:t>Darba dev</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t>ēja</w:t>
       </w:r>
       <w:r w:rsidR="00A65F14" w:rsidRPr="001D3DD7">
         <w:t>m ir</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve"> </w:t>
@@ -3264,51 +3311,51 @@
       <w:r w:rsidR="00122DEC" w:rsidRPr="001D3DD7">
         <w:t>ties</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">ības </w:t>
       </w:r>
       <w:r w:rsidR="00841993" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">uzteikt </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00841993" w:rsidRPr="001D3DD7">
         <w:t>īgumu ievērojot Da</w:t>
       </w:r>
       <w:r w:rsidR="00A65F14" w:rsidRPr="001D3DD7">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00841993" w:rsidRPr="001D3DD7">
         <w:t>ba likumā noteikto uzteikuma kārtību</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t>, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5E1" w14:textId="77777777" w:rsidR="006B0B3B" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5E1" w14:textId="77777777" w:rsidR="006B0B3B" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">4.2.1. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00317C92" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">arbinieks </w:t>
       </w:r>
       <w:r w:rsidR="00792042" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">neattaisnoti </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">kavējis vairāk par </w:t>
       </w:r>
       <w:r w:rsidR="003A5832" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">trim </w:t>
@@ -3331,256 +3378,259 @@
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve"> (par </w:t>
       </w:r>
       <w:r w:rsidR="00792042" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">neattaisnotu </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">kavējumu tiek uzskatīta arī atrašanās </w:t>
       </w:r>
       <w:r w:rsidR="00DF3898" w:rsidRPr="001D3DD7">
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="009D3EDE" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t>vietā alkohola, narkoti</w:t>
       </w:r>
       <w:r w:rsidR="00D43CF4" w:rsidRPr="001D3DD7">
         <w:t>sko, psihotropo vai toksisko vielu izraisīta</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve"> reibuma stāvoklī);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5E2" w14:textId="77777777" w:rsidR="008A78CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="000E587A">
+    <w:p w14:paraId="3BF6A5E2" w14:textId="77777777" w:rsidR="008A78CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="000E587A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve">4.2.2. </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="000A3464" w:rsidRPr="001D3DD7">
         <w:t>arbinieks atkārtoti nav ievērojis darba kārtības noteikumus un citus</w:t>
       </w:r>
       <w:r w:rsidR="00C91493" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006130E3">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00C91493" w:rsidRPr="001D3DD7">
         <w:t>arba devēja vai darba vadītāja</w:t>
       </w:r>
       <w:r w:rsidR="000A3464" w:rsidRPr="001D3DD7">
         <w:t xml:space="preserve"> norādījumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A5E3" w14:textId="77777777" w:rsidR="00404D20" w:rsidRPr="00D676F2" w:rsidRDefault="00404D20" w:rsidP="000A3464">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A5E4" w14:textId="77777777" w:rsidR="000A3464" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D96404">
+    <w:p w14:paraId="3BF6A5E4" w14:textId="77777777" w:rsidR="000A3464" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D96404">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Citi noteikumi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5E5" w14:textId="77777777" w:rsidR="00494231" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D96404">
+    <w:p w14:paraId="3BF6A5E5" w14:textId="77777777" w:rsidR="00494231" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D96404">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5E6" w14:textId="77777777" w:rsidR="008B72B7" w:rsidRDefault="00E47F43" w:rsidP="00D96404">
+    <w:p w14:paraId="3BF6A5E6" w14:textId="77777777" w:rsidR="008B72B7" w:rsidRDefault="00986BE8" w:rsidP="00D96404">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="858"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
-        <w:t>Darba devējs apņemas ievērot personu datu aizsardzības normatīvo aktu prasības, t.sk. Eiropas Parlamenta un Padomes regulu Nr. 2016/679 par fizisku personu aizsardz</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="3BF6A5E8" w14:textId="4A35DC00" w:rsidR="006B0B3B" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00C9017A">
+        <w:t>Darba devējs apņemas ievērot personu datu aizsardzības normatīvo aktu prasības, t.sk. Eiropas Parlamenta un Padomes regulu Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz perso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t>nas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK (Vispārīgā datu aizsardzības regula).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5E8" w14:textId="4A35DC00" w:rsidR="006B0B3B" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00C9017A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="858"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B2631C">
-        <w:t>Darbinieks ir informēts par to, ka Darba devējs veic tā personas datu apstrādi darba organizācijas, personālvadības, a</w:t>
+        <w:t xml:space="preserve">Darbinieks ir informēts par to, ka Darba devējs veic tā personas datu apstrādi darba organizācijas, personālvadības, atlīdzības izmaksas, sociālo garantiju nodrošināšanai un citiem </w:t>
       </w:r>
       <w:r w:rsidRPr="00B2631C">
-        <w:t>tlīdzības izmaksas, sociālo garantiju nodrošināšanai un citiem saistītiem mērķiem. Šādas datu apstrādes tiesiskais pamats ir</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>saistītiem mērķiem. Šādas datu apstrādes tiesiskais pamats ir</w:t>
       </w:r>
       <w:r w:rsidR="000E587A" w:rsidRPr="00B2631C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B2631C">
-        <w:t>Vispārīgās datu aizsardzības regulas 6.</w:t>
+        <w:t>Vispārīgās da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2631C">
+        <w:t>tu aizsardzības regulas 6.</w:t>
       </w:r>
       <w:r w:rsidR="00031FEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B2631C">
-        <w:t xml:space="preserve">panta pirmās daļas b) punkts – datu apstrāde ir nepieciešama līguma ar datu subjektu </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="3BF6A5E9" w14:textId="07034CB8" w:rsidR="00667D5A" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D96404">
+        <w:t>panta pirmās daļas b) punkts – datu apstrāde ir nepieciešama līguma ar datu subjektu izpildei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF6A5E9" w14:textId="7F075222" w:rsidR="00667D5A" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D96404">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="858"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Darba līguma grozījumi iegūst juridisku spēku un kļūst par </w:t>
       </w:r>
       <w:r w:rsidR="002D3EF8">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">īguma neatņemamu sastāvdaļu pēc </w:t>
       </w:r>
       <w:r w:rsidR="003602BB">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00792042" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">ušu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">rakstveida </w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">vienošanās noslēgšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
-        <w:t xml:space="preserve">(parakstīšanas), </w:t>
+        <w:t>(pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:t xml:space="preserve">rakstīšanas), </w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
         <w:t>kas iepriekš</w:t>
       </w:r>
       <w:r w:rsidR="00792042" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>saskaņot</w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> ar </w:t>
       </w:r>
       <w:r w:rsidR="00E33A4E">
         <w:t>Nodarbinātības valsts aģentūru</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5EA" w14:textId="3505D730" w:rsidR="006B0B3B" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D96404">
+    <w:p w14:paraId="3BF6A5EA" w14:textId="3505D730" w:rsidR="006B0B3B" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D96404">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="858"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Jebkur</w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">as domstarpības un </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">strīdi starp </w:t>
       </w:r>
       <w:r w:rsidR="002D3EF8">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D35B90" w:rsidRPr="00D676F2">
         <w:t>arba devēju</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="002D3EF8">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D95038" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arbinieku </w:t>
@@ -3600,51 +3650,51 @@
       <w:r w:rsidR="00792042" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">usēm </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">nav iespējams panākt, strīdu izšķir </w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Latvijas Republikas tiesā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>Latvijas Republik</w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> normatīvo</w:t>
       </w:r>
       <w:r w:rsidR="0024426C" w:rsidRPr="00D676F2">
         <w:t>s aktos</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> noteiktajā kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5EB" w14:textId="77777777" w:rsidR="009A1A86" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D96404">
+    <w:p w14:paraId="3BF6A5EB" w14:textId="77777777" w:rsidR="009A1A86" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D96404">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="858"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Darba l</w:t>
       </w:r>
       <w:r w:rsidR="006B0B3B" w:rsidRPr="00D676F2">
         <w:t>īgums</w:t>
       </w:r>
       <w:r w:rsidR="0024426C" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> ar pielikumiem</w:t>
@@ -3666,96 +3716,96 @@
       </w:r>
       <w:r w:rsidR="00F6792E" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">pie </w:t>
       </w:r>
       <w:r w:rsidR="002D3EF8">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D87701" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">arba </w:t>
       </w:r>
       <w:r w:rsidR="00D35B90" w:rsidRPr="00D676F2">
         <w:t>devēja</w:t>
       </w:r>
       <w:r w:rsidR="006B0B3B" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">, otrs – pie </w:t>
       </w:r>
       <w:r w:rsidR="002D3EF8">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D95038" w:rsidRPr="00D676F2">
         <w:t>arbinieka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A5EC" w14:textId="77777777" w:rsidR="0039718A" w:rsidRPr="00D676F2" w:rsidRDefault="0039718A" w:rsidP="009A1A86"/>
     <w:p w14:paraId="3BF6A5ED" w14:textId="77777777" w:rsidR="00320F65" w:rsidRPr="00D676F2" w:rsidRDefault="00320F65" w:rsidP="009A1A86"/>
-    <w:p w14:paraId="3BF6A5EE" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00921F42">
+    <w:p w14:paraId="3BF6A5EE" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00921F42">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">Pielikumā: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5EF" w14:textId="097B4CAB" w:rsidR="009A1A86" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00722B10">
+    <w:p w14:paraId="3BF6A5EF" w14:textId="097B4CAB" w:rsidR="009A1A86" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00722B10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="009D10AD" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">edēļas </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">darba </w:t>
       </w:r>
       <w:r w:rsidR="0030594E" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">laika </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>grafiks uz 1</w:t>
       </w:r>
       <w:r w:rsidR="000364C3" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>lp</w:t>
       </w:r>
       <w:r w:rsidR="00E06982">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A5F0" w14:textId="57E77440" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00722B10">
+    <w:p w14:paraId="3BF6A5F0" w14:textId="57E77440" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00722B10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="0024426C" w:rsidRPr="00D676F2">
         <w:t>arba pienākumu</w:t>
       </w:r>
       <w:r w:rsidR="009D10AD" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000364C3" w:rsidRPr="00D676F2">
         <w:t xml:space="preserve">apraksts uz 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:t>lp</w:t>
       </w:r>
       <w:r w:rsidR="00E06982">
         <w:t>p</w:t>
       </w:r>
@@ -3771,62 +3821,62 @@
     </w:p>
     <w:p w14:paraId="3BF6A5F2" w14:textId="77777777" w:rsidR="00494231" w:rsidRPr="00D676F2" w:rsidRDefault="00494231" w:rsidP="008F77CD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A5F3" w14:textId="77777777" w:rsidR="00A350B8" w:rsidRPr="00D676F2" w:rsidRDefault="00A350B8" w:rsidP="008F77CD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8981" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4301"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A5F9" w14:textId="77777777">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A5F9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A5F4" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="0067674A">
+          <w:p w14:paraId="3BF6A5F4" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="0067674A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba devēj</w:t>
             </w:r>
             <w:r w:rsidR="00626AD6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s vai</w:t>
             </w:r>
             <w:r w:rsidR="00626AD6" w:rsidRPr="00D676F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00626AD6" w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>p</w:t>
@@ -3860,81 +3910,81 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A5F6" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="008F77CD" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A5F7" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="0067674A">
+          <w:p w14:paraId="3BF6A5F7" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00862222">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darbiniek</w:t>
             </w:r>
             <w:r w:rsidR="00626AD6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF6A5F8" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00921F42" w:rsidP="0039718A">
+          <w:p w14:paraId="3BF6A5F8" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00921F42" w:rsidP="00862222">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A5FE" w14:textId="77777777">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A5FE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A5FA" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="008F77CD" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BF6A5FB" w14:textId="77777777" w:rsidR="00A350B8" w:rsidRPr="00D676F2" w:rsidRDefault="00A350B8" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
@@ -3945,62 +3995,62 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A5FC" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="008F77CD" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A5FD" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="008F77CD" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A602" w14:textId="77777777">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A602" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A5FF" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="00626AD6">
+          <w:p w14:paraId="3BF6A5FF" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="00626AD6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3DD7">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>amats, vārds, uzvārds</w:t>
             </w:r>
             <w:r>
@@ -4021,51 +4071,51 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A600" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="00D676F2" w:rsidRDefault="008F77CD" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A601" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="001D3DD7" w:rsidRDefault="00E47F43" w:rsidP="0067674A">
+          <w:p w14:paraId="3BF6A601" w14:textId="77777777" w:rsidR="008F77CD" w:rsidRPr="001D3DD7" w:rsidRDefault="00986BE8" w:rsidP="0067674A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3DD7">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00626AD6" w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>vārds, uzvārds</w:t>
             </w:r>
             <w:r w:rsidR="00A4297A">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00626AD6" w:rsidRPr="001D3DD7">
@@ -4079,137 +4129,137 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>paraksts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BF6A603" w14:textId="77777777" w:rsidR="002778FD" w:rsidRPr="00D676F2" w:rsidRDefault="002778FD" w:rsidP="00DC27EB">
       <w:pPr>
         <w:sectPr w:rsidR="002778FD" w:rsidRPr="00D676F2" w:rsidSect="00BE1E83">
           <w:headerReference w:type="even" r:id="rId12"/>
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="even" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="179" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A604" w14:textId="77777777" w:rsidR="0052615B" w:rsidRPr="002E37CB" w:rsidRDefault="00E47F43" w:rsidP="009A1A86">
+    <w:p w14:paraId="3BF6A604" w14:textId="77777777" w:rsidR="0052615B" w:rsidRPr="002E37CB" w:rsidRDefault="00986BE8" w:rsidP="009A1A86">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="002E37CB">
         <w:lastRenderedPageBreak/>
         <w:t>1. p</w:t>
       </w:r>
       <w:r w:rsidR="00BA2B30" w:rsidRPr="002E37CB">
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>li</w:t>
       </w:r>
       <w:r w:rsidR="00BA2B30" w:rsidRPr="002E37CB">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>ums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A605" w14:textId="77777777" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00E47F43" w:rsidP="009A1A86">
+    <w:p w14:paraId="3BF6A605" w14:textId="77777777" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00986BE8" w:rsidP="009A1A86">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="002E37CB">
         <w:t>pie 20</w:t>
       </w:r>
       <w:r w:rsidR="00626AD6" w:rsidRPr="002E37CB">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>_.</w:t>
       </w:r>
       <w:r w:rsidR="008056E4" w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>gada __.</w:t>
       </w:r>
       <w:r w:rsidR="008056E4" w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>______</w:t>
       </w:r>
       <w:r w:rsidR="008056E4" w:rsidRPr="002E37CB">
         <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A606" w14:textId="77777777" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00E47F43" w:rsidP="009A1A86">
+    <w:p w14:paraId="3BF6A606" w14:textId="77777777" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00986BE8" w:rsidP="009A1A86">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> darba līguma Nr.</w:t>
       </w:r>
       <w:r w:rsidR="008056E4" w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="008056E4" w:rsidRPr="002E37CB">
         <w:t>_____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A607" w14:textId="77777777" w:rsidR="004E7C81" w:rsidRPr="00D676F2" w:rsidRDefault="004E7C81" w:rsidP="009A1A86">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A608" w14:textId="77777777" w:rsidR="004E7C81" w:rsidRPr="00D676F2" w:rsidRDefault="004E7C81" w:rsidP="004E7C81">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A609" w14:textId="77777777" w:rsidR="009A1A86" w:rsidRPr="00D676F2" w:rsidRDefault="009A1A86" w:rsidP="009A1A86">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A60A" w14:textId="77777777" w:rsidR="0052615B" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00050C1E">
+    <w:p w14:paraId="3BF6A60A" w14:textId="77777777" w:rsidR="0052615B" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00050C1E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Nedēļas darba </w:t>
       </w:r>
       <w:r w:rsidR="0030594E" w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">laika </w:t>
       </w:r>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>grafiks</w:t>
       </w:r>
     </w:p>
@@ -4217,118 +4267,118 @@
     <w:p w14:paraId="3BF6A60C" w14:textId="77777777" w:rsidR="00050C1E" w:rsidRPr="00D676F2" w:rsidRDefault="00050C1E" w:rsidP="0052615B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9640" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1731"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1672"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A612" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A612" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:trPr>
           <w:trHeight w:val="883"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A60D" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A60D" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Nedēļas diena</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:b/>
               </w:rPr>
-              <w:footnoteReference w:customMarkFollows="1" w:id="3"/>
+              <w:footnoteReference w:customMarkFollows="1" w:id="2"/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A60E" w14:textId="77777777" w:rsidR="00891BB3" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00891BB3">
+          <w:p w14:paraId="3BF6A60E" w14:textId="77777777" w:rsidR="00891BB3" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00891BB3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba laik</w:t>
             </w:r>
             <w:r w:rsidR="00A727CC" w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:b/>
               </w:rPr>
-              <w:footnoteReference w:customMarkFollows="1" w:id="4"/>
+              <w:footnoteReference w:customMarkFollows="1" w:id="3"/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF6A60F" w14:textId="5FFA47C5" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00891BB3">
+          <w:p w14:paraId="3BF6A60F" w14:textId="5FFA47C5" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00891BB3">
             <w:pPr>
               <w:ind w:left="-74" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">(no </w:t>
             </w:r>
             <w:r w:rsidR="00891BB3" w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
@@ -4360,394 +4410,394 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="002E37CB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A610" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00D95BE5">
+          <w:p w14:paraId="3BF6A610" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00D95BE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Faktiskā</w:t>
             </w:r>
             <w:r w:rsidR="00956EF5" w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> darba</w:t>
             </w:r>
             <w:r w:rsidR="002B79DE" w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A611" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A611" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Piezīmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A617" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A617" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A613" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A613" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Pirmdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A614" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A615" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A616" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A61C" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A61C" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A618" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A618" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Otrdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A619" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A61A" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A61B" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A621" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A621" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A61D" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A61D" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Trešdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A61E" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A61F" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A620" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A626" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A626" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A622" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A622" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Ceturtdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A623" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A624" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A625" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A62B" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A62B" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A627" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A627" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Piektdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A628" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A629" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A62A" w14:textId="77777777" w:rsidR="00A727CC" w:rsidRPr="00D676F2" w:rsidRDefault="00A727CC" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A630" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A630" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A62C" w14:textId="77777777" w:rsidR="000364C3" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A62C" w14:textId="77777777" w:rsidR="000364C3" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Sestdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A62D" w14:textId="77777777" w:rsidR="000364C3" w:rsidRPr="00D676F2" w:rsidRDefault="000364C3" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A62E" w14:textId="77777777" w:rsidR="000364C3" w:rsidRPr="00D676F2" w:rsidRDefault="000364C3" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A62F" w14:textId="77777777" w:rsidR="000364C3" w:rsidRPr="00D676F2" w:rsidRDefault="000364C3" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A635" w14:textId="77777777" w:rsidTr="002E37CB">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A635" w14:textId="77777777" w:rsidTr="002E37CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A631" w14:textId="77777777" w:rsidR="0052512D" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007E2874">
+          <w:p w14:paraId="3BF6A631" w14:textId="77777777" w:rsidR="0052512D" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:t>Svētdiena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A632" w14:textId="77777777" w:rsidR="0052512D" w:rsidRPr="00D676F2" w:rsidRDefault="0052512D" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A633" w14:textId="77777777" w:rsidR="0052512D" w:rsidRPr="00D676F2" w:rsidRDefault="0052512D" w:rsidP="007E2874">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -4772,62 +4822,62 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A638" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00921F42" w:rsidP="00921F42">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A639" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00921F42" w:rsidP="00921F42">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8981" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4301"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A63F" w14:textId="77777777" w:rsidTr="007B3416">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A63F" w14:textId="77777777" w:rsidTr="007B3416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A63A" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00007EB4" w:rsidRDefault="00E47F43" w:rsidP="00007EB4">
+          <w:p w14:paraId="3BF6A63A" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00007EB4" w:rsidRDefault="00986BE8" w:rsidP="00007EB4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3EF8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba devēj</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8" w:rsidRPr="002D3EF8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s va</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8" w:rsidRPr="00007EB4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">i </w:t>
             </w:r>
             <w:r w:rsidRPr="00007EB4">
               <w:rPr>
@@ -4842,142 +4892,142 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A63C" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A63D" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="007B3416">
+          <w:p w14:paraId="3BF6A63D" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darbiniek</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF6A63E" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A643" w14:textId="77777777" w:rsidTr="007B3416">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A643" w14:textId="77777777" w:rsidTr="007B3416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A640" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A641" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A642" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A647" w14:textId="77777777" w:rsidTr="007B3416">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A647" w14:textId="77777777" w:rsidTr="007B3416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4301" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A644" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00626AD6" w:rsidRDefault="00E47F43" w:rsidP="002D3EF8">
+          <w:p w14:paraId="3BF6A644" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00626AD6" w:rsidRDefault="00986BE8" w:rsidP="002D3EF8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8" w:rsidRPr="00007EB4">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>amats, vārds, uzvārds,</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8" w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626AD6">
@@ -4992,372 +5042,378 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF6A645" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A646" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00626AD6" w:rsidRDefault="00E47F43" w:rsidP="007B3416">
+          <w:p w14:paraId="3BF6A646" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00626AD6" w:rsidRDefault="00986BE8" w:rsidP="007B3416">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8" w:rsidRPr="00007EB4">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>vārds, uzvārds,</w:t>
             </w:r>
             <w:r w:rsidR="002D3EF8" w:rsidRPr="002D3EF8">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00626AD6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>paraksts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BF6A648" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00921F42">
+    <w:p w14:paraId="3BF6A648" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00921F42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A649" w14:textId="77777777" w:rsidR="00921F42" w:rsidRPr="00D676F2" w:rsidRDefault="00921F42" w:rsidP="00921F42">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A64A" w14:textId="77777777" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00E47F43" w:rsidP="007919A0">
+    <w:p w14:paraId="3BF6A64A" w14:textId="77777777" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00986BE8" w:rsidP="007919A0">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:lastRenderedPageBreak/>
         <w:t>2. pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A64B" w14:textId="4E02313E" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00E47F43" w:rsidP="007919A0">
+    <w:p w14:paraId="3BF6A64B" w14:textId="4E02313E" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00986BE8" w:rsidP="007919A0">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="002E37CB">
         <w:t>pie 20</w:t>
       </w:r>
       <w:r w:rsidR="00626AD6" w:rsidRPr="002E37CB">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>_.</w:t>
       </w:r>
       <w:r w:rsidR="00C42B25" w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>gada __.</w:t>
       </w:r>
       <w:r w:rsidR="00C42B25" w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E37CB">
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A64C" w14:textId="1D02F11C" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00E47F43" w:rsidP="007919A0">
+    <w:p w14:paraId="3BF6A64C" w14:textId="1D02F11C" w:rsidR="007919A0" w:rsidRPr="002E37CB" w:rsidRDefault="00986BE8" w:rsidP="007919A0">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> darba līguma Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00C42B25" w:rsidRPr="002E37CB">
         <w:t xml:space="preserve"> _____</w:t>
       </w:r>
       <w:r w:rsidRPr="002E37CB">
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A64D" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A64E" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A64F" w14:textId="77777777" w:rsidR="00722B10" w:rsidRPr="00D676F2" w:rsidRDefault="00722B10" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A650" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="006545AE">
+    <w:p w14:paraId="3BF6A650" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="006545AE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D676F2">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Darba pienākumu apraksts</w:t>
+        <w:t xml:space="preserve">Darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>pienākumu apraksts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:b/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A651" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="006545AE" w:rsidP="006545AE">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3374"/>
         <w:gridCol w:w="5687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A654" w14:textId="77777777" w:rsidTr="003E30E3">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A654" w14:textId="77777777" w:rsidTr="003E30E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3433" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A652" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00BA4CE4">
+          <w:p w14:paraId="3BF6A652" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Skolēna vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A653" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="006545AE" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A657" w14:textId="77777777" w:rsidTr="003E30E3">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A657" w14:textId="77777777" w:rsidTr="003E30E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3433" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A655" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00BA4CE4">
+          <w:p w14:paraId="3BF6A655" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Profesijas nosaukums</w:t>
             </w:r>
             <w:r w:rsidR="00706EAA" w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pēc LR profesiju klasifikatora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BF6A656" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="006545AE" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F527E" w14:paraId="3BF6A65C" w14:textId="77777777" w:rsidTr="003E30E3">
+      <w:tr w:rsidR="009C7AE6" w14:paraId="3BF6A65C" w14:textId="77777777" w:rsidTr="003E30E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3433" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A658" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00BA4CE4">
+          <w:p w14:paraId="3BF6A658" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba pienākumi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="6"/>
+              <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6A659" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00BA4CE4">
+          <w:p w14:paraId="3BF6A659" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF6A65A" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00BA4CE4">
+          <w:p w14:paraId="3BF6A65A" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF6A65B" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00E47F43" w:rsidP="00BA4CE4">
+          <w:p w14:paraId="3BF6A65B" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="00986BE8" w:rsidP="00BA4CE4">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D676F2">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BF6A65D" w14:textId="77777777" w:rsidR="00B645F3" w:rsidRPr="00D676F2" w:rsidRDefault="00B645F3" w:rsidP="00B645F3">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5385,64 +5441,64 @@
     </w:p>
     <w:p w14:paraId="3BF6A661" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00D676F2" w:rsidRDefault="006545AE" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A662" w14:textId="77777777" w:rsidR="006545AE" w:rsidRDefault="006545AE" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A663" w14:textId="77777777" w:rsidR="00626AD6" w:rsidRDefault="00626AD6" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF6A664" w14:textId="77777777" w:rsidR="00626AD6" w:rsidRDefault="00E47F43" w:rsidP="00626AD6">
+    <w:p w14:paraId="3BF6A664" w14:textId="77777777" w:rsidR="00626AD6" w:rsidRDefault="00986BE8" w:rsidP="00626AD6">
       <w:r w:rsidRPr="00626AD6">
         <w:t>________________________</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>____________________</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF6A665" w14:textId="77777777" w:rsidR="00626AD6" w:rsidRPr="00626AD6" w:rsidRDefault="00E47F43" w:rsidP="00626AD6">
+    <w:p w14:paraId="3BF6A665" w14:textId="77777777" w:rsidR="00626AD6" w:rsidRPr="00626AD6" w:rsidRDefault="00986BE8" w:rsidP="00626AD6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(Darbinieka paraksts)</w:t>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
@@ -5458,50 +5514,55 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(paraksta atšifrējums)</w:t>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00626AD6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00626AD6">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t>(datums)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF6A666" w14:textId="77777777" w:rsidR="00626AD6" w:rsidRPr="00D676F2" w:rsidRDefault="00626AD6" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A667" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00722B10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF6A668" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00851A70"/>
     <w:p w14:paraId="3BF6A669" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00851A70"/>
     <w:p w14:paraId="3BF6A66A" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00851A70"/>
     <w:p w14:paraId="3BF6A66B" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00851A70"/>
     <w:p w14:paraId="3BF6A66C" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00851A70"/>
     <w:p w14:paraId="3BF6A66D" w14:textId="77777777" w:rsidR="00851A70" w:rsidRPr="00D676F2" w:rsidRDefault="00851A70" w:rsidP="00851A70"/>
@@ -5516,748 +5577,776 @@
     <w:p w14:paraId="3BF6A676" w14:textId="77777777" w:rsidR="006545AE" w:rsidRPr="00093B64" w:rsidRDefault="006545AE" w:rsidP="00007EB4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006545AE" w:rsidRPr="00093B64" w:rsidSect="00775281">
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67AFF26C" w14:textId="77777777" w:rsidR="00E47F43" w:rsidRDefault="00E47F43">
+    <w:p w14:paraId="3DC02814" w14:textId="77777777" w:rsidR="00986BE8" w:rsidRDefault="00986BE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21A1277D" w14:textId="77777777" w:rsidR="00E47F43" w:rsidRDefault="00E47F43">
+    <w:p w14:paraId="7BAF57A2" w14:textId="77777777" w:rsidR="00986BE8" w:rsidRDefault="00986BE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="!Neo'w Arial">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3BF6A67E" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00E47F43" w:rsidP="005564D3">
+  <w:p w14:paraId="3BF6A67E" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00986BE8" w:rsidP="005564D3">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BF6A67F" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00D65C89">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="3BF6A680" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00D65C89" w:rsidP="005E0ED7">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="24C4FACB" w14:textId="4DF936CA" w:rsidR="00D65C89" w:rsidRPr="009543B6" w:rsidRDefault="00E47F43" w:rsidP="002E37CB">
+  <w:p w14:paraId="7E299D2A" w14:textId="0B280066" w:rsidR="00DB5891" w:rsidRDefault="00986BE8" w:rsidP="00DB5891">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>4.2.8._5. p_2. v</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>11.03.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="24C4FACB" w14:textId="21E51D10" w:rsidR="00D65C89" w:rsidRPr="009543B6" w:rsidRDefault="00D65C89" w:rsidP="002E37CB">
+    <w:pPr>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="009543B6">
-[...25 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="3BF6A682" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00E47F43" w:rsidP="005E0ED7">
+  <w:p w14:paraId="3BF6A682" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00986BE8" w:rsidP="005E0ED7">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BF6A683" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRPr="005E0ED7" w:rsidRDefault="00D65C89" w:rsidP="005E0ED7">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="3BF6A685" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00D65C89" w:rsidP="00315BC3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1FA03BF1" w14:textId="61D96AF2" w:rsidR="00D65C89" w:rsidRPr="009543B6" w:rsidRDefault="00E47F43" w:rsidP="002E37CB">
+  <w:p w14:paraId="65A1BFA7" w14:textId="6D98A68F" w:rsidR="00862222" w:rsidRPr="00591967" w:rsidRDefault="00986BE8" w:rsidP="00862222">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009543B6">
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="009543B6">
+      <w:t>KRG_4.2.8._</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.8._</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="009543B6">
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>. pielikums_</w:t>
     </w:r>
-    <w:r w:rsidRPr="009543B6">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>. pielikums_1. versija 10.04.2024.</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009543B6">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="ED7D31"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. versija </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00591967">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>11.03.2026.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3BF6A687" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRPr="005E0ED7" w:rsidRDefault="00E47F43" w:rsidP="00315BC3">
+  <w:p w14:paraId="1FA03BF1" w14:textId="143A9B30" w:rsidR="00D65C89" w:rsidRPr="009543B6" w:rsidRDefault="00D65C89" w:rsidP="002E37CB">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="ED7D31"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3BF6A687" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRPr="005E0ED7" w:rsidRDefault="00986BE8" w:rsidP="00315BC3">
+    <w:pPr>
+      <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="005E0ED7">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0388E000" w14:textId="77777777" w:rsidR="00E47F43" w:rsidRDefault="00E47F43">
+    <w:p w14:paraId="7AFFE5FA" w14:textId="77777777" w:rsidR="00986BE8" w:rsidRDefault="00986BE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4388139D" w14:textId="77777777" w:rsidR="00E47F43" w:rsidRDefault="00E47F43">
+    <w:p w14:paraId="5214966E" w14:textId="77777777" w:rsidR="00986BE8" w:rsidRDefault="00986BE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0923CFCA" w14:textId="77777777" w:rsidR="00E47F43" w:rsidRDefault="00E47F43"/>
+    <w:p w14:paraId="5D8D1A53" w14:textId="77777777" w:rsidR="00986BE8" w:rsidRDefault="00986BE8"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3BF6A688" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00E47F43">
-[...1 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
+    <w:p w14:paraId="3BF6A689" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00986BE8" w:rsidP="00C90134">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
-[...1 lines deleted...]
-        <w:footnoteRef/>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Personas, kuras ir jaunākas par 18 gadiem, pieņem darbā tikai pēc iepriekšējas medicīniskās apskates, un tām līdz 18 gadu vecuma sasniegšanai ik gadu jāveic obligātā medicīniskā apskate.</w:t>
+        <w:t xml:space="preserve"> Attiecībā uz skolēniem vecumā no 18 līdz 20 gadiem piemērojams Darba likuma 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067151">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067151">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067151">
+        <w:t>pant</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ā noteiktais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067151">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="3BF6A689" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00E47F43" w:rsidP="00C90134">
-[...1 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
+    <w:p w14:paraId="3BF6A68A" w14:textId="3DAF658B" w:rsidR="00D65C89" w:rsidRPr="007919A0" w:rsidRDefault="00986BE8">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
-[...1 lines deleted...]
-        <w:t>1</w:t>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A5038">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Attiecībā uz skolēniem vecumā no 18 līdz 20 gadiem piemērojams Dar</w:t>
+        <w:t xml:space="preserve">Aizliegts nodarbināt darbinieku nakts laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008056E4">
+        <w:t>no 22:00 līdz 6:00</w:t>
       </w:r>
       <w:r>
-        <w:t>ba likuma 1</w:t>
-[...2 lines deleted...]
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">. Aizliegts nodarbināt darbinieku vecumā no 15 līdz 17 gadiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>virsstundu darbā</w:t>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>, t.i., vairāk par dienā un nedēļā atļautajām stundām (darbs, kuru darbinieks veic virs normālā darba laika).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="3BF6A68B" w14:textId="2B660BE4" w:rsidR="00D65C89" w:rsidRDefault="00986BE8" w:rsidP="00E6397D">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>Organizējot skolēnu nodarbinātību, ievērot Ministru kabineta 2002.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00067151">
-        <w:t>pant</w:t>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>gada 8.</w:t>
       </w:r>
       <w:r>
-        <w:t>ā noteiktais</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00067151">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>janvāra noteikumus Nr.10 „Noteikumi par darbiem, kuros atļauts nodarbināt bērnus vecumā no 13 gadiem” un Ministru kabineta 2002.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>gada 28.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>maija noteikumus Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>206 „Noteikumi par darbiem, kuros aizliegts nodarbināt pusaudžus, un izņēmumi, kad nodarb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093B64">
+        <w:t>ināšana šajos darbos ir atļauta saistībā ar pusaudža profesionālo apmācību”</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t>veic virs normālā darba laika).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="3BF6A68B" w14:textId="2B660BE4" w:rsidR="00D65C89" w:rsidRDefault="00E47F43" w:rsidP="00E6397D">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="3BF6A68C" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00986BE8">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteRef/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>Organizējot skolēnu nodarbinātību, ievērot Ministru kabineta 2002.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00093B64">
-[...47 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00007EB4">
-        <w:t>norāda galvenos darba pienākumus, atbilstoši darba devēja pieteikumā norādīta</w:t>
-[...2 lines deleted...]
-        <w:t>jam</w:t>
+        <w:t>norāda galvenos darba pienākumus, atbilstoši darba devēja pieteikumā norādītajam</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3BF6A67B" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00E47F43" w:rsidP="005564D3">
+  <w:p w14:paraId="3BF6A67B" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00986BE8" w:rsidP="005564D3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Lappusesnumurs"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3BF6A67C" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00D65C89">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="3BF6A67D" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRDefault="00D65C89" w:rsidP="00AF5613">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="-362"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="3BF6A684" w14:textId="77777777" w:rsidR="00D65C89" w:rsidRPr="00321198" w:rsidRDefault="00D65C89" w:rsidP="005A63AB">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="005317D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96BAC400"/>
-    <w:lvl w:ilvl="0" w:tplc="EB8267A4">
+    <w:lvl w:ilvl="0" w:tplc="2C0896A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9668AEDC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F4CE2020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CCCE754E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B3C879BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C94CF332" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="956AA96A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8CA2A9D6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E8C44582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F5A07DA2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E9FCECF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51188622" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DEBA09C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54025B46" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72C67CAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FACE7BA6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54D83D0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="036D2171"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C37C1E20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1094"/>
         </w:tabs>
@@ -6502,126 +6591,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="092325E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EECBED0"/>
-    <w:lvl w:ilvl="0" w:tplc="DBD070B2">
+    <w:lvl w:ilvl="0" w:tplc="9530CAFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FA448938" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99C6BA2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C48CA1E4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="558E903E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3524EE78" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0B4C9CE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="277AD43E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D9AC25F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C72C472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D2883728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D862AAA6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65C0E14E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29BC90B6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="ED546B54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33F6F3C2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="165E7496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09727DD2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4DC7380"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6704,171 +6793,171 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="111D2A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CCCBB24"/>
-    <w:lvl w:ilvl="0" w:tplc="863C21A6">
+    <w:lvl w:ilvl="0" w:tplc="1108DAA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4346"/>
         </w:tabs>
         <w:ind w:left="4346" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36B2DC9A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2D742122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5066"/>
         </w:tabs>
         <w:ind w:left="5066" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9DB00EC4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8C44A6CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5786"/>
         </w:tabs>
         <w:ind w:left="5786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F1EC98E8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="935A6918" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6506"/>
         </w:tabs>
         <w:ind w:left="6506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="936E813C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2A5EB728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7226"/>
         </w:tabs>
         <w:ind w:left="7226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6D62CA52" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1C70591A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7946"/>
         </w:tabs>
         <w:ind w:left="7946" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5B0AF30E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BDF63CAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8666"/>
         </w:tabs>
         <w:ind w:left="8666" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FACAB118" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C5FE3E04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9386"/>
         </w:tabs>
         <w:ind w:left="9386" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7A3A89A6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B2529540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="10106"/>
         </w:tabs>
         <w:ind w:left="10106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14EF3A4B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="116A76B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8134,147 +8223,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D476BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC286B70"/>
-    <w:lvl w:ilvl="0" w:tplc="9830D032">
+    <w:lvl w:ilvl="0" w:tplc="62269FD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C4AEE4E4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C3BEC2C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9C52722A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0526BC06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48345E6A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A8741CAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7C927886" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B4D26176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18586B2C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89028114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFE482AE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62BE7FAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E7F8AEFA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6A12A716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6114BE2E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78F02F3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39B46D22"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="603EBB00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1094"/>
         </w:tabs>
@@ -8393,51 +8482,51 @@
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="720"/>
+        <w:ind w:left="1288" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8963,287 +9052,287 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3694" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4376" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46D8084F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC92C542"/>
-    <w:lvl w:ilvl="0" w:tplc="9EEC72C6">
+    <w:lvl w:ilvl="0" w:tplc="B5B0BC2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4706"/>
         </w:tabs>
         <w:ind w:left="4706" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AEA814C6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36B2ADA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5066"/>
         </w:tabs>
         <w:ind w:left="5066" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55541308" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90269AAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5786"/>
         </w:tabs>
         <w:ind w:left="5786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8250DD3C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8452DA6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6506"/>
         </w:tabs>
         <w:ind w:left="6506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FC141F44" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3ABE024A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7226"/>
         </w:tabs>
         <w:ind w:left="7226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F84893C4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1892DDBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7946"/>
         </w:tabs>
         <w:ind w:left="7946" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="593E19BC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0700F5DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8666"/>
         </w:tabs>
         <w:ind w:left="8666" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="822A1CAC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E0E2E49E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9386"/>
         </w:tabs>
         <w:ind w:left="9386" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3BEEA07E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="139459D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="10106"/>
         </w:tabs>
         <w:ind w:left="10106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="491E4416"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="864CB174"/>
-    <w:lvl w:ilvl="0" w:tplc="C65E88B8">
+    <w:lvl w:ilvl="0" w:tplc="1AAA731C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1575" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="990ABDBE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8D0C8A40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2295" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AD96E4C0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="267CB2D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3015" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14DA608A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="134C8D30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1400BAFE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F678FA58" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4455" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5456D396" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="974A641C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5175" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D62A86B6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FBEAE322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5895" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5314906E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2B4A0396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6615" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74123DC4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="ECA8A900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7335" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="521F2633"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
@@ -9332,245 +9421,245 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="528A32E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C10D784"/>
-    <w:lvl w:ilvl="0" w:tplc="D86435D8">
+    <w:lvl w:ilvl="0" w:tplc="9F6C767C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1281"/>
         </w:tabs>
         <w:ind w:left="1281" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FDE62BD8">
+    <w:lvl w:ilvl="1" w:tplc="CCB8492C">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8D3E0F22">
+    <w:lvl w:ilvl="2" w:tplc="85103EF8">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F84E4A04">
+    <w:lvl w:ilvl="3" w:tplc="38A8F4F8">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D40A0156">
+    <w:lvl w:ilvl="4" w:tplc="852A2264">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BFE42A70">
+    <w:lvl w:ilvl="5" w:tplc="DF7059F8">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9056B2E2">
+    <w:lvl w:ilvl="6" w:tplc="060C68DC">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F7AC2CAA">
+    <w:lvl w:ilvl="7" w:tplc="30FC9F72">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B9DCC564">
+    <w:lvl w:ilvl="8" w:tplc="5402348A">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="547"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57BF0480"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8E05528"/>
-    <w:lvl w:ilvl="0" w:tplc="AB64AC9E">
+    <w:lvl w:ilvl="0" w:tplc="D3062BA6">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D78819B6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CF2C4148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DBF27EB0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B70AAFA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C156AAD0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BA888DE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5C3E2C10" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3148F516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AD36942C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0A1416D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BF24738A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F464465E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="173C9AEA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="02E44E30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93E2AA62" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DCA091D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D931720"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4044906"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
@@ -10101,263 +10190,263 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D651602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAC2DE60"/>
-    <w:lvl w:ilvl="0" w:tplc="0EFEAB10">
+    <w:lvl w:ilvl="0" w:tplc="3280C550">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35E86174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="201C26E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F4DA0BAA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E026A400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F8BC0EA6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3872D164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="672ECD16" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9BEE9A64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62689866" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="975E7EE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EA1E2E58" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F1169414" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="566CF95A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67245C92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="854C31C0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B98CAF6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E551061"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E8423CC"/>
-    <w:lvl w:ilvl="0" w:tplc="B990739A">
+    <w:lvl w:ilvl="0" w:tplc="31FE2D6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56AA2ACE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="083E7A6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6BD8CC06" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9E28DCC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83CE1AC8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3ECC8C3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DDF00186" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82406FF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E7F076C0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8C24E57E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1C28AFCC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CFA69834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AC805F12" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77F2F2FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CE564426" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6BB444C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D82942"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16C62248"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
@@ -10673,132 +10762,138 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B5C15"/>
     <w:rsid w:val="00000951"/>
     <w:rsid w:val="00001B54"/>
     <w:rsid w:val="00002E4E"/>
     <w:rsid w:val="00005828"/>
     <w:rsid w:val="00005F4A"/>
     <w:rsid w:val="00006DA3"/>
     <w:rsid w:val="00007EB4"/>
     <w:rsid w:val="000127C8"/>
     <w:rsid w:val="00013130"/>
     <w:rsid w:val="000131D9"/>
     <w:rsid w:val="000144AB"/>
     <w:rsid w:val="0001563D"/>
+    <w:rsid w:val="000160B5"/>
     <w:rsid w:val="00017FAF"/>
     <w:rsid w:val="00025549"/>
     <w:rsid w:val="000310AF"/>
     <w:rsid w:val="0003111A"/>
     <w:rsid w:val="000318D3"/>
     <w:rsid w:val="00031B16"/>
     <w:rsid w:val="00031FEA"/>
     <w:rsid w:val="000364C3"/>
     <w:rsid w:val="000377B2"/>
     <w:rsid w:val="000451CF"/>
     <w:rsid w:val="00050C1E"/>
     <w:rsid w:val="00050C56"/>
     <w:rsid w:val="000541B5"/>
     <w:rsid w:val="00054E43"/>
     <w:rsid w:val="00057F8E"/>
     <w:rsid w:val="0006395E"/>
     <w:rsid w:val="00067151"/>
     <w:rsid w:val="00070EED"/>
     <w:rsid w:val="00072BA6"/>
     <w:rsid w:val="00073794"/>
     <w:rsid w:val="00081AF1"/>
     <w:rsid w:val="00085031"/>
     <w:rsid w:val="00085722"/>
     <w:rsid w:val="0008738F"/>
     <w:rsid w:val="0009107F"/>
     <w:rsid w:val="00091A89"/>
     <w:rsid w:val="00093403"/>
     <w:rsid w:val="00093B64"/>
     <w:rsid w:val="000945F7"/>
     <w:rsid w:val="00096268"/>
     <w:rsid w:val="0009656D"/>
+    <w:rsid w:val="000A1A12"/>
     <w:rsid w:val="000A1EFE"/>
     <w:rsid w:val="000A2BEF"/>
     <w:rsid w:val="000A3464"/>
     <w:rsid w:val="000A647B"/>
     <w:rsid w:val="000B43FB"/>
     <w:rsid w:val="000B49D0"/>
     <w:rsid w:val="000B75D5"/>
     <w:rsid w:val="000C46A3"/>
     <w:rsid w:val="000C5B88"/>
     <w:rsid w:val="000D171E"/>
     <w:rsid w:val="000D5F11"/>
     <w:rsid w:val="000E17EB"/>
     <w:rsid w:val="000E2769"/>
     <w:rsid w:val="000E587A"/>
     <w:rsid w:val="000E5C67"/>
     <w:rsid w:val="000F0FB9"/>
     <w:rsid w:val="000F1D85"/>
     <w:rsid w:val="000F2EC2"/>
     <w:rsid w:val="000F5706"/>
     <w:rsid w:val="000F7789"/>
     <w:rsid w:val="000F7E25"/>
     <w:rsid w:val="00100234"/>
     <w:rsid w:val="001003DE"/>
     <w:rsid w:val="00100468"/>
     <w:rsid w:val="00103504"/>
     <w:rsid w:val="00103BDA"/>
     <w:rsid w:val="00105905"/>
     <w:rsid w:val="00110B9A"/>
     <w:rsid w:val="001112C9"/>
     <w:rsid w:val="0011166A"/>
     <w:rsid w:val="00113814"/>
     <w:rsid w:val="0011477A"/>
     <w:rsid w:val="00114960"/>
     <w:rsid w:val="00114B27"/>
     <w:rsid w:val="00114B30"/>
     <w:rsid w:val="00114EF2"/>
     <w:rsid w:val="00115224"/>
     <w:rsid w:val="00115624"/>
     <w:rsid w:val="00116030"/>
     <w:rsid w:val="00122969"/>
     <w:rsid w:val="00122DEC"/>
+    <w:rsid w:val="00124C7A"/>
     <w:rsid w:val="00125BB3"/>
     <w:rsid w:val="00130AB2"/>
     <w:rsid w:val="00131073"/>
     <w:rsid w:val="00131F68"/>
     <w:rsid w:val="00132D03"/>
     <w:rsid w:val="00142381"/>
+    <w:rsid w:val="00142427"/>
+    <w:rsid w:val="00143710"/>
     <w:rsid w:val="00145F7E"/>
     <w:rsid w:val="001471E6"/>
     <w:rsid w:val="00147C8F"/>
     <w:rsid w:val="001529AE"/>
+    <w:rsid w:val="001649A8"/>
     <w:rsid w:val="001666B6"/>
     <w:rsid w:val="00170175"/>
     <w:rsid w:val="001714FD"/>
     <w:rsid w:val="001764A2"/>
     <w:rsid w:val="00177C1D"/>
     <w:rsid w:val="00180EE4"/>
     <w:rsid w:val="001812B4"/>
     <w:rsid w:val="00184C50"/>
     <w:rsid w:val="00185D5C"/>
     <w:rsid w:val="00186472"/>
     <w:rsid w:val="00187517"/>
     <w:rsid w:val="001876B6"/>
     <w:rsid w:val="001930FD"/>
     <w:rsid w:val="00196375"/>
     <w:rsid w:val="00197226"/>
     <w:rsid w:val="0019792D"/>
     <w:rsid w:val="001A0BC0"/>
     <w:rsid w:val="001A6650"/>
     <w:rsid w:val="001A6EB7"/>
     <w:rsid w:val="001A7022"/>
     <w:rsid w:val="001B128B"/>
     <w:rsid w:val="001B2395"/>
     <w:rsid w:val="001B3153"/>
     <w:rsid w:val="001B3C2F"/>
     <w:rsid w:val="001B4DEB"/>
@@ -10887,50 +10982,51 @@
     <w:rsid w:val="00312FA7"/>
     <w:rsid w:val="00315002"/>
     <w:rsid w:val="00315269"/>
     <w:rsid w:val="00315BC3"/>
     <w:rsid w:val="00317C92"/>
     <w:rsid w:val="00320F65"/>
     <w:rsid w:val="00321198"/>
     <w:rsid w:val="003222A0"/>
     <w:rsid w:val="00324038"/>
     <w:rsid w:val="00332412"/>
     <w:rsid w:val="00333078"/>
     <w:rsid w:val="00336280"/>
     <w:rsid w:val="0034188F"/>
     <w:rsid w:val="00341BD2"/>
     <w:rsid w:val="00344EB0"/>
     <w:rsid w:val="003522C7"/>
     <w:rsid w:val="00353EC9"/>
     <w:rsid w:val="00355109"/>
     <w:rsid w:val="00356942"/>
     <w:rsid w:val="003602BB"/>
     <w:rsid w:val="00362E38"/>
     <w:rsid w:val="0036378D"/>
     <w:rsid w:val="003655A3"/>
     <w:rsid w:val="00365E18"/>
     <w:rsid w:val="003665E1"/>
+    <w:rsid w:val="003678D1"/>
     <w:rsid w:val="00372314"/>
     <w:rsid w:val="00377C5E"/>
     <w:rsid w:val="0038066B"/>
     <w:rsid w:val="00382AC3"/>
     <w:rsid w:val="00382C3B"/>
     <w:rsid w:val="00384196"/>
     <w:rsid w:val="00396BE1"/>
     <w:rsid w:val="0039718A"/>
     <w:rsid w:val="003A074F"/>
     <w:rsid w:val="003A1809"/>
     <w:rsid w:val="003A1BFE"/>
     <w:rsid w:val="003A4556"/>
     <w:rsid w:val="003A45A9"/>
     <w:rsid w:val="003A5832"/>
     <w:rsid w:val="003A5DE7"/>
     <w:rsid w:val="003B4DEC"/>
     <w:rsid w:val="003B799C"/>
     <w:rsid w:val="003B7E0F"/>
     <w:rsid w:val="003C51C9"/>
     <w:rsid w:val="003C591E"/>
     <w:rsid w:val="003C6D1E"/>
     <w:rsid w:val="003D07B6"/>
     <w:rsid w:val="003E1090"/>
     <w:rsid w:val="003E30E3"/>
     <w:rsid w:val="003E44DA"/>
@@ -10946,146 +11042,152 @@
     <w:rsid w:val="004149B5"/>
     <w:rsid w:val="00415F22"/>
     <w:rsid w:val="00416623"/>
     <w:rsid w:val="004201BA"/>
     <w:rsid w:val="00421D92"/>
     <w:rsid w:val="00426666"/>
     <w:rsid w:val="00431EC5"/>
     <w:rsid w:val="0043258F"/>
     <w:rsid w:val="00436B52"/>
     <w:rsid w:val="004377AB"/>
     <w:rsid w:val="00440FDB"/>
     <w:rsid w:val="004501ED"/>
     <w:rsid w:val="0045119C"/>
     <w:rsid w:val="00454788"/>
     <w:rsid w:val="00454A58"/>
     <w:rsid w:val="00455832"/>
     <w:rsid w:val="004606D4"/>
     <w:rsid w:val="00461294"/>
     <w:rsid w:val="0046206F"/>
     <w:rsid w:val="00462127"/>
     <w:rsid w:val="00462136"/>
     <w:rsid w:val="004629D0"/>
     <w:rsid w:val="00465A22"/>
     <w:rsid w:val="004672F2"/>
     <w:rsid w:val="004673B8"/>
+    <w:rsid w:val="00467FF0"/>
     <w:rsid w:val="004726AB"/>
     <w:rsid w:val="00472FDB"/>
     <w:rsid w:val="00476BAE"/>
     <w:rsid w:val="0048009D"/>
     <w:rsid w:val="00483D45"/>
     <w:rsid w:val="00484D4A"/>
     <w:rsid w:val="00494231"/>
     <w:rsid w:val="004969EA"/>
     <w:rsid w:val="004A106F"/>
     <w:rsid w:val="004A219B"/>
     <w:rsid w:val="004B0FB6"/>
     <w:rsid w:val="004B46A7"/>
     <w:rsid w:val="004B5C15"/>
     <w:rsid w:val="004B7B6E"/>
     <w:rsid w:val="004C2129"/>
     <w:rsid w:val="004C4103"/>
     <w:rsid w:val="004C42D2"/>
     <w:rsid w:val="004C642E"/>
     <w:rsid w:val="004D1138"/>
     <w:rsid w:val="004D1E4C"/>
     <w:rsid w:val="004D2099"/>
     <w:rsid w:val="004D2E90"/>
+    <w:rsid w:val="004D3CBB"/>
     <w:rsid w:val="004D5364"/>
     <w:rsid w:val="004E37CA"/>
     <w:rsid w:val="004E7B2C"/>
     <w:rsid w:val="004E7C81"/>
     <w:rsid w:val="004F2552"/>
     <w:rsid w:val="004F2693"/>
     <w:rsid w:val="005045E6"/>
     <w:rsid w:val="005053EA"/>
     <w:rsid w:val="0050583B"/>
     <w:rsid w:val="00510958"/>
     <w:rsid w:val="005114C1"/>
     <w:rsid w:val="00511A40"/>
     <w:rsid w:val="00513913"/>
     <w:rsid w:val="005216BF"/>
     <w:rsid w:val="0052512D"/>
     <w:rsid w:val="0052615B"/>
     <w:rsid w:val="00526431"/>
     <w:rsid w:val="0052693A"/>
     <w:rsid w:val="00531034"/>
+    <w:rsid w:val="005341ED"/>
     <w:rsid w:val="0053457C"/>
+    <w:rsid w:val="00540BBF"/>
     <w:rsid w:val="00543C52"/>
     <w:rsid w:val="005477D4"/>
     <w:rsid w:val="00547CFB"/>
     <w:rsid w:val="00551014"/>
     <w:rsid w:val="00552CB4"/>
     <w:rsid w:val="00553FEE"/>
     <w:rsid w:val="00555CE0"/>
     <w:rsid w:val="005564D3"/>
     <w:rsid w:val="00557147"/>
     <w:rsid w:val="00557423"/>
     <w:rsid w:val="0056224A"/>
     <w:rsid w:val="005677A7"/>
     <w:rsid w:val="00567CDB"/>
     <w:rsid w:val="00572D7E"/>
     <w:rsid w:val="005734A7"/>
     <w:rsid w:val="005749C3"/>
     <w:rsid w:val="00574DDD"/>
     <w:rsid w:val="00574FAA"/>
     <w:rsid w:val="005753FE"/>
     <w:rsid w:val="005822AF"/>
     <w:rsid w:val="00584421"/>
     <w:rsid w:val="00584D6F"/>
     <w:rsid w:val="00585FA7"/>
+    <w:rsid w:val="00591967"/>
     <w:rsid w:val="00591E13"/>
     <w:rsid w:val="0059225C"/>
     <w:rsid w:val="005954CB"/>
     <w:rsid w:val="005A200D"/>
     <w:rsid w:val="005A252F"/>
     <w:rsid w:val="005A4B9D"/>
     <w:rsid w:val="005A4F76"/>
     <w:rsid w:val="005A63AB"/>
     <w:rsid w:val="005A71A7"/>
     <w:rsid w:val="005B1B8F"/>
     <w:rsid w:val="005B7303"/>
     <w:rsid w:val="005D1206"/>
     <w:rsid w:val="005D28FC"/>
     <w:rsid w:val="005D32B5"/>
     <w:rsid w:val="005D56C1"/>
     <w:rsid w:val="005D5E1C"/>
     <w:rsid w:val="005E0ED7"/>
     <w:rsid w:val="005E1791"/>
     <w:rsid w:val="005E2890"/>
     <w:rsid w:val="005E6BFC"/>
     <w:rsid w:val="005F2AC6"/>
     <w:rsid w:val="005F6E9B"/>
     <w:rsid w:val="00600183"/>
     <w:rsid w:val="00600FD5"/>
     <w:rsid w:val="0060295D"/>
     <w:rsid w:val="00604557"/>
     <w:rsid w:val="00610291"/>
     <w:rsid w:val="00611D9F"/>
     <w:rsid w:val="006130E3"/>
     <w:rsid w:val="0061673C"/>
     <w:rsid w:val="00616749"/>
+    <w:rsid w:val="00617E8A"/>
     <w:rsid w:val="006221E7"/>
     <w:rsid w:val="00622E7A"/>
     <w:rsid w:val="00623A14"/>
     <w:rsid w:val="00626AD6"/>
     <w:rsid w:val="00627373"/>
     <w:rsid w:val="00631944"/>
     <w:rsid w:val="006338ED"/>
     <w:rsid w:val="00635335"/>
     <w:rsid w:val="0063541E"/>
     <w:rsid w:val="00641877"/>
     <w:rsid w:val="00645AD1"/>
     <w:rsid w:val="006470AE"/>
     <w:rsid w:val="00647F86"/>
     <w:rsid w:val="00650A38"/>
     <w:rsid w:val="006545AE"/>
     <w:rsid w:val="00654CBC"/>
     <w:rsid w:val="00654EC3"/>
     <w:rsid w:val="00660490"/>
     <w:rsid w:val="00660AC1"/>
     <w:rsid w:val="00661F6F"/>
     <w:rsid w:val="00664CA5"/>
     <w:rsid w:val="00665392"/>
     <w:rsid w:val="0066693D"/>
     <w:rsid w:val="00667D5A"/>
     <w:rsid w:val="006760E8"/>
@@ -11095,238 +11197,248 @@
     <w:rsid w:val="00682AC7"/>
     <w:rsid w:val="00685D18"/>
     <w:rsid w:val="00686679"/>
     <w:rsid w:val="00686AC2"/>
     <w:rsid w:val="00686D15"/>
     <w:rsid w:val="006950D0"/>
     <w:rsid w:val="00695C1B"/>
     <w:rsid w:val="006A1A26"/>
     <w:rsid w:val="006A1A55"/>
     <w:rsid w:val="006A4D5A"/>
     <w:rsid w:val="006A5051"/>
     <w:rsid w:val="006B0B3B"/>
     <w:rsid w:val="006B5C6C"/>
     <w:rsid w:val="006B68E6"/>
     <w:rsid w:val="006C2C15"/>
     <w:rsid w:val="006C4CA5"/>
     <w:rsid w:val="006C5255"/>
     <w:rsid w:val="006D6016"/>
     <w:rsid w:val="006E0207"/>
     <w:rsid w:val="006E3D8F"/>
     <w:rsid w:val="006E3F42"/>
     <w:rsid w:val="006E4007"/>
     <w:rsid w:val="006E6C65"/>
     <w:rsid w:val="006F0F85"/>
     <w:rsid w:val="006F33A9"/>
-    <w:rsid w:val="006F527E"/>
     <w:rsid w:val="006F5CAC"/>
     <w:rsid w:val="006F5E67"/>
     <w:rsid w:val="006F6E51"/>
     <w:rsid w:val="006F7694"/>
     <w:rsid w:val="0070032E"/>
     <w:rsid w:val="00702417"/>
     <w:rsid w:val="00702A18"/>
     <w:rsid w:val="00704C9E"/>
     <w:rsid w:val="00706E7B"/>
     <w:rsid w:val="00706EAA"/>
+    <w:rsid w:val="00712230"/>
     <w:rsid w:val="00717C39"/>
     <w:rsid w:val="007202A2"/>
     <w:rsid w:val="007205D4"/>
     <w:rsid w:val="00722B10"/>
     <w:rsid w:val="00730376"/>
     <w:rsid w:val="0073488C"/>
     <w:rsid w:val="007364D9"/>
     <w:rsid w:val="00737BF1"/>
     <w:rsid w:val="00737CA4"/>
     <w:rsid w:val="0074244C"/>
     <w:rsid w:val="007432CD"/>
     <w:rsid w:val="00754726"/>
     <w:rsid w:val="0075539A"/>
     <w:rsid w:val="00755E98"/>
     <w:rsid w:val="00757B16"/>
     <w:rsid w:val="00763962"/>
+    <w:rsid w:val="0076745A"/>
     <w:rsid w:val="0077248D"/>
     <w:rsid w:val="00773C2E"/>
     <w:rsid w:val="00775281"/>
     <w:rsid w:val="007753DB"/>
     <w:rsid w:val="00776CDE"/>
     <w:rsid w:val="00776FD5"/>
     <w:rsid w:val="00781D37"/>
     <w:rsid w:val="00786F77"/>
     <w:rsid w:val="007919A0"/>
     <w:rsid w:val="00792042"/>
     <w:rsid w:val="00793216"/>
     <w:rsid w:val="00796E24"/>
+    <w:rsid w:val="007A0C64"/>
     <w:rsid w:val="007A1940"/>
     <w:rsid w:val="007A1A48"/>
     <w:rsid w:val="007A1FAA"/>
     <w:rsid w:val="007A5193"/>
     <w:rsid w:val="007A581B"/>
     <w:rsid w:val="007A5BC8"/>
     <w:rsid w:val="007A5EDB"/>
     <w:rsid w:val="007A7287"/>
     <w:rsid w:val="007A777E"/>
     <w:rsid w:val="007B05A0"/>
     <w:rsid w:val="007B3416"/>
     <w:rsid w:val="007B6930"/>
     <w:rsid w:val="007B6BBB"/>
     <w:rsid w:val="007B769E"/>
     <w:rsid w:val="007C0880"/>
     <w:rsid w:val="007C1C84"/>
     <w:rsid w:val="007C49E8"/>
     <w:rsid w:val="007C5443"/>
     <w:rsid w:val="007C63CE"/>
     <w:rsid w:val="007C7C8E"/>
     <w:rsid w:val="007D02C0"/>
     <w:rsid w:val="007D2BC4"/>
     <w:rsid w:val="007D40F3"/>
     <w:rsid w:val="007D5972"/>
     <w:rsid w:val="007D7348"/>
     <w:rsid w:val="007E2874"/>
     <w:rsid w:val="007E57A7"/>
     <w:rsid w:val="007E79A5"/>
     <w:rsid w:val="007F2711"/>
     <w:rsid w:val="007F58D7"/>
     <w:rsid w:val="008035B0"/>
     <w:rsid w:val="008056E4"/>
     <w:rsid w:val="00806EF8"/>
     <w:rsid w:val="008133A0"/>
     <w:rsid w:val="00820EDB"/>
     <w:rsid w:val="00826C2F"/>
     <w:rsid w:val="0082758D"/>
     <w:rsid w:val="00834920"/>
     <w:rsid w:val="00834DCD"/>
     <w:rsid w:val="00841993"/>
     <w:rsid w:val="008502C2"/>
     <w:rsid w:val="00850A8C"/>
     <w:rsid w:val="0085123B"/>
     <w:rsid w:val="00851A70"/>
     <w:rsid w:val="008527EE"/>
     <w:rsid w:val="008609AC"/>
     <w:rsid w:val="00861C1E"/>
     <w:rsid w:val="00861FE1"/>
+    <w:rsid w:val="00862222"/>
     <w:rsid w:val="00863622"/>
     <w:rsid w:val="00864D20"/>
     <w:rsid w:val="008710F3"/>
     <w:rsid w:val="00871BEF"/>
     <w:rsid w:val="00871F90"/>
     <w:rsid w:val="00873B0D"/>
     <w:rsid w:val="0088233A"/>
     <w:rsid w:val="008848A8"/>
     <w:rsid w:val="00885CA1"/>
     <w:rsid w:val="00891437"/>
     <w:rsid w:val="00891BB3"/>
     <w:rsid w:val="0089421C"/>
     <w:rsid w:val="008957AB"/>
     <w:rsid w:val="00896291"/>
     <w:rsid w:val="008A041D"/>
     <w:rsid w:val="008A17C0"/>
     <w:rsid w:val="008A2C65"/>
     <w:rsid w:val="008A5538"/>
     <w:rsid w:val="008A78CC"/>
+    <w:rsid w:val="008B12DB"/>
     <w:rsid w:val="008B5490"/>
     <w:rsid w:val="008B58AD"/>
     <w:rsid w:val="008B5B15"/>
     <w:rsid w:val="008B5F40"/>
     <w:rsid w:val="008B6D23"/>
     <w:rsid w:val="008B72B7"/>
     <w:rsid w:val="008C0A22"/>
     <w:rsid w:val="008C2E77"/>
     <w:rsid w:val="008C30C8"/>
     <w:rsid w:val="008C7FC7"/>
     <w:rsid w:val="008D26B7"/>
     <w:rsid w:val="008D3614"/>
     <w:rsid w:val="008D485B"/>
     <w:rsid w:val="008D71C4"/>
     <w:rsid w:val="008E11F6"/>
     <w:rsid w:val="008E12EF"/>
     <w:rsid w:val="008F0290"/>
     <w:rsid w:val="008F30FC"/>
     <w:rsid w:val="008F3989"/>
     <w:rsid w:val="008F7574"/>
     <w:rsid w:val="008F77CD"/>
     <w:rsid w:val="00904110"/>
     <w:rsid w:val="00905CD9"/>
     <w:rsid w:val="00905F7B"/>
     <w:rsid w:val="00906588"/>
     <w:rsid w:val="00907F2A"/>
     <w:rsid w:val="00910E4A"/>
     <w:rsid w:val="009124EE"/>
     <w:rsid w:val="00916F97"/>
     <w:rsid w:val="00921F42"/>
     <w:rsid w:val="00922090"/>
     <w:rsid w:val="009250A0"/>
     <w:rsid w:val="009262B7"/>
     <w:rsid w:val="00926562"/>
     <w:rsid w:val="009268D6"/>
     <w:rsid w:val="0093110D"/>
+    <w:rsid w:val="00931FFC"/>
     <w:rsid w:val="00932B19"/>
     <w:rsid w:val="00933DE0"/>
     <w:rsid w:val="009346D2"/>
     <w:rsid w:val="009348D7"/>
     <w:rsid w:val="00951A51"/>
     <w:rsid w:val="009543B6"/>
     <w:rsid w:val="009544CD"/>
     <w:rsid w:val="00956EF5"/>
     <w:rsid w:val="00962948"/>
     <w:rsid w:val="00963CB0"/>
     <w:rsid w:val="00963F6B"/>
+    <w:rsid w:val="009679F8"/>
     <w:rsid w:val="009721B6"/>
     <w:rsid w:val="00982864"/>
     <w:rsid w:val="00983444"/>
     <w:rsid w:val="009838EE"/>
     <w:rsid w:val="00984F96"/>
     <w:rsid w:val="00986B67"/>
+    <w:rsid w:val="00986BE8"/>
     <w:rsid w:val="00987E4F"/>
     <w:rsid w:val="009919E4"/>
     <w:rsid w:val="009953E9"/>
     <w:rsid w:val="00996B5F"/>
+    <w:rsid w:val="0099783F"/>
     <w:rsid w:val="00997ED0"/>
     <w:rsid w:val="009A0DF7"/>
     <w:rsid w:val="009A1A86"/>
     <w:rsid w:val="009A2D96"/>
     <w:rsid w:val="009A5038"/>
     <w:rsid w:val="009A5A1D"/>
     <w:rsid w:val="009B0AAE"/>
     <w:rsid w:val="009B143F"/>
     <w:rsid w:val="009B247D"/>
     <w:rsid w:val="009B5A41"/>
     <w:rsid w:val="009B7395"/>
+    <w:rsid w:val="009C7AE6"/>
     <w:rsid w:val="009C7DC0"/>
     <w:rsid w:val="009D10AD"/>
     <w:rsid w:val="009D2B8B"/>
     <w:rsid w:val="009D35B9"/>
     <w:rsid w:val="009D3EDE"/>
     <w:rsid w:val="009D4674"/>
     <w:rsid w:val="009D586C"/>
     <w:rsid w:val="009E0E48"/>
     <w:rsid w:val="009E47C4"/>
     <w:rsid w:val="009F2114"/>
     <w:rsid w:val="009F24E9"/>
     <w:rsid w:val="009F378B"/>
     <w:rsid w:val="009F3899"/>
     <w:rsid w:val="009F5D6A"/>
+    <w:rsid w:val="009F651F"/>
     <w:rsid w:val="00A007F9"/>
     <w:rsid w:val="00A02C0E"/>
     <w:rsid w:val="00A06EFD"/>
     <w:rsid w:val="00A1423B"/>
     <w:rsid w:val="00A164BC"/>
     <w:rsid w:val="00A17058"/>
     <w:rsid w:val="00A1749A"/>
     <w:rsid w:val="00A24682"/>
     <w:rsid w:val="00A2594A"/>
     <w:rsid w:val="00A25A95"/>
     <w:rsid w:val="00A3078C"/>
     <w:rsid w:val="00A3109C"/>
     <w:rsid w:val="00A33090"/>
     <w:rsid w:val="00A350B8"/>
     <w:rsid w:val="00A3566F"/>
     <w:rsid w:val="00A35E39"/>
     <w:rsid w:val="00A40431"/>
     <w:rsid w:val="00A4297A"/>
     <w:rsid w:val="00A43A16"/>
     <w:rsid w:val="00A46942"/>
     <w:rsid w:val="00A5322D"/>
     <w:rsid w:val="00A56AC7"/>
     <w:rsid w:val="00A57C2E"/>
     <w:rsid w:val="00A64115"/>
     <w:rsid w:val="00A64A25"/>
@@ -11341,118 +11453,122 @@
     <w:rsid w:val="00A77D39"/>
     <w:rsid w:val="00A80ADB"/>
     <w:rsid w:val="00A80C07"/>
     <w:rsid w:val="00A80F4A"/>
     <w:rsid w:val="00A86F37"/>
     <w:rsid w:val="00A925B4"/>
     <w:rsid w:val="00A9266E"/>
     <w:rsid w:val="00A941F5"/>
     <w:rsid w:val="00A96436"/>
     <w:rsid w:val="00AA22FC"/>
     <w:rsid w:val="00AA4634"/>
     <w:rsid w:val="00AA4C26"/>
     <w:rsid w:val="00AA5256"/>
     <w:rsid w:val="00AA6C91"/>
     <w:rsid w:val="00AA71C2"/>
     <w:rsid w:val="00AB4AB3"/>
     <w:rsid w:val="00AB724E"/>
     <w:rsid w:val="00AC1337"/>
     <w:rsid w:val="00AC4A3C"/>
     <w:rsid w:val="00AD1EB0"/>
     <w:rsid w:val="00AD2784"/>
     <w:rsid w:val="00AD639D"/>
     <w:rsid w:val="00AE3010"/>
     <w:rsid w:val="00AE49B4"/>
     <w:rsid w:val="00AF151B"/>
+    <w:rsid w:val="00AF29EE"/>
     <w:rsid w:val="00AF47E6"/>
     <w:rsid w:val="00AF4AF5"/>
     <w:rsid w:val="00AF4F3B"/>
     <w:rsid w:val="00AF5613"/>
     <w:rsid w:val="00B0020C"/>
     <w:rsid w:val="00B02F0F"/>
     <w:rsid w:val="00B05089"/>
     <w:rsid w:val="00B050D9"/>
     <w:rsid w:val="00B055A9"/>
+    <w:rsid w:val="00B10246"/>
     <w:rsid w:val="00B1129B"/>
     <w:rsid w:val="00B11FCB"/>
     <w:rsid w:val="00B13264"/>
     <w:rsid w:val="00B15EFB"/>
     <w:rsid w:val="00B164A6"/>
-    <w:rsid w:val="00B1670D"/>
     <w:rsid w:val="00B17F50"/>
     <w:rsid w:val="00B22335"/>
     <w:rsid w:val="00B22766"/>
     <w:rsid w:val="00B234E2"/>
     <w:rsid w:val="00B23A1D"/>
     <w:rsid w:val="00B2631C"/>
     <w:rsid w:val="00B32ED3"/>
     <w:rsid w:val="00B35032"/>
     <w:rsid w:val="00B35D3F"/>
     <w:rsid w:val="00B433CB"/>
     <w:rsid w:val="00B51DF0"/>
     <w:rsid w:val="00B54EED"/>
     <w:rsid w:val="00B55DCD"/>
     <w:rsid w:val="00B56B44"/>
     <w:rsid w:val="00B618E6"/>
     <w:rsid w:val="00B645F3"/>
+    <w:rsid w:val="00B65CDB"/>
     <w:rsid w:val="00B67333"/>
     <w:rsid w:val="00B67D82"/>
+    <w:rsid w:val="00B70A46"/>
     <w:rsid w:val="00B71CFF"/>
     <w:rsid w:val="00B72EEB"/>
     <w:rsid w:val="00B74409"/>
     <w:rsid w:val="00B90CEB"/>
     <w:rsid w:val="00B91250"/>
     <w:rsid w:val="00B94330"/>
     <w:rsid w:val="00BA11D0"/>
     <w:rsid w:val="00BA2B30"/>
     <w:rsid w:val="00BA4CE4"/>
     <w:rsid w:val="00BA6A02"/>
     <w:rsid w:val="00BB0EFC"/>
     <w:rsid w:val="00BB707F"/>
     <w:rsid w:val="00BC0AC2"/>
     <w:rsid w:val="00BC1C39"/>
     <w:rsid w:val="00BC4327"/>
     <w:rsid w:val="00BC6CCE"/>
     <w:rsid w:val="00BC722D"/>
     <w:rsid w:val="00BC7E77"/>
     <w:rsid w:val="00BD202C"/>
     <w:rsid w:val="00BD3B12"/>
     <w:rsid w:val="00BD412B"/>
     <w:rsid w:val="00BD702C"/>
     <w:rsid w:val="00BE0ECC"/>
     <w:rsid w:val="00BE15E8"/>
     <w:rsid w:val="00BE1E83"/>
     <w:rsid w:val="00BE275A"/>
     <w:rsid w:val="00BE2FA8"/>
     <w:rsid w:val="00BE35CB"/>
     <w:rsid w:val="00BE5A2A"/>
     <w:rsid w:val="00BE7CC5"/>
     <w:rsid w:val="00BE7DAE"/>
     <w:rsid w:val="00BF0484"/>
     <w:rsid w:val="00BF515E"/>
     <w:rsid w:val="00BF5738"/>
     <w:rsid w:val="00BF74DA"/>
+    <w:rsid w:val="00C024A0"/>
     <w:rsid w:val="00C03B1E"/>
     <w:rsid w:val="00C0682D"/>
     <w:rsid w:val="00C06A72"/>
     <w:rsid w:val="00C11B0A"/>
     <w:rsid w:val="00C17900"/>
     <w:rsid w:val="00C20FA2"/>
     <w:rsid w:val="00C21A63"/>
     <w:rsid w:val="00C21D31"/>
     <w:rsid w:val="00C22507"/>
     <w:rsid w:val="00C313EB"/>
     <w:rsid w:val="00C32EC4"/>
     <w:rsid w:val="00C40150"/>
     <w:rsid w:val="00C42B25"/>
     <w:rsid w:val="00C42DA1"/>
     <w:rsid w:val="00C45169"/>
     <w:rsid w:val="00C475DD"/>
     <w:rsid w:val="00C503AB"/>
     <w:rsid w:val="00C52DEE"/>
     <w:rsid w:val="00C54715"/>
     <w:rsid w:val="00C5570A"/>
     <w:rsid w:val="00C56EDB"/>
     <w:rsid w:val="00C56EDD"/>
     <w:rsid w:val="00C57A9A"/>
     <w:rsid w:val="00C67F29"/>
     <w:rsid w:val="00C725AA"/>
@@ -11480,153 +11596,160 @@
     <w:rsid w:val="00CB5D8D"/>
     <w:rsid w:val="00CB61F2"/>
     <w:rsid w:val="00CC078A"/>
     <w:rsid w:val="00CC106C"/>
     <w:rsid w:val="00CC292D"/>
     <w:rsid w:val="00CC357D"/>
     <w:rsid w:val="00CC3591"/>
     <w:rsid w:val="00CC3607"/>
     <w:rsid w:val="00CC6CD2"/>
     <w:rsid w:val="00CD526E"/>
     <w:rsid w:val="00CD5762"/>
     <w:rsid w:val="00CE083C"/>
     <w:rsid w:val="00CF5785"/>
     <w:rsid w:val="00CF7B13"/>
     <w:rsid w:val="00D02214"/>
     <w:rsid w:val="00D068EC"/>
     <w:rsid w:val="00D12F59"/>
     <w:rsid w:val="00D20D8D"/>
     <w:rsid w:val="00D21093"/>
     <w:rsid w:val="00D22AB7"/>
     <w:rsid w:val="00D26D29"/>
     <w:rsid w:val="00D31E6E"/>
     <w:rsid w:val="00D32AF6"/>
     <w:rsid w:val="00D35B90"/>
     <w:rsid w:val="00D43CF4"/>
+    <w:rsid w:val="00D442BD"/>
     <w:rsid w:val="00D468AA"/>
     <w:rsid w:val="00D47A9B"/>
+    <w:rsid w:val="00D50D0C"/>
     <w:rsid w:val="00D52327"/>
     <w:rsid w:val="00D52373"/>
+    <w:rsid w:val="00D52F70"/>
     <w:rsid w:val="00D53BA1"/>
     <w:rsid w:val="00D53F07"/>
     <w:rsid w:val="00D55B96"/>
     <w:rsid w:val="00D57172"/>
     <w:rsid w:val="00D57492"/>
     <w:rsid w:val="00D57ADE"/>
     <w:rsid w:val="00D61B1B"/>
     <w:rsid w:val="00D62308"/>
     <w:rsid w:val="00D62500"/>
     <w:rsid w:val="00D63BFF"/>
     <w:rsid w:val="00D65C89"/>
     <w:rsid w:val="00D66D9C"/>
     <w:rsid w:val="00D66F42"/>
     <w:rsid w:val="00D676F2"/>
     <w:rsid w:val="00D7251F"/>
     <w:rsid w:val="00D72F2D"/>
     <w:rsid w:val="00D76387"/>
     <w:rsid w:val="00D830B5"/>
     <w:rsid w:val="00D8461E"/>
     <w:rsid w:val="00D856D7"/>
     <w:rsid w:val="00D87701"/>
     <w:rsid w:val="00D91F56"/>
     <w:rsid w:val="00D95038"/>
     <w:rsid w:val="00D95182"/>
     <w:rsid w:val="00D95BE5"/>
     <w:rsid w:val="00D962A6"/>
     <w:rsid w:val="00D96404"/>
     <w:rsid w:val="00D9675F"/>
     <w:rsid w:val="00D97451"/>
     <w:rsid w:val="00DA28A6"/>
     <w:rsid w:val="00DA3FC0"/>
     <w:rsid w:val="00DA5258"/>
     <w:rsid w:val="00DA69AA"/>
+    <w:rsid w:val="00DA6C17"/>
     <w:rsid w:val="00DB34F1"/>
+    <w:rsid w:val="00DB3D8B"/>
     <w:rsid w:val="00DB3EE8"/>
+    <w:rsid w:val="00DB5891"/>
     <w:rsid w:val="00DB78B2"/>
     <w:rsid w:val="00DB7A1E"/>
     <w:rsid w:val="00DC27EB"/>
     <w:rsid w:val="00DC2895"/>
     <w:rsid w:val="00DC5A4C"/>
     <w:rsid w:val="00DC66B3"/>
     <w:rsid w:val="00DC74E9"/>
     <w:rsid w:val="00DD2319"/>
     <w:rsid w:val="00DD6E7F"/>
     <w:rsid w:val="00DD74CD"/>
     <w:rsid w:val="00DE19DC"/>
     <w:rsid w:val="00DE2565"/>
     <w:rsid w:val="00DE3BD4"/>
     <w:rsid w:val="00DE4801"/>
     <w:rsid w:val="00DE57B4"/>
     <w:rsid w:val="00DE6974"/>
     <w:rsid w:val="00DF1323"/>
     <w:rsid w:val="00DF26AE"/>
     <w:rsid w:val="00DF3898"/>
     <w:rsid w:val="00E003E9"/>
     <w:rsid w:val="00E01487"/>
     <w:rsid w:val="00E03232"/>
     <w:rsid w:val="00E03419"/>
     <w:rsid w:val="00E0542B"/>
     <w:rsid w:val="00E055CA"/>
     <w:rsid w:val="00E05879"/>
     <w:rsid w:val="00E06982"/>
     <w:rsid w:val="00E07DCC"/>
     <w:rsid w:val="00E126D7"/>
     <w:rsid w:val="00E21C57"/>
     <w:rsid w:val="00E24771"/>
     <w:rsid w:val="00E25676"/>
     <w:rsid w:val="00E310E8"/>
     <w:rsid w:val="00E33A4E"/>
     <w:rsid w:val="00E34F68"/>
     <w:rsid w:val="00E35EE0"/>
     <w:rsid w:val="00E35F83"/>
     <w:rsid w:val="00E41EC8"/>
     <w:rsid w:val="00E449A5"/>
-    <w:rsid w:val="00E47F43"/>
+    <w:rsid w:val="00E46121"/>
     <w:rsid w:val="00E52B52"/>
     <w:rsid w:val="00E54CCE"/>
     <w:rsid w:val="00E6397D"/>
     <w:rsid w:val="00E64FFA"/>
     <w:rsid w:val="00E72937"/>
     <w:rsid w:val="00E73164"/>
     <w:rsid w:val="00E73561"/>
     <w:rsid w:val="00E73933"/>
     <w:rsid w:val="00E74534"/>
     <w:rsid w:val="00E74810"/>
     <w:rsid w:val="00E81158"/>
     <w:rsid w:val="00E8179B"/>
     <w:rsid w:val="00E82AAC"/>
     <w:rsid w:val="00E85B2C"/>
     <w:rsid w:val="00E9193B"/>
     <w:rsid w:val="00E921B4"/>
     <w:rsid w:val="00E93D72"/>
     <w:rsid w:val="00EA0B52"/>
     <w:rsid w:val="00EA1F85"/>
     <w:rsid w:val="00EA5A26"/>
     <w:rsid w:val="00EA6E9A"/>
     <w:rsid w:val="00EA7E9B"/>
     <w:rsid w:val="00EB1001"/>
     <w:rsid w:val="00EB26B8"/>
+    <w:rsid w:val="00EB5AE2"/>
     <w:rsid w:val="00EC157F"/>
     <w:rsid w:val="00EC1E6B"/>
     <w:rsid w:val="00EC250F"/>
     <w:rsid w:val="00EC2D83"/>
     <w:rsid w:val="00EC37FF"/>
     <w:rsid w:val="00EC45E5"/>
     <w:rsid w:val="00EC7888"/>
     <w:rsid w:val="00ED0829"/>
     <w:rsid w:val="00ED413B"/>
     <w:rsid w:val="00ED7A89"/>
     <w:rsid w:val="00EE0C08"/>
     <w:rsid w:val="00EE172E"/>
     <w:rsid w:val="00EE321E"/>
     <w:rsid w:val="00EE56EE"/>
     <w:rsid w:val="00EE651D"/>
     <w:rsid w:val="00EF08A1"/>
     <w:rsid w:val="00EF09C1"/>
     <w:rsid w:val="00EF0D24"/>
     <w:rsid w:val="00EF168B"/>
     <w:rsid w:val="00EF34A5"/>
     <w:rsid w:val="00EF71AD"/>
     <w:rsid w:val="00F039E3"/>
     <w:rsid w:val="00F04E3E"/>
     <w:rsid w:val="00F131A4"/>
     <w:rsid w:val="00F151B7"/>
@@ -11646,51 +11769,53 @@
     <w:rsid w:val="00F458E6"/>
     <w:rsid w:val="00F50902"/>
     <w:rsid w:val="00F540D1"/>
     <w:rsid w:val="00F54DE7"/>
     <w:rsid w:val="00F61C3B"/>
     <w:rsid w:val="00F64B8C"/>
     <w:rsid w:val="00F67880"/>
     <w:rsid w:val="00F6792E"/>
     <w:rsid w:val="00F7108F"/>
     <w:rsid w:val="00F744F1"/>
     <w:rsid w:val="00F746F5"/>
     <w:rsid w:val="00F76DFE"/>
     <w:rsid w:val="00F822E4"/>
     <w:rsid w:val="00F84A47"/>
     <w:rsid w:val="00F920FC"/>
     <w:rsid w:val="00F93697"/>
     <w:rsid w:val="00F93B85"/>
     <w:rsid w:val="00F96328"/>
     <w:rsid w:val="00FA7706"/>
     <w:rsid w:val="00FA7858"/>
     <w:rsid w:val="00FC0044"/>
     <w:rsid w:val="00FC391E"/>
     <w:rsid w:val="00FC65F3"/>
     <w:rsid w:val="00FC6815"/>
     <w:rsid w:val="00FD16DE"/>
+    <w:rsid w:val="00FD1C51"/>
     <w:rsid w:val="00FD38C0"/>
+    <w:rsid w:val="00FD46E1"/>
     <w:rsid w:val="00FE0ED8"/>
     <w:rsid w:val="00FE349E"/>
     <w:rsid w:val="00FF3D5E"/>
     <w:rsid w:val="00FF3F80"/>
     <w:rsid w:val="00FF4011"/>
     <w:rsid w:val="00FF457F"/>
     <w:rsid w:val="00FF47B5"/>
     <w:rsid w:val="00FF50E5"/>
     <w:rsid w:val="00FF627C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:attachedSchema w:val="schemas-tilde-lv/tildestengine"/>
   <w:themeFontLang w:val="lv-LV"/>
@@ -12068,428 +12193,428 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00315BC3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004B5C15"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="004B5C15"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="004B5C15"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:semiHidden/>
     <w:rsid w:val="004B5C15"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="004B5C15"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="004B5C15"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:qFormat/>
     <w:rsid w:val="004B5C15"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5580"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="40"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar1RakstzRakstzCharChar1RakstzRakstzCharCharCharCharCharCharRakstzRakstzCharCharCharChar">
     <w:name w:val="Char Char1 Rakstz. Rakstz. Char Char1 Rakstz. Rakstz. Char Char Char Char Char Char Rakstz. Rakstz. Char Char Char Char"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="004B5C15"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharRakstzRakstz">
     <w:name w:val="Rakstz. Rakstz. Char Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="005A63AB"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstzCharRakstzRakstzCharCharRakstzRakstz">
     <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Rakstz. Rakstz. Char Char Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="005A63AB"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00555CE0"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar3RakstzRakstzCharChar1CharCharCharCharRakstzRakstzCharRakstzRakstz">
     <w:name w:val="Char Char3 Rakstz. Rakstz. Char Char1 Char Char Char Char Rakstz. Rakstz. Char Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00B51DF0"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts3">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:before="94" w:after="94"/>
       <w:ind w:firstLine="468"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstz">
     <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naispant">
     <w:name w:val="naispant"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00584D6F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
     <w:semiHidden/>
     <w:rsid w:val="00D856D7"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:semiHidden/>
     <w:rsid w:val="00D856D7"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-    <w:next w:val="CommentText"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
     <w:semiHidden/>
     <w:rsid w:val="00D856D7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:semiHidden/>
     <w:rsid w:val="00D856D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar1RakstzRakstz">
     <w:name w:val="Char Char1 Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00B164A6"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharRakstzRakstz">
     <w:name w:val="Char Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00F151B7"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00DC66B3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar1RakstzRakstzCharChar1RakstzRakstzCharCharCharCharCharCharRakstzRakstzCharCharCharChar0">
     <w:name w:val="Char Char1 Rakstz. Rakstz. Char Char1 Rakstz. Rakstz. Char Char Char Char Char Char Rakstz. Rakstz. Char Char Char Char_0"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00685D18"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="txt1">
     <w:name w:val="txt1"/>
     <w:rsid w:val="00DD2319"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="397"/>
         <w:tab w:val="left" w:pos="794"/>
         <w:tab w:val="left" w:pos="1191"/>
         <w:tab w:val="left" w:pos="1588"/>
         <w:tab w:val="left" w:pos="1985"/>
         <w:tab w:val="left" w:pos="2382"/>
@@ -12500,127 +12625,127 @@
         <w:tab w:val="left" w:pos="4367"/>
         <w:tab w:val="left" w:pos="4764"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="!Neo'w Arial" w:hAnsi="!Neo'w Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IngridaO">
     <w:name w:val="IngridaO"/>
     <w:semiHidden/>
     <w:rsid w:val="00EC250F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstzCharChar">
     <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="00C5570A"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00050C1E"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00494231"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Pamatteksts"/>
     <w:rsid w:val="00C74E30"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharChar1">
     <w:name w:val="Char Char Rakstz. Rakstz. Char Char1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:rsid w:val="002E5E43"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:link w:val="Komentrateksts"/>
     <w:semiHidden/>
     <w:rsid w:val="00C21D31"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="00C21D31"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -12914,81 +13039,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...29 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -13115,136 +13209,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E547BCC-E751-4B0F-B628-109E2C991828}">
-[...25 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E6E0224-2BBA-41A7-A217-2B94DC4F54E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E547BCC-E751-4B0F-B628-109E2C991828}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{270ECCB8-F12D-495B-84CD-08D20FA42D12}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABE99449-9B1A-4D86-9E4A-54A46B6F1172}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0EA927C-550B-4EAD-9BC1-CF0E8181FB32}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1B3324D-4A47-4F30-9269-0E9C1C398B3D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>6457</Words>
-  <Characters>3681</Characters>
+  <Words>7049</Words>
+  <Characters>4018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10118</CharactersWithSpaces>
+  <CharactersWithSpaces>11045</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>UnaI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>