--- v0 (2025-10-05)
+++ v1 (2025-12-15)
@@ -8,478 +8,473 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:bookmarkStart w:id="2" w:name="OLE_LINK3"/>
       <w:bookmarkStart w:id="3" w:name="OLE_LINK4"/>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:firstLine="75"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="75"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūrai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A366A" w:rsidRPr="002A366A" w:rsidRDefault="002A366A" w:rsidP="002A366A"/>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="002A366A" w:rsidRPr="00BC4D29" w:rsidRDefault="002A366A" w:rsidP="002A366A"/>
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(klienta vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681"/>
-    <w:p w:rsidR="00D446A3" w:rsidRDefault="00543C36" w:rsidP="00862E73">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681"/>
+    <w:p w:rsidR="00D446A3" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00862E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IESNIEGUMS</w:t>
       </w:r>
-      <w:r w:rsidR="0061304D">
+      <w:r w:rsidR="0061304D" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00862E73" w:rsidRPr="00862E73" w:rsidRDefault="00543C36" w:rsidP="00862E73">
+    <w:p w:rsidR="00862E73" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00862E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00862E73">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>par obligātās veselības pārbaudes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="00862E73" w:rsidRDefault="00543C36" w:rsidP="00862E73">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00862E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00862E73">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmaksu kompensēšanu</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00571ED2" w:rsidRPr="00571ED2" w:rsidRDefault="00543C36" w:rsidP="00571ED2">
+    <w:p w:rsidR="00571ED2" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00571ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00571ED2">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(AF projekts „Prasmju pilnveide pieaugušajiem” Nr. 3.1.2.5.i.0/1/23/I/CFLA/001)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02BCB" w:rsidRPr="00AE2812" w:rsidRDefault="00D02BCB" w:rsidP="00862E73">
+    <w:p w:rsidR="00D02BCB" w:rsidRPr="00BC4D29" w:rsidRDefault="00D02BCB" w:rsidP="00862E73">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D02BCB" w:rsidRDefault="00D02BCB" w:rsidP="00D02BCB"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="008B6411" w:rsidRPr="001D53A8" w:rsidRDefault="00543C36" w:rsidP="002B660C">
+    <w:p w:rsidR="00D02BCB" w:rsidRPr="00BC4D29" w:rsidRDefault="00D02BCB" w:rsidP="00D02BCB"/>
+    <w:p w:rsidR="00862E73" w:rsidRPr="00BC4D29" w:rsidRDefault="00862E73" w:rsidP="00D02BCB"/>
+    <w:p w:rsidR="008B6411" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="002B660C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A911CD">
+      <w:r w:rsidR="00A911CD" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00DD5681">
+      <w:r w:rsidR="00DD5681" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>ūdzu</w:t>
       </w:r>
-      <w:r w:rsidR="007248A5">
+      <w:r w:rsidR="007248A5" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C0670E">
+      <w:r w:rsidR="00C0670E" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>kompensēt</w:t>
       </w:r>
-      <w:r w:rsidR="0035752C">
+      <w:r w:rsidR="0035752C" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0035752C">
+      <w:r w:rsidR="0035752C" w:rsidRPr="00BC4D29">
         <w:t>izmaks</w:t>
       </w:r>
-      <w:r w:rsidR="00AC525D">
+      <w:r w:rsidR="00AC525D" w:rsidRPr="00BC4D29">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="0035752C">
+      <w:r w:rsidR="0035752C" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="0035752C">
+      <w:r w:rsidR="0035752C" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>___.___ EUR apmērā</w:t>
       </w:r>
-      <w:r w:rsidR="0035752C">
+      <w:r w:rsidR="0035752C" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C47B11">
+      <w:r w:rsidR="00C47B11" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r w:rsidR="0035752C">
+      <w:r w:rsidR="0035752C" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E749E5">
+      <w:r w:rsidR="00E749E5" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>obligāto veselības pārbaudi, kura veikta</w:t>
       </w:r>
-      <w:r w:rsidR="00C0670E">
+      <w:r w:rsidR="00C0670E" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E749E5">
+      <w:r w:rsidR="00E749E5" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>aktīvā nodarbinātības pasākuma</w:t>
       </w:r>
-      <w:r w:rsidR="004D0F12">
+      <w:r w:rsidR="004D0F12" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A911CD" w:rsidRPr="00C76BFF">
+      <w:r w:rsidR="00A911CD" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00A8079D">
+      <w:r w:rsidR="00A8079D" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Ap</w:t>
       </w:r>
-      <w:r w:rsidR="00571ED2" w:rsidRPr="00571ED2">
+      <w:r w:rsidR="00571ED2" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>mācība pie darba devēja</w:t>
       </w:r>
-      <w:r w:rsidR="004D0F12">
+      <w:r w:rsidR="004D0F12" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00A911CD">
+      <w:r w:rsidR="00A911CD" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> (turpmāk – P</w:t>
       </w:r>
-      <w:r w:rsidR="004C52F4">
+      <w:r w:rsidR="004C52F4" w:rsidRPr="00BC4D29">
         <w:t>asākums</w:t>
       </w:r>
-      <w:r w:rsidR="00A911CD">
+      <w:r w:rsidR="00A911CD" w:rsidRPr="00BC4D29">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00E749E5">
+      <w:r w:rsidR="00E749E5" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> ietvaros</w:t>
       </w:r>
-      <w:r w:rsidR="001B1158">
+      <w:r w:rsidR="001B1158" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00226A8C">
+      <w:r w:rsidR="00226A8C" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilstoši</w:t>
       </w:r>
-      <w:r w:rsidR="00B82A6A">
+      <w:r w:rsidR="00B82A6A" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegtajiem maksājum</w:t>
       </w:r>
-      <w:r w:rsidR="00CE45C2">
+      <w:r w:rsidR="00CE45C2" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidR="00B82A6A">
+      <w:r w:rsidR="00B82A6A" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> pamatojošiem dokumentiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>62230</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6287770" cy="284480"/>
                 <wp:effectExtent l="5715" t="7620" r="12065" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -489,631 +484,581 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6287770" cy="284480"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="002F2223" w:rsidRDefault="00543C36">
+                          <w:p w:rsidR="002F2223" w:rsidRDefault="00BA2C0D">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>1. Informācija par</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve"> klientu</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1025" type="#_x0000_t202" style="width:495.1pt;height:22.4pt;margin-top:4.9pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251659264" fillcolor="silver">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:4.9pt;width:495.1pt;height:22.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8la9THQIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkiY14hRbug4D&#10;ugvQ7gNkWbaF6TZKid19fSk5TYNuexlmA4IoUkfkOeTmatSKHAR4aU1F57OcEmG4baTpKvr9/ubN&#10;mhIfmGmYskZU9EF4erV9/WozuFIUtreqEUAQxPhycBXtQ3BllnneC838zDph0Nla0CygCV3WABsQ&#10;XausyPOLbLDQOLBceI+n15OTbhN+2woevratF4GoimJuIa2Q1jqu2XbDyg6Y6yU/psH+IQvNpMFH&#10;T1DXLDCyB/kblJYcrLdtmHGrM9u2kotUA1Yzz19Uc9czJ1ItSI53J5r8/4PlXw7fgMimom8pMUyj&#10;RPdiDOS9HUkR2RmcLzHozmFYGPEYVU6Vendr+Q9PjN31zHTiHYAdesEazG4eb2ZnVyccH0Hq4bNt&#10;8Bm2DzYBjS3oSB2SQRAdVXo4KRNT4Xh4UaxXqxW6OPqK9WKxTtJlrHy67cCHj8JqEjcVBVQ+obPD&#10;rQ8xG1Y+hcTHvFWyuZFKJQO6eqeAHBh2yS6PfyrgRZgyZKjo5bJYTgT8FSJP358gtAzY7krqiq5P&#10;QayMtH0wTWrGwKSa9piyMkceI3UTiWGsx6MutW0ekFGwU1vjGOKmt/CLkgFbuqL+556BoER9MqjK&#10;5XyxiDOQjMVyVaAB55763MMMR6iKBkqm7S5Mc7N3ILseX3pWGZszMXwcpNj953aq4Xnct48AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA6+yKF2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BToQwEAbg&#10;u4nv0IyJN7d1oxtBho0h2agnI4v3QkdAaUtoWfDtHU/ucfJP/vkm2692ECeaQu8dwu1GgSDXeNO7&#10;FqE6Hm4eQISondGDd4TwQwH2+eVFplPjF/dOpzK2gktcSDVCF+OYShmajqwOGz+S4+zTT1ZHHqdW&#10;mkkvXG4HuVVqJ63uHV/o9EhFR813OVuE1/mr8fVHrZ7HwhZvS1m9HA8V4vXV+vQIItIa/5fhj890&#10;yNlU+9mZIAYEfiQiJMznMEnUFkSNcH+3A5ln8lyf/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC8la9THQIAADYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQA6+yKF2gAAAAUBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="002F2223" w14:paraId="6F349A6F" w14:textId="555A9DF6">
+                    <w:p w:rsidR="002F2223" w:rsidRDefault="00BA2C0D">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>1. Informācija par klientu</w:t>
+                        <w:t>1. Informācija par</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> klientu</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vārds, uzvārds: ________________________________, p.k. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
-[...61 lines deleted...]
-    <w:p w:rsidR="00DD5681" w:rsidRPr="00D36C4E" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D36C4E">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Tālruņa numurs:_______________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00C37274">
+      <w:r w:rsidR="00C37274" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D36C4E">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D36C4E">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>E-pasta adrese ________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00C37274">
+      <w:r w:rsidR="00C37274" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D36C4E">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00C37274">
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bankas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosaukums:___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37274" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
-      <w:r w:rsidR="004D0F12">
+      <w:r w:rsidR="004D0F12" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B82A6A" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00B82A6A" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Konta numurs: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D16EF7" w:rsidRDefault="00D16EF7">
+    <w:p w:rsidR="00D16EF7" w:rsidRPr="00BC4D29" w:rsidRDefault="00D16EF7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6287770" cy="336550"/>
                 <wp:effectExtent l="5715" t="12700" r="12065" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1121,189 +1066,203 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6287770" cy="336550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="002F2223" w:rsidRPr="00B82A6A" w:rsidRDefault="00543C36" w:rsidP="00B82A6A">
+                          <w:p w:rsidR="002F2223" w:rsidRPr="00B82A6A" w:rsidRDefault="00BA2C0D" w:rsidP="00B82A6A">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2160"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>2. Informācija par darba devēju</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:495.1pt;height:26.5pt;margin-top:0.95pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251661312" fillcolor="silver">
+              <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:.95pt;width:495.1pt;height:26.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmz9SQIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhxc6sRp9jSdRjQ&#10;XYB2HyDLsi1MEjVJiZ19/Sg5TYNuexlmA4IoUkfkOeTmZtCKHITzEkxJZ5MpJcJwqKVpS/rt8e7N&#10;mhIfmKmZAiNKehSe3mxfv9r0thA5dKBq4QiCGF/0tqRdCLbIMs87oZmfgBUGnQ04zQKars1qx3pE&#10;1yrLp9Nl1oOrrQMuvMfT29FJtwm/aQQPX5rGi0BUSTG3kFaX1iqu2XbDitYx20l+SoP9QxaaSYOP&#10;nqFuWWBk7+RvUFpyBx6aMOGgM2gayUWqAauZTV9U89AxK1ItSI63Z5r8/4Plnw9fHZF1SXNKDNMo&#10;0aMYAnkHA1lGdnrrCwx6sBgWBjxGlVOl3t4D/+6JgV3HTCveOgd9J1iN2c3izezi6ojjI0jVf4Ia&#10;n2H7AAloaJyO1CEZBNFRpeNZmZgKx8Nlvl6tVuji6Lu6Wi4WSbqMFU+3rfPhgwBN4qakDpVP6Oxw&#10;70PMhhVPIfExD0rWd1KpZLi22ilHDgy7ZDeNfyrgRZgypC/p9SJfjAT8FWKavj9BaBmw3ZXUJV2f&#10;g1gRaXtv6tSMgUk17jFlZU48RupGEsNQDUmwRHLkuIL6iMQ6GLsbpxE3HbiflPTY2SX1P/bMCUrU&#10;R4PiXM/m8zgKyZgvVjka7tJTXXqY4QhV0kDJuN2FcXz21sm2w5eexcYeTUSf5ikOwaWdSnme+u0v&#10;AAAA//8DAFBLAwQUAAYACAAAACEAHxRrj9oAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+E&#10;MBCF7yb+h2ZMvLmtGzWClI0h2agnI4v3QmeBlU4JLQv+e8eTHue9l/e+yXarG8QZp9B70nC7USCQ&#10;Gm97ajVUh/3NI4gQDVkzeEIN3xhgl19eZCa1fqEPPJexFVxCITUauhjHVMrQdOhM2PgRib2jn5yJ&#10;fE6ttJNZuNwNcqvUg3SmJ17ozIhFh81XOTsNb/Op8fVnrV7GwhXvS1m9HvaV1tdX6/MTiIhr/AvD&#10;Lz6jQ85MtZ/JBjFo4EciqwkINpNEbUHUGu7vEpB5Jv/T5z8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAJs/UkCECAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAHxRrj9oAAAAFAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="002F2223" w:rsidRPr="00B82A6A" w:rsidP="00B82A6A" w14:paraId="6F349A70" w14:textId="77777777">
+                    <w:p w:rsidR="002F2223" w:rsidRPr="00B82A6A" w:rsidRDefault="00BA2C0D" w:rsidP="00B82A6A">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2160"/>
                         </w:tabs>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>2. Informācija par darba devēju</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681" w:rsidP="004E67F9">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681" w:rsidP="004E67F9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D53A8" w:rsidRDefault="001D53A8">
+    <w:p w:rsidR="001D53A8" w:rsidRPr="00BC4D29" w:rsidRDefault="001D53A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D53A8" w:rsidRDefault="00543C36" w:rsidP="00D02BCB">
+    <w:p w:rsidR="001D53A8" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00E1363F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Darba devēja nosaukums, kurš izsniedzis </w:t>
       </w:r>
-      <w:r w:rsidR="00936E3D">
+      <w:r w:rsidR="00936E3D" w:rsidRPr="00BC4D29">
         <w:t>o</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:t>bligātās veselības pārbaudes karti</w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004C52F4">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ietvaros __________________________________________________</w:t>
+      <w:bookmarkStart w:id="4" w:name="_Hlk215154728"/>
+      <w:r w:rsidR="00462C4F" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">pirms darba tiesisko </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1363F" w:rsidRPr="00BC4D29">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00462C4F" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">ttiecību </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1363F" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">uzsākšanas </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="004C52F4" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">Pasākuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
+        <w:t>ietvaros __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D16EF7" w:rsidRPr="001D53A8" w:rsidRDefault="00D16EF7" w:rsidP="00D02BCB">
+    <w:p w:rsidR="00D16EF7" w:rsidRPr="00BC4D29" w:rsidRDefault="00D16EF7" w:rsidP="00D02BCB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:ind w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>52705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6274435" cy="309245"/>
                 <wp:effectExtent l="5715" t="13970" r="6350" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1311,1669 +1270,1877 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6274435" cy="309245"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="002F2223" w:rsidRDefault="00543C36">
+                          <w:p w:rsidR="002F2223" w:rsidRDefault="00BA2C0D">
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>3. Klient</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>a apliecinājums</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 8" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:494.05pt;height:24.35pt;margin-top:4.15pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251663360" fillcolor="silver">
+              <v:shape id="Text Box 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:4.15pt;width:494.05pt;height:24.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1dB5SIwIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxnTYx4hRbug4D&#10;ugvQ7gNoWbaFyZImKbGzrx8lp6mx7WmYDQikSB2Sh+T2duwlOXLrhFYlXS5SSrhiuhaqLem3p/s3&#10;a0qcB1WD1IqX9MQdvd29frUdTMEz3WlZc0sQRLliMCXtvDdFkjjW8R7cQhuu0Nho24NH1bZJbWFA&#10;9F4mWZpeJ4O2tbGacefw9m4y0l3EbxrO/JemcdwTWVLMzcfTxrMKZ7LbQtFaMJ1g5zTgH7LoQSgM&#10;eoG6Aw/kYMUfUL1gVjvd+AXTfaKbRjAea8Bqlulv1Tx2YHisBclx5kKT+3+w7PPxqyWixt5RoqDH&#10;Fj3x0ZN3eiTrwM5gXIFOjwbd/IjXwTNU6syDZt8dUXrfgWr5W2v10HGoMbtleJnMnk44LoBUwydd&#10;Yxg4eB2Bxsb2ARDJIIiOXTpdOhNSYXh5nd3k+dWKEoa2q3ST5asYAorn18Y6/4HrngShpBY7H9Hh&#10;+OB8yAaKZ5eYvZaivhdSRsW21V5acgSckn0a/jO6m7tJRYaSblbZaiJgbnNziDR+f4Pohcdxl6Iv&#10;6friBEWg7b2q4zB6EHKSMWWpzjwG6iYS/ViNsWFZCBA4rnR9QmKtnqYbtxGFTtuflAw42SV1Pw5g&#10;OSXyo8LmbJZ5HlYhKvnqJkPFzi3V3AKKIVRJPSWTuPfT+hyMFW2HkV6ajTMaiT7vU1iCuR5Ledn6&#10;3S8AAAD//wMAUEsDBBQABgAIAAAAIQAjfNv+2gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T4QwFITvJv6H5pl4c9vVqIg8NoZko56MLN4LfQJKXwktC/5768k9TmYy8022W+0gjjT53jHCdqNA&#10;EDfO9NwiVIf9VQLCB81GD44J4Yc87PLzs0ynxi38TscytCKWsE81QhfCmErpm46s9hs3Ekfv001W&#10;hyinVppJL7HcDvJaqTtpdc9xodMjFR013+VsEV7nr8bVH7V6HgtbvC1l9XLYV4iXF+vTI4hAa/gP&#10;wx9+RIc8MtVuZuPFgBCPBITkBkQ0H5JkC6JGuL1XIPNMntLnvwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA1dB5SIwIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAjfNv+2gAAAAUBAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="002F2223" w14:paraId="6F349A71" w14:textId="3EF71A76">
+                    <w:p w:rsidR="002F2223" w:rsidRDefault="00BA2C0D">
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>3. Klient</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>a apliecinājums</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681" w:rsidP="008F41E7">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681" w:rsidP="008F41E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D02BCB" w:rsidRDefault="00D02BCB" w:rsidP="00D02BCB">
+    <w:p w:rsidR="00D02BCB" w:rsidRPr="00BC4D29" w:rsidRDefault="00D02BCB" w:rsidP="00D02BCB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF59C5" w:rsidRDefault="00543C36" w:rsidP="00D446A3">
+    <w:p w:rsidR="00FF59C5" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00D446A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00384750">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">Par </w:t>
       </w:r>
-      <w:r w:rsidR="004D0F12">
+      <w:r w:rsidR="004D0F12" w:rsidRPr="00BC4D29">
         <w:t>obligāto veselības pārbaudi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00384750">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> maksājumi veikt</w:t>
       </w:r>
-      <w:r w:rsidR="0061304D">
+      <w:r w:rsidR="0061304D" w:rsidRPr="00BC4D29">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00384750">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B86EF6">
+      <w:r w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve"> laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A111FA" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve"> pirms darba tiesisko attiecību uzsākšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86EF6" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">man </w:t>
       </w:r>
-      <w:r w:rsidR="0092780D">
+      <w:r w:rsidR="0092780D" w:rsidRPr="00BC4D29">
         <w:t>Aģentūrā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00384750">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> bija</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3B21">
+      <w:r w:rsidR="00ED3B21" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> piešķirts bezdarbnieka statuss</w:t>
       </w:r>
-      <w:r w:rsidR="00936E3D">
-[...5 lines deleted...]
-      <w:r w:rsidR="009B4790" w:rsidRPr="00E11583">
+      <w:r w:rsidR="00936E3D" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve"> un saņemts </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4790" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">individuālais darba meklēšanas plāns ar </w:t>
       </w:r>
-      <w:r w:rsidR="00936E3D" w:rsidRPr="00E11583">
+      <w:r w:rsidR="00936E3D" w:rsidRPr="00BC4D29">
         <w:t>norīkojum</w:t>
       </w:r>
-      <w:r w:rsidR="009B4790" w:rsidRPr="00E11583">
+      <w:r w:rsidR="009B4790" w:rsidRPr="00BC4D29">
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00936E3D">
+      <w:r w:rsidR="00936E3D" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> dalībai </w:t>
       </w:r>
-      <w:r w:rsidR="004C52F4">
+      <w:r w:rsidR="004C52F4" w:rsidRPr="00BC4D29">
         <w:t>Pasākumā</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3B21">
+      <w:r w:rsidR="00ED3B21" w:rsidRPr="00BC4D29">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF59C5" w:rsidRDefault="00543C36" w:rsidP="00FF59C5">
+    <w:p w:rsidR="00FF59C5" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00FF59C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00384750">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t>esniegumu par</w:t>
       </w:r>
-      <w:r w:rsidR="008107F5">
+      <w:r w:rsidR="008107F5" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE45C2">
+      <w:r w:rsidR="00CE45C2" w:rsidRPr="00BC4D29">
         <w:t>izmaksu kompensēšanu</w:t>
       </w:r>
-      <w:r w:rsidR="008107F5">
+      <w:r w:rsidR="008107F5" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B86EF6">
+      <w:r w:rsidR="00B86EF6" w:rsidRPr="00BC4D29">
         <w:t>esmu</w:t>
       </w:r>
-      <w:r w:rsidR="008107F5">
+      <w:r w:rsidR="008107F5" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> iesniedzis </w:t>
       </w:r>
-      <w:r w:rsidR="0092780D">
+      <w:r w:rsidR="0092780D" w:rsidRPr="00BC4D29">
         <w:t>Aģentūrā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00384750">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008107F5" w:rsidRPr="00384750">
+      <w:r w:rsidR="008107F5" w:rsidRPr="00BC4D29">
         <w:t>10 darba dienu laikā</w:t>
       </w:r>
-      <w:r w:rsidR="00C83415">
+      <w:r w:rsidR="00C83415" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> no dienas, kad saņemts arodslimību ārsta atzinums</w:t>
       </w:r>
-      <w:r w:rsidR="000B5D4B">
+      <w:r w:rsidR="000B5D4B" w:rsidRPr="00BC4D29">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02BCB" w:rsidRDefault="00543C36" w:rsidP="00FF59C5">
+    <w:p w:rsidR="00D02BCB" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00FF59C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:t>Esmu iepazi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">nies ar nosacījumu, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="0092780D" w:rsidRPr="00BC4D29">
+        <w:t xml:space="preserve">Aģentūrā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">kompensē izmaksas par obligāto veselības pārbaudi ne vairāk kā </w:t>
       </w:r>
-      <w:r w:rsidR="00A32008">
+      <w:r w:rsidR="00A32008" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">50 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:t>EUR apmērā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="00B86EF6" w:rsidRDefault="00543C36" w:rsidP="00B86EF6">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00B86EF6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B86EF6">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Iesniegumā norādītā informācija ir patiesa</w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C2E36" w:rsidRDefault="00543C36" w:rsidP="003C2E36">
+    <w:p w:rsidR="003C2E36" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="003C2E36">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Apliecinu, ka </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>maksājuma dokument</w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB" w:rsidRPr="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB" w:rsidRPr="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>obligāt</w:t>
       </w:r>
-      <w:r w:rsidR="00D36C4E">
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB" w:rsidRPr="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> veselības pārbaud</w:t>
       </w:r>
-      <w:r w:rsidR="00D36C4E">
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>es veikšanu</w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB" w:rsidRPr="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nav </w:t>
       </w:r>
-      <w:r w:rsidR="00C57521">
+      <w:r w:rsidR="00C57521" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un netiks </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iesniegt</w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB" w:rsidRPr="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izdevumu </w:t>
       </w:r>
-      <w:r w:rsidR="00D02BCB" w:rsidRPr="00D02BCB">
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kompensēšanai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02BCB">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> no vairākiem publiskiem finansēšanas avotiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="00BC4D29" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="00300E5B" w:rsidRDefault="00543C36" w:rsidP="00300E5B">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00300E5B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="0" w:right="-6" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00300E5B">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Esmu informēts, ka, piesakoties</w:t>
       </w:r>
-      <w:r w:rsidR="00E11583" w:rsidRPr="00300E5B">
+      <w:r w:rsidR="00E11583" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E11583">
+        <w:t xml:space="preserve"> obligātās veselības pārbaudes izmaksu kompensācijai</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4979" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>obligātās veselības pārbaudes izmaksu kompensācijai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED4979">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00300E5B">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4979" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED4979">
+        <w:t>ģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ģentūra</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00300E5B">
+        <w:t xml:space="preserve"> veiks manu personas datu apstrādi, pamatojoties uz Bezdarbnieku un darba meklētāju atbalsta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> veiks manu personas datu apstrādi, pamatojoties uz Bezdarbnieku un darba</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00300E5B">
+        <w:t xml:space="preserve"> likumu, Ministru kabineta 2011. gada 25. janvāra noteikumiem Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”, Ministru kabin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> meklētāju atbalsta likumu, Ministru kabineta 2011. gada 25. janvāra noteikumiem Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principi</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00300E5B">
+        <w:t xml:space="preserve">eta 2015.gada 24.februāra noteikumiem Nr.103 “Bezdarbnieka un darba meklētāja statusa piešķiršanas kārtība un statusa piešķiršanai nepieciešamie dokumenti” un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2017.gada 28.marta noteikumiem Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00731DE8" w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>72 “Bezdarbnieku uzskaites un reģistrēto vak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anču informācijas sistēmas noteikumi”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">em”, Ministru kabineta 2015.gada 24.februāra noteikumiem Nr.103 “Bezdarbnieka un darba meklētāja statusa piešķiršanas kārtība un statusa piešķiršanai nepieciešamie dokumenti” un </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="00BC4D29" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00524A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6274435" cy="309245"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6274435" cy="309245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="C0C0C0"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00BE5910" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00BE5910">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BC4D29">
+                              <w:rPr>
+                                <w:b/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>5. Aģentūras pieņemtā lēmuma paziņošanas veids</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00BE5910" w:rsidRDefault="00BE5910" w:rsidP="00BE5910"/>
+                          <w:p w:rsidR="00BE5910" w:rsidRDefault="00BE5910" w:rsidP="00BE5910"/>
+                          <w:p w:rsidR="00BE5910" w:rsidRDefault="00BE5910" w:rsidP="00BE5910"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:494.05pt;height:24.35pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqaUFbHwIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxnLYx4hRbug4D&#10;ugvQ7gNoWY6F6TZJid19/Sg5TbPbyzAbEEiROiQPyfX1qCQ5cOeF0TWdz3JKuGamFXpX0y8Pt6+u&#10;KPEBdAvSaF7TR+7p9ebli/VgK16Y3siWO4Ig2leDrWkfgq2yzLOeK/AzY7lGY2ecgoCq22WtgwHR&#10;lcyKPL/IBuNa6wzj3uPtzWSkm4TfdZyFT13neSCypphbSKdLZxPPbLOGaufA9oId04B/yEKB0Bj0&#10;BHUDAcjeid+glGDOeNOFGTMqM10nGE81YDXz/Jdq7nuwPNWC5Hh7osn/P1j28fDZEdHWtKREg8IW&#10;PfAxkDdmJIvIzmB9hU73Ft3CiNfY5VSpt3eGffVEm20PesdfO2eGnkOL2c3jy+zs6YTjI0gzfDAt&#10;hoF9MAlo7JyK1CEZBNGxS4+nzsRUGF5eFJdluVhSwtC2yFdFuUwhoHp6bZ0P77hRJAo1ddj5hA6H&#10;Ox9iNlA9ucRg3kjR3gopk+J2zVY6cgCckm0e/yP6T25Sk6Gmq2WxnAj4K0Sevj9BKBFw3KVQNb06&#10;OUEVaXur2zSMAYScZExZ6iOPkbqJxDA2Y2rYqT2NaR+RWGem6cZtRKE37jslA052Tf23PThOiXyv&#10;sTmreVnGVUhKubwsUHHnlubcApohVE0DJZO4DdP67K0Tux4jPTcbZzQRfdynuATneirlees3PwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAPk2Tf3aAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQ&#10;he8m/ofNmHhrlxrTUGRoDEmjnowU7wuMgLKzhF0K/nvHk97m5b289016XO2gLjT53jHCbhuBIq5d&#10;03OLUJ5PmxiUD4YbMzgmhG/ycMyur1KTNG7hN7oUoVVSwj4xCF0IY6K1rzuyxm/dSCzeh5usCSKn&#10;VjeTWaTcDvouivbamp5loTMj5R3VX8VsEV7mz9pV71X0NOY2f12K8vl8KhFvb9bHB1CB1vAXhl98&#10;QYdMmCo3c+PVgCCPBITNDpSYhziWo0K4j/egs1T/p89+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAOppQVsfAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPk2Tf3aAAAABQEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" fillcolor="silver">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00BE5910" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00BE5910">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BC4D29">
+                        <w:rPr>
+                          <w:b/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>5. Aģentūras pieņemtā lēmuma paziņošanas veids</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00BE5910" w:rsidRDefault="00BE5910" w:rsidP="00BE5910"/>
+                    <w:p w:rsidR="00BE5910" w:rsidRDefault="00BE5910" w:rsidP="00BE5910"/>
+                    <w:p w:rsidR="00BE5910" w:rsidRDefault="00BE5910" w:rsidP="00BE5910"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="00B26F83" w:rsidRDefault="00543C36" w:rsidP="00524A9A">
+    <w:p w:rsidR="00BE5910" w:rsidRPr="00BC4D29" w:rsidRDefault="00BE5910" w:rsidP="00524A9A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE5910" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00BE5910">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja ir aktivizēta oficiālā elektroniskā adrese (e-adrese)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1DD1" w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ēmums tiks nosūtīts uz e-adresi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00524A9A" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00BE5910">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500046">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">5.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">NVA </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00500046">
+        <w:t>Ja nav aktivizēta e-adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">pieņemto </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0025068B" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002B2DDD">
+        <w:t xml:space="preserve">lēmumu vēlos saņemt </w:t>
+      </w:r>
+      <w:r w:rsidR="0025068B" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="003A300A" w:rsidRPr="003A300A">
+      <w:r w:rsidR="003A300A" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>izvēlas tikai vienu no piedāvātajiem variantiem un</w:t>
       </w:r>
-      <w:r w:rsidR="003A300A">
+      <w:r w:rsidR="003A300A" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F035A0">
+      <w:r w:rsidR="0025068B" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>vajadzīgo atzīmēt ar “X”):</w:t>
+        <w:t>vajadzīgo atzīmē ar “X”):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C58E0" w:rsidRPr="00E412FA" w:rsidRDefault="00543C36" w:rsidP="00E412FA">
+    <w:p w:rsidR="00A5608D" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00A5608D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:left="709"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk194677640"/>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uz e-pastu, parakstītu ar drošu elektro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nisko parakstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00A5608D" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00A5608D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500046">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ierakstītā vēstulē uz deklarēt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D36C4E">
+        <w:t xml:space="preserve">CV un Vakanču portālā (CVVP tīmekļvietnes adrese: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BC4D29">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://cvvp.nva.gov.lv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ās</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> dzīvesvietas adresi;</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="00500046" w:rsidRDefault="00543C36" w:rsidP="00524A9A">
-[...44 lines deleted...]
-    <w:p w:rsidR="00A32008" w:rsidRDefault="00543C36" w:rsidP="00524A9A">
+    <w:p w:rsidR="00A32008" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00524A9A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500046">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">personīgi ierodoties attiecīgajā </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">NVA </w:t>
       </w:r>
-      <w:r w:rsidRPr="00500046">
+      <w:r w:rsidR="00A5608D" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>filiālē</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="00500046" w:rsidRDefault="00543C36" w:rsidP="00524A9A">
+    <w:p w:rsidR="00A5608D" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00A5608D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:t>uz deklarētās dzīvesvietas adresi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4D29">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="00D02BCB" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="00BC4D29" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B5D4B" w:rsidRPr="000B5D4B" w:rsidRDefault="000B5D4B" w:rsidP="000B5D4B">
+    <w:p w:rsidR="000B5D4B" w:rsidRPr="00BC4D29" w:rsidRDefault="000B5D4B" w:rsidP="000B5D4B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="00D16EF7" w:rsidRDefault="00543C36" w:rsidP="00D16EF7">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D" w:rsidP="00D16EF7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED4979">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Pielikumā</w:t>
       </w:r>
-      <w:r w:rsidR="00D36C4E" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D16EF7" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00D16EF7" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003159D6" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="003159D6" w:rsidRPr="00BC4D29">
         <w:t>Obligātās veselības pārbaude</w:t>
       </w:r>
-      <w:r w:rsidR="006B46EF" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="006B46EF" w:rsidRPr="00BC4D29">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003159D6" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="003159D6" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> kartes </w:t>
       </w:r>
-      <w:r w:rsidR="00E749E5" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00E749E5" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">kopija </w:t>
       </w:r>
-      <w:r w:rsidR="003159D6" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="003159D6" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED4979">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t>maksājum</w:t>
       </w:r>
-      <w:r w:rsidR="00F333A4" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00F333A4" w:rsidRPr="00BC4D29">
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00D36C4E" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="00BC4D29">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED4979">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D239E" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="004D239E" w:rsidRPr="00BC4D29">
         <w:t>apliecino</w:t>
       </w:r>
-      <w:r w:rsidR="00897EC7" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00897EC7" w:rsidRPr="00BC4D29">
         <w:t>š</w:t>
       </w:r>
-      <w:r w:rsidR="00ED4979" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00ED4979" w:rsidRPr="00BC4D29">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED4979">
+      <w:r w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> dokument</w:t>
       </w:r>
-      <w:r w:rsidR="00897EC7" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00897EC7" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve">u </w:t>
       </w:r>
-      <w:r w:rsidR="00ED4979" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00ED4979" w:rsidRPr="00BC4D29">
         <w:t>kopijas</w:t>
       </w:r>
-      <w:r w:rsidR="004727F8" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="004727F8" w:rsidRPr="00BC4D29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E11583" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00E11583" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>par obligātās veselības pārbaudes veikšanu</w:t>
       </w:r>
-      <w:r w:rsidR="00E11583" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="00E11583" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D53A8" w:rsidRPr="00ED4979">
+      <w:r w:rsidR="001D53A8" w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>uz</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED4979">
+      <w:r w:rsidRPr="00BC4D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___lp.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4597"/>
         <w:gridCol w:w="4778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00525FDD">
+      <w:tr w:rsidR="00BC4D29" w:rsidRPr="00BC4D29">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE6615" w:rsidRDefault="00DE6615">
+          <w:p w:rsidR="00DE6615" w:rsidRPr="00BC4D29" w:rsidRDefault="00DE6615">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BC4D29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE6615" w:rsidRDefault="00DE6615" w:rsidP="00CD5C0B">
+          <w:p w:rsidR="00DE6615" w:rsidRPr="00BC4D29" w:rsidRDefault="00DE6615" w:rsidP="00CD5C0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD5681" w:rsidRDefault="00543C36">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BC4D29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525FDD">
+      <w:tr w:rsidR="00667D27" w:rsidRPr="00BC4D29">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5681" w:rsidRPr="00C37274" w:rsidRDefault="00543C36">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37274">
+            <w:r w:rsidRPr="00BC4D29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(datums – dd.mm.gggg.)</w:t>
+              <w:t xml:space="preserve">(datums – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC4D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dd.mm.gggg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC4D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5681" w:rsidRPr="00C37274" w:rsidRDefault="00543C36">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00BA2C0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BC4D29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C37274">
+            <w:r w:rsidRPr="00BC4D29">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(bezdarbnieka paraksts, tā atšifrējums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00BC4D29" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C0670E" w:rsidRDefault="00C0670E" w:rsidP="00C12487">
+    <w:p w:rsidR="00C0670E" w:rsidRPr="00BC4D29" w:rsidRDefault="00C0670E" w:rsidP="00C12487">
       <w:pPr>
         <w:ind w:right="-6" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C0670E" w:rsidRPr="00C12487" w:rsidRDefault="00C0670E" w:rsidP="00C12487">
+    <w:p w:rsidR="00C0670E" w:rsidRPr="00BC4D29" w:rsidRDefault="00C0670E" w:rsidP="00C12487">
       <w:pPr>
         <w:ind w:right="-6" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:sectPr w:rsidR="00C0670E" w:rsidRPr="00C12487" w:rsidSect="00C37274">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="00C0670E" w:rsidRPr="00BC4D29" w:rsidSect="00C37274">
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="426" w:left="1134" w:header="709" w:footer="1020" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00543C36" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00BA2C0D" w:rsidRDefault="00BA2C0D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00543C36" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00BA2C0D" w:rsidRDefault="00BA2C0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002F2223" w:rsidRDefault="002F2223" w:rsidP="00293A14">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002F2223" w:rsidRPr="009D6A6B" w:rsidRDefault="00543C36" w:rsidP="009D6A6B">
+  <w:p w:rsidR="002F2223" w:rsidRPr="009D6A6B" w:rsidRDefault="00BA2C0D" w:rsidP="009D6A6B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KRG_4.2.17_8</w:t>
     </w:r>
     <w:r w:rsidRPr="009D6A6B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.pielikums_1.versija</w:t>
+      <w:t>.pielikums_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A5608D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A8079D">
+    <w:r w:rsidRPr="009D6A6B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00A5608D" w:rsidRPr="00F72A53">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>01.12.2025.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002F2223" w:rsidRPr="009D6A6B" w:rsidRDefault="00543C36" w:rsidP="00AE0AFA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="002F2223" w:rsidRPr="009D6A6B" w:rsidRDefault="00BA2C0D" w:rsidP="00AE0AFA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009D6A6B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>K</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>RG_4.2.17_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="009D6A6B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.pielikums_1.versija</w:t>
+      <w:t>.pielikums_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A5608D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="000729C2">
+    <w:r w:rsidRPr="009D6A6B">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00A5608D" w:rsidRPr="00F72A53">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>01.12.2025.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00543C36" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00BA2C0D" w:rsidRDefault="00BA2C0D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00543C36" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="00BA2C0D" w:rsidRDefault="00BA2C0D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00543C36" w:rsidRDefault="00543C36"/>
+    <w:p w:rsidR="00BA2C0D" w:rsidRDefault="00BA2C0D"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="002F2223" w:rsidRPr="009A4114" w:rsidRDefault="00543C36">
+    <w:p w:rsidR="002F2223" w:rsidRPr="009A4114" w:rsidRDefault="00BA2C0D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE45C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Iesniegumu iesniedz filiālē, kurā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> klients</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE45C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ir reģistrēts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002F2223" w:rsidRDefault="00543C36" w:rsidP="00A04757">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="002F2223" w:rsidRDefault="00BA2C0D" w:rsidP="00A04757">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="left" w:pos="6630"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06FD4E15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A8C7520"/>
-    <w:lvl w:ilvl="0" w:tplc="212C00A0">
+    <w:lvl w:ilvl="0" w:tplc="B7DE4014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30DCDF6E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8F588BA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2522DB74" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F580E196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AC7818FE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E9EEFA32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0BE01262" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FB2A3E3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96DABC3E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C1D82D0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3AAA0C5C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21C4D9A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A1F0DF06" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50B46060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8B1E917C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DB5E495A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07EF7A8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2092DB6C"/>
-    <w:lvl w:ilvl="0" w:tplc="0582A76E">
+    <w:lvl w:ilvl="0" w:tplc="808E26C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C2A49638" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24D8FDAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91A4A650" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A7BEAEC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DB5E6680" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A6C08388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B6C07EAC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5E404140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0E5C1A6A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8B304480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A37A2512" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6686BD9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6D721206" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37843A7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="EE76C98A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6E5E72FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08695580"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E408C44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3056,147 +3223,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AD36567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC1EC248"/>
-    <w:lvl w:ilvl="0" w:tplc="D3EEE522">
+    <w:lvl w:ilvl="0" w:tplc="3FF2B4E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="ED7898B8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CAEC707E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3230CA50" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F5F41A32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12C21422" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5358CBE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E208FF5A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3C48FB44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CECC03D0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1C5AEA18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A79EDA40" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32101D12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="633A2776" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89BC69EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="506E1680" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A754BD28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E6D1F2C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C646704"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3285,147 +3452,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EDF2313"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73AE42AC"/>
-    <w:lvl w:ilvl="0" w:tplc="906C25EE">
+    <w:lvl w:ilvl="0" w:tplc="D396BD2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9C9A64BC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EC7ABD4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1B1C7FD0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4B649192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E86AE70A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2890645E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EA08F23C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="EE1EBCAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A6AEF9C0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8910CAB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CAD01412" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A52C2566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5A2CD7E6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="327AEA7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4822B46C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4BEAC8D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12F612DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1A20C130"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3624,126 +3791,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15A521B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA56D072"/>
-    <w:lvl w:ilvl="0" w:tplc="A4A010D6">
+    <w:lvl w:ilvl="0" w:tplc="78306BBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3FA041DC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="DD80F3F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EB4A05D0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67547B7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6130D072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CE622E84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="410268C6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D8609C7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F244E03A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D2FEFF80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90B88350" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="929CF194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="396EAEAE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5D1694A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="DF509660" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1B502160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BBC33C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4025,147 +4192,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F540DE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A9809CE"/>
-    <w:lvl w:ilvl="0" w:tplc="20BE7AB4">
+    <w:lvl w:ilvl="0" w:tplc="11F680A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A7DC3AAC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="163EC664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25D83F0A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8CC0329E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E7E6E816" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="224ABC94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1BD4135E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2CCCF62E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3B1AB138" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D69A6AC6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="206AD7A2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9934E3CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FE222534" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="518028FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80861AF2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9BE8BD90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D83A6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E3C5CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4455,346 +4622,346 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23EF539F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E0E12A2"/>
-    <w:lvl w:ilvl="0" w:tplc="66C4DD88">
+    <w:lvl w:ilvl="0" w:tplc="2438FBA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5C8A7E9C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AB3808FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C99261BC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F6FCB96C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D5FA6B6A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DB2A890E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5DBECAF2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7AE05504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2D904056" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="139819FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A7D4E65E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6BB4375C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52946338" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="166477BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E85CD456" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A7A2A290" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="247A287B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9129F18"/>
-    <w:lvl w:ilvl="0" w:tplc="0188FA6A">
+    <w:lvl w:ilvl="0" w:tplc="29FC1664">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49FE2A7A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="674420A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EDD6B168" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A93628DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76120440" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9C0AA0BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7F16EA22" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8A88FCE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AFF037E4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="ECD43F08" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B6A67286" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6540D6EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="07DA9ABC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1F64AF56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9C20E220" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0464D0FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C045208"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3D4E6BE"/>
-    <w:lvl w:ilvl="0" w:tplc="5E5697E6">
+    <w:lvl w:ilvl="0" w:tplc="04FA255C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E3748ED8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A970A464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7EF04298" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2FCE3A20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0EC0425C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="553A1698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20C6C710" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="333E32E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6638CD38" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="584E1356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="820EE848" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4CDE3784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AE6E64AE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29201CF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C3227E7E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D67CDE00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CC8262C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4660C4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4880,681 +5047,681 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF27CB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFBECA66"/>
-    <w:lvl w:ilvl="0" w:tplc="FBB62BC8">
+    <w:lvl w:ilvl="0" w:tplc="18D6190C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1D48B6EC">
+    <w:lvl w:ilvl="1" w:tplc="40765544">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F91E9898" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9E54975E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8D0EDAA8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8CC28F7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FB2C89EA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7C1246C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7CE60900" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38905C1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BEE25418" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="C738400C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7EF26F92" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95EAAAAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ACFE29FA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="642C548C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E9C4331"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="019AA9BE"/>
-    <w:lvl w:ilvl="0" w:tplc="5C4E946C">
+    <w:lvl w:ilvl="0" w:tplc="8DC0913A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="560C64F2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F3965190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="017C4948" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84C037B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AC688DC4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6D2494CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37A63046" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36C69480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="349CA696" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86642EB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="498039D8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E7A8A994" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9D28A02E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1222F09E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7BCA996E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94C6E568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308D3EEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B59477C4"/>
-    <w:lvl w:ilvl="0" w:tplc="3A400DE4">
+    <w:lvl w:ilvl="0" w:tplc="86200152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42E4B602" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18248B8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F1084EA0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37D8DFB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E078FAA6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="197ACD8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5DC6EA6E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1F2EAFF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2BAE32BA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AAC6EB00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5A888ECC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2466B582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94760BEE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D2F24958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="021AE14A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0644B4A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30CC4043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DB64030"/>
-    <w:lvl w:ilvl="0" w:tplc="64DA6DCC">
+    <w:lvl w:ilvl="0" w:tplc="59661B16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="949A859C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6C322EEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="571654D2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47F62ED4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9282025E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="01349F14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3D705958" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2FA89ABA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DCFC518C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="781ADB8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F09C2DF8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82C4132A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04E8B098" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A3487404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3A3EEE74" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39B2F54E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30F85ACF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63DEA99E"/>
-    <w:lvl w:ilvl="0" w:tplc="1C72C654">
+    <w:lvl w:ilvl="0" w:tplc="CB10A7E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0D2CC0FC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F314EA28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3D6E21CC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82EE8C72" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F9920A98" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9920F492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D0FE55C8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3DC645FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52620C54" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="213410C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74A67DAE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CE2CEBF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0F60138C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FF4C9F82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48C64F18" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D24068F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36BD275C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6D877AE"/>
-    <w:lvl w:ilvl="0" w:tplc="D1542436">
+    <w:lvl w:ilvl="0" w:tplc="1534BCB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A38C99F8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A4BC739A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="386CF736" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38B6112E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7B7E2F06" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63AE73AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6C86D2D8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F03E1398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4DC4BA1C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="EBC6C088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="402A053E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="AF5A93F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74A8CC48" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41F237B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94A4EA80" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="AD2E3F44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E9705E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41D02A76"/>
-    <w:lvl w:ilvl="0" w:tplc="AEEAE64E">
+    <w:lvl w:ilvl="0" w:tplc="706C3864">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E7A2BDD4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AD5C44C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2130AA46" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BC965AE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DBF2783C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E2687082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F530DEB2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AD065330" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DAD0021A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CE587C6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E6E0CCA6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="818EAF08" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8C7E611A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72DA8272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8E88713C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E7D2E438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFE65B2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E40A03A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5645,613 +5812,613 @@
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CBF2ACB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B9ED668"/>
-    <w:lvl w:ilvl="0" w:tplc="407E9258">
+    <w:lvl w:ilvl="0" w:tplc="30EC4834">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CE6A6C8A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51B4C3C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5C7EDF10" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C7CC97A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3578" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2BA8326C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9B4AE6F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A9EA0366" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23B2C470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5018" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DE1EDD48" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78C0C5EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5738" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B5BEE822" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="174AE28E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6458" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E296481C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0E4CE22A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7178" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AA5AA966" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11B2340E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7898" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="409A25F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3C62102"/>
-    <w:lvl w:ilvl="0" w:tplc="F39C585A">
+    <w:lvl w:ilvl="0" w:tplc="A29CCE0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E076C4AC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5928DAEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73F608C2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1954083C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3752CC80" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3B22FBFE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F322EEC4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FF96ACAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7F52F372" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BDB09FB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F3FA7502" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="199A6818" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2D7C4EC2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FC98FC10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D03AED80" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9A44A36E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AAF5D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33A6EB36"/>
-    <w:lvl w:ilvl="0" w:tplc="B40602AE">
+    <w:lvl w:ilvl="0" w:tplc="EBFCB69C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1040C27A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EEAA86EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3DCE711E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32CE7D22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28602F84" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E0023D1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51BC0586" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9FDC6888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4C1C60B8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8530F8F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F7AAD2C0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99CCA5FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="943EBC9A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E85C959C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D1A4196C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13AAE17C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD80812"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8E296A2"/>
-    <w:lvl w:ilvl="0" w:tplc="7068AA10">
+    <w:lvl w:ilvl="0" w:tplc="DC426F8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AF0006E4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F738D888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BE4CDB2E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86CEEF60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3514C91C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EBB2CA30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C6344310" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1DC8D582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33803658" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61CEBA40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5106EBD2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A97216AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5798CF24" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F8AEBAC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2E281C16" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="00725C0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C0644C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C4CC61E"/>
-    <w:lvl w:ilvl="0" w:tplc="ED6033CA">
+    <w:lvl w:ilvl="0" w:tplc="61C428A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2FD43104" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73B8F942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CE7C1B66" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EBAE10DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63620D76" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="441A0A6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E9A882C0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E97254F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8EFAB4F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44F25194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48E6F6C6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="243EC512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C8445612" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E8F23BC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7B4EC986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0D6A015E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CAA62CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F28C7420"/>
-    <w:lvl w:ilvl="0" w:tplc="8092EF9C">
+    <w:lvl w:ilvl="0" w:tplc="EADA33EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E8EC41FC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B1163F36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EC44ACC2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6A2811B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2A5EA70C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="002E2554" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="254AF638" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4FCA85E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5AC47266" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C7C6A25C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="354E658C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49F478B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="339C39A6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C1F42796" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F0824ECA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10B4429A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51D3410A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47C25468"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6542,643 +6709,643 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A7A40F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A606760"/>
-    <w:lvl w:ilvl="0" w:tplc="71728C5A">
+    <w:lvl w:ilvl="0" w:tplc="514A1782">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C0B8D67E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32AE8EF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19A4E708" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1FC2BE74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A1FEFE68" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0E761A30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6088AEF8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F3861446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DAEC23E4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="159AF58C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41724264" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8042D2C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="719E4374" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="9F146A54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08BC4DF0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B4C6A3B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CDF2F74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BF08A42"/>
-    <w:lvl w:ilvl="0" w:tplc="DC0A03E0">
+    <w:lvl w:ilvl="0" w:tplc="4942B9FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EB8AA26A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FBBC24CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6DEEB352" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2E387042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3578" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BEB23192" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F9F8412C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3F784542" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BE20856C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5018" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48A0815C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10F03000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5738" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4D8A1CEC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E7A4075E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6458" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CDCA3678" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1A9C1EEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7178" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F61C4256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A68E1B18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7898" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CED33A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E2076FA"/>
-    <w:lvl w:ilvl="0" w:tplc="21D2E38C">
+    <w:lvl w:ilvl="0" w:tplc="CBECB4F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="00EA8CB8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="098C8606" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04045EDC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04404438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7CC8AB52" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A7AABDDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E428751E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18EED746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65CA5BD4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5AF61CE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="279CFE96" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2D743436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4BF09FB8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87A43098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D38A003C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8DD237B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63172E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FFA41E8"/>
-    <w:lvl w:ilvl="0" w:tplc="494A2FD2">
+    <w:lvl w:ilvl="0" w:tplc="37E49846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="00169704" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6130FB16" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DCC868D0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="281C3234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2946" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6BBEB136" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4CF2701E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3666" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15DCE3F2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B46AFCE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4386" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3E0A51F4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A1F252E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95961906" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9344458A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58D6888E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38821C24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29CCF954" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="155A5FE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7266" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66150479"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="77DEEAA8"/>
-    <w:lvl w:ilvl="0" w:tplc="DE3AE2D4">
+    <w:lvl w:ilvl="0" w:tplc="72CEDFE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5A109A96" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20B89AA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="00EEF950" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2D709122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F7C26C9C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6CFEBC24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1DF23432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5DF6371A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BD0E333C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="367A4C34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FA00547C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="EB3E4C30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9E303942" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="4E743ABA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C125EE8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40767FF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66F75CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F5A2DBE"/>
-    <w:lvl w:ilvl="0" w:tplc="644C56BA">
+    <w:lvl w:ilvl="0" w:tplc="B86C928E">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8DEAC4A6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EC72592A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C4429348" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0580730A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CD722062" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CF326646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CAEEBB82" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1EBEBC42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EAF07FE8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B35A359C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8A3ED214" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1B82A7DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CE1EEC7A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23605BCA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B8041468" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="AB10EEB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69D434CF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F2455A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7374,441 +7541,441 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C52BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7DA86C6"/>
-    <w:lvl w:ilvl="0" w:tplc="88884400">
+    <w:lvl w:ilvl="0" w:tplc="323807FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4A7E21A8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AD7CDAF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7DE06DE4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0382023A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4FA030C6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A8D47D0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="990CDD54" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4D8076CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61D82D64" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AEE29D44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D90090F4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E3FCBAD6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7BF27E12" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29D4F43C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F426FFFC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44DAB010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D63C02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CCA7BEA"/>
-    <w:lvl w:ilvl="0" w:tplc="46885DCC">
+    <w:lvl w:ilvl="0" w:tplc="814CB0E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B4140AF0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1AEADCD6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DDEE923E">
+    <w:lvl w:ilvl="2" w:tplc="ADE0DB3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C39A8842" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6F14D748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D702207C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A1B0778A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9B5EDD06" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5AC80C74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C840B716" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0502A012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47F27738" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44FE5B90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0346E44E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18E8C004" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76ED391E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8E479FE"/>
-    <w:lvl w:ilvl="0" w:tplc="D402ED4E">
+    <w:lvl w:ilvl="0" w:tplc="D62628B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8F0AF164" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E27A179A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08FCF11E">
+    <w:lvl w:ilvl="2" w:tplc="E460F9D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C0283252" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="987C6B8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F4F041B8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="ED3013CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A322E096" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="154443C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9C04AAD0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2C8695BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91F27A5A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8F4E2ADA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3B848ECC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78CA840E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1008C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07B2A250"/>
-    <w:lvl w:ilvl="0" w:tplc="F97EFFD6">
+    <w:lvl w:ilvl="0" w:tplc="B9FCA658">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4800AA8A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0F266B60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FC92F258" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DEB09E2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9B64D04E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46DE3C46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D7B49934" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A16057FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E87EC7C6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23D0588E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8E12F510" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B3EE3FA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0554B0F2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="568466A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B6CC34B4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70AAB870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E747979"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F274FD30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -8042,175 +8209,183 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="50">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E67F9"/>
     <w:rsid w:val="00000EA4"/>
     <w:rsid w:val="0000508A"/>
     <w:rsid w:val="00011805"/>
     <w:rsid w:val="00012A75"/>
     <w:rsid w:val="000258D5"/>
     <w:rsid w:val="00036895"/>
+    <w:rsid w:val="00043953"/>
     <w:rsid w:val="000478BC"/>
     <w:rsid w:val="00050408"/>
     <w:rsid w:val="0005590E"/>
     <w:rsid w:val="00057FAD"/>
     <w:rsid w:val="000655AD"/>
     <w:rsid w:val="000729C2"/>
     <w:rsid w:val="000950D8"/>
     <w:rsid w:val="000B300B"/>
     <w:rsid w:val="000B5D4B"/>
     <w:rsid w:val="000B6C67"/>
+    <w:rsid w:val="000C1DD1"/>
     <w:rsid w:val="000F3896"/>
     <w:rsid w:val="00105B0F"/>
     <w:rsid w:val="00127F16"/>
     <w:rsid w:val="001335CD"/>
     <w:rsid w:val="001379B3"/>
     <w:rsid w:val="001405FD"/>
     <w:rsid w:val="00151413"/>
     <w:rsid w:val="001630FB"/>
     <w:rsid w:val="00163584"/>
     <w:rsid w:val="00164AC7"/>
     <w:rsid w:val="00165D39"/>
+    <w:rsid w:val="001A5761"/>
     <w:rsid w:val="001A68C1"/>
     <w:rsid w:val="001B1158"/>
     <w:rsid w:val="001D53A8"/>
     <w:rsid w:val="001D587B"/>
     <w:rsid w:val="001E3BEA"/>
     <w:rsid w:val="001F1A9F"/>
     <w:rsid w:val="00215C4D"/>
     <w:rsid w:val="002263E5"/>
     <w:rsid w:val="00226A8C"/>
     <w:rsid w:val="00241183"/>
+    <w:rsid w:val="0025068B"/>
     <w:rsid w:val="002726BF"/>
     <w:rsid w:val="00281AF6"/>
     <w:rsid w:val="002826F7"/>
+    <w:rsid w:val="00285565"/>
     <w:rsid w:val="00293A14"/>
     <w:rsid w:val="002A0164"/>
     <w:rsid w:val="002A366A"/>
     <w:rsid w:val="002B2DDD"/>
     <w:rsid w:val="002B660C"/>
+    <w:rsid w:val="002D6FA7"/>
     <w:rsid w:val="002D7C66"/>
     <w:rsid w:val="002F0BDB"/>
     <w:rsid w:val="002F2223"/>
     <w:rsid w:val="002F2FAE"/>
     <w:rsid w:val="002F68ED"/>
     <w:rsid w:val="002F72DE"/>
     <w:rsid w:val="00300E5B"/>
     <w:rsid w:val="00311950"/>
     <w:rsid w:val="003159D6"/>
     <w:rsid w:val="0033354B"/>
     <w:rsid w:val="00333C55"/>
     <w:rsid w:val="00341B84"/>
     <w:rsid w:val="0035752C"/>
     <w:rsid w:val="00370BE8"/>
     <w:rsid w:val="0037683C"/>
     <w:rsid w:val="00384750"/>
     <w:rsid w:val="00391D49"/>
     <w:rsid w:val="003A300A"/>
     <w:rsid w:val="003A7AD5"/>
     <w:rsid w:val="003B1E97"/>
     <w:rsid w:val="003C2AC3"/>
     <w:rsid w:val="003C2E36"/>
     <w:rsid w:val="003E09CF"/>
+    <w:rsid w:val="003E697A"/>
     <w:rsid w:val="003F0392"/>
+    <w:rsid w:val="00405CC7"/>
     <w:rsid w:val="00415BB2"/>
     <w:rsid w:val="004319A2"/>
     <w:rsid w:val="00445AB3"/>
+    <w:rsid w:val="00462C4F"/>
     <w:rsid w:val="004636F5"/>
     <w:rsid w:val="004727F8"/>
     <w:rsid w:val="00483A52"/>
     <w:rsid w:val="00491D88"/>
     <w:rsid w:val="00493F44"/>
     <w:rsid w:val="004A40A5"/>
     <w:rsid w:val="004C52F4"/>
     <w:rsid w:val="004D0F12"/>
     <w:rsid w:val="004D239E"/>
     <w:rsid w:val="004D6893"/>
     <w:rsid w:val="004D77FA"/>
     <w:rsid w:val="004E67F9"/>
     <w:rsid w:val="00500046"/>
     <w:rsid w:val="0051117A"/>
     <w:rsid w:val="00524A9A"/>
-    <w:rsid w:val="00525FDD"/>
-    <w:rsid w:val="00543C36"/>
     <w:rsid w:val="0056121B"/>
     <w:rsid w:val="00571ED2"/>
     <w:rsid w:val="0057641D"/>
     <w:rsid w:val="00576648"/>
-    <w:rsid w:val="00586C4E"/>
     <w:rsid w:val="00594670"/>
     <w:rsid w:val="005C62D1"/>
     <w:rsid w:val="005D768D"/>
     <w:rsid w:val="00601CD7"/>
     <w:rsid w:val="0061304D"/>
     <w:rsid w:val="006418B8"/>
     <w:rsid w:val="00646E0B"/>
+    <w:rsid w:val="00667D27"/>
     <w:rsid w:val="0067124F"/>
     <w:rsid w:val="00687BCD"/>
     <w:rsid w:val="006A0566"/>
     <w:rsid w:val="006A3B68"/>
     <w:rsid w:val="006A6DCC"/>
     <w:rsid w:val="006B46EF"/>
     <w:rsid w:val="006C406F"/>
     <w:rsid w:val="006D0B74"/>
     <w:rsid w:val="006D68B8"/>
     <w:rsid w:val="006E164E"/>
     <w:rsid w:val="006F0A4C"/>
     <w:rsid w:val="006F429F"/>
     <w:rsid w:val="00710D3E"/>
     <w:rsid w:val="00713F00"/>
     <w:rsid w:val="007154EF"/>
     <w:rsid w:val="007248A5"/>
     <w:rsid w:val="00727D21"/>
     <w:rsid w:val="00731DE8"/>
     <w:rsid w:val="00735AA7"/>
     <w:rsid w:val="00751632"/>
     <w:rsid w:val="0075551A"/>
     <w:rsid w:val="00755A4C"/>
     <w:rsid w:val="0076136B"/>
     <w:rsid w:val="00792CAA"/>
     <w:rsid w:val="0079585C"/>
@@ -8243,233 +8418,245 @@
     <w:rsid w:val="008B56B3"/>
     <w:rsid w:val="008B6411"/>
     <w:rsid w:val="008E324C"/>
     <w:rsid w:val="008F41E7"/>
     <w:rsid w:val="009207DC"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="00925FC6"/>
     <w:rsid w:val="009273A0"/>
     <w:rsid w:val="0092780D"/>
     <w:rsid w:val="0093390D"/>
     <w:rsid w:val="00936E3D"/>
     <w:rsid w:val="00941905"/>
     <w:rsid w:val="00944799"/>
     <w:rsid w:val="00954B4D"/>
     <w:rsid w:val="0097044B"/>
     <w:rsid w:val="00973C4E"/>
     <w:rsid w:val="009909BE"/>
     <w:rsid w:val="00993099"/>
     <w:rsid w:val="00997460"/>
     <w:rsid w:val="009A4114"/>
     <w:rsid w:val="009A6832"/>
     <w:rsid w:val="009B07E1"/>
     <w:rsid w:val="009B4790"/>
     <w:rsid w:val="009C7F1E"/>
     <w:rsid w:val="009D6A6B"/>
+    <w:rsid w:val="009F288B"/>
     <w:rsid w:val="00A04757"/>
+    <w:rsid w:val="00A111FA"/>
     <w:rsid w:val="00A20F66"/>
     <w:rsid w:val="00A2240D"/>
     <w:rsid w:val="00A25A1C"/>
     <w:rsid w:val="00A27B58"/>
     <w:rsid w:val="00A32008"/>
     <w:rsid w:val="00A36CE9"/>
     <w:rsid w:val="00A44C26"/>
     <w:rsid w:val="00A5275F"/>
     <w:rsid w:val="00A54BF1"/>
+    <w:rsid w:val="00A5608D"/>
+    <w:rsid w:val="00A61511"/>
     <w:rsid w:val="00A7018A"/>
     <w:rsid w:val="00A71DFB"/>
     <w:rsid w:val="00A72BF5"/>
     <w:rsid w:val="00A8077D"/>
     <w:rsid w:val="00A8079D"/>
     <w:rsid w:val="00A82A25"/>
     <w:rsid w:val="00A837D8"/>
     <w:rsid w:val="00A85454"/>
     <w:rsid w:val="00A911CD"/>
+    <w:rsid w:val="00AA76BE"/>
     <w:rsid w:val="00AC424B"/>
     <w:rsid w:val="00AC525D"/>
     <w:rsid w:val="00AC694C"/>
     <w:rsid w:val="00AE0AFA"/>
     <w:rsid w:val="00AE2812"/>
     <w:rsid w:val="00AF7D7F"/>
     <w:rsid w:val="00B1194E"/>
     <w:rsid w:val="00B1339B"/>
     <w:rsid w:val="00B17C11"/>
     <w:rsid w:val="00B26F83"/>
     <w:rsid w:val="00B303D1"/>
     <w:rsid w:val="00B45897"/>
     <w:rsid w:val="00B501A6"/>
     <w:rsid w:val="00B51ADA"/>
     <w:rsid w:val="00B542E3"/>
     <w:rsid w:val="00B57B97"/>
     <w:rsid w:val="00B6761E"/>
     <w:rsid w:val="00B72638"/>
     <w:rsid w:val="00B82A6A"/>
     <w:rsid w:val="00B86EF6"/>
     <w:rsid w:val="00BA1BCC"/>
+    <w:rsid w:val="00BA2C0D"/>
     <w:rsid w:val="00BA4CE1"/>
     <w:rsid w:val="00BA678D"/>
     <w:rsid w:val="00BA6E31"/>
     <w:rsid w:val="00BC228A"/>
     <w:rsid w:val="00BC26EC"/>
     <w:rsid w:val="00BC2AB8"/>
+    <w:rsid w:val="00BC4D29"/>
     <w:rsid w:val="00BD7C39"/>
+    <w:rsid w:val="00BE5910"/>
     <w:rsid w:val="00BF298F"/>
     <w:rsid w:val="00C04DF5"/>
     <w:rsid w:val="00C0670E"/>
     <w:rsid w:val="00C12168"/>
     <w:rsid w:val="00C12487"/>
     <w:rsid w:val="00C164B2"/>
     <w:rsid w:val="00C224F0"/>
     <w:rsid w:val="00C27FA4"/>
     <w:rsid w:val="00C37274"/>
     <w:rsid w:val="00C377B9"/>
     <w:rsid w:val="00C40FA2"/>
     <w:rsid w:val="00C47B11"/>
     <w:rsid w:val="00C500AD"/>
     <w:rsid w:val="00C57521"/>
     <w:rsid w:val="00C57D2D"/>
     <w:rsid w:val="00C74117"/>
     <w:rsid w:val="00C76BFF"/>
     <w:rsid w:val="00C814C1"/>
     <w:rsid w:val="00C83415"/>
     <w:rsid w:val="00C838BF"/>
     <w:rsid w:val="00CA76E3"/>
     <w:rsid w:val="00CB3EE4"/>
     <w:rsid w:val="00CB4A69"/>
     <w:rsid w:val="00CB7890"/>
     <w:rsid w:val="00CD50BA"/>
     <w:rsid w:val="00CD5C0B"/>
     <w:rsid w:val="00CE3597"/>
     <w:rsid w:val="00CE45C2"/>
     <w:rsid w:val="00CF255F"/>
     <w:rsid w:val="00CF7411"/>
     <w:rsid w:val="00D02027"/>
     <w:rsid w:val="00D02BCB"/>
     <w:rsid w:val="00D0481A"/>
     <w:rsid w:val="00D16EF7"/>
     <w:rsid w:val="00D36C4E"/>
     <w:rsid w:val="00D446A3"/>
     <w:rsid w:val="00D655E3"/>
     <w:rsid w:val="00D66BC8"/>
     <w:rsid w:val="00D67908"/>
     <w:rsid w:val="00D800A8"/>
     <w:rsid w:val="00D96E46"/>
+    <w:rsid w:val="00DA5A0C"/>
     <w:rsid w:val="00DA6F73"/>
     <w:rsid w:val="00DB4954"/>
     <w:rsid w:val="00DC3233"/>
     <w:rsid w:val="00DD5681"/>
     <w:rsid w:val="00DD7D28"/>
     <w:rsid w:val="00DE0741"/>
     <w:rsid w:val="00DE6615"/>
     <w:rsid w:val="00DF4612"/>
     <w:rsid w:val="00E0170F"/>
     <w:rsid w:val="00E11583"/>
+    <w:rsid w:val="00E1363F"/>
     <w:rsid w:val="00E14703"/>
     <w:rsid w:val="00E14BBB"/>
     <w:rsid w:val="00E14FEF"/>
     <w:rsid w:val="00E22327"/>
     <w:rsid w:val="00E24D95"/>
     <w:rsid w:val="00E26E2E"/>
     <w:rsid w:val="00E340A1"/>
     <w:rsid w:val="00E412FA"/>
     <w:rsid w:val="00E72F73"/>
     <w:rsid w:val="00E749E5"/>
     <w:rsid w:val="00E9522C"/>
     <w:rsid w:val="00E9611B"/>
     <w:rsid w:val="00EA1149"/>
     <w:rsid w:val="00EB0BB3"/>
     <w:rsid w:val="00EB752D"/>
     <w:rsid w:val="00EC05A9"/>
     <w:rsid w:val="00EC0777"/>
     <w:rsid w:val="00ED3229"/>
     <w:rsid w:val="00ED3B21"/>
     <w:rsid w:val="00ED4979"/>
     <w:rsid w:val="00ED5636"/>
     <w:rsid w:val="00EF0798"/>
     <w:rsid w:val="00EF2AC2"/>
     <w:rsid w:val="00F02065"/>
     <w:rsid w:val="00F035A0"/>
     <w:rsid w:val="00F04CBE"/>
     <w:rsid w:val="00F07688"/>
     <w:rsid w:val="00F22BA4"/>
     <w:rsid w:val="00F27B2D"/>
     <w:rsid w:val="00F333A4"/>
     <w:rsid w:val="00F431B9"/>
     <w:rsid w:val="00F45A26"/>
     <w:rsid w:val="00F470ED"/>
+    <w:rsid w:val="00F714E4"/>
+    <w:rsid w:val="00F72A53"/>
     <w:rsid w:val="00F73CC9"/>
     <w:rsid w:val="00F81F3F"/>
     <w:rsid w:val="00F93C3D"/>
     <w:rsid w:val="00F94BAD"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE10FF"/>
     <w:rsid w:val="00FF1A95"/>
     <w:rsid w:val="00FF2737"/>
     <w:rsid w:val="00FF54BC"/>
     <w:rsid w:val="00FF59C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1AA61A6E-DA6E-4DFC-A125-6F11DC2B68AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:uiPriority="99"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8711,50 +8898,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:right="-43"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
@@ -8776,50 +8967,51 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharCharCharRakstzRakstz">
     <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Char Char Rakstz. Rakstz."/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
@@ -9041,61 +9233,94 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FF1A95"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D655E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A5608D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5608D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00A5608D"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cvvp.nva.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9336,77 +9561,68 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">190</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -9533,141 +9749,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F928B92A-FEE0-45F4-AF8F-DD723B59CC5A}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3046AF13-0C8B-4E14-8606-380D5767055C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{710FB259-E771-4859-A1CC-020BAEE6EF9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EF6AE40-0403-486B-B968-633443D589D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F928B92A-FEE0-45F4-AF8F-DD723B59CC5A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{161D3DBF-2B8F-4815-85F8-A61D0AA5C5ED}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{992372F5-471F-4EA1-8076-197707C84E15}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2005</Words>
-  <Characters>1144</Characters>
+  <Words>2077</Words>
+  <Characters>1185</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4.2.17_21.pielikums_v1_Iesniegums par obligātās veselības pārbaudes izmaksu kompensēšanu</vt:lpstr>
-      <vt:lpstr>Nodarbinātības valsts aģentūras</vt:lpstr>
+      <vt:lpstr>4.2.17_21.pielikums_v1_Iesniegums par obligātās veselības pārbaudes izmaksu kompensēšanu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3143</CharactersWithSpaces>
+  <CharactersWithSpaces>3256</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4.2.17_21.pielikums_v1_Iesniegums par obligātās veselības pārbaudes izmaksu kompensēšanu</dc:title>
   <dc:creator>eval</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>