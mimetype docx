--- v0 (2025-10-10)
+++ v1 (2025-12-19)
@@ -1,68 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="26FB7BA9" w14:textId="77777777" w:rsidR="0059645E" w:rsidRDefault="0059406E" w:rsidP="001237CB">
+    <w:p w:rsidR="00D933A6" w:rsidRDefault="00C91013" w:rsidP="001C5741">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-3810</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>4445</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1865630" cy="914400"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1865630" cy="914400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D933A6" w:rsidRDefault="00D933A6" w:rsidP="001237CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="0059645E" w:rsidRDefault="00C91013" w:rsidP="001237CB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0059645E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aktīv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
       <w:r w:rsidRPr="0059645E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nodarbinātības pasākum</w:t>
       </w:r>
       <w:r>
@@ -90,929 +174,913 @@
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Apmācība</w:t>
       </w:r>
       <w:r w:rsidR="0069278B" w:rsidRPr="0069278B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pie darba devēja</w:t>
       </w:r>
       <w:r w:rsidRPr="0069278B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BAA" w14:textId="77777777" w:rsidR="001237CB" w:rsidRDefault="0059406E" w:rsidP="001237CB">
+    <w:p w:rsidR="001237CB" w:rsidRDefault="00C91013" w:rsidP="001237CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0069278B" w:rsidRPr="005911D1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AF projekts „</w:t>
       </w:r>
       <w:r w:rsidR="0069278B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0069278B" w:rsidRPr="005911D1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rasmju pilnveide pieaugušajiem” Nr.3.1.2.5.i.0/1/23/I/CFLA/001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BAB" w14:textId="77777777" w:rsidR="00895CB0" w:rsidRDefault="00895CB0" w:rsidP="00C22BED">
-[...7 lines deleted...]
-    <w:p w14:paraId="26FB7BAC" w14:textId="77777777" w:rsidR="00895CB0" w:rsidRDefault="00895CB0" w:rsidP="00895CB0">
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="00895CB0" w:rsidP="00C22BED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="00895CB0" w:rsidP="00895CB0">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BAD" w14:textId="77777777" w:rsidR="00895CB0" w:rsidRDefault="0059406E">
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="00C91013">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BAE" w14:textId="77777777" w:rsidR="00895CB0" w:rsidRDefault="00895CB0">
-[...7 lines deleted...]
-    <w:p w14:paraId="26FB7BAF" w14:textId="77777777" w:rsidR="00327A71" w:rsidRDefault="0059406E" w:rsidP="00027F60">
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="00895CB0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00327A71" w:rsidRDefault="00C91013" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BB0" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="0059406E" w:rsidP="00477B0A">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00477B0A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00DE4971">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BB1" w14:textId="77777777" w:rsidR="00327A71" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00327A71" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Darba devējs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BB2" w14:textId="77777777" w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
+    <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BB3" w14:textId="77777777" w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
+    <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BB4" w14:textId="77777777" w:rsidR="004C2330" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="004C2330" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>PRAKSES DIENASGRĀMATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BB5" w14:textId="77777777" w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
+    <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BB6" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00DE4971">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BB7" w14:textId="77777777" w:rsidR="00DE4971" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BB8" w14:textId="77777777" w:rsidR="00DE4971" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(vārds un uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BB9" w14:textId="77777777" w:rsidR="00DE4971" w:rsidRDefault="00DE4971" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="00DE4971" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BBA" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="0059406E" w:rsidP="00A04E10">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00243AA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BBB" w14:textId="77777777" w:rsidR="00DE4971" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(profesija</w:t>
       </w:r>
       <w:r w:rsidR="003D007F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, kods</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BBC" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BBD" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRDefault="0059406E" w:rsidP="00F0532C">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="00C91013" w:rsidP="00F0532C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BBE" w14:textId="77777777" w:rsidR="00DE4971" w:rsidRPr="00360753" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRPr="00360753" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(darba līguma Nr. un </w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10" w:rsidRPr="00360753">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> periods)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BBF" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00DE4971">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC0" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BC1" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRPr="00360753" w:rsidRDefault="0059406E" w:rsidP="00DE4971">
+    <w:p w:rsidR="00F0532C" w:rsidRPr="00360753" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas</w:t>
       </w:r>
       <w:r w:rsidR="004B0950" w:rsidRPr="00360753">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00360753">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vietas adrese)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BC2" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC3" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC4" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC5" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC6" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC7" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC8" w14:textId="77777777" w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
+    <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BC9" w14:textId="77777777" w:rsidR="0060527A" w:rsidRDefault="0060527A" w:rsidP="00027F60">
+    <w:p w:rsidR="0060527A" w:rsidRDefault="0060527A" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BCA" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BCB" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="0059406E" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="00C91013" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BCC" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BCD" w14:textId="77777777" w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
+    <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BCE" w14:textId="77777777" w:rsidR="0005262D" w:rsidRDefault="0005262D" w:rsidP="00027F60">
+    <w:p w:rsidR="0005262D" w:rsidRDefault="0005262D" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BCF" w14:textId="77777777" w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
+    <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD0" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD1" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD2" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD3" w14:textId="77777777" w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
+    <w:p w:rsidR="00C22BED" w:rsidRDefault="00C91013" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="26FB7BD4" w14:textId="77777777" w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Glabāšanas termiņš:_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD5" w14:textId="77777777" w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
+    <w:p w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD6" w14:textId="77777777" w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
+    <w:p w:rsidR="003A7F48" w:rsidRDefault="00C91013" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="26FB7BD7" w14:textId="633A8CC4" w:rsidR="00C22BED" w:rsidRDefault="0059406E" w:rsidP="00027F60">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0059645E" w:rsidRDefault="0059645E" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="26FB7BD8" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    </w:p>
+    <w:p w:rsidR="003A7F48" w:rsidRPr="003A7F48" w:rsidRDefault="00C91013" w:rsidP="003A7F48">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7F48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodiskie norādījumi </w:t>
+      </w:r>
+      <w:r w:rsidR="002C575D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prakses </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7F48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienasgrāmatas aizpildīšanai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BD9" w14:textId="77777777" w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
-[...86 lines deleted...]
-    <w:p w14:paraId="26FB7BDF" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRPr="00A04E10" w:rsidRDefault="0059406E" w:rsidP="00A04E10">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1794C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ieraksti dienasgrām</w:t>
       </w:r>
       <w:r w:rsidR="00593209">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">atā tiek veikti </w:t>
+        <w:t xml:space="preserve">atā </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00593209" w:rsidRPr="00C7364E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek veikti </w:t>
+      </w:r>
+      <w:r w:rsidR="009C51D0" w:rsidRPr="00C7364E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne retāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="006E593B" w:rsidRPr="00C7364E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reizi nedēļā</w:t>
+      </w:r>
+      <w:r w:rsidR="00593209" w:rsidRPr="00C7364E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00792467">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atsevišķi </w:t>
       </w:r>
       <w:r w:rsidR="006E593B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>reizi nedēļā</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">par katru </w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>praktiskās apmācības</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dienu, atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00A04E10" w:rsidRPr="00F0532C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A04E10">
+      <w:r w:rsidR="00A04E10" w:rsidRPr="001C5741">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mācību </w:t>
+      </w:r>
+      <w:r w:rsidR="001C5741" w:rsidRPr="001C5741">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>plānam</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04E10" w:rsidRPr="001C5741">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002F4481">
+      <w:r w:rsidR="002F4481" w:rsidRPr="001C5741">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">norādot </w:t>
       </w:r>
-      <w:r w:rsidR="00A04E10" w:rsidRPr="00F0532C">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A04E10" w:rsidRPr="001C5741">
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kāda tēma teorijā un praksē un cik stundas ir apgūt</w:t>
       </w:r>
-      <w:r w:rsidR="002F4481">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="002F4481" w:rsidRPr="001C5741">
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A04E10">
-[...12 lines deleted...]
-    <w:p w14:paraId="26FB7BE0" w14:textId="77777777" w:rsidR="00576A1F" w:rsidRDefault="0059406E" w:rsidP="00A04E10">
+      <w:r w:rsidR="00792467" w:rsidRPr="001C5741">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00792467">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pasākuma īstenošanas adresi (ja tā nav norādīta līguma 1.3.apakšpunktā)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3AAB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai ja darbs veikts attālināti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00576A1F" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Prakses dienasgrāmatu var aizpildīt elektroniski vai papīra formātā.</w:t>
       </w:r>
       <w:r w:rsidR="00AB782C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE1" w14:textId="77777777" w:rsidR="00A04E10" w:rsidRDefault="0059406E" w:rsidP="00A04E10">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ierakstus par </w:t>
       </w:r>
       <w:r w:rsidR="00240049">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
@@ -1025,51 +1093,51 @@
       <w:r w:rsidR="00240049">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>klients</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēc vienošanās ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadītāju.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE2" w14:textId="77777777" w:rsidR="0035739E" w:rsidRDefault="0059406E" w:rsidP="00A04E10">
+    <w:p w:rsidR="0035739E" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002F4481">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1130,78 +1198,84 @@
       <w:r w:rsidR="002F4481">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>neiesk.</w:t>
       </w:r>
       <w:r w:rsidR="002F4481">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE3" w14:textId="77777777" w:rsidR="00DE09A3" w:rsidRDefault="0059406E" w:rsidP="00A04E10">
+    <w:p w:rsidR="00DE09A3" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5. Dienasgrāmatas parakstīšanas iespējas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE4" w14:textId="77777777" w:rsidR="00DE09A3" w:rsidRDefault="0059406E" w:rsidP="00DE09A3">
+    <w:p w:rsidR="00DE09A3" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.1. Elektroniski</w:t>
+        <w:t>5.1. Ele</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ktroniski</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE09A3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE09A3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dienasgrāmat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u reizi nedēļā </w:t>
       </w:r>
@@ -1223,93 +1297,87 @@
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00073D9B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lients </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE09A3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apstiprina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>, e-parakstot ar drošu e</w:t>
-[...5 lines deleted...]
-        <w:t>lektronisko parakstu</w:t>
+        <w:t>, e-parakstot ar drošu elektronisko parakstu</w:t>
       </w:r>
       <w:r w:rsidR="003827AD">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE5" w14:textId="77777777" w:rsidR="003827AD" w:rsidRDefault="0059406E" w:rsidP="00DE09A3">
+    <w:p w:rsidR="003827AD" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="003827AD">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Elektroniski sagatavoto dienasgrāmatu reizi nedēļā izdrukā un darba vadītājs un klients katru ierakstu (rindiņu) apstip</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rina ar savu pašrocīgo parakstu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE6" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="0059406E" w:rsidP="00DE09A3">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="003827AD">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1358,117 +1426,117 @@
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">katru ierakstu (rindiņu) apstiprina ar savu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pašrocīgo </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>parakstu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE7" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="0059406E" w:rsidP="00B03B31">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00B03B31">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00240049">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Klients</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE8" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRDefault="0059406E" w:rsidP="00DE09A3">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>laikus rūpējas par nepieciešamo ierakstu veikšanu d</w:t>
       </w:r>
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ienasgrāmatā un tās saglabāšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BE9" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="0059406E" w:rsidP="0035739E">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="00C91013" w:rsidP="0035739E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aizpildīto dienasgrāmatu saglabā līdz </w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas</w:t>
       </w:r>
@@ -1481,5722 +1549,5591 @@
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to beigu datuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz to </w:t>
       </w:r>
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darba devējam</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BEA" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BEB" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BEC" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRDefault="0059406E" w:rsidP="00027F60">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BED" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRPr="00E85EBA" w:rsidRDefault="0059406E" w:rsidP="00E85EBA">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00E85EBA" w:rsidRDefault="00C91013" w:rsidP="00E85EBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darba</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85EBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadītāji un termiņi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BEE" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRDefault="00B03B31" w:rsidP="00E85EBA">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="00B03B31" w:rsidP="00E85EBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BEF" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRDefault="00B03B31" w:rsidP="00027F60">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="00B03B31" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BF0" w14:textId="77777777" w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
+    <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BF1" w14:textId="77777777" w:rsidR="00B03B31" w:rsidRDefault="0059406E" w:rsidP="005625ED">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="00C91013" w:rsidP="005625ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________________________, no ___________</w:t>
       </w:r>
       <w:r w:rsidR="00E85EBA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz ___________</w:t>
       </w:r>
       <w:r w:rsidR="00E85EBA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BF2" w14:textId="77777777" w:rsidR="005625ED" w:rsidRDefault="0059406E" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRDefault="00C91013" w:rsidP="005625ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Vārds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BF3" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="005625ED" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="005625ED" w:rsidP="005625ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BF4" w14:textId="77777777" w:rsidR="005625ED" w:rsidRDefault="005625ED" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRDefault="005625ED" w:rsidP="005625ED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BF5" w14:textId="77777777" w:rsidR="005625ED" w:rsidRDefault="0059406E" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRDefault="00C91013" w:rsidP="005625ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">______________________________________, no ___________ līdz </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="26FB7BF6" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="0059406E" w:rsidP="005625ED">
+        <w:t>______________________________________, no ___________ līdz ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="00C91013" w:rsidP="005625ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Vārd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s,</w:t>
       </w:r>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7BF7" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00F0532C">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00F0532C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BF8" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00F0532C">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00F0532C">
       <w:pPr>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BF9" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BFA" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BFB" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BFC" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BFD" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BFE" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7BFF" w14:textId="77777777" w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7C00" w14:textId="77777777" w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
+    <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7C01" w14:textId="77777777" w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
+    <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7C02" w14:textId="77777777" w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
+    <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7C03" w14:textId="77777777" w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
+    <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7C04" w14:textId="77777777" w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
+    <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FB7C05" w14:textId="77777777" w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
-[...26 lines deleted...]
-    <w:p w14:paraId="26FB7C08" w14:textId="77777777" w:rsidR="00CF3F78" w:rsidRDefault="0059406E" w:rsidP="005625ED">
+    <w:p w:rsidR="00CF3F78" w:rsidRDefault="00C91013" w:rsidP="005625ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4065"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF3F78">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Veikto darbu uzskaite</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FB7C09" w14:textId="77777777" w:rsidR="00F0532C" w:rsidRPr="00CF3F78" w:rsidRDefault="00F0532C" w:rsidP="00CF3F78">
+    <w:p w:rsidR="00F0532C" w:rsidRPr="00CF3F78" w:rsidRDefault="00F0532C" w:rsidP="00CF3F78">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="948"/>
         <w:gridCol w:w="2940"/>
         <w:gridCol w:w="1323"/>
         <w:gridCol w:w="1287"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1488"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C12" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C0A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="0059406E" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C0B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="0059406E" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Izpildītā darba īss raksturojums, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26FB7C0C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="0059406E" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>izstrādājumu skaits</w:t>
+              <w:t xml:space="preserve">izstrādājumu </w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00546176">
+              <w:t>skaits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00546176">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Darba izpildes laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C0E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="26FB7C0F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="0059406E" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C10" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="0059406E" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Klienta</w:t>
             </w:r>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> paraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C11" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRDefault="0059406E" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRDefault="00C91013" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B17C1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Darba vadītāja paraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C19" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C13" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C14" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C15" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C16" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C17" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C18" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C20" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C1A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C1B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C1C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C1D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C1E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C1F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C27" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C21" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C22" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C23" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C24" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C25" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C26" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C2E" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C28" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C29" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C2A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C2B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C2C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C2D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C35" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C2F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C30" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C31" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C32" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C33" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C34" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C3C" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C36" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C37" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C38" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C39" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C3A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C3B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C43" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C3D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C3E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C3F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C40" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C41" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C42" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C4A" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C44" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C45" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C46" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C47" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C48" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C49" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C51" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C4B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C4C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C4D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C4E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C4F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C50" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C58" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C52" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C53" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C54" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C55" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C56" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C57" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C5F" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C59" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C5A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C5B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C5C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C5D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C5E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C66" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C60" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C61" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C62" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C63" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C64" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C65" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C6D" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C67" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C68" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C69" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C6A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C6B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C6C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C74" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C6E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C6F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C70" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C71" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C72" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C73" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C7B" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C75" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C76" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C77" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C78" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C79" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C7A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C82" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C7C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C7D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C7E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C7F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C80" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C81" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C89" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C83" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C84" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C85" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C86" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C87" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C88" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C90" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C8A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C8B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C8C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C8D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C8E" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C8F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C97" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C91" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C92" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C93" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C94" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C95" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C96" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7C9E" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C98" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C99" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C9A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C9B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C9C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C9D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CA5" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7C9F" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA0" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA1" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA2" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA3" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA4" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CAC" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA6" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA7" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA8" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CA9" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CAA" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CAB" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CB3" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CAD" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CAE" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CAF" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB0" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB1" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB2" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CBA" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB4" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB5" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB6" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB7" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB8" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CB9" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CC1" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CBB" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CBC" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CBD" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CBE" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CBF" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC0" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CC8" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC2" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC3" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC4" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC5" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC6" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC7" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CCF" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CC9" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CCA" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CCB" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CCC" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CCD" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CCE" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CD6" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD0" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD1" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD2" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD3" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD4" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD5" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CDD" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD7" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD8" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CD9" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CDA" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CDB" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CDC" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CE4" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CDE" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CDF" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE0" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE1" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE2" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE3" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CEB" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE5" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE6" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE7" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE8" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CE9" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CEA" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CF2" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CEC" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CED" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CEE" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CEF" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF0" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF1" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7CF9" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF3" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF4" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF5" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF6" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF7" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CF8" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D00" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CFA" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CFB" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CFC" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CFD" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CFE" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7CFF" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D07" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D01" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D02" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D03" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D04" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D05" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D06" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D0E" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D08" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D09" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D0A" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D0B" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D0C" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D0D" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D15" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D0F" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D10" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D11" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D12" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D13" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D14" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D1C" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D16" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D17" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D18" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D19" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D1A" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D1B" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D23" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D1D" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D1E" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D1F" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D20" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D21" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D22" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D2A" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D24" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D25" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D26" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D27" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D28" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D29" w14:textId="77777777" w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00963C14" w14:paraId="26FB7D31" w14:textId="77777777" w:rsidTr="005625ED">
+      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D2B" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D2C" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D2D" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D2E" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D2F" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FB7D30" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
-[...112 lines deleted...]
-          <w:p w14:paraId="26FB7D37" w14:textId="77777777" w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
+          <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="26FB7D39" w14:textId="77777777" w:rsidR="00B433FD" w:rsidRDefault="00B433FD" w:rsidP="00CF6594">
+    <w:p w:rsidR="00B433FD" w:rsidRDefault="00B433FD" w:rsidP="00CF6594">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B433FD" w:rsidSect="005625ED">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="360" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="706DFB8F" w14:textId="77777777" w:rsidR="0059406E" w:rsidRDefault="0059406E">
+    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CA3A02E" w14:textId="77777777" w:rsidR="0059406E" w:rsidRDefault="0059406E">
+    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="26FB7D42" w14:textId="7AE1C19E" w:rsidR="00A508CF" w:rsidRPr="00412613" w:rsidRDefault="0059406E" w:rsidP="00412613">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00A508CF" w:rsidRPr="00412613" w:rsidRDefault="00C91013" w:rsidP="000F3A5E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00412613">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_5.pielikums_Līgumam ar DD_1.versija</w:t>
+      <w:t>KRG_4.2.17_5.pielikums_Līgumam ar DD_</w:t>
+    </w:r>
+    <w:r w:rsidR="000D1ACD">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00412613">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="001D6DAD">
+    <w:r w:rsidR="000D1ACD" w:rsidRPr="000D1ACD">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>01.12.2025.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="26FB7D43" w14:textId="77777777" w:rsidR="00A508CF" w:rsidRPr="00412613" w:rsidRDefault="00A508CF" w:rsidP="000F3A5E">
-[...9 lines deleted...]
-  <w:p w14:paraId="26FB7D44" w14:textId="77777777" w:rsidR="00A508CF" w:rsidRPr="00F0532C" w:rsidRDefault="00A508CF" w:rsidP="00F0532C">
+  <w:p w:rsidR="00A508CF" w:rsidRPr="00F0532C" w:rsidRDefault="00A508CF" w:rsidP="00F0532C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="26FB7D46" w14:textId="419B9196" w:rsidR="00A508CF" w:rsidRPr="009C625E" w:rsidRDefault="0059406E" w:rsidP="007F311F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="00C91013" w:rsidP="000D1ACD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009C625E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_5.pielikums_Līgumam ar DD_1.versija</w:t>
+      <w:t>KRG_4.2.17_5.pielikums_Līgumam ar DD_</w:t>
+    </w:r>
+    <w:r w:rsidR="000D1ACD">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009C625E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00AF5022">
+    <w:r w:rsidR="000D1ACD" w:rsidRPr="000D1ACD">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>01.12.2025.</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CDEEFF9" w14:textId="77777777" w:rsidR="0059406E" w:rsidRDefault="0059406E">
+    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="663742A9" w14:textId="77777777" w:rsidR="0059406E" w:rsidRDefault="0059406E">
+    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="26FB7D3E" w14:textId="77777777" w:rsidR="00A508CF" w:rsidRDefault="0059406E" w:rsidP="009C1AA4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="00C91013" w:rsidP="009C1AA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="26FB7D3F" w14:textId="77777777" w:rsidR="00A508CF" w:rsidRDefault="00A508CF">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="00A508CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="26FB7D40" w14:textId="2E96131F" w:rsidR="00A508CF" w:rsidRDefault="0059406E" w:rsidP="009C1AA4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="00C91013" w:rsidP="009C1AA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E377CE">
+    <w:r w:rsidR="00117684">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="26FB7D41" w14:textId="77777777" w:rsidR="00A508CF" w:rsidRDefault="00A508CF">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="00A508CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="26FB7D45" w14:textId="77777777" w:rsidR="00A508CF" w:rsidRDefault="00A508CF" w:rsidP="00A04E10">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="00A508CF" w:rsidP="00A04E10">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="011413FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C29EDD82"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
@@ -7270,522 +7207,563 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3193188E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28640414"/>
-    <w:lvl w:ilvl="0" w:tplc="C590D69C">
+    <w:lvl w:ilvl="0" w:tplc="062E5296">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E1A29292" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D8F019EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68085B78" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E8DA95CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8B941DD8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DEF620BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3A08B910" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F2B81D32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="172EA206" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7A46452E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="576E91B6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6F989F46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8E3CFB58" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B7D63E5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="EBD603CC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BE3EF7D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A161C87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB207D8A"/>
-    <w:lvl w:ilvl="0" w:tplc="7054BCBC">
+    <w:lvl w:ilvl="0" w:tplc="978E908C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1F984F80" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="DD92A62E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56E86E74" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B2BEC4AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D3C6ED88" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AB50992A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FCBC539C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44CA5D5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E7F67CA4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C7CEBCB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2DE2C7AA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66D0CDB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74E4BA14" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BEEC075C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43AC8CC4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8FA054B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00895CB0"/>
     <w:rsid w:val="0001256B"/>
+    <w:rsid w:val="00027551"/>
     <w:rsid w:val="00027F60"/>
     <w:rsid w:val="00032284"/>
+    <w:rsid w:val="00044498"/>
     <w:rsid w:val="0005262D"/>
     <w:rsid w:val="00055101"/>
     <w:rsid w:val="00073D9B"/>
     <w:rsid w:val="000C00FE"/>
     <w:rsid w:val="000C18FF"/>
+    <w:rsid w:val="000D1ACD"/>
     <w:rsid w:val="000E319F"/>
     <w:rsid w:val="000F098A"/>
     <w:rsid w:val="000F3A5E"/>
+    <w:rsid w:val="00117684"/>
     <w:rsid w:val="001237CB"/>
     <w:rsid w:val="00124C1D"/>
     <w:rsid w:val="00150665"/>
     <w:rsid w:val="00157795"/>
     <w:rsid w:val="001934C9"/>
     <w:rsid w:val="001B1267"/>
     <w:rsid w:val="001C2251"/>
+    <w:rsid w:val="001C5741"/>
     <w:rsid w:val="001D6DAD"/>
     <w:rsid w:val="001E151C"/>
     <w:rsid w:val="00223D2A"/>
     <w:rsid w:val="00234025"/>
     <w:rsid w:val="0023775F"/>
     <w:rsid w:val="00240049"/>
     <w:rsid w:val="00241A0E"/>
     <w:rsid w:val="00243AA6"/>
     <w:rsid w:val="00254157"/>
     <w:rsid w:val="00263919"/>
     <w:rsid w:val="0026636A"/>
     <w:rsid w:val="00281500"/>
     <w:rsid w:val="00290151"/>
     <w:rsid w:val="00290B4E"/>
     <w:rsid w:val="002A3077"/>
     <w:rsid w:val="002B17C1"/>
     <w:rsid w:val="002C4ED2"/>
     <w:rsid w:val="002C575D"/>
     <w:rsid w:val="002D5600"/>
     <w:rsid w:val="002F4481"/>
     <w:rsid w:val="00310D87"/>
     <w:rsid w:val="00327A71"/>
     <w:rsid w:val="00354DC7"/>
     <w:rsid w:val="0035739E"/>
     <w:rsid w:val="00360753"/>
     <w:rsid w:val="003827AD"/>
     <w:rsid w:val="00397220"/>
     <w:rsid w:val="003A7F48"/>
     <w:rsid w:val="003C10DD"/>
     <w:rsid w:val="003C3278"/>
+    <w:rsid w:val="003C561E"/>
     <w:rsid w:val="003D007F"/>
     <w:rsid w:val="003D68A4"/>
     <w:rsid w:val="003F3E17"/>
     <w:rsid w:val="00402AAB"/>
     <w:rsid w:val="00412613"/>
     <w:rsid w:val="00426AA4"/>
+    <w:rsid w:val="004400B8"/>
     <w:rsid w:val="00447045"/>
     <w:rsid w:val="00477B0A"/>
     <w:rsid w:val="00494521"/>
     <w:rsid w:val="004B0950"/>
     <w:rsid w:val="004C2330"/>
     <w:rsid w:val="004C7777"/>
     <w:rsid w:val="004E475B"/>
+    <w:rsid w:val="004F19C4"/>
     <w:rsid w:val="00512D14"/>
     <w:rsid w:val="00546176"/>
+    <w:rsid w:val="005469A8"/>
+    <w:rsid w:val="005516F8"/>
     <w:rsid w:val="00555142"/>
     <w:rsid w:val="00560B02"/>
     <w:rsid w:val="005625ED"/>
     <w:rsid w:val="00563B1B"/>
     <w:rsid w:val="0057348F"/>
     <w:rsid w:val="00576A1F"/>
     <w:rsid w:val="00584D68"/>
     <w:rsid w:val="005911D1"/>
     <w:rsid w:val="00593209"/>
     <w:rsid w:val="0059406E"/>
     <w:rsid w:val="005954C8"/>
     <w:rsid w:val="0059645E"/>
     <w:rsid w:val="005A5505"/>
     <w:rsid w:val="005B0508"/>
     <w:rsid w:val="005C7630"/>
     <w:rsid w:val="005D6144"/>
     <w:rsid w:val="005E12B4"/>
     <w:rsid w:val="005E583E"/>
     <w:rsid w:val="0060527A"/>
+    <w:rsid w:val="00616FC8"/>
     <w:rsid w:val="00647C5B"/>
     <w:rsid w:val="006505AC"/>
     <w:rsid w:val="006863B9"/>
     <w:rsid w:val="00687D18"/>
     <w:rsid w:val="0069278B"/>
     <w:rsid w:val="006A3F15"/>
     <w:rsid w:val="006A6A08"/>
+    <w:rsid w:val="006C7A09"/>
     <w:rsid w:val="006E593B"/>
     <w:rsid w:val="006F35E8"/>
+    <w:rsid w:val="006F63BD"/>
     <w:rsid w:val="00707DCC"/>
     <w:rsid w:val="007100BB"/>
     <w:rsid w:val="007247EF"/>
     <w:rsid w:val="00726C17"/>
     <w:rsid w:val="0074395F"/>
     <w:rsid w:val="00773536"/>
+    <w:rsid w:val="00775F6F"/>
     <w:rsid w:val="00786117"/>
+    <w:rsid w:val="00792467"/>
     <w:rsid w:val="007A08A1"/>
     <w:rsid w:val="007C6B49"/>
     <w:rsid w:val="007E7584"/>
     <w:rsid w:val="007F311F"/>
     <w:rsid w:val="00824A7C"/>
     <w:rsid w:val="0083770B"/>
     <w:rsid w:val="008441B2"/>
+    <w:rsid w:val="00845F91"/>
+    <w:rsid w:val="0087023E"/>
+    <w:rsid w:val="008763A6"/>
     <w:rsid w:val="00890F10"/>
     <w:rsid w:val="00895CB0"/>
     <w:rsid w:val="008C36DC"/>
+    <w:rsid w:val="008C3DEF"/>
     <w:rsid w:val="008C7869"/>
     <w:rsid w:val="008E01B6"/>
     <w:rsid w:val="00900C68"/>
     <w:rsid w:val="00926E34"/>
     <w:rsid w:val="0094634C"/>
     <w:rsid w:val="00963C14"/>
     <w:rsid w:val="009C0D13"/>
     <w:rsid w:val="009C1AA4"/>
     <w:rsid w:val="009C1DEC"/>
+    <w:rsid w:val="009C51D0"/>
     <w:rsid w:val="009C625E"/>
     <w:rsid w:val="009D059F"/>
     <w:rsid w:val="009D13F1"/>
+    <w:rsid w:val="009F02E3"/>
     <w:rsid w:val="009F1838"/>
     <w:rsid w:val="009F6FB6"/>
     <w:rsid w:val="00A04E10"/>
     <w:rsid w:val="00A228CB"/>
     <w:rsid w:val="00A254C0"/>
     <w:rsid w:val="00A412A1"/>
     <w:rsid w:val="00A508CF"/>
     <w:rsid w:val="00A60406"/>
+    <w:rsid w:val="00A618AA"/>
     <w:rsid w:val="00A627B0"/>
     <w:rsid w:val="00A73EC4"/>
+    <w:rsid w:val="00A76671"/>
     <w:rsid w:val="00A77399"/>
+    <w:rsid w:val="00A823B2"/>
     <w:rsid w:val="00A90DBE"/>
     <w:rsid w:val="00A94AE0"/>
     <w:rsid w:val="00AA7552"/>
     <w:rsid w:val="00AB782C"/>
     <w:rsid w:val="00AC47EA"/>
     <w:rsid w:val="00AC763B"/>
+    <w:rsid w:val="00AE7B9F"/>
     <w:rsid w:val="00AF5022"/>
     <w:rsid w:val="00B03B31"/>
     <w:rsid w:val="00B20946"/>
+    <w:rsid w:val="00B273CD"/>
     <w:rsid w:val="00B433FD"/>
     <w:rsid w:val="00B45FBE"/>
     <w:rsid w:val="00B46BCE"/>
     <w:rsid w:val="00B52B51"/>
     <w:rsid w:val="00B6302A"/>
     <w:rsid w:val="00B74660"/>
     <w:rsid w:val="00B91DE6"/>
     <w:rsid w:val="00BD32E8"/>
     <w:rsid w:val="00C22BED"/>
+    <w:rsid w:val="00C47B10"/>
     <w:rsid w:val="00C5046D"/>
     <w:rsid w:val="00C558D0"/>
+    <w:rsid w:val="00C7364E"/>
     <w:rsid w:val="00C75AF4"/>
+    <w:rsid w:val="00C91013"/>
     <w:rsid w:val="00CA42F2"/>
     <w:rsid w:val="00CB1E30"/>
+    <w:rsid w:val="00CB3AAB"/>
     <w:rsid w:val="00CD4079"/>
     <w:rsid w:val="00CE62B1"/>
     <w:rsid w:val="00CF3F78"/>
     <w:rsid w:val="00CF6594"/>
     <w:rsid w:val="00CF6752"/>
     <w:rsid w:val="00D0447C"/>
     <w:rsid w:val="00D143B1"/>
     <w:rsid w:val="00D1794C"/>
+    <w:rsid w:val="00D34FAF"/>
     <w:rsid w:val="00D569FB"/>
     <w:rsid w:val="00D615F1"/>
     <w:rsid w:val="00D61E00"/>
+    <w:rsid w:val="00D62607"/>
     <w:rsid w:val="00D65FF6"/>
     <w:rsid w:val="00D833A5"/>
     <w:rsid w:val="00D908C7"/>
+    <w:rsid w:val="00D933A6"/>
     <w:rsid w:val="00D96546"/>
     <w:rsid w:val="00DE03AA"/>
     <w:rsid w:val="00DE09A3"/>
     <w:rsid w:val="00DE4971"/>
     <w:rsid w:val="00E053DB"/>
     <w:rsid w:val="00E377CE"/>
     <w:rsid w:val="00E41BE0"/>
     <w:rsid w:val="00E85EBA"/>
     <w:rsid w:val="00E90593"/>
     <w:rsid w:val="00E9310A"/>
     <w:rsid w:val="00EA02F7"/>
+    <w:rsid w:val="00EC269B"/>
     <w:rsid w:val="00ED7550"/>
     <w:rsid w:val="00F00414"/>
     <w:rsid w:val="00F0532C"/>
     <w:rsid w:val="00F172D5"/>
     <w:rsid w:val="00F30887"/>
     <w:rsid w:val="00F41CF2"/>
     <w:rsid w:val="00F425FA"/>
     <w:rsid w:val="00F5340F"/>
     <w:rsid w:val="00F55A0F"/>
+    <w:rsid w:val="00F60901"/>
+    <w:rsid w:val="00F81C2F"/>
     <w:rsid w:val="00F82923"/>
     <w:rsid w:val="00F85B60"/>
     <w:rsid w:val="00F86728"/>
     <w:rsid w:val="00F867BF"/>
     <w:rsid w:val="00F94404"/>
     <w:rsid w:val="00F95219"/>
     <w:rsid w:val="00F95723"/>
     <w:rsid w:val="00FD58D5"/>
     <w:rsid w:val="00FE452E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="26FB7BA9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2A0A84F1-BBA6-485B-B60F-EDCEF5D8E157}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:uiPriority="99"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8000,50 +7978,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -8194,57 +8176,57 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00926E34"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00926E34"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8473,83 +8455,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E690A64B-47BA-486C-94D4-E66872470658}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08C701BB-B5DB-4625-8A0D-5F6263B76FDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1750</Words>
-  <Characters>998</Characters>
+  <Words>1819</Words>
+  <Characters>1038</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Prakses dienas grāmatas paraugs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>G.Krusts</Manager>
   <Company>IZM PITD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2743</CharactersWithSpaces>
+  <CharactersWithSpaces>2852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prakses dienas grāmatas paraugs</dc:title>
   <dc:subject>Pielikums IZM kārtībai</dc:subject>
   <dc:creator>Z.Mežulis</dc:creator>
   <dc:description>Z.Mežulis_x000d_
 7047857, zigurds.mezulis@izm.gov.lv</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>