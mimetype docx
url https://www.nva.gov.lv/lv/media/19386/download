--- v1 (2025-12-19)
+++ v2 (2026-03-31)
@@ -9,51 +9,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00D933A6" w:rsidRDefault="00C91013" w:rsidP="001C5741">
+    <w:p w:rsidR="00D933A6" w:rsidRDefault="000F1BEB" w:rsidP="001C5741">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1865630" cy="914400"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
@@ -94,51 +94,51 @@
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D933A6" w:rsidRDefault="00D933A6" w:rsidP="001237CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0059645E" w:rsidRDefault="00C91013" w:rsidP="001237CB">
+    <w:p w:rsidR="0059645E" w:rsidRDefault="000F1BEB" w:rsidP="001237CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059645E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aktīv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
       <w:r w:rsidRPr="0059645E">
@@ -174,446 +174,457 @@
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Apmācība</w:t>
       </w:r>
       <w:r w:rsidR="0069278B" w:rsidRPr="0069278B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pie darba devēja</w:t>
       </w:r>
       <w:r w:rsidRPr="0069278B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001237CB" w:rsidRDefault="00C91013" w:rsidP="001237CB">
+    <w:p w:rsidR="003346C0" w:rsidRPr="009B190A" w:rsidRDefault="00266DF5" w:rsidP="001237CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B190A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069278B" w:rsidRPr="005911D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F1BEB" w:rsidRPr="009B190A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>AF projekts „</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069278B">
+        <w:t>(ESF Plus projekts “Atbalsts pieaugušo izglītībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="004740A1" w:rsidRPr="009B190A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004740A1" w:rsidRPr="009B190A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069278B" w:rsidRPr="005911D1">
+        <w:t>Nr. 4.3.3.1/1/26/I/001</w:t>
+      </w:r>
+      <w:r w:rsidR="000F1BEB" w:rsidRPr="009B190A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>rasmju pilnveide pieaugušajiem” Nr.3.1.2.5.i.0/1/23/I/CFLA/001</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3339" w:rsidRPr="009B190A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...50 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="000F1BEB" w:rsidRPr="009B190A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895CB0" w:rsidRPr="009B190A" w:rsidRDefault="00895CB0" w:rsidP="00C22BED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="00895CB0" w:rsidP="00895CB0">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="000F1BEB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00895CB0" w:rsidRDefault="00895CB0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00327A71" w:rsidRDefault="000F1BEB" w:rsidP="00027F60">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="000F1BEB" w:rsidP="00477B0A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4971">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00327A71" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A04E10">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Darba devējs</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Darba devējs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C2330" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="004C2330" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>PRAKSES DIENASGRĀMATA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE4971" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4971" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(vārds un uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE4971" w:rsidRDefault="00DE4971" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="000F1BEB" w:rsidP="00A04E10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00243AA6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4971" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(profesija</w:t>
       </w:r>
       <w:r w:rsidR="003D007F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, kods</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F0532C" w:rsidRDefault="00C91013" w:rsidP="00F0532C">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="000F1BEB" w:rsidP="00F0532C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE4971" w:rsidRPr="00360753" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="00DE4971" w:rsidRPr="00360753" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(darba līguma Nr. un </w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10" w:rsidRPr="00360753">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> periods)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F0532C" w:rsidRDefault="00F0532C" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F0532C" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="00F0532C" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F0532C" w:rsidRPr="00360753" w:rsidRDefault="00C91013" w:rsidP="00DE4971">
+    <w:p w:rsidR="00F0532C" w:rsidRPr="00360753" w:rsidRDefault="000F1BEB" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas</w:t>
       </w:r>
       <w:r w:rsidR="004B0950" w:rsidRPr="00360753">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -660,314 +671,257 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A04E10" w:rsidRDefault="00A04E10" w:rsidP="00DE4971">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C2330" w:rsidRDefault="004C2330" w:rsidP="00DE4971">
-[...8 lines deleted...]
-    <w:p w:rsidR="0060527A" w:rsidRDefault="0060527A" w:rsidP="00027F60">
+    <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="0005262D" w:rsidRDefault="0005262D" w:rsidP="00027F60">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F6FB6" w:rsidRDefault="00C91013" w:rsidP="00027F60">
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C22BED" w:rsidRDefault="000F1BEB" w:rsidP="00027F60">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Glabāšanas termiņš:_______________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
+    <w:p w:rsidR="00C22BED" w:rsidRDefault="00C22BED" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0005262D" w:rsidRDefault="0005262D" w:rsidP="00027F60">
-[...78 lines deleted...]
-    <w:p w:rsidR="003A7F48" w:rsidRDefault="00C91013" w:rsidP="00027F60">
+    <w:p w:rsidR="0059645E" w:rsidRDefault="000F1BEB" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059645E" w:rsidRDefault="0059645E" w:rsidP="00027F60">
+    <w:p w:rsidR="003A7F48" w:rsidRPr="003A7F48" w:rsidRDefault="000F1BEB" w:rsidP="003A7F48">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A7F48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodiskie norādījumi </w:t>
+      </w:r>
+      <w:r w:rsidR="002C575D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prakses </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A7F48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienasgrāmatas aizpildīšanai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A7F48" w:rsidRPr="003A7F48" w:rsidRDefault="00C91013" w:rsidP="003A7F48">
-[...42 lines deleted...]
-    <w:p w:rsidR="00B03B31" w:rsidRPr="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00A04E10" w:rsidRDefault="000F1BEB" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1794C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ieraksti dienasgrām</w:t>
       </w:r>
       <w:r w:rsidR="00593209">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">atā </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="009C51D0" w:rsidRPr="00C7364E">
+        <w:t xml:space="preserve">atā tiek </w:t>
+      </w:r>
+      <w:r w:rsidR="00593209" w:rsidRPr="003346C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veikti </w:t>
+      </w:r>
+      <w:r w:rsidR="009C51D0" w:rsidRPr="003346C0">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ne retāk kā </w:t>
       </w:r>
-      <w:r w:rsidR="006E593B" w:rsidRPr="00C7364E">
-[...5 lines deleted...]
-      <w:r w:rsidR="00593209" w:rsidRPr="00C7364E">
+      <w:r w:rsidR="006E593B" w:rsidRPr="003346C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reizi </w:t>
+      </w:r>
+      <w:r w:rsidR="006E593B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nedēļā</w:t>
+      </w:r>
+      <w:r w:rsidR="00593209">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00792467">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atsevišķi </w:t>
       </w:r>
       <w:r w:rsidR="006E593B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">par katru </w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>praktiskās apmācības</w:t>
       </w:r>
       <w:r w:rsidR="00A04E10">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dienu, atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="00A04E10" w:rsidRPr="001C5741">
@@ -1003,84 +957,84 @@
       <w:r w:rsidR="002F4481" w:rsidRPr="001C5741">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00792467" w:rsidRPr="001C5741">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00792467">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pasākuma īstenošanas adresi (ja tā nav norādīta līguma 1.3.apakšpunktā)</w:t>
       </w:r>
       <w:r w:rsidR="00CB3AAB">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai ja darbs veikts attālināti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00576A1F" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
+    <w:p w:rsidR="00576A1F" w:rsidRDefault="000F1BEB" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Prakses dienasgrāmatu var aizpildīt elektroniski vai papīra formātā.</w:t>
       </w:r>
       <w:r w:rsidR="00AB782C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A04E10" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
+    <w:p w:rsidR="00A04E10" w:rsidRDefault="000F1BEB" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ierakstus par </w:t>
       </w:r>
       <w:r w:rsidR="00240049">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
@@ -1093,51 +1047,51 @@
       <w:r w:rsidR="00240049">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>klients</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēc vienošanās ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadītāju.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035739E" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
+    <w:p w:rsidR="0035739E" w:rsidRDefault="000F1BEB" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002F4481">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1198,186 +1152,180 @@
       <w:r w:rsidR="002F4481">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>neiesk.</w:t>
       </w:r>
       <w:r w:rsidR="002F4481">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00B03B31" w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE09A3" w:rsidRDefault="00C91013" w:rsidP="00A04E10">
+    <w:p w:rsidR="00DE09A3" w:rsidRDefault="000F1BEB" w:rsidP="00A04E10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5. Dienasgrāmatas parakstīšanas iespējas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE09A3" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
+    <w:p w:rsidR="00DE09A3" w:rsidRDefault="000F1BEB" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.1. Ele</w:t>
+        <w:t>5.1. Elektroniski</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE09A3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sagatavot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ktroniski</w:t>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE09A3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sagatavot</w:t>
+        <w:t xml:space="preserve"> dienasgrāmat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t xml:space="preserve">u reizi nedēļā </w:t>
+      </w:r>
+      <w:r w:rsidR="00073D9B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE09A3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dienasgrāmat</w:t>
+        <w:t xml:space="preserve">arba vadītājs </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">u reizi nedēļā </w:t>
+        <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00073D9B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>d</w:t>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE09A3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">arba vadītājs </w:t>
+        <w:t>apstiprina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">un </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>, e-parakstot ar drošu elektronisko parakstu</w:t>
       </w:r>
       <w:r w:rsidR="003827AD">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003827AD" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
+    <w:p w:rsidR="003827AD" w:rsidRDefault="000F1BEB" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="003827AD">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Elektroniski sagatavoto dienasgrāmatu reizi nedēļā izdrukā un darba vadītājs un klients katru ierakstu (rindiņu) apstip</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rina ar savu pašrocīgo parakstu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="000F1BEB" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="003827AD">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1426,117 +1374,117 @@
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">katru ierakstu (rindiņu) apstiprina ar savu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pašrocīgo </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>parakstu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00B03B31">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="000F1BEB" w:rsidP="00B03B31">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="700"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00240049">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Klients</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00DE09A3">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="000F1BEB" w:rsidP="00DE09A3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>laikus rūpējas par nepieciešamo ierakstu veikšanu d</w:t>
       </w:r>
       <w:r w:rsidR="00F0532C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ienasgrāmatā un tās saglabāšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="00C91013" w:rsidP="0035739E">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00B03B31" w:rsidRDefault="000F1BEB" w:rsidP="0035739E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1378" w:hanging="397"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aizpildīto dienasgrāmatu saglabā līdz </w:t>
       </w:r>
       <w:r w:rsidR="004B0950">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas</w:t>
       </w:r>
@@ -1567,67 +1515,67 @@
       <w:r w:rsidRPr="00B03B31">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009F6FB6" w:rsidRDefault="009F6FB6" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRDefault="00C91013" w:rsidP="00027F60">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="000F1BEB" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRPr="00E85EBA" w:rsidRDefault="00C91013" w:rsidP="00E85EBA">
+    <w:p w:rsidR="00B03B31" w:rsidRPr="00E85EBA" w:rsidRDefault="000F1BEB" w:rsidP="00E85EBA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darba</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85EBA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadītāji un termiņi</w:t>
       </w:r>
     </w:p>
@@ -1636,92 +1584,92 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B03B31" w:rsidRDefault="00B03B31" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03B31" w:rsidRDefault="00C91013" w:rsidP="005625ED">
+    <w:p w:rsidR="00B03B31" w:rsidRDefault="000F1BEB" w:rsidP="005625ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________________________, no ___________</w:t>
       </w:r>
       <w:r w:rsidR="00E85EBA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz ___________</w:t>
       </w:r>
       <w:r w:rsidR="00E85EBA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005625ED" w:rsidRDefault="00C91013" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRDefault="000F1BEB" w:rsidP="005625ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Vārds</w:t>
       </w:r>
       <w:r>
@@ -1739,78 +1687,78 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="005625ED" w:rsidP="005625ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005625ED" w:rsidRDefault="005625ED" w:rsidP="005625ED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005625ED" w:rsidRDefault="00C91013" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRDefault="000F1BEB" w:rsidP="005625ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________________________, no ___________ līdz ____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="00C91013" w:rsidP="005625ED">
+    <w:p w:rsidR="005625ED" w:rsidRPr="005625ED" w:rsidRDefault="000F1BEB" w:rsidP="005625ED">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidRPr="005625ED">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Vārd</w:t>
       </w:r>
       <w:r>
@@ -1935,308 +1883,309 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E85EBA" w:rsidRDefault="00E85EBA" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00254157" w:rsidRDefault="00254157" w:rsidP="00027F60">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF3F78" w:rsidRDefault="00C91013" w:rsidP="005625ED">
+    <w:p w:rsidR="00CF3F78" w:rsidRDefault="000F1BEB" w:rsidP="005625ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4065"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF3F78">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidR="00070F19" w:rsidRPr="00CF3F78">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Veikto darbu uzskaite</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F0532C" w:rsidRPr="00CF3F78" w:rsidRDefault="00F0532C" w:rsidP="00CF3F78">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="948"/>
         <w:gridCol w:w="2940"/>
         <w:gridCol w:w="1323"/>
         <w:gridCol w:w="1287"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1488"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Izpildītā darba īss raksturojums, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">izstrādājumu </w:t>
+              <w:t>izstrādājumu skaits</w:t>
             </w:r>
-            <w:r w:rsidRPr="00546176">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>skaits</w:t>
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00546176">
+              <w:t>Darba izpildes laiks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1287" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Darba izpildes laiks</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>Vērtējums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="00C91013" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Klienta</w:t>
             </w:r>
             <w:r w:rsidRPr="00546176">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> paraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002B17C1" w:rsidRDefault="00C91013" w:rsidP="00546176">
+          <w:p w:rsidR="002B17C1" w:rsidRDefault="000F1BEB" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B17C1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Darba vadītāja paraksts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
@@ -2308,51 +2257,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2418,51 +2367,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2528,51 +2477,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2638,51 +2587,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2748,51 +2697,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2858,51 +2807,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2968,51 +2917,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3078,51 +3027,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3188,51 +3137,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3298,51 +3247,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3408,51 +3357,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3518,51 +3467,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3628,51 +3577,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3738,51 +3687,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -3851,51 +3800,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -3964,51 +3913,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4077,51 +4026,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4190,51 +4139,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4303,51 +4252,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4416,51 +4365,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4529,51 +4478,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4642,51 +4591,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4755,51 +4704,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4868,51 +4817,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -4981,51 +4930,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5094,51 +5043,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5207,51 +5156,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5320,51 +5269,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5433,51 +5382,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5546,51 +5495,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5659,51 +5608,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5772,51 +5721,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5885,51 +5834,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -5998,51 +5947,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6111,51 +6060,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6224,51 +6173,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6337,51 +6286,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6450,51 +6399,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6563,51 +6512,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6676,51 +6625,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1488" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002B17C1" w:rsidRPr="00546176" w:rsidRDefault="002B17C1" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005469A8" w:rsidTr="005625ED">
+      <w:tr w:rsidR="004B7CCB" w:rsidTr="005625ED">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="948" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="005625ED" w:rsidRPr="00546176" w:rsidRDefault="005625ED" w:rsidP="00546176">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
@@ -6818,262 +6767,362 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B433FD" w:rsidSect="005625ED">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="360" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
+    <w:p w:rsidR="009C631C" w:rsidRDefault="009C631C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
+    <w:p w:rsidR="009C631C" w:rsidRDefault="009C631C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A508CF" w:rsidRPr="00412613" w:rsidRDefault="00C91013" w:rsidP="000F3A5E">
+  <w:p w:rsidR="008E564A" w:rsidRDefault="000F1BEB" w:rsidP="008E564A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00412613">
+    <w:r w:rsidRPr="009C625E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_5.pielikums_Līgumam ar DD_</w:t>
+      <w:t>4.2.17_</w:t>
     </w:r>
-    <w:r w:rsidR="000D1ACD">
+    <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>19</w:t>
     </w:r>
-    <w:r w:rsidRPr="00412613">
+    <w:r w:rsidRPr="009C625E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.versija</w:t>
+      <w:t>.p _</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009C625E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="000D1ACD" w:rsidRPr="000D1ACD">
+    <w:r w:rsidRPr="003346C0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>01.12.2025.</w:t>
+      <w:t>19.03.2026.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A508CF" w:rsidRPr="00F0532C" w:rsidRDefault="00A508CF" w:rsidP="00F0532C">
+  <w:p w:rsidR="00A508CF" w:rsidRPr="00F0532C" w:rsidRDefault="00A508CF" w:rsidP="003346C0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A508CF" w:rsidRDefault="00C91013" w:rsidP="000D1ACD">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="000F1BEB" w:rsidP="000D1ACD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="009C625E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_5.pielikums_Līgumam ar DD_</w:t>
+      <w:t>4.2.17_</w:t>
     </w:r>
-    <w:r w:rsidR="000D1ACD">
+    <w:r w:rsidR="004A52B1">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>19</w:t>
     </w:r>
     <w:r w:rsidRPr="009C625E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.versija</w:t>
+      <w:t>.p</w:t>
+    </w:r>
+    <w:r w:rsidR="006148E2" w:rsidRPr="009C625E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="009C625E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="006148E2">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009C625E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="000D1ACD" w:rsidRPr="000D1ACD">
+    <w:r w:rsidR="003346C0" w:rsidRPr="003346C0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>01.12.2025.</w:t>
+      <w:t>19.03.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
+    <w:p w:rsidR="009C631C" w:rsidRDefault="009C631C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C91013" w:rsidRDefault="00C91013">
+    <w:p w:rsidR="009C631C" w:rsidRDefault="009C631C">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="00DA3339" w:rsidRDefault="000F1BEB" w:rsidP="00DA3339">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B190A">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090197F" w:rsidRPr="009B190A">
+        <w:t>Vizuālās identitātes ansambli</w:t>
+      </w:r>
+      <w:r w:rsidR="00E621A6" w:rsidRPr="009B190A">
+        <w:t xml:space="preserve"> un a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve">tsauci uz </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve">ESF Plus projektu “Atbalsts pieaugušo izglītībai” </w:t>
+      </w:r>
+      <w:r w:rsidR="004740A1" w:rsidRPr="009B190A">
+        <w:t xml:space="preserve">Nr. 4.3.3.1/1/26/I/001 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve">nenorāda  Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve"> atbalstu saskaņā ar   Komisijas 2013. gada 18. decembra Regulu (ES) Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24534" w:rsidRPr="009B190A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve">1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B190A">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A508CF" w:rsidRDefault="00C91013" w:rsidP="009C1AA4">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="000F1BEB" w:rsidP="009C1AA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00A508CF" w:rsidRDefault="00A508CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A508CF" w:rsidRDefault="00C91013" w:rsidP="009C1AA4">
+  <w:p w:rsidR="00A508CF" w:rsidRDefault="000F1BEB" w:rsidP="009C1AA4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -7207,215 +7256,215 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3193188E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28640414"/>
-    <w:lvl w:ilvl="0" w:tplc="062E5296">
+    <w:lvl w:ilvl="0" w:tplc="E98EAAEE">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D8F019EC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E75E886E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E8DA95CA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88FA8250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DEF620BA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C8F4AB14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F2B81D32" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B7105C66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7A46452E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3BC697C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6F989F46" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5B484C90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B7D63E5C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AA7832BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BE3EF7D8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7D049A90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A161C87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB207D8A"/>
-    <w:lvl w:ilvl="0" w:tplc="978E908C">
+    <w:lvl w:ilvl="0" w:tplc="7966DB0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DD92A62E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E3442D88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B2BEC4AC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="241CC2DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AB50992A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D432350A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44CA5D5A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1F463FC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C7CEBCB8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C6FC469A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66D0CDB2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="03123D40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BEEC075C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0910FD20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8FA054B0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7212C0D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
@@ -7429,299 +7478,309 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00895CB0"/>
     <w:rsid w:val="0001256B"/>
     <w:rsid w:val="00027551"/>
     <w:rsid w:val="00027F60"/>
     <w:rsid w:val="00032284"/>
     <w:rsid w:val="00044498"/>
     <w:rsid w:val="0005262D"/>
     <w:rsid w:val="00055101"/>
+    <w:rsid w:val="00070F19"/>
     <w:rsid w:val="00073D9B"/>
+    <w:rsid w:val="00083806"/>
+    <w:rsid w:val="00090CBF"/>
     <w:rsid w:val="000C00FE"/>
     <w:rsid w:val="000C18FF"/>
     <w:rsid w:val="000D1ACD"/>
     <w:rsid w:val="000E319F"/>
     <w:rsid w:val="000F098A"/>
+    <w:rsid w:val="000F1BEB"/>
     <w:rsid w:val="000F3A5E"/>
     <w:rsid w:val="00117684"/>
     <w:rsid w:val="001237CB"/>
     <w:rsid w:val="00124C1D"/>
     <w:rsid w:val="00150665"/>
     <w:rsid w:val="00157795"/>
     <w:rsid w:val="001934C9"/>
     <w:rsid w:val="001B1267"/>
     <w:rsid w:val="001C2251"/>
     <w:rsid w:val="001C5741"/>
     <w:rsid w:val="001D6DAD"/>
     <w:rsid w:val="001E151C"/>
     <w:rsid w:val="00223D2A"/>
     <w:rsid w:val="00234025"/>
     <w:rsid w:val="0023775F"/>
     <w:rsid w:val="00240049"/>
     <w:rsid w:val="00241A0E"/>
     <w:rsid w:val="00243AA6"/>
     <w:rsid w:val="00254157"/>
     <w:rsid w:val="00263919"/>
     <w:rsid w:val="0026636A"/>
+    <w:rsid w:val="00266DF5"/>
     <w:rsid w:val="00281500"/>
     <w:rsid w:val="00290151"/>
     <w:rsid w:val="00290B4E"/>
     <w:rsid w:val="002A3077"/>
     <w:rsid w:val="002B17C1"/>
     <w:rsid w:val="002C4ED2"/>
     <w:rsid w:val="002C575D"/>
     <w:rsid w:val="002D5600"/>
     <w:rsid w:val="002F4481"/>
     <w:rsid w:val="00310D87"/>
     <w:rsid w:val="00327A71"/>
+    <w:rsid w:val="003346C0"/>
     <w:rsid w:val="00354DC7"/>
     <w:rsid w:val="0035739E"/>
     <w:rsid w:val="00360753"/>
     <w:rsid w:val="003827AD"/>
     <w:rsid w:val="00397220"/>
     <w:rsid w:val="003A7F48"/>
     <w:rsid w:val="003C10DD"/>
     <w:rsid w:val="003C3278"/>
     <w:rsid w:val="003C561E"/>
     <w:rsid w:val="003D007F"/>
     <w:rsid w:val="003D68A4"/>
     <w:rsid w:val="003F3E17"/>
     <w:rsid w:val="00402AAB"/>
     <w:rsid w:val="00412613"/>
     <w:rsid w:val="00426AA4"/>
     <w:rsid w:val="004400B8"/>
     <w:rsid w:val="00447045"/>
+    <w:rsid w:val="004740A1"/>
     <w:rsid w:val="00477B0A"/>
     <w:rsid w:val="00494521"/>
+    <w:rsid w:val="004A52B1"/>
     <w:rsid w:val="004B0950"/>
+    <w:rsid w:val="004B7CCB"/>
     <w:rsid w:val="004C2330"/>
     <w:rsid w:val="004C7777"/>
     <w:rsid w:val="004E475B"/>
     <w:rsid w:val="004F19C4"/>
     <w:rsid w:val="00512D14"/>
     <w:rsid w:val="00546176"/>
-    <w:rsid w:val="005469A8"/>
     <w:rsid w:val="005516F8"/>
     <w:rsid w:val="00555142"/>
     <w:rsid w:val="00560B02"/>
     <w:rsid w:val="005625ED"/>
     <w:rsid w:val="00563B1B"/>
     <w:rsid w:val="0057348F"/>
     <w:rsid w:val="00576A1F"/>
     <w:rsid w:val="00584D68"/>
     <w:rsid w:val="005911D1"/>
     <w:rsid w:val="00593209"/>
     <w:rsid w:val="0059406E"/>
     <w:rsid w:val="005954C8"/>
     <w:rsid w:val="0059645E"/>
     <w:rsid w:val="005A5505"/>
     <w:rsid w:val="005B0508"/>
     <w:rsid w:val="005C7630"/>
     <w:rsid w:val="005D6144"/>
     <w:rsid w:val="005E12B4"/>
     <w:rsid w:val="005E583E"/>
     <w:rsid w:val="0060527A"/>
+    <w:rsid w:val="006148E2"/>
     <w:rsid w:val="00616FC8"/>
     <w:rsid w:val="00647C5B"/>
     <w:rsid w:val="006505AC"/>
     <w:rsid w:val="006863B9"/>
     <w:rsid w:val="00687D18"/>
     <w:rsid w:val="0069278B"/>
     <w:rsid w:val="006A3F15"/>
     <w:rsid w:val="006A6A08"/>
     <w:rsid w:val="006C7A09"/>
     <w:rsid w:val="006E593B"/>
     <w:rsid w:val="006F35E8"/>
     <w:rsid w:val="006F63BD"/>
     <w:rsid w:val="00707DCC"/>
     <w:rsid w:val="007100BB"/>
     <w:rsid w:val="007247EF"/>
     <w:rsid w:val="00726C17"/>
     <w:rsid w:val="0074395F"/>
     <w:rsid w:val="00773536"/>
     <w:rsid w:val="00775F6F"/>
     <w:rsid w:val="00786117"/>
     <w:rsid w:val="00792467"/>
     <w:rsid w:val="007A08A1"/>
     <w:rsid w:val="007C6B49"/>
     <w:rsid w:val="007E7584"/>
     <w:rsid w:val="007F311F"/>
     <w:rsid w:val="00824A7C"/>
     <w:rsid w:val="0083770B"/>
     <w:rsid w:val="008441B2"/>
     <w:rsid w:val="00845F91"/>
     <w:rsid w:val="0087023E"/>
     <w:rsid w:val="008763A6"/>
     <w:rsid w:val="00890F10"/>
     <w:rsid w:val="00895CB0"/>
     <w:rsid w:val="008C36DC"/>
     <w:rsid w:val="008C3DEF"/>
     <w:rsid w:val="008C7869"/>
     <w:rsid w:val="008E01B6"/>
+    <w:rsid w:val="008E564A"/>
     <w:rsid w:val="00900C68"/>
+    <w:rsid w:val="0090197F"/>
     <w:rsid w:val="00926E34"/>
     <w:rsid w:val="0094634C"/>
     <w:rsid w:val="00963C14"/>
+    <w:rsid w:val="009669F9"/>
+    <w:rsid w:val="009B190A"/>
     <w:rsid w:val="009C0D13"/>
     <w:rsid w:val="009C1AA4"/>
     <w:rsid w:val="009C1DEC"/>
     <w:rsid w:val="009C51D0"/>
     <w:rsid w:val="009C625E"/>
+    <w:rsid w:val="009C631C"/>
     <w:rsid w:val="009D059F"/>
     <w:rsid w:val="009D13F1"/>
     <w:rsid w:val="009F02E3"/>
     <w:rsid w:val="009F1838"/>
     <w:rsid w:val="009F6FB6"/>
     <w:rsid w:val="00A04E10"/>
     <w:rsid w:val="00A228CB"/>
     <w:rsid w:val="00A254C0"/>
     <w:rsid w:val="00A412A1"/>
     <w:rsid w:val="00A508CF"/>
     <w:rsid w:val="00A60406"/>
     <w:rsid w:val="00A618AA"/>
     <w:rsid w:val="00A627B0"/>
     <w:rsid w:val="00A73EC4"/>
     <w:rsid w:val="00A76671"/>
     <w:rsid w:val="00A77399"/>
     <w:rsid w:val="00A823B2"/>
     <w:rsid w:val="00A90DBE"/>
     <w:rsid w:val="00A94AE0"/>
     <w:rsid w:val="00AA7552"/>
     <w:rsid w:val="00AB782C"/>
     <w:rsid w:val="00AC47EA"/>
     <w:rsid w:val="00AC763B"/>
     <w:rsid w:val="00AE7B9F"/>
     <w:rsid w:val="00AF5022"/>
     <w:rsid w:val="00B03B31"/>
     <w:rsid w:val="00B20946"/>
     <w:rsid w:val="00B273CD"/>
     <w:rsid w:val="00B433FD"/>
     <w:rsid w:val="00B45FBE"/>
     <w:rsid w:val="00B46BCE"/>
     <w:rsid w:val="00B52B51"/>
     <w:rsid w:val="00B6302A"/>
     <w:rsid w:val="00B74660"/>
     <w:rsid w:val="00B91DE6"/>
     <w:rsid w:val="00BD32E8"/>
     <w:rsid w:val="00C22BED"/>
     <w:rsid w:val="00C47B10"/>
     <w:rsid w:val="00C5046D"/>
     <w:rsid w:val="00C558D0"/>
-    <w:rsid w:val="00C7364E"/>
     <w:rsid w:val="00C75AF4"/>
-    <w:rsid w:val="00C91013"/>
     <w:rsid w:val="00CA42F2"/>
     <w:rsid w:val="00CB1E30"/>
     <w:rsid w:val="00CB3AAB"/>
     <w:rsid w:val="00CD4079"/>
     <w:rsid w:val="00CE62B1"/>
     <w:rsid w:val="00CF3F78"/>
     <w:rsid w:val="00CF6594"/>
     <w:rsid w:val="00CF6752"/>
     <w:rsid w:val="00D0447C"/>
     <w:rsid w:val="00D143B1"/>
     <w:rsid w:val="00D1794C"/>
     <w:rsid w:val="00D34FAF"/>
     <w:rsid w:val="00D569FB"/>
     <w:rsid w:val="00D615F1"/>
     <w:rsid w:val="00D61E00"/>
     <w:rsid w:val="00D62607"/>
     <w:rsid w:val="00D65FF6"/>
     <w:rsid w:val="00D833A5"/>
     <w:rsid w:val="00D908C7"/>
     <w:rsid w:val="00D933A6"/>
     <w:rsid w:val="00D96546"/>
+    <w:rsid w:val="00DA3339"/>
     <w:rsid w:val="00DE03AA"/>
     <w:rsid w:val="00DE09A3"/>
     <w:rsid w:val="00DE4971"/>
     <w:rsid w:val="00E053DB"/>
     <w:rsid w:val="00E377CE"/>
     <w:rsid w:val="00E41BE0"/>
+    <w:rsid w:val="00E621A6"/>
     <w:rsid w:val="00E85EBA"/>
     <w:rsid w:val="00E90593"/>
     <w:rsid w:val="00E9310A"/>
     <w:rsid w:val="00EA02F7"/>
     <w:rsid w:val="00EC269B"/>
     <w:rsid w:val="00ED7550"/>
     <w:rsid w:val="00F00414"/>
     <w:rsid w:val="00F0532C"/>
     <w:rsid w:val="00F172D5"/>
+    <w:rsid w:val="00F24534"/>
     <w:rsid w:val="00F30887"/>
     <w:rsid w:val="00F41CF2"/>
     <w:rsid w:val="00F425FA"/>
     <w:rsid w:val="00F5340F"/>
     <w:rsid w:val="00F55A0F"/>
     <w:rsid w:val="00F60901"/>
     <w:rsid w:val="00F81C2F"/>
     <w:rsid w:val="00F82923"/>
     <w:rsid w:val="00F85B60"/>
     <w:rsid w:val="00F86728"/>
     <w:rsid w:val="00F867BF"/>
     <w:rsid w:val="00F94404"/>
     <w:rsid w:val="00F95219"/>
     <w:rsid w:val="00F95723"/>
+    <w:rsid w:val="00FC5F17"/>
     <w:rsid w:val="00FD58D5"/>
     <w:rsid w:val="00FE452E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2A0A84F1-BBA6-485B-B60F-EDCEF5D8E157}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8455,83 +8514,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08C701BB-B5DB-4625-8A0D-5F6263B76FDA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1285407E-E8C7-4F15-9A83-736303A42583}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1819</Words>
-  <Characters>1038</Characters>
+  <Words>1815</Words>
+  <Characters>1035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Prakses dienas grāmatas paraugs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>G.Krusts</Manager>
   <Company>IZM PITD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2852</CharactersWithSpaces>
+  <CharactersWithSpaces>2845</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prakses dienas grāmatas paraugs</dc:title>
   <dc:subject>Pielikums IZM kārtībai</dc:subject>
   <dc:creator>Z.Mežulis</dc:creator>
   <dc:description>Z.Mežulis_x000d_
 7047857, zigurds.mezulis@izm.gov.lv</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>