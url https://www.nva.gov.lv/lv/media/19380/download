--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -1,494 +1,443 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0B3DDDA9" w14:textId="0F1E77F4" w:rsidR="00A90939" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="00002EC9">
+    <w:p w14:paraId="0B3DDDAB" w14:textId="77777777" w:rsidR="00F46F27" w:rsidRPr="007C64F8" w:rsidRDefault="00F46F27" w:rsidP="00F46F27">
       <w:pPr>
         <w:pStyle w:val="Header"/>
-        <w:jc w:val="right"/>
-[...72 lines deleted...]
-        <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDAC" w14:textId="77777777" w:rsidR="00AA5AD3" w:rsidRPr="007C64F8" w:rsidRDefault="00AA5AD3" w:rsidP="005C001C">
+    <w:p w14:paraId="0B3DDDAC" w14:textId="77777777" w:rsidR="00AA5AD3" w:rsidRPr="007C64F8" w:rsidRDefault="00AA5AD3" w:rsidP="00992EEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3DDDAD" w14:textId="55FD9962" w:rsidR="00AA5AD3" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="00527C51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C64F8">
+        <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0B3DDDAD" w14:textId="55FD9962" w:rsidR="00AA5AD3" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="00527C51">
+        <w:t xml:space="preserve">Atskaite </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB50FB" w:rsidRPr="007C64F8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>par individuālo aizsardzības līdzekļu iegādi aktīvajā nodarbinātības pasākumā “</w:t>
+      </w:r>
+      <w:r w:rsidR="00200461" w:rsidRPr="007C64F8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Apmācība</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54E99" w:rsidRPr="007C64F8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pie darba devēja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB50FB" w:rsidRPr="007C64F8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B26665" w14:textId="4A3A9EB4" w:rsidR="00F461FB" w:rsidRPr="00D051F3" w:rsidRDefault="001A0D02" w:rsidP="005C001C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C64F8">
-[...36 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00D051F3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007C64F8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00052D81" w:rsidRPr="00D051F3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(AF projekts „Prasmju pilnveide pieaugušajiem” Nr.</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007C64F8">
+        <w:t>(ESF Plus projekts “Atbalsts pieaugušo izglītībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="00227596" w:rsidRPr="00D051F3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3.1.2.5.i.0/1/23/I/CFLA/001)</w:t>
+        <w:t xml:space="preserve"> Nr. 4.3.3.1/1/26/I/001</w:t>
+      </w:r>
+      <w:r w:rsidR="00052D81" w:rsidRPr="00D051F3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000066F2" w:rsidRPr="00D051F3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00052D81" w:rsidRPr="00D051F3">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3DDDAF" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B3DDDB0" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDB1" w14:textId="77777777" w:rsidR="00AA5AD3" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="00F4096C">
+    <w:p w14:paraId="0B3DDDB1" w14:textId="77777777" w:rsidR="00AA5AD3" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="00F4096C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007C64F8">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3DDDB2" w14:textId="58E53EBC" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="00527C51">
+    <w:p w14:paraId="0B3DDDB2" w14:textId="7AA14AD5" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="00527C51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007C64F8">
         <w:t xml:space="preserve">Pamatojoties uz 20__.gadā ___.____________ noslēgto līgumu par </w:t>
       </w:r>
       <w:r w:rsidR="00200461" w:rsidRPr="007C64F8">
         <w:t xml:space="preserve">aktīvā nodarbinātības pasākuma “Apmācība </w:t>
       </w:r>
       <w:r w:rsidR="00C25115" w:rsidRPr="007C64F8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>pie darba devēja</w:t>
       </w:r>
       <w:r w:rsidR="00200461" w:rsidRPr="007C64F8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00225E5E" w:rsidRPr="007C64F8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C64F8">
         <w:t>īstenošanu Nr.______________ un atbilstoši ____________________(darba devēja nosaukums) darba vides risku faktora izvērtējumam par _______________________(</w:t>
       </w:r>
       <w:r w:rsidR="00503D27" w:rsidRPr="007C64F8">
         <w:t xml:space="preserve">darba </w:t>
       </w:r>
       <w:r w:rsidRPr="007C64F8">
         <w:t xml:space="preserve">vietas profesijas nosaukums un kods pēc LR profesiju klasifikatora) </w:t>
       </w:r>
       <w:r w:rsidR="000C6884" w:rsidRPr="007C64F8">
         <w:t>klienta</w:t>
       </w:r>
       <w:r w:rsidRPr="007C64F8">
-        <w:t xml:space="preserve"> ___________________</w:t>
-[...2 lines deleted...]
-        <w:t>__ (vārds, uzvārds, personas kods)</w:t>
+        <w:t xml:space="preserve"> _____________________ (vārds, uzvārds)</w:t>
       </w:r>
       <w:r w:rsidRPr="007C64F8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C64F8">
         <w:t>darba vietai, iegādāti zemāk norādītie individuālie aizsardzības līdzekļi:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="132"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="3406"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F2854" w14:paraId="0B3DDDBA" w14:textId="4B1FBD06" w:rsidTr="00F46F27">
+      <w:tr w:rsidR="00DA6C1B" w14:paraId="0B3DDDBA" w14:textId="4B1FBD06" w:rsidTr="00F46F27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3DDDB3" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="009C11E4">
+          <w:p w14:paraId="0B3DDDB3" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3DDDB4" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="009C11E4">
+          <w:p w14:paraId="0B3DDDB4" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3DDDB5" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="009C11E4">
+          <w:p w14:paraId="0B3DDDB5" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:t>Preces/pakalpojuma nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3DDDB6" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="009C11E4">
+          <w:p w14:paraId="0B3DDDB6" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:t>Cena EUR (bez PVN)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3DDDB7" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="00F620D9">
+          <w:p w14:paraId="0B3DDDB7" w14:textId="5BDD6599" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="00F620D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>aizpilda PVN maksātājs)</w:t>
             </w:r>
-            <w:r w:rsidR="00F620D9" w:rsidRPr="007C64F8">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3DDDB8" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="009C11E4">
+          <w:p w14:paraId="0B3DDDB8" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:t>Cena EUR (ar PVN)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3DDDB9" w14:textId="6F6FA7C1" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00BC4406" w:rsidP="00F620D9">
+          <w:p w14:paraId="0B3DDDB9" w14:textId="7F5ADD01" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00052D81" w:rsidP="00F620D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(aizpilda PVN </w:t>
             </w:r>
             <w:r w:rsidR="001B0AB1" w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">maksātāju reģistrā nereģistrēta </w:t>
             </w:r>
             <w:r w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>persona)</w:t>
             </w:r>
             <w:r w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F620D9" w:rsidRPr="007C64F8">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2854" w14:paraId="0B3DDDBF" w14:textId="1A5AE35D" w:rsidTr="00F46F27">
+      <w:tr w:rsidR="00DA6C1B" w14:paraId="0B3DDDBF" w14:textId="1A5AE35D" w:rsidTr="00F46F27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDBB" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -506,51 +455,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDBD" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDBE" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2854" w14:paraId="0B3DDDC4" w14:textId="288AC916" w:rsidTr="00F46F27">
+      <w:tr w:rsidR="00DA6C1B" w14:paraId="0B3DDDC4" w14:textId="288AC916" w:rsidTr="00F46F27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDC0" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -568,63 +517,63 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDC2" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDC3" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="007C64F8" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F2854" w14:paraId="0B3DDDC8" w14:textId="2B87584D" w:rsidTr="00F46F27">
+      <w:tr w:rsidR="00DA6C1B" w14:paraId="0B3DDDC8" w14:textId="2B87584D" w:rsidTr="00F46F27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3DDDC5" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00BC4406" w:rsidP="009C11E4">
+          <w:p w14:paraId="0B3DDDC5" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00052D81" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C64F8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Kopā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDC6" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
@@ -643,105 +592,105 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B3DDDC7" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00F4096C" w:rsidP="009C11E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B3DDDC9" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDCA" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00BC4406" w:rsidP="00F4096C">
+    <w:p w14:paraId="0B3DDDCA" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00052D81" w:rsidP="00F4096C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00644A0D">
         <w:t>Pielikumā:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3DDDCB" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00BC4406" w:rsidP="00503D27">
+    <w:p w14:paraId="0B3DDDCB" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00052D81" w:rsidP="00503D27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00503D27">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00503D27" w:rsidRPr="00644A0D">
         <w:t xml:space="preserve">arba </w:t>
       </w:r>
       <w:r w:rsidRPr="00644A0D">
         <w:t xml:space="preserve">vides risku </w:t>
       </w:r>
       <w:r>
         <w:t>faktora izvērtējuma kopija uz ___lp</w:t>
       </w:r>
       <w:r w:rsidRPr="00644A0D">
         <w:t>.;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3DDDCC" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="00644A0D" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDCD" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00BC4406" w:rsidP="00503D27">
+    <w:p w14:paraId="0B3DDDCD" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00052D81" w:rsidP="00503D27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00503D27">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00503D27" w:rsidRPr="00644A0D">
         <w:t xml:space="preserve">zmaksu </w:t>
       </w:r>
       <w:r w:rsidR="00441ADB" w:rsidRPr="00644A0D">
         <w:t>apliecinoš</w:t>
       </w:r>
       <w:r w:rsidR="00441ADB">
         <w:t>o</w:t>
       </w:r>
@@ -755,117 +704,117 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00644A0D">
         <w:t>kopija</w:t>
       </w:r>
       <w:r w:rsidR="00441ADB">
         <w:t>(-as)</w:t>
       </w:r>
       <w:r w:rsidRPr="00644A0D">
         <w:t xml:space="preserve"> par individuālo aizsardzības līdzekļu iegādi uz _lp.;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3DDDCE" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="00644A0D" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDCF" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="00644A0D" w:rsidRDefault="00BC4406" w:rsidP="00503D27">
+    <w:p w14:paraId="0B3DDDCF" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="00644A0D" w:rsidRDefault="00052D81" w:rsidP="00503D27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00503D27">
         <w:t>apliecinājums</w:t>
       </w:r>
       <w:r w:rsidR="00503D27" w:rsidRPr="00644A0D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00644A0D">
         <w:t xml:space="preserve">par individuālo aizsardzības līdzekļu izsniegšanu </w:t>
       </w:r>
       <w:r w:rsidR="00B76CCD">
         <w:t>klientam</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00644A0D">
         <w:t>uz ___lp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3DDDD0" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B3DDDD1" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00F4096C" w:rsidP="00F4096C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDD2" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00BC4406" w:rsidP="00F4096C">
+    <w:p w14:paraId="0B3DDDD2" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00052D81" w:rsidP="00F4096C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Darba devējs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3DDDD3" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00BC4406" w:rsidP="00F4096C">
+    <w:p w14:paraId="0B3DDDD3" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRPr="005C2971" w:rsidRDefault="00052D81" w:rsidP="00F4096C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005C2971">
         <w:t xml:space="preserve">________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3DDDD4" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00BC4406" w:rsidP="00F46F27">
+    <w:p w14:paraId="0B3DDDD4" w14:textId="77777777" w:rsidR="00F4096C" w:rsidRDefault="00052D81" w:rsidP="00F46F27">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C2971">
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidRPr="009436AA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00971544" w:rsidRPr="009436AA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>amats, vārds</w:t>
@@ -877,811 +826,762 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, uzvārds, paraksts)</w:t>
       </w:r>
       <w:r w:rsidRPr="009436AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3DDDD5" w14:textId="77777777" w:rsidR="00F46F27" w:rsidRDefault="00F46F27" w:rsidP="00F46F27">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B3DDDD6" w14:textId="37ADFD93" w:rsidR="00527C51" w:rsidRDefault="00527C51" w:rsidP="00F46F27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDD7" w14:textId="77777777" w:rsidR="00527C51" w:rsidRPr="00527C51" w:rsidRDefault="00527C51" w:rsidP="00527C51">
-      <w:pPr>
+    <w:p w14:paraId="0B3DDDDB" w14:textId="77777777" w:rsidR="00F620D9" w:rsidRDefault="00F620D9" w:rsidP="00527C51">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B3DDDD8" w14:textId="77777777" w:rsidR="00527C51" w:rsidRDefault="00527C51" w:rsidP="00527C51">
-[...128 lines deleted...]
-    <w:p w14:paraId="0B3DDDE4" w14:textId="37765A01" w:rsidR="00F620D9" w:rsidRPr="00F620D9" w:rsidRDefault="00BC4406" w:rsidP="00F620D9">
+    <w:p w14:paraId="0B3DDDE4" w14:textId="2437DF92" w:rsidR="00F620D9" w:rsidRPr="00F620D9" w:rsidRDefault="00F620D9" w:rsidP="00F620D9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...53 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F620D9" w:rsidRPr="00F620D9" w:rsidSect="00F46F27">
-      <w:headerReference w:type="first" r:id="rId7"/>
-      <w:footerReference w:type="first" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="851" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30467410" w14:textId="77777777" w:rsidR="00BC4406" w:rsidRDefault="00BC4406">
+    <w:p w14:paraId="1497B8A1" w14:textId="77777777" w:rsidR="003D66B1" w:rsidRDefault="003D66B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A242DA9" w14:textId="77777777" w:rsidR="00BC4406" w:rsidRDefault="00BC4406">
+    <w:p w14:paraId="650FB213" w14:textId="77777777" w:rsidR="003D66B1" w:rsidRDefault="003D66B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0B3DDDEB" w14:textId="3AD647EF" w:rsidR="00FE758A" w:rsidRPr="00A00286" w:rsidRDefault="00BC4406" w:rsidP="00414B44">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0B3DDDEB" w14:textId="49352504" w:rsidR="00FE758A" w:rsidRPr="00A00286" w:rsidRDefault="00052D81" w:rsidP="00414B44">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="FF6600"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_6</w:t>
+      <w:t>4.2.17_</w:t>
+    </w:r>
+    <w:r w:rsidR="008225A4">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00DA3667">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>0</w:t>
     </w:r>
     <w:r w:rsidRPr="00BD777F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>.pielikums_</w:t>
+      <w:t>.p_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="008225A4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>Līgumam ar DD_</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00BD777F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1.versija</w:t>
+      <w:t>1.v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009B310E">
+    <w:r w:rsidR="008225A4" w:rsidRPr="008225A4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>19.03.2026.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0B3DDDEC" w14:textId="77777777" w:rsidR="00FE758A" w:rsidRDefault="00FE758A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63A6DC32" w14:textId="77777777" w:rsidR="00BC4406" w:rsidRDefault="00BC4406">
+    <w:p w14:paraId="5D989265" w14:textId="77777777" w:rsidR="003D66B1" w:rsidRDefault="003D66B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D2B5B48" w14:textId="77777777" w:rsidR="00BC4406" w:rsidRDefault="00BC4406">
+    <w:p w14:paraId="2AF7B931" w14:textId="77777777" w:rsidR="003D66B1" w:rsidRDefault="003D66B1">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="198C2CCC" w14:textId="45E72C6B" w:rsidR="000066F2" w:rsidRPr="000066F2" w:rsidRDefault="00052D81" w:rsidP="000066F2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D051F3">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve"> Atsauci uz </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve">ESF Plus projektu “Atbalsts pieaugušo izglītībai” </w:t>
+      </w:r>
+      <w:r w:rsidR="00227596" w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve">Nr. 4.3.3.1/1/26/I/001 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve">nenorāda  Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve"> atbalstu saskaņā ar   Komisijas 2013. gada 18. decembra Regulu (ES) Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2ADE" w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve">1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D051F3">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="71CEA66F" w14:textId="702C800A" w:rsidR="00992EEA" w:rsidRPr="00992EEA" w:rsidRDefault="00052D81">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992EEA">
+        <w:t>Valsts ieņēmumu dienesta PVN maksātāju reģistrā reģistrētam nodokļu maksātājam dotācija tiek maksāta bez PVN, jo saskaņā ar likuma „Par pievienotās vērtības nodokli” 92.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2ADE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992EEA">
+        <w:t>pantu Valsts ieņēmumu dienesta PVN maksātāju reģistrā reģistrētam nodokļu maksātājam ir tiesības priekšnodokli atskaitīt no valsts budžetā maksājamās nodokļa summas.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="4FDAA0E5" w14:textId="66947794" w:rsidR="00992EEA" w:rsidRPr="00992EEA" w:rsidRDefault="00052D81">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992EEA">
+        <w:t>NVA PVN izmaksas sedz tikai PVN maksātāju reģistrā nereģistrētām personām.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="0B3DDDE9" w14:textId="77777777" w:rsidR="00FE758A" w:rsidRDefault="00FE758A" w:rsidP="005F6AE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0B3DDDEA" w14:textId="77777777" w:rsidR="00FE758A" w:rsidRDefault="00FE758A" w:rsidP="005F6AE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="357C2052"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="390A9054"/>
-    <w:lvl w:ilvl="0" w:tplc="EAB00A88">
+    <w:lvl w:ilvl="0" w:tplc="069AB1F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5324E4AE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6D223610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AAEEF3A0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4ADC679C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E458ABAA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4B52E166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18306B9C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8DFA534E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D28E450E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="717041B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B64644F2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2F10FF98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="430C8A3E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="03484026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E698F26C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58B0C05C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E13D55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="670A5036"/>
-    <w:lvl w:ilvl="0" w:tplc="03B20160">
+    <w:lvl w:ilvl="0" w:tplc="BED812C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C6E2058" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64B28C36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38628E6E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9EBAC9E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AB44FED8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72269806" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66AEC010" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90D4A69E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D910C950" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A1F22EBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87322E5E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DD9E96DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3790E4CC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1DDE1EC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F966594A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F8FEB8B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00045E86"/>
     <w:rsid w:val="00002EC9"/>
+    <w:rsid w:val="000066F2"/>
     <w:rsid w:val="00012AA0"/>
     <w:rsid w:val="00022EF3"/>
     <w:rsid w:val="00045E86"/>
+    <w:rsid w:val="00052D81"/>
     <w:rsid w:val="00054B01"/>
     <w:rsid w:val="0008033C"/>
     <w:rsid w:val="00087F6F"/>
     <w:rsid w:val="000C6884"/>
     <w:rsid w:val="000F24D0"/>
     <w:rsid w:val="000F5633"/>
     <w:rsid w:val="0011315A"/>
+    <w:rsid w:val="001A0D02"/>
     <w:rsid w:val="001B0AB1"/>
     <w:rsid w:val="001B547C"/>
     <w:rsid w:val="001F2854"/>
     <w:rsid w:val="00200461"/>
     <w:rsid w:val="00225E5E"/>
+    <w:rsid w:val="00227596"/>
     <w:rsid w:val="00231904"/>
     <w:rsid w:val="002352EA"/>
     <w:rsid w:val="00252A5A"/>
     <w:rsid w:val="00287558"/>
     <w:rsid w:val="002D15E9"/>
     <w:rsid w:val="002F400C"/>
     <w:rsid w:val="002F70A5"/>
     <w:rsid w:val="003570F1"/>
     <w:rsid w:val="00357406"/>
     <w:rsid w:val="00357437"/>
     <w:rsid w:val="003B6294"/>
+    <w:rsid w:val="003D66B1"/>
     <w:rsid w:val="003E079A"/>
     <w:rsid w:val="00414B44"/>
     <w:rsid w:val="00441ADB"/>
     <w:rsid w:val="00452D94"/>
     <w:rsid w:val="0047149C"/>
     <w:rsid w:val="00475F53"/>
     <w:rsid w:val="004850CD"/>
     <w:rsid w:val="004A56F7"/>
     <w:rsid w:val="004E2BB1"/>
     <w:rsid w:val="004F50F5"/>
     <w:rsid w:val="00503D27"/>
     <w:rsid w:val="00504391"/>
     <w:rsid w:val="005259B5"/>
     <w:rsid w:val="00527C51"/>
     <w:rsid w:val="00550B2B"/>
+    <w:rsid w:val="00591772"/>
     <w:rsid w:val="00593370"/>
     <w:rsid w:val="005C001C"/>
     <w:rsid w:val="005C2971"/>
     <w:rsid w:val="005F6AE9"/>
     <w:rsid w:val="00615A37"/>
     <w:rsid w:val="00640DC3"/>
     <w:rsid w:val="00644A0D"/>
     <w:rsid w:val="0065527E"/>
     <w:rsid w:val="00664B2F"/>
     <w:rsid w:val="00702747"/>
     <w:rsid w:val="00705D95"/>
     <w:rsid w:val="007556A4"/>
     <w:rsid w:val="00771D40"/>
     <w:rsid w:val="00777AE7"/>
     <w:rsid w:val="007C2342"/>
     <w:rsid w:val="007C64F8"/>
     <w:rsid w:val="007C6D53"/>
     <w:rsid w:val="007E60AA"/>
     <w:rsid w:val="007E7493"/>
     <w:rsid w:val="00803934"/>
     <w:rsid w:val="00821840"/>
+    <w:rsid w:val="008225A4"/>
     <w:rsid w:val="0085494C"/>
     <w:rsid w:val="008A3B51"/>
     <w:rsid w:val="009210AD"/>
     <w:rsid w:val="00940949"/>
     <w:rsid w:val="009436AA"/>
     <w:rsid w:val="00971544"/>
     <w:rsid w:val="00985A05"/>
+    <w:rsid w:val="00992EEA"/>
     <w:rsid w:val="009B310E"/>
     <w:rsid w:val="009C11E4"/>
     <w:rsid w:val="009E1451"/>
     <w:rsid w:val="00A00286"/>
     <w:rsid w:val="00A90939"/>
     <w:rsid w:val="00A9527D"/>
     <w:rsid w:val="00AA5AD3"/>
+    <w:rsid w:val="00AB6477"/>
     <w:rsid w:val="00AF48E3"/>
     <w:rsid w:val="00B20826"/>
     <w:rsid w:val="00B53195"/>
     <w:rsid w:val="00B728D6"/>
     <w:rsid w:val="00B76CCD"/>
     <w:rsid w:val="00B86F69"/>
+    <w:rsid w:val="00B95817"/>
     <w:rsid w:val="00BA0F0A"/>
+    <w:rsid w:val="00BA2ADE"/>
     <w:rsid w:val="00BA4703"/>
     <w:rsid w:val="00BC15B0"/>
     <w:rsid w:val="00BC4406"/>
     <w:rsid w:val="00BD777F"/>
     <w:rsid w:val="00BF3FCC"/>
     <w:rsid w:val="00C25115"/>
     <w:rsid w:val="00C442EC"/>
     <w:rsid w:val="00CA2DD8"/>
     <w:rsid w:val="00CC6116"/>
+    <w:rsid w:val="00CD5AD1"/>
     <w:rsid w:val="00CE707A"/>
     <w:rsid w:val="00CF0D0B"/>
+    <w:rsid w:val="00D051F3"/>
     <w:rsid w:val="00D40391"/>
     <w:rsid w:val="00D51EF5"/>
     <w:rsid w:val="00D562EA"/>
     <w:rsid w:val="00D65283"/>
     <w:rsid w:val="00D70423"/>
     <w:rsid w:val="00D74345"/>
     <w:rsid w:val="00D84389"/>
     <w:rsid w:val="00D85D7C"/>
+    <w:rsid w:val="00DA3667"/>
+    <w:rsid w:val="00DA6C1B"/>
     <w:rsid w:val="00DB50FB"/>
     <w:rsid w:val="00DC70D4"/>
     <w:rsid w:val="00DF4ED5"/>
     <w:rsid w:val="00E1383E"/>
     <w:rsid w:val="00E27BD6"/>
     <w:rsid w:val="00E54E99"/>
     <w:rsid w:val="00E74665"/>
     <w:rsid w:val="00E83F7C"/>
     <w:rsid w:val="00EA537D"/>
     <w:rsid w:val="00EB4AF6"/>
     <w:rsid w:val="00EB62B1"/>
+    <w:rsid w:val="00EC05E3"/>
     <w:rsid w:val="00EC5A50"/>
     <w:rsid w:val="00ED33AA"/>
     <w:rsid w:val="00F12239"/>
     <w:rsid w:val="00F14201"/>
     <w:rsid w:val="00F26A48"/>
     <w:rsid w:val="00F27400"/>
     <w:rsid w:val="00F31918"/>
     <w:rsid w:val="00F31C03"/>
     <w:rsid w:val="00F4096C"/>
+    <w:rsid w:val="00F461FB"/>
     <w:rsid w:val="00F46F27"/>
     <w:rsid w:val="00F5678C"/>
     <w:rsid w:val="00F620D9"/>
     <w:rsid w:val="00F63997"/>
     <w:rsid w:val="00FA0D9C"/>
     <w:rsid w:val="00FA19E8"/>
     <w:rsid w:val="00FA3B0E"/>
     <w:rsid w:val="00FD554E"/>
     <w:rsid w:val="00FE6CC1"/>
     <w:rsid w:val="00FE758A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0B3DDDA9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2C0BA446-FA00-4F9C-AA6A-3FA4BA84F032}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2009,50 +1909,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00045E86"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -2258,57 +2162,57 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D85D7C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D85D7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2528,78 +2432,94 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDBB081A-916B-4105-B2B4-35A80CB6DB63}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1101</Words>
-  <Characters>628</Characters>
+  <Words>775</Words>
+  <Characters>442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1726</CharactersWithSpaces>
+  <CharactersWithSpaces>1215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BaibaVil</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>