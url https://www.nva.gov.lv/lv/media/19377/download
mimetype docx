--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -9,2821 +9,2775 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="08BAF7B8" w14:textId="11601FD9" w:rsidR="00C73F54" w:rsidRPr="003D1CCE" w:rsidRDefault="00007906" w:rsidP="00C73F54">
-[...88 lines deleted...]
-    <w:p w14:paraId="08BAF7BB" w14:textId="77777777" w:rsidR="001E1363" w:rsidRDefault="001E1363" w:rsidP="009818B8">
+    <w:p w14:paraId="08BAF7BB" w14:textId="77777777" w:rsidR="001E1363" w:rsidRPr="003D41F6" w:rsidRDefault="001E1363" w:rsidP="009818B8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-180"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08BAF7BC" w14:textId="77777777" w:rsidR="009D10B6" w:rsidRPr="001C7703" w:rsidRDefault="00007906" w:rsidP="001C7703">
+    <w:p w14:paraId="08BAF7BC" w14:textId="77777777" w:rsidR="009D10B6" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="001C7703">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-540" w:right="-180"/>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C7703">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Atskaite</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7BD" w14:textId="2FB27B02" w:rsidR="005D3C5E" w:rsidRDefault="00007906" w:rsidP="00A14A61">
+    <w:p w14:paraId="08BAF7BD" w14:textId="2FB27B02" w:rsidR="005D3C5E" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00A14A61">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-540" w:right="-180"/>
       </w:pPr>
-      <w:r w:rsidRPr="00634392">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">par vienreizējās dotācijas izlietojumu, lai pielāgotu praktiskās apmācības vietu bezdarbniekam ar invaliditāti </w:t>
       </w:r>
-      <w:r w:rsidR="002204DE">
+      <w:r w:rsidR="002204DE" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>aktīvajā</w:t>
       </w:r>
-      <w:r w:rsidR="002204DE" w:rsidRPr="00634392">
+      <w:r w:rsidR="002204DE" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00634392">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nodarbinātības pasākumā “</w:t>
       </w:r>
-      <w:r w:rsidR="00A91F8B" w:rsidRPr="00A91F8B">
+      <w:r w:rsidR="00A91F8B" w:rsidRPr="003D41F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D512E">
+      <w:r w:rsidR="005D512E" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apmācība</w:t>
       </w:r>
-      <w:r w:rsidR="00A91F8B" w:rsidRPr="00A91F8B">
+      <w:r w:rsidR="00A91F8B" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pie darba devēja</w:t>
       </w:r>
-      <w:r w:rsidRPr="00634392">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00634392">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984D67" w:rsidRPr="00634392">
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nr. ______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7BE" w14:textId="77777777" w:rsidR="005D5B80" w:rsidRPr="005D5B80" w:rsidRDefault="00007906" w:rsidP="005D5B80">
+    <w:p w14:paraId="75A152D6" w14:textId="33465605" w:rsidR="00645881" w:rsidRPr="003D41F6" w:rsidRDefault="002F67DE" w:rsidP="005D5B80">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D5B80">
-        <w:rPr>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ESF Plus projekts </w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Atbalsts pieaugu</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>o izgl</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>bai</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00B009AD" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B009AD" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Nr. 4.3.3.1/1/26/I/001</w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07EA5" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004571E7" w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7C0" w14:textId="77777777" w:rsidR="00D57D9E" w:rsidRDefault="00D57D9E" w:rsidP="00A23A50">
+    <w:p w14:paraId="08BAF7BF" w14:textId="77777777" w:rsidR="00D57D9E" w:rsidRPr="003D41F6" w:rsidRDefault="00D57D9E" w:rsidP="00A14A61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08BAF7C0" w14:textId="77777777" w:rsidR="00D57D9E" w:rsidRPr="003D41F6" w:rsidRDefault="00D57D9E" w:rsidP="00A23A50">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4437"/>
         <w:gridCol w:w="5200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="789450C6" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="789450C6" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4437" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA0EA15" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="002204DE" w:rsidP="002204DE">
+          <w:p w14:paraId="4DA0EA15" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="002204DE" w:rsidP="002204DE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3140F8C7" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="00007906" w:rsidP="002204DE">
+          <w:p w14:paraId="3140F8C7" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="002204DE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Datums ir elektronisk</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> dokumenta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2494B945" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="00007906" w:rsidP="002204DE">
+          <w:p w14:paraId="2494B945" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="002204DE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>parakst</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>īš</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>anas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="5CD82006" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="5CD82006" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4437" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CEBAB6C" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="002204DE" w:rsidP="002204DE">
+          <w:p w14:paraId="6CEBAB6C" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="002204DE" w:rsidP="002204DE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="281C32DD" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="002204DE" w:rsidP="002204DE">
+          <w:p w14:paraId="281C32DD" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="002204DE" w:rsidP="002204DE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="52E5630F" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="52E5630F" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A517AEA" w14:textId="2581A0FC" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="002204DE" w:rsidP="002204DE">
+          <w:p w14:paraId="6A517AEA" w14:textId="2581A0FC" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="002204DE" w:rsidP="002204DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="7CEB7C7D" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="7CEB7C7D" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4516208C" w14:textId="1C7BA522" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="00007906" w:rsidP="009818B8">
+          <w:p w14:paraId="4516208C" w14:textId="1C7BA522" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="009818B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(juridiskās personas nosaukums /fiziskās personas vārds, uzvārds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="1D035933" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="1D035933" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7113BB3F" w14:textId="02E7E422" w:rsidR="002204DE" w:rsidRPr="009818B8" w:rsidRDefault="002204DE" w:rsidP="002204DE">
+          <w:p w14:paraId="7113BB3F" w14:textId="02E7E422" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="002204DE" w:rsidP="002204DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="1E49CBDD" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="1E49CBDD" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2481B001" w14:textId="1B0E5E32" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="00007906" w:rsidP="002204DE">
+          <w:p w14:paraId="2481B001" w14:textId="1B0E5E32" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="002204DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">reģistrācijas numurs, PVN </w:t>
+              <w:t>reģistrācijas numurs, PVN maksātāja numurs</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="2"/>
+              <w:footnoteReference w:id="3"/>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="3B2B5988" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="2650E6E6" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="750AD21B" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="009818B8" w:rsidRDefault="002204DE" w:rsidP="009818B8">
+          <w:p w14:paraId="5940CEF8" w14:textId="77777777" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="002204DE" w:rsidP="009818B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="438B7CD5" w14:textId="77777777" w:rsidTr="009818B8">
-[...104 lines deleted...]
-      <w:tr w:rsidR="002B7ED0" w14:paraId="661BAB9C" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="661BAB9C" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9637" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08B6C120" w14:textId="620DD229" w:rsidR="002204DE" w:rsidRPr="002204DE" w:rsidRDefault="00007906" w:rsidP="009818B8">
+          <w:p w14:paraId="08B6C120" w14:textId="620DD229" w:rsidR="002204DE" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="009818B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t>(</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>amats, vārds, uzvārds</w:t>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="3"/>
+              <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:r w:rsidRPr="002204DE">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08BAF7CB" w14:textId="4F859451" w:rsidR="0065332C" w:rsidRDefault="00007906" w:rsidP="002204DE">
+    <w:p w14:paraId="08BAF7CB" w14:textId="1D8C398B" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="002204DE">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984D67" w:rsidRPr="00CF4498">
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
         <w:t xml:space="preserve">personā, </w:t>
       </w:r>
-      <w:r w:rsidR="00F1475E" w:rsidRPr="00CF4498">
-[...5 lines deleted...]
-      <w:r w:rsidR="00350889">
+      <w:r w:rsidR="00F1475E" w:rsidRPr="003D41F6">
+        <w:t>kurš(</w:t>
+      </w:r>
+      <w:r w:rsidR="00350889" w:rsidRPr="003D41F6">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00F1475E">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1475E" w:rsidRPr="00CF4498">
+      <w:r w:rsidR="00F1475E" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
+        <w:t>rīkojas saskaņā ar _________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00913777" w:rsidRPr="003D41F6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984D67" w:rsidRPr="00CF4498">
-[...5 lines deleted...]
-      <w:r w:rsidR="00984D67" w:rsidRPr="00CF4498">
+      <w:r w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">(turpmāk – Darba devējs) </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">šo </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42BD3" w:rsidRPr="003D41F6">
+        <w:t>atskaiti</w:t>
+      </w:r>
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve"> apliecina, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">veikta darba vietas pielāgošana </w:t>
+      </w:r>
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00963274" w:rsidRPr="003D41F6">
+        <w:t>20_</w:t>
+      </w:r>
+      <w:r w:rsidR="00984D67" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">_.gada __.___________ noslēgto </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91F8B" w:rsidRPr="003D41F6">
+        <w:t>Līgumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002204DE">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F95362" w:rsidRPr="003D41F6">
+        <w:t>Nr. __________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:t>(turpmāk – Līgums</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95362" w:rsidRPr="003D41F6">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 20___. gada __._________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00984D67" w:rsidRPr="00CF4498">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:t>iesniegto pieprasījumu (tāmi) vienreizējās dotācijas saņemšan</w:t>
       </w:r>
-      <w:r w:rsidR="008A6509">
+      <w:r w:rsidR="008A6509" w:rsidRPr="003D41F6">
         <w:t>ai, lai veiktu klienta</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:t xml:space="preserve"> ar invaliditāti darba vietas pielāgošanu (turpmāk – Pieprasījums).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7CC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRDefault="0065332C" w:rsidP="009818B8">
+    <w:p w14:paraId="08BAF7CC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="009818B8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08BAF7CD" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7CD" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
-[...13 lines deleted...]
-      <w:r w:rsidR="00D6393B">
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kopējā Pieprasījumā norādītā summa </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6393B" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ar invaliditāti darba vietas pielāgošanai ir EUR _______ </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(_______________________________ </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>___ centi).</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(summas atšifrējums vārdiem)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7CE" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7CE" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="00B0F0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0065332C">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Izlietotā summa </w:t>
       </w:r>
-      <w:r w:rsidR="00601CDB">
+      <w:r w:rsidR="00601CDB" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar invaliditāti darba vietas pielāgošanai</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> EUR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">_______ </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(________________________________ </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________ centi), </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7CF" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7CF" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...8 lines deleted...]
-          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                               (summas atšifrējums vārdiem)</w:t>
-[...116 lines deleted...]
-      <w:r w:rsidRPr="0065332C">
+      </w:pPr>
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(summa</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0065332C">
+        <w:t xml:space="preserve">                                               (summas atšifrējums vārdiem)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BAF7D0" w14:textId="28CB783D" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t.sk. PVN ___% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EUR _____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(_____________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>_ centi).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>s atšifrējums vārdiem</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0065332C">
+        <w:t>(summas atšifrējums vārdiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7D1" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7D1" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00601CDB">
+      <w:r w:rsidR="00601CDB" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar invaliditāti ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7D2" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7D2" w14:textId="05CCC437" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(vārds, uzvārds, personas kods)</w:t>
+        <w:t>(vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F88C9A9" w14:textId="6C5926FF" w:rsidR="009818B8" w:rsidRPr="0065332C" w:rsidRDefault="009818B8" w:rsidP="00972CCC">
+    <w:p w14:paraId="4F88C9A9" w14:textId="6C5926FF" w:rsidR="009818B8" w:rsidRPr="003D41F6" w:rsidRDefault="009818B8" w:rsidP="00972CCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="8077"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="1AC3DA4C" w14:textId="77777777" w:rsidTr="009818B8">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="1AC3DA4C" w14:textId="77777777" w:rsidTr="009818B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAD2C8A" w14:textId="4294DE34" w:rsidR="009818B8" w:rsidRPr="009818B8" w:rsidRDefault="00007906" w:rsidP="009818B8">
+          <w:p w14:paraId="4DAD2C8A" w14:textId="4294DE34" w:rsidR="009818B8" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="009818B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:spacing w:val="2"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:spacing w:val="2"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>d</w:t>
-[...7 lines deleted...]
-              <w:t>arba vietas</w:t>
+              <w:t>darba vietas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0792834D" w14:textId="77777777" w:rsidR="009818B8" w:rsidRPr="00190CF0" w:rsidRDefault="009818B8" w:rsidP="009818B8">
+          <w:p w14:paraId="0792834D" w14:textId="77777777" w:rsidR="009818B8" w:rsidRPr="003D41F6" w:rsidRDefault="009818B8" w:rsidP="009818B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:spacing w:val="2"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08BAF7D4" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7D4" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(pasākuma īstenošanas adrese, kas sakrīt ar Līgumā un ergoterapeita atzinumā norādīto pasākuma īstenošanas </w:t>
-[...9 lines deleted...]
-        <w:t>adresi)</w:t>
+        <w:t>(pasākuma īstenošanas adrese, kas sakrīt ar Līgumā un ergoterapeita atzinumā norādīto pasākuma īstenošanas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7D5" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7D5" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="00972CCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>pielāgošanai paveiktais</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7D6" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="00972CCC">
+    <w:p w14:paraId="08BAF7D6" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="00972CCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10175" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1968"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF7DE" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="08BAF7DE" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7D7" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7D7" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nr.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7D8" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7D8" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Iekārta/aprīkojums (t.sk. tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7D9" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7D9" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Cena </w:t>
             </w:r>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(saskaņā ar Pieprasījuma tāmē norādīto)</w:t>
             </w:r>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08BAF7DA" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7DA" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7DB" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7DB" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Cena </w:t>
             </w:r>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(saskaņā ar apmaksas dokumentiem)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08BAF7DC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7DC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7DD" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7DD" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Izlietotā attiecināmā summa</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="6"/>
+              <w:footnoteReference w:id="7"/>
             </w:r>
-            <w:r w:rsidRPr="0065332C">
-[...9 lines deleted...]
-              <w:t>R*</w:t>
+            <w:r w:rsidRPr="003D41F6">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF7E4" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="08BAF7E4" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7DF" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7DF" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E0" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E0" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E1" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E1" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E2" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E2" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E3" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E3" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF7EA" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="08BAF7EA" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E5" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E5" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E6" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E6" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E7" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E7" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E8" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E8" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7E9" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7E9" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF7EF" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="08BAF7EF" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7EB" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7EB" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Izmaksas kopā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7EC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7EC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7ED" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7ED" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7EE" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7EE" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF7F4" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="08BAF7F4" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7F0" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7F0" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="003D41F6">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Attiecināmās izmaksas kopā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7F1" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7F1" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7F2" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7F2" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7F3" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7F3" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08BAF7F5" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7F5" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>* PVN maksātājs norāda cenu bez PVN, PVN nemaksātājs norāda cenu ar PVN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7F6" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7F6" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08BAF7F7" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7F7" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Piecu darba dienu laikā pēc atskaites parakstīšanas, Darba devējs neizlietoto summu </w:t>
       </w:r>
-      <w:r w:rsidR="00601CDB">
+      <w:r w:rsidR="00601CDB" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>klientu</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar invaliditāti darba vietu pielāgošanai EUR ____ (_______________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7F8" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7F8" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:ind w:left="5760" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(summas atšifrējums vārdiem)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7F9" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7F9" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:i/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> __________________ centi) pārskaita Līgumā norādītajā Nodarbinātības v</w:t>
       </w:r>
-      <w:r w:rsidR="00601CDB">
+      <w:r w:rsidR="00601CDB" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">alsts aģentūras </w:t>
       </w:r>
-      <w:r w:rsidR="00281964">
+      <w:r w:rsidR="00281964" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – Aģentūra) </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>kontā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7FA" w14:textId="77777777" w:rsidR="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="08BAF7FC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7FA" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF7FB" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF7FC" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
-[...15 lines deleted...]
-        <w:t>svainības pakāpei vai darījumu partneru likuma „Par interešu konflikta novēršanu valsts amatpersonu darbībā” izpratnē personiskās vai mantiskās intereses).</w:t>
+      <w:r w:rsidRPr="003D41F6">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4.   Ar savu parakstu apliecinu, ka esmu novērsis interešu konflikta risku (situācija, kad Darba devējam jāpieņem lēmums vai jāpiedalās lēmuma pieņemšanā, kas ietekmē vai var ietekmēt Darba devēja, tā radinieku līdz otrajai radniecības pakāpei, laulātā vai svaiņa līdz pirmajai svainības pakāpei vai darījumu partneru likuma „Par interešu konflikta novēršanu valsts amatpersonu darbībā” izpratnē personiskās vai mantiskās intereses).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7FD" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7FD" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">5.  Atskaite ar pielikumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>sagatavota</w:t>
       </w:r>
-      <w:r w:rsidR="00601CDB">
+      <w:r w:rsidR="00601CDB" w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz ____ lapām, iesniegšanai Aģentūrā</w:t>
       </w:r>
-      <w:r w:rsidRPr="0065332C">
+      <w:r w:rsidRPr="003D41F6">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BAF7FE" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+    <w:p w14:paraId="08BAF7FE" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1430"/>
         <w:gridCol w:w="3406"/>
         <w:gridCol w:w="4344"/>
         <w:gridCol w:w="107"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF802" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="003D41F6" w:rsidRPr="003D41F6" w14:paraId="08BAF802" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="107" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF7FF" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF7FF" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Pielikumā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF800" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF800" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Darījumus pa</w:t>
-[...6 lines deleted...]
-              <w:t>matojošu dokumentu kopijas, t.sk., atbilstoši veikto darba vietas pielāgojumu fotoattēli, uz _____ lapām.</w:t>
+              <w:t>Darījumus pamatojošu dokumentu kopijas, t.sk., atbilstoši veikto darba vietas pielāgojumu fotoattēli, uz _____ lapām.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08BAF801" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF801" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B7ED0" w14:paraId="08BAF807" w14:textId="77777777" w:rsidTr="00C5092C">
+      <w:tr w:rsidR="009E1EF1" w:rsidRPr="003D41F6" w14:paraId="08BAF807" w14:textId="77777777" w:rsidTr="00C5092C">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="769"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF803" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF803" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Darba devējs vai pilnvarotā persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="08BAF804" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF804" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08BAF805" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF805" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>______________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08BAF806" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="0065332C" w:rsidRDefault="00007906" w:rsidP="0065332C">
+          <w:p w14:paraId="08BAF806" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="004571E7" w:rsidP="0065332C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0065332C">
+            <w:r w:rsidRPr="003D41F6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(paraksts, tā atšifrējums, datums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08BAF808" w14:textId="77777777" w:rsidR="0065332C" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="0065332C" w:rsidSect="00C94475">
+    <w:p w14:paraId="08BAF808" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF809" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF80A" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF80B" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF80C" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF80D" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF80E" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF80F" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF810" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF811" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:p w14:paraId="08BAF812" w14:textId="77777777" w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidRDefault="0065332C" w:rsidP="0065332C"/>
+    <w:sectPr w:rsidR="0065332C" w:rsidRPr="003D41F6" w:rsidSect="00C94475">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496A2DAC" w14:textId="77777777" w:rsidR="00007906" w:rsidRDefault="00007906">
+    <w:p w14:paraId="678658F0" w14:textId="77777777" w:rsidR="004C3AC5" w:rsidRDefault="004C3AC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DCE1E74" w14:textId="77777777" w:rsidR="00007906" w:rsidRDefault="00007906">
+    <w:p w14:paraId="5D4DE02B" w14:textId="77777777" w:rsidR="004C3AC5" w:rsidRDefault="004C3AC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...49 lines deleted...]
-  <w:p w14:paraId="08BAF81D" w14:textId="33BDB8E7" w:rsidR="009818B8" w:rsidRPr="00794674" w:rsidRDefault="00007906" w:rsidP="00794674">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="6D69847F" w14:textId="77777777" w:rsidR="000A6305" w:rsidRPr="00794674" w:rsidRDefault="004571E7" w:rsidP="000A6305">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="x-none"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00794674">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="x-none"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_3.pielikums_Līgumam ar DD_1.versija</w:t>
+      <w:t>4.2.17_</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00794674">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>.ps _1.v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="x-none"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00577DFA">
+    <w:r w:rsidRPr="006D3D08">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="x-none"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>19.03.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="08BAF819" w14:textId="77777777" w:rsidR="009818B8" w:rsidRDefault="009818B8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="08BAF81D" w14:textId="0D8F1532" w:rsidR="009818B8" w:rsidRPr="00794674" w:rsidRDefault="004571E7" w:rsidP="00794674">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00794674">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>4.2.17_</w:t>
+    </w:r>
+    <w:r w:rsidR="006D3D08">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00ED5780">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00794674">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>.ps</w:t>
+    </w:r>
+    <w:r w:rsidR="006D3D08" w:rsidRPr="00794674">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00794674">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>_1.v</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="006D3D08" w:rsidRPr="006D3D08">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
+      <w:t>19.03.2026.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="08BAF81E" w14:textId="77777777" w:rsidR="009818B8" w:rsidRPr="00D57D9E" w:rsidRDefault="009818B8" w:rsidP="00772706">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="FF6600"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="08BAF81F" w14:textId="77777777" w:rsidR="009818B8" w:rsidRDefault="009818B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35F2CB3E" w14:textId="77777777" w:rsidR="00007906" w:rsidRDefault="00007906" w:rsidP="00984D67">
+    <w:p w14:paraId="4A34E1F8" w14:textId="77777777" w:rsidR="004C3AC5" w:rsidRDefault="004C3AC5" w:rsidP="00984D67">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47F926C1" w14:textId="77777777" w:rsidR="00007906" w:rsidRDefault="00007906" w:rsidP="00984D67">
+    <w:p w14:paraId="166F36FD" w14:textId="77777777" w:rsidR="004C3AC5" w:rsidRDefault="004C3AC5" w:rsidP="00984D67">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7CD82BD3" w14:textId="77777777" w:rsidR="00007906" w:rsidRDefault="00007906"/>
+    <w:p w14:paraId="04719A51" w14:textId="77777777" w:rsidR="004C3AC5" w:rsidRDefault="004C3AC5"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="1ABAB90C" w14:textId="77777777" w:rsidR="009818B8" w:rsidRDefault="00007906" w:rsidP="002204DE">
+    <w:p w14:paraId="05A02FEC" w14:textId="2C5EDA94" w:rsidR="00B07EA5" w:rsidRDefault="004571E7" w:rsidP="00B07EA5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00726879">
-[...3 lines deleted...]
-        <w:t>maksātājs.</w:t>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t xml:space="preserve">Atsauci uz </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t>ESF Plus projektu “Atbalsts pieaugušo izglītībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="00B009AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B009AD" w:rsidRPr="00B009AD">
+        <w:t>Nr. 4.3.3.1/1/26/I/001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t xml:space="preserve"> nenorāda Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t xml:space="preserve"> atbalstu saskaņā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57A93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t>ar Komisijas 2013. gada 18. decembra Regulu (ES) Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="0059074F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t>1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t xml:space="preserve">piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135C6C">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07EA5">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="47445B04" w14:textId="06297154" w:rsidR="009818B8" w:rsidRDefault="00007906">
+    <w:p w14:paraId="1ABAB90C" w14:textId="77777777" w:rsidR="009818B8" w:rsidRDefault="004571E7" w:rsidP="002204DE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Norāda, ja darba devējs ir juridiska persona.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726879">
+        <w:t>PVN maksātāja numuru norāda, ja Darba devējs ir PVN maksātājs.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="3F33AFB0" w14:textId="5BE8DF8A" w:rsidR="009818B8" w:rsidRPr="00D43773" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="47445B04" w14:textId="06297154" w:rsidR="009818B8" w:rsidRDefault="004571E7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Norāda Pieprasījuma sagatavošanas datumu.</w:t>
+        <w:t xml:space="preserve"> Norāda, ja darba devējs ir juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="08BAF822" w14:textId="6C39A421" w:rsidR="009818B8" w:rsidRPr="002F3909" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="39512B26" w14:textId="6CF57AB8" w:rsidR="00645881" w:rsidRDefault="004571E7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004D1AA8">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="004D1AA8">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>maksātāju reģistrā nereģistrētas</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> personas.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645881">
+        <w:t xml:space="preserve">Norāda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">Pieprasījuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00920E07" w:rsidRPr="003D41F6">
+        <w:t xml:space="preserve">parakstīšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645881">
+        <w:t>datumu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="08BAF823" w14:textId="6D25D7E3" w:rsidR="009818B8" w:rsidRPr="004D1AA8" w:rsidRDefault="00007906" w:rsidP="0065332C">
+    <w:p w14:paraId="20D08EF5" w14:textId="49B6D42C" w:rsidR="00645881" w:rsidRDefault="004571E7">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645881">
+        <w:t>PVN norāda tikai PVN maksātāju reģistrā nereģistrētas personas.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="08BAF823" w14:textId="6D25D7E3" w:rsidR="009818B8" w:rsidRPr="004D1AA8" w:rsidRDefault="004571E7" w:rsidP="0065332C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1AA8">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004D1AA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="004D1AA8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> PVN izmaksas sedz tikai PVN </w:t>
       </w:r>
@@ -2865,83 +2819,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00215CDD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> iegādes cena, kas nav lielāka par pieprasījumā (tāmē) norādīto konkrētās iegādes pozīcijas cenu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="08BAF81A" w14:textId="77777777" w:rsidR="009818B8" w:rsidRDefault="009818B8" w:rsidP="00CB1A98">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="08BAF81B" w14:textId="77777777" w:rsidR="009818B8" w:rsidRDefault="009818B8" w:rsidP="00963274">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="08BAF81C" w14:textId="77777777" w:rsidR="009818B8" w:rsidRPr="00D5504C" w:rsidRDefault="009818B8" w:rsidP="00963274">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10A7095E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="972" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
@@ -3110,350 +3064,368 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4500" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00045E86"/>
     <w:rsid w:val="0000389E"/>
     <w:rsid w:val="00007906"/>
     <w:rsid w:val="00031649"/>
     <w:rsid w:val="00045E86"/>
     <w:rsid w:val="00065654"/>
     <w:rsid w:val="00073A4C"/>
+    <w:rsid w:val="000A6305"/>
     <w:rsid w:val="000C0FFD"/>
     <w:rsid w:val="000D3B76"/>
     <w:rsid w:val="000E4F2B"/>
     <w:rsid w:val="000F03A7"/>
     <w:rsid w:val="00110FF0"/>
     <w:rsid w:val="00117EEA"/>
     <w:rsid w:val="00132CD4"/>
     <w:rsid w:val="00133BEA"/>
+    <w:rsid w:val="00135C6C"/>
     <w:rsid w:val="00136599"/>
+    <w:rsid w:val="001448AD"/>
+    <w:rsid w:val="00146707"/>
     <w:rsid w:val="00171352"/>
     <w:rsid w:val="00183D6F"/>
     <w:rsid w:val="00186FFD"/>
     <w:rsid w:val="00190CF0"/>
     <w:rsid w:val="00191A17"/>
     <w:rsid w:val="001A2CC2"/>
     <w:rsid w:val="001B0356"/>
     <w:rsid w:val="001C0847"/>
     <w:rsid w:val="001C3250"/>
     <w:rsid w:val="001C7703"/>
     <w:rsid w:val="001E1363"/>
     <w:rsid w:val="002028B5"/>
     <w:rsid w:val="00211CC1"/>
     <w:rsid w:val="00215CDD"/>
     <w:rsid w:val="002204DE"/>
     <w:rsid w:val="00264B47"/>
     <w:rsid w:val="00281964"/>
     <w:rsid w:val="00282307"/>
     <w:rsid w:val="002851EE"/>
     <w:rsid w:val="002870AA"/>
     <w:rsid w:val="002B7ED0"/>
     <w:rsid w:val="002C7A3A"/>
     <w:rsid w:val="002D3FBE"/>
     <w:rsid w:val="002D6B2A"/>
     <w:rsid w:val="002E07CB"/>
     <w:rsid w:val="002E52AE"/>
     <w:rsid w:val="002F04E4"/>
     <w:rsid w:val="002F3909"/>
+    <w:rsid w:val="002F67DE"/>
     <w:rsid w:val="00320A81"/>
     <w:rsid w:val="00325874"/>
     <w:rsid w:val="00347E5E"/>
     <w:rsid w:val="00350889"/>
     <w:rsid w:val="00355233"/>
     <w:rsid w:val="003559BB"/>
     <w:rsid w:val="003570F1"/>
     <w:rsid w:val="00357437"/>
     <w:rsid w:val="00360DB8"/>
     <w:rsid w:val="003849DA"/>
     <w:rsid w:val="003940E4"/>
     <w:rsid w:val="003A7D59"/>
     <w:rsid w:val="003B7034"/>
     <w:rsid w:val="003B7EE3"/>
     <w:rsid w:val="003C0AFF"/>
     <w:rsid w:val="003C159E"/>
     <w:rsid w:val="003C4872"/>
     <w:rsid w:val="003C496F"/>
     <w:rsid w:val="003D0AEC"/>
     <w:rsid w:val="003D1CCE"/>
+    <w:rsid w:val="003D41F6"/>
     <w:rsid w:val="003E0BFB"/>
     <w:rsid w:val="004037DA"/>
     <w:rsid w:val="00403B25"/>
     <w:rsid w:val="0041770C"/>
     <w:rsid w:val="00437A5F"/>
     <w:rsid w:val="00445553"/>
+    <w:rsid w:val="00446556"/>
     <w:rsid w:val="004521A5"/>
     <w:rsid w:val="00452A03"/>
     <w:rsid w:val="00452D94"/>
+    <w:rsid w:val="004571E7"/>
     <w:rsid w:val="00470D62"/>
     <w:rsid w:val="004751C6"/>
     <w:rsid w:val="004850CD"/>
     <w:rsid w:val="00491F58"/>
     <w:rsid w:val="00493E88"/>
     <w:rsid w:val="004B12CB"/>
     <w:rsid w:val="004B5CAB"/>
+    <w:rsid w:val="004C3AC5"/>
     <w:rsid w:val="004D1AA8"/>
     <w:rsid w:val="004D77C2"/>
     <w:rsid w:val="004F2E92"/>
     <w:rsid w:val="005259B5"/>
     <w:rsid w:val="00543335"/>
     <w:rsid w:val="00547243"/>
     <w:rsid w:val="00567ADF"/>
     <w:rsid w:val="00577DFA"/>
     <w:rsid w:val="00577FF4"/>
     <w:rsid w:val="00581D68"/>
     <w:rsid w:val="005822B9"/>
+    <w:rsid w:val="0059074F"/>
     <w:rsid w:val="00592E81"/>
+    <w:rsid w:val="005C60A0"/>
     <w:rsid w:val="005D3C5E"/>
     <w:rsid w:val="005D512E"/>
     <w:rsid w:val="005D5B80"/>
     <w:rsid w:val="005D6693"/>
     <w:rsid w:val="005D7F49"/>
     <w:rsid w:val="005F4E53"/>
     <w:rsid w:val="00601CDB"/>
     <w:rsid w:val="00615A37"/>
     <w:rsid w:val="00622DB3"/>
     <w:rsid w:val="00625255"/>
     <w:rsid w:val="006317BD"/>
     <w:rsid w:val="006335FF"/>
     <w:rsid w:val="00634392"/>
+    <w:rsid w:val="00645881"/>
     <w:rsid w:val="0065332C"/>
     <w:rsid w:val="00660DE9"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="00687873"/>
     <w:rsid w:val="006D138E"/>
+    <w:rsid w:val="006D3D08"/>
     <w:rsid w:val="006D7B21"/>
     <w:rsid w:val="00703613"/>
     <w:rsid w:val="007070B2"/>
     <w:rsid w:val="00724164"/>
     <w:rsid w:val="00726879"/>
     <w:rsid w:val="007338F6"/>
     <w:rsid w:val="00735FA1"/>
     <w:rsid w:val="00740083"/>
     <w:rsid w:val="007556A7"/>
     <w:rsid w:val="0075770D"/>
     <w:rsid w:val="00772706"/>
     <w:rsid w:val="00794674"/>
     <w:rsid w:val="00794922"/>
     <w:rsid w:val="0079728E"/>
     <w:rsid w:val="007B1545"/>
     <w:rsid w:val="007B517D"/>
     <w:rsid w:val="007C2292"/>
     <w:rsid w:val="00802D8F"/>
     <w:rsid w:val="00810B5C"/>
     <w:rsid w:val="0081650E"/>
     <w:rsid w:val="008506A8"/>
     <w:rsid w:val="008858B4"/>
     <w:rsid w:val="008A6509"/>
     <w:rsid w:val="008B5FB7"/>
     <w:rsid w:val="009021B1"/>
     <w:rsid w:val="009026AE"/>
     <w:rsid w:val="00913777"/>
     <w:rsid w:val="00914CAA"/>
+    <w:rsid w:val="00920E07"/>
     <w:rsid w:val="0092536B"/>
     <w:rsid w:val="0092644F"/>
     <w:rsid w:val="009410F0"/>
     <w:rsid w:val="00956807"/>
     <w:rsid w:val="00963274"/>
     <w:rsid w:val="00972CCC"/>
     <w:rsid w:val="009818B8"/>
     <w:rsid w:val="00984D67"/>
     <w:rsid w:val="00986B73"/>
     <w:rsid w:val="00995D93"/>
     <w:rsid w:val="009D10B6"/>
     <w:rsid w:val="009D2B1C"/>
     <w:rsid w:val="009E1451"/>
+    <w:rsid w:val="009E1EF1"/>
     <w:rsid w:val="009E64B9"/>
     <w:rsid w:val="009F5032"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A13F34"/>
     <w:rsid w:val="00A14A61"/>
     <w:rsid w:val="00A23A50"/>
     <w:rsid w:val="00A5377B"/>
     <w:rsid w:val="00A67D10"/>
     <w:rsid w:val="00A81F28"/>
     <w:rsid w:val="00A91F8B"/>
     <w:rsid w:val="00AD2FED"/>
     <w:rsid w:val="00AE1310"/>
     <w:rsid w:val="00AE1A0A"/>
     <w:rsid w:val="00AF2D55"/>
+    <w:rsid w:val="00B009AD"/>
     <w:rsid w:val="00B036C4"/>
+    <w:rsid w:val="00B07EA5"/>
     <w:rsid w:val="00B112AC"/>
     <w:rsid w:val="00B17C62"/>
     <w:rsid w:val="00B17DD8"/>
     <w:rsid w:val="00B20F86"/>
     <w:rsid w:val="00B27D5D"/>
     <w:rsid w:val="00B3666E"/>
     <w:rsid w:val="00B6572E"/>
     <w:rsid w:val="00B72C3B"/>
     <w:rsid w:val="00B80857"/>
     <w:rsid w:val="00B84FB6"/>
     <w:rsid w:val="00B9740D"/>
     <w:rsid w:val="00BA248C"/>
     <w:rsid w:val="00BC1B1F"/>
     <w:rsid w:val="00BE1ABD"/>
     <w:rsid w:val="00BF1D6C"/>
     <w:rsid w:val="00C17192"/>
     <w:rsid w:val="00C3364F"/>
     <w:rsid w:val="00C442EC"/>
     <w:rsid w:val="00C5092C"/>
+    <w:rsid w:val="00C57A93"/>
     <w:rsid w:val="00C73F54"/>
     <w:rsid w:val="00C90328"/>
     <w:rsid w:val="00C94475"/>
     <w:rsid w:val="00CB1A98"/>
     <w:rsid w:val="00CD3D95"/>
     <w:rsid w:val="00CE62F8"/>
     <w:rsid w:val="00CF4498"/>
+    <w:rsid w:val="00D009D0"/>
     <w:rsid w:val="00D10467"/>
     <w:rsid w:val="00D15750"/>
     <w:rsid w:val="00D43773"/>
     <w:rsid w:val="00D5504C"/>
     <w:rsid w:val="00D57D9E"/>
     <w:rsid w:val="00D6393B"/>
     <w:rsid w:val="00D70208"/>
+    <w:rsid w:val="00D713AF"/>
     <w:rsid w:val="00D763E5"/>
     <w:rsid w:val="00D80F0D"/>
     <w:rsid w:val="00D91AFB"/>
     <w:rsid w:val="00D961D1"/>
+    <w:rsid w:val="00DC6BD0"/>
     <w:rsid w:val="00DC70D4"/>
     <w:rsid w:val="00DE55F6"/>
     <w:rsid w:val="00DF4465"/>
     <w:rsid w:val="00DF4ED5"/>
     <w:rsid w:val="00E25B7B"/>
     <w:rsid w:val="00E553A6"/>
     <w:rsid w:val="00E57110"/>
     <w:rsid w:val="00E74665"/>
     <w:rsid w:val="00E94999"/>
     <w:rsid w:val="00EA72A6"/>
     <w:rsid w:val="00EB0FBA"/>
     <w:rsid w:val="00EB4AF6"/>
     <w:rsid w:val="00EB5EC3"/>
+    <w:rsid w:val="00ED5780"/>
     <w:rsid w:val="00ED5C26"/>
     <w:rsid w:val="00EF739B"/>
     <w:rsid w:val="00F034F0"/>
     <w:rsid w:val="00F1475E"/>
     <w:rsid w:val="00F31943"/>
     <w:rsid w:val="00F32568"/>
     <w:rsid w:val="00F42BD3"/>
     <w:rsid w:val="00F445E7"/>
     <w:rsid w:val="00F46B9D"/>
     <w:rsid w:val="00F52B6E"/>
     <w:rsid w:val="00F5678C"/>
     <w:rsid w:val="00F812A4"/>
+    <w:rsid w:val="00F95362"/>
     <w:rsid w:val="00FA3B0E"/>
     <w:rsid w:val="00FC3D46"/>
     <w:rsid w:val="00FE3502"/>
     <w:rsid w:val="00FE524A"/>
     <w:rsid w:val="00FF2F05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="08BAF7B8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2072511F-984B-479A-9A4F-3053FD5DD2DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3781,50 +3753,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00045E86"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00984D67"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -4054,51 +4030,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003A7D59"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:rsid w:val="001B0356"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -4345,72 +4321,81 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">56</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId>231</AccountId>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -4537,154 +4522,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42A6B2BB-8FB5-4DAD-9ADA-9AD88034A530}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93B4D154-7FAE-4182-BCF2-4A0B2638D404}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42A6B2BB-8FB5-4DAD-9ADA-9AD88034A530}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EDAF58E-724D-4910-9D9B-98979EA51360}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21DE7912-5AAF-4C2D-B96B-2E829E362A21}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3356C711-7633-433D-86AF-08E75F20E9E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81E12156-A1D8-40CF-97E2-9D5733578F3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2070</Words>
-  <Characters>1181</Characters>
+  <Words>2001</Words>
+  <Characters>1142</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Atskaite par vienreizējās dotācijas izlietojumu, lai pielāgotu praktiskās apmācības vietu bezdarbniekam ar invaliditāti</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3245</CharactersWithSpaces>
+  <CharactersWithSpaces>3137</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Atskaite par vienreizējās dotācijas izlietojumu, lai pielāgotu praktiskās apmācības vietu bezdarbniekam ar invaliditāti</dc:title>
   <dc:creator>BaibaVil</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Karina Opaleva</vt:lpwstr>
   </property>
 </Properties>
 </file>