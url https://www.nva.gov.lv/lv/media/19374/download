--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -4,2729 +4,2678 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="5BDC7355" w14:textId="59B2D5B8" w:rsidR="004D449C" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00AE203B">
-[...105 lines deleted...]
-    <w:p w14:paraId="5BDC7357" w14:textId="77777777" w:rsidR="004D449C" w:rsidRPr="00B039A4" w:rsidRDefault="004D449C" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC7357" w14:textId="77777777" w:rsidR="004D449C" w:rsidRPr="001B4691" w:rsidRDefault="004D449C" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC7358" w14:textId="3CBDC810" w:rsidR="00D32B25" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00FB6C20">
+    <w:p w14:paraId="5BDC7358" w14:textId="3CBDC810" w:rsidR="00D32B25" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00FB6C20">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Pieprasījums vienreizējās dotācijas saņemšanai, lai pielāgotu aktīvā nodarbinātības pasākuma “</w:t>
       </w:r>
-      <w:r w:rsidR="00BC461E" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00BC461E" w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Apmācība</w:t>
       </w:r>
-      <w:r w:rsidR="008C1E26" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="008C1E26" w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> pie darba devēja</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">” praktiskās apmācības vietu </w:t>
       </w:r>
-      <w:r w:rsidR="001D024E" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="001D024E" w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>klientam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ar invaliditāti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7359" w14:textId="77777777" w:rsidR="0039497A" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="0039497A">
+    <w:p w14:paraId="0525E5D5" w14:textId="5B15C4D8" w:rsidR="00C607F1" w:rsidRPr="001B4691" w:rsidRDefault="00EF04BE" w:rsidP="0039497A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C1E26" w:rsidRPr="00B039A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267558" w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>AF projekts „Prasmju pilnveide pieaugušajiem” Nr. 3.1.2.5.i.0/1/23/I/CFLA/001</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B039A4">
+        <w:t>(ESF Plus projekts “Atbalsts pieaugušo izglītībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="009D01B7" w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Nr. 4.3.3.1/1/26/I/001</w:t>
+      </w:r>
+      <w:r w:rsidR="00267558" w:rsidRPr="001B4691">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="003A434F" w:rsidRPr="001B4691">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267558" w:rsidRPr="001B4691">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC735A" w14:textId="77777777" w:rsidR="001012A9" w:rsidRDefault="001012A9" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC735A" w14:textId="77777777" w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidRDefault="001012A9" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4438"/>
         <w:gridCol w:w="5200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00716A6C" w14:paraId="5875B6E4" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="5875B6E4" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD235CD" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00726879" w:rsidP="00726879">
+          <w:p w14:paraId="5FD235CD" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00726879" w:rsidP="00726879">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="697AB918" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00711493" w:rsidP="00726879">
+          <w:p w14:paraId="697AB918" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00726879">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Datums ir elektronisk</w:t>
             </w:r>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> dokumenta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="241BC588" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00711493" w:rsidP="00726879">
+          <w:p w14:paraId="241BC588" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00726879">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>parakst</w:t>
             </w:r>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim" w:hint="eastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>īš</w:t>
             </w:r>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>anas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="3803270B" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="3803270B" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36F6236B" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00726879" w:rsidP="00726879">
+          <w:p w14:paraId="36F6236B" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00726879" w:rsidP="00726879">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB98A81" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00726879" w:rsidP="00726879">
+          <w:p w14:paraId="1BB98A81" w14:textId="77777777" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00726879" w:rsidP="00726879">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="7C61D2FD" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="7C61D2FD" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFDA2F7" w14:textId="25AFC1B3" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00726879" w:rsidP="00726879">
+          <w:p w14:paraId="6BFDA2F7" w14:textId="25AFC1B3" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00726879" w:rsidP="00726879">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="1BB0BC70" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="1BB0BC70" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE83E74" w14:textId="78849AF6" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00711493" w:rsidP="00286C69">
+          <w:p w14:paraId="4FE83E74" w14:textId="78849AF6" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00286C69">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(juridiskās personas nosaukums /fiziskās personas vārds, uzvārds, reģistrācijas numurs, PVN maksātāja numurs</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="2"/>
+              <w:footnoteReference w:id="3"/>
             </w:r>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="53BD8E0A" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="53BD8E0A" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6639D56C" w14:textId="54EF441C" w:rsidR="00726879" w:rsidRPr="00286C69" w:rsidRDefault="00726879" w:rsidP="00726879">
+          <w:p w14:paraId="6639D56C" w14:textId="54EF441C" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00726879" w:rsidP="00726879">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="34106850" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="00C07B74" w:rsidRPr="001B4691" w14:paraId="34106850" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29FEEE80" w14:textId="2B891CE1" w:rsidR="00726879" w:rsidRPr="00726879" w:rsidRDefault="00711493" w:rsidP="00286C69">
+          <w:p w14:paraId="29FEEE80" w14:textId="2B891CE1" w:rsidR="00726879" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00286C69">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
+              <w:t>(bankas nosaukums, bankas kods)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00726879">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(bankas nosaukums, bankas kods)</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BDC7362" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6"/>
+    <w:p w14:paraId="5BDC7362" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9523" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1422"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00716A6C" w14:paraId="5BDC737A" w14:textId="77777777" w:rsidTr="001D7DED">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="5BDC737A" w14:textId="77777777" w:rsidTr="001D7DED">
         <w:trPr>
           <w:trHeight w:val="87"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7363" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7363" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BDC7364" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7364" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4691">
               <w:t>IBAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7365" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7365" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7366" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7366" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7367" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7367" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7368" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7368" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7369" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7369" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC736A" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC736A" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC736B" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC736B" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC736C" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC736C" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC736D" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC736D" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC736E" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC736E" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC736F" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC736F" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7370" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7370" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7371" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7371" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7372" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7372" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7373" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7373" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7374" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7374" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7375" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7375" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7376" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7376" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7377" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7377" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7378" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7378" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7379" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7379" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BDC737B" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC737B" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00716A6C" w14:paraId="3517399B" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="3517399B" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59DAAC77" w14:textId="75A2666C" w:rsidR="00190CF0" w:rsidRPr="00286C69" w:rsidRDefault="00190CF0" w:rsidP="00190CF0">
+          <w:p w14:paraId="59DAAC77" w14:textId="75A2666C" w:rsidR="00190CF0" w:rsidRPr="001B4691" w:rsidRDefault="00190CF0" w:rsidP="00190CF0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="2D9BE6CC" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="00C07B74" w:rsidRPr="001B4691" w14:paraId="2D9BE6CC" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5709CA1F" w14:textId="01D3EB4D" w:rsidR="00190CF0" w:rsidRPr="00286C69" w:rsidRDefault="00711493" w:rsidP="00286C69">
+          <w:p w14:paraId="5709CA1F" w14:textId="01D3EB4D" w:rsidR="00190CF0" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00286C69">
             <w:pPr>
               <w:ind w:left="2880"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00190CF0">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00286C69" w:rsidRPr="00A120C6">
+            <w:r w:rsidR="00286C69" w:rsidRPr="001B4691">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(amats, vārds, uzvārds)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:footnoteReference w:customMarkFollows="1" w:id="3"/>
+              <w:footnoteReference w:customMarkFollows="1" w:id="4"/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1580B6BB" w14:textId="77777777" w:rsidR="00190CF0" w:rsidRDefault="00190CF0" w:rsidP="00A120C6">
+    <w:p w14:paraId="1580B6BB" w14:textId="77777777" w:rsidR="00190CF0" w:rsidRPr="001B4691" w:rsidRDefault="00190CF0" w:rsidP="00A120C6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="5810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00716A6C" w14:paraId="1B1AF002" w14:textId="77777777" w:rsidTr="008A491D">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="1B1AF002" w14:textId="77777777" w:rsidTr="008A491D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9D6C8A" w14:textId="77777777" w:rsidR="00190CF0" w:rsidRPr="00190CF0" w:rsidRDefault="00711493" w:rsidP="00190CF0">
+          <w:p w14:paraId="7C9D6C8A" w14:textId="77777777" w:rsidR="00190CF0" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00190CF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00190CF0">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:spacing w:val="2"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">personā, kurš (-a) rīkojas saskaņā ar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E59EE62" w14:textId="4FD31C57" w:rsidR="00190CF0" w:rsidRPr="00190CF0" w:rsidRDefault="00190CF0" w:rsidP="00190CF0">
+          <w:p w14:paraId="3E59EE62" w14:textId="4FD31C57" w:rsidR="00190CF0" w:rsidRPr="001B4691" w:rsidRDefault="00190CF0" w:rsidP="00190CF0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
                 <w:spacing w:val="2"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BDC737F" w14:textId="0E7FDCBD" w:rsidR="001012A9" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00286C69">
+    <w:p w14:paraId="5BDC737F" w14:textId="0E7FDCBD" w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00286C69">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(reglamentējošā dokumenta nosaukums)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7380" w14:textId="49F203AF" w:rsidR="001012A9" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00043750">
+    <w:p w14:paraId="5BDC7380" w14:textId="49F203AF" w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00043750">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5400"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">iesniedz </w:t>
       </w:r>
-      <w:r w:rsidR="00230FC0" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00230FC0" w:rsidRPr="001B4691">
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūrā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">(turpmāk </w:t>
       </w:r>
-      <w:r w:rsidR="00D31170" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00D31170" w:rsidRPr="001B4691">
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00B372DF" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00B372DF" w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D31170" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00D31170" w:rsidRPr="001B4691">
         <w:t>Aģentūra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">), saskaņā ar </w:t>
       </w:r>
-      <w:r w:rsidR="00B87714" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00B87714" w:rsidRPr="001B4691">
         <w:t xml:space="preserve">20__.gada __._____ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">līguma </w:t>
       </w:r>
-      <w:r w:rsidR="00164F39" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00164F39" w:rsidRPr="001B4691">
         <w:t>Nr._________________</w:t>
       </w:r>
-      <w:r w:rsidR="00286C69">
+      <w:r w:rsidR="00286C69" w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">par </w:t>
       </w:r>
-      <w:r w:rsidR="00164F39" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00164F39" w:rsidRPr="001B4691">
         <w:t>aktīvā nodarbinātības pasākuma “</w:t>
       </w:r>
-      <w:r w:rsidR="00BC461E" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00BC461E" w:rsidRPr="001B4691">
         <w:t>Apmācība</w:t>
       </w:r>
-      <w:r w:rsidR="008C1E26" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="008C1E26" w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> pie darba devēja</w:t>
       </w:r>
-      <w:r w:rsidR="00164F39" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00164F39" w:rsidRPr="001B4691">
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="008C1E26" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="008C1E26" w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">(turpmāk – </w:t>
       </w:r>
-      <w:r w:rsidR="00E909A6" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00E909A6" w:rsidRPr="001B4691">
         <w:t>Pasākums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">) īstenošanu, pieprasījumu vienreizējās dotācija saņemšanai, lai pielāgotu </w:t>
       </w:r>
-      <w:r w:rsidR="005145A2" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="005145A2" w:rsidRPr="001B4691">
         <w:t>Pasākuma īstenošanas darba</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> vietu bezdarbniekam </w:t>
       </w:r>
-      <w:r w:rsidR="005145A2" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="005145A2" w:rsidRPr="001B4691">
         <w:t xml:space="preserve">(turpmāk – klients) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">ar invaliditāti (turpmāk – Pieprasījums). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7381" w14:textId="77777777" w:rsidR="001012A9" w:rsidRPr="00B039A4" w:rsidRDefault="001012A9" w:rsidP="00043750">
+    <w:p w14:paraId="5BDC7381" w14:textId="77777777" w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidRDefault="001012A9" w:rsidP="00043750">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC7382" w14:textId="77777777" w:rsidR="00164F39" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="003E60AB">
+    <w:p w14:paraId="5BDC7382" w14:textId="77777777" w:rsidR="00164F39" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="003E60AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t>Pieprasījums sagatavots:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7383" w14:textId="0E3D0C4D" w:rsidR="00164F39" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="003E60AB">
+    <w:p w14:paraId="5BDC7383" w14:textId="0E3D0C4D" w:rsidR="00164F39" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="003E60AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00017F56" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="00017F56" w:rsidRPr="001B4691">
         <w:t xml:space="preserve">20__.gada __._____ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t>ergoterapeita atzinumam Nr.______;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7384" w14:textId="77777777" w:rsidR="00164F39" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="003E60AB">
+    <w:p w14:paraId="5BDC7384" w14:textId="77777777" w:rsidR="00164F39" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="003E60AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> lēmuma pieņemšanā, kas ietekmē vai var ietekmēt Darba devēja, tā radinieku līdz otrajai radniecības pakāpei, laulātā vai svaiņa līdz pirmajai svainības pakāpei vai darījumu partneru personiskās vai mantiskās intereses); </w:t>
+      <w:r w:rsidRPr="001B4691">
+        <w:t xml:space="preserve">nodrošinot interešu konflikta riska novēršanu (situācija, kad Darba devējam jāpieņem lēmums vai jāpiedalās lēmuma pieņemšanā, kas ietekmē vai var ietekmēt Darba devēja, tā radinieku līdz otrajai radniecības pakāpei, laulātā vai svaiņa līdz pirmajai svainības pakāpei vai darījumu partneru personiskās vai mantiskās intereses); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7385" w14:textId="77777777" w:rsidR="00164F39" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="003E60AB">
+    <w:p w14:paraId="5BDC7385" w14:textId="77777777" w:rsidR="00164F39" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="003E60AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> pieejami noliktajā laikā, pienācīgā apjomā un kvalitātē un par izdevīgāko cenu)).</w:t>
+      <w:r w:rsidRPr="001B4691">
+        <w:t>nodrošinot finanšu līdzekļu efektīvu izmantošanu (vēlams veikt darījumu izmaksu izvērtēšanu (tirgus izpēte u.tml.), salīdzinot vismaz trīs dažādus piedāvājumus un izvēlēties izdevīgāko darījumu (izdevīgākā darījuma princips prasa, lai resursi, ko Darba devējs lieto darbības veikšanai, būtu pieejami noliktajā laikā, pienācīgā apjomā un kvalitātē un par izdevīgāko cenu)).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7386" w14:textId="79BAD66D" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC7386" w14:textId="79BAD66D" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t>Darba vietas pielāgošana</w:t>
       </w:r>
-      <w:r w:rsidR="00017F56">
+      <w:r w:rsidR="00017F56" w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> klientam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> ___________________________________________:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC7387" w14:textId="77777777" w:rsidR="00157C83" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC7387" w14:textId="77777777" w:rsidR="00157C83" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
       <w:pPr>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="003E60AB" w:rsidRPr="00B039A4">
+      <w:r w:rsidR="003E60AB" w:rsidRPr="001B4691">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar invaliditāti vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8902" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="934"/>
         <w:gridCol w:w="4991"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00716A6C" w14:paraId="5BDC738D" w14:textId="77777777" w:rsidTr="001D7DED">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="5BDC738D" w14:textId="77777777" w:rsidTr="001D7DED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7388" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7388" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nr.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7389" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7389" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Iekārta/aprīkojums (t.sk. tehnisko </w:t>
+              <w:t>Iekārta/aprīkojums (t.sk. tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana), atbilstoši ergoterapeita atzinumā norādītajam</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B039A4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDC738A" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>palīglīdzekļu izgatavošana, piegāde un uzstādīšana), atbilstoši ergoterapeita atzinumā norādītajam</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>Cena bez PVN (aizpilda PVN maksātājs),</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BDC738B" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC738B" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC738C" w14:textId="63641F90" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC738C" w14:textId="63641F90" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Cena ar PVN</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(aizpilda PVN nemaksātājs</w:t>
             </w:r>
-            <w:r w:rsidR="00286C69" w:rsidRPr="00A120C6">
+            <w:r w:rsidR="00286C69" w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:customMarkFollows="1" w:id="4"/>
+              <w:footnoteReference w:customMarkFollows="1" w:id="5"/>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>, EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="5BDC7392" w14:textId="77777777" w:rsidTr="001D7DED">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="5BDC7392" w14:textId="77777777" w:rsidTr="001D7DED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="934" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC738E" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC738E" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC738F" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC738F" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7390" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7390" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7391" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7391" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="5BDC7396" w14:textId="77777777" w:rsidTr="001D7DED">
+      <w:tr w:rsidR="001B4691" w:rsidRPr="001B4691" w14:paraId="5BDC7396" w14:textId="77777777" w:rsidTr="001D7DED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5925" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7393" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7393" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Izmaksas kopā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7394" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7394" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7395" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7395" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716A6C" w14:paraId="5BDC739A" w14:textId="77777777" w:rsidTr="001D7DED">
+      <w:tr w:rsidR="00C07B74" w:rsidRPr="001B4691" w14:paraId="5BDC739A" w14:textId="77777777" w:rsidTr="001D7DED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5925" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7397" w14:textId="14335421" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7397" w14:textId="14335421" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B039A4">
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Pieprasījuma </w:t>
             </w:r>
-            <w:r w:rsidR="00286C69" w:rsidRPr="00A120C6">
+            <w:r w:rsidR="00286C69" w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>summa</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001B4691">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:customMarkFollows="1" w:id="5"/>
+              <w:footnoteReference w:customMarkFollows="1" w:id="6"/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7398" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7398" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC7399" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
+          <w:p w14:paraId="5BDC7399" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="00A120C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BDC739B" w14:textId="77777777" w:rsidR="00157C83" w:rsidRPr="00B039A4" w:rsidRDefault="00157C83" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC739B" w14:textId="77777777" w:rsidR="00157C83" w:rsidRPr="001B4691" w:rsidRDefault="00157C83" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC739C" w14:textId="77777777" w:rsidR="00157C83" w:rsidRPr="00B039A4" w:rsidRDefault="00157C83" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC739C" w14:textId="77777777" w:rsidR="00157C83" w:rsidRPr="001B4691" w:rsidRDefault="00157C83" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC739D" w14:textId="77777777" w:rsidR="001012A9" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC739D" w14:textId="77777777" w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Pieprasījuma</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> pielikumā:</w:t>
+        <w:t>Pieprasījuma pielikumā:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC739E" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC739E" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC739F" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC739F" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">Darba vietas pielāgošanai nepieciešamo iekārtu, aprīkojuma, kā arī tehnisko palīglīdzekļu (tai skaitā piegādes un uzstādīšanas izmaksas) apraksti un paredzamo izmaksu pamatojošā dokumentācija uz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> lapām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC73A0" w14:textId="77777777" w:rsidR="00043750" w:rsidRPr="00B039A4" w:rsidRDefault="00043750" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC73A0" w14:textId="77777777" w:rsidR="00043750" w:rsidRPr="001B4691" w:rsidRDefault="00043750" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC73A1" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00A120C6" w:rsidP="001012A9">
+    <w:p w14:paraId="5BDC73A1" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00A120C6" w:rsidP="001012A9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BDC73A2" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="00B039A4" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC73A2" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
+        <w:t>Darba devējs vai pilnvarotā persona</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
         <w:t xml:space="preserve">     ________________________________                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC73A3" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRDefault="00711493" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC73A3" w14:textId="77777777" w:rsidR="00A120C6" w:rsidRPr="001B4691" w:rsidRDefault="00267558" w:rsidP="00A120C6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B039A4">
+      <w:r w:rsidRPr="001B4691">
         <w:tab/>
         <w:t>(vārds, uzvārds, paraksts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDC73A4" w14:textId="77777777" w:rsidR="001012A9" w:rsidRDefault="001012A9" w:rsidP="00A120C6">
+    <w:p w14:paraId="5BDC73A4" w14:textId="77777777" w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidRDefault="001012A9" w:rsidP="00A120C6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001012A9" w:rsidSect="00D3261F">
+    <w:sectPr w:rsidR="001012A9" w:rsidRPr="001B4691" w:rsidSect="00D3261F">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="508BCA59" w14:textId="77777777" w:rsidR="00711493" w:rsidRDefault="00711493">
+    <w:p w14:paraId="0C984FED" w14:textId="77777777" w:rsidR="006A49E9" w:rsidRDefault="006A49E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D0AE5A1" w14:textId="77777777" w:rsidR="00711493" w:rsidRDefault="00711493">
+    <w:p w14:paraId="69CB45CE" w14:textId="77777777" w:rsidR="006A49E9" w:rsidRDefault="006A49E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="5BDC73A9" w14:textId="73E140B7" w:rsidR="00685599" w:rsidRDefault="00711493">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="5BDC73A9" w14:textId="73E140B7" w:rsidR="00685599" w:rsidRDefault="00267558">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B86B56">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5BDC73AB" w14:textId="7FF6F594" w:rsidR="00685599" w:rsidRPr="002D6504" w:rsidRDefault="00711493" w:rsidP="00B562AC">
-[...66 lines deleted...]
-  <w:p w14:paraId="5BDC73B0" w14:textId="060366A1" w:rsidR="00685599" w:rsidRPr="00FC49C1" w:rsidRDefault="00711493" w:rsidP="000027E9">
+  <w:p w14:paraId="62140A09" w14:textId="77777777" w:rsidR="00005F8E" w:rsidRPr="00FC49C1" w:rsidRDefault="00267558" w:rsidP="00005F8E">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00FC49C1">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_2.pielikums</w:t>
+      <w:t>4.2.17_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>_Līgumam ar DD</w:t>
+      <w:t>16</w:t>
     </w:r>
     <w:r w:rsidRPr="00FC49C1">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>_1.versija</w:t>
+      <w:t>.p</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">_ </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FC49C1">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>1.v</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="000027E9">
+    <w:r w:rsidRPr="00104B91">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>03.04.2024.</w:t>
+      <w:t>19.03.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5BDC73AC" w14:textId="77777777" w:rsidR="00685599" w:rsidRDefault="00685599" w:rsidP="00104B91">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="5BDC73B0" w14:textId="666CB0AE" w:rsidR="00685599" w:rsidRPr="00FC49C1" w:rsidRDefault="00267558" w:rsidP="000027E9">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00FC49C1">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>4.2.17_</w:t>
+    </w:r>
+    <w:r w:rsidR="00104B91">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00230B04">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FC49C1">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>.p</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00104B91">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FC49C1">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>1.v</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00104B91" w:rsidRPr="00104B91">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>19.03.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D10029C" w14:textId="77777777" w:rsidR="00711493" w:rsidRDefault="00711493" w:rsidP="001012A9">
+    <w:p w14:paraId="3E22BB6C" w14:textId="77777777" w:rsidR="006A49E9" w:rsidRDefault="006A49E9" w:rsidP="001012A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60C77D11" w14:textId="77777777" w:rsidR="00711493" w:rsidRDefault="00711493" w:rsidP="001012A9">
+    <w:p w14:paraId="3545EE16" w14:textId="77777777" w:rsidR="006A49E9" w:rsidRDefault="006A49E9" w:rsidP="001012A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="40CA7195" w14:textId="77777777" w:rsidR="00711493" w:rsidRDefault="00711493"/>
+    <w:p w14:paraId="598E09EC" w14:textId="77777777" w:rsidR="006A49E9" w:rsidRDefault="006A49E9"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="1239D2B8" w14:textId="197DDEC2" w:rsidR="00685599" w:rsidRDefault="00711493">
+    <w:p w14:paraId="494D069B" w14:textId="6D2D682F" w:rsidR="003A434F" w:rsidRPr="00941D12" w:rsidRDefault="00267558" w:rsidP="003A434F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4691">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001B4691">
+        <w:t xml:space="preserve"> Atsauci uz </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="001B4691">
+        <w:t>ESF Plus projektu “Atbalsts pieaugušo izglītībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="009D01B7" w:rsidRPr="001B4691">
+        <w:t xml:space="preserve"> Nr. 4.3.3.1/1/26/I/001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4691">
+        <w:t xml:space="preserve"> nenorāda  Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4691">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4691">
+        <w:t xml:space="preserve"> atbalstu saskaņā ar Komisijas 2013. gada 18. decembra Regulu (ES) Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1029C" w:rsidRPr="001B4691">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00726879">
-        <w:t>PVN maksātāja numuru norāda, ja Darba devējs ir PVN maksātājs.</w:t>
+      <w:r w:rsidRPr="001B4691">
+        <w:t xml:space="preserve">1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4691">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4691">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="0E522EA3" w14:textId="435B8AC8" w:rsidR="00685599" w:rsidRPr="00081F7C" w:rsidRDefault="00711493" w:rsidP="00286C69">
+    <w:p w14:paraId="1239D2B8" w14:textId="197DDEC2" w:rsidR="00685599" w:rsidRDefault="00267558">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Norāda, ja Darba devējs ir juridiska persona.</w:t>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726879">
+        <w:t>PVN maksātāja numuru norāda, ja Darba devējs ir PVN maksātājs.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="29162BDE" w14:textId="6E4E2787" w:rsidR="00685599" w:rsidRPr="00081F7C" w:rsidRDefault="00711493" w:rsidP="00286C69">
+    <w:p w14:paraId="0E522EA3" w14:textId="435B8AC8" w:rsidR="00685599" w:rsidRPr="00081F7C" w:rsidRDefault="00267558" w:rsidP="00286C69">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00081F7C">
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Norāda, ja Darba devējs ir juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="6A36CC74" w14:textId="3E083CBA" w:rsidR="00685599" w:rsidRDefault="00711493" w:rsidP="00286C69">
+    <w:p w14:paraId="29162BDE" w14:textId="6E4E2787" w:rsidR="00685599" w:rsidRPr="00081F7C" w:rsidRDefault="00267558" w:rsidP="00286C69">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00081F7C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286C69">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00944701">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PVN izmaksas sedz tikai ar PVN maksātāju reģistrā nereģistrētām personām jeb PVN nemaksātājiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="6A36CC74" w14:textId="3E083CBA" w:rsidR="00685599" w:rsidRDefault="00267558" w:rsidP="00286C69">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E67820">
         <w:t xml:space="preserve">Pieprasījuma summa vienai darba vietai ir ne vairāk kā </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00081F7C">
         <w:t>EUR</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="5BDC73AD" w14:textId="77777777" w:rsidR="00685599" w:rsidRDefault="00685599" w:rsidP="00F06A46">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5BDC73AE" w14:textId="77777777" w:rsidR="00685599" w:rsidRDefault="00685599" w:rsidP="00F06A46">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5BDC73AF" w14:textId="77777777" w:rsidR="00685599" w:rsidRDefault="00685599" w:rsidP="00F06A46">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C3D62D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="489A92CC"/>
-    <w:lvl w:ilvl="0" w:tplc="994685A4">
+    <w:lvl w:ilvl="0" w:tplc="30DCE6C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58F65FF6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="BA783E0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D5F221A2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C7EE81AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B8449080" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DE8E7696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13749BB4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E60AAC0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EAEACF30" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7AAEC810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1F8A37B8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B60CA082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08D089FC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17A8FEC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1FDCA54E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14C4159A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34B0011B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BF60548"/>
-    <w:lvl w:ilvl="0" w:tplc="F86E5132">
+    <w:lvl w:ilvl="0" w:tplc="CB365E64">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7A50BA6C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A0267B84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="459850DA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0CF67D06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43768D8A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B468B25C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8F289F26" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="EAA455C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="07C69CC6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="331054C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E4E82C72" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F0882D74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7B98128E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2DC67D4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="473AD372" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57E66994" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39F65AA4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2782,521 +2731,538 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DAC2226"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78C47A38"/>
-    <w:lvl w:ilvl="0" w:tplc="9948FB8C">
+    <w:lvl w:ilvl="0" w:tplc="19F2CC7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E45E6768" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9D623262" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="945CF500" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4176A430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8132D1E8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3D0C40EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5FC6C666" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E9A4E698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F04E8FDE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DAE62DF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CB8E91AA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FB685A84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A3DA7766" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E202F958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2208DEA2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29226CAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E9A3412"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDBA6E34"/>
-    <w:lvl w:ilvl="0" w:tplc="78A0FB1E">
+    <w:lvl w:ilvl="0" w:tplc="929E566C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3D6A9F0A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F7AC3238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BB72A888" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E00852A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EB5E2CEA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A8F2DA3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9BD25F10" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89E0FEBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7DF23F94" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D53AA226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8236B2B4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F7CE2544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25164854" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0BB6BE50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2B724264" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79A666A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00045E86"/>
     <w:rsid w:val="00000406"/>
     <w:rsid w:val="000027E9"/>
+    <w:rsid w:val="00005F8E"/>
     <w:rsid w:val="00013AA3"/>
     <w:rsid w:val="00017F56"/>
     <w:rsid w:val="00043750"/>
     <w:rsid w:val="00045E86"/>
     <w:rsid w:val="00081F7C"/>
     <w:rsid w:val="000868BA"/>
     <w:rsid w:val="000A5E05"/>
     <w:rsid w:val="000B1739"/>
     <w:rsid w:val="000C1A93"/>
     <w:rsid w:val="000C2145"/>
     <w:rsid w:val="000D5962"/>
     <w:rsid w:val="001012A9"/>
+    <w:rsid w:val="00104B91"/>
     <w:rsid w:val="00157C83"/>
     <w:rsid w:val="00164F39"/>
     <w:rsid w:val="00165127"/>
+    <w:rsid w:val="001706D2"/>
     <w:rsid w:val="00171758"/>
     <w:rsid w:val="00175F2D"/>
     <w:rsid w:val="00187444"/>
     <w:rsid w:val="00190CF0"/>
     <w:rsid w:val="001A347A"/>
     <w:rsid w:val="001B1F92"/>
     <w:rsid w:val="001B4435"/>
+    <w:rsid w:val="001B4691"/>
     <w:rsid w:val="001D024E"/>
     <w:rsid w:val="001D3E10"/>
     <w:rsid w:val="001D7DED"/>
     <w:rsid w:val="001F07C0"/>
     <w:rsid w:val="001F4667"/>
     <w:rsid w:val="0021015E"/>
     <w:rsid w:val="00211426"/>
     <w:rsid w:val="00220985"/>
     <w:rsid w:val="0023004C"/>
+    <w:rsid w:val="00230B04"/>
     <w:rsid w:val="00230FC0"/>
     <w:rsid w:val="00255F76"/>
     <w:rsid w:val="002571F5"/>
     <w:rsid w:val="00260E75"/>
+    <w:rsid w:val="00267558"/>
     <w:rsid w:val="0027111D"/>
+    <w:rsid w:val="00283C39"/>
     <w:rsid w:val="0028538D"/>
     <w:rsid w:val="00286C69"/>
     <w:rsid w:val="0029732A"/>
     <w:rsid w:val="002A4D63"/>
     <w:rsid w:val="002A5699"/>
     <w:rsid w:val="002D6504"/>
     <w:rsid w:val="002E0497"/>
     <w:rsid w:val="002E162E"/>
     <w:rsid w:val="002E201F"/>
     <w:rsid w:val="002F7317"/>
     <w:rsid w:val="003206DC"/>
     <w:rsid w:val="00336DD2"/>
     <w:rsid w:val="003570F1"/>
     <w:rsid w:val="00357437"/>
     <w:rsid w:val="00363109"/>
     <w:rsid w:val="00374DB4"/>
     <w:rsid w:val="00377DAB"/>
     <w:rsid w:val="003870DA"/>
     <w:rsid w:val="0039497A"/>
+    <w:rsid w:val="003A434F"/>
     <w:rsid w:val="003B1790"/>
     <w:rsid w:val="003D29BD"/>
     <w:rsid w:val="003E60AB"/>
     <w:rsid w:val="003E668A"/>
     <w:rsid w:val="00452D94"/>
     <w:rsid w:val="00462E1B"/>
     <w:rsid w:val="00470B6D"/>
     <w:rsid w:val="004850CD"/>
     <w:rsid w:val="004B313B"/>
     <w:rsid w:val="004B640E"/>
     <w:rsid w:val="004C32E9"/>
+    <w:rsid w:val="004C7A89"/>
     <w:rsid w:val="004D449C"/>
     <w:rsid w:val="00501378"/>
     <w:rsid w:val="005145A2"/>
     <w:rsid w:val="005211C1"/>
     <w:rsid w:val="005259B5"/>
     <w:rsid w:val="00535498"/>
     <w:rsid w:val="00537E0C"/>
     <w:rsid w:val="005D2912"/>
     <w:rsid w:val="00615A37"/>
     <w:rsid w:val="00654011"/>
     <w:rsid w:val="00685599"/>
     <w:rsid w:val="00687651"/>
     <w:rsid w:val="00697FA7"/>
+    <w:rsid w:val="006A49E9"/>
     <w:rsid w:val="006C42B3"/>
     <w:rsid w:val="006D4252"/>
     <w:rsid w:val="006E65E0"/>
     <w:rsid w:val="006E74C7"/>
     <w:rsid w:val="00700BDF"/>
     <w:rsid w:val="00700E70"/>
     <w:rsid w:val="00711493"/>
     <w:rsid w:val="00716A6C"/>
     <w:rsid w:val="00726879"/>
     <w:rsid w:val="007307FA"/>
     <w:rsid w:val="00742EB3"/>
     <w:rsid w:val="007819CA"/>
     <w:rsid w:val="00787E68"/>
     <w:rsid w:val="007A1863"/>
     <w:rsid w:val="007E0F0D"/>
     <w:rsid w:val="00817BCE"/>
     <w:rsid w:val="00832E61"/>
     <w:rsid w:val="008372AB"/>
     <w:rsid w:val="008437EC"/>
     <w:rsid w:val="00852004"/>
     <w:rsid w:val="008730C2"/>
     <w:rsid w:val="008800AE"/>
     <w:rsid w:val="00894A72"/>
     <w:rsid w:val="008A491D"/>
     <w:rsid w:val="008C0CCD"/>
     <w:rsid w:val="008C1E26"/>
     <w:rsid w:val="008E1F42"/>
+    <w:rsid w:val="00941D12"/>
     <w:rsid w:val="00944701"/>
     <w:rsid w:val="00951086"/>
     <w:rsid w:val="00966372"/>
     <w:rsid w:val="0097139C"/>
     <w:rsid w:val="0099245A"/>
     <w:rsid w:val="009A2C06"/>
     <w:rsid w:val="009A4B91"/>
     <w:rsid w:val="009B2026"/>
     <w:rsid w:val="009C0B38"/>
     <w:rsid w:val="009C2A73"/>
+    <w:rsid w:val="009D01B7"/>
     <w:rsid w:val="009E1451"/>
     <w:rsid w:val="009F7830"/>
+    <w:rsid w:val="00A1029C"/>
     <w:rsid w:val="00A120C6"/>
     <w:rsid w:val="00A174FB"/>
     <w:rsid w:val="00A25739"/>
     <w:rsid w:val="00A260A3"/>
     <w:rsid w:val="00A3722D"/>
     <w:rsid w:val="00A45BD2"/>
     <w:rsid w:val="00A45EE4"/>
     <w:rsid w:val="00A60E10"/>
     <w:rsid w:val="00A62D0B"/>
     <w:rsid w:val="00A91E55"/>
     <w:rsid w:val="00AB67BF"/>
     <w:rsid w:val="00AD3743"/>
     <w:rsid w:val="00AE203B"/>
     <w:rsid w:val="00AE2F13"/>
     <w:rsid w:val="00AE43B6"/>
     <w:rsid w:val="00AE7422"/>
     <w:rsid w:val="00AF1E9A"/>
     <w:rsid w:val="00B039A4"/>
     <w:rsid w:val="00B36B2B"/>
     <w:rsid w:val="00B372DF"/>
     <w:rsid w:val="00B562AC"/>
     <w:rsid w:val="00B763AF"/>
     <w:rsid w:val="00B85738"/>
     <w:rsid w:val="00B86B56"/>
     <w:rsid w:val="00B87714"/>
     <w:rsid w:val="00BA1DD9"/>
     <w:rsid w:val="00BA22D5"/>
     <w:rsid w:val="00BA4EB8"/>
     <w:rsid w:val="00BC461E"/>
     <w:rsid w:val="00BE2BB9"/>
     <w:rsid w:val="00BF0C01"/>
     <w:rsid w:val="00BF5FF2"/>
+    <w:rsid w:val="00C07B74"/>
     <w:rsid w:val="00C442EC"/>
+    <w:rsid w:val="00C607F1"/>
     <w:rsid w:val="00C60F69"/>
     <w:rsid w:val="00C86B0B"/>
     <w:rsid w:val="00CC6E3F"/>
     <w:rsid w:val="00CE7ABA"/>
     <w:rsid w:val="00CF787A"/>
     <w:rsid w:val="00D0339F"/>
     <w:rsid w:val="00D31170"/>
     <w:rsid w:val="00D3261F"/>
     <w:rsid w:val="00D32B25"/>
     <w:rsid w:val="00D36764"/>
     <w:rsid w:val="00DC5DFC"/>
     <w:rsid w:val="00DC70D4"/>
     <w:rsid w:val="00DF4ED5"/>
     <w:rsid w:val="00E1118D"/>
     <w:rsid w:val="00E670EF"/>
     <w:rsid w:val="00E67820"/>
     <w:rsid w:val="00E74665"/>
     <w:rsid w:val="00E85207"/>
     <w:rsid w:val="00E909A6"/>
     <w:rsid w:val="00E94782"/>
     <w:rsid w:val="00EB4AF6"/>
     <w:rsid w:val="00EE7A16"/>
+    <w:rsid w:val="00EF04BE"/>
     <w:rsid w:val="00F06A46"/>
     <w:rsid w:val="00F27961"/>
     <w:rsid w:val="00F35FF3"/>
     <w:rsid w:val="00F42FAE"/>
     <w:rsid w:val="00F52C2B"/>
     <w:rsid w:val="00F5678C"/>
     <w:rsid w:val="00F60907"/>
     <w:rsid w:val="00F85106"/>
     <w:rsid w:val="00FA3B0E"/>
     <w:rsid w:val="00FB6C20"/>
     <w:rsid w:val="00FC49C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5BDC7355"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{774AB9BD-EFA1-4BF7-A998-B2123B0F67AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3624,50 +3590,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00045E86"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00697FA7"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -3918,51 +3888,51 @@
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00190CF0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00190CF0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4199,85 +4169,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1268AB0C-2D2B-46DB-AB70-17A77755F945}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F708F7FE-7EDD-4092-8B3F-13C718C6FFE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1698</Words>
-  <Characters>969</Characters>
+  <Words>1651</Words>
+  <Characters>942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2662</CharactersWithSpaces>
+  <CharactersWithSpaces>2588</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BaibaVil</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>