--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -1,76 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
+  <workbookPr filterPrivacy="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C8E4DD4-B239-44FD-88C7-A1184A37719F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2_variants" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2_variants'!$A$1:$AR$44</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2_variants'!$A$1:$AR$46</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AL24" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="AM24" i="1"/>
+  <c r="AL25" i="1" l="1"/>
+  <c r="AQ25" i="1"/>
+  <c r="AP25" i="1"/>
+  <c r="AO25" i="1"/>
+  <c r="AN25" i="1"/>
+  <c r="AM25" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="44">
   <si>
     <t>Nr. p.k.</t>
   </si>
   <si>
     <r>
       <t>Dotācija darba devēja VSAOI daļai no klienta darba algas dotācijas daļas, EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>5</t>
     </r>
   </si>
   <si>
     <t>Dienas</t>
@@ -198,91 +199,50 @@
         <charset val="186"/>
       </rPr>
       <t>, kas satur laika zīmogu.</t>
     </r>
   </si>
   <si>
     <r>
       <t>Atzīmes par ierašanos un neierašanos darbā</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>Par darba vadītāju - dienās, kad vadīts klienta darbs, norāda atzīmi - V, brīvdiena - B.</t>
   </si>
   <si>
     <r>
-      <rPr>
-[...39 lines deleted...]
-    <r>
       <t>Darba līgumā noteiktā darba alga vai stundas likme mēnesī, 
 EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <r>
       <t>Noteiktais darba dienu vai stundu skaits mēnesī</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
@@ -312,74 +272,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Norāda faktiski nostrādātās stundas klientam</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Darba devēja daļa klienta darba algai, EUR</t>
-  </si>
-[...22 lines deleted...]
-    </r>
   </si>
   <si>
     <t>2.1.  darbinieku darba kavējumus attaisnojošo dokumentu kopijas uz___ lapām</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>6</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">  Darba devējs ar savu parakstu apliecina, ka par iepriekšējo pārskata periodu ir veicis maksājumus atbilstoši Līgumam un spēkā esošiem normatīvajiem aktiem, t.sk., veicis dotācijas izmaksu darba vadītājam un veicis no Darba devēja privātā līdzfinansējuma paredzētos maksājumus par mērķa grupas klientu. </t>
     </r>
   </si>
@@ -456,53 +392,50 @@
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">                                                                                                                                                                                                                                                                                                 </t>
     </r>
   </si>
   <si>
     <r>
       <t>2.2. citi dokumenti</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> uz ___ lapām.</t>
     </r>
   </si>
   <si>
-    <t>Līguma par pasākuma "Apmācība pie darba devēja" īstenošanu                        4.pielikums</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>Darba alga klientam/ dotācija darba vadītājam, 
 EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
   </si>
   <si>
@@ -540,58 +473,154 @@
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">darbiniekam aprēķināto darba algu saskaņā ar darba līgumā noteikto (bez piemaksām, prēmijām, darba nespējas lapu, atvaļinājumu u.c. aprēķinātajām summām); darba vadītājam - Aģentūras dotāciju. </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Pasākuma ietvaros dubultā finansējuma risks ir novērsts, ievērojot, ka 1. Pasākuma īstenošana netiek finansēta vai līdzfinansēta no citiem Eiropas Savienības finanšu avotiem, kā arī valsts un pašvaldību budžeta līdzekļiem;
 2. saskaņā ar grāmatvedības kārtošanu regulējošajiem normatīvajiem aktiem nepastāv viena un tā paša rēķina apmaksa divas reizes no dažādiem publiskajiem finansēšanas avotiem, kā arī iesniegtās Praktiskās apmācības izmaksas atbilst apstiprinātajam konkrētajam pasākumam un nav attiecināmas uz kādu citu pasākumu.
 </t>
   </si>
   <si>
     <t xml:space="preserve">darbiniekam </t>
   </si>
   <si>
     <t>darba vadītājam</t>
   </si>
   <si>
     <t>darbiniekam</t>
   </si>
   <si>
-    <t>KRG_4.2.17_4.pielikums_Līgumam ar DD_1.versija #REG_DATUMS#</t>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">1 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">skaidrojošās atzīmes: </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(ESF Plus projekts “Atbalsts pieaugušo izglītībai” Nr. 4.3.3.1/1/26/I/001) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>7</t>
+    </r>
+  </si>
+  <si>
+    <t>KRG_4.2.17_18.p._1.v. 19.03.2026.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">7 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Atsauci uz ESF Plus projektu “Atbalsts pieaugušo izglītībai” Nr. 4.3.3.1/1/26/I/001 nenorāda  Līgumiem, kas paredz sniegt </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>de minimis</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> atbalstu saskaņā ar Komisijas 2013. gada 18. decembra Regulu (ES) Nr. 1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>de minimis</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> atbalstam lauksaimniecības nozarē.  </t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="25" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -714,51 +743,66 @@
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
-      <color theme="5" tint="-0.24982451857051302"/>
+      <color theme="5" tint="-0.24976348155156103"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79985961485641044"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -795,74 +839,50 @@
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...22 lines deleted...]
-      </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
@@ -917,98 +937,80 @@
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -1045,184 +1047,235 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1467,3267 +1520,3356 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ46"/>
+  <dimension ref="A1:AZ48"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="AU18" sqref="AU18"/>
+    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="M52" sqref="M52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="17" customWidth="1"/>
-[...955 lines deleted...]
-    <col min="16172" max="16384" width="3.42578125" style="17"/>
+    <col min="1" max="1" width="3.7109375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="23.7109375" style="3" customWidth="1"/>
+    <col min="3" max="33" width="3.28515625" style="3" customWidth="1"/>
+    <col min="34" max="34" width="8.5703125" style="3" customWidth="1"/>
+    <col min="35" max="35" width="9.28515625" style="3" customWidth="1"/>
+    <col min="36" max="36" width="5.7109375" style="3" customWidth="1"/>
+    <col min="37" max="37" width="5.42578125" style="3" customWidth="1"/>
+    <col min="38" max="38" width="8.5703125" style="3" customWidth="1"/>
+    <col min="39" max="39" width="8.7109375" style="3" customWidth="1"/>
+    <col min="40" max="41" width="9.28515625" style="3" customWidth="1"/>
+    <col min="42" max="43" width="8.28515625" style="3" customWidth="1"/>
+    <col min="44" max="257" width="3.42578125" style="3"/>
+    <col min="258" max="258" width="3.7109375" style="3" customWidth="1"/>
+    <col min="259" max="259" width="26.5703125" style="3" customWidth="1"/>
+    <col min="260" max="260" width="16" style="3" customWidth="1"/>
+    <col min="261" max="262" width="3.42578125" style="3"/>
+    <col min="263" max="290" width="3.28515625" style="3" customWidth="1"/>
+    <col min="291" max="291" width="3" style="3" customWidth="1"/>
+    <col min="292" max="292" width="5.7109375" style="3" customWidth="1"/>
+    <col min="293" max="293" width="7.7109375" style="3" customWidth="1"/>
+    <col min="294" max="294" width="12.28515625" style="3" customWidth="1"/>
+    <col min="295" max="295" width="11.28515625" style="3" customWidth="1"/>
+    <col min="296" max="296" width="11.5703125" style="3" customWidth="1"/>
+    <col min="297" max="297" width="13.5703125" style="3" customWidth="1"/>
+    <col min="298" max="298" width="12.5703125" style="3" customWidth="1"/>
+    <col min="299" max="299" width="13.7109375" style="3" customWidth="1"/>
+    <col min="300" max="513" width="3.42578125" style="3"/>
+    <col min="514" max="514" width="3.7109375" style="3" customWidth="1"/>
+    <col min="515" max="515" width="26.5703125" style="3" customWidth="1"/>
+    <col min="516" max="516" width="16" style="3" customWidth="1"/>
+    <col min="517" max="518" width="3.42578125" style="3"/>
+    <col min="519" max="546" width="3.28515625" style="3" customWidth="1"/>
+    <col min="547" max="547" width="3" style="3" customWidth="1"/>
+    <col min="548" max="548" width="5.7109375" style="3" customWidth="1"/>
+    <col min="549" max="549" width="7.7109375" style="3" customWidth="1"/>
+    <col min="550" max="550" width="12.28515625" style="3" customWidth="1"/>
+    <col min="551" max="551" width="11.28515625" style="3" customWidth="1"/>
+    <col min="552" max="552" width="11.5703125" style="3" customWidth="1"/>
+    <col min="553" max="553" width="13.5703125" style="3" customWidth="1"/>
+    <col min="554" max="554" width="12.5703125" style="3" customWidth="1"/>
+    <col min="555" max="555" width="13.7109375" style="3" customWidth="1"/>
+    <col min="556" max="769" width="3.42578125" style="3"/>
+    <col min="770" max="770" width="3.7109375" style="3" customWidth="1"/>
+    <col min="771" max="771" width="26.5703125" style="3" customWidth="1"/>
+    <col min="772" max="772" width="16" style="3" customWidth="1"/>
+    <col min="773" max="774" width="3.42578125" style="3"/>
+    <col min="775" max="802" width="3.28515625" style="3" customWidth="1"/>
+    <col min="803" max="803" width="3" style="3" customWidth="1"/>
+    <col min="804" max="804" width="5.7109375" style="3" customWidth="1"/>
+    <col min="805" max="805" width="7.7109375" style="3" customWidth="1"/>
+    <col min="806" max="806" width="12.28515625" style="3" customWidth="1"/>
+    <col min="807" max="807" width="11.28515625" style="3" customWidth="1"/>
+    <col min="808" max="808" width="11.5703125" style="3" customWidth="1"/>
+    <col min="809" max="809" width="13.5703125" style="3" customWidth="1"/>
+    <col min="810" max="810" width="12.5703125" style="3" customWidth="1"/>
+    <col min="811" max="811" width="13.7109375" style="3" customWidth="1"/>
+    <col min="812" max="1025" width="3.42578125" style="3"/>
+    <col min="1026" max="1026" width="3.7109375" style="3" customWidth="1"/>
+    <col min="1027" max="1027" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1028" max="1028" width="16" style="3" customWidth="1"/>
+    <col min="1029" max="1030" width="3.42578125" style="3"/>
+    <col min="1031" max="1058" width="3.28515625" style="3" customWidth="1"/>
+    <col min="1059" max="1059" width="3" style="3" customWidth="1"/>
+    <col min="1060" max="1060" width="5.7109375" style="3" customWidth="1"/>
+    <col min="1061" max="1061" width="7.7109375" style="3" customWidth="1"/>
+    <col min="1062" max="1062" width="12.28515625" style="3" customWidth="1"/>
+    <col min="1063" max="1063" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1064" max="1064" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1065" max="1065" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1066" max="1066" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1067" max="1067" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1068" max="1281" width="3.42578125" style="3"/>
+    <col min="1282" max="1282" width="3.7109375" style="3" customWidth="1"/>
+    <col min="1283" max="1283" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1284" max="1284" width="16" style="3" customWidth="1"/>
+    <col min="1285" max="1286" width="3.42578125" style="3"/>
+    <col min="1287" max="1314" width="3.28515625" style="3" customWidth="1"/>
+    <col min="1315" max="1315" width="3" style="3" customWidth="1"/>
+    <col min="1316" max="1316" width="5.7109375" style="3" customWidth="1"/>
+    <col min="1317" max="1317" width="7.7109375" style="3" customWidth="1"/>
+    <col min="1318" max="1318" width="12.28515625" style="3" customWidth="1"/>
+    <col min="1319" max="1319" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1320" max="1320" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1321" max="1321" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1322" max="1322" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1323" max="1323" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1324" max="1537" width="3.42578125" style="3"/>
+    <col min="1538" max="1538" width="3.7109375" style="3" customWidth="1"/>
+    <col min="1539" max="1539" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1540" max="1540" width="16" style="3" customWidth="1"/>
+    <col min="1541" max="1542" width="3.42578125" style="3"/>
+    <col min="1543" max="1570" width="3.28515625" style="3" customWidth="1"/>
+    <col min="1571" max="1571" width="3" style="3" customWidth="1"/>
+    <col min="1572" max="1572" width="5.7109375" style="3" customWidth="1"/>
+    <col min="1573" max="1573" width="7.7109375" style="3" customWidth="1"/>
+    <col min="1574" max="1574" width="12.28515625" style="3" customWidth="1"/>
+    <col min="1575" max="1575" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1576" max="1576" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1577" max="1577" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1578" max="1578" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1579" max="1579" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1580" max="1793" width="3.42578125" style="3"/>
+    <col min="1794" max="1794" width="3.7109375" style="3" customWidth="1"/>
+    <col min="1795" max="1795" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1796" max="1796" width="16" style="3" customWidth="1"/>
+    <col min="1797" max="1798" width="3.42578125" style="3"/>
+    <col min="1799" max="1826" width="3.28515625" style="3" customWidth="1"/>
+    <col min="1827" max="1827" width="3" style="3" customWidth="1"/>
+    <col min="1828" max="1828" width="5.7109375" style="3" customWidth="1"/>
+    <col min="1829" max="1829" width="7.7109375" style="3" customWidth="1"/>
+    <col min="1830" max="1830" width="12.28515625" style="3" customWidth="1"/>
+    <col min="1831" max="1831" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1832" max="1832" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1833" max="1833" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1834" max="1834" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1835" max="1835" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1836" max="2049" width="3.42578125" style="3"/>
+    <col min="2050" max="2050" width="3.7109375" style="3" customWidth="1"/>
+    <col min="2051" max="2051" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2052" max="2052" width="16" style="3" customWidth="1"/>
+    <col min="2053" max="2054" width="3.42578125" style="3"/>
+    <col min="2055" max="2082" width="3.28515625" style="3" customWidth="1"/>
+    <col min="2083" max="2083" width="3" style="3" customWidth="1"/>
+    <col min="2084" max="2084" width="5.7109375" style="3" customWidth="1"/>
+    <col min="2085" max="2085" width="7.7109375" style="3" customWidth="1"/>
+    <col min="2086" max="2086" width="12.28515625" style="3" customWidth="1"/>
+    <col min="2087" max="2087" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2088" max="2088" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2089" max="2089" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2090" max="2090" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2091" max="2091" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2092" max="2305" width="3.42578125" style="3"/>
+    <col min="2306" max="2306" width="3.7109375" style="3" customWidth="1"/>
+    <col min="2307" max="2307" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2308" max="2308" width="16" style="3" customWidth="1"/>
+    <col min="2309" max="2310" width="3.42578125" style="3"/>
+    <col min="2311" max="2338" width="3.28515625" style="3" customWidth="1"/>
+    <col min="2339" max="2339" width="3" style="3" customWidth="1"/>
+    <col min="2340" max="2340" width="5.7109375" style="3" customWidth="1"/>
+    <col min="2341" max="2341" width="7.7109375" style="3" customWidth="1"/>
+    <col min="2342" max="2342" width="12.28515625" style="3" customWidth="1"/>
+    <col min="2343" max="2343" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2344" max="2344" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2345" max="2345" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2346" max="2346" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2347" max="2347" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2348" max="2561" width="3.42578125" style="3"/>
+    <col min="2562" max="2562" width="3.7109375" style="3" customWidth="1"/>
+    <col min="2563" max="2563" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2564" max="2564" width="16" style="3" customWidth="1"/>
+    <col min="2565" max="2566" width="3.42578125" style="3"/>
+    <col min="2567" max="2594" width="3.28515625" style="3" customWidth="1"/>
+    <col min="2595" max="2595" width="3" style="3" customWidth="1"/>
+    <col min="2596" max="2596" width="5.7109375" style="3" customWidth="1"/>
+    <col min="2597" max="2597" width="7.7109375" style="3" customWidth="1"/>
+    <col min="2598" max="2598" width="12.28515625" style="3" customWidth="1"/>
+    <col min="2599" max="2599" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2600" max="2600" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2601" max="2601" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2602" max="2602" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2603" max="2603" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2604" max="2817" width="3.42578125" style="3"/>
+    <col min="2818" max="2818" width="3.7109375" style="3" customWidth="1"/>
+    <col min="2819" max="2819" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2820" max="2820" width="16" style="3" customWidth="1"/>
+    <col min="2821" max="2822" width="3.42578125" style="3"/>
+    <col min="2823" max="2850" width="3.28515625" style="3" customWidth="1"/>
+    <col min="2851" max="2851" width="3" style="3" customWidth="1"/>
+    <col min="2852" max="2852" width="5.7109375" style="3" customWidth="1"/>
+    <col min="2853" max="2853" width="7.7109375" style="3" customWidth="1"/>
+    <col min="2854" max="2854" width="12.28515625" style="3" customWidth="1"/>
+    <col min="2855" max="2855" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2856" max="2856" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2857" max="2857" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2858" max="2858" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2859" max="2859" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2860" max="3073" width="3.42578125" style="3"/>
+    <col min="3074" max="3074" width="3.7109375" style="3" customWidth="1"/>
+    <col min="3075" max="3075" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3076" max="3076" width="16" style="3" customWidth="1"/>
+    <col min="3077" max="3078" width="3.42578125" style="3"/>
+    <col min="3079" max="3106" width="3.28515625" style="3" customWidth="1"/>
+    <col min="3107" max="3107" width="3" style="3" customWidth="1"/>
+    <col min="3108" max="3108" width="5.7109375" style="3" customWidth="1"/>
+    <col min="3109" max="3109" width="7.7109375" style="3" customWidth="1"/>
+    <col min="3110" max="3110" width="12.28515625" style="3" customWidth="1"/>
+    <col min="3111" max="3111" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3112" max="3112" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3113" max="3113" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3114" max="3114" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3115" max="3115" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3116" max="3329" width="3.42578125" style="3"/>
+    <col min="3330" max="3330" width="3.7109375" style="3" customWidth="1"/>
+    <col min="3331" max="3331" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3332" max="3332" width="16" style="3" customWidth="1"/>
+    <col min="3333" max="3334" width="3.42578125" style="3"/>
+    <col min="3335" max="3362" width="3.28515625" style="3" customWidth="1"/>
+    <col min="3363" max="3363" width="3" style="3" customWidth="1"/>
+    <col min="3364" max="3364" width="5.7109375" style="3" customWidth="1"/>
+    <col min="3365" max="3365" width="7.7109375" style="3" customWidth="1"/>
+    <col min="3366" max="3366" width="12.28515625" style="3" customWidth="1"/>
+    <col min="3367" max="3367" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3368" max="3368" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3369" max="3369" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3370" max="3370" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3371" max="3371" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3372" max="3585" width="3.42578125" style="3"/>
+    <col min="3586" max="3586" width="3.7109375" style="3" customWidth="1"/>
+    <col min="3587" max="3587" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3588" max="3588" width="16" style="3" customWidth="1"/>
+    <col min="3589" max="3590" width="3.42578125" style="3"/>
+    <col min="3591" max="3618" width="3.28515625" style="3" customWidth="1"/>
+    <col min="3619" max="3619" width="3" style="3" customWidth="1"/>
+    <col min="3620" max="3620" width="5.7109375" style="3" customWidth="1"/>
+    <col min="3621" max="3621" width="7.7109375" style="3" customWidth="1"/>
+    <col min="3622" max="3622" width="12.28515625" style="3" customWidth="1"/>
+    <col min="3623" max="3623" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3624" max="3624" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3625" max="3625" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3626" max="3626" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3627" max="3627" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3628" max="3841" width="3.42578125" style="3"/>
+    <col min="3842" max="3842" width="3.7109375" style="3" customWidth="1"/>
+    <col min="3843" max="3843" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3844" max="3844" width="16" style="3" customWidth="1"/>
+    <col min="3845" max="3846" width="3.42578125" style="3"/>
+    <col min="3847" max="3874" width="3.28515625" style="3" customWidth="1"/>
+    <col min="3875" max="3875" width="3" style="3" customWidth="1"/>
+    <col min="3876" max="3876" width="5.7109375" style="3" customWidth="1"/>
+    <col min="3877" max="3877" width="7.7109375" style="3" customWidth="1"/>
+    <col min="3878" max="3878" width="12.28515625" style="3" customWidth="1"/>
+    <col min="3879" max="3879" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3880" max="3880" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3881" max="3881" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3882" max="3882" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3883" max="3883" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3884" max="4097" width="3.42578125" style="3"/>
+    <col min="4098" max="4098" width="3.7109375" style="3" customWidth="1"/>
+    <col min="4099" max="4099" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4100" max="4100" width="16" style="3" customWidth="1"/>
+    <col min="4101" max="4102" width="3.42578125" style="3"/>
+    <col min="4103" max="4130" width="3.28515625" style="3" customWidth="1"/>
+    <col min="4131" max="4131" width="3" style="3" customWidth="1"/>
+    <col min="4132" max="4132" width="5.7109375" style="3" customWidth="1"/>
+    <col min="4133" max="4133" width="7.7109375" style="3" customWidth="1"/>
+    <col min="4134" max="4134" width="12.28515625" style="3" customWidth="1"/>
+    <col min="4135" max="4135" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4136" max="4136" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4137" max="4137" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4138" max="4138" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4139" max="4139" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4140" max="4353" width="3.42578125" style="3"/>
+    <col min="4354" max="4354" width="3.7109375" style="3" customWidth="1"/>
+    <col min="4355" max="4355" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4356" max="4356" width="16" style="3" customWidth="1"/>
+    <col min="4357" max="4358" width="3.42578125" style="3"/>
+    <col min="4359" max="4386" width="3.28515625" style="3" customWidth="1"/>
+    <col min="4387" max="4387" width="3" style="3" customWidth="1"/>
+    <col min="4388" max="4388" width="5.7109375" style="3" customWidth="1"/>
+    <col min="4389" max="4389" width="7.7109375" style="3" customWidth="1"/>
+    <col min="4390" max="4390" width="12.28515625" style="3" customWidth="1"/>
+    <col min="4391" max="4391" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4392" max="4392" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4393" max="4393" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4394" max="4394" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4395" max="4395" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4396" max="4609" width="3.42578125" style="3"/>
+    <col min="4610" max="4610" width="3.7109375" style="3" customWidth="1"/>
+    <col min="4611" max="4611" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4612" max="4612" width="16" style="3" customWidth="1"/>
+    <col min="4613" max="4614" width="3.42578125" style="3"/>
+    <col min="4615" max="4642" width="3.28515625" style="3" customWidth="1"/>
+    <col min="4643" max="4643" width="3" style="3" customWidth="1"/>
+    <col min="4644" max="4644" width="5.7109375" style="3" customWidth="1"/>
+    <col min="4645" max="4645" width="7.7109375" style="3" customWidth="1"/>
+    <col min="4646" max="4646" width="12.28515625" style="3" customWidth="1"/>
+    <col min="4647" max="4647" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4648" max="4648" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4649" max="4649" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4650" max="4650" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4651" max="4651" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4652" max="4865" width="3.42578125" style="3"/>
+    <col min="4866" max="4866" width="3.7109375" style="3" customWidth="1"/>
+    <col min="4867" max="4867" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4868" max="4868" width="16" style="3" customWidth="1"/>
+    <col min="4869" max="4870" width="3.42578125" style="3"/>
+    <col min="4871" max="4898" width="3.28515625" style="3" customWidth="1"/>
+    <col min="4899" max="4899" width="3" style="3" customWidth="1"/>
+    <col min="4900" max="4900" width="5.7109375" style="3" customWidth="1"/>
+    <col min="4901" max="4901" width="7.7109375" style="3" customWidth="1"/>
+    <col min="4902" max="4902" width="12.28515625" style="3" customWidth="1"/>
+    <col min="4903" max="4903" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4904" max="4904" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4905" max="4905" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4906" max="4906" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4907" max="4907" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4908" max="5121" width="3.42578125" style="3"/>
+    <col min="5122" max="5122" width="3.7109375" style="3" customWidth="1"/>
+    <col min="5123" max="5123" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5124" max="5124" width="16" style="3" customWidth="1"/>
+    <col min="5125" max="5126" width="3.42578125" style="3"/>
+    <col min="5127" max="5154" width="3.28515625" style="3" customWidth="1"/>
+    <col min="5155" max="5155" width="3" style="3" customWidth="1"/>
+    <col min="5156" max="5156" width="5.7109375" style="3" customWidth="1"/>
+    <col min="5157" max="5157" width="7.7109375" style="3" customWidth="1"/>
+    <col min="5158" max="5158" width="12.28515625" style="3" customWidth="1"/>
+    <col min="5159" max="5159" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5160" max="5160" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5161" max="5161" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5162" max="5162" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5163" max="5163" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5164" max="5377" width="3.42578125" style="3"/>
+    <col min="5378" max="5378" width="3.7109375" style="3" customWidth="1"/>
+    <col min="5379" max="5379" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5380" max="5380" width="16" style="3" customWidth="1"/>
+    <col min="5381" max="5382" width="3.42578125" style="3"/>
+    <col min="5383" max="5410" width="3.28515625" style="3" customWidth="1"/>
+    <col min="5411" max="5411" width="3" style="3" customWidth="1"/>
+    <col min="5412" max="5412" width="5.7109375" style="3" customWidth="1"/>
+    <col min="5413" max="5413" width="7.7109375" style="3" customWidth="1"/>
+    <col min="5414" max="5414" width="12.28515625" style="3" customWidth="1"/>
+    <col min="5415" max="5415" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5416" max="5416" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5417" max="5417" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5418" max="5418" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5419" max="5419" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5420" max="5633" width="3.42578125" style="3"/>
+    <col min="5634" max="5634" width="3.7109375" style="3" customWidth="1"/>
+    <col min="5635" max="5635" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5636" max="5636" width="16" style="3" customWidth="1"/>
+    <col min="5637" max="5638" width="3.42578125" style="3"/>
+    <col min="5639" max="5666" width="3.28515625" style="3" customWidth="1"/>
+    <col min="5667" max="5667" width="3" style="3" customWidth="1"/>
+    <col min="5668" max="5668" width="5.7109375" style="3" customWidth="1"/>
+    <col min="5669" max="5669" width="7.7109375" style="3" customWidth="1"/>
+    <col min="5670" max="5670" width="12.28515625" style="3" customWidth="1"/>
+    <col min="5671" max="5671" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5672" max="5672" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5673" max="5673" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5674" max="5674" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5675" max="5675" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5676" max="5889" width="3.42578125" style="3"/>
+    <col min="5890" max="5890" width="3.7109375" style="3" customWidth="1"/>
+    <col min="5891" max="5891" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5892" max="5892" width="16" style="3" customWidth="1"/>
+    <col min="5893" max="5894" width="3.42578125" style="3"/>
+    <col min="5895" max="5922" width="3.28515625" style="3" customWidth="1"/>
+    <col min="5923" max="5923" width="3" style="3" customWidth="1"/>
+    <col min="5924" max="5924" width="5.7109375" style="3" customWidth="1"/>
+    <col min="5925" max="5925" width="7.7109375" style="3" customWidth="1"/>
+    <col min="5926" max="5926" width="12.28515625" style="3" customWidth="1"/>
+    <col min="5927" max="5927" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5928" max="5928" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5929" max="5929" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5930" max="5930" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5931" max="5931" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5932" max="6145" width="3.42578125" style="3"/>
+    <col min="6146" max="6146" width="3.7109375" style="3" customWidth="1"/>
+    <col min="6147" max="6147" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6148" max="6148" width="16" style="3" customWidth="1"/>
+    <col min="6149" max="6150" width="3.42578125" style="3"/>
+    <col min="6151" max="6178" width="3.28515625" style="3" customWidth="1"/>
+    <col min="6179" max="6179" width="3" style="3" customWidth="1"/>
+    <col min="6180" max="6180" width="5.7109375" style="3" customWidth="1"/>
+    <col min="6181" max="6181" width="7.7109375" style="3" customWidth="1"/>
+    <col min="6182" max="6182" width="12.28515625" style="3" customWidth="1"/>
+    <col min="6183" max="6183" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6184" max="6184" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6185" max="6185" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6186" max="6186" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6187" max="6187" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6188" max="6401" width="3.42578125" style="3"/>
+    <col min="6402" max="6402" width="3.7109375" style="3" customWidth="1"/>
+    <col min="6403" max="6403" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6404" max="6404" width="16" style="3" customWidth="1"/>
+    <col min="6405" max="6406" width="3.42578125" style="3"/>
+    <col min="6407" max="6434" width="3.28515625" style="3" customWidth="1"/>
+    <col min="6435" max="6435" width="3" style="3" customWidth="1"/>
+    <col min="6436" max="6436" width="5.7109375" style="3" customWidth="1"/>
+    <col min="6437" max="6437" width="7.7109375" style="3" customWidth="1"/>
+    <col min="6438" max="6438" width="12.28515625" style="3" customWidth="1"/>
+    <col min="6439" max="6439" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6440" max="6440" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6441" max="6441" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6442" max="6442" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6443" max="6443" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6444" max="6657" width="3.42578125" style="3"/>
+    <col min="6658" max="6658" width="3.7109375" style="3" customWidth="1"/>
+    <col min="6659" max="6659" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6660" max="6660" width="16" style="3" customWidth="1"/>
+    <col min="6661" max="6662" width="3.42578125" style="3"/>
+    <col min="6663" max="6690" width="3.28515625" style="3" customWidth="1"/>
+    <col min="6691" max="6691" width="3" style="3" customWidth="1"/>
+    <col min="6692" max="6692" width="5.7109375" style="3" customWidth="1"/>
+    <col min="6693" max="6693" width="7.7109375" style="3" customWidth="1"/>
+    <col min="6694" max="6694" width="12.28515625" style="3" customWidth="1"/>
+    <col min="6695" max="6695" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6696" max="6696" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6697" max="6697" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6698" max="6698" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6699" max="6699" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6700" max="6913" width="3.42578125" style="3"/>
+    <col min="6914" max="6914" width="3.7109375" style="3" customWidth="1"/>
+    <col min="6915" max="6915" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6916" max="6916" width="16" style="3" customWidth="1"/>
+    <col min="6917" max="6918" width="3.42578125" style="3"/>
+    <col min="6919" max="6946" width="3.28515625" style="3" customWidth="1"/>
+    <col min="6947" max="6947" width="3" style="3" customWidth="1"/>
+    <col min="6948" max="6948" width="5.7109375" style="3" customWidth="1"/>
+    <col min="6949" max="6949" width="7.7109375" style="3" customWidth="1"/>
+    <col min="6950" max="6950" width="12.28515625" style="3" customWidth="1"/>
+    <col min="6951" max="6951" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6952" max="6952" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6953" max="6953" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6954" max="6954" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6955" max="6955" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6956" max="7169" width="3.42578125" style="3"/>
+    <col min="7170" max="7170" width="3.7109375" style="3" customWidth="1"/>
+    <col min="7171" max="7171" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7172" max="7172" width="16" style="3" customWidth="1"/>
+    <col min="7173" max="7174" width="3.42578125" style="3"/>
+    <col min="7175" max="7202" width="3.28515625" style="3" customWidth="1"/>
+    <col min="7203" max="7203" width="3" style="3" customWidth="1"/>
+    <col min="7204" max="7204" width="5.7109375" style="3" customWidth="1"/>
+    <col min="7205" max="7205" width="7.7109375" style="3" customWidth="1"/>
+    <col min="7206" max="7206" width="12.28515625" style="3" customWidth="1"/>
+    <col min="7207" max="7207" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7208" max="7208" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7209" max="7209" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7210" max="7210" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7211" max="7211" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7212" max="7425" width="3.42578125" style="3"/>
+    <col min="7426" max="7426" width="3.7109375" style="3" customWidth="1"/>
+    <col min="7427" max="7427" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7428" max="7428" width="16" style="3" customWidth="1"/>
+    <col min="7429" max="7430" width="3.42578125" style="3"/>
+    <col min="7431" max="7458" width="3.28515625" style="3" customWidth="1"/>
+    <col min="7459" max="7459" width="3" style="3" customWidth="1"/>
+    <col min="7460" max="7460" width="5.7109375" style="3" customWidth="1"/>
+    <col min="7461" max="7461" width="7.7109375" style="3" customWidth="1"/>
+    <col min="7462" max="7462" width="12.28515625" style="3" customWidth="1"/>
+    <col min="7463" max="7463" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7464" max="7464" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7465" max="7465" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7466" max="7466" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7467" max="7467" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7468" max="7681" width="3.42578125" style="3"/>
+    <col min="7682" max="7682" width="3.7109375" style="3" customWidth="1"/>
+    <col min="7683" max="7683" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7684" max="7684" width="16" style="3" customWidth="1"/>
+    <col min="7685" max="7686" width="3.42578125" style="3"/>
+    <col min="7687" max="7714" width="3.28515625" style="3" customWidth="1"/>
+    <col min="7715" max="7715" width="3" style="3" customWidth="1"/>
+    <col min="7716" max="7716" width="5.7109375" style="3" customWidth="1"/>
+    <col min="7717" max="7717" width="7.7109375" style="3" customWidth="1"/>
+    <col min="7718" max="7718" width="12.28515625" style="3" customWidth="1"/>
+    <col min="7719" max="7719" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7720" max="7720" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7721" max="7721" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7722" max="7722" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7723" max="7723" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7724" max="7937" width="3.42578125" style="3"/>
+    <col min="7938" max="7938" width="3.7109375" style="3" customWidth="1"/>
+    <col min="7939" max="7939" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7940" max="7940" width="16" style="3" customWidth="1"/>
+    <col min="7941" max="7942" width="3.42578125" style="3"/>
+    <col min="7943" max="7970" width="3.28515625" style="3" customWidth="1"/>
+    <col min="7971" max="7971" width="3" style="3" customWidth="1"/>
+    <col min="7972" max="7972" width="5.7109375" style="3" customWidth="1"/>
+    <col min="7973" max="7973" width="7.7109375" style="3" customWidth="1"/>
+    <col min="7974" max="7974" width="12.28515625" style="3" customWidth="1"/>
+    <col min="7975" max="7975" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7976" max="7976" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7977" max="7977" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7978" max="7978" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7979" max="7979" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7980" max="8193" width="3.42578125" style="3"/>
+    <col min="8194" max="8194" width="3.7109375" style="3" customWidth="1"/>
+    <col min="8195" max="8195" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8196" max="8196" width="16" style="3" customWidth="1"/>
+    <col min="8197" max="8198" width="3.42578125" style="3"/>
+    <col min="8199" max="8226" width="3.28515625" style="3" customWidth="1"/>
+    <col min="8227" max="8227" width="3" style="3" customWidth="1"/>
+    <col min="8228" max="8228" width="5.7109375" style="3" customWidth="1"/>
+    <col min="8229" max="8229" width="7.7109375" style="3" customWidth="1"/>
+    <col min="8230" max="8230" width="12.28515625" style="3" customWidth="1"/>
+    <col min="8231" max="8231" width="11.28515625" style="3" customWidth="1"/>
+    <col min="8232" max="8232" width="11.5703125" style="3" customWidth="1"/>
+    <col min="8233" max="8233" width="13.5703125" style="3" customWidth="1"/>
+    <col min="8234" max="8234" width="12.5703125" style="3" customWidth="1"/>
+    <col min="8235" max="8235" width="13.7109375" style="3" customWidth="1"/>
+    <col min="8236" max="8449" width="3.42578125" style="3"/>
+    <col min="8450" max="8450" width="3.7109375" style="3" customWidth="1"/>
+    <col min="8451" max="8451" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8452" max="8452" width="16" style="3" customWidth="1"/>
+    <col min="8453" max="8454" width="3.42578125" style="3"/>
+    <col min="8455" max="8482" width="3.28515625" style="3" customWidth="1"/>
+    <col min="8483" max="8483" width="3" style="3" customWidth="1"/>
+    <col min="8484" max="8484" width="5.7109375" style="3" customWidth="1"/>
+    <col min="8485" max="8485" width="7.7109375" style="3" customWidth="1"/>
+    <col min="8486" max="8486" width="12.28515625" style="3" customWidth="1"/>
+    <col min="8487" max="8487" width="11.28515625" style="3" customWidth="1"/>
+    <col min="8488" max="8488" width="11.5703125" style="3" customWidth="1"/>
+    <col min="8489" max="8489" width="13.5703125" style="3" customWidth="1"/>
+    <col min="8490" max="8490" width="12.5703125" style="3" customWidth="1"/>
+    <col min="8491" max="8491" width="13.7109375" style="3" customWidth="1"/>
+    <col min="8492" max="8705" width="3.42578125" style="3"/>
+    <col min="8706" max="8706" width="3.7109375" style="3" customWidth="1"/>
+    <col min="8707" max="8707" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8708" max="8708" width="16" style="3" customWidth="1"/>
+    <col min="8709" max="8710" width="3.42578125" style="3"/>
+    <col min="8711" max="8738" width="3.28515625" style="3" customWidth="1"/>
+    <col min="8739" max="8739" width="3" style="3" customWidth="1"/>
+    <col min="8740" max="8740" width="5.7109375" style="3" customWidth="1"/>
+    <col min="8741" max="8741" width="7.7109375" style="3" customWidth="1"/>
+    <col min="8742" max="8742" width="12.28515625" style="3" customWidth="1"/>
+    <col min="8743" max="8743" width="11.28515625" style="3" customWidth="1"/>
+    <col min="8744" max="8744" width="11.5703125" style="3" customWidth="1"/>
+    <col min="8745" max="8745" width="13.5703125" style="3" customWidth="1"/>
+    <col min="8746" max="8746" width="12.5703125" style="3" customWidth="1"/>
+    <col min="8747" max="8747" width="13.7109375" style="3" customWidth="1"/>
+    <col min="8748" max="8961" width="3.42578125" style="3"/>
+    <col min="8962" max="8962" width="3.7109375" style="3" customWidth="1"/>
+    <col min="8963" max="8963" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8964" max="8964" width="16" style="3" customWidth="1"/>
+    <col min="8965" max="8966" width="3.42578125" style="3"/>
+    <col min="8967" max="8994" width="3.28515625" style="3" customWidth="1"/>
+    <col min="8995" max="8995" width="3" style="3" customWidth="1"/>
+    <col min="8996" max="8996" width="5.7109375" style="3" customWidth="1"/>
+    <col min="8997" max="8997" width="7.7109375" style="3" customWidth="1"/>
+    <col min="8998" max="8998" width="12.28515625" style="3" customWidth="1"/>
+    <col min="8999" max="8999" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9000" max="9000" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9001" max="9001" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9002" max="9002" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9003" max="9003" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9004" max="9217" width="3.42578125" style="3"/>
+    <col min="9218" max="9218" width="3.7109375" style="3" customWidth="1"/>
+    <col min="9219" max="9219" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9220" max="9220" width="16" style="3" customWidth="1"/>
+    <col min="9221" max="9222" width="3.42578125" style="3"/>
+    <col min="9223" max="9250" width="3.28515625" style="3" customWidth="1"/>
+    <col min="9251" max="9251" width="3" style="3" customWidth="1"/>
+    <col min="9252" max="9252" width="5.7109375" style="3" customWidth="1"/>
+    <col min="9253" max="9253" width="7.7109375" style="3" customWidth="1"/>
+    <col min="9254" max="9254" width="12.28515625" style="3" customWidth="1"/>
+    <col min="9255" max="9255" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9256" max="9256" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9257" max="9257" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9258" max="9258" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9259" max="9259" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9260" max="9473" width="3.42578125" style="3"/>
+    <col min="9474" max="9474" width="3.7109375" style="3" customWidth="1"/>
+    <col min="9475" max="9475" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9476" max="9476" width="16" style="3" customWidth="1"/>
+    <col min="9477" max="9478" width="3.42578125" style="3"/>
+    <col min="9479" max="9506" width="3.28515625" style="3" customWidth="1"/>
+    <col min="9507" max="9507" width="3" style="3" customWidth="1"/>
+    <col min="9508" max="9508" width="5.7109375" style="3" customWidth="1"/>
+    <col min="9509" max="9509" width="7.7109375" style="3" customWidth="1"/>
+    <col min="9510" max="9510" width="12.28515625" style="3" customWidth="1"/>
+    <col min="9511" max="9511" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9512" max="9512" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9513" max="9513" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9514" max="9514" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9515" max="9515" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9516" max="9729" width="3.42578125" style="3"/>
+    <col min="9730" max="9730" width="3.7109375" style="3" customWidth="1"/>
+    <col min="9731" max="9731" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9732" max="9732" width="16" style="3" customWidth="1"/>
+    <col min="9733" max="9734" width="3.42578125" style="3"/>
+    <col min="9735" max="9762" width="3.28515625" style="3" customWidth="1"/>
+    <col min="9763" max="9763" width="3" style="3" customWidth="1"/>
+    <col min="9764" max="9764" width="5.7109375" style="3" customWidth="1"/>
+    <col min="9765" max="9765" width="7.7109375" style="3" customWidth="1"/>
+    <col min="9766" max="9766" width="12.28515625" style="3" customWidth="1"/>
+    <col min="9767" max="9767" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9768" max="9768" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9769" max="9769" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9770" max="9770" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9771" max="9771" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9772" max="9985" width="3.42578125" style="3"/>
+    <col min="9986" max="9986" width="3.7109375" style="3" customWidth="1"/>
+    <col min="9987" max="9987" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9988" max="9988" width="16" style="3" customWidth="1"/>
+    <col min="9989" max="9990" width="3.42578125" style="3"/>
+    <col min="9991" max="10018" width="3.28515625" style="3" customWidth="1"/>
+    <col min="10019" max="10019" width="3" style="3" customWidth="1"/>
+    <col min="10020" max="10020" width="5.7109375" style="3" customWidth="1"/>
+    <col min="10021" max="10021" width="7.7109375" style="3" customWidth="1"/>
+    <col min="10022" max="10022" width="12.28515625" style="3" customWidth="1"/>
+    <col min="10023" max="10023" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10024" max="10024" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10025" max="10025" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10026" max="10026" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10027" max="10027" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10028" max="10241" width="3.42578125" style="3"/>
+    <col min="10242" max="10242" width="3.7109375" style="3" customWidth="1"/>
+    <col min="10243" max="10243" width="26.5703125" style="3" customWidth="1"/>
+    <col min="10244" max="10244" width="16" style="3" customWidth="1"/>
+    <col min="10245" max="10246" width="3.42578125" style="3"/>
+    <col min="10247" max="10274" width="3.28515625" style="3" customWidth="1"/>
+    <col min="10275" max="10275" width="3" style="3" customWidth="1"/>
+    <col min="10276" max="10276" width="5.7109375" style="3" customWidth="1"/>
+    <col min="10277" max="10277" width="7.7109375" style="3" customWidth="1"/>
+    <col min="10278" max="10278" width="12.28515625" style="3" customWidth="1"/>
+    <col min="10279" max="10279" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10280" max="10280" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10281" max="10281" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10282" max="10282" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10283" max="10283" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10284" max="10497" width="3.42578125" style="3"/>
+    <col min="10498" max="10498" width="3.7109375" style="3" customWidth="1"/>
+    <col min="10499" max="10499" width="26.5703125" style="3" customWidth="1"/>
+    <col min="10500" max="10500" width="16" style="3" customWidth="1"/>
+    <col min="10501" max="10502" width="3.42578125" style="3"/>
+    <col min="10503" max="10530" width="3.28515625" style="3" customWidth="1"/>
+    <col min="10531" max="10531" width="3" style="3" customWidth="1"/>
+    <col min="10532" max="10532" width="5.7109375" style="3" customWidth="1"/>
+    <col min="10533" max="10533" width="7.7109375" style="3" customWidth="1"/>
+    <col min="10534" max="10534" width="12.28515625" style="3" customWidth="1"/>
+    <col min="10535" max="10535" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10536" max="10536" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10537" max="10537" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10538" max="10538" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10539" max="10539" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10540" max="10753" width="3.42578125" style="3"/>
+    <col min="10754" max="10754" width="3.7109375" style="3" customWidth="1"/>
+    <col min="10755" max="10755" width="26.5703125" style="3" customWidth="1"/>
+    <col min="10756" max="10756" width="16" style="3" customWidth="1"/>
+    <col min="10757" max="10758" width="3.42578125" style="3"/>
+    <col min="10759" max="10786" width="3.28515625" style="3" customWidth="1"/>
+    <col min="10787" max="10787" width="3" style="3" customWidth="1"/>
+    <col min="10788" max="10788" width="5.7109375" style="3" customWidth="1"/>
+    <col min="10789" max="10789" width="7.7109375" style="3" customWidth="1"/>
+    <col min="10790" max="10790" width="12.28515625" style="3" customWidth="1"/>
+    <col min="10791" max="10791" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10792" max="10792" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10793" max="10793" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10794" max="10794" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10795" max="10795" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10796" max="11009" width="3.42578125" style="3"/>
+    <col min="11010" max="11010" width="3.7109375" style="3" customWidth="1"/>
+    <col min="11011" max="11011" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11012" max="11012" width="16" style="3" customWidth="1"/>
+    <col min="11013" max="11014" width="3.42578125" style="3"/>
+    <col min="11015" max="11042" width="3.28515625" style="3" customWidth="1"/>
+    <col min="11043" max="11043" width="3" style="3" customWidth="1"/>
+    <col min="11044" max="11044" width="5.7109375" style="3" customWidth="1"/>
+    <col min="11045" max="11045" width="7.7109375" style="3" customWidth="1"/>
+    <col min="11046" max="11046" width="12.28515625" style="3" customWidth="1"/>
+    <col min="11047" max="11047" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11048" max="11048" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11049" max="11049" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11050" max="11050" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11051" max="11051" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11052" max="11265" width="3.42578125" style="3"/>
+    <col min="11266" max="11266" width="3.7109375" style="3" customWidth="1"/>
+    <col min="11267" max="11267" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11268" max="11268" width="16" style="3" customWidth="1"/>
+    <col min="11269" max="11270" width="3.42578125" style="3"/>
+    <col min="11271" max="11298" width="3.28515625" style="3" customWidth="1"/>
+    <col min="11299" max="11299" width="3" style="3" customWidth="1"/>
+    <col min="11300" max="11300" width="5.7109375" style="3" customWidth="1"/>
+    <col min="11301" max="11301" width="7.7109375" style="3" customWidth="1"/>
+    <col min="11302" max="11302" width="12.28515625" style="3" customWidth="1"/>
+    <col min="11303" max="11303" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11304" max="11304" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11305" max="11305" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11306" max="11306" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11307" max="11307" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11308" max="11521" width="3.42578125" style="3"/>
+    <col min="11522" max="11522" width="3.7109375" style="3" customWidth="1"/>
+    <col min="11523" max="11523" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11524" max="11524" width="16" style="3" customWidth="1"/>
+    <col min="11525" max="11526" width="3.42578125" style="3"/>
+    <col min="11527" max="11554" width="3.28515625" style="3" customWidth="1"/>
+    <col min="11555" max="11555" width="3" style="3" customWidth="1"/>
+    <col min="11556" max="11556" width="5.7109375" style="3" customWidth="1"/>
+    <col min="11557" max="11557" width="7.7109375" style="3" customWidth="1"/>
+    <col min="11558" max="11558" width="12.28515625" style="3" customWidth="1"/>
+    <col min="11559" max="11559" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11560" max="11560" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11561" max="11561" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11562" max="11562" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11563" max="11563" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11564" max="11777" width="3.42578125" style="3"/>
+    <col min="11778" max="11778" width="3.7109375" style="3" customWidth="1"/>
+    <col min="11779" max="11779" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11780" max="11780" width="16" style="3" customWidth="1"/>
+    <col min="11781" max="11782" width="3.42578125" style="3"/>
+    <col min="11783" max="11810" width="3.28515625" style="3" customWidth="1"/>
+    <col min="11811" max="11811" width="3" style="3" customWidth="1"/>
+    <col min="11812" max="11812" width="5.7109375" style="3" customWidth="1"/>
+    <col min="11813" max="11813" width="7.7109375" style="3" customWidth="1"/>
+    <col min="11814" max="11814" width="12.28515625" style="3" customWidth="1"/>
+    <col min="11815" max="11815" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11816" max="11816" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11817" max="11817" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11818" max="11818" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11819" max="11819" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11820" max="12033" width="3.42578125" style="3"/>
+    <col min="12034" max="12034" width="3.7109375" style="3" customWidth="1"/>
+    <col min="12035" max="12035" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12036" max="12036" width="16" style="3" customWidth="1"/>
+    <col min="12037" max="12038" width="3.42578125" style="3"/>
+    <col min="12039" max="12066" width="3.28515625" style="3" customWidth="1"/>
+    <col min="12067" max="12067" width="3" style="3" customWidth="1"/>
+    <col min="12068" max="12068" width="5.7109375" style="3" customWidth="1"/>
+    <col min="12069" max="12069" width="7.7109375" style="3" customWidth="1"/>
+    <col min="12070" max="12070" width="12.28515625" style="3" customWidth="1"/>
+    <col min="12071" max="12071" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12072" max="12072" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12073" max="12073" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12074" max="12074" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12075" max="12075" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12076" max="12289" width="3.42578125" style="3"/>
+    <col min="12290" max="12290" width="3.7109375" style="3" customWidth="1"/>
+    <col min="12291" max="12291" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12292" max="12292" width="16" style="3" customWidth="1"/>
+    <col min="12293" max="12294" width="3.42578125" style="3"/>
+    <col min="12295" max="12322" width="3.28515625" style="3" customWidth="1"/>
+    <col min="12323" max="12323" width="3" style="3" customWidth="1"/>
+    <col min="12324" max="12324" width="5.7109375" style="3" customWidth="1"/>
+    <col min="12325" max="12325" width="7.7109375" style="3" customWidth="1"/>
+    <col min="12326" max="12326" width="12.28515625" style="3" customWidth="1"/>
+    <col min="12327" max="12327" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12328" max="12328" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12329" max="12329" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12330" max="12330" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12331" max="12331" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12332" max="12545" width="3.42578125" style="3"/>
+    <col min="12546" max="12546" width="3.7109375" style="3" customWidth="1"/>
+    <col min="12547" max="12547" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12548" max="12548" width="16" style="3" customWidth="1"/>
+    <col min="12549" max="12550" width="3.42578125" style="3"/>
+    <col min="12551" max="12578" width="3.28515625" style="3" customWidth="1"/>
+    <col min="12579" max="12579" width="3" style="3" customWidth="1"/>
+    <col min="12580" max="12580" width="5.7109375" style="3" customWidth="1"/>
+    <col min="12581" max="12581" width="7.7109375" style="3" customWidth="1"/>
+    <col min="12582" max="12582" width="12.28515625" style="3" customWidth="1"/>
+    <col min="12583" max="12583" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12584" max="12584" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12585" max="12585" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12586" max="12586" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12587" max="12587" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12588" max="12801" width="3.42578125" style="3"/>
+    <col min="12802" max="12802" width="3.7109375" style="3" customWidth="1"/>
+    <col min="12803" max="12803" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12804" max="12804" width="16" style="3" customWidth="1"/>
+    <col min="12805" max="12806" width="3.42578125" style="3"/>
+    <col min="12807" max="12834" width="3.28515625" style="3" customWidth="1"/>
+    <col min="12835" max="12835" width="3" style="3" customWidth="1"/>
+    <col min="12836" max="12836" width="5.7109375" style="3" customWidth="1"/>
+    <col min="12837" max="12837" width="7.7109375" style="3" customWidth="1"/>
+    <col min="12838" max="12838" width="12.28515625" style="3" customWidth="1"/>
+    <col min="12839" max="12839" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12840" max="12840" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12841" max="12841" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12842" max="12842" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12843" max="12843" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12844" max="13057" width="3.42578125" style="3"/>
+    <col min="13058" max="13058" width="3.7109375" style="3" customWidth="1"/>
+    <col min="13059" max="13059" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13060" max="13060" width="16" style="3" customWidth="1"/>
+    <col min="13061" max="13062" width="3.42578125" style="3"/>
+    <col min="13063" max="13090" width="3.28515625" style="3" customWidth="1"/>
+    <col min="13091" max="13091" width="3" style="3" customWidth="1"/>
+    <col min="13092" max="13092" width="5.7109375" style="3" customWidth="1"/>
+    <col min="13093" max="13093" width="7.7109375" style="3" customWidth="1"/>
+    <col min="13094" max="13094" width="12.28515625" style="3" customWidth="1"/>
+    <col min="13095" max="13095" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13096" max="13096" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13097" max="13097" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13098" max="13098" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13099" max="13099" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13100" max="13313" width="3.42578125" style="3"/>
+    <col min="13314" max="13314" width="3.7109375" style="3" customWidth="1"/>
+    <col min="13315" max="13315" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13316" max="13316" width="16" style="3" customWidth="1"/>
+    <col min="13317" max="13318" width="3.42578125" style="3"/>
+    <col min="13319" max="13346" width="3.28515625" style="3" customWidth="1"/>
+    <col min="13347" max="13347" width="3" style="3" customWidth="1"/>
+    <col min="13348" max="13348" width="5.7109375" style="3" customWidth="1"/>
+    <col min="13349" max="13349" width="7.7109375" style="3" customWidth="1"/>
+    <col min="13350" max="13350" width="12.28515625" style="3" customWidth="1"/>
+    <col min="13351" max="13351" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13352" max="13352" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13353" max="13353" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13354" max="13354" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13355" max="13355" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13356" max="13569" width="3.42578125" style="3"/>
+    <col min="13570" max="13570" width="3.7109375" style="3" customWidth="1"/>
+    <col min="13571" max="13571" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13572" max="13572" width="16" style="3" customWidth="1"/>
+    <col min="13573" max="13574" width="3.42578125" style="3"/>
+    <col min="13575" max="13602" width="3.28515625" style="3" customWidth="1"/>
+    <col min="13603" max="13603" width="3" style="3" customWidth="1"/>
+    <col min="13604" max="13604" width="5.7109375" style="3" customWidth="1"/>
+    <col min="13605" max="13605" width="7.7109375" style="3" customWidth="1"/>
+    <col min="13606" max="13606" width="12.28515625" style="3" customWidth="1"/>
+    <col min="13607" max="13607" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13608" max="13608" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13609" max="13609" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13610" max="13610" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13611" max="13611" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13612" max="13825" width="3.42578125" style="3"/>
+    <col min="13826" max="13826" width="3.7109375" style="3" customWidth="1"/>
+    <col min="13827" max="13827" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13828" max="13828" width="16" style="3" customWidth="1"/>
+    <col min="13829" max="13830" width="3.42578125" style="3"/>
+    <col min="13831" max="13858" width="3.28515625" style="3" customWidth="1"/>
+    <col min="13859" max="13859" width="3" style="3" customWidth="1"/>
+    <col min="13860" max="13860" width="5.7109375" style="3" customWidth="1"/>
+    <col min="13861" max="13861" width="7.7109375" style="3" customWidth="1"/>
+    <col min="13862" max="13862" width="12.28515625" style="3" customWidth="1"/>
+    <col min="13863" max="13863" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13864" max="13864" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13865" max="13865" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13866" max="13866" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13867" max="13867" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13868" max="14081" width="3.42578125" style="3"/>
+    <col min="14082" max="14082" width="3.7109375" style="3" customWidth="1"/>
+    <col min="14083" max="14083" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14084" max="14084" width="16" style="3" customWidth="1"/>
+    <col min="14085" max="14086" width="3.42578125" style="3"/>
+    <col min="14087" max="14114" width="3.28515625" style="3" customWidth="1"/>
+    <col min="14115" max="14115" width="3" style="3" customWidth="1"/>
+    <col min="14116" max="14116" width="5.7109375" style="3" customWidth="1"/>
+    <col min="14117" max="14117" width="7.7109375" style="3" customWidth="1"/>
+    <col min="14118" max="14118" width="12.28515625" style="3" customWidth="1"/>
+    <col min="14119" max="14119" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14120" max="14120" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14121" max="14121" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14122" max="14122" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14123" max="14123" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14124" max="14337" width="3.42578125" style="3"/>
+    <col min="14338" max="14338" width="3.7109375" style="3" customWidth="1"/>
+    <col min="14339" max="14339" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14340" max="14340" width="16" style="3" customWidth="1"/>
+    <col min="14341" max="14342" width="3.42578125" style="3"/>
+    <col min="14343" max="14370" width="3.28515625" style="3" customWidth="1"/>
+    <col min="14371" max="14371" width="3" style="3" customWidth="1"/>
+    <col min="14372" max="14372" width="5.7109375" style="3" customWidth="1"/>
+    <col min="14373" max="14373" width="7.7109375" style="3" customWidth="1"/>
+    <col min="14374" max="14374" width="12.28515625" style="3" customWidth="1"/>
+    <col min="14375" max="14375" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14376" max="14376" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14377" max="14377" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14378" max="14378" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14379" max="14379" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14380" max="14593" width="3.42578125" style="3"/>
+    <col min="14594" max="14594" width="3.7109375" style="3" customWidth="1"/>
+    <col min="14595" max="14595" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14596" max="14596" width="16" style="3" customWidth="1"/>
+    <col min="14597" max="14598" width="3.42578125" style="3"/>
+    <col min="14599" max="14626" width="3.28515625" style="3" customWidth="1"/>
+    <col min="14627" max="14627" width="3" style="3" customWidth="1"/>
+    <col min="14628" max="14628" width="5.7109375" style="3" customWidth="1"/>
+    <col min="14629" max="14629" width="7.7109375" style="3" customWidth="1"/>
+    <col min="14630" max="14630" width="12.28515625" style="3" customWidth="1"/>
+    <col min="14631" max="14631" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14632" max="14632" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14633" max="14633" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14634" max="14634" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14635" max="14635" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14636" max="14849" width="3.42578125" style="3"/>
+    <col min="14850" max="14850" width="3.7109375" style="3" customWidth="1"/>
+    <col min="14851" max="14851" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14852" max="14852" width="16" style="3" customWidth="1"/>
+    <col min="14853" max="14854" width="3.42578125" style="3"/>
+    <col min="14855" max="14882" width="3.28515625" style="3" customWidth="1"/>
+    <col min="14883" max="14883" width="3" style="3" customWidth="1"/>
+    <col min="14884" max="14884" width="5.7109375" style="3" customWidth="1"/>
+    <col min="14885" max="14885" width="7.7109375" style="3" customWidth="1"/>
+    <col min="14886" max="14886" width="12.28515625" style="3" customWidth="1"/>
+    <col min="14887" max="14887" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14888" max="14888" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14889" max="14889" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14890" max="14890" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14891" max="14891" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14892" max="15105" width="3.42578125" style="3"/>
+    <col min="15106" max="15106" width="3.7109375" style="3" customWidth="1"/>
+    <col min="15107" max="15107" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15108" max="15108" width="16" style="3" customWidth="1"/>
+    <col min="15109" max="15110" width="3.42578125" style="3"/>
+    <col min="15111" max="15138" width="3.28515625" style="3" customWidth="1"/>
+    <col min="15139" max="15139" width="3" style="3" customWidth="1"/>
+    <col min="15140" max="15140" width="5.7109375" style="3" customWidth="1"/>
+    <col min="15141" max="15141" width="7.7109375" style="3" customWidth="1"/>
+    <col min="15142" max="15142" width="12.28515625" style="3" customWidth="1"/>
+    <col min="15143" max="15143" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15144" max="15144" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15145" max="15145" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15146" max="15146" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15147" max="15147" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15148" max="15361" width="3.42578125" style="3"/>
+    <col min="15362" max="15362" width="3.7109375" style="3" customWidth="1"/>
+    <col min="15363" max="15363" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15364" max="15364" width="16" style="3" customWidth="1"/>
+    <col min="15365" max="15366" width="3.42578125" style="3"/>
+    <col min="15367" max="15394" width="3.28515625" style="3" customWidth="1"/>
+    <col min="15395" max="15395" width="3" style="3" customWidth="1"/>
+    <col min="15396" max="15396" width="5.7109375" style="3" customWidth="1"/>
+    <col min="15397" max="15397" width="7.7109375" style="3" customWidth="1"/>
+    <col min="15398" max="15398" width="12.28515625" style="3" customWidth="1"/>
+    <col min="15399" max="15399" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15400" max="15400" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15401" max="15401" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15402" max="15402" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15403" max="15403" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15404" max="15617" width="3.42578125" style="3"/>
+    <col min="15618" max="15618" width="3.7109375" style="3" customWidth="1"/>
+    <col min="15619" max="15619" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15620" max="15620" width="16" style="3" customWidth="1"/>
+    <col min="15621" max="15622" width="3.42578125" style="3"/>
+    <col min="15623" max="15650" width="3.28515625" style="3" customWidth="1"/>
+    <col min="15651" max="15651" width="3" style="3" customWidth="1"/>
+    <col min="15652" max="15652" width="5.7109375" style="3" customWidth="1"/>
+    <col min="15653" max="15653" width="7.7109375" style="3" customWidth="1"/>
+    <col min="15654" max="15654" width="12.28515625" style="3" customWidth="1"/>
+    <col min="15655" max="15655" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15656" max="15656" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15657" max="15657" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15658" max="15658" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15659" max="15659" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15660" max="15873" width="3.42578125" style="3"/>
+    <col min="15874" max="15874" width="3.7109375" style="3" customWidth="1"/>
+    <col min="15875" max="15875" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15876" max="15876" width="16" style="3" customWidth="1"/>
+    <col min="15877" max="15878" width="3.42578125" style="3"/>
+    <col min="15879" max="15906" width="3.28515625" style="3" customWidth="1"/>
+    <col min="15907" max="15907" width="3" style="3" customWidth="1"/>
+    <col min="15908" max="15908" width="5.7109375" style="3" customWidth="1"/>
+    <col min="15909" max="15909" width="7.7109375" style="3" customWidth="1"/>
+    <col min="15910" max="15910" width="12.28515625" style="3" customWidth="1"/>
+    <col min="15911" max="15911" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15912" max="15912" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15913" max="15913" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15914" max="15914" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15915" max="15915" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15916" max="16129" width="3.42578125" style="3"/>
+    <col min="16130" max="16130" width="3.7109375" style="3" customWidth="1"/>
+    <col min="16131" max="16131" width="26.5703125" style="3" customWidth="1"/>
+    <col min="16132" max="16132" width="16" style="3" customWidth="1"/>
+    <col min="16133" max="16134" width="3.42578125" style="3"/>
+    <col min="16135" max="16162" width="3.28515625" style="3" customWidth="1"/>
+    <col min="16163" max="16163" width="3" style="3" customWidth="1"/>
+    <col min="16164" max="16164" width="5.7109375" style="3" customWidth="1"/>
+    <col min="16165" max="16165" width="7.7109375" style="3" customWidth="1"/>
+    <col min="16166" max="16166" width="12.28515625" style="3" customWidth="1"/>
+    <col min="16167" max="16167" width="11.28515625" style="3" customWidth="1"/>
+    <col min="16168" max="16168" width="11.5703125" style="3" customWidth="1"/>
+    <col min="16169" max="16169" width="13.5703125" style="3" customWidth="1"/>
+    <col min="16170" max="16170" width="12.5703125" style="3" customWidth="1"/>
+    <col min="16171" max="16171" width="13.7109375" style="3" customWidth="1"/>
+    <col min="16172" max="16384" width="3.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:43" s="32" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.25">
-[...46 lines deleted...]
-      <c r="AQ1" s="83"/>
+    <row r="1" spans="1:43" s="18" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="17"/>
+      <c r="B1" s="16"/>
+      <c r="C1" s="73" t="s">
+        <v>30</v>
+      </c>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="73"/>
+      <c r="L1" s="73"/>
+      <c r="M1" s="73"/>
+      <c r="N1" s="73"/>
+      <c r="O1" s="73"/>
+      <c r="P1" s="73"/>
+      <c r="Q1" s="73"/>
+      <c r="R1" s="73"/>
+      <c r="S1" s="73"/>
+      <c r="T1" s="73"/>
+      <c r="U1" s="73"/>
+      <c r="V1" s="73"/>
+      <c r="W1" s="73"/>
+      <c r="X1" s="73"/>
+      <c r="Y1" s="73"/>
+      <c r="Z1" s="73"/>
+      <c r="AA1" s="73"/>
+      <c r="AB1" s="73"/>
+      <c r="AC1" s="73"/>
+      <c r="AD1" s="73"/>
+      <c r="AE1" s="73"/>
+      <c r="AF1" s="73"/>
+      <c r="AG1" s="73"/>
+      <c r="AH1" s="73"/>
+      <c r="AI1" s="73"/>
+      <c r="AJ1" s="73"/>
+      <c r="AK1" s="94"/>
+      <c r="AL1" s="95"/>
+      <c r="AM1" s="95"/>
+      <c r="AN1" s="95"/>
+      <c r="AO1" s="95"/>
+      <c r="AP1" s="95"/>
+      <c r="AQ1" s="95"/>
     </row>
     <row r="2" spans="1:43" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A2" s="15"/>
-[...1 lines deleted...]
-      <c r="C2" s="63" t="s">
+      <c r="A2" s="1"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="74"/>
+      <c r="D2" s="74"/>
+      <c r="E2" s="74"/>
+      <c r="F2" s="74"/>
+      <c r="G2" s="74"/>
+      <c r="H2" s="74"/>
+      <c r="I2" s="74"/>
+      <c r="J2" s="74"/>
+      <c r="K2" s="74"/>
+      <c r="L2" s="74"/>
+      <c r="M2" s="74"/>
+      <c r="N2" s="74"/>
+      <c r="O2" s="74"/>
+      <c r="P2" s="74"/>
+      <c r="Q2" s="74"/>
+      <c r="R2" s="74"/>
+      <c r="S2" s="74"/>
+      <c r="T2" s="74"/>
+      <c r="U2" s="74"/>
+      <c r="V2" s="74"/>
+      <c r="W2" s="74"/>
+      <c r="X2" s="74"/>
+      <c r="Y2" s="74"/>
+      <c r="Z2" s="74"/>
+      <c r="AA2" s="74"/>
+      <c r="AB2" s="74"/>
+      <c r="AC2" s="74"/>
+      <c r="AD2" s="74"/>
+      <c r="AE2" s="74"/>
+      <c r="AF2" s="74"/>
+      <c r="AG2" s="74"/>
+      <c r="AH2" s="74"/>
+      <c r="AI2" s="74"/>
+      <c r="AJ2" s="74"/>
+      <c r="AK2" s="4"/>
+      <c r="AL2" s="4"/>
+      <c r="AM2" s="4"/>
+      <c r="AN2" s="4"/>
+    </row>
+    <row r="3" spans="1:43" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="1"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" s="44"/>
+      <c r="E3" s="44"/>
+      <c r="F3" s="44"/>
+      <c r="G3" s="44"/>
+      <c r="H3" s="44"/>
+      <c r="I3" s="44"/>
+      <c r="J3" s="44"/>
+      <c r="K3" s="44"/>
+      <c r="L3" s="44"/>
+      <c r="M3" s="44"/>
+      <c r="N3" s="44"/>
+      <c r="O3" s="44"/>
+      <c r="P3" s="44"/>
+      <c r="Q3" s="44"/>
+      <c r="R3" s="44"/>
+      <c r="S3" s="44"/>
+      <c r="T3" s="44"/>
+      <c r="U3" s="44"/>
+      <c r="V3" s="44"/>
+      <c r="W3" s="44"/>
+      <c r="X3" s="44"/>
+      <c r="Y3" s="44"/>
+      <c r="Z3" s="44"/>
+      <c r="AA3" s="44"/>
+      <c r="AB3" s="44"/>
+      <c r="AC3" s="44"/>
+      <c r="AD3" s="44"/>
+      <c r="AE3" s="44"/>
+      <c r="AF3" s="44"/>
+      <c r="AG3" s="44"/>
+      <c r="AH3" s="44"/>
+      <c r="AI3" s="44"/>
+      <c r="AJ3" s="44"/>
+      <c r="AK3" s="4"/>
+      <c r="AL3" s="4"/>
+      <c r="AM3" s="4"/>
+      <c r="AN3" s="4"/>
+    </row>
+    <row r="4" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="93" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="93"/>
+      <c r="C4" s="93"/>
+      <c r="D4" s="93"/>
+      <c r="E4" s="93"/>
+      <c r="F4" s="93"/>
+      <c r="G4" s="93"/>
+      <c r="H4" s="93"/>
+      <c r="I4" s="93"/>
+      <c r="J4" s="93"/>
+      <c r="K4" s="93"/>
+      <c r="L4" s="93"/>
+      <c r="M4" s="93"/>
+      <c r="N4" s="93"/>
+      <c r="O4" s="93"/>
+      <c r="P4" s="93"/>
+      <c r="Q4" s="93"/>
+      <c r="R4" s="93"/>
+      <c r="S4" s="93"/>
+      <c r="T4" s="93"/>
+      <c r="U4" s="93"/>
+      <c r="V4" s="93"/>
+      <c r="W4" s="93"/>
+      <c r="X4" s="93"/>
+      <c r="Y4" s="93"/>
+      <c r="Z4" s="93"/>
+      <c r="AA4" s="93"/>
+      <c r="AB4" s="93"/>
+      <c r="AC4" s="93"/>
+      <c r="AD4" s="93"/>
+      <c r="AE4" s="93"/>
+      <c r="AF4" s="93"/>
+      <c r="AG4" s="93"/>
+      <c r="AH4" s="93"/>
+      <c r="AI4" s="93"/>
+      <c r="AJ4" s="93"/>
+      <c r="AK4" s="93"/>
+      <c r="AL4" s="93"/>
+      <c r="AM4" s="93"/>
+      <c r="AN4" s="93"/>
+      <c r="AO4" s="93"/>
+      <c r="AP4" s="93"/>
+      <c r="AQ4" s="93"/>
+    </row>
+    <row r="5" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="93"/>
+      <c r="C5" s="93"/>
+      <c r="D5" s="93"/>
+      <c r="E5" s="93"/>
+      <c r="F5" s="93"/>
+      <c r="G5" s="93"/>
+      <c r="H5" s="93"/>
+      <c r="I5" s="93"/>
+      <c r="J5" s="93"/>
+      <c r="K5" s="93"/>
+      <c r="L5" s="93"/>
+      <c r="M5" s="93"/>
+      <c r="N5" s="93"/>
+      <c r="O5" s="93"/>
+      <c r="P5" s="93"/>
+      <c r="Q5" s="93"/>
+      <c r="R5" s="93"/>
+      <c r="S5" s="93"/>
+      <c r="T5" s="93"/>
+      <c r="U5" s="93"/>
+      <c r="V5" s="93"/>
+      <c r="W5" s="93"/>
+      <c r="X5" s="93"/>
+      <c r="Y5" s="93"/>
+      <c r="Z5" s="93"/>
+      <c r="AA5" s="93"/>
+      <c r="AB5" s="93"/>
+      <c r="AC5" s="93"/>
+      <c r="AD5" s="93"/>
+      <c r="AE5" s="93"/>
+      <c r="AF5" s="93"/>
+      <c r="AG5" s="93"/>
+      <c r="AH5" s="93"/>
+      <c r="AI5" s="93"/>
+      <c r="AJ5" s="93"/>
+      <c r="AK5" s="93"/>
+      <c r="AL5" s="93"/>
+      <c r="AM5" s="93"/>
+      <c r="AN5" s="93"/>
+      <c r="AO5" s="93"/>
+      <c r="AP5" s="93"/>
+      <c r="AQ5" s="93"/>
+    </row>
+    <row r="6" spans="1:43" s="21" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="19"/>
+      <c r="B6" s="50"/>
+      <c r="C6" s="50"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="50"/>
+      <c r="I6" s="50"/>
+      <c r="J6" s="50"/>
+      <c r="K6" s="50"/>
+      <c r="L6" s="50"/>
+      <c r="M6" s="50"/>
+      <c r="N6" s="50"/>
+      <c r="O6" s="50"/>
+      <c r="P6" s="50"/>
+      <c r="Q6" s="50"/>
+      <c r="R6" s="5"/>
+      <c r="S6" s="5"/>
+      <c r="T6" s="5"/>
+      <c r="U6" s="5"/>
+      <c r="V6" s="5"/>
+      <c r="W6" s="5"/>
+      <c r="X6" s="5"/>
+      <c r="Y6" s="5"/>
+      <c r="Z6" s="5"/>
+      <c r="AA6" s="5"/>
+      <c r="AB6" s="5"/>
+      <c r="AC6" s="5"/>
+      <c r="AD6" s="5"/>
+      <c r="AE6" s="5"/>
+      <c r="AF6" s="5"/>
+      <c r="AG6" s="5"/>
+      <c r="AH6" s="5"/>
+      <c r="AI6" s="5"/>
+      <c r="AJ6" s="5"/>
+      <c r="AK6" s="20"/>
+      <c r="AL6" s="20"/>
+      <c r="AM6" s="20"/>
+      <c r="AN6" s="20"/>
+    </row>
+    <row r="7" spans="1:43" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="19"/>
+      <c r="B7" s="51" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
+      <c r="E7" s="51"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="51"/>
+      <c r="H7" s="51"/>
+      <c r="I7" s="51"/>
+      <c r="J7" s="51"/>
+      <c r="K7" s="51"/>
+      <c r="L7" s="51"/>
+      <c r="M7" s="51"/>
+      <c r="N7" s="51"/>
+      <c r="O7" s="51"/>
+      <c r="P7" s="51"/>
+      <c r="Q7" s="51"/>
+      <c r="R7" s="5"/>
+      <c r="S7" s="5"/>
+      <c r="T7" s="5"/>
+      <c r="U7" s="5"/>
+      <c r="V7" s="5"/>
+      <c r="W7" s="5"/>
+      <c r="X7" s="5"/>
+      <c r="Y7" s="5"/>
+      <c r="Z7" s="5"/>
+      <c r="AA7" s="5"/>
+      <c r="AB7" s="5"/>
+      <c r="AC7" s="5"/>
+      <c r="AD7" s="5"/>
+      <c r="AE7" s="5"/>
+      <c r="AF7" s="5"/>
+      <c r="AG7" s="5"/>
+      <c r="AH7" s="5"/>
+      <c r="AI7" s="5"/>
+      <c r="AJ7" s="5"/>
+      <c r="AK7" s="20"/>
+      <c r="AL7" s="20"/>
+      <c r="AM7" s="20"/>
+      <c r="AN7" s="20"/>
+    </row>
+    <row r="8" spans="1:43" s="21" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="19"/>
+      <c r="B8" s="22"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="19"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="19"/>
+      <c r="M8" s="19"/>
+      <c r="N8" s="19"/>
+      <c r="O8" s="5"/>
+      <c r="P8" s="5"/>
+      <c r="Q8" s="5"/>
+      <c r="R8" s="5"/>
+      <c r="S8" s="5"/>
+      <c r="T8" s="5"/>
+      <c r="U8" s="5"/>
+      <c r="V8" s="5"/>
+      <c r="W8" s="5"/>
+      <c r="X8" s="5"/>
+      <c r="Y8" s="5"/>
+      <c r="Z8" s="5"/>
+      <c r="AA8" s="5"/>
+      <c r="AB8" s="5"/>
+      <c r="AC8" s="5"/>
+      <c r="AD8" s="5"/>
+      <c r="AE8" s="5"/>
+      <c r="AF8" s="5"/>
+      <c r="AG8" s="5"/>
+      <c r="AH8" s="5"/>
+      <c r="AI8" s="5"/>
+      <c r="AJ8" s="5"/>
+      <c r="AK8" s="20"/>
+      <c r="AL8" s="20"/>
+      <c r="AM8" s="20"/>
+      <c r="AN8" s="20"/>
+    </row>
+    <row r="9" spans="1:43" s="21" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="19"/>
+      <c r="B9" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="42"/>
+      <c r="D9" s="42"/>
+      <c r="E9" s="42"/>
+      <c r="F9" s="42"/>
+      <c r="G9" s="42"/>
+      <c r="H9" s="42"/>
+      <c r="I9" s="19"/>
+      <c r="J9" s="19"/>
+      <c r="K9" s="19"/>
+      <c r="L9" s="19"/>
+      <c r="M9" s="19"/>
+      <c r="N9" s="19"/>
+      <c r="O9" s="5"/>
+      <c r="P9" s="5"/>
+      <c r="Q9" s="5"/>
+      <c r="R9" s="5"/>
+      <c r="S9" s="5"/>
+      <c r="T9" s="5"/>
+      <c r="U9" s="5"/>
+      <c r="V9" s="5"/>
+      <c r="W9" s="5"/>
+      <c r="X9" s="5"/>
+      <c r="Y9" s="5"/>
+      <c r="Z9" s="5"/>
+      <c r="AA9" s="5"/>
+      <c r="AB9" s="5"/>
+      <c r="AC9" s="5"/>
+      <c r="AD9" s="5"/>
+      <c r="AE9" s="5"/>
+      <c r="AF9" s="5"/>
+      <c r="AG9" s="5"/>
+      <c r="AH9" s="5"/>
+      <c r="AI9" s="5"/>
+      <c r="AJ9" s="5"/>
+      <c r="AK9" s="20"/>
+      <c r="AL9" s="20"/>
+      <c r="AM9" s="20"/>
+      <c r="AN9" s="20"/>
+    </row>
+    <row r="10" spans="1:43" s="21" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="19"/>
+      <c r="B10" s="22"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="19"/>
+      <c r="E10" s="19"/>
+      <c r="F10" s="19"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="19"/>
+      <c r="J10" s="19"/>
+      <c r="K10" s="19"/>
+      <c r="L10" s="19"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="5"/>
+      <c r="P10" s="5"/>
+      <c r="Q10" s="5"/>
+      <c r="R10" s="5"/>
+      <c r="S10" s="5"/>
+      <c r="T10" s="5"/>
+      <c r="U10" s="5"/>
+      <c r="V10" s="5"/>
+      <c r="W10" s="5"/>
+      <c r="X10" s="5"/>
+      <c r="Y10" s="5"/>
+      <c r="Z10" s="5"/>
+      <c r="AA10" s="5"/>
+      <c r="AB10" s="5"/>
+      <c r="AC10" s="5"/>
+      <c r="AD10" s="5"/>
+      <c r="AE10" s="5"/>
+      <c r="AF10" s="5"/>
+      <c r="AG10" s="5"/>
+      <c r="AH10" s="5"/>
+      <c r="AI10" s="5"/>
+      <c r="AJ10" s="5"/>
+      <c r="AK10" s="20"/>
+      <c r="AL10" s="20"/>
+      <c r="AM10" s="20"/>
+      <c r="AN10" s="20"/>
+    </row>
+    <row r="11" spans="1:43" s="21" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="96" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="96"/>
+      <c r="C11" s="96"/>
+      <c r="D11" s="96"/>
+      <c r="E11" s="96"/>
+      <c r="F11" s="96"/>
+      <c r="G11" s="96"/>
+      <c r="H11" s="96"/>
+      <c r="I11" s="96"/>
+      <c r="J11" s="96"/>
+      <c r="K11" s="96"/>
+      <c r="L11" s="96"/>
+      <c r="M11" s="96"/>
+      <c r="N11" s="96"/>
+      <c r="O11" s="96"/>
+      <c r="P11" s="96"/>
+      <c r="Q11" s="96"/>
+      <c r="R11" s="96"/>
+      <c r="S11" s="96"/>
+      <c r="T11" s="96"/>
+      <c r="U11" s="96"/>
+      <c r="V11" s="96"/>
+      <c r="W11" s="96"/>
+      <c r="X11" s="96"/>
+      <c r="Y11" s="96"/>
+      <c r="Z11" s="96"/>
+      <c r="AA11" s="96"/>
+      <c r="AB11" s="96"/>
+      <c r="AC11" s="96"/>
+      <c r="AD11" s="96"/>
+      <c r="AE11" s="96"/>
+      <c r="AF11" s="96"/>
+      <c r="AG11" s="96"/>
+      <c r="AH11" s="96"/>
+      <c r="AI11" s="96"/>
+      <c r="AJ11" s="96"/>
+      <c r="AK11" s="96"/>
+      <c r="AL11" s="96"/>
+      <c r="AM11" s="96"/>
+      <c r="AN11" s="96"/>
+      <c r="AO11" s="96"/>
+      <c r="AP11" s="96"/>
+      <c r="AQ11" s="96"/>
+    </row>
+    <row r="12" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="75" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="75" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="78" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="79"/>
+      <c r="E12" s="79"/>
+      <c r="F12" s="79"/>
+      <c r="G12" s="79"/>
+      <c r="H12" s="79"/>
+      <c r="I12" s="79"/>
+      <c r="J12" s="79"/>
+      <c r="K12" s="79"/>
+      <c r="L12" s="79"/>
+      <c r="M12" s="79"/>
+      <c r="N12" s="79"/>
+      <c r="O12" s="79"/>
+      <c r="P12" s="79"/>
+      <c r="Q12" s="79"/>
+      <c r="R12" s="79"/>
+      <c r="S12" s="79"/>
+      <c r="T12" s="79"/>
+      <c r="U12" s="79"/>
+      <c r="V12" s="79"/>
+      <c r="W12" s="79"/>
+      <c r="X12" s="79"/>
+      <c r="Y12" s="79"/>
+      <c r="Z12" s="79"/>
+      <c r="AA12" s="79"/>
+      <c r="AB12" s="79"/>
+      <c r="AC12" s="79"/>
+      <c r="AD12" s="79"/>
+      <c r="AE12" s="79"/>
+      <c r="AF12" s="79"/>
+      <c r="AG12" s="80"/>
+      <c r="AH12" s="56" t="s">
+        <v>21</v>
+      </c>
+      <c r="AI12" s="56" t="s">
+        <v>22</v>
+      </c>
+      <c r="AJ12" s="87" t="s">
+        <v>7</v>
+      </c>
+      <c r="AK12" s="88"/>
+      <c r="AL12" s="58" t="s">
+        <v>32</v>
+      </c>
+      <c r="AM12" s="58" t="s">
+        <v>33</v>
+      </c>
+      <c r="AN12" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO12" s="102"/>
+      <c r="AP12" s="97" t="s">
+        <v>16</v>
+      </c>
+      <c r="AQ12" s="98"/>
+    </row>
+    <row r="13" spans="1:43" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="76"/>
+      <c r="B13" s="76"/>
+      <c r="C13" s="81"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+      <c r="F13" s="82"/>
+      <c r="G13" s="82"/>
+      <c r="H13" s="82"/>
+      <c r="I13" s="82"/>
+      <c r="J13" s="82"/>
+      <c r="K13" s="82"/>
+      <c r="L13" s="82"/>
+      <c r="M13" s="82"/>
+      <c r="N13" s="82"/>
+      <c r="O13" s="82"/>
+      <c r="P13" s="82"/>
+      <c r="Q13" s="82"/>
+      <c r="R13" s="82"/>
+      <c r="S13" s="82"/>
+      <c r="T13" s="82"/>
+      <c r="U13" s="82"/>
+      <c r="V13" s="82"/>
+      <c r="W13" s="82"/>
+      <c r="X13" s="82"/>
+      <c r="Y13" s="82"/>
+      <c r="Z13" s="82"/>
+      <c r="AA13" s="82"/>
+      <c r="AB13" s="82"/>
+      <c r="AC13" s="82"/>
+      <c r="AD13" s="82"/>
+      <c r="AE13" s="82"/>
+      <c r="AF13" s="82"/>
+      <c r="AG13" s="83"/>
+      <c r="AH13" s="57"/>
+      <c r="AI13" s="57"/>
+      <c r="AJ13" s="89"/>
+      <c r="AK13" s="90"/>
+      <c r="AL13" s="59"/>
+      <c r="AM13" s="59"/>
+      <c r="AN13" s="103"/>
+      <c r="AO13" s="104"/>
+      <c r="AP13" s="99"/>
+      <c r="AQ13" s="100"/>
+    </row>
+    <row r="14" spans="1:43" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="76"/>
+      <c r="B14" s="76"/>
+      <c r="C14" s="81"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+      <c r="F14" s="82"/>
+      <c r="G14" s="82"/>
+      <c r="H14" s="82"/>
+      <c r="I14" s="82"/>
+      <c r="J14" s="82"/>
+      <c r="K14" s="82"/>
+      <c r="L14" s="82"/>
+      <c r="M14" s="82"/>
+      <c r="N14" s="82"/>
+      <c r="O14" s="82"/>
+      <c r="P14" s="82"/>
+      <c r="Q14" s="82"/>
+      <c r="R14" s="82"/>
+      <c r="S14" s="82"/>
+      <c r="T14" s="82"/>
+      <c r="U14" s="82"/>
+      <c r="V14" s="82"/>
+      <c r="W14" s="82"/>
+      <c r="X14" s="82"/>
+      <c r="Y14" s="82"/>
+      <c r="Z14" s="82"/>
+      <c r="AA14" s="82"/>
+      <c r="AB14" s="82"/>
+      <c r="AC14" s="82"/>
+      <c r="AD14" s="82"/>
+      <c r="AE14" s="82"/>
+      <c r="AF14" s="82"/>
+      <c r="AG14" s="83"/>
+      <c r="AH14" s="57"/>
+      <c r="AI14" s="57"/>
+      <c r="AJ14" s="89"/>
+      <c r="AK14" s="90"/>
+      <c r="AL14" s="59"/>
+      <c r="AM14" s="59"/>
+      <c r="AN14" s="58" t="s">
+        <v>5</v>
+      </c>
+      <c r="AO14" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="AP14" s="58" t="s">
+        <v>25</v>
+      </c>
+      <c r="AQ14" s="58" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:43" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="76"/>
+      <c r="B15" s="76"/>
+      <c r="C15" s="84"/>
+      <c r="D15" s="85"/>
+      <c r="E15" s="85"/>
+      <c r="F15" s="85"/>
+      <c r="G15" s="85"/>
+      <c r="H15" s="85"/>
+      <c r="I15" s="85"/>
+      <c r="J15" s="85"/>
+      <c r="K15" s="85"/>
+      <c r="L15" s="85"/>
+      <c r="M15" s="85"/>
+      <c r="N15" s="85"/>
+      <c r="O15" s="85"/>
+      <c r="P15" s="85"/>
+      <c r="Q15" s="85"/>
+      <c r="R15" s="85"/>
+      <c r="S15" s="85"/>
+      <c r="T15" s="85"/>
+      <c r="U15" s="85"/>
+      <c r="V15" s="85"/>
+      <c r="W15" s="85"/>
+      <c r="X15" s="85"/>
+      <c r="Y15" s="85"/>
+      <c r="Z15" s="85"/>
+      <c r="AA15" s="85"/>
+      <c r="AB15" s="85"/>
+      <c r="AC15" s="85"/>
+      <c r="AD15" s="85"/>
+      <c r="AE15" s="85"/>
+      <c r="AF15" s="85"/>
+      <c r="AG15" s="86"/>
+      <c r="AH15" s="57"/>
+      <c r="AI15" s="57"/>
+      <c r="AJ15" s="91"/>
+      <c r="AK15" s="92"/>
+      <c r="AL15" s="59"/>
+      <c r="AM15" s="59"/>
+      <c r="AN15" s="59"/>
+      <c r="AO15" s="59"/>
+      <c r="AP15" s="59"/>
+      <c r="AQ15" s="59"/>
+    </row>
+    <row r="16" spans="1:43" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="77"/>
+      <c r="B16" s="77"/>
+      <c r="C16" s="7">
+        <v>1</v>
+      </c>
+      <c r="D16" s="7">
+        <v>2</v>
+      </c>
+      <c r="E16" s="7">
+        <v>3</v>
+      </c>
+      <c r="F16" s="7">
+        <v>4</v>
+      </c>
+      <c r="G16" s="7">
+        <v>5</v>
+      </c>
+      <c r="H16" s="7">
+        <v>6</v>
+      </c>
+      <c r="I16" s="7">
+        <v>7</v>
+      </c>
+      <c r="J16" s="7">
+        <v>8</v>
+      </c>
+      <c r="K16" s="7">
+        <v>9</v>
+      </c>
+      <c r="L16" s="7">
+        <v>10</v>
+      </c>
+      <c r="M16" s="7">
+        <v>11</v>
+      </c>
+      <c r="N16" s="7">
+        <v>12</v>
+      </c>
+      <c r="O16" s="7">
+        <v>13</v>
+      </c>
+      <c r="P16" s="7">
+        <v>14</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>15</v>
+      </c>
+      <c r="R16" s="7">
+        <v>16</v>
+      </c>
+      <c r="S16" s="7">
+        <v>17</v>
+      </c>
+      <c r="T16" s="7">
+        <v>18</v>
+      </c>
+      <c r="U16" s="7">
+        <v>19</v>
+      </c>
+      <c r="V16" s="7">
+        <v>20</v>
+      </c>
+      <c r="W16" s="7">
+        <v>21</v>
+      </c>
+      <c r="X16" s="7">
+        <v>22</v>
+      </c>
+      <c r="Y16" s="7">
+        <v>23</v>
+      </c>
+      <c r="Z16" s="7">
+        <v>24</v>
+      </c>
+      <c r="AA16" s="7">
+        <v>25</v>
+      </c>
+      <c r="AB16" s="7">
+        <v>26</v>
+      </c>
+      <c r="AC16" s="7">
         <v>27</v>
       </c>
-      <c r="D2" s="63"/>
-[...38 lines deleted...]
-      <c r="A3" s="82" t="s">
+      <c r="AD16" s="7">
+        <v>28</v>
+      </c>
+      <c r="AE16" s="7">
+        <v>29</v>
+      </c>
+      <c r="AF16" s="7">
+        <v>30</v>
+      </c>
+      <c r="AG16" s="7">
         <v>31</v>
       </c>
-      <c r="B3" s="82"/>
-[...564 lines deleted...]
-      <c r="D15" s="21">
+      <c r="AH16" s="23"/>
+      <c r="AI16" s="23"/>
+      <c r="AJ16" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="E15" s="21">
-[...23 lines deleted...]
-      <c r="M15" s="21">
+      <c r="AK16" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="N15" s="21">
-[...113 lines deleted...]
-      <c r="AK16" s="60"/>
       <c r="AL16" s="60"/>
       <c r="AM16" s="60"/>
       <c r="AN16" s="60"/>
       <c r="AO16" s="60"/>
       <c r="AP16" s="60"/>
-      <c r="AQ16" s="61"/>
+      <c r="AQ16" s="60"/>
     </row>
-    <row r="17" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...42 lines deleted...]
-      <c r="AQ17" s="49"/>
+    <row r="17" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="69"/>
+      <c r="B17" s="63" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="64"/>
+      <c r="D17" s="64"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="64"/>
+      <c r="I17" s="64"/>
+      <c r="J17" s="64"/>
+      <c r="K17" s="64"/>
+      <c r="L17" s="64"/>
+      <c r="M17" s="64"/>
+      <c r="N17" s="64"/>
+      <c r="O17" s="64"/>
+      <c r="P17" s="64"/>
+      <c r="Q17" s="64"/>
+      <c r="R17" s="64"/>
+      <c r="S17" s="64"/>
+      <c r="T17" s="64"/>
+      <c r="U17" s="64"/>
+      <c r="V17" s="64"/>
+      <c r="W17" s="64"/>
+      <c r="X17" s="64"/>
+      <c r="Y17" s="64"/>
+      <c r="Z17" s="64"/>
+      <c r="AA17" s="64"/>
+      <c r="AB17" s="64"/>
+      <c r="AC17" s="64"/>
+      <c r="AD17" s="64"/>
+      <c r="AE17" s="64"/>
+      <c r="AF17" s="64"/>
+      <c r="AG17" s="64"/>
+      <c r="AH17" s="64"/>
+      <c r="AI17" s="64"/>
+      <c r="AJ17" s="64"/>
+      <c r="AK17" s="64"/>
+      <c r="AL17" s="64"/>
+      <c r="AM17" s="64"/>
+      <c r="AN17" s="64"/>
+      <c r="AO17" s="64"/>
+      <c r="AP17" s="64"/>
+      <c r="AQ17" s="65"/>
     </row>
-    <row r="18" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ18" s="97"/>
+    <row r="18" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="70"/>
+      <c r="B18" s="38"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="8"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
+      <c r="O18" s="8"/>
+      <c r="P18" s="8"/>
+      <c r="Q18" s="8"/>
+      <c r="R18" s="8"/>
+      <c r="S18" s="8"/>
+      <c r="T18" s="8"/>
+      <c r="U18" s="8"/>
+      <c r="V18" s="8"/>
+      <c r="W18" s="8"/>
+      <c r="X18" s="8"/>
+      <c r="Y18" s="8"/>
+      <c r="Z18" s="8"/>
+      <c r="AA18" s="8"/>
+      <c r="AB18" s="8"/>
+      <c r="AC18" s="8"/>
+      <c r="AD18" s="8"/>
+      <c r="AE18" s="8"/>
+      <c r="AF18" s="8"/>
+      <c r="AG18" s="8"/>
+      <c r="AH18" s="40"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="8"/>
+      <c r="AK18" s="8"/>
+      <c r="AL18" s="9"/>
+      <c r="AM18" s="35"/>
+      <c r="AN18" s="9"/>
+      <c r="AO18" s="9"/>
+      <c r="AP18" s="9"/>
+      <c r="AQ18" s="35"/>
     </row>
-    <row r="19" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...56 lines deleted...]
-      </c>
+    <row r="19" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="71"/>
+      <c r="B19" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="67"/>
+      <c r="D19" s="67"/>
+      <c r="E19" s="67"/>
+      <c r="F19" s="67"/>
+      <c r="G19" s="67"/>
+      <c r="H19" s="67"/>
+      <c r="I19" s="67"/>
+      <c r="J19" s="67"/>
+      <c r="K19" s="67"/>
+      <c r="L19" s="67"/>
+      <c r="M19" s="67"/>
+      <c r="N19" s="67"/>
+      <c r="O19" s="67"/>
+      <c r="P19" s="67"/>
+      <c r="Q19" s="67"/>
+      <c r="R19" s="67"/>
+      <c r="S19" s="67"/>
+      <c r="T19" s="67"/>
+      <c r="U19" s="67"/>
+      <c r="V19" s="67"/>
+      <c r="W19" s="67"/>
+      <c r="X19" s="67"/>
+      <c r="Y19" s="67"/>
+      <c r="Z19" s="67"/>
+      <c r="AA19" s="67"/>
+      <c r="AB19" s="67"/>
+      <c r="AC19" s="67"/>
+      <c r="AD19" s="67"/>
+      <c r="AE19" s="67"/>
+      <c r="AF19" s="67"/>
+      <c r="AG19" s="67"/>
+      <c r="AH19" s="67"/>
+      <c r="AI19" s="67"/>
+      <c r="AJ19" s="67"/>
+      <c r="AK19" s="67"/>
+      <c r="AL19" s="67"/>
+      <c r="AM19" s="67"/>
+      <c r="AN19" s="67"/>
+      <c r="AO19" s="67"/>
+      <c r="AP19" s="67"/>
+      <c r="AQ19" s="68"/>
     </row>
     <row r="20" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="98"/>
-[...43 lines deleted...]
-      <c r="AQ20" s="61"/>
+      <c r="A20" s="72"/>
+      <c r="B20" s="39"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="29"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="29"/>
+      <c r="H20" s="29"/>
+      <c r="I20" s="29"/>
+      <c r="J20" s="29"/>
+      <c r="K20" s="29"/>
+      <c r="L20" s="29"/>
+      <c r="M20" s="29"/>
+      <c r="N20" s="29"/>
+      <c r="O20" s="29"/>
+      <c r="P20" s="29"/>
+      <c r="Q20" s="29"/>
+      <c r="R20" s="29"/>
+      <c r="S20" s="29"/>
+      <c r="T20" s="29"/>
+      <c r="U20" s="29"/>
+      <c r="V20" s="29"/>
+      <c r="W20" s="29"/>
+      <c r="X20" s="29"/>
+      <c r="Y20" s="29"/>
+      <c r="Z20" s="29"/>
+      <c r="AA20" s="29"/>
+      <c r="AB20" s="29"/>
+      <c r="AC20" s="29"/>
+      <c r="AD20" s="29"/>
+      <c r="AE20" s="29"/>
+      <c r="AF20" s="29"/>
+      <c r="AG20" s="29"/>
+      <c r="AH20" s="31" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI20" s="31" t="s">
+        <v>12</v>
+      </c>
+      <c r="AJ20" s="29"/>
+      <c r="AK20" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="AL20" s="30"/>
+      <c r="AM20" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="AN20" s="30"/>
+      <c r="AO20" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="AP20" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="AQ20" s="32" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="21" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="99"/>
-[...41 lines deleted...]
-      <c r="AQ21" s="49"/>
+      <c r="A21" s="69"/>
+      <c r="B21" s="63" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" s="64"/>
+      <c r="D21" s="64"/>
+      <c r="E21" s="64"/>
+      <c r="F21" s="64"/>
+      <c r="G21" s="64"/>
+      <c r="H21" s="64"/>
+      <c r="I21" s="64"/>
+      <c r="J21" s="64"/>
+      <c r="K21" s="64"/>
+      <c r="L21" s="64"/>
+      <c r="M21" s="64"/>
+      <c r="N21" s="64"/>
+      <c r="O21" s="64"/>
+      <c r="P21" s="64"/>
+      <c r="Q21" s="64"/>
+      <c r="R21" s="64"/>
+      <c r="S21" s="64"/>
+      <c r="T21" s="64"/>
+      <c r="U21" s="64"/>
+      <c r="V21" s="64"/>
+      <c r="W21" s="64"/>
+      <c r="X21" s="64"/>
+      <c r="Y21" s="64"/>
+      <c r="Z21" s="64"/>
+      <c r="AA21" s="64"/>
+      <c r="AB21" s="64"/>
+      <c r="AC21" s="64"/>
+      <c r="AD21" s="64"/>
+      <c r="AE21" s="64"/>
+      <c r="AF21" s="64"/>
+      <c r="AG21" s="64"/>
+      <c r="AH21" s="64"/>
+      <c r="AI21" s="64"/>
+      <c r="AJ21" s="64"/>
+      <c r="AK21" s="64"/>
+      <c r="AL21" s="64"/>
+      <c r="AM21" s="64"/>
+      <c r="AN21" s="64"/>
+      <c r="AO21" s="64"/>
+      <c r="AP21" s="64"/>
+      <c r="AQ21" s="65"/>
     </row>
     <row r="22" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="100"/>
-[...43 lines deleted...]
-      <c r="AQ22" s="97"/>
+      <c r="A22" s="70"/>
+      <c r="B22" s="38"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
+      <c r="K22" s="8"/>
+      <c r="L22" s="8"/>
+      <c r="M22" s="8"/>
+      <c r="N22" s="8"/>
+      <c r="O22" s="8"/>
+      <c r="P22" s="8"/>
+      <c r="Q22" s="8"/>
+      <c r="R22" s="8"/>
+      <c r="S22" s="8"/>
+      <c r="T22" s="8"/>
+      <c r="U22" s="8"/>
+      <c r="V22" s="8"/>
+      <c r="W22" s="8"/>
+      <c r="X22" s="8"/>
+      <c r="Y22" s="8"/>
+      <c r="Z22" s="8"/>
+      <c r="AA22" s="8"/>
+      <c r="AB22" s="8"/>
+      <c r="AC22" s="8"/>
+      <c r="AD22" s="8"/>
+      <c r="AE22" s="8"/>
+      <c r="AF22" s="8"/>
+      <c r="AG22" s="8"/>
+      <c r="AH22" s="40"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="8"/>
+      <c r="AK22" s="8"/>
+      <c r="AL22" s="9"/>
+      <c r="AM22" s="35"/>
+      <c r="AN22" s="9"/>
+      <c r="AO22" s="9"/>
+      <c r="AP22" s="9"/>
+      <c r="AQ22" s="35"/>
     </row>
     <row r="23" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="101"/>
-[...32 lines deleted...]
-      <c r="AH23" s="45" t="s">
+      <c r="A23" s="71"/>
+      <c r="B23" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="C23" s="67"/>
+      <c r="D23" s="67"/>
+      <c r="E23" s="67"/>
+      <c r="F23" s="67"/>
+      <c r="G23" s="67"/>
+      <c r="H23" s="67"/>
+      <c r="I23" s="67"/>
+      <c r="J23" s="67"/>
+      <c r="K23" s="67"/>
+      <c r="L23" s="67"/>
+      <c r="M23" s="67"/>
+      <c r="N23" s="67"/>
+      <c r="O23" s="67"/>
+      <c r="P23" s="67"/>
+      <c r="Q23" s="67"/>
+      <c r="R23" s="67"/>
+      <c r="S23" s="67"/>
+      <c r="T23" s="67"/>
+      <c r="U23" s="67"/>
+      <c r="V23" s="67"/>
+      <c r="W23" s="67"/>
+      <c r="X23" s="67"/>
+      <c r="Y23" s="67"/>
+      <c r="Z23" s="67"/>
+      <c r="AA23" s="67"/>
+      <c r="AB23" s="67"/>
+      <c r="AC23" s="67"/>
+      <c r="AD23" s="67"/>
+      <c r="AE23" s="67"/>
+      <c r="AF23" s="67"/>
+      <c r="AG23" s="67"/>
+      <c r="AH23" s="67"/>
+      <c r="AI23" s="67"/>
+      <c r="AJ23" s="67"/>
+      <c r="AK23" s="67"/>
+      <c r="AL23" s="67"/>
+      <c r="AM23" s="67"/>
+      <c r="AN23" s="67"/>
+      <c r="AO23" s="67"/>
+      <c r="AP23" s="67"/>
+      <c r="AQ23" s="68"/>
+    </row>
+    <row r="24" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="72"/>
+      <c r="B24" s="39"/>
+      <c r="C24" s="29"/>
+      <c r="D24" s="29"/>
+      <c r="E24" s="29"/>
+      <c r="F24" s="29"/>
+      <c r="G24" s="29"/>
+      <c r="H24" s="29"/>
+      <c r="I24" s="29"/>
+      <c r="J24" s="29"/>
+      <c r="K24" s="29"/>
+      <c r="L24" s="29"/>
+      <c r="M24" s="29"/>
+      <c r="N24" s="29"/>
+      <c r="O24" s="29"/>
+      <c r="P24" s="29"/>
+      <c r="Q24" s="29"/>
+      <c r="R24" s="29"/>
+      <c r="S24" s="29"/>
+      <c r="T24" s="29"/>
+      <c r="U24" s="29"/>
+      <c r="V24" s="29"/>
+      <c r="W24" s="29"/>
+      <c r="X24" s="29"/>
+      <c r="Y24" s="29"/>
+      <c r="Z24" s="29"/>
+      <c r="AA24" s="29"/>
+      <c r="AB24" s="29"/>
+      <c r="AC24" s="29"/>
+      <c r="AD24" s="29"/>
+      <c r="AE24" s="29"/>
+      <c r="AF24" s="29"/>
+      <c r="AG24" s="29"/>
+      <c r="AH24" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="AI23" s="45" t="s">
+      <c r="AI24" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="AJ23" s="43"/>
-      <c r="AK23" s="46" t="s">
+      <c r="AJ24" s="29"/>
+      <c r="AK24" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AL23" s="44"/>
-      <c r="AM23" s="46" t="s">
+      <c r="AL24" s="30"/>
+      <c r="AM24" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AN23" s="44"/>
-      <c r="AO23" s="46" t="s">
+      <c r="AN24" s="30"/>
+      <c r="AO24" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AP23" s="46" t="s">
+      <c r="AP24" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="AQ23" s="46" t="s">
+      <c r="AQ24" s="32" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="24" spans="1:52" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-[...35 lines deleted...]
-      <c r="AJ24" s="57" t="s">
+    <row r="25" spans="1:52" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="53"/>
+      <c r="B25" s="53"/>
+      <c r="C25" s="53"/>
+      <c r="D25" s="53"/>
+      <c r="E25" s="53"/>
+      <c r="F25" s="53"/>
+      <c r="G25" s="53"/>
+      <c r="H25" s="53"/>
+      <c r="I25" s="53"/>
+      <c r="J25" s="53"/>
+      <c r="K25" s="53"/>
+      <c r="L25" s="53"/>
+      <c r="M25" s="53"/>
+      <c r="N25" s="53"/>
+      <c r="O25" s="53"/>
+      <c r="P25" s="53"/>
+      <c r="Q25" s="53"/>
+      <c r="R25" s="53"/>
+      <c r="S25" s="53"/>
+      <c r="T25" s="53"/>
+      <c r="U25" s="53"/>
+      <c r="V25" s="53"/>
+      <c r="W25" s="53"/>
+      <c r="X25" s="53"/>
+      <c r="Y25" s="53"/>
+      <c r="Z25" s="53"/>
+      <c r="AA25" s="53"/>
+      <c r="AB25" s="53"/>
+      <c r="AC25" s="53"/>
+      <c r="AD25" s="53"/>
+      <c r="AE25" s="53"/>
+      <c r="AF25" s="53"/>
+      <c r="AG25" s="53"/>
+      <c r="AH25" s="53"/>
+      <c r="AI25" s="53"/>
+      <c r="AJ25" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="AK24" s="58"/>
-[...1 lines deleted...]
-        <f t="shared" ref="AL24:AQ24" si="0">SUM(AL17:AL23)</f>
+      <c r="AK25" s="62"/>
+      <c r="AL25" s="37">
+        <f t="shared" ref="AL25:AQ25" si="0">SUM(AL18:AL24)</f>
         <v>0</v>
       </c>
-      <c r="AM24" s="51">
+      <c r="AM25" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AN24" s="51">
+      <c r="AN25" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AO24" s="51">
+      <c r="AO25" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AP24" s="51">
+      <c r="AP25" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AQ24" s="51">
+      <c r="AQ25" s="37">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:52" ht="15.75" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="AI25" s="47"/>
+    <row r="26" spans="1:52" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A26" s="52"/>
+      <c r="B26" s="52"/>
+      <c r="C26" s="52"/>
+      <c r="D26" s="52"/>
+      <c r="E26" s="52"/>
+      <c r="F26" s="52"/>
+      <c r="G26" s="52"/>
+      <c r="H26" s="52"/>
+      <c r="I26" s="52"/>
+      <c r="J26" s="52"/>
+      <c r="K26" s="52"/>
+      <c r="L26" s="52"/>
+      <c r="M26" s="52"/>
+      <c r="N26" s="52"/>
+      <c r="O26" s="52"/>
+      <c r="P26" s="52"/>
+      <c r="Q26" s="52"/>
+      <c r="R26" s="52"/>
+      <c r="S26" s="52"/>
+      <c r="T26" s="52"/>
+      <c r="U26" s="52"/>
+      <c r="V26" s="52"/>
+      <c r="W26" s="52"/>
+      <c r="X26" s="52"/>
+      <c r="Y26" s="52"/>
+      <c r="Z26" s="52"/>
+      <c r="AA26" s="52"/>
+      <c r="AB26" s="52"/>
+      <c r="AC26" s="52"/>
+      <c r="AD26" s="52"/>
+      <c r="AE26" s="52"/>
+      <c r="AF26" s="52"/>
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="33"/>
+      <c r="AI26" s="33"/>
     </row>
-    <row r="26" spans="1:52" s="35" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="5" t="s">
+    <row r="27" spans="1:52" s="21" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="54" t="s">
         <v>9</v>
       </c>
-      <c r="B26" s="5"/>
-[...40 lines deleted...]
-      <c r="AQ26" s="5"/>
+      <c r="B27" s="54"/>
+      <c r="C27" s="54"/>
+      <c r="D27" s="54"/>
+      <c r="E27" s="54"/>
+      <c r="F27" s="54"/>
+      <c r="G27" s="54"/>
+      <c r="H27" s="54"/>
+      <c r="I27" s="54"/>
+      <c r="J27" s="54"/>
+      <c r="K27" s="54"/>
+      <c r="L27" s="54"/>
+      <c r="M27" s="54"/>
+      <c r="N27" s="54"/>
+      <c r="O27" s="54"/>
+      <c r="P27" s="54"/>
+      <c r="Q27" s="54"/>
+      <c r="R27" s="54"/>
+      <c r="S27" s="54"/>
+      <c r="T27" s="54"/>
+      <c r="U27" s="54"/>
+      <c r="V27" s="54"/>
+      <c r="W27" s="54"/>
+      <c r="X27" s="54"/>
+      <c r="Y27" s="54"/>
+      <c r="Z27" s="54"/>
+      <c r="AA27" s="54"/>
+      <c r="AB27" s="54"/>
+      <c r="AC27" s="54"/>
+      <c r="AD27" s="54"/>
+      <c r="AE27" s="54"/>
+      <c r="AF27" s="54"/>
+      <c r="AG27" s="54"/>
+      <c r="AH27" s="54"/>
+      <c r="AI27" s="54"/>
+      <c r="AJ27" s="54"/>
+      <c r="AK27" s="54"/>
+      <c r="AL27" s="54"/>
+      <c r="AM27" s="54"/>
+      <c r="AN27" s="54"/>
+      <c r="AO27" s="54"/>
+      <c r="AP27" s="54"/>
+      <c r="AQ27" s="54"/>
     </row>
-    <row r="27" spans="1:52" s="35" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AQ27" s="4"/>
+    <row r="28" spans="1:52" s="21" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="55" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="55"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="55"/>
+      <c r="E28" s="55"/>
+      <c r="F28" s="55"/>
+      <c r="G28" s="55"/>
+      <c r="H28" s="55"/>
+      <c r="I28" s="55"/>
+      <c r="J28" s="55"/>
+      <c r="K28" s="55"/>
+      <c r="L28" s="55"/>
+      <c r="M28" s="55"/>
+      <c r="N28" s="55"/>
+      <c r="O28" s="55"/>
+      <c r="P28" s="55"/>
+      <c r="Q28" s="55"/>
+      <c r="R28" s="55"/>
+      <c r="S28" s="55"/>
+      <c r="T28" s="55"/>
+      <c r="U28" s="55"/>
+      <c r="V28" s="55"/>
+      <c r="W28" s="55"/>
+      <c r="X28" s="55"/>
+      <c r="Y28" s="55"/>
+      <c r="Z28" s="55"/>
+      <c r="AA28" s="55"/>
+      <c r="AB28" s="55"/>
+      <c r="AC28" s="55"/>
+      <c r="AD28" s="55"/>
+      <c r="AE28" s="55"/>
+      <c r="AF28" s="55"/>
+      <c r="AG28" s="55"/>
+      <c r="AH28" s="55"/>
+      <c r="AI28" s="55"/>
+      <c r="AJ28" s="55"/>
+      <c r="AK28" s="55"/>
+      <c r="AL28" s="55"/>
+      <c r="AM28" s="55"/>
+      <c r="AN28" s="55"/>
+      <c r="AO28" s="55"/>
+      <c r="AP28" s="55"/>
+      <c r="AQ28" s="55"/>
     </row>
-    <row r="28" spans="1:52" s="35" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AQ28" s="4"/>
+    <row r="29" spans="1:52" s="21" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="B29" s="55"/>
+      <c r="C29" s="55"/>
+      <c r="D29" s="55"/>
+      <c r="E29" s="55"/>
+      <c r="F29" s="55"/>
+      <c r="G29" s="55"/>
+      <c r="H29" s="55"/>
+      <c r="I29" s="55"/>
+      <c r="J29" s="55"/>
+      <c r="K29" s="55"/>
+      <c r="L29" s="55"/>
+      <c r="M29" s="55"/>
+      <c r="N29" s="55"/>
+      <c r="O29" s="55"/>
+      <c r="P29" s="55"/>
+      <c r="Q29" s="55"/>
+      <c r="R29" s="55"/>
+      <c r="S29" s="55"/>
+      <c r="T29" s="55"/>
+      <c r="U29" s="55"/>
+      <c r="V29" s="55"/>
+      <c r="W29" s="55"/>
+      <c r="X29" s="55"/>
+      <c r="Y29" s="55"/>
+      <c r="Z29" s="55"/>
+      <c r="AA29" s="55"/>
+      <c r="AB29" s="55"/>
+      <c r="AC29" s="55"/>
+      <c r="AD29" s="55"/>
+      <c r="AE29" s="55"/>
+      <c r="AF29" s="55"/>
+      <c r="AG29" s="55"/>
+      <c r="AH29" s="55"/>
+      <c r="AI29" s="55"/>
+      <c r="AJ29" s="55"/>
+      <c r="AK29" s="55"/>
+      <c r="AL29" s="55"/>
+      <c r="AM29" s="55"/>
+      <c r="AN29" s="55"/>
+      <c r="AO29" s="55"/>
+      <c r="AP29" s="55"/>
+      <c r="AQ29" s="55"/>
     </row>
-    <row r="29" spans="1:52" s="35" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="AQ29" s="41"/>
+    <row r="30" spans="1:52" s="21" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="27"/>
+      <c r="B30" s="27"/>
+      <c r="C30" s="27"/>
+      <c r="D30" s="27"/>
+      <c r="E30" s="27"/>
+      <c r="F30" s="27"/>
+      <c r="G30" s="27"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="27"/>
+      <c r="J30" s="27"/>
+      <c r="K30" s="27"/>
+      <c r="L30" s="27"/>
+      <c r="M30" s="27"/>
+      <c r="N30" s="27"/>
+      <c r="O30" s="27"/>
+      <c r="P30" s="27"/>
+      <c r="Q30" s="27"/>
+      <c r="R30" s="27"/>
+      <c r="S30" s="27"/>
+      <c r="T30" s="27"/>
+      <c r="U30" s="27"/>
+      <c r="V30" s="27"/>
+      <c r="W30" s="27"/>
+      <c r="X30" s="27"/>
+      <c r="Y30" s="27"/>
+      <c r="Z30" s="27"/>
+      <c r="AA30" s="27"/>
+      <c r="AB30" s="27"/>
+      <c r="AC30" s="27"/>
+      <c r="AD30" s="27"/>
+      <c r="AE30" s="27"/>
+      <c r="AF30" s="27"/>
+      <c r="AG30" s="27"/>
+      <c r="AH30" s="27"/>
+      <c r="AI30" s="27"/>
+      <c r="AJ30" s="27"/>
+      <c r="AK30" s="27"/>
+      <c r="AL30" s="27"/>
+      <c r="AM30" s="27"/>
+      <c r="AN30" s="27"/>
+      <c r="AO30" s="27"/>
+      <c r="AP30" s="27"/>
+      <c r="AQ30" s="27"/>
     </row>
-    <row r="30" spans="1:52" s="35" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="41" t="s">
+    <row r="31" spans="1:52" s="21" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="B30" s="41"/>
-[...40 lines deleted...]
-      <c r="AQ30" s="41"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="27"/>
+      <c r="F31" s="27"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="27"/>
+      <c r="I31" s="27"/>
+      <c r="J31" s="27"/>
+      <c r="K31" s="27"/>
+      <c r="L31" s="27"/>
+      <c r="M31" s="27"/>
+      <c r="N31" s="27"/>
+      <c r="O31" s="27"/>
+      <c r="P31" s="27"/>
+      <c r="Q31" s="27"/>
+      <c r="R31" s="27"/>
+      <c r="S31" s="27"/>
+      <c r="T31" s="27"/>
+      <c r="U31" s="27"/>
+      <c r="V31" s="27"/>
+      <c r="W31" s="27"/>
+      <c r="X31" s="27"/>
+      <c r="Y31" s="27"/>
+      <c r="Z31" s="27"/>
+      <c r="AA31" s="27"/>
+      <c r="AB31" s="27"/>
+      <c r="AC31" s="27"/>
+      <c r="AD31" s="27"/>
+      <c r="AE31" s="27"/>
+      <c r="AF31" s="27"/>
+      <c r="AG31" s="27"/>
+      <c r="AH31" s="27"/>
+      <c r="AI31" s="27"/>
+      <c r="AJ31" s="27"/>
+      <c r="AK31" s="27"/>
+      <c r="AL31" s="27"/>
+      <c r="AM31" s="27"/>
+      <c r="AN31" s="27"/>
+      <c r="AO31" s="27"/>
+      <c r="AP31" s="27"/>
+      <c r="AQ31" s="27"/>
     </row>
-    <row r="31" spans="1:52" s="35" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-      <c r="AZ31" s="35" t="s">
+    <row r="32" spans="1:52" s="21" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="27"/>
+      <c r="B32" s="27"/>
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="27"/>
+      <c r="K32" s="27"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+      <c r="N32" s="27"/>
+      <c r="O32" s="27"/>
+      <c r="P32" s="27"/>
+      <c r="Q32" s="27"/>
+      <c r="R32" s="27"/>
+      <c r="S32" s="27"/>
+      <c r="T32" s="27"/>
+      <c r="U32" s="27"/>
+      <c r="V32" s="27"/>
+      <c r="W32" s="27"/>
+      <c r="X32" s="27"/>
+      <c r="Y32" s="27"/>
+      <c r="Z32" s="27"/>
+      <c r="AA32" s="27"/>
+      <c r="AB32" s="27"/>
+      <c r="AC32" s="27"/>
+      <c r="AD32" s="27"/>
+      <c r="AE32" s="27"/>
+      <c r="AF32" s="27"/>
+      <c r="AG32" s="27"/>
+      <c r="AH32" s="27"/>
+      <c r="AI32" s="27"/>
+      <c r="AJ32" s="27"/>
+      <c r="AK32" s="27"/>
+      <c r="AL32" s="27"/>
+      <c r="AM32" s="27"/>
+      <c r="AN32" s="27"/>
+      <c r="AO32" s="27"/>
+      <c r="AP32" s="27"/>
+      <c r="AQ32" s="27"/>
+      <c r="AZ32" s="21" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="32" spans="1:52" ht="15.75" x14ac:dyDescent="0.2">
-[...81 lines deleted...]
-      <c r="AQ33" s="39"/>
+    <row r="33" spans="1:46" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A33" s="33"/>
+      <c r="B33" s="33"/>
+      <c r="C33" s="33"/>
+      <c r="D33" s="33"/>
+      <c r="E33" s="33"/>
+      <c r="F33" s="33"/>
+      <c r="G33" s="33"/>
+      <c r="H33" s="33"/>
+      <c r="I33" s="33"/>
+      <c r="J33" s="33"/>
+      <c r="K33" s="33"/>
+      <c r="L33" s="33"/>
+      <c r="M33" s="33"/>
+      <c r="N33" s="33"/>
+      <c r="O33" s="33"/>
+      <c r="P33" s="33"/>
+      <c r="Q33" s="33"/>
+      <c r="R33" s="33"/>
+      <c r="S33" s="33"/>
+      <c r="T33" s="33"/>
+      <c r="U33" s="33"/>
+      <c r="V33" s="33"/>
+      <c r="W33" s="33"/>
+      <c r="X33" s="33"/>
+      <c r="Y33" s="33"/>
+      <c r="Z33" s="33"/>
+      <c r="AA33" s="33"/>
+      <c r="AB33" s="33"/>
+      <c r="AC33" s="33"/>
+      <c r="AD33" s="33"/>
+      <c r="AE33" s="33"/>
+      <c r="AF33" s="33"/>
+      <c r="AG33" s="33"/>
+      <c r="AH33" s="33"/>
+      <c r="AI33" s="33"/>
     </row>
     <row r="34" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="10" t="s">
-[...43 lines deleted...]
-      <c r="AQ34" s="10"/>
+      <c r="A34" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="49"/>
+      <c r="C34" s="49"/>
+      <c r="D34" s="49"/>
+      <c r="E34" s="49"/>
+      <c r="F34" s="49"/>
+      <c r="G34" s="49"/>
+      <c r="H34" s="49"/>
+      <c r="I34" s="49"/>
+      <c r="J34" s="49"/>
+      <c r="K34" s="49"/>
+      <c r="L34" s="49"/>
+      <c r="M34" s="49"/>
+      <c r="N34" s="49"/>
+      <c r="O34" s="49"/>
+      <c r="P34" s="49"/>
+      <c r="Q34" s="49"/>
+      <c r="R34" s="49"/>
+      <c r="S34" s="49"/>
+      <c r="T34" s="49"/>
+      <c r="U34" s="49"/>
+      <c r="V34" s="49"/>
+      <c r="W34" s="49"/>
+      <c r="X34" s="49"/>
+      <c r="Y34" s="49"/>
+      <c r="Z34" s="49"/>
+      <c r="AA34" s="49"/>
+      <c r="AB34" s="49"/>
+      <c r="AC34" s="49"/>
+      <c r="AD34" s="49"/>
+      <c r="AE34" s="49"/>
+      <c r="AF34" s="49"/>
+      <c r="AG34" s="49"/>
+      <c r="AH34" s="49"/>
+      <c r="AI34" s="49"/>
+      <c r="AJ34" s="49"/>
+      <c r="AK34" s="49"/>
+      <c r="AL34" s="49"/>
+      <c r="AM34" s="49"/>
+      <c r="AN34" s="25"/>
+      <c r="AO34" s="25"/>
+      <c r="AP34" s="25"/>
+      <c r="AQ34" s="25"/>
     </row>
     <row r="35" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="13" t="s">
+      <c r="A35" s="49" t="s">
+        <v>17</v>
+      </c>
+      <c r="B35" s="49"/>
+      <c r="C35" s="49"/>
+      <c r="D35" s="49"/>
+      <c r="E35" s="49"/>
+      <c r="F35" s="49"/>
+      <c r="G35" s="49"/>
+      <c r="H35" s="49"/>
+      <c r="I35" s="49"/>
+      <c r="J35" s="49"/>
+      <c r="K35" s="49"/>
+      <c r="L35" s="49"/>
+      <c r="M35" s="49"/>
+      <c r="N35" s="49"/>
+      <c r="O35" s="49"/>
+      <c r="P35" s="49"/>
+      <c r="Q35" s="49"/>
+      <c r="R35" s="49"/>
+      <c r="S35" s="49"/>
+      <c r="T35" s="49"/>
+      <c r="U35" s="49"/>
+      <c r="V35" s="49"/>
+      <c r="W35" s="49"/>
+      <c r="X35" s="49"/>
+      <c r="Y35" s="49"/>
+      <c r="Z35" s="49"/>
+      <c r="AA35" s="49"/>
+      <c r="AB35" s="49"/>
+      <c r="AC35" s="49"/>
+      <c r="AD35" s="49"/>
+      <c r="AE35" s="49"/>
+      <c r="AF35" s="49"/>
+      <c r="AG35" s="49"/>
+      <c r="AH35" s="49"/>
+      <c r="AI35" s="49"/>
+      <c r="AJ35" s="49"/>
+      <c r="AK35" s="49"/>
+      <c r="AL35" s="49"/>
+      <c r="AM35" s="49"/>
+      <c r="AN35" s="49"/>
+      <c r="AO35" s="49"/>
+      <c r="AP35" s="49"/>
+      <c r="AQ35" s="49"/>
+    </row>
+    <row r="36" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="B35" s="13"/>
-[...87 lines deleted...]
-      <c r="AQ36" s="39"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="46"/>
+      <c r="I36" s="46"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+      <c r="L36" s="46"/>
+      <c r="M36" s="46"/>
+      <c r="N36" s="46"/>
+      <c r="O36" s="46"/>
+      <c r="P36" s="46"/>
+      <c r="Q36" s="46"/>
+      <c r="R36" s="46"/>
+      <c r="S36" s="46"/>
+      <c r="T36" s="46"/>
+      <c r="U36" s="46"/>
+      <c r="V36" s="46"/>
+      <c r="W36" s="46"/>
+      <c r="X36" s="46"/>
+      <c r="Y36" s="46"/>
+      <c r="Z36" s="46"/>
+      <c r="AA36" s="46"/>
+      <c r="AB36" s="46"/>
+      <c r="AC36" s="46"/>
+      <c r="AD36" s="46"/>
+      <c r="AE36" s="46"/>
+      <c r="AF36" s="46"/>
+      <c r="AG36" s="46"/>
+      <c r="AH36" s="46"/>
+      <c r="AI36" s="46"/>
+      <c r="AJ36" s="46"/>
+      <c r="AK36" s="46"/>
+      <c r="AL36" s="46"/>
+      <c r="AM36" s="46"/>
+      <c r="AN36" s="25"/>
+      <c r="AO36" s="25"/>
+      <c r="AP36" s="25"/>
+      <c r="AQ36" s="25"/>
     </row>
     <row r="37" spans="1:46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="13" t="s">
-[...43 lines deleted...]
-      <c r="AQ37" s="39"/>
+      <c r="A37" s="46" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="46"/>
+      <c r="I37" s="46"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+      <c r="L37" s="46"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="46"/>
+      <c r="O37" s="46"/>
+      <c r="P37" s="46"/>
+      <c r="Q37" s="46"/>
+      <c r="R37" s="46"/>
+      <c r="S37" s="46"/>
+      <c r="T37" s="46"/>
+      <c r="U37" s="46"/>
+      <c r="V37" s="46"/>
+      <c r="W37" s="46"/>
+      <c r="X37" s="46"/>
+      <c r="Y37" s="46"/>
+      <c r="Z37" s="46"/>
+      <c r="AA37" s="46"/>
+      <c r="AB37" s="46"/>
+      <c r="AC37" s="46"/>
+      <c r="AD37" s="46"/>
+      <c r="AE37" s="46"/>
+      <c r="AF37" s="46"/>
+      <c r="AG37" s="46"/>
+      <c r="AH37" s="46"/>
+      <c r="AI37" s="46"/>
+      <c r="AJ37" s="46"/>
+      <c r="AK37" s="46"/>
+      <c r="AL37" s="46"/>
+      <c r="AM37" s="46"/>
+      <c r="AN37" s="25"/>
+      <c r="AO37" s="25"/>
+      <c r="AP37" s="25"/>
+      <c r="AQ37" s="25"/>
     </row>
-    <row r="38" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...47 lines deleted...]
-      <c r="AT38" s="25"/>
+    <row r="38" spans="1:46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="46" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="46"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="46"/>
+      <c r="O38" s="46"/>
+      <c r="P38" s="46"/>
+      <c r="Q38" s="46"/>
+      <c r="R38" s="46"/>
+      <c r="S38" s="46"/>
+      <c r="T38" s="46"/>
+      <c r="U38" s="46"/>
+      <c r="V38" s="46"/>
+      <c r="W38" s="46"/>
+      <c r="X38" s="46"/>
+      <c r="Y38" s="46"/>
+      <c r="Z38" s="46"/>
+      <c r="AA38" s="46"/>
+      <c r="AB38" s="46"/>
+      <c r="AC38" s="46"/>
+      <c r="AD38" s="46"/>
+      <c r="AE38" s="46"/>
+      <c r="AF38" s="46"/>
+      <c r="AG38" s="46"/>
+      <c r="AH38" s="46"/>
+      <c r="AI38" s="34"/>
+      <c r="AJ38" s="34"/>
+      <c r="AK38" s="34"/>
+      <c r="AL38" s="34"/>
+      <c r="AM38" s="34"/>
+      <c r="AN38" s="25"/>
+      <c r="AO38" s="25"/>
+      <c r="AP38" s="25"/>
+      <c r="AQ38" s="25"/>
     </row>
     <row r="39" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="40" t="s">
+      <c r="A39" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B39" s="10"/>
+      <c r="C39" s="10"/>
+      <c r="D39" s="10"/>
+      <c r="E39" s="10"/>
+      <c r="F39" s="10"/>
+      <c r="G39" s="10"/>
+      <c r="H39" s="10"/>
+      <c r="I39" s="10"/>
+      <c r="J39" s="10"/>
+      <c r="K39" s="10"/>
+      <c r="L39" s="10"/>
+      <c r="M39" s="10"/>
+      <c r="N39" s="10"/>
+      <c r="O39" s="10"/>
+      <c r="P39" s="10"/>
+      <c r="Q39" s="10"/>
+      <c r="R39" s="10"/>
+      <c r="S39" s="10"/>
+      <c r="T39" s="10"/>
+      <c r="U39" s="10"/>
+      <c r="V39" s="10"/>
+      <c r="W39" s="10"/>
+      <c r="X39" s="10"/>
+      <c r="Y39" s="10"/>
+      <c r="Z39" s="10"/>
+      <c r="AA39" s="10"/>
+      <c r="AB39" s="10"/>
+      <c r="AC39" s="10"/>
+      <c r="AD39" s="10"/>
+      <c r="AE39" s="10"/>
+      <c r="AF39" s="10"/>
+      <c r="AG39" s="10"/>
+      <c r="AH39" s="10"/>
+      <c r="AI39" s="10"/>
+      <c r="AJ39" s="25"/>
+      <c r="AK39" s="25"/>
+      <c r="AL39" s="25"/>
+      <c r="AM39" s="25"/>
+      <c r="AN39" s="25"/>
+      <c r="AO39" s="25"/>
+      <c r="AP39" s="25"/>
+      <c r="AQ39" s="25"/>
+      <c r="AR39" s="11"/>
+      <c r="AS39" s="11"/>
+      <c r="AT39" s="11"/>
+    </row>
+    <row r="40" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="B39" s="40"/>
-[...40 lines deleted...]
-      <c r="AQ39" s="39"/>
+      <c r="B40" s="26"/>
+      <c r="C40" s="26"/>
+      <c r="D40" s="26"/>
+      <c r="E40" s="26"/>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="26"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="26"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="26"/>
+      <c r="O40" s="26"/>
+      <c r="P40" s="26"/>
+      <c r="Q40" s="26"/>
+      <c r="R40" s="26"/>
+      <c r="S40" s="26"/>
+      <c r="T40" s="26"/>
+      <c r="U40" s="26"/>
+      <c r="V40" s="26"/>
+      <c r="W40" s="26"/>
+      <c r="X40" s="26"/>
+      <c r="Y40" s="26"/>
+      <c r="Z40" s="26"/>
+      <c r="AA40" s="26"/>
+      <c r="AB40" s="26"/>
+      <c r="AC40" s="26"/>
+      <c r="AD40" s="26"/>
+      <c r="AE40" s="26"/>
+      <c r="AF40" s="26"/>
+      <c r="AG40" s="26"/>
+      <c r="AH40" s="26"/>
+      <c r="AI40" s="26"/>
+      <c r="AJ40" s="26"/>
+      <c r="AK40" s="25"/>
+      <c r="AL40" s="25"/>
+      <c r="AM40" s="25"/>
+      <c r="AN40" s="25"/>
+      <c r="AO40" s="25"/>
+      <c r="AP40" s="25"/>
+      <c r="AQ40" s="25"/>
     </row>
-    <row r="40" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ40" s="10"/>
+    <row r="41" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="49" t="s">
+        <v>27</v>
+      </c>
+      <c r="B41" s="49"/>
+      <c r="C41" s="49"/>
+      <c r="D41" s="49"/>
+      <c r="E41" s="49"/>
+      <c r="F41" s="49"/>
+      <c r="G41" s="49"/>
+      <c r="H41" s="49"/>
+      <c r="I41" s="49"/>
+      <c r="J41" s="49"/>
+      <c r="K41" s="49"/>
+      <c r="L41" s="49"/>
+      <c r="M41" s="49"/>
+      <c r="N41" s="49"/>
+      <c r="O41" s="49"/>
+      <c r="P41" s="49"/>
+      <c r="Q41" s="49"/>
+      <c r="R41" s="49"/>
+      <c r="S41" s="49"/>
+      <c r="T41" s="49"/>
+      <c r="U41" s="49"/>
+      <c r="V41" s="49"/>
+      <c r="W41" s="49"/>
+      <c r="X41" s="49"/>
+      <c r="Y41" s="49"/>
+      <c r="Z41" s="49"/>
+      <c r="AA41" s="49"/>
+      <c r="AB41" s="49"/>
+      <c r="AC41" s="49"/>
+      <c r="AD41" s="49"/>
+      <c r="AE41" s="49"/>
+      <c r="AF41" s="49"/>
+      <c r="AG41" s="49"/>
+      <c r="AH41" s="49"/>
+      <c r="AI41" s="49"/>
+      <c r="AJ41" s="49"/>
+      <c r="AK41" s="49"/>
+      <c r="AL41" s="49"/>
+      <c r="AM41" s="49"/>
+      <c r="AN41" s="49"/>
+      <c r="AO41" s="49"/>
+      <c r="AP41" s="49"/>
+      <c r="AQ41" s="49"/>
     </row>
-    <row r="41" spans="1:46" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ41" s="13"/>
+    <row r="42" spans="1:46" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="49"/>
+      <c r="C42" s="49"/>
+      <c r="D42" s="49"/>
+      <c r="E42" s="49"/>
+      <c r="F42" s="49"/>
+      <c r="G42" s="49"/>
+      <c r="H42" s="49"/>
+      <c r="I42" s="49"/>
+      <c r="J42" s="49"/>
+      <c r="K42" s="49"/>
+      <c r="L42" s="49"/>
+      <c r="M42" s="49"/>
+      <c r="N42" s="49"/>
+      <c r="O42" s="49"/>
+      <c r="P42" s="49"/>
+      <c r="Q42" s="49"/>
+      <c r="R42" s="49"/>
+      <c r="S42" s="49"/>
+      <c r="T42" s="49"/>
+      <c r="U42" s="49"/>
+      <c r="V42" s="49"/>
+      <c r="W42" s="49"/>
+      <c r="X42" s="49"/>
+      <c r="Y42" s="49"/>
+      <c r="Z42" s="49"/>
+      <c r="AA42" s="49"/>
+      <c r="AB42" s="49"/>
+      <c r="AC42" s="49"/>
+      <c r="AD42" s="49"/>
+      <c r="AE42" s="49"/>
+      <c r="AF42" s="49"/>
+      <c r="AG42" s="49"/>
+      <c r="AH42" s="49"/>
+      <c r="AI42" s="49"/>
+      <c r="AJ42" s="49"/>
+      <c r="AK42" s="49"/>
+      <c r="AL42" s="49"/>
+      <c r="AM42" s="49"/>
+      <c r="AN42" s="49"/>
+      <c r="AO42" s="49"/>
+      <c r="AP42" s="49"/>
+      <c r="AQ42" s="49"/>
     </row>
-    <row r="42" spans="1:46" s="25" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-      <c r="AI42" s="26"/>
+    <row r="43" spans="1:46" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="46"/>
+      <c r="J43" s="46"/>
+      <c r="K43" s="46"/>
+      <c r="L43" s="46"/>
+      <c r="M43" s="46"/>
+      <c r="N43" s="46"/>
+      <c r="O43" s="46"/>
+      <c r="P43" s="46"/>
+      <c r="Q43" s="46"/>
+      <c r="R43" s="46"/>
+      <c r="S43" s="46"/>
+      <c r="T43" s="46"/>
+      <c r="U43" s="46"/>
+      <c r="V43" s="46"/>
+      <c r="W43" s="46"/>
+      <c r="X43" s="46"/>
+      <c r="Y43" s="46"/>
+      <c r="Z43" s="46"/>
+      <c r="AA43" s="46"/>
+      <c r="AB43" s="46"/>
+      <c r="AC43" s="46"/>
+      <c r="AD43" s="46"/>
+      <c r="AE43" s="46"/>
+      <c r="AF43" s="46"/>
+      <c r="AG43" s="46"/>
+      <c r="AH43" s="46"/>
+      <c r="AI43" s="46"/>
+      <c r="AJ43" s="46"/>
+      <c r="AK43" s="46"/>
+      <c r="AL43" s="46"/>
+      <c r="AM43" s="46"/>
+      <c r="AN43" s="46"/>
+      <c r="AO43" s="46"/>
+      <c r="AP43" s="46"/>
+      <c r="AQ43" s="46"/>
     </row>
-    <row r="43" spans="1:46" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ43" s="11"/>
+    <row r="44" spans="1:46" s="11" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="12"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="12"/>
+      <c r="E44" s="12"/>
+      <c r="F44" s="12"/>
+      <c r="G44" s="12"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12"/>
+      <c r="L44" s="12"/>
+      <c r="M44" s="12"/>
+      <c r="N44" s="12"/>
+      <c r="O44" s="12"/>
+      <c r="P44" s="12"/>
+      <c r="Q44" s="12"/>
+      <c r="R44" s="13"/>
+      <c r="S44" s="12"/>
+      <c r="T44" s="12"/>
+      <c r="U44" s="12"/>
+      <c r="V44" s="12"/>
+      <c r="W44" s="12"/>
+      <c r="X44" s="12"/>
+      <c r="Y44" s="12"/>
+      <c r="Z44" s="12"/>
+      <c r="AA44" s="12"/>
+      <c r="AB44" s="12"/>
+      <c r="AC44" s="12"/>
+      <c r="AD44" s="12"/>
+      <c r="AE44" s="12"/>
+      <c r="AF44" s="12"/>
+      <c r="AG44" s="12"/>
+      <c r="AH44" s="12"/>
+      <c r="AI44" s="12"/>
     </row>
-    <row r="44" spans="1:46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-      <c r="AP44" s="28"/>
+    <row r="45" spans="1:46" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="47" t="s">
+        <v>42</v>
+      </c>
+      <c r="B45" s="48"/>
+      <c r="C45" s="48"/>
+      <c r="D45" s="48"/>
+      <c r="E45" s="48"/>
+      <c r="F45" s="48"/>
+      <c r="G45" s="48"/>
+      <c r="H45" s="48"/>
+      <c r="I45" s="48"/>
+      <c r="J45" s="48"/>
+      <c r="K45" s="48"/>
+      <c r="L45" s="48"/>
+      <c r="M45" s="48"/>
+      <c r="N45" s="48"/>
+      <c r="O45" s="48"/>
+      <c r="P45" s="48"/>
+      <c r="Q45" s="48"/>
+      <c r="R45" s="48"/>
+      <c r="S45" s="48"/>
+      <c r="T45" s="48"/>
+      <c r="U45" s="48"/>
+      <c r="V45" s="48"/>
+      <c r="W45" s="48"/>
+      <c r="X45" s="48"/>
+      <c r="Y45" s="48"/>
+      <c r="Z45" s="48"/>
+      <c r="AA45" s="48"/>
+      <c r="AB45" s="48"/>
+      <c r="AC45" s="48"/>
+      <c r="AD45" s="48"/>
+      <c r="AE45" s="48"/>
+      <c r="AF45" s="48"/>
+      <c r="AG45" s="48"/>
+      <c r="AH45" s="48"/>
+      <c r="AI45" s="48"/>
+      <c r="AJ45" s="48"/>
+      <c r="AK45" s="48"/>
+      <c r="AL45" s="48"/>
+      <c r="AM45" s="48"/>
+      <c r="AN45" s="48"/>
+      <c r="AO45" s="48"/>
+      <c r="AP45" s="48"/>
+      <c r="AQ45" s="48"/>
     </row>
-    <row r="45" spans="1:46" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="AI45" s="29"/>
+    <row r="46" spans="1:46" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1"/>
+      <c r="H46" s="1"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+      <c r="O46" s="45"/>
+      <c r="P46" s="45"/>
+      <c r="Q46" s="45"/>
+      <c r="R46" s="45"/>
+      <c r="S46" s="45"/>
+      <c r="T46" s="45"/>
+      <c r="U46" s="45"/>
+      <c r="V46" s="45"/>
+      <c r="W46" s="45"/>
+      <c r="X46" s="45"/>
+      <c r="Y46" s="45"/>
+      <c r="Z46" s="45"/>
+      <c r="AA46" s="45"/>
+      <c r="AB46" s="45"/>
+      <c r="AC46" s="45"/>
+      <c r="AD46" s="45"/>
+      <c r="AE46" s="45"/>
+      <c r="AF46" s="1"/>
+      <c r="AG46" s="14"/>
+      <c r="AH46" s="14"/>
+      <c r="AI46" s="14"/>
+      <c r="AK46" s="14"/>
+      <c r="AL46" s="1"/>
+      <c r="AM46" s="1"/>
+      <c r="AN46" s="14"/>
+      <c r="AO46" s="14"/>
+      <c r="AP46" s="14"/>
     </row>
-    <row r="46" spans="1:46" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="X46" s="50"/>
+    <row r="47" spans="1:46" x14ac:dyDescent="0.2">
+      <c r="A47" s="15"/>
+      <c r="B47" s="15"/>
+      <c r="C47" s="15"/>
+      <c r="D47" s="15"/>
+      <c r="E47" s="15"/>
+      <c r="F47" s="15"/>
+      <c r="G47" s="15"/>
+      <c r="H47" s="15"/>
+      <c r="I47" s="15"/>
+      <c r="J47" s="15"/>
+      <c r="K47" s="15"/>
+      <c r="L47" s="15"/>
+      <c r="M47" s="15"/>
+      <c r="N47" s="15"/>
+      <c r="O47" s="15"/>
+      <c r="P47" s="15"/>
+      <c r="Q47" s="15"/>
+      <c r="R47" s="15"/>
+      <c r="S47" s="15"/>
+      <c r="T47" s="15"/>
+      <c r="U47" s="15"/>
+      <c r="V47" s="15"/>
+      <c r="W47" s="15"/>
+      <c r="X47" s="15"/>
+      <c r="Y47" s="15"/>
+      <c r="Z47" s="15"/>
+      <c r="AA47" s="15"/>
+      <c r="AB47" s="15"/>
+      <c r="AC47" s="15"/>
+      <c r="AD47" s="15"/>
+      <c r="AE47" s="15"/>
+      <c r="AF47" s="15"/>
+      <c r="AG47" s="15"/>
+      <c r="AH47" s="15"/>
+      <c r="AI47" s="15"/>
+    </row>
+    <row r="48" spans="1:46" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="36"/>
+      <c r="C48" s="36"/>
+      <c r="D48" s="36"/>
+      <c r="E48" s="36"/>
+      <c r="F48" s="36"/>
+      <c r="G48" s="36"/>
+      <c r="H48" s="36"/>
+      <c r="I48" s="36"/>
+      <c r="J48" s="36"/>
+      <c r="K48" s="36"/>
+      <c r="L48" s="36"/>
+      <c r="M48" s="36"/>
+      <c r="N48" s="36"/>
+      <c r="O48" s="36"/>
+      <c r="P48" s="36"/>
+      <c r="Q48" s="36"/>
+      <c r="R48" s="36"/>
+      <c r="S48" s="36"/>
+      <c r="T48" s="36"/>
+      <c r="U48" s="36"/>
+      <c r="V48" s="36"/>
+      <c r="W48" s="36"/>
+      <c r="X48" s="36"/>
     </row>
   </sheetData>
-  <mergeCells count="45">
-[...6 lines deleted...]
-    <mergeCell ref="A22:A23"/>
+  <mergeCells count="47">
+    <mergeCell ref="A42:AQ42"/>
     <mergeCell ref="C1:AJ1"/>
     <mergeCell ref="C2:AJ2"/>
-    <mergeCell ref="A11:A15"/>
-[...3 lines deleted...]
-    <mergeCell ref="A3:AQ3"/>
+    <mergeCell ref="A12:A16"/>
+    <mergeCell ref="B12:B16"/>
+    <mergeCell ref="C12:AG15"/>
+    <mergeCell ref="AJ12:AK15"/>
     <mergeCell ref="A4:AQ4"/>
+    <mergeCell ref="A5:AQ5"/>
     <mergeCell ref="AK1:AQ1"/>
-    <mergeCell ref="A10:AQ10"/>
-[...6 lines deleted...]
-    <mergeCell ref="B5:Q5"/>
+    <mergeCell ref="A11:AQ11"/>
+    <mergeCell ref="AP12:AQ13"/>
+    <mergeCell ref="AP14:AP16"/>
+    <mergeCell ref="AQ14:AQ16"/>
+    <mergeCell ref="AN12:AO13"/>
+    <mergeCell ref="AH12:AH15"/>
+    <mergeCell ref="AI12:AI15"/>
+    <mergeCell ref="A29:AQ29"/>
+    <mergeCell ref="AL12:AL16"/>
+    <mergeCell ref="AM12:AM16"/>
+    <mergeCell ref="AN14:AN16"/>
+    <mergeCell ref="AO14:AO16"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="B17:AQ17"/>
+    <mergeCell ref="B19:AQ19"/>
+    <mergeCell ref="B21:AQ21"/>
+    <mergeCell ref="B23:AQ23"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="A19:A20"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="A23:A24"/>
+    <mergeCell ref="C3:AJ3"/>
+    <mergeCell ref="O46:AE46"/>
+    <mergeCell ref="A37:AM37"/>
+    <mergeCell ref="A43:AQ43"/>
+    <mergeCell ref="A45:AQ45"/>
+    <mergeCell ref="A38:AH38"/>
+    <mergeCell ref="A41:AQ41"/>
     <mergeCell ref="B6:Q6"/>
-    <mergeCell ref="A25:AG25"/>
-[...4 lines deleted...]
-    <mergeCell ref="A26:AQ26"/>
+    <mergeCell ref="B7:Q7"/>
+    <mergeCell ref="A26:AG26"/>
+    <mergeCell ref="A34:AM34"/>
+    <mergeCell ref="A36:AM36"/>
+    <mergeCell ref="A25:AI25"/>
+    <mergeCell ref="A35:AQ35"/>
     <mergeCell ref="A27:AQ27"/>
     <mergeCell ref="A28:AQ28"/>
-    <mergeCell ref="AL11:AL15"/>
-[...10 lines deleted...]
-    <mergeCell ref="A40:AQ40"/>
   </mergeCells>
-  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.118110236220472" right="0.118110236220472" top="0.74803149606299202" bottom="0.35433070866141703" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup paperSize="9" scale="59" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>