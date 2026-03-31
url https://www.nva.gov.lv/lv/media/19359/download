--- v0 (2025-10-10)
+++ v1 (2026-03-31)
@@ -1,154 +1,212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lm.local\nva\nvashare\NVA_Pasakumi\Projekts_ANM_PPP\KOMANDAS\APDD_Mobilitātes_komanda\KRG process 03.04.2024 un INA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\inese.sleine\Desktop\Mājaslapa\Mājaslapa 19.03.2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{974C7FB2-98DB-4904-9524-20669BF6E454}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Apmācības plāns" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <customWorkbookViews>
     <customWorkbookView name="Līga Vestfāle - Personal View" guid="{34CE287E-32C5-46DB-8523-755E625CBD80}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-8" windowWidth="1936" windowHeight="1048" activeSheetId="1"/>
     <customWorkbookView name="Iveta Žvagiņa - Personal View" guid="{C38B0010-CADD-474A-B3BF-2470CD0DAA93}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-11" windowWidth="1942" windowHeight="1042" activeSheetId="1"/>
     <customWorkbookView name="Karina Opaleva - Personal View" guid="{EB21ED42-DCA6-497E-B49E-705670E26AB0}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-8" windowWidth="1696" windowHeight="1036" activeSheetId="1"/>
     <customWorkbookView name="Anda Skudra - Personal View" guid="{A86752B6-E60F-4620-8419-C04748081ABD}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-11" windowWidth="1942" windowHeight="1064" activeSheetId="1"/>
     <customWorkbookView name="Sergejs Eizans - Personal View" guid="{7FD3919A-3633-4106-85D4-389A9DCF916C}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-8" windowWidth="1696" windowHeight="1036" activeSheetId="1"/>
     <customWorkbookView name="Kristine Mikelsone - Personal View" guid="{0673BA22-9B9F-4CB1-8D75-092E5E341B11}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-8" windowWidth="1696" windowHeight="1036" activeSheetId="1"/>
     <customWorkbookView name="Evija Troņenkova - Personal View" guid="{15363BA2-F7D3-442C-92E2-7AEC0E4A53AA}" mergeInterval="0" personalView="1" maximized="1" xWindow="240" yWindow="-9" windowWidth="1938" windowHeight="1038" activeSheetId="1"/>
   </customWorkbookViews>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="17">
+  <si>
+    <t>Darba devējs:_________________________________________</t>
+  </si>
+  <si>
+    <t>Apgūstamā profesija(s):_________________________________</t>
+  </si>
   <si>
     <t>Apmācības mērķis un uzdevumi:__________________________</t>
   </si>
   <si>
     <t>(Darba devēja paraksts, tā atšifrējums, datums)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">mēnesis
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> (nosaukums)</t>
     </r>
   </si>
   <si>
     <t>Mēnesis (paredzēto stundu skaits (1 stunda=60 min.))</t>
   </si>
   <si>
     <t>KOPĀ:</t>
   </si>
   <si>
-    <t>(AF projekts „Prasmju pilnveide pieaugušajiem” Nr.3.1.2.5.i.0/1/23/I/CFLA/001)</t>
+    <t>(Apmācāmā paraksts, tā atšifrējums, datums)</t>
   </si>
   <si>
     <t>Praktisko mācību saturs, īss apraksts</t>
   </si>
   <si>
+    <t>Klientu skaits________</t>
+  </si>
+  <si>
     <t>Apstiprinu:</t>
   </si>
   <si>
-    <t>1.pielikums</t>
-[...5 lines deleted...]
-  <si>
     <t>Aktīvā nodarbinātības pasākuma “Apmācība pie darba devēja” mācību plāns</t>
   </si>
   <si>
-    <t>Klientu skaits: ________</t>
-[...1 lines deleted...]
-  <si>
     <r>
-      <t>Darba devējs:</t>
+      <t xml:space="preserve">Iepazinos: </t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <vertAlign val="superscript"/>
         <sz val="12"/>
+        <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>_________________________________________</t>
+      <t>2</t>
     </r>
   </si>
   <si>
-    <t>Apgūstamā profesija:_________________________________</t>
+    <t>Pielikums pasākuma “Apmācība pie darba devēja” īstenošanas pieteikumam / līgumam</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(ESF Plus projekts “Atbalsts pieaugušo izglītībai” Nr. 4.3.3.1/1/26/I/001) </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Ja dokuments ir līguma pielikums, apmācāmais apliecina iepazīšanos ar mācību plānu ar savu parakstu, norādot paraksta atšifrējumu un datumu. Ja dokuments ir pieteikuma pielikums, attiecīgās sadaļas parakstīšana nav nepieciešama. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Atsauci uz ESF Plus projektu “Atbalsts pieaugušo izglītībai” Nr. 4.3.3.1/1/26/I/001 nenorāda  Līgumiem, kas paredz sniegt de minimis atbalstu saskaņā ar   Komisijas 2013. gada 18. decembra Regulu (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam lauksaimniecības nozarē.  </t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="11" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -176,52 +234,66 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FFFF0000"/>
+      <vertAlign val="superscript"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
@@ -238,64 +310,64 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
@@ -308,131 +380,139 @@
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="right" wrapText="1"/>
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -487,85 +567,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -701,434 +815,494 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M30"/>
+  <dimension ref="A1:M33"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G29" sqref="G29"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A29" sqref="A29:G31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6" style="14" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="14"/>
+    <col min="1" max="1" width="6" style="15" customWidth="1"/>
+    <col min="2" max="2" width="12.85546875" style="15" customWidth="1"/>
+    <col min="3" max="3" width="41" style="15" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" style="15" customWidth="1"/>
+    <col min="5" max="5" width="12.42578125" style="15" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" style="15" customWidth="1"/>
+    <col min="7" max="7" width="11.5703125" style="15" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="G2" s="21"/>
+    <row r="1" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="19"/>
+      <c r="B1" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1" s="27"/>
+      <c r="D1" s="27"/>
+      <c r="E1" s="27"/>
+      <c r="F1" s="27"/>
+      <c r="G1" s="27"/>
+    </row>
+    <row r="2" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="19"/>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
     </row>
     <row r="3" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="22" t="s">
-[...7 lines deleted...]
-      <c r="G3" s="22"/>
+      <c r="A3" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="5"/>
       <c r="M3" s="5"/>
     </row>
-    <row r="4" spans="1:13" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G4" s="33"/>
+    <row r="4" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="35"/>
+      <c r="B4" s="36"/>
+      <c r="C4" s="36"/>
+      <c r="D4" s="36"/>
+      <c r="E4" s="36"/>
+      <c r="F4" s="36"/>
+      <c r="G4" s="36"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="F6" s="2"/>
+    <row r="5" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="35"/>
+      <c r="C5" s="35"/>
+      <c r="D5" s="35"/>
+      <c r="E5" s="35"/>
+      <c r="F5" s="35"/>
+      <c r="G5" s="35"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="5"/>
+    </row>
+    <row r="6" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
       <c r="G6" s="1"/>
     </row>
     <row r="7" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="1"/>
+      <c r="B7" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
       <c r="G7" s="1"/>
     </row>
     <row r="8" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="23" t="s">
-[...6 lines deleted...]
-      <c r="G8" s="23"/>
+      <c r="B8" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1"/>
     </row>
     <row r="9" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="6" t="s">
-[...6 lines deleted...]
-      <c r="G9" s="1"/>
+      <c r="B9" s="29" t="s">
+        <v>2</v>
+      </c>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
+      <c r="F9" s="29"/>
+      <c r="G9" s="29"/>
     </row>
     <row r="10" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="3"/>
-[...35 lines deleted...]
-      <c r="B13" s="34"/>
+      <c r="B10" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="6"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+    </row>
+    <row r="11" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+    </row>
+    <row r="12" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="32"/>
+      <c r="D12" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="E12" s="30"/>
+      <c r="F12" s="30"/>
+      <c r="G12" s="25"/>
+    </row>
+    <row r="13" spans="1:13" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="33"/>
       <c r="C13" s="34"/>
-      <c r="D13" s="4"/>
-[...6 lines deleted...]
-      <c r="C14" s="34"/>
+      <c r="D13" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="F13" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="G13" s="13" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="20"/>
+      <c r="C14" s="20"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="B15" s="34"/>
-      <c r="C15" s="34"/>
+      <c r="B15" s="20"/>
+      <c r="C15" s="20"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
     </row>
-    <row r="16" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C16" s="34"/>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B16" s="20"/>
+      <c r="C16" s="20"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
     </row>
-    <row r="17" spans="2:7" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C17" s="34"/>
+    <row r="17" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="20"/>
+      <c r="C17" s="20"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
     </row>
-    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C18" s="34"/>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B18" s="20"/>
+      <c r="C18" s="20"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
     </row>
-    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="22" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="20"/>
+      <c r="C19" s="20"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="25"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="8"/>
+      <c r="G20" s="8"/>
+    </row>
+    <row r="21" spans="1:7" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B21" s="7"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="1" t="s">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="F22" s="16"/>
+        <v>10</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="17"/>
+      <c r="E22" s="17"/>
+      <c r="F22" s="17"/>
       <c r="G22" s="1"/>
     </row>
-    <row r="23" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="1"/>
-      <c r="C23" s="31" t="s">
-[...7 lines deleted...]
-    <row r="24" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C23" s="23" t="s">
+        <v>3</v>
+      </c>
+      <c r="D23" s="23"/>
+      <c r="E23" s="23"/>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23"/>
+    </row>
+    <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="1"/>
-      <c r="C24" s="17"/>
-[...6 lines deleted...]
-      <c r="B25" s="13"/>
+      <c r="C24" s="18"/>
+      <c r="D24" s="18"/>
+      <c r="E24" s="18"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="18"/>
+    </row>
+    <row r="25" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B25" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="9"/>
       <c r="F25" s="9"/>
-      <c r="G25" s="9"/>
-[...5 lines deleted...]
-      <c r="C30" s="18"/>
+      <c r="G25" s="10"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="C26" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" s="22"/>
+      <c r="C29" s="22"/>
+      <c r="D29" s="22"/>
+      <c r="E29" s="22"/>
+      <c r="F29" s="22"/>
+      <c r="G29" s="22"/>
+    </row>
+    <row r="30" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="22"/>
+      <c r="B30" s="22"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="22"/>
+      <c r="E30" s="22"/>
+      <c r="F30" s="22"/>
+      <c r="G30" s="22"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="22"/>
+      <c r="B31" s="22"/>
+      <c r="C31" s="22"/>
+      <c r="D31" s="22"/>
+      <c r="E31" s="22"/>
+      <c r="F31" s="22"/>
+      <c r="G31" s="22"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" s="21"/>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21"/>
+      <c r="F32" s="21"/>
+      <c r="G32" s="21"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="21"/>
+      <c r="B33" s="21"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="21"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{34CE287E-32C5-46DB-8523-755E625CBD80}" showPageBreaks="1" fitToPage="1" view="pageLayout">
       <selection activeCell="I6" sqref="I6"/>
-      <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.43307086614173229" header="0.19685039370078741" footer="0.19685039370078741"/>
+      <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.43307086614173201" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
       <headerFooter scaleWithDoc="0" alignWithMargins="0">
         <oddHeader>&amp;CPage &amp;P</oddHeader>
         <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K09-015KRG_4.2.17_.....pielikums_... versija___.__.2023.</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{C38B0010-CADD-474A-B3BF-2470CD0DAA93}" showPageBreaks="1" fitToPage="1" view="pageLayout" topLeftCell="A25">
       <selection activeCell="B21" sqref="B21:I21"/>
-      <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.43307086614173229" header="0.19685039370078741" footer="0.19685039370078741"/>
+      <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.43307086614173201" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
       <headerFooter scaleWithDoc="0" alignWithMargins="0">
         <oddHeader>&amp;CPage &amp;P</oddHeader>
         <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K09-016KRG_4.2.17_5.1.pielikums_6. versija_28.01.2021.</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{EB21ED42-DCA6-497E-B49E-705670E26AB0}" showPageBreaks="1" fitToPage="1" topLeftCell="A4">
       <selection activeCell="L29" sqref="L29"/>
       <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.196850393700787" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId3"/>
       <headerFooter>
         <oddFooter>&amp;CKRG_4.2.17._5.1.pielikums_6.versija __.__.2021</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{A86752B6-E60F-4620-8419-C04748081ABD}" showPageBreaks="1" fitToPage="1">
       <selection activeCell="I31" sqref="I31"/>
       <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.196850393700787" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId4"/>
       <headerFooter>
         <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K09-023KRG_4.2.17_5.1.pielikums_4. versija_  .  .2017.</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{7FD3919A-3633-4106-85D4-389A9DCF916C}" showPageBreaks="1" fitToPage="1" topLeftCell="A4">
       <selection activeCell="B8" sqref="B8:I8"/>
-      <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
+      <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.196850393700787" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId5"/>
       <headerFooter>
         <oddFooter>&amp;C&amp;10&amp;K09-022KRG_4.2.17.nodaļas_5.1.pielikums_3 versija____.___.2016.</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{0673BA22-9B9F-4CB1-8D75-092E5E341B11}" showPageBreaks="1" fitToPage="1">
       <selection activeCell="J13" sqref="J13"/>
-      <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
+      <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.196850393700787" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId6"/>
       <headerFooter>
         <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K09-022KRG_4.2.17_5.1.pielikums_4. versija_16.10.2017.</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{15363BA2-F7D3-442C-92E2-7AEC0E4A53AA}" showPageBreaks="1" fitToPage="1" view="pageLayout">
       <selection activeCell="B21" sqref="B21:I21"/>
-      <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.43307086614173229" header="0.19685039370078741" footer="0.19685039370078741"/>
+      <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.43307086614173201" header="0.196850393700787" footer="0.196850393700787"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId7"/>
       <headerFooter scaleWithDoc="0" alignWithMargins="0">
         <oddHeader>&amp;CPage &amp;P</oddHeader>
         <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K09-016KRG_4.2.17_5.1.pielikums_6. versija_28.01.2021.</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
-  <mergeCells count="14">
-[...3 lines deleted...]
-    <mergeCell ref="B13:C13"/>
+  <mergeCells count="18">
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B16:C16"/>
+    <mergeCell ref="B2:G2"/>
+    <mergeCell ref="B1:G1"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="B9:G9"/>
+    <mergeCell ref="D12:G12"/>
+    <mergeCell ref="B12:C13"/>
+    <mergeCell ref="A5:G5"/>
+    <mergeCell ref="A4:G4"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B18:C18"/>
-    <mergeCell ref="B2:G2"/>
-[...3 lines deleted...]
-    <mergeCell ref="B11:C12"/>
+    <mergeCell ref="B19:C19"/>
+    <mergeCell ref="A32:G33"/>
+    <mergeCell ref="A29:G31"/>
+    <mergeCell ref="C23:G23"/>
+    <mergeCell ref="B20:C20"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
-  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.43307086614173229" header="0.19685039370078741" footer="0.19685039370078741"/>
+  <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.43307086614173201" header="0.196850393700787" footer="0.196850393700787"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId8"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;K09-004KRG_4.2.17_1.pielikums_Pieteikumam ar DD_1. versija 03.04.2024.</oddFooter>
+    <oddFooter>&amp;C&amp;"Arial,Regular"&amp;9&amp;KC00000 4.2.17_15.p._1. v. 19.03.2026.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1255,81 +1429,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B98C3B2-7FCE-424C-B18D-1832565E974D}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD01671A-F788-4054-BC60-968A3D34F846}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B98C3B2-7FCE-424C-B18D-1832565E974D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{949ABBE2-E656-4D7A-8037-56CC59A44906}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Apmācības plāns</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>