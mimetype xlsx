--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -3,79 +3,78 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\baiba.armasevica\Desktop\KPP\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\Documents\KPP_2025\Mājaslapai\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{50BA11CE-FFDA-4F9E-B405-222928E9A3B6}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13470"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="179021"/>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -215,185 +214,129 @@
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
     </r>
   </si>
   <si>
     <t>Veselības veicināšana un stresa mazināšana</t>
   </si>
   <si>
     <t>Visa Latvijas teritorija (attālināti)</t>
   </si>
   <si>
-    <t xml:space="preserve">Veselība un to ietekmējošie faktori . Veselības veicināšana.
+    <t>Veselība un to ietekmējošie faktori . Veselības veicināšana.
 Indivīda uzvedības modelis, ko nosaka sociāli kultūrvēsturiski faktori un indivīda rakstura īpašības.
 Veselīga dzīvesveida uzturēšanas nosacījumu (veselīgs uzturs, fiziskas aktivitātes, kaitīgu ieradumu izskaušana, atkarību prevensija, pozitīva domāšana u.c.)
 Pašizziņas un pašvērtējuma nozīme veselībai labvēlīgas uzvedības īstenošanā
 Veselību ietekmējošo paradumu veidošanās.
 Garīgā pārslodze, fiziskās un psihiskās veselības savstarpējā saistība
-Dzīvesveids, dzīves stils un dzīves kvalitāte.
-[...87 lines deleted...]
-    </r>
+Dzīvesveids, dzīves stils un dzīves kvalitāte.</t>
+  </si>
+  <si>
+    <t>12.01.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>16.01.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>26.01.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>09.02.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>23.02.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>09.03.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>23.03.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>30.01.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>13.02.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>27.02.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>13.03.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>27.03.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>Biedrība Atbalsta un Izaugsmes centrs "Alendum", Lauma Ilsuma, Linda Dzirvinska, Patrīcija Vecvagare</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Plānoto Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2025.gada decembrim, 2026.gada 1.ceturksnim</t>
+  </si>
+  <si>
+    <t>15.12.2025.    no 9:00</t>
+  </si>
+  <si>
+    <t>19.12.2025.   līdz 15:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="28" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
-      <color indexed="8"/>
-[...14 lines deleted...]
-      <sz val="14"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -528,177 +471,251 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="4"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF5B9BD5"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...18 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1000,402 +1017,397 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G29"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:G31"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A19" sqref="A19"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G27" sqref="G27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="25"/>
-[...4 lines deleted...]
-      <c r="F1" s="25"/>
+      <c r="A1" s="26"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="25"/>
-[...4 lines deleted...]
-      <c r="F2" s="25"/>
+      <c r="A2" s="26"/>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="25"/>
-[...4 lines deleted...]
-      <c r="F3" s="25"/>
+      <c r="A3" s="26"/>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="26"/>
+      <c r="F3" s="26"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="25"/>
-[...4 lines deleted...]
-      <c r="F4" s="25"/>
+      <c r="A4" s="26"/>
+      <c r="B4" s="26"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="25"/>
-[...4 lines deleted...]
-      <c r="F5" s="25"/>
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="26"/>
+      <c r="F5" s="26"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="25"/>
-[...4 lines deleted...]
-      <c r="F6" s="25"/>
+      <c r="A6" s="26"/>
+      <c r="B6" s="26"/>
+      <c r="C6" s="26"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="26"/>
+      <c r="F6" s="26"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="25"/>
-[...4 lines deleted...]
-      <c r="F7" s="25"/>
+      <c r="A7" s="26"/>
+      <c r="B7" s="26"/>
+      <c r="C7" s="26"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="26"/>
     </row>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="25"/>
-[...4 lines deleted...]
-      <c r="F8" s="25"/>
+      <c r="A8" s="26"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A9" s="25"/>
-[...5 lines deleted...]
-      <c r="G9" s="21">
+      <c r="A9" s="26"/>
+      <c r="B9" s="26"/>
+      <c r="C9" s="26"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="26"/>
+      <c r="F9" s="26"/>
+      <c r="G9" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="29" t="s">
+      <c r="A10" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="29"/>
-[...4 lines deleted...]
-      <c r="G10" s="19"/>
+      <c r="B10" s="30"/>
+      <c r="C10" s="30"/>
+      <c r="D10" s="30"/>
+      <c r="E10" s="30"/>
+      <c r="F10" s="30"/>
+      <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="28" t="s">
+      <c r="A11" s="29" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="28"/>
-[...4 lines deleted...]
-      <c r="G11" s="20">
+      <c r="B11" s="29"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="29"/>
+      <c r="E11" s="29"/>
+      <c r="F11" s="29"/>
+      <c r="G11" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="26" t="s">
+      <c r="A13" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="26"/>
-[...4 lines deleted...]
-      <c r="G13" s="26"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27"/>
+      <c r="G13" s="27"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="27" t="s">
+      <c r="A14" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="27"/>
-[...13 lines deleted...]
-      <c r="G15" s="23"/>
+      <c r="B14" s="28"/>
+      <c r="C14" s="28"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="28"/>
+      <c r="F14" s="28"/>
+      <c r="G14" s="28"/>
+    </row>
+    <row r="15" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="22"/>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="F15" s="22"/>
+      <c r="G15" s="22"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
-      <c r="D16" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" s="25"/>
+      <c r="F16" s="24"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="1" customFormat="1" ht="242.25" x14ac:dyDescent="0.25">
-      <c r="A19" s="18" t="s">
+    <row r="19" spans="1:7" s="23" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B19" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="37" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" s="31">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B19" s="18" t="s">
+      <c r="B20" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C19" s="18" t="s">
+      <c r="C20" s="32"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="38"/>
+      <c r="G20" s="32"/>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="D19" s="18" t="s">
-[...13 lines deleted...]
-      <c r="A20" s="18" t="s">
+      <c r="B21" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="32"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="35"/>
+      <c r="F21" s="38"/>
+      <c r="G21" s="32"/>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="B20" s="18" t="s">
+      <c r="B22" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="32"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="35"/>
+      <c r="F22" s="38"/>
+      <c r="G22" s="32"/>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="18" t="s">
+      <c r="B23" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="32"/>
+      <c r="D23" s="32"/>
+      <c r="E23" s="35"/>
+      <c r="F23" s="38"/>
+      <c r="G23" s="32"/>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="D20" s="18" t="s">
-[...13 lines deleted...]
-      <c r="A21" s="18" t="s">
+      <c r="B24" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="32"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="35"/>
+      <c r="F24" s="38"/>
+      <c r="G24" s="32"/>
+    </row>
+    <row r="25" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="B21" s="18" t="s">
-[...45 lines deleted...]
-      <c r="B23" s="18" t="s">
+      <c r="B25" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="18" t="s">
-[...19 lines deleted...]
-      <c r="A25" s="14" t="s">
+      <c r="C25" s="33"/>
+      <c r="D25" s="33"/>
+      <c r="E25" s="36"/>
+      <c r="F25" s="39"/>
+      <c r="G25" s="33"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F26" s="3"/>
+    </row>
+    <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="14"/>
-[...14 lines deleted...]
-      <c r="A27" s="17" t="s">
+      <c r="B27" s="14"/>
+      <c r="C27" s="15"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="9"/>
+      <c r="F27" s="11"/>
+    </row>
+    <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="14"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="11"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B27" s="7"/>
-[...5 lines deleted...]
-      <c r="A28" s="17" t="s">
+      <c r="B29" s="7"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="B28" s="7"/>
-[...9 lines deleted...]
-      <c r="E29" s="13"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="10">
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
+    <mergeCell ref="C19:C25"/>
+    <mergeCell ref="D19:D25"/>
+    <mergeCell ref="E19:E25"/>
+    <mergeCell ref="F19:F25"/>
+    <mergeCell ref="G19:G25"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
@@ -1610,60 +1622,60 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>