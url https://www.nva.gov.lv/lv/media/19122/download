--- v1 (2025-12-16)
+++ v2 (2026-01-27)
@@ -3,78 +3,79 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mariteca\Documents\KPP_2025\Mājaslapai\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\baiba.armasevica\Desktop\KPP\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DEE1FA0-E73F-49BF-89FC-05020CB9D074}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13470"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="179021"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -262,63 +263,57 @@
   <si>
     <t>09.03.2026.    no 9:00</t>
   </si>
   <si>
     <t>23.03.2026.    no 9:00</t>
   </si>
   <si>
     <t>30.01.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>13.02.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>27.02.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>13.03.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>27.03.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>Biedrība Atbalsta un Izaugsmes centrs "Alendum", Lauma Ilsuma, Linda Dzirvinska, Patrīcija Vecvagare</t>
   </si>
   <si>
-    <t xml:space="preserve"> Plānoto Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2025.gada decembrim, 2026.gada 1.ceturksnim</t>
-[...5 lines deleted...]
-    <t>19.12.2025.   līdz 15:50</t>
+    <t xml:space="preserve"> Plānoto Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026.gada 1.ceturksnim</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
@@ -1017,55 +1012,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G31"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:G30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G27" sqref="G27"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C19" sqref="C19:C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="26"/>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="26"/>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
       <c r="D2" s="26"/>
@@ -1205,245 +1200,223 @@
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="23" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="23" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="17" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="C19" s="31" t="s">
         <v>29</v>
       </c>
       <c r="D19" s="31" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="34" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="37" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="31">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="17" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C20" s="32"/>
       <c r="D20" s="32"/>
       <c r="E20" s="35"/>
       <c r="F20" s="38"/>
       <c r="G20" s="32"/>
     </row>
     <row r="21" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C21" s="32"/>
       <c r="D21" s="32"/>
       <c r="E21" s="35"/>
       <c r="F21" s="38"/>
       <c r="G21" s="32"/>
     </row>
     <row r="22" spans="1:7" s="1" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="17" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C22" s="32"/>
       <c r="D22" s="32"/>
       <c r="E22" s="35"/>
       <c r="F22" s="38"/>
       <c r="G22" s="32"/>
     </row>
     <row r="23" spans="1:7" s="1" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="17" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C23" s="32"/>
       <c r="D23" s="32"/>
       <c r="E23" s="35"/>
       <c r="F23" s="38"/>
       <c r="G23" s="32"/>
     </row>
     <row r="24" spans="1:7" s="1" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>27</v>
-[...11 lines deleted...]
-      <c r="B25" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C25" s="33"/>
-[...6 lines deleted...]
-      <c r="F26" s="3"/>
+      <c r="C24" s="33"/>
+      <c r="D24" s="33"/>
+      <c r="E24" s="36"/>
+      <c r="F24" s="39"/>
+      <c r="G24" s="33"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F25" s="3"/>
+    </row>
+    <row r="26" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" s="14"/>
+      <c r="C26" s="15"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="11"/>
     </row>
     <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A27" s="14"/>
       <c r="B27" s="14"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="9"/>
       <c r="F27" s="11"/>
     </row>
-    <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F28" s="11"/>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="7"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A30" s="16" t="s">
-[...12 lines deleted...]
-      <c r="E31" s="13"/>
+      <c r="A30" s="12"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="C19:C24"/>
+    <mergeCell ref="D19:D24"/>
+    <mergeCell ref="E19:E24"/>
+    <mergeCell ref="F19:F24"/>
+    <mergeCell ref="G19:G24"/>
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
-    <mergeCell ref="C19:C25"/>
-[...3 lines deleted...]
-    <mergeCell ref="G19:G25"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1570,120 +1543,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>