--- v2 (2026-01-27)
+++ v3 (2026-02-28)
@@ -11,71 +11,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\baiba.armasevica\Desktop\KPP\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DEE1FA0-E73F-49BF-89FC-05020CB9D074}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{14FB2753-35AA-4F64-B962-C6BA94BF05B5}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9105" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftn3" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref2" localSheetId="0">Sheet1!#REF!</definedName>
     <definedName name="_ftnref3" localSheetId="0">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
     <t>Īsa anotācija</t>
   </si>
   <si>
     <t>Norises vietas adrese</t>
   </si>
   <si>
     <t>Akadēmisko stundu skaits</t>
   </si>
   <si>
     <t>Nodarbību  nosaukums</t>
   </si>
   <si>
     <t>(filiāles nosaukums)</t>
   </si>
   <si>
     <t>Pasākuma īstenotāja nosaukums un Pakalpojuma sniedzēja
 vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nodarbību sākuma datums </t>
     </r>
     <r>
       <rPr>
@@ -224,90 +224,96 @@
         <sz val="9"/>
         <color theme="4"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Šo norādi lieto, ja pasākuma īstenošana notiek AF projekta "Prasmju pilnveide pieaugušajiem" Nr.3.1.2.5.i.0/1/23/I/CFLA/001 ietvaros.</t>
     </r>
   </si>
   <si>
     <t>Veselības veicināšana un stresa mazināšana</t>
   </si>
   <si>
     <t>Visa Latvijas teritorija (attālināti)</t>
   </si>
   <si>
     <t>Veselība un to ietekmējošie faktori . Veselības veicināšana.
 Indivīda uzvedības modelis, ko nosaka sociāli kultūrvēsturiski faktori un indivīda rakstura īpašības.
 Veselīga dzīvesveida uzturēšanas nosacījumu (veselīgs uzturs, fiziskas aktivitātes, kaitīgu ieradumu izskaušana, atkarību prevensija, pozitīva domāšana u.c.)
 Pašizziņas un pašvērtējuma nozīme veselībai labvēlīgas uzvedības īstenošanā
 Veselību ietekmējošo paradumu veidošanās.
 Garīgā pārslodze, fiziskās un psihiskās veselības savstarpējā saistība
 Dzīvesveids, dzīves stils un dzīves kvalitāte.</t>
   </si>
   <si>
-    <t>12.01.2026.    no 9:00</t>
-[...7 lines deleted...]
-  <si>
     <t>09.02.2026.    no 9:00</t>
   </si>
   <si>
     <t>23.02.2026.    no 9:00</t>
   </si>
   <si>
     <t>09.03.2026.    no 9:00</t>
   </si>
   <si>
     <t>23.03.2026.    no 9:00</t>
   </si>
   <si>
-    <t>30.01.2026.   līdz 15:50</t>
-[...1 lines deleted...]
-  <si>
     <t>13.02.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>27.02.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>13.03.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>27.03.2026.   līdz 15:50</t>
   </si>
   <si>
     <t>Biedrība Atbalsta un Izaugsmes centrs "Alendum", Lauma Ilsuma, Linda Dzirvinska, Patrīcija Vecvagare</t>
   </si>
   <si>
-    <t xml:space="preserve"> Plānoto Konkurētspējas paaugstināšanas pasākumu nodarbību plāns 2026.gada 1.ceturksnim</t>
+    <t xml:space="preserve"> Plānoto Konkurētspējas paaugstināšanas pasākumu nodarbību plāns Februārim, Martam, Aprīlim, Maijam</t>
+  </si>
+  <si>
+    <t>13.04.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>17.04.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>11.05.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>15.05.2026.   līdz 15:50</t>
+  </si>
+  <si>
+    <t>25.05.2026.    no 9:00</t>
+  </si>
+  <si>
+    <t>29.05.2026.   līdz 15:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color indexed="8"/>
@@ -626,91 +632,91 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1013,410 +1019,436 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G30"/>
+  <dimension ref="A1:G31"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C19" sqref="C19:C24"/>
+      <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="33.85546875" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" customWidth="1"/>
     <col min="6" max="6" width="34" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="26"/>
-[...4 lines deleted...]
-      <c r="F1" s="26"/>
+      <c r="A1" s="35"/>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="26"/>
-[...4 lines deleted...]
-      <c r="F2" s="26"/>
+      <c r="A2" s="35"/>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="26"/>
-[...4 lines deleted...]
-      <c r="F3" s="26"/>
+      <c r="A3" s="35"/>
+      <c r="B3" s="35"/>
+      <c r="C3" s="35"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="35"/>
+      <c r="F3" s="35"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="26"/>
-[...4 lines deleted...]
-      <c r="F4" s="26"/>
+      <c r="A4" s="35"/>
+      <c r="B4" s="35"/>
+      <c r="C4" s="35"/>
+      <c r="D4" s="35"/>
+      <c r="E4" s="35"/>
+      <c r="F4" s="35"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5" s="26"/>
-[...4 lines deleted...]
-      <c r="F5" s="26"/>
+      <c r="A5" s="35"/>
+      <c r="B5" s="35"/>
+      <c r="C5" s="35"/>
+      <c r="D5" s="35"/>
+      <c r="E5" s="35"/>
+      <c r="F5" s="35"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6" s="26"/>
-[...4 lines deleted...]
-      <c r="F6" s="26"/>
+      <c r="A6" s="35"/>
+      <c r="B6" s="35"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+      <c r="E6" s="35"/>
+      <c r="F6" s="35"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="26"/>
-[...4 lines deleted...]
-      <c r="F7" s="26"/>
+      <c r="A7" s="35"/>
+      <c r="B7" s="35"/>
+      <c r="C7" s="35"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="35"/>
+      <c r="F7" s="35"/>
     </row>
     <row r="8" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A8" s="26"/>
-[...4 lines deleted...]
-      <c r="F8" s="26"/>
+      <c r="A8" s="35"/>
+      <c r="B8" s="35"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="35"/>
+      <c r="F8" s="35"/>
       <c r="G8" s="6"/>
     </row>
     <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A9" s="26"/>
-[...4 lines deleted...]
-      <c r="F9" s="26"/>
+      <c r="A9" s="35"/>
+      <c r="B9" s="35"/>
+      <c r="C9" s="35"/>
+      <c r="D9" s="35"/>
+      <c r="E9" s="35"/>
+      <c r="F9" s="35"/>
       <c r="G9" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="30" t="s">
+      <c r="A10" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="30"/>
-[...3 lines deleted...]
-      <c r="F10" s="30"/>
+      <c r="B10" s="39"/>
+      <c r="C10" s="39"/>
+      <c r="D10" s="39"/>
+      <c r="E10" s="39"/>
+      <c r="F10" s="39"/>
       <c r="G10" s="18"/>
     </row>
     <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="29" t="s">
+      <c r="A11" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="29"/>
-[...3 lines deleted...]
-      <c r="F11" s="29"/>
+      <c r="B11" s="38"/>
+      <c r="C11" s="38"/>
+      <c r="D11" s="38"/>
+      <c r="E11" s="38"/>
+      <c r="F11" s="38"/>
       <c r="G11" s="19">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="C12" s="9"/>
       <c r="D12" s="10"/>
       <c r="E12" s="9"/>
     </row>
     <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="27" t="s">
+      <c r="A13" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="27"/>
-[...4 lines deleted...]
-      <c r="G13" s="27"/>
+      <c r="B13" s="36"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="36"/>
+      <c r="E13" s="36"/>
+      <c r="F13" s="36"/>
+      <c r="G13" s="36"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B14" s="28"/>
-[...4 lines deleted...]
-      <c r="G14" s="28"/>
+      <c r="B14" s="37"/>
+      <c r="C14" s="37"/>
+      <c r="D14" s="37"/>
+      <c r="E14" s="37"/>
+      <c r="F14" s="37"/>
+      <c r="G14" s="37"/>
     </row>
     <row r="15" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="22"/>
       <c r="B15" s="22"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="22"/>
       <c r="G15" s="22"/>
     </row>
     <row r="16" spans="1:7" ht="19.5" x14ac:dyDescent="0.25">
       <c r="B16" s="25"/>
       <c r="C16" s="25"/>
       <c r="D16" s="24" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E16" s="25"/>
       <c r="F16" s="24"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F17" s="2"/>
     </row>
     <row r="18" spans="1:7" s="5" customFormat="1" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="23" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="D19" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="E19" s="34" t="s">
+      <c r="E19" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="F19" s="37" t="s">
+      <c r="F19" s="32" t="s">
         <v>16</v>
       </c>
-      <c r="G19" s="31">
+      <c r="G19" s="26">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="17" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-      <c r="G20" s="32"/>
+        <v>22</v>
+      </c>
+      <c r="C20" s="27"/>
+      <c r="D20" s="27"/>
+      <c r="E20" s="30"/>
+      <c r="F20" s="33"/>
+      <c r="G20" s="27"/>
     </row>
     <row r="21" spans="1:7" s="1" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-      <c r="G21" s="32"/>
+        <v>23</v>
+      </c>
+      <c r="C21" s="27"/>
+      <c r="D21" s="27"/>
+      <c r="E21" s="30"/>
+      <c r="F21" s="33"/>
+      <c r="G21" s="27"/>
     </row>
     <row r="22" spans="1:7" s="1" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="17" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-      <c r="G22" s="32"/>
+        <v>24</v>
+      </c>
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="30"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="27"/>
     </row>
     <row r="23" spans="1:7" s="1" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="17" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-    <row r="24" spans="1:7" s="1" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="C23" s="27"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="30"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="27"/>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>28</v>
-[...11 lines deleted...]
-      <c r="A26" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="27"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="30"/>
+      <c r="F24" s="33"/>
+      <c r="G24" s="27"/>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="28"/>
+      <c r="D25" s="28"/>
+      <c r="E25" s="31"/>
+      <c r="F25" s="34"/>
+      <c r="G25" s="28"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F26" s="3"/>
+    </row>
+    <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="B26" s="14"/>
-[...6 lines deleted...]
-      <c r="A27" s="14"/>
       <c r="B27" s="14"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="9"/>
       <c r="F27" s="11"/>
     </row>
-    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E28" s="8"/>
+    <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="14"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="11"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A30" s="12"/>
-[...3 lines deleted...]
-      <c r="E30" s="13"/>
+      <c r="A30" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="B30" s="7"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="C19:C24"/>
-[...3 lines deleted...]
-    <mergeCell ref="G19:G24"/>
     <mergeCell ref="A1:F9"/>
     <mergeCell ref="A13:G13"/>
     <mergeCell ref="A14:G14"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A10:F10"/>
+    <mergeCell ref="C19:C25"/>
+    <mergeCell ref="D19:D25"/>
+    <mergeCell ref="E19:E25"/>
+    <mergeCell ref="F19:F25"/>
+    <mergeCell ref="G19:G25"/>
   </mergeCells>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1543,129 +1575,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">39</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1D98A76-8033-4B57-BE01-514C8D416FBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EDF0499-FB6A-43CC-B890-95BBD8F9D61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{539C29A3-03BA-45EC-9C09-98D6F2F8F8E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD175224-4051-462D-A831-4FD2801F3C0C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>