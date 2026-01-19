--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -1,1121 +1,1091 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="001E3804" w:rsidRPr="009659B8" w:rsidRDefault="001E3804" w:rsidP="00DF08BA">
+    <w:p w14:paraId="02F426E7" w14:textId="77777777" w:rsidR="001E3804" w:rsidRPr="009659B8" w:rsidRDefault="001E3804" w:rsidP="00DF08BA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00DF08BA" w:rsidRPr="009659B8" w:rsidRDefault="00DF08BA" w:rsidP="00AB358E">
+    <w:p w14:paraId="02F426E8" w14:textId="77777777" w:rsidR="00DF08BA" w:rsidRPr="009659B8" w:rsidRDefault="00DF08BA" w:rsidP="00AB358E">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB358E" w:rsidRPr="00E361C1" w:rsidRDefault="00BC1C92" w:rsidP="00AB358E">
+    <w:p w14:paraId="02F426E9" w14:textId="77777777" w:rsidR="00AB358E" w:rsidRPr="00E361C1" w:rsidRDefault="00B604E9" w:rsidP="00AB358E">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009659B8">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>APLIECINĀJUMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85284" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00714608">
+    <w:p w14:paraId="02F426EA" w14:textId="77777777" w:rsidR="00D85284" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00714608">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="003542C6" w:rsidRPr="009659B8">
+      <w:r w:rsidR="003542C6" w:rsidRPr="004164C0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>eatbilstībai</w:t>
       </w:r>
-      <w:r w:rsidR="00A20C2E" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00A20C2E" w:rsidRPr="004164C0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> maksātnespējas pazīmēm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85284" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00D85284">
+    <w:p w14:paraId="02F426EB" w14:textId="3A9B340D" w:rsidR="00D85284" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00D85284">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009659B8">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(ESF</w:t>
       </w:r>
-      <w:r w:rsidR="00CC1C8F">
+      <w:r w:rsidR="00CC1C8F" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plus </w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekts „</w:t>
       </w:r>
-      <w:r w:rsidR="00C03B91" w:rsidRPr="00E361C1">
+      <w:r w:rsidR="00C03B91" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D36EFD">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00D36EFD" w:rsidRPr="00D36EFD">
+      <w:r w:rsidR="00E91AEB" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. 4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36EFD" w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk204698678"/>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00D85284" w:rsidRPr="009659B8" w:rsidRDefault="00D85284" w:rsidP="00D85284">
+    <w:p w14:paraId="02F426EC" w14:textId="77777777" w:rsidR="00D85284" w:rsidRPr="004164C0" w:rsidRDefault="00D85284" w:rsidP="00D85284">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A64FD4" w:rsidRPr="009659B8" w:rsidRDefault="00A64FD4" w:rsidP="00A64FD4">
+    <w:p w14:paraId="02F426ED" w14:textId="77777777" w:rsidR="00A64FD4" w:rsidRPr="004164C0" w:rsidRDefault="00A64FD4" w:rsidP="00A64FD4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E361C1" w:rsidRDefault="00BC1C92" w:rsidP="00AA135D">
+    <w:p w14:paraId="02F426EE" w14:textId="605C7AA4" w:rsidR="00E361C1" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00AA135D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidR="00C03B91">
+      <w:r w:rsidR="00C03B91" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidR="00C03B91">
+      <w:r w:rsidR="00C03B91" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
-      <w:r w:rsidR="00FD6FB2">
+      <w:r w:rsidR="00FD6FB2" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidR="00A64FD4" w:rsidRPr="009659B8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C03B91">
+      <w:r w:rsidR="00A64FD4" w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41C0D" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A64FD4" w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>reģ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64FD4" w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41C0D" w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64FD4" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
-      <w:r w:rsidR="00C03B91">
+      <w:r w:rsidR="00C03B91" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
-      <w:r w:rsidR="00A64FD4" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00A64FD4" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E361C1" w:rsidRPr="00E361C1" w:rsidRDefault="00BC1C92" w:rsidP="00AA135D">
+    <w:p w14:paraId="02F426EF" w14:textId="77777777" w:rsidR="00E361C1" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00AA135D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                        </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">(juridiskās personas nosaukums) </w:t>
+        <w:t xml:space="preserve">                                        (juridiskās personas nosaukums) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A64FD4" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00AA135D">
+    <w:p w14:paraId="02F426F0" w14:textId="15F700E1" w:rsidR="00A64FD4" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00AA135D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E361C1">
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(turpmāk – darba devējs)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E361C1" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C03B91" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00C03B91" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecina, ka </w:t>
       </w:r>
-      <w:r w:rsidR="00265B0E" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00265B0E" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darba devējs </w:t>
       </w:r>
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>neatbilst nevienai no šādām pazīmēm</w:t>
       </w:r>
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (atbilstoši Maksātnespējas</w:t>
       </w:r>
-      <w:r w:rsidR="00461ED0" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00461ED0" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> likuma 57</w:t>
       </w:r>
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.pantā noteiktajam)</w:t>
       </w:r>
-      <w:r w:rsidR="00153DB2" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00153DB2" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E122D6" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F1" w14:textId="77777777" w:rsidR="00E122D6" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00E361C1">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
-[...11 lines deleted...]
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piemērojot piespiedu izpildes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>līdzekļus, nav bijis iespējams izpildīt tiesas nolēmumu par parāda piedziņu no parādnieka</w:t>
+      </w:r>
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (darba devēja)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E122D6" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F2" w14:textId="77777777" w:rsidR="00E122D6" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00E361C1">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>parādnieks</w:t>
       </w:r>
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (darba devējs)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – sabiedrība ar ierobežotu atbildību vai akciju sabiedrība – nav nokārtojis vienu vai vairākas parādsaistības, no kurām pama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tparāda summa atsevišķi vai kopā pārsniedz 4268 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
-[...9 lines deleted...]
-        <w:t>s triju nedēļu laikā pēc brīdinājuma nodošanas pasta komersantam nav samaksājis parādu vai nav cēlis pamatotus iebildumus pret prasījumu;</w:t>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un kurām ir iestājies izpildes termiņš, un kreditors vai kreditori ir izsnieguši vai nosūtījuši uz parādnieka juridisko adresi sūtītāja apmaksātu brīdinājumu par savu nodomu iesniegt juridiskās personas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>maksātnespējas procesa pieteikumu, un parādnieks triju nedēļu laikā pēc brīdinājuma nodošanas pasta komersantam nav samaksājis parādu vai nav cēlis pamatotus iebildumus pret prasījumu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E122D6" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F3" w14:textId="77777777" w:rsidR="00E122D6" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00E361C1">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>parādnieks</w:t>
       </w:r>
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (darba devējs)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – cits Maksātnespējas likuma 56.pantā minētai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s subjekts – nav nokārtojis vienu vai vairākas parādsaistības, no kurām pamatparāda summa atsevišķi vai kopā pārsniedz 2134 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
-[...9 lines deleted...]
-        <w:t>ju nedēļu laikā pēc brīdinājuma nodošanas pasta komersantam nav samaksājis parādu vai nav cēlis pamatotus iebildumus pret prasījumu;</w:t>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un kurām ir iestājies izpildes termiņš, un kreditors vai kreditori ir izsnieguši vai nosūtījuši uz parādnieka juridisko adresi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sūtītāja apmaksātu brīdinājumu par savu nodomu iesniegt juridiskās personas maksātnespējas procesa pieteikumu, un parādnieks triju nedēļu laikā pēc brīdinājuma nodošanas pasta komersantam nav samaksājis parādu vai nav cēlis pamatotus iebildumus pret prasīj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>umu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E122D6" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F4" w14:textId="77777777" w:rsidR="00E122D6" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00E361C1">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>parādnieks</w:t>
       </w:r>
-      <w:r w:rsidR="008A02E3" w:rsidRPr="009659B8">
+      <w:r w:rsidR="008A02E3" w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (darba devējs)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> darbā vai arodslimību vai nav veicis sociālās apdrošināšanas obligātās iemaksas divu mēnešu laikā no izmaksai noteiktās dienas. Ja darba līgumā nav noteikta darba samaksas izmaksas diena, uzskatāms, ka šī diena ir nākamā mēneša pirmā darbdiena.</w:t>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nav pilnībā izmaksājis darbiniekam darba samaksu, kaitējuma atlīdzību sakarā ar nelaimes gadījumu darbā vai arodslimību vai nav veicis sociālās apdrošināšanas obligātās iemaksas divu mēnešu laikā no izmaksai noteiktās dienas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ja darba līgumā nav noteikta darba samaksas izmaksas diena, uzskatāms, ka šī diena ir nākamā mēneša pirmā darbdiena.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85DC6" w:rsidRDefault="00D85DC6" w:rsidP="00265B0E">
+    <w:p w14:paraId="02F426F5" w14:textId="77777777" w:rsidR="00D85DC6" w:rsidRPr="004164C0" w:rsidRDefault="00D85DC6" w:rsidP="00265B0E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E361C1" w:rsidRDefault="00E361C1" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F6" w14:textId="77777777" w:rsidR="00E361C1" w:rsidRPr="004164C0" w:rsidRDefault="00E361C1" w:rsidP="00E361C1">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E361C1" w:rsidRDefault="00E361C1" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F7" w14:textId="77777777" w:rsidR="00E361C1" w:rsidRPr="004164C0" w:rsidRDefault="00E361C1" w:rsidP="00E361C1">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E361C1" w:rsidRDefault="00E361C1" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F8" w14:textId="77777777" w:rsidR="00E361C1" w:rsidRPr="004164C0" w:rsidRDefault="00E361C1" w:rsidP="00E361C1">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00265B0E" w:rsidRPr="009659B8" w:rsidRDefault="00BC1C92" w:rsidP="00E361C1">
+    <w:p w14:paraId="02F426F9" w14:textId="77777777" w:rsidR="00265B0E" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00E361C1">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004363EC" w:rsidRPr="00C07E04" w:rsidRDefault="00BC1C92" w:rsidP="004363EC">
+    <w:p w14:paraId="02F426FA" w14:textId="77777777" w:rsidR="004363EC" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="004363EC">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E122D6" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00E122D6" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B93B37">
+      <w:r w:rsidR="00B93B37" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
-      <w:r w:rsidR="00E122D6" w:rsidRPr="009659B8">
+      <w:r w:rsidR="00E122D6" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009659B8">
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(datums)</w:t>
       </w:r>
-      <w:r w:rsidR="00FD6FB2" w:rsidRPr="004363EC">
+      <w:r w:rsidR="00FD6FB2" w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD6FB2">
+        <w:t xml:space="preserve">                                                                                        (vārds, uzvārds)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F426FB" w14:textId="77777777" w:rsidR="004363EC" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="004363EC">
+      <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD6FB2" w:rsidRPr="00C07E04">
+      </w:pPr>
+      <w:r w:rsidRPr="004164C0">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>(vārds, uzvārds)</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004363EC" w:rsidRPr="00C07E04" w:rsidRDefault="00BC1C92" w:rsidP="004363EC">
+    <w:p w14:paraId="02F426FC" w14:textId="77777777" w:rsidR="000173C0" w:rsidRPr="004164C0" w:rsidRDefault="000173C0" w:rsidP="00265B0E">
       <w:pPr>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...51 lines deleted...]
-      </w:r>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000173C0" w:rsidRPr="009659B8" w:rsidRDefault="000173C0" w:rsidP="00265B0E">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="000173C0" w:rsidRPr="009659B8" w:rsidSect="009976BA">
+    <w:sectPr w:rsidR="000173C0" w:rsidRPr="004164C0" w:rsidSect="009976BA">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="even" r:id="rId10"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="0" w:footer="680" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BC1C92" w:rsidRDefault="00BC1C92">
+    <w:p w14:paraId="2D2F8C74" w14:textId="77777777" w:rsidR="00B604E9" w:rsidRDefault="00B604E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BC1C92" w:rsidRDefault="00BC1C92">
+    <w:p w14:paraId="7A111052" w14:textId="77777777" w:rsidR="00B604E9" w:rsidRDefault="00B604E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
+  <w:p w14:paraId="02F42708" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760" w:rsidP="00F47A50">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="02F42709" w14:textId="68C6809C" w:rsidR="002E0760" w:rsidRPr="00E91AEB" w:rsidRDefault="00B604E9" w:rsidP="00F47A50">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E91AEB">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>KRG_4.2.24_6.pielikums _</w:t>
+    </w:r>
+    <w:r w:rsidR="00E91AEB" w:rsidRPr="00E91AEB">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00E91AEB">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r w:rsidR="00E91AEB" w:rsidRPr="00C97136">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="02F4270A" w14:textId="77777777" w:rsidR="002E0760" w:rsidRPr="00C97136" w:rsidRDefault="002E0760">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="02F4270B" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760" w:rsidP="00F47A50">
+  <w:p w14:paraId="02F4270D" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760" w:rsidP="001C0C44">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E0760" w:rsidRPr="00D73A15" w:rsidRDefault="00BC1C92" w:rsidP="00F47A50">
+  <w:p w14:paraId="02F4270E" w14:textId="77777777" w:rsidR="002E0760" w:rsidRPr="00D93E35" w:rsidRDefault="00B604E9" w:rsidP="00D93E35">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...152 lines deleted...]
-      <w:rPr>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D93E35">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>KRG_4.2.21</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.1</w:t>
     </w:r>
     <w:r w:rsidRPr="00D93E35">
       <w:rPr>
@@ -1136,1042 +1106,1111 @@
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>3.1</w:t>
     </w:r>
     <w:r w:rsidRPr="00D93E35">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.pielikums_1.versija_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>26.05.2015.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009748D1" w:rsidRDefault="00BC1C92">
+  <w:p w14:paraId="02F4270F" w14:textId="77777777" w:rsidR="00FF2B4E" w:rsidRDefault="00B604E9">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t>Dokuments parakstīts ar drošu</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BC1C92" w:rsidRDefault="00BC1C92">
+    <w:p w14:paraId="187BC83D" w14:textId="77777777" w:rsidR="00B604E9" w:rsidRDefault="00B604E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BC1C92" w:rsidRDefault="00BC1C92">
+    <w:p w14:paraId="068842DA" w14:textId="77777777" w:rsidR="00B604E9" w:rsidRDefault="00B604E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00BC1C92" w:rsidRDefault="00BC1C92"/>
+    <w:p w14:paraId="2F7C4273" w14:textId="77777777" w:rsidR="00B604E9" w:rsidRDefault="00B604E9"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="002E0760" w:rsidRPr="00F27C11" w:rsidRDefault="00BC1C92" w:rsidP="00F15184">
+    <w:p w14:paraId="02F42710" w14:textId="77777777" w:rsidR="002E0760" w:rsidRPr="00F27C11" w:rsidRDefault="00B604E9" w:rsidP="00F15184">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76ECE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E76ECE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F27C11">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinājumu aizpilda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> juridiskas personas.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="0700892D" w14:textId="41485DE2" w:rsidR="00CB082D" w:rsidRPr="004164C0" w:rsidRDefault="00B604E9" w:rsidP="00CB082D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0A9A" w:rsidRPr="004164C0">
+        <w:t>Atsauci uz projektu n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:t xml:space="preserve">epiemēro Līgumiem, kas slēgti </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk151044723"/>
+      <w:r w:rsidRPr="004164C0">
+        <w:t xml:space="preserve"> Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:t xml:space="preserve">7. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004164C0">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē ietvaros.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="004164C0">
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002E0760" w:rsidRDefault="00BC1C92" w:rsidP="00FA3D6A">
+  <w:p w14:paraId="02F42700" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="00B604E9" w:rsidP="00FA3D6A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
+  <w:p w14:paraId="02F42701" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760" w:rsidP="009976BA">
+  <w:p w14:paraId="02F42702" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760" w:rsidP="009976BA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
+  <w:p w14:paraId="02F42703" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
+  <w:p w14:paraId="02F42704" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
+  <w:p w14:paraId="02F42705" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
-[...9 lines deleted...]
-  <w:p w:rsidR="002E0760" w:rsidRDefault="002E0760">
+  <w:p w14:paraId="02F42706" w14:textId="77777777" w:rsidR="002E0760" w:rsidRDefault="002E0760">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="232A2EE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79A4EDAA"/>
-    <w:lvl w:ilvl="0" w:tplc="2AE2A40E">
+    <w:lvl w:ilvl="0" w:tplc="288874B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4B8C8A92" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E0048D5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7FA08606" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5734BA76" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1A1868C6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BF5E0D6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="05C6E780" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F3D03282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A1A4C204" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="09B4866E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="966044C0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95D80D3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D5EAED26" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1DEC428C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6B32E7C2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5C5A7E7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A923A0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC44CBB2"/>
-    <w:lvl w:ilvl="0" w:tplc="00F65BFE">
+    <w:lvl w:ilvl="0" w:tplc="0F5A5350">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88BE53F0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A6DE315C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B3D6A56A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="014621B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72861492" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90B045A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7D0A6570" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F6D87210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="009E1FDE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="384A01FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="091CB8EA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A76C571C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="720E095E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26329206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B3A0B99A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="812050C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AF06E18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05E8112E"/>
-    <w:lvl w:ilvl="0" w:tplc="6ABAF43A">
+    <w:lvl w:ilvl="0" w:tplc="8A964022">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1076BE64" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E190D8F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BA76CE38" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7974F336" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AE8237F4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F1E2F3C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04488EAC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E6C47490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D322811E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48BEFDC6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F2DA39D4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2DA6BDB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E6C48CEA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CDF859A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8E7E12FE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B92EC696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6926212F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CE0C3D8"/>
-    <w:lvl w:ilvl="0" w:tplc="6D70FC0E">
+    <w:lvl w:ilvl="0" w:tplc="C4240C5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70DAD9F4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E4B0D420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="024437D4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5FFCD62C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="080613C4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E63AC42A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9F10CFBC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="06148A62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E6A6176E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7AE4EE74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24009832" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9776065E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65C47C6C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C8AE5D12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A8485772" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="01F2FCD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C05AC9"/>
     <w:rsid w:val="00001E7E"/>
     <w:rsid w:val="000173C0"/>
     <w:rsid w:val="000219C3"/>
+    <w:rsid w:val="00027435"/>
     <w:rsid w:val="00030F18"/>
+    <w:rsid w:val="00052535"/>
     <w:rsid w:val="00052A32"/>
     <w:rsid w:val="000604E7"/>
     <w:rsid w:val="00065A00"/>
     <w:rsid w:val="00072A21"/>
     <w:rsid w:val="00087E69"/>
     <w:rsid w:val="00096B18"/>
     <w:rsid w:val="000B58D9"/>
     <w:rsid w:val="000C5C5E"/>
     <w:rsid w:val="000C705B"/>
     <w:rsid w:val="000D11AF"/>
     <w:rsid w:val="000D41A3"/>
     <w:rsid w:val="000F3DF6"/>
     <w:rsid w:val="00101C8C"/>
     <w:rsid w:val="00103818"/>
     <w:rsid w:val="001172C9"/>
     <w:rsid w:val="00120DEC"/>
     <w:rsid w:val="00123856"/>
     <w:rsid w:val="001308BA"/>
     <w:rsid w:val="00146C4A"/>
     <w:rsid w:val="0015100D"/>
     <w:rsid w:val="00153DB2"/>
     <w:rsid w:val="0015439C"/>
     <w:rsid w:val="001551C1"/>
     <w:rsid w:val="00155EC8"/>
     <w:rsid w:val="0016031E"/>
     <w:rsid w:val="001633E6"/>
     <w:rsid w:val="00170A47"/>
     <w:rsid w:val="00171F52"/>
     <w:rsid w:val="00187E74"/>
     <w:rsid w:val="001965CA"/>
     <w:rsid w:val="001B053A"/>
     <w:rsid w:val="001B58F2"/>
     <w:rsid w:val="001C0C44"/>
     <w:rsid w:val="001C3C4C"/>
     <w:rsid w:val="001D0F09"/>
     <w:rsid w:val="001D1B16"/>
     <w:rsid w:val="001E3804"/>
     <w:rsid w:val="001F1F61"/>
     <w:rsid w:val="002114DE"/>
+    <w:rsid w:val="00212506"/>
     <w:rsid w:val="00231BD7"/>
     <w:rsid w:val="00235C94"/>
     <w:rsid w:val="00235EB0"/>
     <w:rsid w:val="00235F8C"/>
     <w:rsid w:val="00236A7A"/>
     <w:rsid w:val="00247661"/>
     <w:rsid w:val="00252439"/>
     <w:rsid w:val="00252959"/>
+    <w:rsid w:val="00256C0D"/>
     <w:rsid w:val="00265B0E"/>
     <w:rsid w:val="00275003"/>
     <w:rsid w:val="00283BBB"/>
     <w:rsid w:val="0029045D"/>
     <w:rsid w:val="0029234A"/>
     <w:rsid w:val="002A0E25"/>
     <w:rsid w:val="002A643E"/>
     <w:rsid w:val="002A73CA"/>
     <w:rsid w:val="002B3362"/>
     <w:rsid w:val="002C02E4"/>
     <w:rsid w:val="002D32BB"/>
     <w:rsid w:val="002E0760"/>
     <w:rsid w:val="002E2B55"/>
     <w:rsid w:val="002E2FEF"/>
     <w:rsid w:val="002E30D2"/>
     <w:rsid w:val="00321B47"/>
     <w:rsid w:val="00322688"/>
     <w:rsid w:val="003242F6"/>
     <w:rsid w:val="00344816"/>
     <w:rsid w:val="003542C6"/>
     <w:rsid w:val="00360558"/>
     <w:rsid w:val="00361FEC"/>
     <w:rsid w:val="00362B82"/>
     <w:rsid w:val="00365D81"/>
     <w:rsid w:val="00370B29"/>
     <w:rsid w:val="00371EAF"/>
     <w:rsid w:val="00373F34"/>
     <w:rsid w:val="003771EB"/>
     <w:rsid w:val="003937EA"/>
     <w:rsid w:val="003A1AB4"/>
     <w:rsid w:val="003A2D75"/>
     <w:rsid w:val="003B1520"/>
     <w:rsid w:val="003C7DC3"/>
     <w:rsid w:val="003D0C1F"/>
     <w:rsid w:val="003D2567"/>
     <w:rsid w:val="003D5EC7"/>
     <w:rsid w:val="003E4866"/>
     <w:rsid w:val="003E5740"/>
     <w:rsid w:val="003F3A17"/>
     <w:rsid w:val="003F6710"/>
     <w:rsid w:val="0040472E"/>
     <w:rsid w:val="00404DCF"/>
     <w:rsid w:val="00405518"/>
     <w:rsid w:val="00411F9D"/>
+    <w:rsid w:val="004164C0"/>
     <w:rsid w:val="00427B6D"/>
     <w:rsid w:val="00435B18"/>
     <w:rsid w:val="004363EC"/>
     <w:rsid w:val="00437665"/>
     <w:rsid w:val="004440AB"/>
     <w:rsid w:val="00451065"/>
     <w:rsid w:val="00461ED0"/>
     <w:rsid w:val="004673DD"/>
     <w:rsid w:val="004766E7"/>
     <w:rsid w:val="00482E52"/>
     <w:rsid w:val="00495539"/>
     <w:rsid w:val="004978A4"/>
     <w:rsid w:val="004A13CE"/>
     <w:rsid w:val="004B497B"/>
     <w:rsid w:val="004C1597"/>
     <w:rsid w:val="004C3BB3"/>
     <w:rsid w:val="004D37D7"/>
     <w:rsid w:val="004D3FA7"/>
+    <w:rsid w:val="004E3900"/>
     <w:rsid w:val="004E3EFB"/>
     <w:rsid w:val="004E4D57"/>
     <w:rsid w:val="004F15A8"/>
     <w:rsid w:val="004F6470"/>
     <w:rsid w:val="0050005F"/>
     <w:rsid w:val="00515B65"/>
     <w:rsid w:val="005162C4"/>
     <w:rsid w:val="00535496"/>
+    <w:rsid w:val="0053591B"/>
     <w:rsid w:val="00541A56"/>
     <w:rsid w:val="00543998"/>
     <w:rsid w:val="0055314B"/>
     <w:rsid w:val="00571DDD"/>
     <w:rsid w:val="00572310"/>
     <w:rsid w:val="00581915"/>
-    <w:rsid w:val="00584DAD"/>
     <w:rsid w:val="005879B1"/>
     <w:rsid w:val="00592C16"/>
     <w:rsid w:val="005941EB"/>
     <w:rsid w:val="005A3307"/>
     <w:rsid w:val="005B096B"/>
     <w:rsid w:val="005C224F"/>
     <w:rsid w:val="005D0325"/>
+    <w:rsid w:val="005D27DD"/>
     <w:rsid w:val="005D5D70"/>
     <w:rsid w:val="006038A5"/>
+    <w:rsid w:val="006125EB"/>
     <w:rsid w:val="00624738"/>
     <w:rsid w:val="00624881"/>
     <w:rsid w:val="006256F6"/>
     <w:rsid w:val="00635703"/>
     <w:rsid w:val="00650F67"/>
     <w:rsid w:val="00654C8F"/>
     <w:rsid w:val="006711FE"/>
     <w:rsid w:val="0067147D"/>
+    <w:rsid w:val="006745D8"/>
     <w:rsid w:val="00680CEB"/>
     <w:rsid w:val="00691312"/>
+    <w:rsid w:val="006A1F9B"/>
     <w:rsid w:val="006A41C4"/>
     <w:rsid w:val="006B6A9E"/>
     <w:rsid w:val="006C1F2D"/>
     <w:rsid w:val="006C5FDD"/>
     <w:rsid w:val="006D717D"/>
     <w:rsid w:val="006E1787"/>
     <w:rsid w:val="006F1D65"/>
     <w:rsid w:val="006F2002"/>
     <w:rsid w:val="006F5132"/>
     <w:rsid w:val="0070121A"/>
     <w:rsid w:val="00706413"/>
     <w:rsid w:val="00712202"/>
     <w:rsid w:val="0071274D"/>
     <w:rsid w:val="00714608"/>
     <w:rsid w:val="00730B9E"/>
     <w:rsid w:val="00750BB3"/>
     <w:rsid w:val="00751AB7"/>
     <w:rsid w:val="007A3015"/>
     <w:rsid w:val="007B3A9D"/>
     <w:rsid w:val="007B50E8"/>
     <w:rsid w:val="007C23A7"/>
+    <w:rsid w:val="007C56D1"/>
     <w:rsid w:val="007C6A27"/>
     <w:rsid w:val="007F4097"/>
     <w:rsid w:val="008116D7"/>
     <w:rsid w:val="00811864"/>
     <w:rsid w:val="00813504"/>
     <w:rsid w:val="00827D02"/>
     <w:rsid w:val="00831BAD"/>
     <w:rsid w:val="00842710"/>
     <w:rsid w:val="0085037F"/>
     <w:rsid w:val="008552A8"/>
     <w:rsid w:val="008711A3"/>
     <w:rsid w:val="00886ABC"/>
     <w:rsid w:val="00890B02"/>
     <w:rsid w:val="008A02E3"/>
     <w:rsid w:val="008A2EAF"/>
     <w:rsid w:val="008B2EA4"/>
     <w:rsid w:val="008C1848"/>
     <w:rsid w:val="008C1AC8"/>
     <w:rsid w:val="008C4132"/>
     <w:rsid w:val="008C7112"/>
     <w:rsid w:val="008D1AF9"/>
     <w:rsid w:val="008D7198"/>
+    <w:rsid w:val="008E0A9A"/>
     <w:rsid w:val="008E0DCF"/>
     <w:rsid w:val="008E7595"/>
     <w:rsid w:val="008F7048"/>
     <w:rsid w:val="009262E6"/>
     <w:rsid w:val="0092665B"/>
     <w:rsid w:val="009322A2"/>
     <w:rsid w:val="00932619"/>
     <w:rsid w:val="00933C2A"/>
     <w:rsid w:val="009460AC"/>
+    <w:rsid w:val="00950A0A"/>
     <w:rsid w:val="00960F76"/>
     <w:rsid w:val="00960FDF"/>
     <w:rsid w:val="009659B8"/>
     <w:rsid w:val="00967B7A"/>
-    <w:rsid w:val="009748D1"/>
+    <w:rsid w:val="00972657"/>
     <w:rsid w:val="00977986"/>
     <w:rsid w:val="00981CC7"/>
     <w:rsid w:val="00985ABF"/>
     <w:rsid w:val="00991D1E"/>
     <w:rsid w:val="009962A1"/>
     <w:rsid w:val="009976BA"/>
     <w:rsid w:val="009A037A"/>
     <w:rsid w:val="009B3A1C"/>
     <w:rsid w:val="009B7F72"/>
+    <w:rsid w:val="009E077F"/>
     <w:rsid w:val="009E5DF9"/>
     <w:rsid w:val="00A11074"/>
     <w:rsid w:val="00A12F52"/>
     <w:rsid w:val="00A14260"/>
     <w:rsid w:val="00A20C2E"/>
     <w:rsid w:val="00A25C7C"/>
     <w:rsid w:val="00A5042C"/>
     <w:rsid w:val="00A51347"/>
     <w:rsid w:val="00A5241A"/>
+    <w:rsid w:val="00A5276A"/>
     <w:rsid w:val="00A5629C"/>
     <w:rsid w:val="00A63C2B"/>
     <w:rsid w:val="00A64FD4"/>
     <w:rsid w:val="00A728CF"/>
     <w:rsid w:val="00A871F9"/>
     <w:rsid w:val="00A93626"/>
     <w:rsid w:val="00AA135D"/>
     <w:rsid w:val="00AA34AE"/>
     <w:rsid w:val="00AA5B5A"/>
     <w:rsid w:val="00AA652B"/>
     <w:rsid w:val="00AB2CC7"/>
     <w:rsid w:val="00AB358E"/>
     <w:rsid w:val="00AC1C49"/>
     <w:rsid w:val="00AC452F"/>
     <w:rsid w:val="00AD06DC"/>
     <w:rsid w:val="00AD34B4"/>
     <w:rsid w:val="00AD6F65"/>
     <w:rsid w:val="00AE18FF"/>
     <w:rsid w:val="00AE32DB"/>
     <w:rsid w:val="00B01ADE"/>
     <w:rsid w:val="00B028CD"/>
     <w:rsid w:val="00B07298"/>
     <w:rsid w:val="00B1510F"/>
     <w:rsid w:val="00B251B6"/>
     <w:rsid w:val="00B279F4"/>
     <w:rsid w:val="00B31AAE"/>
     <w:rsid w:val="00B36792"/>
     <w:rsid w:val="00B40948"/>
+    <w:rsid w:val="00B47466"/>
     <w:rsid w:val="00B533EC"/>
     <w:rsid w:val="00B546BD"/>
+    <w:rsid w:val="00B604E9"/>
     <w:rsid w:val="00B60DC8"/>
     <w:rsid w:val="00B645CA"/>
     <w:rsid w:val="00B667C3"/>
     <w:rsid w:val="00B70837"/>
     <w:rsid w:val="00B80513"/>
     <w:rsid w:val="00B81497"/>
     <w:rsid w:val="00B86D11"/>
     <w:rsid w:val="00B93B37"/>
     <w:rsid w:val="00B956DE"/>
     <w:rsid w:val="00BA6179"/>
     <w:rsid w:val="00BB1851"/>
     <w:rsid w:val="00BB46EB"/>
-    <w:rsid w:val="00BC1C92"/>
     <w:rsid w:val="00BC2395"/>
     <w:rsid w:val="00BC4263"/>
     <w:rsid w:val="00BD1B27"/>
     <w:rsid w:val="00BD4D16"/>
     <w:rsid w:val="00BF6544"/>
     <w:rsid w:val="00C03B91"/>
     <w:rsid w:val="00C05AC9"/>
     <w:rsid w:val="00C0673B"/>
     <w:rsid w:val="00C07E04"/>
     <w:rsid w:val="00C13485"/>
     <w:rsid w:val="00C24D4F"/>
     <w:rsid w:val="00C257D9"/>
+    <w:rsid w:val="00C26ADF"/>
     <w:rsid w:val="00C33D42"/>
     <w:rsid w:val="00C342D4"/>
     <w:rsid w:val="00C41F8F"/>
     <w:rsid w:val="00C739AC"/>
     <w:rsid w:val="00C73D39"/>
     <w:rsid w:val="00C75439"/>
     <w:rsid w:val="00C85F1D"/>
     <w:rsid w:val="00C9354D"/>
+    <w:rsid w:val="00C97136"/>
     <w:rsid w:val="00CA55A1"/>
+    <w:rsid w:val="00CB0314"/>
+    <w:rsid w:val="00CB082D"/>
     <w:rsid w:val="00CB2B2D"/>
     <w:rsid w:val="00CB67A9"/>
     <w:rsid w:val="00CC1C8F"/>
     <w:rsid w:val="00CC5FC0"/>
     <w:rsid w:val="00CD0C3A"/>
     <w:rsid w:val="00CE5E01"/>
     <w:rsid w:val="00CF10E3"/>
     <w:rsid w:val="00CF432A"/>
     <w:rsid w:val="00CF71CE"/>
     <w:rsid w:val="00D03E47"/>
     <w:rsid w:val="00D06CA5"/>
     <w:rsid w:val="00D10CAD"/>
     <w:rsid w:val="00D11B85"/>
     <w:rsid w:val="00D12644"/>
     <w:rsid w:val="00D13DE4"/>
     <w:rsid w:val="00D30B33"/>
     <w:rsid w:val="00D36EFD"/>
+    <w:rsid w:val="00D41C0D"/>
     <w:rsid w:val="00D42C5F"/>
     <w:rsid w:val="00D45782"/>
     <w:rsid w:val="00D55812"/>
     <w:rsid w:val="00D619BF"/>
     <w:rsid w:val="00D6560D"/>
     <w:rsid w:val="00D6569D"/>
     <w:rsid w:val="00D73A15"/>
     <w:rsid w:val="00D7588A"/>
     <w:rsid w:val="00D85284"/>
     <w:rsid w:val="00D85DC6"/>
     <w:rsid w:val="00D93773"/>
     <w:rsid w:val="00D93E35"/>
     <w:rsid w:val="00DA46BD"/>
     <w:rsid w:val="00DB16EC"/>
     <w:rsid w:val="00DB3BAE"/>
     <w:rsid w:val="00DC2899"/>
     <w:rsid w:val="00DC443E"/>
     <w:rsid w:val="00DC63D2"/>
     <w:rsid w:val="00DD6FE0"/>
     <w:rsid w:val="00DF08BA"/>
     <w:rsid w:val="00DF3CAE"/>
     <w:rsid w:val="00E01055"/>
     <w:rsid w:val="00E07534"/>
     <w:rsid w:val="00E122D6"/>
     <w:rsid w:val="00E313D1"/>
     <w:rsid w:val="00E361C1"/>
     <w:rsid w:val="00E4358B"/>
     <w:rsid w:val="00E566A9"/>
     <w:rsid w:val="00E7169F"/>
     <w:rsid w:val="00E71782"/>
     <w:rsid w:val="00E73BC0"/>
     <w:rsid w:val="00E76ECE"/>
     <w:rsid w:val="00E8573A"/>
     <w:rsid w:val="00E914A7"/>
+    <w:rsid w:val="00E91AEB"/>
     <w:rsid w:val="00E95385"/>
     <w:rsid w:val="00EA20FC"/>
+    <w:rsid w:val="00EA2FFD"/>
     <w:rsid w:val="00EA54E5"/>
+    <w:rsid w:val="00EA7F64"/>
     <w:rsid w:val="00EB761B"/>
     <w:rsid w:val="00EE2C1D"/>
     <w:rsid w:val="00EF13A3"/>
     <w:rsid w:val="00EF2432"/>
     <w:rsid w:val="00EF3E61"/>
     <w:rsid w:val="00F04990"/>
     <w:rsid w:val="00F106F2"/>
     <w:rsid w:val="00F15184"/>
     <w:rsid w:val="00F16820"/>
     <w:rsid w:val="00F26FCA"/>
     <w:rsid w:val="00F2770E"/>
     <w:rsid w:val="00F27C11"/>
     <w:rsid w:val="00F3213F"/>
     <w:rsid w:val="00F363AB"/>
     <w:rsid w:val="00F372D7"/>
     <w:rsid w:val="00F47208"/>
     <w:rsid w:val="00F47A50"/>
     <w:rsid w:val="00F62480"/>
     <w:rsid w:val="00F64EAC"/>
     <w:rsid w:val="00F67D09"/>
     <w:rsid w:val="00F750E7"/>
     <w:rsid w:val="00F82DC2"/>
     <w:rsid w:val="00F92AE4"/>
     <w:rsid w:val="00FA0C15"/>
     <w:rsid w:val="00FA3D6A"/>
     <w:rsid w:val="00FA5309"/>
     <w:rsid w:val="00FA7EA8"/>
     <w:rsid w:val="00FB0FA3"/>
     <w:rsid w:val="00FB1895"/>
     <w:rsid w:val="00FB700F"/>
     <w:rsid w:val="00FC6AF2"/>
     <w:rsid w:val="00FD18F7"/>
     <w:rsid w:val="00FD351F"/>
     <w:rsid w:val="00FD6FB2"/>
     <w:rsid w:val="00FE0845"/>
     <w:rsid w:val="00FE092F"/>
     <w:rsid w:val="00FE0F22"/>
     <w:rsid w:val="00FE592C"/>
+    <w:rsid w:val="00FF2B4E"/>
     <w:rsid w:val="00FF2DA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="02F426E7"/>
   <w15:docId w15:val="{785A908D-7859-4A1C-99BF-70D1B49BC30B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2917,51 +2956,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B36792"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3212,83 +3251,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC4A24CE-5BE9-4B47-9CE7-D3042E598DB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED5CE733-DB65-4367-92F8-90A88F2B0ED4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1452</Words>
-  <Characters>828</Characters>
+  <Words>1467</Words>
+  <Characters>837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Uzskaites veidlapa par saņemto de minimis atbalstu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>D.Berkolde</Manager>
   <Company>Finansu ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2276</CharactersWithSpaces>
+  <CharactersWithSpaces>2300</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Uzskaites veidlapa par saņemto de minimis atbalstu</dc:title>
   <dc:subject>1.pielikums noteikumu projektam</dc:subject>
   <dc:creator>Imants Lubāns</dc:creator>
   <dc:description>67095481
 Imants.Lubans@fm.gov.lv</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>