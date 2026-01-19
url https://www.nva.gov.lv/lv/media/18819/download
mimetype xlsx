--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -1,87 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EE651620-5F6B-463A-BDED-5222747B8395}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{70C6AAF6-1710-4D63-BF71-D8BC62FA05C0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28170" windowHeight="9540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="27405" windowHeight="9525" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2_variants" sheetId="1" r:id="rId1"/>
+    <sheet name="1_variants" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2_variants'!$A$1:$AR$51</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'1_variants'!$A$1:$AR$52</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AL28" i="1" l="1"/>
   <c r="AQ28" i="1"/>
   <c r="AP28" i="1"/>
   <c r="AO28" i="1"/>
   <c r="AN28" i="1"/>
   <c r="AM28" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="50">
   <si>
     <t>Nr. p.k.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dienas</t>
   </si>
   <si>
     <t>Kopā:</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ja Atskaite tiek iesniegta par kalendāro ceturksni, tad Atskaite jāsagatavo par katru ceturkšņa mēnesi atsevišķi.</t>
     </r>
   </si>
@@ -129,388 +126,204 @@
   <si>
     <t>juridiskās personas nosaukums / fiziskās personas vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t>Atzīmes par ierašanos un neierašanos darbā</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Dotācija  klienta darba algai/ dotācija darba vadītājam, 
 EUR</t>
   </si>
   <si>
     <t>t.sk.,
 Aģentūras finansējums</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Mēnesī nostrādātas </t>
   </si>
   <si>
     <t>Dokumenta datums ir tā elektroniskās</t>
   </si>
   <si>
     <t xml:space="preserve"> Vārds, uzvārds   
               </t>
   </si>
   <si>
     <t>2. Atskaites pielikumā:</t>
   </si>
   <si>
-    <t>2.2. citi dokumenti uz ___ lapām.</t>
-[...4 lines deleted...]
-  <si>
     <t>x</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>2.1.  mērķa grupas klientu darba kavējumus attaisnojošo dokumentu kopijas uz___ lapām</t>
+    <t>t.sk., 
+darba devēja līdzfinansējums</t>
   </si>
   <si>
     <r>
-      <t>Noteiktais darba dienu vai stundu skaits mēnesī</t>
+      <t>Darba līgumā noteiktā darba alga vai stundas likme mēnesī, 
+EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
-    <t>t.sk., 
-darba devēja līdzfinansējums</t>
+    <r>
+      <t>Dotācija darba devēja VSAOI daļai no klienta darba algas dotācijas daļas, EUR</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>6</t>
+    </r>
   </si>
   <si>
     <r>
-      <t>Darba līgumā noteiktā darba alga vai stundas likme mēnesī, 
-EUR</t>
+      <t xml:space="preserve"> Darba devēja daļa klienta darba algai, EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
-    <t>Par klientu - nostrādātās stundas - 1...24 stundas; neattaisnoti kavējumi - 0; darba nespēja - S; atvaļinājums - A; bērna kopšanas atvaļinājums - Ab; Darba likumā atļautie kavējumi - N; brīvdiena, bezalgas atvaļinājums - B.</t>
-[...47 lines deleted...]
-  <si>
     <r>
       <t>parakstīšanas datums</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>7</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">neaizpilda, ja informācija norādīta par darba vadītāju. </t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...19 lines deleted...]
-    <r>
       <t xml:space="preserve">6  </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">norāda finansējuma apmēru, ja saskaņā ar Līgumā norādīto šāda dotācija ir paredzēta. </t>
     </r>
   </si>
   <si>
     <t>Līgums __.__.20___.  Nr._________________</t>
-  </si>
-[...56 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>7</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Darba devējs ar savu parakstu apliecina, ka: </t>
     </r>
   </si>
   <si>
-    <r>
-[...39 lines deleted...]
-  <si>
     <t>1.1.</t>
-  </si>
-[...1 lines deleted...]
-    <t>mērķa grupas klientam</t>
   </si>
   <si>
     <t>darba vadītājam</t>
   </si>
   <si>
     <t>1.2.</t>
   </si>
   <si>
     <t>1.3.</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Pasākuma īstenošanas laikā vienlaikus iesaistīto klientu skaits  nepārsniedz 50% no darba devēja kopējā nodarbināto skaita  un kopā ir ne vairāk kā 20 personas.</t>
   </si>
   <si>
     <r>
       <t>1. Informācija par  darba laiku un aprēķināto atlīdzību/dotāciju:</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>8</t>
     </r>
   </si>
   <si>
     <r>
       <t>Bruto darba  alga  klientam/ dotācija darba vadītājam, 
 EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
@@ -544,260 +357,405 @@
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <r>
       <t>Darba devēja VSAOI daļa par klienta bruto darba algu, EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">3 </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">5 </t>
-[...50 lines deleted...]
-    <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">8 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Informāciju par  darba laiku un aprēķināto atlīdzību/dotāciju aizpilda atbilstoši pasākumā iesaistīto klientu skaitam, pārējās rindas dzēš.</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>norāda faktiski nostrādātās stundas klientam. Ja ir virsstundas, tad iekavās norāda kopā ar virsstundām.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pasākuma ietvaros dubultā finansējuma risks ir novērsts un projektā sniegtais atbalsts netiek finansēts vai līdzfinansēts, kā arī to nav plānots finansēt vai līdzfinansēt no citiem valsts, pašvaldības vai ārvalstu finanšu atbalsta instrumentiem; </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>klientam</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Atskaite Nr.
 par  klientu nodarbināšanu  </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">20__.gada ______________ </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
-                                                                                    </t>
+                                                     </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">                              </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>(mēnesis)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">                                                                                                                                                                                                                                                                                                 </t>
     </r>
   </si>
   <si>
     <r>
+      <t>Mēnesī nostrādātas
+stundas</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+  </si>
+  <si>
+    <t>2.2. izdevumus pamatojošie dokumenti par iepriekšējā mēnesī faktiski veiktajām  izmaksām klientam un darba vadītājam (izņemot pirmo iesniegto atskaiti), saskaņā ar iepriekšējā atskaitē norādīto informāciju uz ___ lp.;</t>
+  </si>
+  <si>
+    <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>(ESF Plus projekts „Pasākumi iekļaujošai nodarbinātībai”)</t>
+      <t>(ESF Plus projekts „Pasākumi iekļaujošai nodarbinātībai” Nr. 4.3.3.2/1/24/I/002)</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>9</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="12"/>
+        <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">KRG_4.2.24_2.pielikums ligumam  </t>
+      <t>Noteiktais stundu
+ skaits mēnesī</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-        <color rgb="FFC00000"/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>08.04</t>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>klientam</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-        <color theme="5" tint="-0.24979400006103702"/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>.2024.</t>
-    </r>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>2.1. klientu darba kavējumus attaisnojošo dokumentu kopijas uz___ lapām</t>
+  </si>
+  <si>
+    <t>2.3. citi dokumenti uz ___ lapām.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Atskaite (ar pielikumiem) sagatavota  vienā eksemplārā, parakstīta ar drošu elektronisko parakstu</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>, kas satur laika zīmogu.</t>
+    </r>
+  </si>
+  <si>
+    <t>klientam - nostrādātās stundas - 1...24 stundas; neattaisnoti kavējumi - 0; darba nespēja - S; atvaļinājums - A; bērna kopšanas atvaļinājums - Ab; Darba likumā atļautie kavējumi - N; brīvdiena, bezalgas atvaļinājums - B.</t>
+  </si>
+  <si>
+    <t>darba vadītājam - dienās, kad vadīts klienta darbs, norāda atzīmi - X, brīvdiena - B.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>norāda</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">klientam aprēķināto bruto darba algu, darba vadītājam - Aģentūras dotāciju. </t>
+    </r>
+  </si>
+  <si>
+    <t>ir veicis maksājumus atbilstoši Līgumam un spēkā esošiem normatīvajiem aktiem, t.sk., veicis dotācijas izmaksu darba vadītājam un veicis no Darba devēja privātā līdzfinansējuma paredzētos maksājumus par  klientu;</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">9 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Atsauci uz projektu nepiemēro Līgumiem, kas slēgti  Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam lauksaimniecības nozarē ietvaros.  </t>
+    </r>
+  </si>
+  <si>
+    <t>KRG_4.2.24_12.pielikums_1.versija_ 16.01.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -823,86 +781,65 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
-      <name val="Times New Roman"/>
-[...11 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
@@ -921,81 +858,73 @@
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <strike/>
       <sz val="10"/>
-      <color theme="5" tint="-0.24979400006103702"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FFFF0000"/>
+      <color rgb="FFCC6600"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <strike/>
-[...8 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FFC00000"/>
+      <b/>
+      <strike/>
+      <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79985961485641044"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -1158,306 +1087,326 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="15" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="2" fontId="13" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="13" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1707,65 +1656,65 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AZ53"/>
+  <dimension ref="A1:AZ61"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A50" sqref="A50:AQ50"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="BA15" sqref="BA15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="3" customWidth="1"/>
-    <col min="2" max="2" width="23.7109375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="26.42578125" style="3" customWidth="1"/>
     <col min="3" max="33" width="3.140625" style="3" customWidth="1"/>
-    <col min="34" max="34" width="8.5703125" style="3" customWidth="1"/>
-    <col min="35" max="35" width="9.140625" style="3" customWidth="1"/>
+    <col min="34" max="34" width="11" style="3" customWidth="1"/>
+    <col min="35" max="35" width="10.5703125" style="3" customWidth="1"/>
     <col min="36" max="36" width="5.7109375" style="3" customWidth="1"/>
-    <col min="37" max="37" width="5.42578125" style="3" customWidth="1"/>
+    <col min="37" max="37" width="4.85546875" style="3" customWidth="1"/>
     <col min="38" max="38" width="8.5703125" style="3" customWidth="1"/>
     <col min="39" max="39" width="8.7109375" style="3" customWidth="1"/>
     <col min="40" max="41" width="9.140625" style="3" customWidth="1"/>
     <col min="42" max="43" width="8.140625" style="3" customWidth="1"/>
     <col min="44" max="257" width="3.42578125" style="3"/>
     <col min="258" max="258" width="3.85546875" style="3" customWidth="1"/>
     <col min="259" max="259" width="26.5703125" style="3" customWidth="1"/>
     <col min="260" max="260" width="16" style="3" customWidth="1"/>
     <col min="261" max="262" width="3.42578125" style="3"/>
     <col min="263" max="290" width="3.140625" style="3" customWidth="1"/>
     <col min="291" max="291" width="3" style="3" customWidth="1"/>
     <col min="292" max="292" width="5.85546875" style="3" customWidth="1"/>
     <col min="293" max="293" width="7.85546875" style="3" customWidth="1"/>
     <col min="294" max="294" width="12.140625" style="3" customWidth="1"/>
     <col min="295" max="295" width="11.28515625" style="3" customWidth="1"/>
     <col min="296" max="296" width="11.5703125" style="3" customWidth="1"/>
     <col min="297" max="297" width="13.5703125" style="3" customWidth="1"/>
     <col min="298" max="298" width="12.5703125" style="3" customWidth="1"/>
     <col min="299" max="299" width="13.7109375" style="3" customWidth="1"/>
     <col min="300" max="513" width="3.42578125" style="3"/>
     <col min="514" max="514" width="3.85546875" style="3" customWidth="1"/>
     <col min="515" max="515" width="26.5703125" style="3" customWidth="1"/>
     <col min="516" max="516" width="16" style="3" customWidth="1"/>
     <col min="517" max="518" width="3.42578125" style="3"/>
     <col min="519" max="546" width="3.140625" style="3" customWidth="1"/>
@@ -2674,2652 +2623,2714 @@
     <col min="15909" max="15909" width="7.85546875" style="3" customWidth="1"/>
     <col min="15910" max="15910" width="12.140625" style="3" customWidth="1"/>
     <col min="15911" max="15911" width="11.28515625" style="3" customWidth="1"/>
     <col min="15912" max="15912" width="11.5703125" style="3" customWidth="1"/>
     <col min="15913" max="15913" width="13.5703125" style="3" customWidth="1"/>
     <col min="15914" max="15914" width="12.5703125" style="3" customWidth="1"/>
     <col min="15915" max="15915" width="13.7109375" style="3" customWidth="1"/>
     <col min="15916" max="16129" width="3.42578125" style="3"/>
     <col min="16130" max="16130" width="3.85546875" style="3" customWidth="1"/>
     <col min="16131" max="16131" width="26.5703125" style="3" customWidth="1"/>
     <col min="16132" max="16132" width="16" style="3" customWidth="1"/>
     <col min="16133" max="16134" width="3.42578125" style="3"/>
     <col min="16135" max="16162" width="3.140625" style="3" customWidth="1"/>
     <col min="16163" max="16163" width="3" style="3" customWidth="1"/>
     <col min="16164" max="16164" width="5.85546875" style="3" customWidth="1"/>
     <col min="16165" max="16165" width="7.85546875" style="3" customWidth="1"/>
     <col min="16166" max="16166" width="12.140625" style="3" customWidth="1"/>
     <col min="16167" max="16167" width="11.28515625" style="3" customWidth="1"/>
     <col min="16168" max="16168" width="11.5703125" style="3" customWidth="1"/>
     <col min="16169" max="16169" width="13.5703125" style="3" customWidth="1"/>
     <col min="16170" max="16170" width="12.5703125" style="3" customWidth="1"/>
     <col min="16171" max="16171" width="13.7109375" style="3" customWidth="1"/>
     <col min="16172" max="16384" width="3.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:43" s="19" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-[...46 lines deleted...]
-      <c r="AQ1" s="72"/>
+    <row r="1" spans="1:43" s="17" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="16"/>
+      <c r="B1" s="15"/>
+      <c r="C1" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
+      <c r="X1" s="54"/>
+      <c r="Y1" s="54"/>
+      <c r="Z1" s="54"/>
+      <c r="AA1" s="54"/>
+      <c r="AB1" s="54"/>
+      <c r="AC1" s="54"/>
+      <c r="AD1" s="54"/>
+      <c r="AE1" s="54"/>
+      <c r="AF1" s="54"/>
+      <c r="AG1" s="54"/>
+      <c r="AH1" s="54"/>
+      <c r="AI1" s="54"/>
+      <c r="AJ1" s="54"/>
+      <c r="AK1" s="56"/>
+      <c r="AL1" s="57"/>
+      <c r="AM1" s="57"/>
+      <c r="AN1" s="57"/>
+      <c r="AO1" s="57"/>
+      <c r="AP1" s="57"/>
+      <c r="AQ1" s="57"/>
     </row>
-    <row r="2" spans="1:43" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
-      <c r="C2" s="52" t="s">
-[...34 lines deleted...]
-      <c r="AJ2" s="52"/>
+      <c r="C2" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="55"/>
+      <c r="F2" s="55"/>
+      <c r="G2" s="55"/>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55"/>
+      <c r="J2" s="55"/>
+      <c r="K2" s="55"/>
+      <c r="L2" s="55"/>
+      <c r="M2" s="55"/>
+      <c r="N2" s="55"/>
+      <c r="O2" s="55"/>
+      <c r="P2" s="55"/>
+      <c r="Q2" s="55"/>
+      <c r="R2" s="55"/>
+      <c r="S2" s="55"/>
+      <c r="T2" s="55"/>
+      <c r="U2" s="55"/>
+      <c r="V2" s="55"/>
+      <c r="W2" s="55"/>
+      <c r="X2" s="55"/>
+      <c r="Y2" s="55"/>
+      <c r="Z2" s="55"/>
+      <c r="AA2" s="55"/>
+      <c r="AB2" s="55"/>
+      <c r="AC2" s="55"/>
+      <c r="AD2" s="55"/>
+      <c r="AE2" s="55"/>
+      <c r="AF2" s="55"/>
+      <c r="AG2" s="55"/>
+      <c r="AH2" s="55"/>
+      <c r="AI2" s="55"/>
+      <c r="AJ2" s="55"/>
       <c r="AK2" s="4"/>
       <c r="AL2" s="4"/>
       <c r="AM2" s="4"/>
       <c r="AN2" s="4"/>
     </row>
     <row r="3" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="71" t="s">
-[...43 lines deleted...]
-      <c r="AQ3" s="71"/>
+      <c r="A3" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="81"/>
+      <c r="C3" s="81"/>
+      <c r="D3" s="81"/>
+      <c r="E3" s="81"/>
+      <c r="F3" s="81"/>
+      <c r="G3" s="81"/>
+      <c r="H3" s="81"/>
+      <c r="I3" s="81"/>
+      <c r="J3" s="81"/>
+      <c r="K3" s="81"/>
+      <c r="L3" s="81"/>
+      <c r="M3" s="81"/>
+      <c r="N3" s="81"/>
+      <c r="O3" s="81"/>
+      <c r="P3" s="81"/>
+      <c r="Q3" s="81"/>
+      <c r="R3" s="81"/>
+      <c r="S3" s="81"/>
+      <c r="T3" s="81"/>
+      <c r="U3" s="81"/>
+      <c r="V3" s="81"/>
+      <c r="W3" s="81"/>
+      <c r="X3" s="81"/>
+      <c r="Y3" s="81"/>
+      <c r="Z3" s="81"/>
+      <c r="AA3" s="81"/>
+      <c r="AB3" s="81"/>
+      <c r="AC3" s="81"/>
+      <c r="AD3" s="81"/>
+      <c r="AE3" s="81"/>
+      <c r="AF3" s="81"/>
+      <c r="AG3" s="81"/>
+      <c r="AH3" s="81"/>
+      <c r="AI3" s="81"/>
+      <c r="AJ3" s="81"/>
+      <c r="AK3" s="81"/>
+      <c r="AL3" s="81"/>
+      <c r="AM3" s="81"/>
+      <c r="AN3" s="81"/>
+      <c r="AO3" s="81"/>
+      <c r="AP3" s="81"/>
+      <c r="AQ3" s="81"/>
     </row>
     <row r="4" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="71" t="s">
-[...43 lines deleted...]
-      <c r="AQ4" s="71"/>
+      <c r="A4" s="81" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="81"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="81"/>
+      <c r="E4" s="81"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="81"/>
+      <c r="I4" s="81"/>
+      <c r="J4" s="81"/>
+      <c r="K4" s="81"/>
+      <c r="L4" s="81"/>
+      <c r="M4" s="81"/>
+      <c r="N4" s="81"/>
+      <c r="O4" s="81"/>
+      <c r="P4" s="81"/>
+      <c r="Q4" s="81"/>
+      <c r="R4" s="81"/>
+      <c r="S4" s="81"/>
+      <c r="T4" s="81"/>
+      <c r="U4" s="81"/>
+      <c r="V4" s="81"/>
+      <c r="W4" s="81"/>
+      <c r="X4" s="81"/>
+      <c r="Y4" s="81"/>
+      <c r="Z4" s="81"/>
+      <c r="AA4" s="81"/>
+      <c r="AB4" s="81"/>
+      <c r="AC4" s="81"/>
+      <c r="AD4" s="81"/>
+      <c r="AE4" s="81"/>
+      <c r="AF4" s="81"/>
+      <c r="AG4" s="81"/>
+      <c r="AH4" s="81"/>
+      <c r="AI4" s="81"/>
+      <c r="AJ4" s="81"/>
+      <c r="AK4" s="81"/>
+      <c r="AL4" s="81"/>
+      <c r="AM4" s="81"/>
+      <c r="AN4" s="81"/>
+      <c r="AO4" s="81"/>
+      <c r="AP4" s="81"/>
+      <c r="AQ4" s="81"/>
     </row>
-    <row r="5" spans="1:43" s="22" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="Q5" s="87"/>
+    <row r="5" spans="1:43" s="20" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="18"/>
+      <c r="B5" s="93"/>
+      <c r="C5" s="93"/>
+      <c r="D5" s="93"/>
+      <c r="E5" s="93"/>
+      <c r="F5" s="93"/>
+      <c r="G5" s="93"/>
+      <c r="H5" s="93"/>
+      <c r="I5" s="93"/>
+      <c r="J5" s="93"/>
+      <c r="K5" s="93"/>
+      <c r="L5" s="93"/>
+      <c r="M5" s="93"/>
+      <c r="N5" s="93"/>
+      <c r="O5" s="93"/>
+      <c r="P5" s="93"/>
+      <c r="Q5" s="93"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
       <c r="U5" s="5"/>
       <c r="V5" s="5"/>
       <c r="W5" s="5"/>
       <c r="X5" s="5"/>
       <c r="Y5" s="5"/>
       <c r="Z5" s="5"/>
       <c r="AA5" s="5"/>
       <c r="AB5" s="5"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="5"/>
       <c r="AE5" s="5"/>
       <c r="AF5" s="5"/>
       <c r="AG5" s="5"/>
       <c r="AH5" s="5"/>
       <c r="AI5" s="5"/>
       <c r="AJ5" s="5"/>
-      <c r="AK5" s="21"/>
-[...2 lines deleted...]
-      <c r="AN5" s="21"/>
+      <c r="AK5" s="19"/>
+      <c r="AL5" s="19"/>
+      <c r="AM5" s="19"/>
+      <c r="AN5" s="19"/>
     </row>
-    <row r="6" spans="1:43" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="Q6" s="88"/>
+    <row r="6" spans="1:43" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="18"/>
+      <c r="B6" s="94" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="94"/>
+      <c r="D6" s="94"/>
+      <c r="E6" s="94"/>
+      <c r="F6" s="94"/>
+      <c r="G6" s="94"/>
+      <c r="H6" s="94"/>
+      <c r="I6" s="94"/>
+      <c r="J6" s="94"/>
+      <c r="K6" s="94"/>
+      <c r="L6" s="94"/>
+      <c r="M6" s="94"/>
+      <c r="N6" s="94"/>
+      <c r="O6" s="94"/>
+      <c r="P6" s="94"/>
+      <c r="Q6" s="94"/>
       <c r="R6" s="5"/>
       <c r="S6" s="5"/>
       <c r="T6" s="5"/>
       <c r="U6" s="5"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
-      <c r="AK6" s="21"/>
-[...2 lines deleted...]
-      <c r="AN6" s="21"/>
+      <c r="AK6" s="19"/>
+      <c r="AL6" s="19"/>
+      <c r="AM6" s="19"/>
+      <c r="AN6" s="19"/>
     </row>
-    <row r="7" spans="1:43" s="22" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="N7" s="20"/>
+    <row r="7" spans="1:43" s="20" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="21"/>
+      <c r="C7" s="18"/>
+      <c r="D7" s="18"/>
+      <c r="E7" s="18"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="18"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="18"/>
+      <c r="J7" s="18"/>
+      <c r="K7" s="18"/>
+      <c r="L7" s="18"/>
+      <c r="M7" s="18"/>
+      <c r="N7" s="18"/>
       <c r="O7" s="5"/>
       <c r="P7" s="5"/>
       <c r="Q7" s="5"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5"/>
       <c r="T7" s="5"/>
       <c r="U7" s="5"/>
       <c r="V7" s="5"/>
       <c r="W7" s="5"/>
       <c r="X7" s="5"/>
       <c r="Y7" s="5"/>
       <c r="Z7" s="5"/>
       <c r="AA7" s="5"/>
       <c r="AB7" s="5"/>
       <c r="AC7" s="5"/>
       <c r="AD7" s="5"/>
       <c r="AE7" s="5"/>
       <c r="AF7" s="5"/>
       <c r="AG7" s="5"/>
       <c r="AH7" s="5"/>
       <c r="AI7" s="5"/>
       <c r="AJ7" s="5"/>
-      <c r="AK7" s="21"/>
-[...2 lines deleted...]
-      <c r="AN7" s="21"/>
+      <c r="AK7" s="19"/>
+      <c r="AL7" s="19"/>
+      <c r="AM7" s="19"/>
+      <c r="AN7" s="19"/>
     </row>
-    <row r="8" spans="1:43" s="22" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="N8" s="20"/>
+    <row r="8" spans="1:43" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="18"/>
+      <c r="B8" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="18"/>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="5"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="5"/>
       <c r="Z8" s="5"/>
       <c r="AA8" s="5"/>
       <c r="AB8" s="5"/>
       <c r="AC8" s="5"/>
       <c r="AD8" s="5"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
-      <c r="AK8" s="21"/>
-[...2 lines deleted...]
-      <c r="AN8" s="21"/>
+      <c r="AK8" s="19"/>
+      <c r="AL8" s="19"/>
+      <c r="AM8" s="19"/>
+      <c r="AN8" s="19"/>
     </row>
-    <row r="9" spans="1:43" s="22" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="N9" s="20"/>
+    <row r="9" spans="1:43" s="20" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="18"/>
+      <c r="B9" s="21"/>
+      <c r="C9" s="18"/>
+      <c r="D9" s="18"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
       <c r="O9" s="5"/>
       <c r="P9" s="5"/>
       <c r="Q9" s="5"/>
       <c r="R9" s="5"/>
       <c r="S9" s="5"/>
       <c r="T9" s="5"/>
       <c r="U9" s="5"/>
       <c r="V9" s="5"/>
       <c r="W9" s="5"/>
       <c r="X9" s="5"/>
       <c r="Y9" s="5"/>
       <c r="Z9" s="5"/>
       <c r="AA9" s="5"/>
       <c r="AB9" s="5"/>
       <c r="AC9" s="5"/>
       <c r="AD9" s="5"/>
       <c r="AE9" s="5"/>
       <c r="AF9" s="5"/>
       <c r="AG9" s="5"/>
       <c r="AH9" s="5"/>
       <c r="AI9" s="5"/>
       <c r="AJ9" s="5"/>
-      <c r="AK9" s="21"/>
-[...2 lines deleted...]
-      <c r="AN9" s="21"/>
+      <c r="AK9" s="19"/>
+      <c r="AL9" s="19"/>
+      <c r="AM9" s="19"/>
+      <c r="AN9" s="19"/>
     </row>
-    <row r="10" spans="1:43" s="22" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AQ10" s="73"/>
+    <row r="10" spans="1:43" s="20" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="82"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="82"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="82"/>
+      <c r="K10" s="82"/>
+      <c r="L10" s="82"/>
+      <c r="M10" s="82"/>
+      <c r="N10" s="82"/>
+      <c r="O10" s="82"/>
+      <c r="P10" s="82"/>
+      <c r="Q10" s="82"/>
+      <c r="R10" s="82"/>
+      <c r="S10" s="82"/>
+      <c r="T10" s="82"/>
+      <c r="U10" s="82"/>
+      <c r="V10" s="82"/>
+      <c r="W10" s="82"/>
+      <c r="X10" s="82"/>
+      <c r="Y10" s="82"/>
+      <c r="Z10" s="82"/>
+      <c r="AA10" s="82"/>
+      <c r="AB10" s="82"/>
+      <c r="AC10" s="82"/>
+      <c r="AD10" s="82"/>
+      <c r="AE10" s="82"/>
+      <c r="AF10" s="82"/>
+      <c r="AG10" s="82"/>
+      <c r="AH10" s="82"/>
+      <c r="AI10" s="82"/>
+      <c r="AJ10" s="82"/>
+      <c r="AK10" s="82"/>
+      <c r="AL10" s="82"/>
+      <c r="AM10" s="82"/>
+      <c r="AN10" s="82"/>
+      <c r="AO10" s="82"/>
+      <c r="AP10" s="82"/>
+      <c r="AQ10" s="82"/>
     </row>
     <row r="11" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="53" t="s">
+      <c r="A11" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="53" t="s">
-[...41 lines deleted...]
-      <c r="AJ11" s="65" t="s">
+      <c r="B11" s="63" t="s">
         <v>9</v>
       </c>
-      <c r="AK11" s="66"/>
-[...13 lines deleted...]
-      <c r="AQ11" s="75"/>
+      <c r="C11" s="66" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="67"/>
+      <c r="E11" s="67"/>
+      <c r="F11" s="67"/>
+      <c r="G11" s="67"/>
+      <c r="H11" s="67"/>
+      <c r="I11" s="67"/>
+      <c r="J11" s="67"/>
+      <c r="K11" s="67"/>
+      <c r="L11" s="67"/>
+      <c r="M11" s="67"/>
+      <c r="N11" s="67"/>
+      <c r="O11" s="67"/>
+      <c r="P11" s="67"/>
+      <c r="Q11" s="67"/>
+      <c r="R11" s="67"/>
+      <c r="S11" s="67"/>
+      <c r="T11" s="67"/>
+      <c r="U11" s="67"/>
+      <c r="V11" s="67"/>
+      <c r="W11" s="67"/>
+      <c r="X11" s="67"/>
+      <c r="Y11" s="67"/>
+      <c r="Z11" s="67"/>
+      <c r="AA11" s="67"/>
+      <c r="AB11" s="67"/>
+      <c r="AC11" s="67"/>
+      <c r="AD11" s="67"/>
+      <c r="AE11" s="67"/>
+      <c r="AF11" s="67"/>
+      <c r="AG11" s="68"/>
+      <c r="AH11" s="91" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI11" s="91" t="s">
+        <v>39</v>
+      </c>
+      <c r="AJ11" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK11" s="76"/>
+      <c r="AL11" s="58" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM11" s="58" t="s">
+        <v>29</v>
+      </c>
+      <c r="AN11" s="87" t="s">
+        <v>7</v>
+      </c>
+      <c r="AO11" s="88"/>
+      <c r="AP11" s="83" t="s">
+        <v>13</v>
+      </c>
+      <c r="AQ11" s="84"/>
     </row>
     <row r="12" spans="1:43" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="54"/>
-[...41 lines deleted...]
-      <c r="AQ12" s="77"/>
+      <c r="A12" s="64"/>
+      <c r="B12" s="64"/>
+      <c r="C12" s="69"/>
+      <c r="D12" s="70"/>
+      <c r="E12" s="70"/>
+      <c r="F12" s="70"/>
+      <c r="G12" s="70"/>
+      <c r="H12" s="70"/>
+      <c r="I12" s="70"/>
+      <c r="J12" s="70"/>
+      <c r="K12" s="70"/>
+      <c r="L12" s="70"/>
+      <c r="M12" s="70"/>
+      <c r="N12" s="70"/>
+      <c r="O12" s="70"/>
+      <c r="P12" s="70"/>
+      <c r="Q12" s="70"/>
+      <c r="R12" s="70"/>
+      <c r="S12" s="70"/>
+      <c r="T12" s="70"/>
+      <c r="U12" s="70"/>
+      <c r="V12" s="70"/>
+      <c r="W12" s="70"/>
+      <c r="X12" s="70"/>
+      <c r="Y12" s="70"/>
+      <c r="Z12" s="70"/>
+      <c r="AA12" s="70"/>
+      <c r="AB12" s="70"/>
+      <c r="AC12" s="70"/>
+      <c r="AD12" s="70"/>
+      <c r="AE12" s="70"/>
+      <c r="AF12" s="70"/>
+      <c r="AG12" s="71"/>
+      <c r="AH12" s="92"/>
+      <c r="AI12" s="92"/>
+      <c r="AJ12" s="77"/>
+      <c r="AK12" s="78"/>
+      <c r="AL12" s="59"/>
+      <c r="AM12" s="59"/>
+      <c r="AN12" s="89"/>
+      <c r="AO12" s="90"/>
+      <c r="AP12" s="85"/>
+      <c r="AQ12" s="86"/>
     </row>
-    <row r="13" spans="1:43" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...49 lines deleted...]
-        <v>45</v>
+    <row r="13" spans="1:43" s="45" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="64"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="69"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="70"/>
+      <c r="I13" s="70"/>
+      <c r="J13" s="70"/>
+      <c r="K13" s="70"/>
+      <c r="L13" s="70"/>
+      <c r="M13" s="70"/>
+      <c r="N13" s="70"/>
+      <c r="O13" s="70"/>
+      <c r="P13" s="70"/>
+      <c r="Q13" s="70"/>
+      <c r="R13" s="70"/>
+      <c r="S13" s="70"/>
+      <c r="T13" s="70"/>
+      <c r="U13" s="70"/>
+      <c r="V13" s="70"/>
+      <c r="W13" s="70"/>
+      <c r="X13" s="70"/>
+      <c r="Y13" s="70"/>
+      <c r="Z13" s="70"/>
+      <c r="AA13" s="70"/>
+      <c r="AB13" s="70"/>
+      <c r="AC13" s="70"/>
+      <c r="AD13" s="70"/>
+      <c r="AE13" s="70"/>
+      <c r="AF13" s="70"/>
+      <c r="AG13" s="71"/>
+      <c r="AH13" s="92"/>
+      <c r="AI13" s="92"/>
+      <c r="AJ13" s="77"/>
+      <c r="AK13" s="78"/>
+      <c r="AL13" s="59"/>
+      <c r="AM13" s="59"/>
+      <c r="AN13" s="58" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO13" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="AP13" s="58" t="s">
+        <v>16</v>
+      </c>
+      <c r="AQ13" s="58" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:43" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="54"/>
-[...41 lines deleted...]
-      <c r="AQ14" s="79"/>
+      <c r="A14" s="64"/>
+      <c r="B14" s="64"/>
+      <c r="C14" s="72"/>
+      <c r="D14" s="73"/>
+      <c r="E14" s="73"/>
+      <c r="F14" s="73"/>
+      <c r="G14" s="73"/>
+      <c r="H14" s="73"/>
+      <c r="I14" s="73"/>
+      <c r="J14" s="73"/>
+      <c r="K14" s="73"/>
+      <c r="L14" s="73"/>
+      <c r="M14" s="73"/>
+      <c r="N14" s="73"/>
+      <c r="O14" s="73"/>
+      <c r="P14" s="73"/>
+      <c r="Q14" s="73"/>
+      <c r="R14" s="73"/>
+      <c r="S14" s="73"/>
+      <c r="T14" s="73"/>
+      <c r="U14" s="73"/>
+      <c r="V14" s="73"/>
+      <c r="W14" s="73"/>
+      <c r="X14" s="73"/>
+      <c r="Y14" s="73"/>
+      <c r="Z14" s="73"/>
+      <c r="AA14" s="73"/>
+      <c r="AB14" s="73"/>
+      <c r="AC14" s="73"/>
+      <c r="AD14" s="73"/>
+      <c r="AE14" s="73"/>
+      <c r="AF14" s="73"/>
+      <c r="AG14" s="74"/>
+      <c r="AH14" s="92"/>
+      <c r="AI14" s="92"/>
+      <c r="AJ14" s="79"/>
+      <c r="AK14" s="80"/>
+      <c r="AL14" s="59"/>
+      <c r="AM14" s="59"/>
+      <c r="AN14" s="59"/>
+      <c r="AO14" s="59"/>
+      <c r="AP14" s="59"/>
+      <c r="AQ14" s="59"/>
     </row>
     <row r="15" spans="1:43" ht="54" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="55"/>
-[...1 lines deleted...]
-      <c r="C15" s="7">
+      <c r="A15" s="65"/>
+      <c r="B15" s="65"/>
+      <c r="C15" s="6">
         <v>1</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D15" s="6">
         <v>2</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E15" s="6">
         <v>3</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F15" s="6">
         <v>4</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G15" s="6">
         <v>5</v>
       </c>
-      <c r="H15" s="7">
+      <c r="H15" s="6">
         <v>6</v>
       </c>
-      <c r="I15" s="7">
+      <c r="I15" s="6">
         <v>7</v>
       </c>
-      <c r="J15" s="7">
+      <c r="J15" s="6">
         <v>8</v>
       </c>
-      <c r="K15" s="7">
+      <c r="K15" s="6">
         <v>9</v>
       </c>
-      <c r="L15" s="7">
+      <c r="L15" s="6">
         <v>10</v>
       </c>
-      <c r="M15" s="7">
+      <c r="M15" s="6">
         <v>11</v>
       </c>
-      <c r="N15" s="7">
+      <c r="N15" s="6">
         <v>12</v>
       </c>
-      <c r="O15" s="7">
+      <c r="O15" s="6">
         <v>13</v>
       </c>
-      <c r="P15" s="7">
+      <c r="P15" s="6">
         <v>14</v>
       </c>
-      <c r="Q15" s="7">
+      <c r="Q15" s="6">
         <v>15</v>
       </c>
-      <c r="R15" s="7">
+      <c r="R15" s="6">
         <v>16</v>
       </c>
-      <c r="S15" s="7">
+      <c r="S15" s="6">
         <v>17</v>
       </c>
-      <c r="T15" s="7">
+      <c r="T15" s="6">
         <v>18</v>
       </c>
-      <c r="U15" s="7">
+      <c r="U15" s="6">
         <v>19</v>
       </c>
-      <c r="V15" s="7">
+      <c r="V15" s="6">
         <v>20</v>
       </c>
-      <c r="W15" s="7">
+      <c r="W15" s="6">
         <v>21</v>
       </c>
-      <c r="X15" s="7">
+      <c r="X15" s="6">
         <v>22</v>
       </c>
-      <c r="Y15" s="7">
+      <c r="Y15" s="6">
         <v>23</v>
       </c>
-      <c r="Z15" s="7">
+      <c r="Z15" s="6">
         <v>24</v>
       </c>
-      <c r="AA15" s="7">
+      <c r="AA15" s="6">
         <v>25</v>
       </c>
-      <c r="AB15" s="7">
+      <c r="AB15" s="6">
         <v>26</v>
       </c>
-      <c r="AC15" s="7">
+      <c r="AC15" s="6">
         <v>27</v>
       </c>
-      <c r="AD15" s="7">
+      <c r="AD15" s="6">
         <v>28</v>
       </c>
-      <c r="AE15" s="7">
+      <c r="AE15" s="6">
         <v>29</v>
       </c>
-      <c r="AF15" s="7">
+      <c r="AF15" s="6">
         <v>30</v>
       </c>
-      <c r="AG15" s="7">
+      <c r="AG15" s="6">
         <v>31</v>
       </c>
-      <c r="AH15" s="24"/>
-[...12 lines deleted...]
-      <c r="AQ15" s="80"/>
+      <c r="AH15" s="22"/>
+      <c r="AI15" s="22"/>
+      <c r="AJ15" s="61"/>
+      <c r="AK15" s="62"/>
+      <c r="AL15" s="60"/>
+      <c r="AM15" s="60"/>
+      <c r="AN15" s="60"/>
+      <c r="AO15" s="60"/>
+      <c r="AP15" s="60"/>
+      <c r="AQ15" s="60"/>
     </row>
     <row r="16" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="97" t="s">
-[...45 lines deleted...]
-      <c r="AQ16" s="42"/>
+      <c r="A16" s="95" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="37"/>
+      <c r="D16" s="37"/>
+      <c r="E16" s="37"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="37"/>
+      <c r="H16" s="37"/>
+      <c r="I16" s="37"/>
+      <c r="J16" s="37"/>
+      <c r="K16" s="37"/>
+      <c r="L16" s="37"/>
+      <c r="M16" s="37"/>
+      <c r="N16" s="37"/>
+      <c r="O16" s="37"/>
+      <c r="P16" s="37"/>
+      <c r="Q16" s="37"/>
+      <c r="R16" s="37"/>
+      <c r="S16" s="37"/>
+      <c r="T16" s="37"/>
+      <c r="U16" s="37"/>
+      <c r="V16" s="37"/>
+      <c r="W16" s="37"/>
+      <c r="X16" s="37"/>
+      <c r="Y16" s="37"/>
+      <c r="Z16" s="37"/>
+      <c r="AA16" s="37"/>
+      <c r="AB16" s="37"/>
+      <c r="AC16" s="37"/>
+      <c r="AD16" s="37"/>
+      <c r="AE16" s="37"/>
+      <c r="AF16" s="37"/>
+      <c r="AG16" s="37"/>
+      <c r="AH16" s="34"/>
+      <c r="AI16" s="34"/>
+      <c r="AJ16" s="33"/>
+      <c r="AK16" s="33"/>
+      <c r="AL16" s="35"/>
+      <c r="AM16" s="47"/>
+      <c r="AN16" s="35"/>
+      <c r="AO16" s="35"/>
+      <c r="AP16" s="35"/>
+      <c r="AQ16" s="48"/>
     </row>
     <row r="17" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="98"/>
-[...41 lines deleted...]
-      <c r="AQ17" s="10"/>
+      <c r="A17" s="96"/>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="7"/>
+      <c r="K17" s="7"/>
+      <c r="L17" s="7"/>
+      <c r="M17" s="7"/>
+      <c r="N17" s="7"/>
+      <c r="O17" s="7"/>
+      <c r="P17" s="7"/>
+      <c r="Q17" s="7"/>
+      <c r="R17" s="7"/>
+      <c r="S17" s="7"/>
+      <c r="T17" s="7"/>
+      <c r="U17" s="7"/>
+      <c r="V17" s="7"/>
+      <c r="W17" s="7"/>
+      <c r="X17" s="7"/>
+      <c r="Y17" s="7"/>
+      <c r="Z17" s="7"/>
+      <c r="AA17" s="7"/>
+      <c r="AB17" s="7"/>
+      <c r="AC17" s="7"/>
+      <c r="AD17" s="7"/>
+      <c r="AE17" s="7"/>
+      <c r="AF17" s="7"/>
+      <c r="AG17" s="7"/>
+      <c r="AH17" s="23"/>
+      <c r="AI17" s="23"/>
+      <c r="AJ17" s="52"/>
+      <c r="AK17" s="53"/>
+      <c r="AL17" s="8"/>
+      <c r="AM17" s="49"/>
+      <c r="AN17" s="8"/>
+      <c r="AO17" s="8"/>
+      <c r="AP17" s="8"/>
+      <c r="AQ17" s="49"/>
     </row>
     <row r="18" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="98"/>
-[...43 lines deleted...]
-      <c r="AQ18" s="47"/>
+      <c r="A18" s="96"/>
+      <c r="B18" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="36"/>
+      <c r="D18" s="36"/>
+      <c r="E18" s="36"/>
+      <c r="F18" s="36"/>
+      <c r="G18" s="36"/>
+      <c r="H18" s="36"/>
+      <c r="I18" s="36"/>
+      <c r="J18" s="36"/>
+      <c r="K18" s="36"/>
+      <c r="L18" s="36"/>
+      <c r="M18" s="36"/>
+      <c r="N18" s="36"/>
+      <c r="O18" s="36"/>
+      <c r="P18" s="36"/>
+      <c r="Q18" s="36"/>
+      <c r="R18" s="36"/>
+      <c r="S18" s="36"/>
+      <c r="T18" s="36"/>
+      <c r="U18" s="36"/>
+      <c r="V18" s="36"/>
+      <c r="W18" s="36"/>
+      <c r="X18" s="36"/>
+      <c r="Y18" s="36"/>
+      <c r="Z18" s="36"/>
+      <c r="AA18" s="36"/>
+      <c r="AB18" s="36"/>
+      <c r="AC18" s="36"/>
+      <c r="AD18" s="36"/>
+      <c r="AE18" s="36"/>
+      <c r="AF18" s="36"/>
+      <c r="AG18" s="36"/>
+      <c r="AH18" s="36"/>
+      <c r="AI18" s="36"/>
+      <c r="AJ18" s="36"/>
+      <c r="AK18" s="36"/>
+      <c r="AL18" s="36"/>
+      <c r="AM18" s="36"/>
+      <c r="AN18" s="36"/>
+      <c r="AO18" s="36"/>
+      <c r="AP18" s="36"/>
+      <c r="AQ18" s="38"/>
     </row>
     <row r="19" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="99"/>
-[...54 lines deleted...]
-        <v>15</v>
+      <c r="A19" s="97"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
+      <c r="R19" s="29"/>
+      <c r="S19" s="29"/>
+      <c r="T19" s="29"/>
+      <c r="U19" s="29"/>
+      <c r="V19" s="29"/>
+      <c r="W19" s="29"/>
+      <c r="X19" s="29"/>
+      <c r="Y19" s="29"/>
+      <c r="Z19" s="29"/>
+      <c r="AA19" s="29"/>
+      <c r="AB19" s="29"/>
+      <c r="AC19" s="29"/>
+      <c r="AD19" s="29"/>
+      <c r="AE19" s="29"/>
+      <c r="AF19" s="29"/>
+      <c r="AG19" s="29"/>
+      <c r="AH19" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI19" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ19" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK19" s="51"/>
+      <c r="AL19" s="30"/>
+      <c r="AM19" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN19" s="30"/>
+      <c r="AO19" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP19" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ19" s="32" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="97" t="s">
-[...45 lines deleted...]
-      <c r="AQ20" s="42"/>
+      <c r="A20" s="95" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="C20" s="37"/>
+      <c r="D20" s="37"/>
+      <c r="E20" s="37"/>
+      <c r="F20" s="37"/>
+      <c r="G20" s="37"/>
+      <c r="H20" s="37"/>
+      <c r="I20" s="37"/>
+      <c r="J20" s="37"/>
+      <c r="K20" s="37"/>
+      <c r="L20" s="37"/>
+      <c r="M20" s="37"/>
+      <c r="N20" s="37"/>
+      <c r="O20" s="37"/>
+      <c r="P20" s="37"/>
+      <c r="Q20" s="37"/>
+      <c r="R20" s="37"/>
+      <c r="S20" s="37"/>
+      <c r="T20" s="37"/>
+      <c r="U20" s="37"/>
+      <c r="V20" s="37"/>
+      <c r="W20" s="37"/>
+      <c r="X20" s="37"/>
+      <c r="Y20" s="37"/>
+      <c r="Z20" s="37"/>
+      <c r="AA20" s="37"/>
+      <c r="AB20" s="37"/>
+      <c r="AC20" s="37"/>
+      <c r="AD20" s="37"/>
+      <c r="AE20" s="37"/>
+      <c r="AF20" s="37"/>
+      <c r="AG20" s="37"/>
+      <c r="AH20" s="34"/>
+      <c r="AI20" s="34"/>
+      <c r="AJ20" s="33"/>
+      <c r="AK20" s="33"/>
+      <c r="AL20" s="35"/>
+      <c r="AM20" s="47"/>
+      <c r="AN20" s="35"/>
+      <c r="AO20" s="35"/>
+      <c r="AP20" s="35"/>
+      <c r="AQ20" s="48"/>
     </row>
     <row r="21" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="98"/>
-[...41 lines deleted...]
-      <c r="AQ21" s="10"/>
+      <c r="A21" s="96"/>
+      <c r="B21" s="7"/>
+      <c r="C21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="7"/>
+      <c r="I21" s="7"/>
+      <c r="J21" s="7"/>
+      <c r="K21" s="7"/>
+      <c r="L21" s="7"/>
+      <c r="M21" s="7"/>
+      <c r="N21" s="7"/>
+      <c r="O21" s="7"/>
+      <c r="P21" s="7"/>
+      <c r="Q21" s="7"/>
+      <c r="R21" s="7"/>
+      <c r="S21" s="7"/>
+      <c r="T21" s="7"/>
+      <c r="U21" s="7"/>
+      <c r="V21" s="7"/>
+      <c r="W21" s="7"/>
+      <c r="X21" s="7"/>
+      <c r="Y21" s="7"/>
+      <c r="Z21" s="7"/>
+      <c r="AA21" s="7"/>
+      <c r="AB21" s="7"/>
+      <c r="AC21" s="7"/>
+      <c r="AD21" s="7"/>
+      <c r="AE21" s="7"/>
+      <c r="AF21" s="7"/>
+      <c r="AG21" s="7"/>
+      <c r="AH21" s="23"/>
+      <c r="AI21" s="23"/>
+      <c r="AJ21" s="52"/>
+      <c r="AK21" s="53"/>
+      <c r="AL21" s="8"/>
+      <c r="AM21" s="49"/>
+      <c r="AN21" s="8"/>
+      <c r="AO21" s="8"/>
+      <c r="AP21" s="8"/>
+      <c r="AQ21" s="49"/>
     </row>
     <row r="22" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="98"/>
-[...43 lines deleted...]
-      <c r="AQ22" s="47"/>
+      <c r="A22" s="96"/>
+      <c r="B22" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="36"/>
+      <c r="D22" s="36"/>
+      <c r="E22" s="36"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="36"/>
+      <c r="H22" s="36"/>
+      <c r="I22" s="36"/>
+      <c r="J22" s="36"/>
+      <c r="K22" s="36"/>
+      <c r="L22" s="36"/>
+      <c r="M22" s="36"/>
+      <c r="N22" s="36"/>
+      <c r="O22" s="36"/>
+      <c r="P22" s="36"/>
+      <c r="Q22" s="36"/>
+      <c r="R22" s="36"/>
+      <c r="S22" s="36"/>
+      <c r="T22" s="36"/>
+      <c r="U22" s="36"/>
+      <c r="V22" s="36"/>
+      <c r="W22" s="36"/>
+      <c r="X22" s="36"/>
+      <c r="Y22" s="36"/>
+      <c r="Z22" s="36"/>
+      <c r="AA22" s="36"/>
+      <c r="AB22" s="36"/>
+      <c r="AC22" s="36"/>
+      <c r="AD22" s="36"/>
+      <c r="AE22" s="36"/>
+      <c r="AF22" s="36"/>
+      <c r="AG22" s="36"/>
+      <c r="AH22" s="36"/>
+      <c r="AI22" s="36"/>
+      <c r="AJ22" s="36"/>
+      <c r="AK22" s="36"/>
+      <c r="AL22" s="36"/>
+      <c r="AM22" s="36"/>
+      <c r="AN22" s="36"/>
+      <c r="AO22" s="36"/>
+      <c r="AP22" s="36"/>
+      <c r="AQ22" s="38"/>
     </row>
     <row r="23" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="99"/>
-[...54 lines deleted...]
-        <v>15</v>
+      <c r="A23" s="97"/>
+      <c r="B23" s="29"/>
+      <c r="C23" s="29"/>
+      <c r="D23" s="29"/>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="29"/>
+      <c r="H23" s="29"/>
+      <c r="I23" s="29"/>
+      <c r="J23" s="29"/>
+      <c r="K23" s="29"/>
+      <c r="L23" s="29"/>
+      <c r="M23" s="29"/>
+      <c r="N23" s="29"/>
+      <c r="O23" s="29"/>
+      <c r="P23" s="29"/>
+      <c r="Q23" s="29"/>
+      <c r="R23" s="29"/>
+      <c r="S23" s="29"/>
+      <c r="T23" s="29"/>
+      <c r="U23" s="29"/>
+      <c r="V23" s="29"/>
+      <c r="W23" s="29"/>
+      <c r="X23" s="29"/>
+      <c r="Y23" s="29"/>
+      <c r="Z23" s="29"/>
+      <c r="AA23" s="29"/>
+      <c r="AB23" s="29"/>
+      <c r="AC23" s="29"/>
+      <c r="AD23" s="29"/>
+      <c r="AE23" s="29"/>
+      <c r="AF23" s="29"/>
+      <c r="AG23" s="29"/>
+      <c r="AH23" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI23" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ23" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK23" s="51"/>
+      <c r="AL23" s="30"/>
+      <c r="AM23" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN23" s="30"/>
+      <c r="AO23" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP23" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ23" s="32" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="97" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="48" t="s">
+      <c r="A24" s="95" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="46" t="s">
         <v>40</v>
       </c>
-      <c r="C24" s="46"/>
-[...39 lines deleted...]
-      <c r="AQ24" s="42"/>
+      <c r="C24" s="37"/>
+      <c r="D24" s="37"/>
+      <c r="E24" s="37"/>
+      <c r="F24" s="37"/>
+      <c r="G24" s="37"/>
+      <c r="H24" s="37"/>
+      <c r="I24" s="37"/>
+      <c r="J24" s="37"/>
+      <c r="K24" s="37"/>
+      <c r="L24" s="37"/>
+      <c r="M24" s="37"/>
+      <c r="N24" s="37"/>
+      <c r="O24" s="37"/>
+      <c r="P24" s="37"/>
+      <c r="Q24" s="37"/>
+      <c r="R24" s="37"/>
+      <c r="S24" s="37"/>
+      <c r="T24" s="37"/>
+      <c r="U24" s="37"/>
+      <c r="V24" s="37"/>
+      <c r="W24" s="37"/>
+      <c r="X24" s="37"/>
+      <c r="Y24" s="37"/>
+      <c r="Z24" s="37"/>
+      <c r="AA24" s="37"/>
+      <c r="AB24" s="37"/>
+      <c r="AC24" s="37"/>
+      <c r="AD24" s="37"/>
+      <c r="AE24" s="37"/>
+      <c r="AF24" s="37"/>
+      <c r="AG24" s="37"/>
+      <c r="AH24" s="34"/>
+      <c r="AI24" s="34"/>
+      <c r="AJ24" s="33"/>
+      <c r="AK24" s="33"/>
+      <c r="AL24" s="35"/>
+      <c r="AM24" s="47"/>
+      <c r="AN24" s="35"/>
+      <c r="AO24" s="35"/>
+      <c r="AP24" s="35"/>
+      <c r="AQ24" s="48"/>
     </row>
     <row r="25" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="98"/>
-[...41 lines deleted...]
-      <c r="AQ25" s="36"/>
+      <c r="A25" s="96"/>
+      <c r="B25" s="29"/>
+      <c r="C25" s="29"/>
+      <c r="D25" s="29"/>
+      <c r="E25" s="29"/>
+      <c r="F25" s="29"/>
+      <c r="G25" s="29"/>
+      <c r="H25" s="29"/>
+      <c r="I25" s="29"/>
+      <c r="J25" s="29"/>
+      <c r="K25" s="29"/>
+      <c r="L25" s="29"/>
+      <c r="M25" s="29"/>
+      <c r="N25" s="29"/>
+      <c r="O25" s="29"/>
+      <c r="P25" s="29"/>
+      <c r="Q25" s="29"/>
+      <c r="R25" s="29"/>
+      <c r="S25" s="29"/>
+      <c r="T25" s="29"/>
+      <c r="U25" s="29"/>
+      <c r="V25" s="29"/>
+      <c r="W25" s="29"/>
+      <c r="X25" s="29"/>
+      <c r="Y25" s="29"/>
+      <c r="Z25" s="29"/>
+      <c r="AA25" s="29"/>
+      <c r="AB25" s="29"/>
+      <c r="AC25" s="29"/>
+      <c r="AD25" s="29"/>
+      <c r="AE25" s="29"/>
+      <c r="AF25" s="29"/>
+      <c r="AG25" s="29"/>
+      <c r="AH25" s="31"/>
+      <c r="AI25" s="31"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="53"/>
+      <c r="AL25" s="30"/>
+      <c r="AM25" s="32"/>
+      <c r="AN25" s="30"/>
+      <c r="AO25" s="32"/>
+      <c r="AP25" s="32"/>
+      <c r="AQ25" s="32"/>
     </row>
     <row r="26" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="98"/>
-[...43 lines deleted...]
-      <c r="AQ26" s="47"/>
+      <c r="A26" s="96"/>
+      <c r="B26" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="36"/>
+      <c r="D26" s="36"/>
+      <c r="E26" s="36"/>
+      <c r="F26" s="36"/>
+      <c r="G26" s="36"/>
+      <c r="H26" s="36"/>
+      <c r="I26" s="36"/>
+      <c r="J26" s="36"/>
+      <c r="K26" s="36"/>
+      <c r="L26" s="36"/>
+      <c r="M26" s="36"/>
+      <c r="N26" s="36"/>
+      <c r="O26" s="36"/>
+      <c r="P26" s="36"/>
+      <c r="Q26" s="36"/>
+      <c r="R26" s="36"/>
+      <c r="S26" s="36"/>
+      <c r="T26" s="36"/>
+      <c r="U26" s="36"/>
+      <c r="V26" s="36"/>
+      <c r="W26" s="36"/>
+      <c r="X26" s="36"/>
+      <c r="Y26" s="36"/>
+      <c r="Z26" s="36"/>
+      <c r="AA26" s="36"/>
+      <c r="AB26" s="36"/>
+      <c r="AC26" s="36"/>
+      <c r="AD26" s="36"/>
+      <c r="AE26" s="36"/>
+      <c r="AF26" s="36"/>
+      <c r="AG26" s="36"/>
+      <c r="AH26" s="36"/>
+      <c r="AI26" s="36"/>
+      <c r="AJ26" s="36"/>
+      <c r="AK26" s="36"/>
+      <c r="AL26" s="36"/>
+      <c r="AM26" s="36"/>
+      <c r="AN26" s="36"/>
+      <c r="AO26" s="36"/>
+      <c r="AP26" s="36"/>
+      <c r="AQ26" s="38"/>
     </row>
     <row r="27" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="99"/>
-[...54 lines deleted...]
-        <v>15</v>
+      <c r="A27" s="97"/>
+      <c r="B27" s="7"/>
+      <c r="C27" s="7"/>
+      <c r="D27" s="7"/>
+      <c r="E27" s="7"/>
+      <c r="F27" s="7"/>
+      <c r="G27" s="7"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="7"/>
+      <c r="M27" s="7"/>
+      <c r="N27" s="7"/>
+      <c r="O27" s="7"/>
+      <c r="P27" s="7"/>
+      <c r="Q27" s="7"/>
+      <c r="R27" s="7"/>
+      <c r="S27" s="7"/>
+      <c r="T27" s="7"/>
+      <c r="U27" s="7"/>
+      <c r="V27" s="7"/>
+      <c r="W27" s="7"/>
+      <c r="X27" s="7"/>
+      <c r="Y27" s="7"/>
+      <c r="Z27" s="7"/>
+      <c r="AA27" s="7"/>
+      <c r="AB27" s="7"/>
+      <c r="AC27" s="7"/>
+      <c r="AD27" s="7"/>
+      <c r="AE27" s="7"/>
+      <c r="AF27" s="7"/>
+      <c r="AG27" s="7"/>
+      <c r="AH27" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI27" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ27" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK27" s="51"/>
+      <c r="AL27" s="8"/>
+      <c r="AM27" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN27" s="8"/>
+      <c r="AO27" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP27" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ27" s="26" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:43" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="92"/>
-[...38 lines deleted...]
-      <c r="AL28" s="31">
+      <c r="A28" s="101"/>
+      <c r="B28" s="101"/>
+      <c r="C28" s="101"/>
+      <c r="D28" s="101"/>
+      <c r="E28" s="101"/>
+      <c r="F28" s="101"/>
+      <c r="G28" s="101"/>
+      <c r="H28" s="101"/>
+      <c r="I28" s="101"/>
+      <c r="J28" s="101"/>
+      <c r="K28" s="101"/>
+      <c r="L28" s="101"/>
+      <c r="M28" s="101"/>
+      <c r="N28" s="101"/>
+      <c r="O28" s="101"/>
+      <c r="P28" s="101"/>
+      <c r="Q28" s="101"/>
+      <c r="R28" s="101"/>
+      <c r="S28" s="101"/>
+      <c r="T28" s="101"/>
+      <c r="U28" s="101"/>
+      <c r="V28" s="101"/>
+      <c r="W28" s="101"/>
+      <c r="X28" s="101"/>
+      <c r="Y28" s="101"/>
+      <c r="Z28" s="101"/>
+      <c r="AA28" s="101"/>
+      <c r="AB28" s="101"/>
+      <c r="AC28" s="101"/>
+      <c r="AD28" s="101"/>
+      <c r="AE28" s="101"/>
+      <c r="AF28" s="101"/>
+      <c r="AG28" s="101"/>
+      <c r="AH28" s="101"/>
+      <c r="AI28" s="101"/>
+      <c r="AJ28" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK28" s="105"/>
+      <c r="AL28" s="27">
         <f t="shared" ref="AL28:AQ28" si="0">SUM(AL17:AL27)</f>
         <v>0</v>
       </c>
-      <c r="AM28" s="31">
+      <c r="AM28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AN28" s="31">
+      <c r="AN28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AO28" s="31">
+      <c r="AO28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AP28" s="31">
+      <c r="AP28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AQ28" s="31">
+      <c r="AQ28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:43" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A29" s="89"/>
-[...33 lines deleted...]
-      <c r="AI29" s="37"/>
+      <c r="A29" s="100"/>
+      <c r="B29" s="100"/>
+      <c r="C29" s="100"/>
+      <c r="D29" s="100"/>
+      <c r="E29" s="100"/>
+      <c r="F29" s="100"/>
+      <c r="G29" s="100"/>
+      <c r="H29" s="100"/>
+      <c r="I29" s="100"/>
+      <c r="J29" s="100"/>
+      <c r="K29" s="100"/>
+      <c r="L29" s="100"/>
+      <c r="M29" s="100"/>
+      <c r="N29" s="100"/>
+      <c r="O29" s="100"/>
+      <c r="P29" s="100"/>
+      <c r="Q29" s="100"/>
+      <c r="R29" s="100"/>
+      <c r="S29" s="100"/>
+      <c r="T29" s="100"/>
+      <c r="U29" s="100"/>
+      <c r="V29" s="100"/>
+      <c r="W29" s="100"/>
+      <c r="X29" s="100"/>
+      <c r="Y29" s="100"/>
+      <c r="Z29" s="100"/>
+      <c r="AA29" s="100"/>
+      <c r="AB29" s="100"/>
+      <c r="AC29" s="100"/>
+      <c r="AD29" s="100"/>
+      <c r="AE29" s="100"/>
+      <c r="AF29" s="100"/>
+      <c r="AG29" s="100"/>
+      <c r="AH29" s="43"/>
+      <c r="AI29" s="43"/>
     </row>
-    <row r="30" spans="1:43" s="22" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="93" t="s">
+    <row r="30" spans="1:43" s="20" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" s="102"/>
+      <c r="C30" s="102"/>
+      <c r="D30" s="102"/>
+      <c r="E30" s="102"/>
+      <c r="F30" s="102"/>
+      <c r="G30" s="102"/>
+      <c r="H30" s="102"/>
+      <c r="I30" s="102"/>
+      <c r="J30" s="102"/>
+      <c r="K30" s="102"/>
+      <c r="L30" s="102"/>
+      <c r="M30" s="102"/>
+      <c r="N30" s="102"/>
+      <c r="O30" s="102"/>
+      <c r="P30" s="102"/>
+      <c r="Q30" s="102"/>
+      <c r="R30" s="102"/>
+      <c r="S30" s="102"/>
+      <c r="T30" s="102"/>
+      <c r="U30" s="102"/>
+      <c r="V30" s="102"/>
+      <c r="W30" s="102"/>
+      <c r="X30" s="102"/>
+      <c r="Y30" s="102"/>
+      <c r="Z30" s="102"/>
+      <c r="AA30" s="102"/>
+      <c r="AB30" s="102"/>
+      <c r="AC30" s="102"/>
+      <c r="AD30" s="102"/>
+      <c r="AE30" s="102"/>
+      <c r="AF30" s="102"/>
+      <c r="AG30" s="102"/>
+      <c r="AH30" s="102"/>
+      <c r="AI30" s="102"/>
+      <c r="AJ30" s="102"/>
+      <c r="AK30" s="102"/>
+      <c r="AL30" s="102"/>
+      <c r="AM30" s="102"/>
+      <c r="AN30" s="102"/>
+      <c r="AO30" s="102"/>
+      <c r="AP30" s="102"/>
+      <c r="AQ30" s="102"/>
+    </row>
+    <row r="31" spans="1:43" s="20" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="103" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" s="103"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="103"/>
+      <c r="E31" s="103"/>
+      <c r="F31" s="103"/>
+      <c r="G31" s="103"/>
+      <c r="H31" s="103"/>
+      <c r="I31" s="103"/>
+      <c r="J31" s="103"/>
+      <c r="K31" s="103"/>
+      <c r="L31" s="103"/>
+      <c r="M31" s="103"/>
+      <c r="N31" s="103"/>
+      <c r="O31" s="103"/>
+      <c r="P31" s="103"/>
+      <c r="Q31" s="103"/>
+      <c r="R31" s="103"/>
+      <c r="S31" s="103"/>
+      <c r="T31" s="103"/>
+      <c r="U31" s="103"/>
+      <c r="V31" s="103"/>
+      <c r="W31" s="103"/>
+      <c r="X31" s="103"/>
+      <c r="Y31" s="103"/>
+      <c r="Z31" s="103"/>
+      <c r="AA31" s="103"/>
+      <c r="AB31" s="103"/>
+      <c r="AC31" s="103"/>
+      <c r="AD31" s="103"/>
+      <c r="AE31" s="103"/>
+      <c r="AF31" s="103"/>
+      <c r="AG31" s="103"/>
+      <c r="AH31" s="103"/>
+      <c r="AI31" s="103"/>
+      <c r="AJ31" s="103"/>
+      <c r="AK31" s="103"/>
+      <c r="AL31" s="103"/>
+      <c r="AM31" s="103"/>
+      <c r="AN31" s="103"/>
+      <c r="AO31" s="103"/>
+      <c r="AP31" s="103"/>
+      <c r="AQ31" s="103"/>
+    </row>
+    <row r="32" spans="1:43" s="20" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="44" t="s">
+        <v>37</v>
+      </c>
+      <c r="B32" s="44"/>
+      <c r="C32" s="44"/>
+      <c r="D32" s="44"/>
+      <c r="E32" s="44"/>
+      <c r="F32" s="44"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="44"/>
+      <c r="J32" s="44"/>
+      <c r="K32" s="44"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="44"/>
+      <c r="N32" s="44"/>
+      <c r="O32" s="44"/>
+      <c r="P32" s="44"/>
+      <c r="Q32" s="44"/>
+      <c r="R32" s="44"/>
+      <c r="S32" s="44"/>
+      <c r="T32" s="44"/>
+      <c r="U32" s="44"/>
+      <c r="V32" s="44"/>
+      <c r="W32" s="44"/>
+      <c r="X32" s="44"/>
+      <c r="Y32" s="44"/>
+      <c r="Z32" s="44"/>
+      <c r="AA32" s="44"/>
+      <c r="AB32" s="44"/>
+      <c r="AC32" s="44"/>
+      <c r="AD32" s="44"/>
+      <c r="AE32" s="44"/>
+      <c r="AF32" s="44"/>
+      <c r="AG32" s="44"/>
+      <c r="AH32" s="44"/>
+      <c r="AI32" s="44"/>
+      <c r="AJ32" s="44"/>
+      <c r="AK32" s="44"/>
+      <c r="AL32" s="44"/>
+      <c r="AM32" s="44"/>
+      <c r="AN32" s="44"/>
+      <c r="AO32" s="44"/>
+      <c r="AP32" s="44"/>
+      <c r="AQ32" s="44"/>
+    </row>
+    <row r="33" spans="1:52" s="20" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="103" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="103"/>
+      <c r="C33" s="103"/>
+      <c r="D33" s="103"/>
+      <c r="E33" s="103"/>
+      <c r="F33" s="103"/>
+      <c r="G33" s="103"/>
+      <c r="H33" s="103"/>
+      <c r="I33" s="103"/>
+      <c r="J33" s="103"/>
+      <c r="K33" s="103"/>
+      <c r="L33" s="103"/>
+      <c r="M33" s="103"/>
+      <c r="N33" s="103"/>
+      <c r="O33" s="103"/>
+      <c r="P33" s="103"/>
+      <c r="Q33" s="103"/>
+      <c r="R33" s="103"/>
+      <c r="S33" s="103"/>
+      <c r="T33" s="103"/>
+      <c r="U33" s="103"/>
+      <c r="V33" s="103"/>
+      <c r="W33" s="103"/>
+      <c r="X33" s="103"/>
+      <c r="Y33" s="103"/>
+      <c r="Z33" s="103"/>
+      <c r="AA33" s="103"/>
+      <c r="AB33" s="103"/>
+      <c r="AC33" s="103"/>
+      <c r="AD33" s="103"/>
+      <c r="AE33" s="103"/>
+      <c r="AF33" s="103"/>
+      <c r="AG33" s="103"/>
+      <c r="AH33" s="103"/>
+      <c r="AI33" s="103"/>
+      <c r="AJ33" s="103"/>
+      <c r="AK33" s="103"/>
+      <c r="AL33" s="103"/>
+      <c r="AM33" s="103"/>
+      <c r="AN33" s="103"/>
+      <c r="AO33" s="103"/>
+      <c r="AP33" s="103"/>
+      <c r="AQ33" s="103"/>
+    </row>
+    <row r="34" spans="1:52" s="20" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="44" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" s="44"/>
+      <c r="C34" s="44"/>
+      <c r="D34" s="44"/>
+      <c r="E34" s="44"/>
+      <c r="F34" s="44"/>
+      <c r="G34" s="44"/>
+      <c r="H34" s="44"/>
+      <c r="I34" s="44"/>
+      <c r="J34" s="44"/>
+      <c r="K34" s="44"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="44"/>
+      <c r="N34" s="44"/>
+      <c r="O34" s="44"/>
+      <c r="P34" s="44"/>
+      <c r="Q34" s="44"/>
+      <c r="R34" s="44"/>
+      <c r="S34" s="44"/>
+      <c r="T34" s="44"/>
+      <c r="U34" s="44"/>
+      <c r="V34" s="44"/>
+      <c r="W34" s="44"/>
+      <c r="X34" s="44"/>
+      <c r="Y34" s="44"/>
+      <c r="Z34" s="44"/>
+      <c r="AA34" s="44"/>
+      <c r="AB34" s="44"/>
+      <c r="AC34" s="44"/>
+      <c r="AD34" s="44"/>
+      <c r="AE34" s="44"/>
+      <c r="AF34" s="44"/>
+      <c r="AG34" s="44"/>
+      <c r="AH34" s="44"/>
+      <c r="AI34" s="44"/>
+      <c r="AJ34" s="44"/>
+      <c r="AK34" s="44"/>
+      <c r="AL34" s="44"/>
+      <c r="AM34" s="44"/>
+      <c r="AN34" s="44"/>
+      <c r="AO34" s="44"/>
+      <c r="AP34" s="44"/>
+      <c r="AQ34" s="44"/>
+    </row>
+    <row r="35" spans="1:52" s="20" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="44"/>
+      <c r="B35" s="44"/>
+      <c r="C35" s="44"/>
+      <c r="D35" s="44"/>
+      <c r="E35" s="44"/>
+      <c r="F35" s="44"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="44"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="44"/>
+      <c r="N35" s="44"/>
+      <c r="O35" s="44"/>
+      <c r="P35" s="44"/>
+      <c r="Q35" s="44"/>
+      <c r="R35" s="44"/>
+      <c r="S35" s="44"/>
+      <c r="T35" s="44"/>
+      <c r="U35" s="44"/>
+      <c r="V35" s="44"/>
+      <c r="W35" s="44"/>
+      <c r="X35" s="44"/>
+      <c r="Y35" s="44"/>
+      <c r="Z35" s="44"/>
+      <c r="AA35" s="44"/>
+      <c r="AB35" s="44"/>
+      <c r="AC35" s="44"/>
+      <c r="AD35" s="44"/>
+      <c r="AE35" s="44"/>
+      <c r="AF35" s="44"/>
+      <c r="AG35" s="44"/>
+      <c r="AH35" s="44"/>
+      <c r="AI35" s="44"/>
+      <c r="AJ35" s="44"/>
+      <c r="AK35" s="44"/>
+      <c r="AL35" s="44"/>
+      <c r="AM35" s="44"/>
+      <c r="AN35" s="44"/>
+      <c r="AO35" s="44"/>
+      <c r="AP35" s="44"/>
+      <c r="AQ35" s="44"/>
+      <c r="AZ35" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B30" s="93"/>
-[...40 lines deleted...]
-      <c r="AQ30" s="93"/>
     </row>
-    <row r="31" spans="1:43" s="22" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...268 lines deleted...]
-      <c r="AI36" s="37"/>
+    <row r="36" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="B36" s="10"/>
+      <c r="C36" s="10"/>
+      <c r="D36" s="10"/>
+      <c r="E36" s="10"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="10"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="10"/>
+      <c r="J36" s="10"/>
+      <c r="K36" s="10"/>
+      <c r="L36" s="10"/>
+      <c r="M36" s="10"/>
+      <c r="N36" s="10"/>
+      <c r="O36" s="10"/>
+      <c r="P36" s="10"/>
+      <c r="Q36" s="10"/>
+      <c r="R36" s="10"/>
+      <c r="S36" s="10"/>
+      <c r="T36" s="10"/>
+      <c r="U36" s="10"/>
+      <c r="V36" s="10"/>
+      <c r="W36" s="10"/>
+      <c r="X36" s="10"/>
+      <c r="Y36" s="10"/>
+      <c r="Z36" s="10"/>
+      <c r="AA36" s="10"/>
+      <c r="AB36" s="10"/>
+      <c r="AC36" s="10"/>
+      <c r="AD36" s="10"/>
+      <c r="AE36" s="10"/>
+      <c r="AF36" s="10"/>
+      <c r="AG36" s="10"/>
+      <c r="AH36" s="10"/>
+      <c r="AI36" s="10"/>
+      <c r="AJ36" s="24"/>
+      <c r="AK36" s="24"/>
+      <c r="AL36" s="24"/>
+      <c r="AM36" s="24"/>
+      <c r="AN36" s="24"/>
+      <c r="AO36" s="24"/>
+      <c r="AP36" s="24"/>
+      <c r="AQ36" s="24"/>
     </row>
     <row r="37" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="11" t="s">
+      <c r="A37" s="99" t="s">
         <v>3</v>
       </c>
-      <c r="B37" s="12"/>
-[...40 lines deleted...]
-      <c r="AQ37" s="26"/>
+      <c r="B37" s="99"/>
+      <c r="C37" s="99"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="99"/>
+      <c r="F37" s="99"/>
+      <c r="G37" s="99"/>
+      <c r="H37" s="99"/>
+      <c r="I37" s="99"/>
+      <c r="J37" s="99"/>
+      <c r="K37" s="99"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="99"/>
+      <c r="O37" s="99"/>
+      <c r="P37" s="99"/>
+      <c r="Q37" s="99"/>
+      <c r="R37" s="99"/>
+      <c r="S37" s="99"/>
+      <c r="T37" s="99"/>
+      <c r="U37" s="99"/>
+      <c r="V37" s="99"/>
+      <c r="W37" s="99"/>
+      <c r="X37" s="99"/>
+      <c r="Y37" s="99"/>
+      <c r="Z37" s="99"/>
+      <c r="AA37" s="99"/>
+      <c r="AB37" s="99"/>
+      <c r="AC37" s="99"/>
+      <c r="AD37" s="99"/>
+      <c r="AE37" s="99"/>
+      <c r="AF37" s="99"/>
+      <c r="AG37" s="99"/>
+      <c r="AH37" s="99"/>
+      <c r="AI37" s="99"/>
+      <c r="AJ37" s="99"/>
+      <c r="AK37" s="99"/>
+      <c r="AL37" s="99"/>
+      <c r="AM37" s="99"/>
+      <c r="AN37" s="24"/>
+      <c r="AO37" s="24"/>
+      <c r="AP37" s="24"/>
+      <c r="AQ37" s="24"/>
     </row>
     <row r="38" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="90" t="s">
-[...43 lines deleted...]
-      <c r="AQ38" s="26"/>
+      <c r="A38" s="99" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="99"/>
+      <c r="C38" s="99"/>
+      <c r="D38" s="99"/>
+      <c r="E38" s="99"/>
+      <c r="F38" s="99"/>
+      <c r="G38" s="99"/>
+      <c r="H38" s="99"/>
+      <c r="I38" s="99"/>
+      <c r="J38" s="99"/>
+      <c r="K38" s="99"/>
+      <c r="L38" s="99"/>
+      <c r="M38" s="99"/>
+      <c r="N38" s="99"/>
+      <c r="O38" s="99"/>
+      <c r="P38" s="99"/>
+      <c r="Q38" s="99"/>
+      <c r="R38" s="99"/>
+      <c r="S38" s="99"/>
+      <c r="T38" s="99"/>
+      <c r="U38" s="99"/>
+      <c r="V38" s="99"/>
+      <c r="W38" s="99"/>
+      <c r="X38" s="99"/>
+      <c r="Y38" s="99"/>
+      <c r="Z38" s="99"/>
+      <c r="AA38" s="99"/>
+      <c r="AB38" s="99"/>
+      <c r="AC38" s="99"/>
+      <c r="AD38" s="99"/>
+      <c r="AE38" s="99"/>
+      <c r="AF38" s="99"/>
+      <c r="AG38" s="99"/>
+      <c r="AH38" s="99"/>
+      <c r="AI38" s="99"/>
+      <c r="AJ38" s="99"/>
+      <c r="AK38" s="99"/>
+      <c r="AL38" s="99"/>
+      <c r="AM38" s="99"/>
+      <c r="AN38" s="99"/>
+      <c r="AO38" s="99"/>
+      <c r="AP38" s="99"/>
+      <c r="AQ38" s="99"/>
     </row>
     <row r="39" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="90" t="s">
-[...43 lines deleted...]
-      <c r="AQ39" s="90"/>
+      <c r="A39" s="98" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="98"/>
+      <c r="C39" s="98"/>
+      <c r="D39" s="98"/>
+      <c r="E39" s="98"/>
+      <c r="F39" s="98"/>
+      <c r="G39" s="98"/>
+      <c r="H39" s="98"/>
+      <c r="I39" s="98"/>
+      <c r="J39" s="98"/>
+      <c r="K39" s="98"/>
+      <c r="L39" s="98"/>
+      <c r="M39" s="98"/>
+      <c r="N39" s="98"/>
+      <c r="O39" s="98"/>
+      <c r="P39" s="98"/>
+      <c r="Q39" s="98"/>
+      <c r="R39" s="98"/>
+      <c r="S39" s="98"/>
+      <c r="T39" s="98"/>
+      <c r="U39" s="98"/>
+      <c r="V39" s="98"/>
+      <c r="W39" s="98"/>
+      <c r="X39" s="98"/>
+      <c r="Y39" s="98"/>
+      <c r="Z39" s="98"/>
+      <c r="AA39" s="98"/>
+      <c r="AB39" s="98"/>
+      <c r="AC39" s="98"/>
+      <c r="AD39" s="98"/>
+      <c r="AE39" s="98"/>
+      <c r="AF39" s="98"/>
+      <c r="AG39" s="98"/>
+      <c r="AH39" s="98"/>
+      <c r="AI39" s="98"/>
+      <c r="AJ39" s="98"/>
+      <c r="AK39" s="98"/>
+      <c r="AL39" s="98"/>
+      <c r="AM39" s="98"/>
+      <c r="AN39" s="24"/>
+      <c r="AO39" s="24"/>
+      <c r="AP39" s="24"/>
+      <c r="AQ39" s="24"/>
     </row>
-    <row r="40" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ40" s="26"/>
+    <row r="40" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="98" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" s="98"/>
+      <c r="C40" s="98"/>
+      <c r="D40" s="98"/>
+      <c r="E40" s="98"/>
+      <c r="F40" s="98"/>
+      <c r="G40" s="98"/>
+      <c r="H40" s="98"/>
+      <c r="I40" s="98"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="98"/>
+      <c r="L40" s="98"/>
+      <c r="M40" s="98"/>
+      <c r="N40" s="98"/>
+      <c r="O40" s="98"/>
+      <c r="P40" s="98"/>
+      <c r="Q40" s="98"/>
+      <c r="R40" s="98"/>
+      <c r="S40" s="98"/>
+      <c r="T40" s="98"/>
+      <c r="U40" s="98"/>
+      <c r="V40" s="98"/>
+      <c r="W40" s="98"/>
+      <c r="X40" s="98"/>
+      <c r="Y40" s="98"/>
+      <c r="Z40" s="98"/>
+      <c r="AA40" s="98"/>
+      <c r="AB40" s="98"/>
+      <c r="AC40" s="98"/>
+      <c r="AD40" s="98"/>
+      <c r="AE40" s="98"/>
+      <c r="AF40" s="98"/>
+      <c r="AG40" s="98"/>
+      <c r="AH40" s="98"/>
+      <c r="AI40" s="98"/>
+      <c r="AJ40" s="98"/>
+      <c r="AK40" s="98"/>
+      <c r="AL40" s="98"/>
+      <c r="AM40" s="98"/>
+      <c r="AN40" s="24"/>
+      <c r="AO40" s="24"/>
+      <c r="AP40" s="24"/>
+      <c r="AQ40" s="24"/>
     </row>
     <row r="41" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="91" t="s">
-[...43 lines deleted...]
-      <c r="AQ41" s="26"/>
+      <c r="A41" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41" s="98"/>
+      <c r="C41" s="98"/>
+      <c r="D41" s="98"/>
+      <c r="E41" s="98"/>
+      <c r="F41" s="98"/>
+      <c r="G41" s="98"/>
+      <c r="H41" s="98"/>
+      <c r="I41" s="98"/>
+      <c r="J41" s="98"/>
+      <c r="K41" s="98"/>
+      <c r="L41" s="98"/>
+      <c r="M41" s="98"/>
+      <c r="N41" s="98"/>
+      <c r="O41" s="98"/>
+      <c r="P41" s="98"/>
+      <c r="Q41" s="98"/>
+      <c r="R41" s="98"/>
+      <c r="S41" s="98"/>
+      <c r="T41" s="98"/>
+      <c r="U41" s="98"/>
+      <c r="V41" s="98"/>
+      <c r="W41" s="98"/>
+      <c r="X41" s="98"/>
+      <c r="Y41" s="98"/>
+      <c r="Z41" s="98"/>
+      <c r="AA41" s="98"/>
+      <c r="AB41" s="98"/>
+      <c r="AC41" s="98"/>
+      <c r="AD41" s="98"/>
+      <c r="AE41" s="98"/>
+      <c r="AF41" s="98"/>
+      <c r="AG41" s="98"/>
+      <c r="AH41" s="98"/>
+      <c r="AI41" s="98"/>
+      <c r="AJ41" s="98"/>
+      <c r="AK41" s="98"/>
+      <c r="AL41" s="98"/>
+      <c r="AM41" s="98"/>
+      <c r="AN41" s="24"/>
+      <c r="AO41" s="24"/>
+      <c r="AP41" s="24"/>
+      <c r="AQ41" s="24"/>
     </row>
-    <row r="42" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ42" s="26"/>
+    <row r="42" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
+      <c r="U42" s="10"/>
+      <c r="V42" s="10"/>
+      <c r="W42" s="10"/>
+      <c r="X42" s="10"/>
+      <c r="Y42" s="10"/>
+      <c r="Z42" s="10"/>
+      <c r="AA42" s="10"/>
+      <c r="AB42" s="10"/>
+      <c r="AC42" s="10"/>
+      <c r="AD42" s="10"/>
+      <c r="AE42" s="10"/>
+      <c r="AF42" s="10"/>
+      <c r="AG42" s="10"/>
+      <c r="AH42" s="10"/>
+      <c r="AI42" s="10"/>
+      <c r="AJ42" s="24"/>
+      <c r="AK42" s="24"/>
+      <c r="AL42" s="24"/>
+      <c r="AM42" s="24"/>
+      <c r="AN42" s="24"/>
+      <c r="AO42" s="24"/>
+      <c r="AP42" s="24"/>
+      <c r="AQ42" s="24"/>
+      <c r="AR42" s="11"/>
+      <c r="AS42" s="11"/>
+      <c r="AT42" s="11"/>
     </row>
     <row r="43" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="14" t="s">
-[...46 lines deleted...]
-      <c r="AT43" s="13"/>
+      <c r="A43" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B43" s="25"/>
+      <c r="C43" s="25"/>
+      <c r="D43" s="25"/>
+      <c r="E43" s="25"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="25"/>
+      <c r="H43" s="25"/>
+      <c r="I43" s="25"/>
+      <c r="J43" s="25"/>
+      <c r="K43" s="25"/>
+      <c r="L43" s="25"/>
+      <c r="M43" s="25"/>
+      <c r="N43" s="25"/>
+      <c r="O43" s="25"/>
+      <c r="P43" s="25"/>
+      <c r="Q43" s="25"/>
+      <c r="R43" s="25"/>
+      <c r="S43" s="25"/>
+      <c r="T43" s="25"/>
+      <c r="U43" s="25"/>
+      <c r="V43" s="25"/>
+      <c r="W43" s="25"/>
+      <c r="X43" s="25"/>
+      <c r="Y43" s="25"/>
+      <c r="Z43" s="25"/>
+      <c r="AA43" s="25"/>
+      <c r="AB43" s="25"/>
+      <c r="AC43" s="25"/>
+      <c r="AD43" s="25"/>
+      <c r="AE43" s="25"/>
+      <c r="AF43" s="25"/>
+      <c r="AG43" s="25"/>
+      <c r="AH43" s="25"/>
+      <c r="AI43" s="25"/>
+      <c r="AJ43" s="25"/>
+      <c r="AK43" s="24"/>
+      <c r="AL43" s="24"/>
+      <c r="AM43" s="24"/>
+      <c r="AN43" s="24"/>
+      <c r="AO43" s="24"/>
+      <c r="AP43" s="24"/>
+      <c r="AQ43" s="24"/>
     </row>
     <row r="44" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="27" t="s">
-[...43 lines deleted...]
-      <c r="AQ44" s="26"/>
+      <c r="A44" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B44" s="10"/>
+      <c r="C44" s="10"/>
+      <c r="D44" s="10"/>
+      <c r="E44" s="10"/>
+      <c r="F44" s="10"/>
+      <c r="G44" s="10"/>
+      <c r="H44" s="10"/>
+      <c r="I44" s="10"/>
+      <c r="J44" s="10"/>
+      <c r="K44" s="10"/>
+      <c r="L44" s="10"/>
+      <c r="M44" s="10"/>
+      <c r="N44" s="10"/>
+      <c r="O44" s="10"/>
+      <c r="P44" s="10"/>
+      <c r="Q44" s="10"/>
+      <c r="R44" s="10"/>
+      <c r="S44" s="10"/>
+      <c r="T44" s="10"/>
+      <c r="U44" s="10"/>
+      <c r="V44" s="10"/>
+      <c r="W44" s="10"/>
+      <c r="X44" s="10"/>
+      <c r="Y44" s="10"/>
+      <c r="Z44" s="10"/>
+      <c r="AA44" s="10"/>
+      <c r="AB44" s="10"/>
+      <c r="AC44" s="10"/>
+      <c r="AD44" s="10"/>
+      <c r="AE44" s="10"/>
+      <c r="AF44" s="10"/>
+      <c r="AG44" s="10"/>
+      <c r="AH44" s="10"/>
+      <c r="AI44" s="10"/>
+      <c r="AJ44" s="24"/>
+      <c r="AK44" s="24"/>
+      <c r="AL44" s="24"/>
+      <c r="AM44" s="24"/>
+      <c r="AN44" s="24"/>
+      <c r="AO44" s="24"/>
+      <c r="AP44" s="24"/>
+      <c r="AQ44" s="24"/>
     </row>
     <row r="45" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="11" t="s">
-[...43 lines deleted...]
-      <c r="AQ45" s="26"/>
+      <c r="A45" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="9"/>
+      <c r="L45" s="9"/>
+      <c r="M45" s="9"/>
+      <c r="N45" s="9"/>
+      <c r="O45" s="9"/>
+      <c r="P45" s="9"/>
+      <c r="Q45" s="9"/>
+      <c r="R45" s="9"/>
+      <c r="S45" s="9"/>
+      <c r="T45" s="9"/>
+      <c r="U45" s="9"/>
+      <c r="V45" s="9"/>
+      <c r="W45" s="9"/>
+      <c r="X45" s="9"/>
+      <c r="Y45" s="9"/>
+      <c r="Z45" s="9"/>
+      <c r="AA45" s="9"/>
+      <c r="AB45" s="9"/>
+      <c r="AC45" s="9"/>
+      <c r="AD45" s="9"/>
+      <c r="AE45" s="9"/>
+      <c r="AF45" s="9"/>
+      <c r="AG45" s="9"/>
+      <c r="AH45" s="9"/>
+      <c r="AI45" s="9"/>
+      <c r="AJ45" s="9"/>
+      <c r="AK45" s="9"/>
+      <c r="AL45" s="9"/>
+      <c r="AM45" s="9"/>
+      <c r="AN45" s="9"/>
+      <c r="AO45" s="9"/>
+      <c r="AP45" s="9"/>
+      <c r="AQ45" s="9"/>
     </row>
-    <row r="46" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="11" t="s">
+    <row r="46" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="99" t="s">
         <v>33</v>
       </c>
-      <c r="B46" s="11"/>
-[...40 lines deleted...]
-      <c r="AQ46" s="11"/>
+      <c r="B46" s="99"/>
+      <c r="C46" s="99"/>
+      <c r="D46" s="99"/>
+      <c r="E46" s="99"/>
+      <c r="F46" s="99"/>
+      <c r="G46" s="99"/>
+      <c r="H46" s="99"/>
+      <c r="I46" s="99"/>
+      <c r="J46" s="99"/>
+      <c r="K46" s="99"/>
+      <c r="L46" s="99"/>
+      <c r="M46" s="99"/>
+      <c r="N46" s="99"/>
+      <c r="O46" s="99"/>
+      <c r="P46" s="99"/>
+      <c r="Q46" s="99"/>
+      <c r="R46" s="99"/>
+      <c r="S46" s="99"/>
+      <c r="T46" s="99"/>
+      <c r="U46" s="99"/>
+      <c r="V46" s="99"/>
+      <c r="W46" s="99"/>
+      <c r="X46" s="99"/>
+      <c r="Y46" s="99"/>
+      <c r="Z46" s="99"/>
+      <c r="AA46" s="99"/>
+      <c r="AB46" s="99"/>
+      <c r="AC46" s="99"/>
+      <c r="AD46" s="99"/>
+      <c r="AE46" s="99"/>
+      <c r="AF46" s="99"/>
+      <c r="AG46" s="99"/>
+      <c r="AH46" s="99"/>
+      <c r="AI46" s="99"/>
+      <c r="AJ46" s="99"/>
+      <c r="AK46" s="99"/>
+      <c r="AL46" s="99"/>
+      <c r="AM46" s="99"/>
+      <c r="AN46" s="99"/>
+      <c r="AO46" s="99"/>
+      <c r="AP46" s="99"/>
+      <c r="AQ46" s="99"/>
     </row>
     <row r="47" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="90" t="s">
-[...43 lines deleted...]
-      <c r="AQ47" s="90"/>
+      <c r="A47" s="99" t="s">
+        <v>26</v>
+      </c>
+      <c r="B47" s="99"/>
+      <c r="C47" s="99"/>
+      <c r="D47" s="99"/>
+      <c r="E47" s="99"/>
+      <c r="F47" s="99"/>
+      <c r="G47" s="99"/>
+      <c r="H47" s="99"/>
+      <c r="I47" s="99"/>
+      <c r="J47" s="99"/>
+      <c r="K47" s="99"/>
+      <c r="L47" s="99"/>
+      <c r="M47" s="99"/>
+      <c r="N47" s="99"/>
+      <c r="O47" s="99"/>
+      <c r="P47" s="99"/>
+      <c r="Q47" s="99"/>
+      <c r="R47" s="99"/>
+      <c r="S47" s="99"/>
+      <c r="T47" s="99"/>
+      <c r="U47" s="99"/>
+      <c r="V47" s="99"/>
+      <c r="W47" s="99"/>
+      <c r="X47" s="99"/>
+      <c r="Y47" s="99"/>
+      <c r="Z47" s="99"/>
+      <c r="AA47" s="99"/>
+      <c r="AB47" s="99"/>
+      <c r="AC47" s="99"/>
+      <c r="AD47" s="99"/>
+      <c r="AE47" s="99"/>
+      <c r="AF47" s="99"/>
+      <c r="AG47" s="99"/>
+      <c r="AH47" s="99"/>
+      <c r="AI47" s="99"/>
+      <c r="AJ47" s="99"/>
+      <c r="AK47" s="99"/>
+      <c r="AL47" s="99"/>
+      <c r="AM47" s="99"/>
+      <c r="AN47" s="99"/>
+      <c r="AO47" s="99"/>
+      <c r="AP47" s="99"/>
+      <c r="AQ47" s="99"/>
     </row>
-    <row r="48" spans="1:52" s="44" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ48" s="90"/>
+    <row r="48" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="99" t="s">
+        <v>31</v>
+      </c>
+      <c r="B48" s="99"/>
+      <c r="C48" s="99"/>
+      <c r="D48" s="99"/>
+      <c r="E48" s="99"/>
+      <c r="F48" s="99"/>
+      <c r="G48" s="99"/>
+      <c r="H48" s="99"/>
+      <c r="I48" s="99"/>
+      <c r="J48" s="99"/>
+      <c r="K48" s="99"/>
+      <c r="L48" s="99"/>
+      <c r="M48" s="99"/>
+      <c r="N48" s="99"/>
+      <c r="O48" s="99"/>
+      <c r="P48" s="99"/>
+      <c r="Q48" s="99"/>
+      <c r="R48" s="99"/>
+      <c r="S48" s="99"/>
+      <c r="T48" s="99"/>
+      <c r="U48" s="99"/>
+      <c r="V48" s="99"/>
+      <c r="W48" s="99"/>
+      <c r="X48" s="99"/>
+      <c r="Y48" s="99"/>
+      <c r="Z48" s="99"/>
+      <c r="AA48" s="99"/>
+      <c r="AB48" s="99"/>
+      <c r="AC48" s="99"/>
+      <c r="AD48" s="99"/>
+      <c r="AE48" s="99"/>
+      <c r="AF48" s="99"/>
+      <c r="AG48" s="99"/>
+      <c r="AH48" s="99"/>
+      <c r="AI48" s="99"/>
+      <c r="AJ48" s="99"/>
+      <c r="AK48" s="99"/>
+      <c r="AL48" s="99"/>
+      <c r="AM48" s="99"/>
+      <c r="AN48" s="99"/>
+      <c r="AO48" s="99"/>
+      <c r="AP48" s="99"/>
+      <c r="AQ48" s="99"/>
     </row>
-    <row r="49" spans="1:43" s="44" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ49" s="90"/>
+    <row r="49" spans="1:43" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="99" t="s">
+        <v>48</v>
+      </c>
+      <c r="B49" s="99"/>
+      <c r="C49" s="99"/>
+      <c r="D49" s="99"/>
+      <c r="E49" s="99"/>
+      <c r="F49" s="99"/>
+      <c r="G49" s="99"/>
+      <c r="H49" s="99"/>
+      <c r="I49" s="99"/>
+      <c r="J49" s="99"/>
+      <c r="K49" s="99"/>
+      <c r="L49" s="99"/>
+      <c r="M49" s="99"/>
+      <c r="N49" s="99"/>
+      <c r="O49" s="99"/>
+      <c r="P49" s="99"/>
+      <c r="Q49" s="99"/>
+      <c r="R49" s="99"/>
+      <c r="S49" s="99"/>
+      <c r="T49" s="99"/>
+      <c r="U49" s="99"/>
+      <c r="V49" s="99"/>
+      <c r="W49" s="99"/>
+      <c r="X49" s="99"/>
+      <c r="Y49" s="99"/>
+      <c r="Z49" s="99"/>
+      <c r="AA49" s="99"/>
+      <c r="AB49" s="99"/>
+      <c r="AC49" s="99"/>
+      <c r="AD49" s="99"/>
+      <c r="AE49" s="99"/>
+      <c r="AF49" s="99"/>
+      <c r="AG49" s="99"/>
+      <c r="AH49" s="99"/>
+      <c r="AI49" s="99"/>
+      <c r="AJ49" s="99"/>
+      <c r="AK49" s="99"/>
+      <c r="AL49" s="99"/>
+      <c r="AM49" s="99"/>
+      <c r="AN49" s="99"/>
+      <c r="AO49" s="99"/>
+      <c r="AP49" s="99"/>
+      <c r="AQ49" s="99"/>
     </row>
-    <row r="50" spans="1:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AQ50" s="100"/>
+    <row r="50" spans="1:43" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="42"/>
+      <c r="B50" s="42"/>
+      <c r="C50" s="42"/>
+      <c r="D50" s="42"/>
+      <c r="E50" s="42"/>
+      <c r="F50" s="42"/>
+      <c r="G50" s="42"/>
+      <c r="H50" s="42"/>
+      <c r="I50" s="42"/>
+      <c r="J50" s="42"/>
+      <c r="K50" s="42"/>
+      <c r="L50" s="42"/>
+      <c r="M50" s="42"/>
+      <c r="N50" s="42"/>
+      <c r="O50" s="42"/>
+      <c r="P50" s="42"/>
+      <c r="Q50" s="42"/>
+      <c r="R50" s="42"/>
+      <c r="S50" s="42"/>
+      <c r="T50" s="42"/>
+      <c r="U50" s="42"/>
+      <c r="V50" s="42"/>
+      <c r="W50" s="42"/>
+      <c r="X50" s="42"/>
+      <c r="Y50" s="42"/>
+      <c r="Z50" s="42"/>
+      <c r="AA50" s="42"/>
+      <c r="AB50" s="42"/>
+      <c r="AC50" s="42"/>
+      <c r="AD50" s="42"/>
+      <c r="AE50" s="42"/>
+      <c r="AF50" s="42"/>
+      <c r="AG50" s="42"/>
+      <c r="AH50" s="42"/>
+      <c r="AI50" s="42"/>
+      <c r="AJ50" s="42"/>
+      <c r="AK50" s="42"/>
+      <c r="AL50" s="42"/>
+      <c r="AM50" s="42"/>
+      <c r="AN50" s="42"/>
+      <c r="AO50" s="42"/>
+      <c r="AP50" s="42"/>
+      <c r="AQ50" s="42"/>
     </row>
-    <row r="51" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-      <c r="AP51" s="15"/>
+    <row r="51" spans="1:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="106" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="106"/>
+      <c r="C51" s="106"/>
+      <c r="D51" s="106"/>
+      <c r="E51" s="106"/>
+      <c r="F51" s="106"/>
+      <c r="G51" s="106"/>
+      <c r="H51" s="106"/>
+      <c r="I51" s="106"/>
+      <c r="J51" s="106"/>
+      <c r="K51" s="106"/>
+      <c r="L51" s="106"/>
+      <c r="M51" s="106"/>
+      <c r="N51" s="106"/>
+      <c r="O51" s="106"/>
+      <c r="P51" s="106"/>
+      <c r="Q51" s="106"/>
+      <c r="R51" s="106"/>
+      <c r="S51" s="106"/>
+      <c r="T51" s="106"/>
+      <c r="U51" s="106"/>
+      <c r="V51" s="106"/>
+      <c r="W51" s="106"/>
+      <c r="X51" s="106"/>
+      <c r="Y51" s="106"/>
+      <c r="Z51" s="106"/>
+      <c r="AA51" s="106"/>
+      <c r="AB51" s="106"/>
+      <c r="AC51" s="106"/>
+      <c r="AD51" s="106"/>
+      <c r="AE51" s="106"/>
+      <c r="AF51" s="106"/>
+      <c r="AG51" s="106"/>
+      <c r="AH51" s="106"/>
+      <c r="AI51" s="106"/>
+      <c r="AJ51" s="106"/>
+      <c r="AK51" s="106"/>
+      <c r="AL51" s="106"/>
+      <c r="AM51" s="106"/>
+      <c r="AN51" s="106"/>
+      <c r="AO51" s="106"/>
+      <c r="AP51" s="106"/>
+      <c r="AQ51" s="106"/>
     </row>
-    <row r="52" spans="1:43" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="AI52" s="16"/>
+    <row r="52" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="1"/>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1"/>
+      <c r="H52" s="1"/>
+      <c r="I52" s="1"/>
+      <c r="J52" s="1"/>
+      <c r="K52" s="1"/>
+      <c r="L52" s="1"/>
+      <c r="M52" s="1"/>
+      <c r="N52" s="1"/>
+      <c r="O52" s="40"/>
+      <c r="P52" s="40"/>
+      <c r="Q52" s="40"/>
+      <c r="R52" s="40"/>
+      <c r="S52" s="40"/>
+      <c r="T52" s="40"/>
+      <c r="U52" s="40"/>
+      <c r="V52" s="40"/>
+      <c r="W52" s="40"/>
+      <c r="X52" s="40"/>
+      <c r="Y52" s="40"/>
+      <c r="Z52" s="40"/>
+      <c r="AA52" s="40"/>
+      <c r="AB52" s="40"/>
+      <c r="AC52" s="40"/>
+      <c r="AD52" s="40"/>
+      <c r="AE52" s="40"/>
+      <c r="AF52" s="1"/>
+      <c r="AG52" s="13"/>
+      <c r="AH52" s="13"/>
+      <c r="AI52" s="13"/>
+      <c r="AK52" s="13"/>
+      <c r="AL52" s="1"/>
+      <c r="AM52" s="1"/>
+      <c r="AN52" s="13"/>
+      <c r="AO52" s="13"/>
+      <c r="AP52" s="13"/>
     </row>
-    <row r="53" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" spans="1:43" x14ac:dyDescent="0.2">
+      <c r="A53" s="14"/>
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="14"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="14"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="14"/>
+      <c r="K53" s="14"/>
+      <c r="L53" s="14"/>
+      <c r="M53" s="14"/>
+      <c r="N53" s="14"/>
+      <c r="O53" s="14"/>
+      <c r="P53" s="14"/>
+      <c r="Q53" s="14"/>
+      <c r="R53" s="14"/>
+      <c r="S53" s="14"/>
+      <c r="T53" s="14"/>
+      <c r="U53" s="14"/>
+      <c r="V53" s="14"/>
+      <c r="W53" s="14"/>
+      <c r="X53" s="14"/>
+      <c r="Y53" s="14"/>
+      <c r="Z53" s="14"/>
+      <c r="AA53" s="14"/>
+      <c r="AB53" s="14"/>
+      <c r="AC53" s="14"/>
+      <c r="AD53" s="14"/>
+      <c r="AE53" s="14"/>
+      <c r="AF53" s="14"/>
+      <c r="AG53" s="14"/>
+      <c r="AH53" s="14"/>
+      <c r="AI53" s="14"/>
+    </row>
+    <row r="54" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="1:43" x14ac:dyDescent="0.2">
+      <c r="N61" s="41"/>
+    </row>
   </sheetData>
-  <mergeCells count="40">
+  <mergeCells count="48">
+    <mergeCell ref="A51:AQ51"/>
+    <mergeCell ref="A41:AM41"/>
+    <mergeCell ref="A47:AQ47"/>
+    <mergeCell ref="A48:AQ48"/>
+    <mergeCell ref="A49:AQ49"/>
+    <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
-    <mergeCell ref="A41:AM41"/>
-[...6 lines deleted...]
-    <mergeCell ref="B6:Q6"/>
+    <mergeCell ref="A40:AM40"/>
+    <mergeCell ref="A46:AQ46"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="AJ27:AK27"/>
     <mergeCell ref="A29:AG29"/>
-    <mergeCell ref="A38:AM38"/>
-    <mergeCell ref="A40:AM40"/>
+    <mergeCell ref="A37:AM37"/>
+    <mergeCell ref="A39:AM39"/>
     <mergeCell ref="A28:AI28"/>
-    <mergeCell ref="A39:AQ39"/>
+    <mergeCell ref="A38:AQ38"/>
     <mergeCell ref="A30:AQ30"/>
     <mergeCell ref="A31:AQ31"/>
-    <mergeCell ref="A32:AQ32"/>
-[...3 lines deleted...]
-    <mergeCell ref="AO13:AO15"/>
+    <mergeCell ref="A33:AQ33"/>
     <mergeCell ref="AJ28:AK28"/>
-    <mergeCell ref="A16:A19"/>
-[...1 lines deleted...]
-    <mergeCell ref="C2:AJ2"/>
     <mergeCell ref="A11:A15"/>
     <mergeCell ref="B11:B15"/>
     <mergeCell ref="C11:AG14"/>
     <mergeCell ref="AJ11:AK14"/>
     <mergeCell ref="A3:AQ3"/>
     <mergeCell ref="A4:AQ4"/>
-    <mergeCell ref="AK1:AQ1"/>
     <mergeCell ref="A10:AQ10"/>
     <mergeCell ref="AP11:AQ12"/>
     <mergeCell ref="AP13:AP15"/>
     <mergeCell ref="AQ13:AQ15"/>
     <mergeCell ref="AN11:AO12"/>
     <mergeCell ref="AH11:AH14"/>
     <mergeCell ref="AI11:AI14"/>
+    <mergeCell ref="B5:Q5"/>
+    <mergeCell ref="B6:Q6"/>
+    <mergeCell ref="AL11:AL15"/>
+    <mergeCell ref="AJ19:AK19"/>
+    <mergeCell ref="AJ21:AK21"/>
+    <mergeCell ref="AJ23:AK23"/>
+    <mergeCell ref="AJ17:AK17"/>
+    <mergeCell ref="C1:AJ1"/>
+    <mergeCell ref="C2:AJ2"/>
+    <mergeCell ref="AK1:AQ1"/>
+    <mergeCell ref="AM11:AM15"/>
+    <mergeCell ref="AN13:AN15"/>
+    <mergeCell ref="AO13:AO15"/>
+    <mergeCell ref="AJ15:AK15"/>
   </mergeCells>
-  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.118110236220472" right="0.118110236220472" top="0.74803149606299202" bottom="0.35433070866141703" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>2_variants</vt:lpstr>
-      <vt:lpstr>'2_variants'!Print_Area</vt:lpstr>
+      <vt:lpstr>1_variants</vt:lpstr>
+      <vt:lpstr>'1_variants'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>