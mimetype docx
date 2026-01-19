--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -1,24324 +1,19989 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/glossary/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="3300AA59" w14:textId="77777777" w:rsidR="00DF467B" w:rsidRPr="00371121" w:rsidRDefault="00DF467B" w:rsidP="002245C8">
-[...7 lines deleted...]
-          <w:sz w:val="22"/>
+    <w:p w14:paraId="75A76C9F" w14:textId="7B861A15" w:rsidR="00845842" w:rsidRPr="007070B3" w:rsidRDefault="00B36870" w:rsidP="00C20572">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk155965797"/>
+      <w:r w:rsidRPr="007070B3">
+        <w:t>Līgums par aktīvā nodarbinātības pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="00002A51" w:rsidRPr="007070B3">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20572">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007070B3">
+        <w:t>„Pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0356" w:rsidRPr="007070B3">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007070B3">
+        <w:t xml:space="preserve"> noteiktām personu grupām”</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20572">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007070B3">
+        <w:t>īstenošanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FEFF08" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="007070B3" w:rsidRDefault="00B36870" w:rsidP="008C309D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007070B3">
+        <w:t>Nr.____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8AA5B4" w14:textId="3750AE99" w:rsidR="0014437F" w:rsidRPr="00F3248B" w:rsidRDefault="00B36870" w:rsidP="0014437F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ESF </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85438" w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>projekts</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5911" w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasākumi iekļaujošai </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5911" w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>nodarbinātībai</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3C65" w:rsidRPr="007070B3">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. 4.3.3.2/1/24/</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3C65" w:rsidRPr="00F3248B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>I/002</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00F3248B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk204698678"/>
+      <w:r w:rsidR="00BE74F5" w:rsidRPr="00F3248B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3248B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...36 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1103D564" w14:textId="77777777" w:rsidR="0014437F" w:rsidRPr="007070B3" w:rsidRDefault="0014437F" w:rsidP="008C309D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3300AA5B" w14:textId="77777777" w:rsidR="00674CAB" w:rsidRDefault="007B7E02" w:rsidP="00212F37">
-[...134 lines deleted...]
-    <w:p w14:paraId="3300AA5F" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRDefault="00681E8C" w:rsidP="00AB34B3">
+    <w:p w14:paraId="5B1E1F7D" w14:textId="77777777" w:rsidR="00A43A15" w:rsidRPr="007070B3" w:rsidRDefault="00A43A15" w:rsidP="005D6226">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3300AA60" w14:textId="77777777" w:rsidR="00AB34B3" w:rsidRDefault="007B7E02" w:rsidP="00AB34B3">
+    <w:p w14:paraId="2DAAE729" w14:textId="77777777" w:rsidR="005D6226" w:rsidRPr="007070B3" w:rsidRDefault="00B36870" w:rsidP="00D55CB2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007070B3">
         <w:t xml:space="preserve">Dokumenta datums ir tā elektroniskās </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA61" w14:textId="77777777" w:rsidR="00AA74BF" w:rsidRDefault="007B7E02" w:rsidP="00AB34B3">
-      <w:pPr>
+    <w:p w14:paraId="1072E730" w14:textId="77777777" w:rsidR="00854663" w:rsidRPr="007070B3" w:rsidRDefault="00B36870" w:rsidP="00D55CB2">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007070B3">
         <w:t>parakstīšanas datums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA62" w14:textId="77777777" w:rsidR="00AB34B3" w:rsidRPr="00371121" w:rsidRDefault="00AB34B3" w:rsidP="00AB34B3">
-[...4 lines deleted...]
-          <w:spacing w:val="-4"/>
+    <w:p w14:paraId="231BE75E" w14:textId="77777777" w:rsidR="00F77589" w:rsidRPr="007070B3" w:rsidRDefault="00F77589" w:rsidP="00862859">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3300AA63" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRDefault="00681E8C" w:rsidP="00C45DA5">
+    <w:p w14:paraId="1E532AA4" w14:textId="2D46F900" w:rsidR="0071431E" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00BE6B6B">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5400"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodarbinātības valsts aģentūra (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3A58" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="005927BE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ko pārstāv </w:t>
+      </w:r>
+      <w:r w:rsidR="00232ADD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6B6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00232ADD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurš (-a) rīkojas </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA64" w14:textId="77777777" w:rsidR="00752106" w:rsidRDefault="007B7E02" w:rsidP="00681E8C">
+    <w:p w14:paraId="779790D8" w14:textId="77777777" w:rsidR="00862F6B" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="0071431E">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5400"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...36 lines deleted...]
-        <w:t>______________________________</w:t>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          (amats, vārds, uzvārds)</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA65" w14:textId="77777777" w:rsidR="00752106" w:rsidRDefault="00752106" w:rsidP="00681E8C">
+    <w:p w14:paraId="0C9CA250" w14:textId="20FD3EAF" w:rsidR="008C309D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="009A3A58">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4111"/>
-[...11 lines deleted...]
-          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5400"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>saskaņā ar</w:t>
+      </w:r>
+      <w:r w:rsidR="00662F13" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3A58" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidR="00662F13" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3C65" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>direktora 20__. gada ___.__________ rīkojumu Nr. ______ “Par amatpersonu pilnvaru noteikšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4594E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00862F6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6B6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862F6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no vienas puses, </w:t>
+      </w:r>
+      <w:r w:rsidR="00862F6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6B6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700B83A4" w14:textId="2D3C125D" w:rsidR="00E114BC" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00E24A20">
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(juridiskās</w:t>
+      </w:r>
+      <w:r w:rsidR="00A81EBD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personas nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/fiziskās personas </w:t>
+      </w:r>
+      <w:r w:rsidR="00A81EBD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>vārds un uzvārds</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E647F98" w14:textId="35BD3A3E" w:rsidR="00715B9B" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A367DA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="001E2DC3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>arba devējs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6B6B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00932408" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A367DA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(amats, vārds, uzvārds </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...41 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="41026741" w14:textId="093B7272" w:rsidR="00435337" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00BE6B6B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4594E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>urš </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(-a) rīkojas saskaņā ar _______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00753766" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no otras puses, </w:t>
+      </w:r>
+      <w:r w:rsidR="00527C26" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00695627" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>turpmāk– Puses</w:t>
+      </w:r>
+      <w:r w:rsidR="00527C26" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00695627" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>, no</w:t>
+      </w:r>
+      <w:r w:rsidR="00695627" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">slēdz šādu līgumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>par aktīvā nodarbinātības pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="00002A51" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0356" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktām personu grupām”</w:t>
+      </w:r>
+      <w:r w:rsidR="00002A51" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00752106" w:rsidRPr="00371121">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(turpmāk – Līgums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA67" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="003E3844">
-[...75 lines deleted...]
-        <w:t>_______________________</w:t>
+    <w:p w14:paraId="75633C8D" w14:textId="454A7B6B" w:rsidR="00435337" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Līguma priekšmets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA68" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="008C309D">
-[...376 lines deleted...]
-    <w:p w14:paraId="3300AA6E" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="00351FB9" w:rsidRDefault="007B7E02" w:rsidP="003B49C2">
+    <w:p w14:paraId="3AF830D3" w14:textId="597BA8E7" w:rsidR="00435337" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C20572">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1430"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>Līguma priekšmets</w:t>
       </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12757" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir mērķa grupas klientu </w:t>
+      </w:r>
+      <w:r w:rsidR="00002A51" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(turpmāk – klienti)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0046030E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>nodarbināšana valsts līdzfinansētās darba vietās</w:t>
+      </w:r>
+      <w:r w:rsidR="007914F9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(turpmāk – Pasākums)</w:t>
+      </w:r>
+      <w:r w:rsidR="0046030E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00160783" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:strike/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA6F" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00681E8C" w:rsidRDefault="007B7E02" w:rsidP="009D2C57">
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w14:paraId="7F0CD031" w14:textId="665EC450" w:rsidR="003E7224" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C20572">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...40 lines deleted...]
-      </w:r>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Ref203468128"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Līguma ietvaros Pasākumā no</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>darbināti</w:t>
+      </w:r>
+      <w:r w:rsidR="00932408" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00E24A20" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00415E94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7EB6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E24A20" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...2 lines deleted...]
-        <w:ind w:firstLine="720"/>
+    <w:p w14:paraId="6E02E8D2" w14:textId="0FCBA456" w:rsidR="00E21A7B" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00932408">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...67 lines deleted...]
-        <w:rPr>
           <w:i/>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00721383">
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6EE7" w:rsidRPr="00844E0B">
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="-4"/>
-[...41 lines deleted...]
-      </w:pPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(skaits)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10201" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1824"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2126"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AA80" w14:textId="77777777" w:rsidTr="00674CAB">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C94361" w14:paraId="43B0C7B3" w14:textId="77777777" w:rsidTr="00B12757">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA73" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="00AAAE10" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00576EE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Klienta </w:t>
-[...17 lines deleted...]
-              <w:t>vārds, uzvārds, personas kods</w:t>
+              <w:t>Klienta vārds, uzvārds, personas kods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA75" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="2EE45356" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00576EE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klienta iesaistes  ilgums Pasākumā mēnešos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="085DD493" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="008A0ED0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12B0D193" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00F0756C">
+            <w:pPr>
+              <w:ind w:left="-110"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klienta profesija un profesijas kods </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(atbilstoši Profesiju klasifikatoram)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2464BF25" w14:textId="35402852" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007B02A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pasākuma īstenošanas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(darba vietas)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adrese </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(norāda  ielas nosaukumu, mājas Nr. vai mājas nosaukumu, pilsētu, novadu un pasta indeksu)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Klienta </w:t>
+              <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:r w:rsidRPr="00721383">
-[...7 lines deleted...]
-            <w:r w:rsidR="00674CAB">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F13E896" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="008A0ED0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ilgums Pasākumā mēnešos</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darba vadītāja vārds, uzvārds, personas kods </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CE91EA" w14:textId="00A2CE35" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00F0756C">
+            <w:pPr>
+              <w:ind w:left="-82"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Darba vadītāja nodrošināšanas ilgums Pasākumā mēnešos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA78DCF" w14:textId="58C3888C" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00576EE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Atzīmēt ar “5”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="6"/>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, “6”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  vai “7”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbilstoši Līguma 5., 6. vai 7 atsaucē noteiktajam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="0CE17701" w14:textId="77777777" w:rsidTr="00B12757">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEA0713" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="001E5712" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FF080F" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E4FBF9" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA33D20" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="106CBAE9" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="364B3EA8" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00622821">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="5E48FDF5" w14:textId="77777777" w:rsidTr="00B12757">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="409F2B9E" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35592677" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="38256372" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D64D972" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F69366" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E81979B" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA1F05A" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="72F4EAEB" w14:textId="77777777" w:rsidTr="00B12757">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31439A96" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="098E4CA1" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="331E71B0" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FC456E" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3600544B" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AE9817" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="560D71D6" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00122988">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38E51EE6" w14:textId="77777777" w:rsidR="00433716" w:rsidRPr="00844E0B" w:rsidRDefault="00433716" w:rsidP="00435337">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48DF3C30" w14:textId="6D7571FA" w:rsidR="00972113" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00932408">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Parakstot Līgumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04CA2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>arba devējs apliecina, ka darba vietas tiek</w:t>
+      </w:r>
+      <w:r w:rsidR="006E40D9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izveidotas no jauna </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arī </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba vietas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir vakantas sakarā ar darba tiesisko attiecību izbeigšanu uz darbinieka uzteikuma pamata, uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00230DC6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>arba devēja un darbinieka</w:t>
+      </w:r>
+      <w:r w:rsidR="00753766" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vienošanās pamata vai uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00230DC6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>arba devēja uzteikuma pamata Darba likuma 101.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1002" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>panta pirmās daļas 1., 2., 3., 4., 5. un 11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1002" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteiktajos gadījumos, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arī darba vietās </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir noteikts</w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepiln</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba laik</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005D54F0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, pamatojoties uz darbinieka lūgumu</w:t>
+      </w:r>
+      <w:r w:rsidR="002F530B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3714E716" w14:textId="407C77D6" w:rsidR="00B04E4C" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00932408">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parakstot Līgumu, Darba devējs apliecina, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="00C127A9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma 1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1494" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5EF6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidR="00C127A9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētie </w:t>
+      </w:r>
+      <w:r w:rsidR="00657297" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienti </w:t>
+      </w:r>
+      <w:r w:rsidR="00C127A9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nav tikuši</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD18A5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C127A9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodarbināti pie </w:t>
+      </w:r>
+      <w:r w:rsidR="00133D03" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00760E06" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>arba devēja</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD18A5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vismaz 12 mēnešus pirms iesaistes (pieņemšanas darbā) Pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="00554F0E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00147F8D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1724710A" w14:textId="6A4909B4" w:rsidR="00750550" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00932408">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1430"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanšu atbalsta sniegšanas periods Darba devējam ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4723" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4723" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>mēneši</w:t>
+      </w:r>
+      <w:r w:rsidR="009107FB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>katrai subsidētajai darba vietai. Finanšu atbalstu pārtrauc, ja tiek pārtraukta klientu dalība Pasākumā un netiek veikta klienta maiņa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4A8AFF" w14:textId="639FDEE7" w:rsidR="00F41032" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Līguma summa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07372328" w14:textId="585EC3D7" w:rsidR="00F204B9" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000C24CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Ref203468471"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">No Aģentūras finansējuma plānotā finanšu atbalsta summa klientu nodarbināšanai ir </w:t>
+      </w:r>
+      <w:r w:rsidR="0060491A" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>_______ (______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">,_____centi) </w:t>
+      </w:r>
+      <w:r w:rsidR="00362DBB" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">Darba devēja privātā līdzfinansējuma plānotā summa klientu  nodarbināšanai ir EUR </w:t>
+      </w:r>
+      <w:r w:rsidR="00362DBB" w:rsidRPr="00844E0B">
+        <w:t>_______ (______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00362DBB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidR="00362DBB" w:rsidRPr="00844E0B">
+        <w:t>,_____centi) atbilstoši tabulā uzskaitītajām plānotajām izmaksu pozīcijām</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="547"/>
+        <w:gridCol w:w="4414"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1418"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C94361" w14:paraId="21EDCDD9" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3738B120" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nr. p.k.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14EFF8C3" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Izmaksu pozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA76" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="5527060A" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
             <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Klienta </w:t>
+              <w:t>No Aģentūras</w:t>
             </w:r>
-            <w:r w:rsidRPr="00721383">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">profesija un profesijas kods </w:t>
-[...209 lines deleted...]
-              <w:footnoteReference w:id="3"/>
+              <w:t xml:space="preserve"> finansējuma plānotā finanšu atbalsta summa klientu nodarbināšanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA7B" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="551F861F" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>No Darba devēja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> privātā līdzfinansējuma plānotā summa klientu  nodarbināšanai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="356940F5" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>KOPĀ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="1AB5E72A" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFEC550" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE472D7" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091687B6" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40611048" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BA78B7" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="2062F07B" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:trPr>
+          <w:trHeight w:val="383"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F71F233" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6165745A" w14:textId="3F8DF6D5" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Dotācija klienta ikmēneša darba algai</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84F1C" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5., 6., 7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2D9B22" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA5132F" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DDD5E0" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="039A3749" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:trPr>
+          <w:trHeight w:val="429"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB06D23" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21579203" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00072B4E">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Valsts sociālās apdrošināšanas obligātajām iemaksām (VSAOI) par klientu (-iem)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37893CB4" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EAA766" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1324BE03" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="28982C4E" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4795DA" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4CBE17" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00D34864">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Dotācija darba vadītājam</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A252F6E" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00D34864">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9955D8" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="787F12DC" w14:textId="0E07C606" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N/A </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E03887E" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="1EA69EAF" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70E880B4" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="229E6776" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="003B5DDC">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Dotācija obligātajām veselības pārbaudēm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F3ED43" w14:textId="0C91351B" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="003B5DDC">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(no Aģentūras maksimālā summa 50 EUR</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB409E" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vienam klientam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75E2038B" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AAEF463" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E274C6" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="1E618820" w14:textId="77777777" w:rsidTr="003B5DDC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79224F60" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>KOPĀ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C11BC" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="65511683" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D988C9" w14:textId="77777777" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00400136">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16B1E1A8" w14:textId="412A9890" w:rsidR="00B12757" w:rsidRPr="00844E0B" w:rsidRDefault="00B12757" w:rsidP="00B12757">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4C799F" w14:textId="5D0FDF82" w:rsidR="00BF4CFF" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="009F39E5">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>De minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalst</w:t>
+      </w:r>
+      <w:r w:rsidR="005D620E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiek sniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="005D620E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņā ar</w:t>
+      </w:r>
+      <w:r w:rsidR="00F204B9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F204B9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(atzīmēt atbilstošo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="284" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="702"/>
+        <w:gridCol w:w="9106"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C94361" w14:paraId="6D0F2365" w14:textId="77777777" w:rsidTr="00F20555">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="-842388935"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="702" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2D1F3C25" w14:textId="08966AED" w:rsidR="009617B8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="009617B8">
+                <w:pPr>
+                  <w:pStyle w:val="BodyTextIndent2"/>
+                  <w:spacing w:before="120"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00844E0B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9106" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2253346E" w14:textId="0CC893DD" w:rsidR="009617B8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="009617B8">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Komisijas 2023. gada 13. decembra Regul</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ES) Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2023/2831</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:rStyle w:val="oj-italic"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstam (Eiropas Savienības Oficiālais Vēstnesis, 2023. gada 15. decembris,  </w:t>
+            </w:r>
+            <w:r w:rsidR="00A067F4" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0773" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D55F5F" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>sē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rija L)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>De minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta piešķiršanas brīdis ir Līguma spēkā stāšanās datums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="4279B7EC" w14:textId="77777777" w:rsidTr="00F20555">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="1825928811"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="702" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="78CDC5CF" w14:textId="1DC1EE68" w:rsidR="009617B8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="009617B8">
+                <w:pPr>
+                  <w:pStyle w:val="BodyTextIndent2"/>
+                  <w:spacing w:before="120"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00844E0B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9106" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="092A9A9A" w14:textId="0768A390" w:rsidR="00B26406" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B26406">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Komisijas 2014. gada 27. jūnija Regul</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ES) Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>717/2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2014. gada 28. jūnijs, Nr. L 190/45)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>De minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta piešķiršanas brīdis ir Līguma spēkā stāšanās datums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="7C38B1A9" w14:textId="77777777" w:rsidTr="00F20555">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:id w:val="677929391"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="702" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="108A2D8A" w14:textId="42C5C3CB" w:rsidR="00B26406" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="009617B8">
+                <w:pPr>
+                  <w:pStyle w:val="BodyTextIndent2"/>
+                  <w:spacing w:before="120"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00844E0B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9106" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2001B2E5" w14:textId="20F1091D" w:rsidR="00B26406" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B26406">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Komisijas 2013. gada 18. decembra Regulu (ES) Nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5337C" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1408/2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:t xml:space="preserve">(Eiropas Savienības Oficiālais Vēstnesis, 2013. gada 24. decembris, Nr. L 352/9). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>De minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:t xml:space="preserve"> atbalsta piešķiršanas brīdis ir Līguma spēkā stāšanās datums.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="61A92C5A" w14:textId="0C88CC20" w:rsidR="003761F3" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Norēķinu veikšanas kārtība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0627B803" w14:textId="77777777" w:rsidR="00C20572" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C20572">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk156297583"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3A81" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> pārskaita Darba devējam:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="036D3F22" w14:textId="02A2F1FC" w:rsidR="00C20572" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>20 (d</w:t>
+      </w:r>
+      <w:r w:rsidR="00426046" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ivdesmit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00426046" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3A81" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba dienu laikā no </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atskaites </w:t>
+      </w:r>
+      <w:r w:rsidR="003761F3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidR="00444DB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
+      </w:r>
+      <w:r w:rsidR="003761F3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodarbināšanu (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Atskaite</w:t>
+      </w:r>
+      <w:r w:rsidR="003761F3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidR="003761F3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saskaņošanas </w:t>
+      </w:r>
+      <w:r w:rsidR="003761F3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>un atbilstoša rēķina saņemšanas dienas</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3A81" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F87C889" w14:textId="60FFB7B5" w:rsidR="00C20572" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CD233B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="1560" w:hanging="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dotāciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00444DB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="004868B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ikmēneša</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba algai</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F5A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD233B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0516" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00444DB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0112" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nostrādājis vairāk par normālu darba laiku attiecīgajā mēnesī, starpību sedz Darba devējs no saviem finanšu līdzekļiem, bet, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00444DB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klients </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0112" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nostrādājis nepilnu darba laiku, dotāciju piešķir </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85AF8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proporcionāli </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0112" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>nostrādātaj</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1355" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0112" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1355" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>stundām</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85AF8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mēnesī</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0112" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05165366" w14:textId="074BCAB8" w:rsidR="00CF1ECA" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CF1ECA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="1560" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>dotāciju darba vadītājam, ja darba vadītājs klienta darba laikā palīdzējis klientam apgūt darbam nepieciešamās pamatprasmes un iemaņas</w:t>
+      </w:r>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1661BB11" w14:textId="76A0256D" w:rsidR="007D6F1C" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CF1ECA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="1560" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Dotāciju par obligātās veselības pārbaudi, ja klients to ir veicis dalības Pasākumā laikā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C92A2EE" w14:textId="3163AB57" w:rsidR="00C20572" w:rsidRPr="00844E0B" w:rsidRDefault="00C20572" w:rsidP="007D20E1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2664FD58" w14:textId="75431655" w:rsidR="00996FA1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="003B6DE5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Ref203466153"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk203126862"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba devējs apņemas nodrošināt katra </w:t>
+      </w:r>
+      <w:r w:rsidR="00284EAE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>asākumā iesaistīt</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00444DB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ikmēneša </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>darba alg</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as izmaksu </w:t>
+      </w:r>
+      <w:r w:rsidR="008F342F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>tādā apmērā</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6AA7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000D00AD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kā norādīts </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5E31" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba devēja pieteikumā </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5E31" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>asākuma īstenošanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56145" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblInd w:w="306" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2241"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2290"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C94361" w14:paraId="5E3C764C" w14:textId="381FE29D" w:rsidTr="005A2511">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3C492F" w14:textId="77777777" w:rsidR="00810791" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00371121">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Darba vadītāja vārds, </w:t>
+              <w:t>Klienta</w:t>
             </w:r>
-            <w:r w:rsidRPr="00371121">
+          </w:p>
+          <w:p w14:paraId="6384568E" w14:textId="38C2822B" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>uzvārds, personas kods</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA7C" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="4E04F167" w14:textId="62CED4B1" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A603B7">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Darba vadītāja nodrošināšanas</w:t>
+              <w:t>Darba režīms</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F97F0B" w14:textId="38AABF8D" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ilgums </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>No Aģentūras</w:t>
             </w:r>
-            <w:r w:rsidRPr="0059194F">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pasākumā mēnešos</w:t>
+              <w:t xml:space="preserve"> finanšu līdzekļiem izmaksājamais apmērs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00721383">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66798050" w14:textId="137FB54B" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>No Darba devēja</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:footnoteReference w:id="4"/>
+              <w:t xml:space="preserve"> finanšu līdzekļiem izmaksājamais apmērs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA7D" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="53A9ABFB" w14:textId="523A13D5" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Atzīmē ar</w:t>
-[...161 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>Ikmēneša bruto darba alga kopā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA82" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00EC3543">
+          <w:p w14:paraId="3A45709C" w14:textId="44B103E9" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00721383">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...117 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>Komentāri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AA90" w14:textId="77777777" w:rsidTr="00674CAB">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C94361" w14:paraId="226B8EA9" w14:textId="14FDE6C4" w:rsidTr="005A2511">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1824" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA89" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="50931767" w14:textId="77777777" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543" w:rsidP="00C55543">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...65 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA8E" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="5BFC0AED" w14:textId="4F38B657" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>normāls / nepilns</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F5A36F" w14:textId="6689817A" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EUR / mēnesī</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="282EB1E6" w14:textId="41B5BEF5" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EUR / mēnesī</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="018C00FA" w14:textId="5FFC5D54" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EUR / mēnesī</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="293DD903" w14:textId="77777777" w:rsidR="007D20E1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007D20E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(obligāti aizpilda, ja tiek norādīts nepilns darba režīms, norādot </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C923D1" w14:textId="77777777" w:rsidR="0064191F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007D20E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plānoto stundu skaitu dienā, nedēļā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8ABBBA" w14:textId="653F2707" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007D20E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai mēnesī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="10"/>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="2D12EDA9" w14:textId="4450B632" w:rsidTr="00F90A5F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE708D9" w14:textId="77777777" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="134CB586" w14:textId="3352D5F6" w:rsidR="00BE74F5" w:rsidRPr="00844E0B" w:rsidRDefault="00BE74F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB39664" w14:textId="21B4888B" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="003F39BB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:highlight w:val="lightGray"/>
+                </w:rPr>
+                <w:alias w:val="Izvēlēties"/>
+                <w:tag w:val="Izvēlēties"/>
+                <w:id w:val="-1084228139"/>
+                <w:placeholder>
+                  <w:docPart w:val="C942D4FEA28840F9946BF3F564EFF960"/>
+                </w:placeholder>
+                <w:dropDownList>
+                  <w:listItem w:displayText="......" w:value="......"/>
+                  <w:listItem w:displayText="normāls" w:value="8h"/>
+                  <w:listItem w:displayText="nepilns" w:value="1-8 h/dienā"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D06CD1" w:rsidRPr="00844E0B">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
+                  </w:rPr>
+                  <w:t>......</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DC9E24" w14:textId="6114E3EB" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1A96AC" w14:textId="0E25F42C" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA8F" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="02C6E849" w14:textId="04355C63" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...23 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA92" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="676A7E18" w14:textId="0CB483EA" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543" w:rsidP="00F90A5F">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="0098BBF3" w14:textId="7B744811" w:rsidTr="00F90A5F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA93" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="154DE3E7" w14:textId="77777777" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          <w:p w14:paraId="3300AA94" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="2174E671" w14:textId="394B3570" w:rsidR="00BE74F5" w:rsidRPr="00844E0B" w:rsidRDefault="00BE74F5">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...17 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA96" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="3898BD06" w14:textId="6F1918AD" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="003F39BB">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:highlight w:val="lightGray"/>
+                </w:rPr>
+                <w:alias w:val="Izvēlēties"/>
+                <w:tag w:val="Izvēlēties"/>
+                <w:id w:val="687261007"/>
+                <w:placeholder>
+                  <w:docPart w:val="9313D28582044316B748B29215F8FCFD"/>
+                </w:placeholder>
+                <w:dropDownList>
+                  <w:listItem w:displayText="......" w:value="......"/>
+                  <w:listItem w:displayText="normāls" w:value="8h"/>
+                  <w:listItem w:displayText="nepilns" w:value="1-8 h/dienā"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00D06CD1" w:rsidRPr="00844E0B">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
+                  </w:rPr>
+                  <w:t>......</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07483F90" w14:textId="45D6DCA3" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6AC1C7" w14:textId="0A42F5A8" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AA97" w14:textId="77777777" w:rsidR="00681E8C" w:rsidRPr="00721383" w:rsidRDefault="00681E8C" w:rsidP="00EC3543">
+          <w:p w14:paraId="137272B2" w14:textId="11D09724" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FD9CDA" w14:textId="78FCB59F" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543" w:rsidP="00F90A5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="7C81A05C" w14:textId="3A772798" w:rsidTr="00F90A5F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="371012BA" w14:textId="77777777" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55C4C0E2" w14:textId="7EB66A11" w:rsidR="003B6DE5" w:rsidRPr="00844E0B" w:rsidRDefault="003B6DE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D91F28E" w14:textId="44B87742" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="003F39BB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:highlight w:val="lightGray"/>
+                </w:rPr>
+                <w:alias w:val="Izvēlēties"/>
+                <w:tag w:val="Izvēlēties"/>
+                <w:id w:val="2124113456"/>
+                <w:placeholder>
+                  <w:docPart w:val="23E0D9EE8AFE420CB9D2B4194038195B"/>
+                </w:placeholder>
+                <w:dropDownList>
+                  <w:listItem w:displayText="......" w:value="......"/>
+                  <w:listItem w:displayText="normāls" w:value="8h"/>
+                  <w:listItem w:displayText="nepilns" w:value="1-8 h/dienā"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36870" w:rsidRPr="00844E0B">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:highlight w:val="lightGray"/>
+                  </w:rPr>
+                  <w:t>......</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FDC2A6" w14:textId="4071E5F5" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6586B95A" w14:textId="6C8FBC12" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E1F609" w14:textId="2CE63D28" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0836C83D" w14:textId="20EF966F" w:rsidR="00C55543" w:rsidRPr="00844E0B" w:rsidRDefault="00C55543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3300AA99" w14:textId="77777777" w:rsidR="00D334BF" w:rsidRDefault="007B7E02" w:rsidP="001D6410">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent2"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="702B62F6" w14:textId="6DCB753D" w:rsidR="00D36821" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> pienākumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1304D306" w14:textId="77777777" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005F53F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...42 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izvērtēt </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">starp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Darba devēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002613D0" w:rsidRPr="00721383">
-[...19 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klient</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noslēgtā darba līguma atbilstību Līgumam un Darba likuma 40</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2373" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pantā noteiktajam</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2373" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56FDD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vērtēt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>amata apraksta atbilstību profesijai, kurā nodarbināts</w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00721383">
-[...190 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA9A" w14:textId="002EC432" w:rsidR="00B75F31" w:rsidRPr="00974508" w:rsidRDefault="007B7E02" w:rsidP="001405FB">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent2"/>
+    <w:p w14:paraId="5C017119" w14:textId="77777777" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005F53F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...116 lines deleted...]
-        <w:t>;</w:t>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Veikt pārbaudes pie Darba devēja, t.sk., iepazīties ar visiem Darba devēja rīcībā esošajiem ar Pasākuma īstenošanu un finansēšanu saistītajiem dokumentiem, sagatavot aktu par pārbaudes rezultātiem un pieprasīt pārbaudes laikā konstatēto pārkāpumu un nepilnību novēršanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA9B" w14:textId="77777777" w:rsidR="00567F0F" w:rsidRPr="00BB6121" w:rsidRDefault="007B7E02" w:rsidP="00A47B52">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent2"/>
+    <w:p w14:paraId="6304B08D" w14:textId="77777777" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005F53F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...60 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja nepieciešams, </w:t>
+      </w:r>
+      <w:r w:rsidR="0032176F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>eleģēt novērotājus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>, kuri</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E34D70" w:rsidRPr="00BB6121">
-[...4 lines deleted...]
-        <w:t>mēneši</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piedalās </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Pasākuma īstenošan</w:t>
+      </w:r>
+      <w:r w:rsidR="00370132" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>as novērošanā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7696A31A" w14:textId="56D42612" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Pēc</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>a pieņemšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalības Pasākumā pārtraukšanu, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>rakst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>iski</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosūtīt par to informāciju Darba devējam uz Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>8.1.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00953F24" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>apakšpunktā norādītās kontaktpersonas e-pasta adresi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C69CF67" w14:textId="107FD34F" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja tiek pārtraukta </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalība Pasākumā un līdz Pasākuma īstenošanas beigu termiņam (t.i., līdz dalību Pasākumā pārtraukušā </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba līgum</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ā noteiktā dalības Pasākumā beigu datumam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>) ir atlikuši ne mazāk kā divi mēneši (</w:t>
+      </w:r>
+      <w:r w:rsidR="00255459" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sešdesmit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kalendārās dienas), </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA00D1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūra piedāvā Darba devējam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbam Pasākumā citu </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (notiek </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15750" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maiņa), ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00773B55" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00773B55" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reģistrēts bezdarbnieka statusā Darba devēja prasībām </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstošs </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0068427B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ievērojot Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D20E1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0068427B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10114" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068427B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteikto, nākamā </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dalības ilgums Pasākumā ir ne ilgāks kā pirmā darba vietā strādājušā </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00863D8D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00870956" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba līgumā </w:t>
+      </w:r>
+      <w:r w:rsidR="00863D8D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>noteiktais plānotās dalības Pasākumā beigu datums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA682E2" w14:textId="6D4DDEA0" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Viena mēneša laikā no Darba devēja rakstveida informācijas saņemšanas, izvērtējot </w:t>
+      </w:r>
+      <w:r w:rsidR="00773B55" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieejamo</w:t>
+      </w:r>
+      <w:r w:rsidR="000E35FF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finansējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00786442" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un informāciju par Darba devējam pieejamo </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA00D1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>de </w:t>
+      </w:r>
+      <w:r w:rsidR="00786442" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00786442" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta apmēru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, slēgt vienošanos pie Līguma par </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba algas palielinājumu, ja finanšu līdzekļi ir pietiekami. Ja saskaņā ar Darba devēja rakstveida informāciju, </w:t>
+      </w:r>
+      <w:r w:rsidR="00773B55" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotācijas </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba algai apmērs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">nemainās vai samazinās, vienošanās pie Līguma tiek slēgta </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā pēc Darba devēja rakstveida informācijas saņemšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347217EA" w14:textId="77777777" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005F53F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>zvērtēt Darba devēja iesniegtās Atskaites un rēķina atbilstību Līguma nosacījumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00315E64" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507E4DDC" w14:textId="67B0DA1D" w:rsidR="005F53F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>nformēt Darba devēju par iesniegto dokumentu saskaņojumu. Atskaites un</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD587D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD587D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>vai rēķina neatbilstības gadījumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0EEF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1389F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pieprasīt </w:t>
+      </w:r>
+      <w:r w:rsidR="0082127E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējam </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>precizētas Atskaites un</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD587D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD587D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>vai rēķin</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="000E35FF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007639E3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66022F67" w14:textId="06AEB16A" w:rsidR="00F5286F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Izsniegt Darba devējam informatīvu plakātu izvietošanai Pasākuma īstenošanas vietā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:szCs w:val="24"/>
-[...35 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6EB7" w:rsidRPr="00BB6121">
-[...72 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA9C" w14:textId="77777777" w:rsidR="0063689D" w:rsidRPr="00721383" w:rsidRDefault="0063689D" w:rsidP="00284D61">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="71882900" w14:textId="5FF13244" w:rsidR="008C309D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">Darba devēja </w:t>
+      </w:r>
+      <w:r w:rsidR="0083780E" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">pienākumi </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3300AA9D" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="00351FB9" w:rsidRDefault="007B7E02" w:rsidP="00DB3B09">
-[...4383 lines deleted...]
-    <w:p w14:paraId="3300AAD2" w14:textId="77777777" w:rsidR="008A7F09" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="009D2C57">
+    <w:p w14:paraId="1D9ED1C7" w14:textId="5A581694" w:rsidR="008A7F09" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="006644E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
-[...24 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niegt </w:t>
+      </w:r>
+      <w:r w:rsidR="0071615E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidR="0071615E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00371121">
-[...11 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>patiesu informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AAD3" w14:textId="77777777" w:rsidR="008A7F09" w:rsidRPr="001B3F5D" w:rsidRDefault="007B7E02" w:rsidP="008A7F09">
+    <w:p w14:paraId="70E28A12" w14:textId="537C78C1" w:rsidR="008A7F09" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="006644E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="720"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2A03" w:rsidRPr="00721383">
-[...2 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">odrošināt </w:t>
       </w:r>
-      <w:r w:rsidR="003769D2">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iespēju iepazīties ar</w:t>
+      </w:r>
+      <w:r w:rsidR="000459C1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba vietu</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6A65" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba apstākļiem, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="008479D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klients </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pirms norīkošanas </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4444B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>asākumā izteicis šādu vēlmi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21645E98" w14:textId="77777777" w:rsidR="006644E4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="006644E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja tiek pārtraukta klienta dalība Pasākumā un līdz Pasākuma īstenošanas beigu termiņam ir atlikuši ne mazāk kā divi mēneši (</w:t>
+      </w:r>
+      <w:r w:rsidR="000E35FF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sešdesmit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kalendārās dienas) </w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ierosināt klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nomaiņu Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24C3F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedalīties </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piemērota </w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atlasē</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24C3F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B47EF7" w14:textId="77777777" w:rsidR="00212C88" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00212C88">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Ref203468062"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ievērojot </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuālajā </w:t>
+      </w:r>
+      <w:r w:rsidR="0096108D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba meklēšanas plānā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4600E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165CB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00165CB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dalības Pasākumā sākuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00953A4F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>datumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00165CB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, noslēgt ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidR="00165CB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba līgumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD41B4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Darba devējiem, kuri nav biedrības un nodibinājumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00707F87" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD41B4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba līgumu ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD41B4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noslēgt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz vismaz trīs mēneši</w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilgāku periodu, kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesaistes termiņš Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00863A2C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuālajā </w:t>
+      </w:r>
+      <w:r w:rsidR="0096108D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba meklēšanas plānā </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25588" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Līguma 1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktā norādītajam.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="7BCAC590" w14:textId="77777777" w:rsidR="00212C88" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00212C88">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Ref203468109"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba līgums </w:t>
+      </w:r>
+      <w:r w:rsidR="00953A4F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jāsagatavo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2557" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00383EAF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ievērojot Latvijas Republikas normatīvo aktu prasības un</w:t>
+      </w:r>
+      <w:r w:rsidR="00165CB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņā ar Līgumā norādīto, t.sk.:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="7E87EA3F" w14:textId="6D509976" w:rsidR="00212C88" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba līgumā norāda atsauci uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE615B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aktīvo nodarbinātības pasākumu “Pasākumi noteiktām personu grupām” </w:t>
+      </w:r>
+      <w:r w:rsidR="00626352" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ESF</w:t>
+      </w:r>
+      <w:r w:rsidR="00407878" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85438" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plus </w:t>
+      </w:r>
+      <w:r w:rsidR="00626352" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projektu </w:t>
+      </w:r>
+      <w:r w:rsidR="004771F7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00407878" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
+      </w:r>
+      <w:r w:rsidR="00626352" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7FCE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk171089020"/>
+      <w:r w:rsidR="003D7FCE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nr.4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7FCE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00165CB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norāda Līguma noslēgšanas datumu un </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>numuru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6A6AD0" w14:textId="77777777" w:rsidR="00212C88" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba līgumā norāda </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalības Pasākumā periodu, atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuālajā </w:t>
+      </w:r>
+      <w:r w:rsidR="00407878" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba meklēšanas plānā</w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Līguma 1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00463D94" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norādītajam;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Hlk175821750"/>
+    </w:p>
+    <w:p w14:paraId="1AE9DFAC" w14:textId="621BAA3F" w:rsidR="00212C88" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="00597BCC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maiņas gadījumā </w:t>
+      </w:r>
+      <w:r w:rsidR="00800170" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba devējs slēdz darba līgumu ar nākamo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, atbilstoši Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D20E1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F20F2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D20E1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="006B04B0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteiktajam, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD74FC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ievērojot</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1FF6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dalības Pasākumā </w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">termiņš </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1FF6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nav </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1FF6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ilgāks kā pirm</w:t>
+      </w:r>
+      <w:r w:rsidR="00953A4F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ajam</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba vietā strādāj</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD74FC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="00953A4F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ajam</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidR="00953A4F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba līgumā noteiktais pl</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA39CF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ānotās</w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1FF6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dalības </w:t>
+      </w:r>
+      <w:r w:rsidR="00953A4F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasākumā </w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>noslēguma termiņš</w:t>
+      </w:r>
+      <w:r w:rsidR="0030164E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B213F8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF347A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maiņas gadījumā </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek mainīta arī Pasākuma īstenošanas adrese un iepriekšējam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">klientam </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2A03" w:rsidRPr="00B4016E">
-[...13 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bija veikta darba vietas pielāgošana, Darba devējam</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF347A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pirms nākamā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF347A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atlases dalībai Pasākumā, jānodrošina</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iepriekš veikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF347A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielāgojum</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF347A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaunajā Pasākuma īstenošanas adresē</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF347A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, par Pasākuma īstenošanas adreses maiņu Līgumā noteiktajā kārtībā informējot </w:t>
+      </w:r>
+      <w:r w:rsidR="009F20F2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūru</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3523C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="06530325" w14:textId="5AEF1364" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000B237A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3 (t</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7EFA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no darba līguma noslēgšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00212C88" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7EFA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC8CE27" w14:textId="20584FE2" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">starp Darba devēju un </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00081AC7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noslēgtā darba līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7028" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00574BD4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un amata apraksta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinātu </w:t>
+      </w:r>
+      <w:r w:rsidR="00081AC7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2381E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD71EC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2381E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiek veiktas izmaiņas ar klientu noslēgtajā darba līgumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00024EB8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Darba devējs </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā Aģentūrā iesniedz vienošanās pie darba līguma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinātu </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1681E200" w14:textId="23BB9E48" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">dokumentus (Rīkojumu) par klientam </w:t>
+      </w:r>
+      <w:r w:rsidR="00024EB8" w:rsidRPr="00844E0B">
+        <w:t>noteikto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> darba vadītāju, kurā norādīts darba vadīšanas termiņš </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(no dd.mm.gggg. līdz dd.mm.gggg.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>un dotācijas par darba vadīšanu apmērs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40247F92" w14:textId="738E8E3F" w:rsidR="001765C4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="001765C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>plānoto attiecīgā mēneša darba grafiku klientam, ja Līgumā ir norādīta vairāk nekā viena Pasākuma īstenošanas (darba vietas) adrese un/vai Pasākuma īstenošanas periodā klienta darba dienas un darba laiks ir mainīgs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B624A75" w14:textId="555BC071" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="001765C4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6.4.   </w:t>
+      </w:r>
+      <w:r w:rsidR="004D45C6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja konstatētas neatbilstības, pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidR="004D45C6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieprasījuma </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="004D45C6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D45C6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā iesniegt precizēta darba līguma un/vai amata </w:t>
+      </w:r>
+      <w:r w:rsidR="00B213F8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ap</w:t>
+      </w:r>
+      <w:r w:rsidR="004D45C6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raksta </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aplecinātu </w:t>
+      </w:r>
+      <w:r w:rsidR="004D45C6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un/vai vienošanās pie darba līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85C77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apliecinātu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopiju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03828BA5" w14:textId="77777777" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000B237A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Pirms darba uzsākšanas iepazīstināt </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33B2A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar darba kārtības noteikumiem, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7534F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izsniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7534F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>obligātās veselības pārbaudes karti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7534F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ja nepieciešams veikt pirmreizējo obligāto veselības pārbaudi), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>darba koplīgumu (ja tāds ir), instrukcijām, darba drošības, ugunsdrošības un citiem darba aizsardzības noteikumiem, citu darbam nepieciešamo informāciju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F975DE8" w14:textId="13846BAE" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000B237A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbības laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4522" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodarbināt </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4522" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidR="00294FD1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1422F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00294FD1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1422F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Darba likuma</w:t>
+      </w:r>
+      <w:r w:rsidR="00294FD1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosacījumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002E3DA2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2A03" w:rsidRPr="00B4016E">
-[...10 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidR="00EF361C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4522" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepieļaut </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3904" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2E35" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2E35" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidR="003A1DBF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7028" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>noteiktajai</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4522" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> profesijai neatbilstošu darbu veikšan</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF49B8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49809E3A" w14:textId="7B75C1C3" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000B237A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt tādus darba apstākļus, lai </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4784E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>rētu izpildīt viņam noteikto darbu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9DA7FD" w14:textId="77777777" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Ref203468152"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Katram Pasākumā iesaistītajam </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošināt kvalificētu darba vadītāju (ieguvis izglītību vai ne mazāk kā divus gadus ilgu darba pieredzi profesijā, kurā nodarbina </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED747F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001E35A4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED747F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vadītājam nav nepieciešama izglītība vai darba pieredze profesijā,</w:t>
+      </w:r>
+      <w:r w:rsidR="00615A81" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plānots nodarbināt mazkvalificētos darbos (vienkāršo profesiju darbi atbilstoši Profesiju klasifikatora devītajai pamatgrupai))</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04B3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="0163A6F0" w14:textId="77777777" w:rsidR="000B237A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt, ka viens darba vadītājs </w:t>
+      </w:r>
+      <w:r w:rsidR="008775F6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizēto pasākumu </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7547" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ietvaros palīdz apgūt darbam nepieciešamās pamatprasmes un iemaņas vienlaicīgi ne vairāk kā diviem</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klientiem</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. Darba vadītāj</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7028" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s jānodrošina </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7028" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD20C2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba vadītāja nodrošināšanas </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikā neietilpst </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6B76" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kalendārās </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienas, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4200" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kad </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">klients </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2A03" w:rsidRPr="001B3F5D">
-[...20 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidR="000E4200" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nav veicis</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbu attaisnojošu iemeslu dēļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4200" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t.i.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, par </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attaisnoti kavētām kalendāra dienām pagarinās darba vadītāja nodrošināšanas laiks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572F4594" w14:textId="77777777" w:rsidR="00113A56" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba vadītāju </w:t>
+      </w:r>
+      <w:r w:rsidR="006B123C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošina:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F553706" w14:textId="77777777" w:rsidR="007A06B2" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pirmos divus mēnešus no iesaistes dienas Pasākumā, ja klientam ir mazāk nekā trīs mēnešu darba pieredze pēdējo 10 gadu laikā un nav izglītības attiecīgajā profesijā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7ABBDA" w14:textId="2CF524C4" w:rsidR="001D7C4F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00450911">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk205461790"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vienu mēnesi no iesaistes dienas Pasākumā, ja klientam ir ne mazāk kā trīs mēnešu darba pieredze pēdējo 10 gadu laikā vai izglītība attiecīgajā profesijā, vai arī klientu plānots nodarbināt mazkvalificētos darbos (vienkāršo profesiju darbi atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="287ED5C5" w14:textId="77777777" w:rsidR="005123F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005123F7">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nodrošināt, ka darba vadītājs veic šādus pienākumus:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DBB9D0" w14:textId="77777777" w:rsidR="005123F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00450911">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.13.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizē klienta darbu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7432D6" w14:textId="77777777" w:rsidR="005123F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005123F7">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.13.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>palīdz klientam apgūt darbam nepieciešamās pamatprasmes un iemaņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54739D89" w14:textId="30CF0027" w:rsidR="005123F7" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="005123F7">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:ind w:left="1418" w:hanging="992"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.13.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>kontrolē klienta darba kvalitāti un nepietiekamas darba kvalitātes gadījumā palīdz klientam apgūt darbam nepieciešamās pamatprasmes un iemaņas darba kvalitātes uzlabošanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7627C0B6" w14:textId="5E654326" w:rsidR="001D7C4F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba vadītāja </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darbnespējas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījumā vai gadījumā, kad darba vadītājs nespēj</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6B3D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00797FAF" w:rsidRPr="001B3F5D">
-[...20 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veikt savus pienākumus, noteikt </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>citu darba vadītāju</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27021" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1BFB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstoši Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="005123F7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1BFB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apakš</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1BFB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punkta prasībām</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27021" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1BFB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un kopā ar nākamo Atskaiti iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidR="00486FD9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba vadītāja apliecinātu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00486FD9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības dokumenta kopiju profesijā, kurā nodarbina </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
+      </w:r>
+      <w:r w:rsidR="00486FD9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00555AB3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Darba devēja parakstītu </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apliecinājumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurā norādīta informācija </w:t>
+      </w:r>
+      <w:r w:rsidR="00555AB3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5A4B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba vadītāja</w:t>
+      </w:r>
+      <w:r w:rsidR="00555AB3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iegūto pieredzi</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5A4B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">profesijā, kurā nodarbina </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
+      </w:r>
+      <w:r w:rsidR="00555AB3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(norādot nodarbinātības periodu (-us) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D27021" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00555AB3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dd.mm.gggg. – dd.mm.gggg</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3CBB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27021" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00555AB3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un darba devēju (-us) pie kura (-iem) pieredze iegūta)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3300AAD4" w14:textId="79839556" w:rsidR="007D6ADF" w:rsidRPr="007D6ADF" w:rsidRDefault="007B7E02" w:rsidP="007D6ADF">
+    <w:p w14:paraId="50E6C2D4" w14:textId="5408E496" w:rsidR="001D7C4F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gadījumā, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek konstatēts, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba vadītājs neatbilst Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="005123F7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006763BB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punkta prasībām, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neizmaksā </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3335" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>otāciju</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3335" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba vadītājam</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A93A0B" w14:textId="58B0C6E4" w:rsidR="00302717" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odrošināt</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D3A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ka</w:t>
+      </w:r>
+      <w:r w:rsidR="005123F7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.1.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6B3D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apakšpunktā norādītā kontaktpersona ir sasniedzama</w:t>
+      </w:r>
+      <w:r w:rsidR="002E34DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005D09A1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zvanot uz Līgumā norādīto tālruņa numuru</w:t>
+      </w:r>
+      <w:r w:rsidR="002E34DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba laikā ir informēta par </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba pienākumu izpildes</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adresi, veicamajiem un paveiktajiem darbiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0D3A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amata aprakstā norādītaj</w:t>
+      </w:r>
+      <w:r w:rsidR="009E4821" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pienākum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85CCD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A04244E" w14:textId="2F7F6EA7" w:rsidR="00D44D53" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00EA1579">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...84 lines deleted...]
-        <w:t>pieejama iesnieguma veidlapa).</w:t>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t>Ne vēlāk kā līdz kārtējā mēneša 28. datumam iesniegt Aģentūrā plānoto nākamā mēneša darba grafiku klientam, ja Līgumā ir norādīta vairāk nekā viena Pasākuma īstenošanas (darba vietas) adrese un/vai Pasākuma īstenošanas periodā klienta darba dienas un darba laiks ir mainīgs. Veicot izmaiņas klienta darba grafikā, darba devējs ar klientu rakstiski vienojas un aktualizē darba grafiku. Darba devējs vienas dienas laikā no savstarpēji saskaņotā darba grafika izstrādes, bet ne vēlāk kā iestājušās faktiskās izmaiņas, klienta darba grafiku elektroniski iesniedz Aģentūrā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AAD5" w14:textId="5EB84BFA" w:rsidR="007D6ADF" w:rsidRPr="00A603B7" w:rsidRDefault="007B7E02" w:rsidP="007D6ADF">
-[...22 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+    <w:p w14:paraId="4E281FE3" w14:textId="494F84EB" w:rsidR="00302717" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odrošin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>āt</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieeju ar Pasākuma īstenošanu saistītajai dokumentācijai</w:t>
+      </w:r>
+      <w:r w:rsidR="00450CAE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adresē, kura norādīta Līguma 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00450CAE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00325A2F" w:rsidRPr="00371121">
-[...13 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidR="009B6B3D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00450CAE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktā</w:t>
+      </w:r>
+      <w:r w:rsidR="007A50E7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, t.sk</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1460" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009D2C57">
-[...4 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidR="007A50E7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00006266" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A603B7">
-[...23 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007A50E7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parakstu saskaņotam darba grafikam</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1460" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (grafikā norādot darba pienākumu veikšanas adreses un dienas)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7D7F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255A5563" w14:textId="46145085" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īdz katra </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Style2"/>
+          </w:rPr>
+          <w:alias w:val="Izvēlēties"/>
+          <w:tag w:val="Izvēlēties"/>
+          <w:id w:val="-758907579"/>
+          <w:placeholder>
+            <w:docPart w:val="F72EBBFF3FD34A749DDD2E94249ECA65"/>
+          </w:placeholder>
+          <w:dropDownList>
+            <w:listItem w:displayText="......" w:value="......"/>
+            <w:listItem w:displayText="mēneša" w:value="mēneša"/>
+            <w:listItem w:displayText="kalendārā ceturkšņa" w:value="kalendārā ceturkšņa"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Style2"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000E50B1" w:rsidRPr="00844E0B">
+            <w:rPr>
+              <w:rStyle w:val="Style2"/>
+            </w:rPr>
+            <w:t>mēneša</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6B3D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">datumam sagatavot un iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="00185832" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00710356">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">punktā norādītajam. </w:t>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atskaiti </w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1100" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rēķinu</w:t>
+      </w:r>
+      <w:r w:rsidR="00257E5C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007378A2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AAD6" w14:textId="77777777" w:rsidR="0043728D" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="008C309D">
-[...53 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+    <w:p w14:paraId="5D7E2CAD" w14:textId="29D02F13" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Darba devējs </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Atskaites</w:t>
+      </w:r>
+      <w:r w:rsidR="007378A2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u.c. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D842D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar līguma īstenošanu saistītos </w:t>
+      </w:r>
+      <w:r w:rsidR="007378A2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumentus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniedz </w:t>
+      </w:r>
+      <w:r w:rsidR="007378A2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroniski (atbilstoši normatīvajiem aktiem par elektronisko dokumentu sagatavošanu), nosūtot uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00D842D8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>e-pastu</w:t>
+      </w:r>
+      <w:r w:rsidR="00552E77" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5144" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pnpg@nva.gov.lv</w:t>
+      </w:r>
+      <w:r w:rsidR="007378A2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00303D88" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB16C5" w:rsidRPr="00371121">
-[...11 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk193725734"/>
+      <w:r w:rsidR="005E6714" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Rēķinus noformē kā strukturētus elektroniskus rēķinus un iesniedz Aģentūrai e-adresē EINVOICE@</w:t>
+      </w:r>
+      <w:r w:rsidR="005E6714" w:rsidRPr="00844E0B">
+        <w:t>90001634668 pēc Atskaites saskaņošanas.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="5CFB5739" w14:textId="4D8C55D0" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Ja attiecīgajā mēnesī/</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1E9D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kalendārajā ceturksnī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienti, ar kuriem Darba devējs noslēdzis darba līgumu, veikuši obligātās veselības pārbaudes, Atskaitei pievieno dokumentus, kas apliecina obligātās veselības pārbaudes veikšanu un pārbaudes izmaksas, un izmaksas iekļau</w:t>
+      </w:r>
+      <w:r w:rsidR="00C309E7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rēķinā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4A397B" w14:textId="54CD62BF" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konstatējusi neatbilstības Darba devēja iesniegtajā </w:t>
+      </w:r>
+      <w:r w:rsidR="00896CFE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Atskaitē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD587D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00780E17" w:rsidRPr="00371121">
-[...11 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ vai rēķinā, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā atkārtoti sagatavot precizētu </w:t>
+      </w:r>
+      <w:r w:rsidR="00896CFE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Atskaiti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4E22" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ vai rēķinu, un iesniegt to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA0E7E6" w14:textId="77777777" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iesniedzot </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atskaiti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="003A1DBF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2A03" w:rsidRPr="00371121">
-[...37 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbu pirmajā mēnesī, </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidR="0035028D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00744963" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atvaļinājumu grafiku</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kurā norāda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piešķirtā atvaļinājuma periodu (no dd.mm.gggg. līdz dd.mm.gggg.). </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klients </w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar savu parakstu saskaņo atvaļinājuma grafiku, apliecinot, ka iepazinies ar plānotā atvaļinājuma </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2A22" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>periodu</w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AAD7" w14:textId="4D9EEA42" w:rsidR="00AB5ED7" w:rsidRDefault="007B7E02" w:rsidP="00257CB6">
-[...70 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+    <w:p w14:paraId="1DC41ED3" w14:textId="5BBECAC9" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegtajā atvaļinājuma grafikā plānotas izmaiņas, n</w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46174" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piecas</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46174" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienas</w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pirms atvaļinājuma grafikā paredzētā atvaļinājuma, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E34DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai, ja atvaļinājuma izmaiņas plānotas pirms </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB41F8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūrā </w:t>
+      </w:r>
+      <w:r w:rsidR="000D21A2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegtajā </w:t>
+      </w:r>
+      <w:r w:rsidR="002E34DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atvaļinājuma grafikā paredzētā laika, ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5 (</w:t>
+      </w:r>
+      <w:r w:rsidR="002E34DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piecas</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E34DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienas pirms plānotā atvaļinājuma laika, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB41F8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE4DC3">
-[...69 lines deleted...]
-        <w:t>numuru;</w:t>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesniegt precizētu (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņotu) atvaļinājuma grafiku</w:t>
+      </w:r>
+      <w:r w:rsidR="00954533" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1016B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1480B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja Līgumā noteikts, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atskaite </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1480B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiek iesniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1480B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reizi ceturksnī, tad atvaļinājuma grafiks tiek iesniegts kopā ar noslēgt</w:t>
+      </w:r>
+      <w:r w:rsidR="00954533" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1480B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinātu </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1480B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r w:rsidR="00634BD7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...97 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="3C859627" w14:textId="3F30E09F" w:rsidR="004C1169" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Darba devēj</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE08AB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atskaitēs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apliecina Līguma ietvaros veikt</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksājum</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="009F0734" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši Līguma nosacījumiem un spēkā esošiem normatīvajiem aktiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1244" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1244" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002175EB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atskaitei pievieno </w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izmaksu apliecinošus dokumentus (</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1E9D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba algas aprēķinu, </w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aksājuma uzdevumu vai konta izrakstu par veiktajiem pārskaitījumiem) par </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1E9D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iepriekšējā </w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pārskata period</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1E9D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002175EB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientam </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1E9D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un darba vadītājam </w:t>
+      </w:r>
+      <w:r w:rsidR="002175EB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>veikt</w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ajām</w:t>
+      </w:r>
+      <w:r w:rsidR="002175EB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaks</w:t>
+      </w:r>
+      <w:r w:rsidR="0017244C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ām</w:t>
+      </w:r>
+      <w:r w:rsidR="0067757F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00E82F1C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="0067757F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>alsts kasē iemaksātajiem nodokļiem un nodevām</w:t>
+      </w:r>
+      <w:r w:rsidR="00764A9A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="_Ref203468414"/>
     </w:p>
-    <w:p w14:paraId="3300AAD9" w14:textId="1035F069" w:rsidR="0045606C" w:rsidRPr="00B4016E" w:rsidRDefault="007B7E02" w:rsidP="00FF62D8">
-      <w:pPr>
+    <w:p w14:paraId="52408FB9" w14:textId="0D0A4110" w:rsidR="004C1169" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...16 lines deleted...]
-          <w:spacing w:val="-4"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pēc klientu dalības Pasākumā pabeigšanas vai pārtraukšanas, Darba devējs Atskaiti un rēķinu Aģentūrā iesniedz ne vēlāk kā 5 (piecu) darba dienu laikā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F18BBF" w14:textId="73C06149" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atsakās</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00476041" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>turpināt darba tiesiskās attiecības pēc dalības Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00027CAA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3A60" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši Līguma 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82DE9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4E22" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3A60" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā noteiktajam</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Darba devējs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopā ar nākamo Atskati iesniedz </w:t>
+      </w:r>
+      <w:r w:rsidR="004D33E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumenta </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinātu </w:t>
+      </w:r>
+      <w:r w:rsidR="004D33E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kopiju par darba tiesisko attiecību izbeigšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar klientu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E17A2E">
-[...31 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk31095169"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="4E486962" w14:textId="77777777" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Ref203468426"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Ne vēlāk</w:t>
+      </w:r>
+      <w:r w:rsidR="00C473A0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kā līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="00C473A0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba līgumos norādītajam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>datumam</w:t>
+      </w:r>
+      <w:r w:rsidR="000838B2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>, Pasākuma īstenošanas laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="00227DCA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaksāt atlīdzību </w:t>
+      </w:r>
+      <w:r w:rsidR="00121D63" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par darbu </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>un darba vadītāj</w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidR="00C950F6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par iepriekšējo mēnesi</w:t>
+      </w:r>
+      <w:r w:rsidR="009221EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bezskaidrā naudā </w:t>
+      </w:r>
+      <w:r w:rsidR="0051706B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar pārskaitījumu uz </w:t>
+      </w:r>
+      <w:r w:rsidR="009221EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta un darba vadītāja </w:t>
+      </w:r>
+      <w:r w:rsidR="0051706B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>norādīto bankas kontu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kā arī normatīvajos aktos noteiktajā kārtībā un saskaņā ar Līguma noteikumiem, aprēķināt, ieturēt un iemaksāt valsts budžetā visus no </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un darba vadītāj</w:t>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atlīdzībām pienākošos nodokļus un nodevas.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="00ED4006" w14:textId="77777777" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>akst</w:t>
+      </w:r>
+      <w:r w:rsidR="005B34AA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>iski</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informēt </w:t>
+      </w:r>
+      <w:r w:rsidR="005B34AA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūru</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00792622" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>vienu mēnesi</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B92F93" w:rsidRPr="00371121">
-[...1 lines deleted...]
-          <w:spacing w:val="-4"/>
+      <w:r w:rsidR="00B014BA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pirms plānotajām izmaiņām</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4444B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asākuma īstenošanas laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="001661DB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="008C309D" w:rsidRPr="00371121">
-[...5 lines deleted...]
-      <w:r w:rsidR="008C6C4C">
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arba devējs vēlas </w:t>
+      </w:r>
+      <w:r w:rsidR="00802123" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mainīt </w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba algu </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klientam</w:t>
+      </w:r>
+      <w:r w:rsidR="008C309D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4042263A" w14:textId="3C08C46F" w:rsidR="00762AF0" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Ref203468256"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidR="00595CF7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai t</w:t>
+      </w:r>
+      <w:r w:rsidR="009F537C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidR="00595CF7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzraugošo iestāžu p</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ārbaudes laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D63224">
-[...46 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00A064C9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(pārbaudes var tikt veiktas</w:t>
+      </w:r>
+      <w:r w:rsidR="00147F8D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A064C9" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iepriekš nebrīdinot) </w:t>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošināt piekļuvi Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. punktā norādītajai </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pasākuma īstenošanas adresei un</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37D4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="005D09BA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="3300AADA" w14:textId="77777777" w:rsidR="003A35A6" w:rsidRDefault="007B7E02" w:rsidP="00FF62D8">
-[...5209 lines deleted...]
-    <w:p w14:paraId="3300AAFC" w14:textId="77777777" w:rsidR="009E725F" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="007C4105">
+    <w:p w14:paraId="44C14F52" w14:textId="094F6A3F" w:rsidR="00762AF0" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00762AF0">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008F1687">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0017482A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006470F1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...29 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+        <w:t>(adrese, kurā ir pieejama dokumentācija)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AAFD" w14:textId="77777777" w:rsidR="00F07789" w:rsidRPr="00A603B7" w:rsidRDefault="007B7E02" w:rsidP="00F07789">
+    <w:p w14:paraId="470CC4DF" w14:textId="21217B38" w:rsidR="002F2812" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">nodrošināt piekļuvi ar Līguma īstenošanu saistīto dokumentu oriģināliem vai to atvasinājumiem ar juridisku spēku (ar klientiem noslēgtajiem darba līgumiem,  </w:t>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk156329962"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošināt piekļuvi ar Līguma īstenošanu </w:t>
+      </w:r>
+      <w:r w:rsidR="0052598E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saistīto dokumentu oriģināliem vai to atvasinājumiem ar juridisku spēku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>noslēgta</w:t>
+      </w:r>
+      <w:r w:rsidR="00C466CE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jiem darba līgumiem, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24845" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba samaksas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>izmaksu apliecinošiem dokumentiem u.c. dokumentācijai, kas nepieciešama, lai pārliecinātos par saņemtā finanšu atbalsta izmantošanu atbilstoši Līguma nosacījumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF431A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646FCE58" w14:textId="08C100C7" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk156330014"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF431A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>okumentus uzglabāt atsevišķā lietā, uz kuras norādīts projekta nosaukums, numurs un glabāšanas termiņš</w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003208C3" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003208C3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Dokumentus var uzglabāt kā hibrīdlietu – papīra un/vai elektroniskā formā</w:t>
+      </w:r>
+      <w:r w:rsidR="003208C3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Pastāvīgi aktualizē</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5974" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar Līguma īstenošanu saistīto dokumentāciju</w:t>
+      </w:r>
+      <w:r w:rsidR="00780265" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>, t.sk.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E97A93" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00780265" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>nodrošināt</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA37D4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>saņemtā</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3860" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finansējuma un D</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5F89" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>arba devēja privātā līdzfinansējuma</w:t>
+      </w:r>
+      <w:r w:rsidR="00762AF0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izsekojamību par katru Pasākumā iesaistīto personu.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="097AD406" w14:textId="2C41C053" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt, ka ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00774583" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de minimis </w:t>
+      </w:r>
+      <w:r w:rsidR="00774583" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbalstu saistītā dokumentācija tiek glabāta </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4E22" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A809B3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fiskālos gadus, sākot no dienas, kurā piešķirts pēdējais individuālais </w:t>
+      </w:r>
+      <w:r w:rsidR="00A809B3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00A809B3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsts, un Pasākuma īstenošanas laikā atrodas Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00A809B3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>. apakšpunktā norādītajā adresē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568D6C35" w14:textId="77777777" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Rakst</w:t>
+      </w:r>
+      <w:r w:rsidR="007836E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>iski</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="007836E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidR="00D25948" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informāciju par pārbaudes </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0FA6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rezultātā konstatēto </w:t>
+      </w:r>
+      <w:r w:rsidR="007836E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepilnību vai </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3904" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0FA6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>īguma pārkāpumu novēršanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A0A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D0FA6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007836E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t.sk., dokumentus</w:t>
+      </w:r>
+      <w:r w:rsidR="008610CC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuri </w:t>
+      </w:r>
+      <w:r w:rsidR="007836E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pamato klienta neatrašanos darba pienākumu izpildes adresē, ievērojot pārbaudes aktā norādīto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A35A87D" w14:textId="5AFE6F85" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Ne vēlāk</w:t>
+      </w:r>
+      <w:r w:rsidR="00147F8D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kā </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5 (</w:t>
+      </w:r>
+      <w:r w:rsidR="000454A3" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>piecu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52474" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienu laikā pēc pieprasījuma saņemšanas, iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="007836E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="_Hlk146895491"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pieprasīto</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informāciju un, ja norādīts,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E97A93" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ar Pasākuma īstenošanu saistītos dokumentus</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, t.sk. dokumentus, kuri pamato </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>paveikto darbu atbilstoši katram amata aprakstā noteiktajam pienākumam</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7019D7" w14:textId="73C8803E" w:rsidR="00AE11C1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Turpināt darba tiesiskās attiecības ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vēl </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vismaz </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15CBA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>trīs mēneš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15CBA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15CBA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalības Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4E22" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā norādītajā profesijā, saglabājot</w:t>
+      </w:r>
+      <w:r w:rsidR="00595949" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vismaz</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00251FF7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā norādīto darba algu mēnesī</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD41B4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD41B4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izņemot, ja Darba devējs ir biedrība vai nodibinājums</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5511" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gadījumā, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidR="00501760" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atsakās </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3595B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>turpināt darba tiesiskās attiecības pēc dalības Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FB1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15CBA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējs iegūst no </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="004D33E8" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumentu par darba tiesisko attiecību izbeigšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97F42" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un rīkojas atbilstoši Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.25</w:t>
+      </w:r>
+      <w:r w:rsidR="0046030E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.26</w:t>
+      </w:r>
+      <w:r w:rsidR="0046030E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5.27</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97F42" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00251FF7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97F42" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā noteiktajam</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15CBA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCEB1FF" w14:textId="32D021CA" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00890FC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informēt </w:t>
+      </w:r>
+      <w:r w:rsidR="008C06AA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>nekavējoties</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35062" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>8.1.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54BE7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktā norādīto </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3BDA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontaktpersonu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4926EF14" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>sūtot īsziņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai e</w:t>
+      </w:r>
+      <w:r w:rsidR="00921550" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pastu vienas astronomiskās stunda</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3595B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā no brīža, kad konstatēta </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>neesamība darbā un norād</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t  iemeslus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6214EBDD" w14:textId="132FEBA0" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00921550" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pastā </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3BDA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dien</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3BDA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā par:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A590759" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00890FC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:hanging="938"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grozījumiem ar klientu noslēgtajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba līgum</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6C19" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, pievienojot vienošanās pie darba līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6C19" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5605" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pliecinātu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  kopiju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6F6C1A" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00890FC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:hanging="938"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>visiem darba līgumu izbeigšanas gadījumiem, pievienojot rīkojumu par darba tiesisko attiecību izbeigšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6C19" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aplie</w:t>
+      </w:r>
+      <w:r w:rsidR="005106FF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6C19" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>inātas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175CC5E3" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00890FC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:hanging="938"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba vadītāja </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3BDA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>darbnespējas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījumiem vai gadījumiem, kad darba vadītājs nespēj veikt savus pienākumus, un </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6EA4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientam </w:t>
+      </w:r>
+      <w:r w:rsidR="0084670A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ir noteikts cits darba vadītājs</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DF3B45" w14:textId="53903896" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00890FC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:hanging="938"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>jebkuriem apstākļiem vai notikumiem, kuri varētu mainīt Līguma īstenošanas atbilstību Līguma nosacījumiem, kā arī gadījumos, ja kāds no Līgumā dotajiem apliecinājumiem var kļūt vai kļūst nepatiess, neprecīzs, nepilnīgs vai maldinošs, vai par jebkuriem apstākļiem vai notikumiem, kuri negatīvi ietekmē vai apdraud, vai, kuri varētu negatīvi ietekmēt vai apdraudēt Līguma izpildi</w:t>
+      </w:r>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="_Hlk156302322"/>
+    </w:p>
+    <w:p w14:paraId="67F4FB55" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00890FC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:hanging="938"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>par vienpusēju darba tiesisko attiecību pārtraukšanu pirms klienta dalības Pasākumā termiņa beigām atbilstoši Darba likuma 100. un 101. pantam.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="6C29A695" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējs ir atbildīgs par Pasākuma īstenošanas kvalitāti un </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3131" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūras izmaksātā</w:t>
+      </w:r>
+      <w:r w:rsidR="005379C2" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36139" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>finansējuma izlietojumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši Līguma nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E608190" w14:textId="31C9819C" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt, ka Pasākuma īstenošanas vietās tiek izvietoti </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3BDA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sagatavoti informatīvie materiāli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="_Hlk156303072"/>
     </w:p>
-    <w:p w14:paraId="3300AAFE" w14:textId="77777777" w:rsidR="00F07789" w:rsidRPr="00A603B7" w:rsidRDefault="007B7E02" w:rsidP="00F07789">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="53B17A67" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodrošināt, ka ievērojot </w:t>
+      </w:r>
+      <w:r w:rsidR="00993969" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes Regula (ES) 2021/1060 (2021. gada 24. jūnijs), ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+      <w:r w:rsidR="00592789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00366BBB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00592789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00366BBB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00592789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00366BBB" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.punktā noteikto</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4F27" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00592789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00921550" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasākuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ietvaros dubultā finansējuma risks ir novērsts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E516CD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="_Hlk193725585"/>
+    </w:p>
+    <w:p w14:paraId="556F67E7" w14:textId="368A6C1C" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Pasākums netiek finansēts vai līdzfinansēts no citiem Eiropas Savienības finanšu avotiem, kā arī valsts un pašvaldību budžeta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>līdzekļiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502B31BB" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>saskaņā ar grāmatvedības kārtošanu regulējošajiem normatīvajiem aktiem nepastāv viena un tā paša rēķina apmaksa divas reizes no dažādiem publiskajiem finansēšanas avotiem, kā arī iesniegtās Pasākuma īstenošanas izmaksas atbilst apstiprinātajam konkrētajam pasākumam un nav attiecināmas uz kādu citu pasākumu.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="44FF546A" w14:textId="344B67A8" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Nodrošināt, ka vienlaikus iesaistīto </w:t>
+      </w:r>
+      <w:r w:rsidR="000808F6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>klientu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skaits</w:t>
+      </w:r>
+      <w:r w:rsidR="000976CC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000808F6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="001933FE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>a īstenošanas laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="000808F6" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>nepārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00E574FA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>% no darba devēja kopējā nodarbināto skaita</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-        <w:tab/>
+          <w:spacing w:val="2"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+      <w:r w:rsidR="00A96081" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006018CA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96081" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C8F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kopā </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96081" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ne vairāk kā 20 personas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C8F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0CB1B8" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>arba devējs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF70E4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līgumā noteiktā Pasākuma ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tam piešķirto finanšu atbalstu var izmantot vienlaikus ar komercdarbības atbalstu citiem mērķiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D525E47" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanšu atbalstu </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3DB5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nesummēt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar citu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> atbalstu un citu valsts atbalstu attiecībā uz vienām un tām pašām attiecināmajām izmaksām vai citu valsts atbalstu tam pašam riska finansējuma pasākumam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3272E25F" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Darba devēja līdzfinansēto daļu segt no līdzekļiem, kas nav komercdarbības atbalsts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3020319B" w14:textId="5F670DD0" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Ref203468511"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Sa</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>niedzot Eiropas Savienības tiesību aktos noteikto maksimālo atbalsta apmēru, papildu</w:t>
+      </w:r>
+      <w:r w:rsidR="008E392F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izdevumus atbilstoši Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. punktā norādītajam, segt no Darba devēja </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36139" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>finansējuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="641E798A" w14:textId="77777777" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma summas palielināšanas gadījumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00883936" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7D96" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pirms vienošanās slēgšanas,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22449" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB228D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iesniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22449" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00584E1C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22449" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aizpildītu apliecinājumu </w:t>
+      </w:r>
+      <w:r w:rsidR="005723FF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>neatbilstībai</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22449" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksātnespējas pazīmēm</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF70E4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22449" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00954C08" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inform</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>āciju</w:t>
+      </w:r>
+      <w:r w:rsidR="00954C08" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0C91" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00954C08" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e minimis </w:t>
+      </w:r>
+      <w:r w:rsidR="00954C08" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atbalsta uzskaites sistēmā iesniegtās veidlapas numuru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="15"/>
+      </w:r>
+      <w:r w:rsidR="00954C08" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="_Hlk156331253"/>
+    </w:p>
+    <w:p w14:paraId="6C03EE3E" w14:textId="3C34FC07" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Ref203468545"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja Līguma darbības laikā attiecīgajā iestādē ir iesniegts pieteikums Darba devēja likvidācijas vai maksātnespējas procesa ierosināšanai vai iesniegts iesniegums par saimnieciskās darbības izbeigšanu, Darba devējs par to</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3131" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nekavējoties, bet ne vēlāk kā</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B53FF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dienu laikā rakst</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85438" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iski</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē </w:t>
+      </w:r>
+      <w:r w:rsidR="00584E1C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūru</w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="6F32A7C3" w14:textId="69B47FF6" w:rsidR="00890FC4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Ref203468556"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Darba devējam ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pasludināts maksātnespējas process, uzsākts likvidācijas process vai apturēta saimnieciskā darbība, Darba devējs</w:t>
+      </w:r>
+      <w:r w:rsidR="003B3131" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, nekavējoties, bet ne vēlāk kā</w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vienas</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienas laikā informē Aģentūru, nosūtot attiecīgo </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB56A7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informāciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz Līguma rekvizītos un Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>8.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00847CE0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. apakšpunktā norādīto e-pasta adresi.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="0E6BFB49" w14:textId="0C27F343" w:rsidR="00BB6EF0" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējs, kuram piemēro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu saskaņā ar Komisijas regulu Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un, kurš darbojas nozarēs, kas minētas Komisijas regulas Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1.panta 1.punkta "a", "b"  "c" vai "d" apakšpunktā, nodrošina šo nozaru darbību vai uzskaites nodalīšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3CBF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="_Hlk184816589"/>
+      <w:r w:rsidR="006A3CBF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lai darbības izslēgtajās nozarēs negūtu labumu no </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3CBF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3CBF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta, ko piešķir saskaņā ar Ministru kabineta noteikumiem Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
+      </w:r>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w14:paraId="6F3CFA04" w14:textId="6CB302D0" w:rsidR="008C309D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Līguma darbības termiņš un a</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:t>tbildība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB4DE59" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00DC47D8" w:rsidP="00343A49">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:hanging="294"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F14963" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līgums stājas spēkā tā </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70CF7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>abpusēj</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6134" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70CF7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D027C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>parakstīšanas brīdī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un ir spēkā līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="00002034" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ušu saistību pilnīgai izpildei</w:t>
+      </w:r>
+      <w:r w:rsidR="00804E59" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138AE2AF" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūra līdz situācijas noskaidrošanai</w:t>
+      </w:r>
+      <w:r w:rsidR="007215B4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekavējoties aptur </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3131" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu atbalsta sniegšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="0077423C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>šādos gadījumos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="_Hlk146896068"/>
+    </w:p>
+    <w:p w14:paraId="1402F049" w14:textId="24D83864" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iestājoties Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidR="00E03FBD">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2917" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>., 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2917" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. vai 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2917" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004546B7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā noteiktajam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D51C84F" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rīcībā ir informācija par iespējamu Līguma nosacījumiem neatbilstošu </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21885" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras izmaksātā finanšu atbalsta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92FB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izlietojumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, t.sk., ja tiek konstatēts, ka Valsts ieņēmumu dienestā deklarētais finansējums nesakrīt ar Atskaitēs par klientu darbu Pasākumā norādīto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C7B12B" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="0072496C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūra vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūru uzraugošās iestādes veic pārbaudi </w:t>
+      </w:r>
+      <w:r w:rsidR="00366686" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un konstatē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">būtisku Līguma nosacījumu izpildes </w:t>
+      </w:r>
+      <w:r w:rsidR="00324C6A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atbilstību;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="_Hlk178261707"/>
+    </w:p>
+    <w:p w14:paraId="3D90E0BF" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja Centrālā finanšu un līgumu aģentūra ir apturējusi maksājumus Līguma ietvaros</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="5B1C98A0" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a Darba devējs nav ievērojis Līgumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktos pienākumus</w:t>
+      </w:r>
+      <w:r w:rsidR="009840DA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un, jebkādā veidā veicis Līguma izpildes pārkāpumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00592789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nav to novērsis Līgumā noteiktajā termiņā, </w:t>
+      </w:r>
+      <w:r w:rsidR="00592789" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieļāvis atkārtotu pārkāpumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2710" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, Aģentūra 3 (trīs) darbdienu laikā nosūta Darba devējam brīdinājumu.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="_Hlk155881450"/>
+    </w:p>
+    <w:p w14:paraId="7267B1E0" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Ja Darba devējs ir pārkāpis Līgumā noteiktos pienākumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7AA7" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>un pārkāpums nav novērsts</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17C89" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">brīdinājumā noteiktajā termiņā, Aģentūra </w:t>
+      </w:r>
+      <w:r w:rsidR="00522B61" w:rsidRPr="00844E0B">
+        <w:t>vienpusēji atkāpjas no Līguma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63190EAE" w14:textId="0A422EE3" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Aģentūra vienpusēji atkāpjas no Līguma, ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iestājas Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>. vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00001ED0" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.apakšpunktā noteiktais</w:t>
+      </w:r>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="46E3C724" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūrai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ir tiesības vienpusēji atkāpties no Līguma,</w:t>
+      </w:r>
+      <w:r w:rsidR="00342B82" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nekavējoties apturot </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4C91" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>finanšu atbalsta sniegšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>, ja:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="_Hlk155964472"/>
+    </w:p>
+    <w:p w14:paraId="768E7E7D" w14:textId="76D2B017" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tiek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konstatēts, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējs </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir pieļāvis Līguma nosacījumiem neatbilstošu </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4C91" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saņemtā finanšu atbalsta </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92FB7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izlietojumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, t.sk., ja tiek konstatēts, ka Valsts ieņēmumu dienestā deklarētais nesakrīt ar Atskaitēs par klientu darbu Pasākumā norādīto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7BFAE7" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējs </w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nav pildījis Līgumā tam noteiktos pienākumus </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7AA7" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">(tai skaitā, neīsteno Pasākumu, neveic norēķinus atbilstoši Līgumā noteiktajam, īsteno Pasākumu darbam neatbilstošos apstākļos un nodarbina klientu profesijā, kas nav norādīta Līgumā par dalību, nenodarbina klientu atbilstoši veicamajiem pienākumiem un profesijai nepieciešamajām kvalifikācijas prasībām) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21885" w:rsidRPr="00844E0B">
+        <w:t>un / vai jebkādā veidā pārkāpis Līguma noteikumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00E21885" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konstatētais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>pārkāpum</w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00672C69" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A14FA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nav </w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>novērsts</w:t>
+      </w:r>
+      <w:r w:rsidR="00672C69" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003333EE" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(-i) Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>brīdinājumā noteiktajā termiņā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216F3B3C" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Darba devējs Līguma noslēgšanas vai Līguma izpildes laikā sniedzis nepatiesas ziņas vai apliecinājumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB757B0" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Darba devējs Līguma noslēgšanas vai Līguma izpildes laikā pārkāpis saistošos normatīvos aktus attiecībā uz Līguma slēgšanu vai izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4106D7B6" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ir iestājušies citi apstākļi, kas liedz vai liegs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Darba devējam turpināt Līguma izpildi saskaņā ar Līguma noteikumiem, vai kas negatīvi ietekmē Aģentūras pienākumus, kuri izriet no Līguma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324411E9" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējs ir pārtraucis Līguma izpildi, tai skaitā, Darba devējs nav atkārtoti sasniedzams </w:t>
+      </w:r>
+      <w:r w:rsidR="008A14FA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasākuma īstenošanas un/vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>juridiskajā adresē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C0951D" w14:textId="6E1D1573" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras vai tās uzraugošo iestāžu pārbaudes laikā atkārtoti tiek konstatēta klienta neesamība </w:t>
+      </w:r>
+      <w:r w:rsidR="008A14FA" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>pasākuma īstenošanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adresē un Darba devējs nav par to informējis Aģentūru atbilstoši Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2F54" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44D53" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>.1. apakšpunktā noteiktajai kārtībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DD9E4F" w14:textId="45ED6848" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūra ir atkāpusies no Līguma, tad Aģentūra neveic norēķinu ar </w:t>
+      </w:r>
+      <w:r w:rsidR="0022079B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devēju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par laiku kamēr Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="0022079B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu atbalsta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>izmaksa ir bijusi apturēta</w:t>
+      </w:r>
+      <w:r w:rsidR="00450911" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EEB3EA4" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ir konstatēts, ka Darba devējam,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00431817" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>tiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt Darba devēju darbībās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCFF2E8" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Līgumā ietverto Aģentūras saistību izpilde ir neiespējama vai apgrūtināta saistībā ar Aģentūras finansējuma samazinājumu vai izmaiņām piešķirtajā finansējumā un noteiktajos rezultatīvajos rādītājos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60612F9F" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Darba devējam ir tiesības vienpusēji</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>atkāpties no Līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55C1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nekavējoties, bet ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3 (trīs) darbdienu laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> rakstveidā informējot Aģentūru,</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55C1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba devējam Līguma darbības laikā ir radušās finansiālas </w:t>
+      </w:r>
+      <w:r w:rsidR="0022079B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>grūtības</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>, kuru dēļ Pasākums nevar tikt īstenots, vai,</w:t>
+      </w:r>
+      <w:r w:rsidR="004476B1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC50B5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ja Darba devējam pasludināts maksātnespējas process, vai, ja tiek plānota Darba devēja darbības izbeigšana vai Darba devējs tiek likvidēts, vai ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3CD600" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="687"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>nav iespējama klienta maiņa</w:t>
+      </w:r>
+      <w:r w:rsidR="000C539D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šajā Līgumā noteiktajā kārtībā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2DDA5E" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="687"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>iestājušies objektīvi apstākļi vai notikumi, kuri negatīvi ietekmē vai varētu ietekmēt Līguma izpildi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4123B36C" w14:textId="03F66453" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="437"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Hlk155881758"/>
+      <w:bookmarkStart w:id="37" w:name="_Ref203468633"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3013" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>i ir tiesības</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0CF4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>piepras</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3013" w:rsidRPr="00844E0B">
+        <w:t>īt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> atmaksāt Darba devējam </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32FD2" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">visus Līguma ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">pārskaitīto finanšu </w:t>
+      </w:r>
+      <w:r w:rsidR="0022079B" w:rsidRPr="00844E0B">
+        <w:t>atbalstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>, ja tiek konstatēti Līguma pārkāpumi, tai skaitā, ja D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C660F1" w:rsidRPr="00844E0B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">rba devējs nevar uzrādīt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maksājuma dokumentus, kuri apliecina, ka saņemtais Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidR="0022079B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu atbalsts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>un Līgumā paredzētais Darba devēja privātais līdzfinansējums i</w:t>
+      </w:r>
+      <w:r w:rsidR="008A4C26" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zlietots </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>atbilstoši Līguma nosacījumiem.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja Darba devējs ir pārkāpis Komisijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>regulas Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40837" w:rsidRPr="00844E0B">
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidR="0097418F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> Nr. 717/2014 </w:t>
+      </w:r>
+      <w:r w:rsidR="0097418F" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
+      </w:r>
+      <w:r w:rsidR="0097418F" w:rsidRPr="00844E0B">
+        <w:t>Nr.1408/2013</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92BA7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">noteikto nosacījumu, komercdarbības gala labuma guvējam ir pienākums atmaksāt atbalsta sniedzējam visu projekta ietvaros saņemto nelikumīgo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> atbalstu kopā ar procentiem no līdzekļiem, kas ir brīvi no komercdarbības atbalsta, atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komercdarbības atbalsta kontroles likuma IV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V nodaļas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> nosacījumiem.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="6BFB5818" w14:textId="122E61B5" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00DC47D8">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="437"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">Ja Darba devējs bez attaisnojošiem iemesliem, pēc klienta dalības Pasākumā termiņa beigām atsakās turpināt darba tiesiskās attiecības ar Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A603B7">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>punktā minētiem klientiem vismaz trīs mēnešus, Darba devējam ir pienākums atmaksāt Aģentūrai dotāciju klienta mēneša darba algai par trim mēnešiem</w:t>
+      </w:r>
+      <w:r w:rsidR="008A14FA" w:rsidRPr="00844E0B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAC192D" w14:textId="79B14B51" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Ref203468645"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
+        <w:smartTagPr>
+          <w:attr w:name="baseform" w:val="līgum|s"/>
+          <w:attr w:name="id" w:val="-1"/>
+          <w:attr w:name="text" w:val="līgums"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="00844E0B">
+          <w:t>Līgums</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> tiek izbeigts pamatojoties uz </w:t>
+      </w:r>
+      <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
+        <w:smartTagPr>
+          <w:attr w:name="baseform" w:val="līgum|s"/>
+          <w:attr w:name="id" w:val="-1"/>
+          <w:attr w:name="text" w:val="Līguma"/>
+        </w:smartTagPr>
+        <w:r w:rsidRPr="00844E0B">
+          <w:t>Līguma</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="00844E0B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A603B7">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:t>6.8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:t>6.9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>punktā noteikto, Aģentūra rīkojas atbilstoši Līguma 6.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F219A" w:rsidRPr="00844E0B">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>punktā noteiktajam.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="3300AAFF" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="009E725F">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="620BD878" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...19 lines deleted...]
-          <w:spacing w:val="-4"/>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Puses tiek atbrīvotas no atbildības par daļēju vai pilnīgu Līguma saistību neizpildi nepārvaramas varas vai ārkārtēju apstākļu rezultātā, kurus attiecīgā Puse (vai abas Puses) nevarēja ne paredzēt, ne novērst, ne ietekmēt un par kuru rašanos Puses nav atbildīgas (piemēram, stihiskas nelaimes, kara darbība, streiki, grozījumi Latvijas Republikas normatīvajos aktos, kas tieši ietekmē Līguma izpildi)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007A0550" w:rsidRPr="008F1687">
-[...99 lines deleted...]
-          <w:rFonts w:cs="Calibri"/>
+    </w:p>
+    <w:p w14:paraId="5F888FDE" w14:textId="292148F3" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">Puses nekavējoties informē viena otru par Līguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3E30" w:rsidRPr="00844E0B">
+        <w:t>6.11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2B25" w:rsidRPr="00844E0B">
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>punktā minēto apstākļu iestāšanos un veic visus nepieciešamos pasākumus, lai nepieļautu otrai Pusei zaudējumu rašanos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF8FB7D" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja iestājas nepārvaramas varas apstākļi, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uses var vienoties par Līguma izbeigšanu vai par Līguma darbības laika pagarināšanu par termiņu, kuru </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uses nosaka ar atsevišķu rakstveida vienošanos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039D897C" w14:textId="77777777" w:rsidR="00DC47D8" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nepārvaramas varas gadījumā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uses nevar prasīt atlīdzināt zaudējumus, kas radušies Līguma izbeigšanas rezultātā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7E83A6" w14:textId="1027D519" w:rsidR="00BF1852" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja neviens iesaistītais klients neuzsāk dalību Pasākumā (neierodas Aģentūrā pēc individuālā darba meklēšanas plāna, neierodas pie </w:t>
+      </w:r>
+      <w:r w:rsidR="00405E1D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Darba devēja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noslēgt Līgumu par dalību, vai Līgums par dalību ir bijis noslēgts, taču faktiski dalība nav uzsākta) un 30 </w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(trīsdesmit) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kalendāra dienu laikā no dienas, kad Līgumā bija paredzēts klientam sākt dalību Pasākumā nav veikta klienta nomaiņa, Līgums zaudē savu spēku. Šādā gadījumā Puses ne vēlāk kā 3 (trīs) darbdienu laikā noslēdz attiecīgu vienošanos par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="627B22ED" w14:textId="646BFA22" w:rsidR="00CD7222" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Strīdu izskatīšanas kārtība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF7D63D" w14:textId="77777777" w:rsidR="007A22F5" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007A22F5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visas </w:t>
+      </w:r>
+      <w:r w:rsidR="004B565C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>nesaskaņas, domstarpības</w:t>
+      </w:r>
+      <w:r w:rsidR="008F283E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai strīdus, kas radušies </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3904" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īguma izpildes laikā, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E7B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>uses risina pārrunu ceļā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4232E58A" w14:textId="507B1595" w:rsidR="00056316" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007A22F5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Ja vienošanās netiek panākta</w:t>
+      </w:r>
+      <w:r w:rsidR="000414EC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārrunās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>, strīdi tiek risināti tiesā saskaņā ar Latvijas Republikā spēkā esošajiem normatīvajiem aktiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00804E59" w:rsidRPr="00844E0B">
+        <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB00" w14:textId="77777777" w:rsidR="007727B0" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="008C309D">
+    <w:p w14:paraId="5AA740A6" w14:textId="2882ED98" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Kontaktpersonas un kontakti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F01EE27" w14:textId="77777777" w:rsidR="007A22F5" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A340C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:left="426" w:hanging="437"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1687">
-[...177 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Puses ieceļ par Līguma izpildes koordināciju atbildīgās kontaktpersonas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB01" w14:textId="77777777" w:rsidR="006932D0" w:rsidRPr="00E91D49" w:rsidRDefault="007B7E02" w:rsidP="006932D0">
-[...93 lines deleted...]
-    <w:p w14:paraId="3300AB02" w14:textId="1BC1F4C2" w:rsidR="008C309D" w:rsidRPr="00A02060" w:rsidRDefault="007B7E02" w:rsidP="008C309D">
+    <w:p w14:paraId="01193CAE" w14:textId="2423DDD5" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00371121">
-[...422 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="39" w:name="_Ref203468038"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>no Darba devēja puses:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="3300AB03" w14:textId="77777777" w:rsidR="00942894" w:rsidRPr="001B3F5D" w:rsidRDefault="007B7E02" w:rsidP="00C9614A">
-[...116 lines deleted...]
-        <w:t>u:</w:t>
+    <w:p w14:paraId="40398C18" w14:textId="5A687491" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A340C6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6EDD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB04" w14:textId="77777777" w:rsidR="008C309D" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="00F51FCD">
+    <w:p w14:paraId="7AC046FD" w14:textId="77777777" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A340C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F4ACF" w:rsidRPr="00B042D7">
-[...87 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(vārds, uzvārds, amats)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB05" w14:textId="77777777" w:rsidR="00FB3FBD" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="006221F1">
-[...338 lines deleted...]
-    <w:p w14:paraId="3300AB0A" w14:textId="77777777" w:rsidR="00C71FF6" w:rsidRPr="00C71FF6" w:rsidRDefault="007B7E02" w:rsidP="00753E39">
+    <w:p w14:paraId="3D704E26" w14:textId="65201ED4" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A340C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1687">
-[...44 lines deleted...]
-        <w:t>par vienpusēju darba tiesisko attiecību pārtraukšanu pirms klienta dalības Pasākumā termiņa beigām atbilstoši Darba likuma 100. un 101. pantam.</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(tālrunis_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="0080049E" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>; mob. tālrunis ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, e-pasta adrese____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6EDD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>_________);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB0B" w14:textId="77777777" w:rsidR="00753E39" w:rsidRDefault="007B7E02" w:rsidP="00353C4A">
+    <w:p w14:paraId="1872D38F" w14:textId="363D7720" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="993" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00371121">
-[...86 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="40" w:name="_Ref203468444"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r w:rsidR="001B00CF" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puses:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="3300AB0C" w14:textId="77777777" w:rsidR="00CE3314" w:rsidRDefault="007B7E02" w:rsidP="00CE3314">
-[...48 lines deleted...]
-        <w:t>Nodrošināt, ka Pasākuma īstenošanas vietās tiek izvietoti Aģentūras sagatavoti informatīvie materiāli.</w:t>
+    <w:p w14:paraId="082AE0EE" w14:textId="5A5C8DFE" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00425D94">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD6EDD" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB0D" w14:textId="0F14B1F9" w:rsidR="00351997" w:rsidRDefault="007B7E02" w:rsidP="00351997">
-[...935 lines deleted...]
-    <w:p w14:paraId="3300AB18" w14:textId="77777777" w:rsidR="00FC2403" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00AA74BF">
+    <w:p w14:paraId="7003C4FA" w14:textId="77777777" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A340C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001A03F8" w:rsidRPr="008F1687">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A03F8" w:rsidRPr="008F1687">
-[...51 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>(vārds, uzvārds, amats)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB19" w14:textId="177531D3" w:rsidR="00F15028" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="00F15028">
-[...3279 lines deleted...]
-    <w:p w14:paraId="3300AB41" w14:textId="77777777" w:rsidR="00923574" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="00876DC5">
+    <w:p w14:paraId="5BA8A5B4" w14:textId="77777777" w:rsidR="00A340C6" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00A340C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F1687">
-[...6 lines deleted...]
-        <w:t>8.1.1. no Darba devēja puses:</w:t>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(tālrunis_____________,</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3B48" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mob. tālrunis ________, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e-pasta adrese________________________________).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB42" w14:textId="77777777" w:rsidR="00923574" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00876DC5">
-[...78 lines deleted...]
-    <w:p w14:paraId="3300AB44" w14:textId="77777777" w:rsidR="00B61F0B" w:rsidRDefault="007B7E02" w:rsidP="00876DC5">
+    <w:p w14:paraId="6FE9C008" w14:textId="77777777" w:rsidR="00B74A03" w:rsidRPr="00844E0B" w:rsidRDefault="00B74A03" w:rsidP="00A340C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00371121">
-[...20 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="39DD0479" w14:textId="6BBDDD92" w:rsidR="00212145" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Personas datu aizsardzība un konfidencialitāte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E35D07" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="004C5F0D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Puses apņemas ievērot personu datu aizsardzības normatīvo aktu prasības, t.sk. Eiropas Parlamenta un Padomes regulu Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK (Vispārīgā datu aizsardzības regula)”, kā arī nodrošināt, ka personas dati (tostarp īpašo kategoriju personas dati):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6574838C" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>tiks apstrādāti likumīgi, godprātīgi un datu subjektiem pārredzamā veidā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E77FEE" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>tiks apstrādāti Līguma izpildei un personas datu apstrādi neveiks ar Līguma izpildi nesavietojamā veidā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6923A0C7" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>ir precīzi un nepieciešamības gadījumā tiks atjaunināti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DBF1E6" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>tiks glabāti veidā, kas pieļauj personu identifikāciju ne ilgāk, kā nepieciešams Līguma izpildei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDBC4D9" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>tiks apstrādāti tādā veidā, lai nodrošinātu normatīvajiem aktiem atbilstošu datu drošību, t.sk. aizsardzību pret neatļautu vai nelikumīgu apstrādi un nejaušu nozaudēšanu, iznīcināšanu vai sabojāšanu, izmantojot atbilstošus tehniskos vai organizatoriskos pasākumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201B6677" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>e-pasta sūtījumos dokumentus, informatīvos un citus materiālus, kuros tiek iekļauta informācija par personu datiem, aizsargā ar paroli, izmantojot AES-256 algoritmu. Paroli dokumentu atkodēšanai paziņo atsevišķi, izmantojot citu saziņas veidu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5636AE75" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="004C5F0D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Katra Puse, apstrādājot saņemtos personas datus Līguma īstenošanai, ir pārzinis personas datu aizsardzības normatīvo aktu izpratnē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACFA66F" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="004C5F0D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Katra Puse ir atbildīga par personu (datu subjektu) informēšanu par viņu personas datu apstrādi, ko veic kā pārzinis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B30A153" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="004C5F0D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Attiecībā uz Līguma ietvaros no otras Līguma Puses saņemto personas datu apstrādi, Puses apņemas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A9E569" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>nenodot saņemtos personas datus trešajām personām bez tās Puses iepriekšējas rakstveida piekrišanas, no kuras tā ir saņēmusi personas datus. Ja saskaņā ar normatīvajiem aktiem Pusei ir pienākums izpaust saņemtos personas datus, tās pienākums par personas datu nodošanu informēt Pusi, no kuras tā ir saņēmusi personas datus, ja vien to neaizliedz normatīvie akti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D2DB70" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B3158A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="698"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>paziņot otrai Pusei ne vēlāk kā 48 (četrdesmit astoņu) stundu laikā par visiem notikušajiem datu drošības incidentiem, t.sk. par nesankcionētu piekļuvi datu bāzēm un ārējiem uzbrukumiem, kā arī rakstveidā informē Pusi par datu drošības incidentu un/vai iespējamo drošības incidentu un sniedz visu Puses pieprasīto informāciju, ja ir radies vai var rasties apdraudējums personas datiem, kas saņemti no otras Puses;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F393FEA" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00981E08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="698"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Līguma izpildes laikā un pēc Līguma termiņa beigām neizpaust trešajām personām nekādu Līguma izpildes laikā iegūto personas datus saturošo informāciju. Minētais pienākums attiecas arī uz Pušu darbiniekiem. Puses nodrošina, ka tā darbinieki pirms Līguma īstenošanas uzsākšanas paraksta attiecīgus saistību rakstus par šajā Līgumā noteikto konfidencialitātes prasību izpildi (ja vien šīs prasības jau nav iekļautas Darba devēja darbinieku darba līgumos).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6255C0E2" w14:textId="77777777" w:rsidR="0044165A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="004C5F0D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Puses atbild viena otrai par tiešajiem zaudējumiem, kas radušies Puses vai tās darbinieku vai pilnvaroto personu veiktās datu apstrādes rezultātā, kas neatbilst Līguma un /vai normatīvo aktu datu aizsardzības jomā prasībām, tostarp, atlīdzina zaudējumus, kas izriet no datu subjektu prasībām un/vai uzraudzības iestādes (Datu valsts inspekcijas) uzliktajiem sodiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A0A12A" w14:textId="008F56DF" w:rsidR="000414EC" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Noslēguma jautājumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560F9287" w14:textId="77777777" w:rsidR="004C5F0D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jautājumi, kas nav atrunāti </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3904" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>īgumā, tiek risināti atbilstoši</w:t>
+      </w:r>
+      <w:r w:rsidR="00941BF4" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latvijas Republikā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spēkā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80CBC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esošajiem normatīvajiem aktiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15147" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5B02B7" w14:textId="77777777" w:rsidR="004C5F0D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Līguma grozījumus un papildinājumus noformē rakst</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3E83" w:rsidRPr="00844E0B">
+        <w:t>iski</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> kā </w:t>
+      </w:r>
+      <w:r w:rsidR="006728BC" w:rsidRPr="00844E0B">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>ušu</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D7F" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> savstarpējo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> vienošanos. Vienošanās pēc t</w:t>
+      </w:r>
+      <w:r w:rsidR="00A340C6" w:rsidRPr="00844E0B">
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> abpusējas parakstīšanas iegūst juridisku spēku un kļūst par Līguma neatņemam</w:t>
+      </w:r>
+      <w:r w:rsidR="000414EC" w:rsidRPr="00844E0B">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> sastāvdaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD97E8F" w14:textId="1C561491" w:rsidR="004C5F0D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:t>ušu rekvizītu</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7904" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> vai Līguma 8.1.punktā norādītās informācijas</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> izmaiņu gadījumā</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009705CD" w:rsidRPr="009705CD">
-[...29 lines deleted...]
-        <w:t>_______);</w:t>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A340C6" w:rsidRPr="00844E0B">
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidR="0054678C" w:rsidRPr="00844E0B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A340C6" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F283E" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">darba dienu laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="006728BC" w:rsidRPr="00844E0B">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">uses viena otru informē par izmaiņām, nosūtot informāciju uz </w:t>
+      </w:r>
+      <w:r w:rsidR="006E7D20" w:rsidRPr="00844E0B">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+        <w:t>ušu oficiālajām e-</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0C8E" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">adresēm </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0FC5" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">un 8.1.punktā norādīto kontaktpersonu </w:t>
+      </w:r>
+      <w:r w:rsidR="00347F53" w:rsidRPr="00844E0B">
+        <w:t>e-</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:t>pasta adresēm</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4AC7" w:rsidRPr="00844E0B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002F6CED" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0FC5" w:rsidRPr="00844E0B">
+        <w:t>neslēdzot atsevišķu rakstveida vienošanos</w:t>
+      </w:r>
+      <w:r w:rsidR="00494772" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> pie </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3904" w:rsidRPr="00844E0B">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00494772" w:rsidRPr="00844E0B">
+        <w:t>īguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0FC5" w:rsidRPr="00844E0B">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB45" w14:textId="77777777" w:rsidR="00923574" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00306518">
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w14:paraId="20B3D455" w14:textId="1DBFFA0A" w:rsidR="004C5F0D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="578"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...18 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidR="00056AD1" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tiesīga </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5C7C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grozīt </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35019" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>veidlapa</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5C7C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s bez saskaņojuma ar </w:t>
+      </w:r>
+      <w:r w:rsidR="006728BC" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5C7C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>arba devēj</w:t>
+      </w:r>
+      <w:r w:rsidR="005241C5" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u un bez tā piekrišanas.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5C7C" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma izpildē </w:t>
+      </w:r>
+      <w:r w:rsidR="008E4AC7" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Puses </w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izmanto </w:t>
+      </w:r>
+      <w:r w:rsidR="00663162" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veidlapu </w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aktuāl</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35019" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versij</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35019" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>, kas pieejama</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35019" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
-      <w:r w:rsidR="00BA5961" w:rsidRPr="00371121">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00371121">
-[...5 lines deleted...]
-        <w:t>puses:</w:t>
+      <w:r w:rsidR="00264D4D" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mājaslapā </w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>www.nva.gov.lv</w:t>
+      </w:r>
+      <w:r w:rsidR="005F635A" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15147" w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB46" w14:textId="77777777" w:rsidR="00923574" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00B61F0B">
-[...30 lines deleted...]
-        <w:t>__________________________________________________________</w:t>
+    <w:p w14:paraId="2D959666" w14:textId="77777777" w:rsidR="004C5F0D" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve">Līgums </w:t>
+      </w:r>
+      <w:r w:rsidR="00197A19" w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> parakstīts ar drošu elektronisko parakstu, kas satur laika zīmogu. Līguma abpusējas parakstīšanas datums ir pēdējā parakstītāja laika zīmoga datums.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB47" w14:textId="77777777" w:rsidR="00923574" w:rsidRPr="00B4016E" w:rsidRDefault="007B7E02" w:rsidP="00923574">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="68FC69E4" w14:textId="6AFAAB96" w:rsidR="00B8221A" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00CA1250">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="578"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...40 lines deleted...]
-        <w:tab/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Līgums stājas spēkā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1757A" w:rsidRPr="00844E0B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B4016E">
-[...7 lines deleted...]
-        <w:t>(vārds, uzvārds, amats)</w:t>
+      <w:r w:rsidR="00277D5D" w:rsidRPr="00844E0B">
+        <w:t>kad to ir parakstījušas Puses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3300AB48" w14:textId="77777777" w:rsidR="0034527A" w:rsidRDefault="007B7E02" w:rsidP="00876DC5">
-[...1186 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7D1EE4AF" w14:textId="2734B2FD" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t>Pušu rekvizīti</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="4107"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="3878"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB6C" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="75ADF98F" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB69" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="6FB24864" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F1687">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Nodarbinātības valsts aģentūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB6A" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="259013F9" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB6B" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="235B03D0" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB70" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="0D662719" w14:textId="77777777" w:rsidTr="00E45857">
         <w:trPr>
           <w:trHeight w:val="202"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB6D" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="2E4BC93A" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB6E" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="2C738DAA" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB6F" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="680E7332" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F1687">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(nosaukums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB74" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="6BA7E15D" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB71" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="22F6AD12" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00371121">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Rīga, K</w:t>
             </w:r>
-            <w:r w:rsidR="00C01920">
+            <w:r w:rsidR="00707F87" w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">rišjāņa </w:t>
             </w:r>
-            <w:r w:rsidRPr="00371121">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Valdemāra iela 38 k-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB72" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="6C5A4DD9" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB73" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="5F697484" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB78" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="0F83E201" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB75" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="227D9ED4" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00371121">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(juridiskā adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB76" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00721383" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="4842F02D" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB77" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00B4016E" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="4B04BAED" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B4016E">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(juridiskā adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB7C" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="05B84702" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB79" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="5181F3EA" w14:textId="4B262839" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>90001634668</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="017730A7" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54922592" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="420422FD" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0988C510" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(reģistrācijas numurs)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFCA62A" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7F91AC" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>(reģistrācijas numurs</w:t>
+            </w:r>
+            <w:r w:rsidR="0054218B" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="3BD880FA" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BF23E5" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB7A" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="46D0D5D1" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A793A8" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="3DD141DA" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD8D4B4" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(bankas nosaukums)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4864EE15" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="630E7CA9" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00311661" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bankas </w:t>
+            </w:r>
+            <w:r w:rsidR="001C4D72" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>nosaukums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C94361" w14:paraId="25EBEC1E" w14:textId="77777777" w:rsidTr="001C4D72">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD81599" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC15A69" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB7B" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
-[...139 lines deleted...]
-          <w:p w14:paraId="3300AB82" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="77B64116" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-[...30 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB88" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="791A3E50" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB85" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="66CE0FF1" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00371121">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(bankas nosaukums)</w:t>
-[...175 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(bankas kods)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB8E" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="0A46709D" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB8F" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="4B5AE544" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00721383">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>(bankas kods)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C4D72" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>bankas kods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB94" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="2F1C4298" w14:textId="77777777" w:rsidTr="00311661">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB91" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="6ADCBC82" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
-              <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>LV24TREL218045111500B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED57061" w14:textId="781D5597" w:rsidR="002D7034" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   LV16TREL5180451030000</w:t>
+            </w:r>
+            <w:r w:rsidR="00480879" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:footnoteReference w:id="16"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB92" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="5D453A0A" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB93" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="43D074C3" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB98" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="0B02B86D" w14:textId="77777777" w:rsidTr="00311661">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB95" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="6A338E51" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
-              <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F1687">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(IBAN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB96" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="56E7B61B" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB97" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00721383" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="12420D3E" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2780"/>
+              </w:tabs>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00721383">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(IBAN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300AB9C" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="131CC8B7" w14:textId="77777777" w:rsidTr="00311661">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB99" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="004F6987" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="0269EA38" w14:textId="6AC8CB43" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
-              <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-              <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC6FD6">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB9A" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="344B17CC" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB9B" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="3FDCC275" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300ABA0" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="05EF2FDE" w14:textId="77777777" w:rsidTr="00311661">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB9D" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="524CCF86" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00844E0B">
               <w:t>(e-adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB9E" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="67C2269D" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300AB9F" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="007B7E02" w:rsidP="00A90E1B">
+          <w:p w14:paraId="1E503432" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B395B">
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(e-adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300ABA4" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="36541B52" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABA1" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="478E155F" w14:textId="77777777" w:rsidR="00405E1D" w:rsidRPr="00844E0B" w:rsidRDefault="00405E1D" w:rsidP="00405E1D">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="440C18FC" w14:textId="4D72C8CC" w:rsidR="001D62D4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESF </w:t>
+            </w:r>
+            <w:r w:rsidR="003956A9" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F276460" w14:textId="77777777" w:rsidR="001D62D4" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Pasākumi iekļaujošai nodarbinātībai” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45426EC6" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00C618B8" w:rsidRPr="00844E0B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>rojekta koordinators</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABA2" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="20A068BD" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABA3" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="008F1687" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="400E725B" w14:textId="77777777" w:rsidR="00405E1D" w:rsidRPr="00844E0B" w:rsidRDefault="00405E1D" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...76 lines deleted...]
-          <w:p w14:paraId="3300ABA8" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="44DEE716" w14:textId="7EAFF9C8" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...21 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00844E0B">
               <w:rPr>
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-              <w:t>devējs vai pilnvarotā persona</w:t>
+              <w:t>Darba devējs vai pilnvarotā persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300ABAE" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="6AD18740" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABAB" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="53A8FAF2" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABAC" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00721383" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="14AFEDCF" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABAD" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00B4016E" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="3C42D426" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F008F" w14:paraId="3300ABB2" w14:textId="77777777" w:rsidTr="00E35C8A">
+      <w:tr w:rsidR="00C94361" w14:paraId="5B84A8DC" w14:textId="77777777" w:rsidTr="00E45857">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABAF" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="033E8D1A" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABB0" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="11B7D2D3" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3878" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3300ABB1" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00A90E1B">
+          <w:p w14:paraId="541F9ADB" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="00405E1D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2780"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:adjustRightInd/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="3300ABB3" w14:textId="77777777" w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidRDefault="001610E8" w:rsidP="00011A74">
-[...2 lines deleted...]
-          <w:spacing w:val="-4"/>
+    <w:p w14:paraId="0B4EEFF1" w14:textId="77777777" w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidRDefault="002A12D1" w:rsidP="004B04F1">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001610E8" w:rsidRPr="00371121" w:rsidSect="005750BC">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+    <w:sectPr w:rsidR="002A12D1" w:rsidRPr="00844E0B" w:rsidSect="00756700">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="567" w:bottom="426" w:left="1560" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="680" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EC18A15" w14:textId="77777777" w:rsidR="007B7E02" w:rsidRDefault="007B7E02">
+    <w:p w14:paraId="7DC1B151" w14:textId="77777777" w:rsidR="003F39BB" w:rsidRDefault="003F39BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49EE4053" w14:textId="77777777" w:rsidR="007B7E02" w:rsidRDefault="007B7E02">
+    <w:p w14:paraId="7C5EA99B" w14:textId="77777777" w:rsidR="003F39BB" w:rsidRDefault="003F39BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BaltSouvenir">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BaltOptima">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3300ABBD" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="007B7E02">
+  <w:p w14:paraId="4DCF193A" w14:textId="77777777" w:rsidR="0021420F" w:rsidRDefault="00B36870">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3300ABBE" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="001F2088">
+  <w:p w14:paraId="1D07A84E" w14:textId="77777777" w:rsidR="0021420F" w:rsidRDefault="0021420F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3300ABBF" w14:textId="490B17CD" w:rsidR="001F2088" w:rsidRPr="00063666" w:rsidRDefault="007B7E02" w:rsidP="00B7774F">
+  <w:p w14:paraId="5C857391" w14:textId="0ABD9327" w:rsidR="0021420F" w:rsidRPr="0098463E" w:rsidRDefault="00B36870" w:rsidP="00FA1758">
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>KRG_4.2.2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.pielikums_</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0098463E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D42EE0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>16.01.2026.</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="14E2D440" w14:textId="6D497300" w:rsidR="0021420F" w:rsidRPr="002138A1" w:rsidRDefault="00B36870" w:rsidP="00845E06">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00063666">
+    <w:r w:rsidRPr="00A9221F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.24_4.pielikums_3.versija </w:t>
+      <w:t>KRG_4.2.2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00063666">
+    <w:r w:rsidRPr="00A9221F">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 25.06.2024.</w:t>
+      <w:t>4</w:t>
     </w:r>
-  </w:p>
-[...11 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r w:rsidRPr="00A9221F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00063666">
+      <w:t>_</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A9221F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.24_4.pielikums_3.versija </w:t>
+      <w:t>.pielikums_</w:t>
     </w:r>
-    <w:r w:rsidRPr="00063666">
+    <w:r w:rsidRPr="002138A1">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 25.06.2024.</w:t>
+      <w:t>4</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00A9221F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002138A1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:bookmarkStart w:id="41" w:name="_Hlk171088920"/>
+    <w:r w:rsidRPr="002138A1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>16.01.2026.</w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="41"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73CB8B12" w14:textId="77777777" w:rsidR="007B7E02" w:rsidRDefault="007B7E02">
+    <w:p w14:paraId="7441FAD4" w14:textId="77777777" w:rsidR="003F39BB" w:rsidRDefault="003F39BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2961DBA7" w14:textId="77777777" w:rsidR="007B7E02" w:rsidRDefault="007B7E02">
+    <w:p w14:paraId="21BF9F0F" w14:textId="77777777" w:rsidR="003F39BB" w:rsidRDefault="003F39BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3528A81F" w14:textId="77777777" w:rsidR="007B7E02" w:rsidRDefault="007B7E02"/>
+    <w:p w14:paraId="44D083B0" w14:textId="77777777" w:rsidR="003F39BB" w:rsidRDefault="003F39BB"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3300ABC4" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="0013279A" w:rsidRDefault="007B7E02" w:rsidP="00214124">
+    <w:p w14:paraId="5E492657" w14:textId="352A9A43" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00BE74F5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="18"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="0013279A">
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="18"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Norāda, ja Darba devējs ir juridiska persona.</w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk204764500"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Atsauci uz projektu n</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epiemēro Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu saskaņā ar </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk151044723"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regulu (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="3300ABC5" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00953B95" w:rsidRDefault="007B7E02" w:rsidP="00681E8C">
+    <w:p w14:paraId="295CFD18" w14:textId="77777777" w:rsidR="0021420F" w:rsidRPr="00CF018B" w:rsidRDefault="00B36870" w:rsidP="008D6CE1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953B95">
+      <w:r w:rsidRPr="00CF018B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00953B95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953B95">
+      <w:r w:rsidRPr="00CF018B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Pasākuma īstenošanas vietai ir jābūt Latvijas Republikas teritorijā. Norāda arī papildus adreses vai veic piezīmi – darbs objektos, darbs pie klientiem u.tml., ja</w:t>
-[...17 lines deleted...]
-        <w:t>s jāveic arī ārpus Pasākuma īstenošanas adreses.</w:t>
+        <w:t>Norāda, ja Darba devējs ir juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="3300ABC6" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="007B7E02" w:rsidP="00006033">
+    <w:p w14:paraId="6F663E8F" w14:textId="09B4FAB4" w:rsidR="0021420F" w:rsidRPr="00893B69" w:rsidRDefault="00B36870" w:rsidP="008D6CE1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00893B69">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00893B69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007B02A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Atbilstoši 5.11. apakšpunktam </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002D3A24">
+        <w:t>Pasākuma īstenošanas vietai ir jābūt Latvijas Republikas teritorijā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00893B69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Darba vadītāja nodrošināšanas periods</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="3300ABC8" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00EC7206" w:rsidRDefault="007B7E02" w:rsidP="00545A9E">
+    <w:p w14:paraId="407AE0AC" w14:textId="7C3FDAD6" w:rsidR="0021420F" w:rsidRPr="00C272CD" w:rsidRDefault="00B36870" w:rsidP="00403FD6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Atbilstoši 5.11. apakšpunktam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Darba vadītāja nodrošināšanas periods</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 vai 12  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE6386">
+        <w:t xml:space="preserve"> tiek pagarināts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3A24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>mēnešu periods finanšu atbalsta</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC3977">
+        <w:t xml:space="preserve"> par klienta  attaisnoti kavētām kalendāra dienām</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sniegšanai rēķināms no pirmā subsidētajā darba vietā nodarbinātā </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  darba līgumā norādītās pirmās darba dienas.</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="3300ABC9" w14:textId="19BAF167" w:rsidR="001F2088" w:rsidRPr="00975D92" w:rsidRDefault="007B7E02" w:rsidP="0013006B">
+    <w:p w14:paraId="5F669E81" w14:textId="517423BA" w:rsidR="0021420F" w:rsidRPr="00947A6F" w:rsidRDefault="00B36870" w:rsidP="00352F04">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DF043C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF043C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003637DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:t>Finanšu atbalsts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotācijai klientu ikmēneša darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">algai 50 procentu apmērā no valstī noteiktās </w:t>
+      </w:r>
+      <w:r w:rsidR="003B07EE" w:rsidRPr="00947A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>minimālās</w:t>
+      </w:r>
+      <w:r w:rsidR="003464E0" w:rsidRPr="00947A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004672D5">
+      <w:r w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu atbalsts </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>mēneša darba algas tiek noteikts, ja Pasākumā tiek iesaistīti Ministru kabineta 2011. gada 25. janvāra noteikumu Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” (turpmāk – MK noteikumi Nr.75) 80.2.1., 80.2.2., 80.2.3</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7752" w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">dotācijai klientu ikmēneša darba algai </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004672D5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">50 procentu apmērā </w:t>
-[...173 lines deleted...]
-        <w:t>ie klienti.</w:t>
+        <w:t xml:space="preserve"> un 80.2.5. apakšpunktā minētie nelabvēlīgākā situācijā esošie klienti.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="3300ABCA" w14:textId="1D2962A5" w:rsidR="001F2088" w:rsidRPr="00975D92" w:rsidRDefault="007B7E02" w:rsidP="0013006B">
+    <w:p w14:paraId="7BF47948" w14:textId="4CF77E66" w:rsidR="0021420F" w:rsidRPr="005C7752" w:rsidRDefault="00B36870" w:rsidP="00352F04">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DF043C">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00947A6F">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF043C">
+        <w:t xml:space="preserve"> Finanšu atbalsts dotācijai klientu ikmēneša darba algai 80 procentu apmērā no valstī noteiktās </w:t>
+      </w:r>
+      <w:r w:rsidR="003B07EE" w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004672D5">
+        <w:t xml:space="preserve">minimālās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu atbalsts </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>mēneša darba algas tiek noteikts, ja Pasākumā tiek iesaistīti MK noteikumu Nr.75 80.2.4</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7752" w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>dotācijai klientu ikmēneša darba algai 8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004672D5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00947A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">0 procentu apmērā </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> apakšpunktā minētie nelabvēlīgākā situācijā esošie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">no valstī noteiktās mēneša darba algas </w:t>
-[...103 lines deleted...]
-        <w:t>ie klienti.</w:t>
+        <w:t xml:space="preserve">klienti. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="3300ABCB" w14:textId="33CBB6DD" w:rsidR="001F2088" w:rsidRPr="00AA74BF" w:rsidRDefault="007B7E02" w:rsidP="0013006B">
+    <w:p w14:paraId="58A5CAAE" w14:textId="218FDBF3" w:rsidR="0021420F" w:rsidRPr="00F75F6E" w:rsidRDefault="00B36870" w:rsidP="00352F04">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:eastAsia="lv-LV"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00076ED1">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C7752">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00076ED1">
+        <w:t xml:space="preserve"> Finanšu atbalsts valstī noteiktās minimālās mēneša darba algas apmērā dotācijai klientu ikmēneša darba algai tiek noteikts, ja Pasākumā tiek iesaistīti MK noteikumu Nr.75 80.3</w:t>
+      </w:r>
+      <w:r w:rsidR="005C7752" w:rsidRPr="005C7752">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00076ED1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7752">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu atbalsts valstī noteiktās minimālās mēneša darba algas apmērā Dotācijai </w:t>
-[...48 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> apakšpunktā minētie klienti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605A3EB8" w14:textId="05788778" w:rsidR="0021420F" w:rsidRPr="00352F04" w:rsidRDefault="0021420F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="3300ABCC" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00DD710D" w:rsidRDefault="007B7E02" w:rsidP="00545A9E">
+    <w:p w14:paraId="66F50309" w14:textId="5DBB5618" w:rsidR="0021420F" w:rsidRPr="0078202D" w:rsidRDefault="00B36870">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0078202D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD710D">
+      <w:r w:rsidRPr="00EF5B44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Norāda  Regulu (</w:t>
-[...124 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Aģentūras mājaslapā </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="004B5665">
+        <w:r w:rsidRPr="00EF5B44">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.nva.gov.lv/lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004B5665">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> “Darba devējiem” – “Valsts atbalsts nodarbinātībai” – “Subsidētās darba vietas” pieejama Atskaites veidlapa.</w:t>
+      <w:r w:rsidRPr="00EF5B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sadaļā “Pakalpojumi” apakšsadaļā “Darba devējiem” – “Valsts atbalsts nodarbinātībai” – “Subsidētās darba vietas” pieejama </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4B60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078202D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>eidlapa.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
+    <w:p w14:paraId="63B0FA9F" w14:textId="77777777" w:rsidR="0021420F" w:rsidRPr="009617B8" w:rsidRDefault="00B36870" w:rsidP="007D20E1">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00214E5C">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00214E5C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Minimālās stundas tarifa likmes gadījumā, norāda atbilstoši valstī noteiktajam minimālajam mēneša darba algas apmēram atbilstoši Ministru kabineta noteikumiem, kuri reglamentē minimālās mēneša darba algas apmēru normāla darba laika ietvaros.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="3300ABCE" w14:textId="4B5D97E7" w:rsidR="001F2088" w:rsidRPr="00FF62D8" w:rsidRDefault="007B7E02" w:rsidP="00FF62D8">
+    <w:p w14:paraId="7AFE5E67" w14:textId="52301E39" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="007A06B2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...23 lines deleted...]
-        <w:t>ajam mēneša darba algas apmēram, pasvītro abus – mēnesī/stundā.</w:t>
+        <w:t xml:space="preserve">Nepiemēro Līgumiem, kas slēgti  Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam lauksaimniecības nozarē ietvaros. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="3300ABCF" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00FF62D8" w:rsidRDefault="007B7E02" w:rsidP="00FF62D8">
+    <w:p w14:paraId="481C2400" w14:textId="4722789B" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00513E9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF62D8">
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62D8">
+        <w:t xml:space="preserve">Atsauci uz ESF Plus projektu “Pasākumi iekļaujošai nodarbinātībai” Nr.4.3.3.2/1/24/I/002 nenorāda  Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FF62D8">
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Stundas tarifa likmes gadījumā finansējuma sadalījumu nenorāda, tiek piemēroti attiecīgā periodā spēkā esošie Ministru kabineta noteikumi, kuri reglamentē minimālās mēneša darba algas apmēru</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF62D8">
+        <w:t xml:space="preserve"> atbalstu saskaņā ar   Komisijas 2013. gada 18. decembra Regulu (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9DEFA2" w14:textId="77777777" w:rsidR="0021420F" w:rsidRPr="005D1307" w:rsidRDefault="0021420F" w:rsidP="00513E9C">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="3300ABD0" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00FF62D8" w:rsidRDefault="007B7E02" w:rsidP="00A45494">
+    <w:p w14:paraId="1A7DFC04" w14:textId="77777777" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000A1E9D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...41 lines deleted...]
-        <w:t>. Ja darba grafiks nav pilnībā vai lielākoties paredzams norāda, ka darba grafiks ir mainīgs un norāda informāciju par darba laiku mēnesī.</w:t>
+        <w:t xml:space="preserve">Nepiemēro Līgumiem, kas slēgti  Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam lauksaimniecības nozarē ietvaros.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="3300ABD1" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00FE75A6" w:rsidRDefault="007B7E02" w:rsidP="00351997">
+    <w:p w14:paraId="66050B40" w14:textId="69C02A69" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="000A1E9D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA47C8">
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">kopējā nodarbināto skaitā ieskaitāmi visi </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Kopējā nodarbināto skaitā ieskaitāmi visi pie Darba devēja nodarbinātie ar kuriem slēgti darba līgumi, izņemot šajā Pasākumā  nodarbinātie. Pašnodarbinātie un individuālie komersanti nodarbināto aprēķinā ietver arī sevi, kā darba devēju – fizisku personu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D68631" w14:textId="77777777" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="0021420F" w:rsidP="006018CA">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">pie Darba devēja </w:t>
-[...42 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="3300ABD2" w14:textId="77777777" w:rsidR="001F2088" w:rsidRPr="00235537" w:rsidRDefault="007B7E02" w:rsidP="00235537">
+    <w:p w14:paraId="65665480" w14:textId="26A0CA21" w:rsidR="0021420F" w:rsidRPr="00B97FAB" w:rsidRDefault="00B36870" w:rsidP="0026521B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00587FB1">
+      <w:r w:rsidRPr="00601BD3">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00587FB1">
+      <w:r w:rsidRPr="00601BD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00235537">
+      <w:r w:rsidRPr="004D027C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Atbilstoši Ministru kab</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00235537">
+        <w:t>Atbilstoši Ministru kabineta 2018.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>ineta 2018.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D027C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>gada 21.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00235537">
+      <w:r w:rsidRPr="004D027C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>gada 21.</w:t>
+        <w:t>novembra noteikumiem Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00235537">
+      <w:r w:rsidRPr="004D027C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>novembra noteikumiem Nr.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">715 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D533E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00D31FD0">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D533E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>de</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D31FD0">
+        <w:t>De minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D533E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtība” veidlapa aizpildāma, iesniedzama un veidlapas numurs nolasāms Valsts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D027C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ieņēmumu dienesta Elektroniskās deklarēšanas sistēmā.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="16">
+    <w:p w14:paraId="45F90C77" w14:textId="77777777" w:rsidR="0021420F" w:rsidRPr="00844E0B" w:rsidRDefault="00B36870" w:rsidP="00480879">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Norāda  Līgumiem, kas paredz sniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D31FD0">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu saskaņā ar  Komisijas 2013. gada 18. decembra Regulu (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>minimis</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00235537">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844E0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību un </w:t>
-[...36 lines deleted...]
-        <w:t>ta Elektroniskās deklarēšanas sistēmā.</w:t>
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3300ABB9" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="007B7E02" w:rsidP="008761A5">
+  <w:p w14:paraId="640C6C4B" w14:textId="77777777" w:rsidR="0021420F" w:rsidRDefault="00B36870" w:rsidP="008761A5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3300ABBA" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="001F2088">
+  <w:p w14:paraId="4BA36405" w14:textId="77777777" w:rsidR="0021420F" w:rsidRDefault="0021420F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3300ABBB" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="007B7E02" w:rsidP="00A74E8E">
+  <w:p w14:paraId="12FB8271" w14:textId="59F59C53" w:rsidR="0021420F" w:rsidRDefault="00B36870" w:rsidP="00B471DB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="6081" w:y="-288"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0055670D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3300ABBC" w14:textId="77777777" w:rsidR="001F2088" w:rsidRDefault="001F2088">
+  <w:p w14:paraId="55C7D8DB" w14:textId="77777777" w:rsidR="0021420F" w:rsidRDefault="0021420F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="006145C6"/>
-[...115 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="040316F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3354A872"/>
+    <w:lvl w:ilvl="0" w:tplc="2B2A3CCA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1364" w:hanging="1080"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="1426" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="70143620" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2146" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BE5EB6BC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2866" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FCF4DD86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1728" w:hanging="735"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="3586" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F93C08CC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4306" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E46CA098" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5026" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8D92AEBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2153" w:hanging="735"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="5746" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="28F00C5E" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1080"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="6466" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC8CD060" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...70 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7186" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B946C41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2B66704E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2188"/>
         </w:tabs>
         <w:ind w:left="2188" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24391,191 +20056,191 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6148"/>
         </w:tabs>
         <w:ind w:left="6148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6868"/>
         </w:tabs>
         <w:ind w:left="6868" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CFC6334"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3588564"/>
-    <w:lvl w:ilvl="0" w:tplc="1010AF16">
+    <w:lvl w:ilvl="0" w:tplc="A7D890A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91840796">
+    <w:lvl w:ilvl="1" w:tplc="EC2ACBEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5E7E5BBC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5704C536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AE628DC2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5E86907A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F8AEF160" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FBDEFE52" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6EBCAE86" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="404C06A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F26A5D74" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BAE8C848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B50ACB76" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1444E978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11C27D2A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3BCC7122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10041FE4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8480A472"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="62"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24647,776 +20312,1244 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="117B437E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCC0DC0E"/>
-    <w:lvl w:ilvl="0" w:tplc="3DEACDB2">
+    <w:lvl w:ilvl="0" w:tplc="68BED1E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D2A6A2CE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E5E87E44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5A36668C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8026AD40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97CAB1B6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EA3A5E46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28A49642" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28A49F8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D2A21DEC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1526AEF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6F082442" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="217AA6B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59E06EA4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F14449AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12E65070" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="ED7C626C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="141B75F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7584CD42"/>
+    <w:lvl w:ilvl="0" w:tplc="5596CF88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="36EE9A06" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3EC67D02" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1CC63B3E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2804AE92" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CD5602FA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="77F20F92" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A7701244" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FCB410A2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="186F09DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1EE2CF0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E4C4768">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E55ED88A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CC406CBC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04F226FE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="64467184" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="797AB890" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1C5E8682">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AC70CC3C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BFA8371A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D130DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AAC015E"/>
-    <w:lvl w:ilvl="0" w:tplc="A8AEAE3C">
+    <w:lvl w:ilvl="0" w:tplc="BF0A6542">
       <w:start w:val="60"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B8285882" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="226AA466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EB5E0260" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53AED198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9174BADA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57F495BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F45E762A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33EAF5DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8A1239F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81E824CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44ACDE88" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2BCA4F0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B9CC65CE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A76EA48E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F7DA182A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5FB8742A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F177F6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0187C5A"/>
-    <w:lvl w:ilvl="0" w:tplc="E188A798">
+    <w:lvl w:ilvl="0" w:tplc="D578EEA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18C226CE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="602498B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1AD0E1EA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BFA6CD48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61FC8FAE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D6D6506A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8CE81824" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4292567A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97865590" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E8324C68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CA8C174E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A5E26B78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4E6E3E86" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="757474BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F1F4C338" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6B04F92A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F320500"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B66704E"/>
-    <w:lvl w:ilvl="0" w:tplc="1218A824">
+    <w:lvl w:ilvl="0" w:tplc="298EAF22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2188"/>
         </w:tabs>
         <w:ind w:left="2188" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17A4781C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1CBEFAF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1828"/>
         </w:tabs>
         <w:ind w:left="1828" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2C4CC33C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E11C7448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2548"/>
         </w:tabs>
         <w:ind w:left="2548" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86086ADE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89340754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3268"/>
         </w:tabs>
         <w:ind w:left="3268" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4E64A0CA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8264A804" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3988"/>
         </w:tabs>
         <w:ind w:left="3988" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E1949486" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3376A5D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4708"/>
         </w:tabs>
         <w:ind w:left="4708" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3F32D1E0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="AEEC34B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5428"/>
         </w:tabs>
         <w:ind w:left="5428" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18501748" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6E063D58" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6148"/>
         </w:tabs>
         <w:ind w:left="6148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9E7A2046" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CD3C055E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6868"/>
         </w:tabs>
         <w:ind w:left="6868" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="236B6925"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF621A8A"/>
+    <w:lvl w:ilvl="0" w:tplc="4A3C65A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1D82713C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7EE8F3FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0846BBFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="52363A84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4DEA5DE2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="21425580">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A0C40A6A">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0240D4B2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24A22598"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53B2484A"/>
-    <w:lvl w:ilvl="0" w:tplc="CC6862F8">
+    <w:lvl w:ilvl="0" w:tplc="E8245DF8">
       <w:start w:val="51"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2188"/>
         </w:tabs>
         <w:ind w:left="2188" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="267A9DC6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4754C50A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1828"/>
         </w:tabs>
         <w:ind w:left="1828" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="352AE17E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B436F206" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2548"/>
         </w:tabs>
         <w:ind w:left="2548" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="605616D2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="7CB80746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3268"/>
         </w:tabs>
         <w:ind w:left="3268" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EC482EF6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82F45DB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3988"/>
         </w:tabs>
         <w:ind w:left="3988" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13B8B9E2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3BF82D4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4708"/>
         </w:tabs>
         <w:ind w:left="4708" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="AB601CBA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1530400E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5428"/>
         </w:tabs>
         <w:ind w:left="5428" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8D903110" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C2B63224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6148"/>
         </w:tabs>
         <w:ind w:left="6148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="909C1520" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D494AB8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6868"/>
         </w:tabs>
         <w:ind w:left="6868" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25FD15F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DFEFCF4"/>
+    <w:lvl w:ilvl="0" w:tplc="E02EF498">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="15E68C18" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1870FD58" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ABECF100" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1A2EAC34" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D07CDC70" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="66DEDB3A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B94896BA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F340A992" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DC1014E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D284CD32"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="858" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E263225"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1FEAEF6"/>
-    <w:lvl w:ilvl="0" w:tplc="020A92D0">
+    <w:lvl w:ilvl="0" w:tplc="7A360D8A">
       <w:start w:val="63"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AE8E1E40" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B9B04A20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F96E7A50" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FB0C83BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E9D07B16" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FC8AE9E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57282404" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="07EC6B20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="169A7728" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4202CFB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A178043C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2B407F50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="ACD84690" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A89033BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8C46F624" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0DEA187C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33A92474"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6B4CAFF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1430"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1430" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
@@ -25484,184 +21617,181 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="394E23E1"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F776935"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C03AEC76"/>
-    <w:lvl w:ilvl="0" w:tplc="B07E5D52">
+    <w:tmpl w:val="A4608306"/>
+    <w:lvl w:ilvl="0" w:tplc="9D38D7F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="ACC829B8" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="88F216B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C5641E60" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F12CAF5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B6FA1AD4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AC666BE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93EC484C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7FA09B88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1FCE91AA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2F1EEFB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D3E245BE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="EDF0A10E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="00028A90" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="05C24F9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1A7437A4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E61A087C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="445B2425"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="033EDA06"/>
+    <w:tmpl w:val="3D101370"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="1997"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
+        <w:ind w:left="1997" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
@@ -25714,408 +21844,583 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="489F2E0F"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="454C3F2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="82E0672C"/>
-    <w:lvl w:ilvl="0" w:tplc="0FD8235E">
+    <w:tmpl w:val="E09A307E"/>
+    <w:lvl w:ilvl="0" w:tplc="5EBA7CE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9EDE1AB6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="278465A2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="582E463A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9E2A4CAC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C756E8F8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="09E282EC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FA44893A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F488B572" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E62785"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0792C20A"/>
+    <w:lvl w:ilvl="0" w:tplc="8E9A3114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5C7A3254">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38FEF92E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1722B8CE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="50E286AE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="39A0414A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="43A2F7CC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="00A896DC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="206E862A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="489F2E0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82E0672C"/>
+    <w:lvl w:ilvl="0" w:tplc="E7BCBEB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="252C52E8">
+    <w:lvl w:ilvl="1" w:tplc="F3A4950E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12A80076" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A0E61102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FC6ED562" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FDD68B2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C6CC3B46" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3B42D07E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45147134" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2C680F7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="718EF374" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3BAA359E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72AA6C46" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="485A2FB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2758D0F2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F78E9C3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D5914B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D967100"/>
-    <w:lvl w:ilvl="0" w:tplc="081C6D20">
+    <w:lvl w:ilvl="0" w:tplc="E7321F5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1108"/>
         </w:tabs>
         <w:ind w:left="1108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C0FAB216" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81F28842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1828"/>
         </w:tabs>
         <w:ind w:left="1828" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9C0270B4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C5361A7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2548"/>
         </w:tabs>
         <w:ind w:left="2548" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22789FEA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B3544404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3268"/>
         </w:tabs>
         <w:ind w:left="3268" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82F2DBCE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A6521F4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3988"/>
         </w:tabs>
         <w:ind w:left="3988" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E6EA63F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F7BEB77E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4708"/>
         </w:tabs>
         <w:ind w:left="4708" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D608714A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DA1CEEFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5428"/>
         </w:tabs>
         <w:ind w:left="5428" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BF6C4A38" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E9002AFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6148"/>
         </w:tabs>
         <w:ind w:left="6148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98AA2F46" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="830E429A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6868"/>
         </w:tabs>
         <w:ind w:left="6868" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DF1513B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="00D430F8"/>
-    <w:lvl w:ilvl="0" w:tplc="DE6A0B02">
+    <w:tmpl w:val="FB94F1E0"/>
+    <w:lvl w:ilvl="0" w:tplc="4EDCE4C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C07E3D2E">
+    <w:lvl w:ilvl="1" w:tplc="327E8C5A">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73CCC326">
+    <w:lvl w:ilvl="2" w:tplc="C9EE3B6C">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3C0CE216">
+    <w:lvl w:ilvl="3" w:tplc="20E2EA14">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F67C9C8A">
+    <w:lvl w:ilvl="4" w:tplc="953E0462">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DD103FBE">
+    <w:lvl w:ilvl="5" w:tplc="8FE6F408">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D5C2F9BA">
+    <w:lvl w:ilvl="6" w:tplc="63E8253C">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F3A47B66">
+    <w:lvl w:ilvl="7" w:tplc="B44C642A">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66E00E56">
+    <w:lvl w:ilvl="8" w:tplc="FB6E4516">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E6664D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C6E4CC7A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1288" w:hanging="720"/>
+        <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
@@ -26162,253 +22467,366 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F5F281E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="74A204EE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50C01ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BC4894A"/>
-    <w:lvl w:ilvl="0" w:tplc="63E484D4">
+    <w:lvl w:ilvl="0" w:tplc="F5823AA4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2188"/>
         </w:tabs>
         <w:ind w:left="2188" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="222A2B7A">
+    <w:lvl w:ilvl="1" w:tplc="0A44575E">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76309E72">
+    <w:lvl w:ilvl="2" w:tplc="4606D6C2">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2C92314A">
+    <w:lvl w:ilvl="3" w:tplc="5A723D6C">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2FA65A16">
+    <w:lvl w:ilvl="4" w:tplc="BD922C32">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60CCE5FE">
+    <w:lvl w:ilvl="5" w:tplc="F854315E">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CA0E0DC8">
+    <w:lvl w:ilvl="6" w:tplc="73CE4730">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="ED429266">
+    <w:lvl w:ilvl="7" w:tplc="675A711C">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E87EDA96">
+    <w:lvl w:ilvl="8" w:tplc="D5F48B62">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52AB1E87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF8015F8"/>
-    <w:lvl w:ilvl="0" w:tplc="16EEFBAE">
+    <w:lvl w:ilvl="0" w:tplc="9208B9E2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="721"/>
         </w:tabs>
         <w:ind w:left="721" w:hanging="735"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DB8A00DC">
+    <w:lvl w:ilvl="1" w:tplc="988A8D48">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4F6C667C">
+    <w:lvl w:ilvl="2" w:tplc="66509368">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10C23750">
+    <w:lvl w:ilvl="3" w:tplc="6868F252">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6F50D458">
+    <w:lvl w:ilvl="4" w:tplc="C5861C9E">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E42CF032">
+    <w:lvl w:ilvl="5" w:tplc="1F44F472">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7604DA4A">
+    <w:lvl w:ilvl="6" w:tplc="4F6C5568">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="007E3696">
+    <w:lvl w:ilvl="7" w:tplc="FD206D52">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72D86AB8">
+    <w:lvl w:ilvl="8" w:tplc="47167A10">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F86698A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D1FEAEF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="63"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26480,4545 +22898,5885 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="626C21F9"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66576761"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8A401A14"/>
+    <w:lvl w:ilvl="0" w:tplc="F35A4F8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BE80BBA6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4D4CEA8E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08121032" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CFB0117A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EC96DD3C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C4020C36" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DE1C83C2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0B56340E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="692746BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6A0A87E"/>
+    <w:lvl w:ilvl="0" w:tplc="80DAC448">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ABA8F0B0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4B7AF14E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CF2EBE20" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="82569BEA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D626FE42" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AE12714E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4B12452E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="589A848E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D3B4736"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8480A472"/>
+    <w:lvl w:ilvl="0" w:tplc="401AACA8">
+      <w:start w:val="62"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="37A651B6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="23DADB86" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="43B28996" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CBD6879E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1AE63562" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8048AEA6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="93E65198" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B9A0DD4E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F5D15A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="798C935C"/>
+    <w:lvl w:ilvl="0" w:tplc="0CE4E728">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="86BEACCC">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B8004C14">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ED84A97A">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5158FC32">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AE3CE688">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6E565604">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="40EE4EDC">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AE4C4F54">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="710219D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="122A5A76"/>
+    <w:lvl w:ilvl="0" w:tplc="8D54302E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1468" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BD94630A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2188" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="057A76CA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2908" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9E408B9C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3628" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="62FCE4B8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4348" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F558D7E6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5068" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4094F790" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E1A4CF94" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6508" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F4BED888" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7228" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CED724B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1D8011FC"/>
+    <w:tmpl w:val="468E1376"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D5F6D84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77E4DDAA"/>
+    <w:lvl w:ilvl="0" w:tplc="6026F9E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B8C9A12" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="221C0694" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A894DD02" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1692478E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="79287092" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05D4D8C8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1EEE058E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6D724228" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EAF4267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36864128"/>
+    <w:lvl w:ilvl="0" w:tplc="55CA8F90">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1426" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="266205B8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D6EA47A8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="63B48DA8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CD663A3E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A5C861EC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1C50B270" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="274618B6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7C52BC1E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EC05F08"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="67B63B96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:ind w:left="2736" w:hanging="936"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1800"/>
+        <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...692 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="33"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="35">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
-[...35 lines deleted...]
-  <w:num w:numId="17">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="19">
-[...27 lines deleted...]
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C309D"/>
-    <w:rsid w:val="00000400"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00007C54"/>
+    <w:rsid w:val="00000B44"/>
+    <w:rsid w:val="0000107B"/>
+    <w:rsid w:val="00001324"/>
+    <w:rsid w:val="0000136E"/>
+    <w:rsid w:val="00001C35"/>
+    <w:rsid w:val="00001ED0"/>
+    <w:rsid w:val="00002034"/>
+    <w:rsid w:val="000021DE"/>
+    <w:rsid w:val="0000249F"/>
+    <w:rsid w:val="00002A51"/>
+    <w:rsid w:val="00002B24"/>
+    <w:rsid w:val="00003201"/>
+    <w:rsid w:val="000036FB"/>
+    <w:rsid w:val="0000387B"/>
+    <w:rsid w:val="00005211"/>
+    <w:rsid w:val="00006266"/>
+    <w:rsid w:val="00006E68"/>
+    <w:rsid w:val="00007DDA"/>
+    <w:rsid w:val="0001022D"/>
     <w:rsid w:val="00010784"/>
+    <w:rsid w:val="00011178"/>
     <w:rsid w:val="00011296"/>
-    <w:rsid w:val="0001131D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000121EA"/>
+    <w:rsid w:val="00011AE7"/>
+    <w:rsid w:val="0001202C"/>
     <w:rsid w:val="00012387"/>
     <w:rsid w:val="0001243D"/>
-    <w:rsid w:val="00012915"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00015737"/>
+    <w:rsid w:val="00012FD2"/>
+    <w:rsid w:val="00012FFC"/>
+    <w:rsid w:val="000137A5"/>
+    <w:rsid w:val="000145A2"/>
+    <w:rsid w:val="00015E2F"/>
     <w:rsid w:val="00015E97"/>
-    <w:rsid w:val="000169F2"/>
+    <w:rsid w:val="00016B61"/>
     <w:rsid w:val="00016D5D"/>
-    <w:rsid w:val="0001785F"/>
     <w:rsid w:val="00017A92"/>
-    <w:rsid w:val="00020048"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00023021"/>
+    <w:rsid w:val="00017D09"/>
+    <w:rsid w:val="0002078A"/>
+    <w:rsid w:val="0002091B"/>
+    <w:rsid w:val="00021157"/>
     <w:rsid w:val="000239D0"/>
-    <w:rsid w:val="00023C73"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00026837"/>
+    <w:rsid w:val="00024524"/>
+    <w:rsid w:val="00024B5B"/>
+    <w:rsid w:val="00024EB8"/>
+    <w:rsid w:val="00025958"/>
+    <w:rsid w:val="0002637D"/>
+    <w:rsid w:val="00026646"/>
+    <w:rsid w:val="00026A58"/>
+    <w:rsid w:val="00026B99"/>
     <w:rsid w:val="00026BF8"/>
-    <w:rsid w:val="000277BF"/>
-[...13 lines deleted...]
-    <w:rsid w:val="0003513C"/>
+    <w:rsid w:val="000271E0"/>
+    <w:rsid w:val="000274BE"/>
+    <w:rsid w:val="00027CAA"/>
+    <w:rsid w:val="00030837"/>
+    <w:rsid w:val="00031D0C"/>
+    <w:rsid w:val="000322D4"/>
+    <w:rsid w:val="00032781"/>
+    <w:rsid w:val="000339AF"/>
+    <w:rsid w:val="00034097"/>
+    <w:rsid w:val="000340C8"/>
+    <w:rsid w:val="00034F09"/>
     <w:rsid w:val="000355F3"/>
-    <w:rsid w:val="00035F44"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00036B6D"/>
+    <w:rsid w:val="0003572C"/>
+    <w:rsid w:val="000358F6"/>
+    <w:rsid w:val="00035AF4"/>
+    <w:rsid w:val="00035D78"/>
+    <w:rsid w:val="00036AFD"/>
     <w:rsid w:val="00036CB7"/>
-    <w:rsid w:val="0003771F"/>
-[...24 lines deleted...]
-    <w:rsid w:val="000565B6"/>
+    <w:rsid w:val="00036EF5"/>
+    <w:rsid w:val="00036F4D"/>
+    <w:rsid w:val="000371D3"/>
+    <w:rsid w:val="000400DF"/>
+    <w:rsid w:val="00040F4A"/>
+    <w:rsid w:val="000414EC"/>
+    <w:rsid w:val="00041B71"/>
+    <w:rsid w:val="00041B8E"/>
+    <w:rsid w:val="000423B4"/>
+    <w:rsid w:val="00042C80"/>
+    <w:rsid w:val="0004341D"/>
+    <w:rsid w:val="00043534"/>
+    <w:rsid w:val="00043D6F"/>
+    <w:rsid w:val="00043E06"/>
+    <w:rsid w:val="000454A3"/>
+    <w:rsid w:val="00045929"/>
+    <w:rsid w:val="000459C1"/>
+    <w:rsid w:val="00045CB4"/>
+    <w:rsid w:val="000462EA"/>
+    <w:rsid w:val="00046722"/>
+    <w:rsid w:val="0004691F"/>
+    <w:rsid w:val="000470DD"/>
+    <w:rsid w:val="00047F00"/>
+    <w:rsid w:val="000502C3"/>
+    <w:rsid w:val="0005089A"/>
+    <w:rsid w:val="00050A58"/>
+    <w:rsid w:val="00051E20"/>
+    <w:rsid w:val="0005203F"/>
+    <w:rsid w:val="0005296A"/>
+    <w:rsid w:val="00053D35"/>
+    <w:rsid w:val="0005427D"/>
+    <w:rsid w:val="00054B3A"/>
+    <w:rsid w:val="00054E37"/>
+    <w:rsid w:val="00054EEF"/>
+    <w:rsid w:val="00056026"/>
+    <w:rsid w:val="00056316"/>
+    <w:rsid w:val="00056A05"/>
     <w:rsid w:val="00056AD1"/>
-    <w:rsid w:val="00057673"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00057FD4"/>
+    <w:rsid w:val="00056FC1"/>
+    <w:rsid w:val="00057794"/>
+    <w:rsid w:val="00057A12"/>
+    <w:rsid w:val="00057F09"/>
+    <w:rsid w:val="00060090"/>
+    <w:rsid w:val="000600E7"/>
+    <w:rsid w:val="000603BC"/>
     <w:rsid w:val="000606B7"/>
-    <w:rsid w:val="00060F8B"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00063666"/>
+    <w:rsid w:val="000610A9"/>
+    <w:rsid w:val="00061E0C"/>
+    <w:rsid w:val="000627C8"/>
+    <w:rsid w:val="00063782"/>
+    <w:rsid w:val="0006393E"/>
+    <w:rsid w:val="00063D10"/>
+    <w:rsid w:val="00064206"/>
     <w:rsid w:val="000644A8"/>
-    <w:rsid w:val="00065E63"/>
-[...21 lines deleted...]
-    <w:rsid w:val="000832EB"/>
+    <w:rsid w:val="000646BD"/>
+    <w:rsid w:val="00065019"/>
+    <w:rsid w:val="000651CD"/>
+    <w:rsid w:val="00065A6C"/>
+    <w:rsid w:val="00065C84"/>
+    <w:rsid w:val="000671A4"/>
+    <w:rsid w:val="00070380"/>
+    <w:rsid w:val="00070CFD"/>
+    <w:rsid w:val="000717DB"/>
+    <w:rsid w:val="00071BC4"/>
+    <w:rsid w:val="00072B4E"/>
+    <w:rsid w:val="0007343A"/>
+    <w:rsid w:val="0007397C"/>
+    <w:rsid w:val="00074477"/>
+    <w:rsid w:val="00074FFC"/>
+    <w:rsid w:val="000753BF"/>
+    <w:rsid w:val="00076277"/>
+    <w:rsid w:val="000767D8"/>
+    <w:rsid w:val="00077316"/>
+    <w:rsid w:val="00077798"/>
+    <w:rsid w:val="00080786"/>
+    <w:rsid w:val="00080893"/>
+    <w:rsid w:val="000808F6"/>
+    <w:rsid w:val="00080C56"/>
+    <w:rsid w:val="000814CF"/>
+    <w:rsid w:val="00081718"/>
+    <w:rsid w:val="00081AC7"/>
+    <w:rsid w:val="00081DF4"/>
+    <w:rsid w:val="00082FB4"/>
+    <w:rsid w:val="0008312F"/>
     <w:rsid w:val="0008344B"/>
-    <w:rsid w:val="000835A2"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00087328"/>
+    <w:rsid w:val="000836E1"/>
+    <w:rsid w:val="000838B2"/>
+    <w:rsid w:val="00083933"/>
+    <w:rsid w:val="0008448A"/>
+    <w:rsid w:val="00084B86"/>
+    <w:rsid w:val="00085866"/>
+    <w:rsid w:val="00085C65"/>
+    <w:rsid w:val="00086E5E"/>
     <w:rsid w:val="00087564"/>
-    <w:rsid w:val="000905FE"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00095583"/>
+    <w:rsid w:val="000905CC"/>
+    <w:rsid w:val="00090768"/>
+    <w:rsid w:val="00090E2E"/>
+    <w:rsid w:val="00090FDF"/>
+    <w:rsid w:val="00092999"/>
+    <w:rsid w:val="0009340B"/>
+    <w:rsid w:val="00093875"/>
+    <w:rsid w:val="00093DB7"/>
+    <w:rsid w:val="00094002"/>
+    <w:rsid w:val="000947E4"/>
+    <w:rsid w:val="00094808"/>
+    <w:rsid w:val="0009520C"/>
     <w:rsid w:val="00095A72"/>
-    <w:rsid w:val="000965D4"/>
-[...30 lines deleted...]
-    <w:rsid w:val="000C0486"/>
+    <w:rsid w:val="00096AE5"/>
+    <w:rsid w:val="00096CE5"/>
+    <w:rsid w:val="00096F78"/>
+    <w:rsid w:val="000972FE"/>
+    <w:rsid w:val="000976CC"/>
+    <w:rsid w:val="00097963"/>
+    <w:rsid w:val="00097BB0"/>
+    <w:rsid w:val="000A08D1"/>
+    <w:rsid w:val="000A0ADC"/>
+    <w:rsid w:val="000A1058"/>
+    <w:rsid w:val="000A1922"/>
+    <w:rsid w:val="000A1DE7"/>
+    <w:rsid w:val="000A1E9D"/>
+    <w:rsid w:val="000A29C7"/>
+    <w:rsid w:val="000A30DB"/>
+    <w:rsid w:val="000A3B07"/>
+    <w:rsid w:val="000A45EE"/>
+    <w:rsid w:val="000A4811"/>
+    <w:rsid w:val="000A4CBF"/>
+    <w:rsid w:val="000A59B8"/>
+    <w:rsid w:val="000A5F29"/>
+    <w:rsid w:val="000A6569"/>
+    <w:rsid w:val="000A6780"/>
+    <w:rsid w:val="000A6ABF"/>
+    <w:rsid w:val="000A6EE7"/>
+    <w:rsid w:val="000A6F9E"/>
+    <w:rsid w:val="000A7A13"/>
+    <w:rsid w:val="000B02B8"/>
+    <w:rsid w:val="000B068A"/>
+    <w:rsid w:val="000B16D7"/>
+    <w:rsid w:val="000B1BF7"/>
+    <w:rsid w:val="000B237A"/>
+    <w:rsid w:val="000B2B54"/>
+    <w:rsid w:val="000B2F54"/>
+    <w:rsid w:val="000B3392"/>
+    <w:rsid w:val="000B51EA"/>
+    <w:rsid w:val="000B53FF"/>
+    <w:rsid w:val="000B70AD"/>
+    <w:rsid w:val="000B73C5"/>
+    <w:rsid w:val="000B77CE"/>
+    <w:rsid w:val="000B78F7"/>
+    <w:rsid w:val="000B7BF9"/>
+    <w:rsid w:val="000B7E10"/>
+    <w:rsid w:val="000C02F5"/>
+    <w:rsid w:val="000C098F"/>
+    <w:rsid w:val="000C0C1D"/>
     <w:rsid w:val="000C0C21"/>
-    <w:rsid w:val="000C110A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000C4079"/>
+    <w:rsid w:val="000C0E3B"/>
+    <w:rsid w:val="000C1333"/>
+    <w:rsid w:val="000C2039"/>
+    <w:rsid w:val="000C24CF"/>
+    <w:rsid w:val="000C2FF1"/>
+    <w:rsid w:val="000C31F6"/>
+    <w:rsid w:val="000C3C28"/>
+    <w:rsid w:val="000C3D9B"/>
+    <w:rsid w:val="000C3ED8"/>
+    <w:rsid w:val="000C3F23"/>
+    <w:rsid w:val="000C405F"/>
     <w:rsid w:val="000C4522"/>
-    <w:rsid w:val="000C4981"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000C6C78"/>
+    <w:rsid w:val="000C4779"/>
+    <w:rsid w:val="000C4825"/>
+    <w:rsid w:val="000C52E0"/>
+    <w:rsid w:val="000C539D"/>
+    <w:rsid w:val="000C5616"/>
+    <w:rsid w:val="000C570E"/>
+    <w:rsid w:val="000C57DF"/>
+    <w:rsid w:val="000C62E4"/>
+    <w:rsid w:val="000C68F1"/>
     <w:rsid w:val="000C7563"/>
-    <w:rsid w:val="000C7725"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000D2E9C"/>
+    <w:rsid w:val="000C7CC4"/>
+    <w:rsid w:val="000D00AD"/>
+    <w:rsid w:val="000D087C"/>
+    <w:rsid w:val="000D1C26"/>
+    <w:rsid w:val="000D21A2"/>
+    <w:rsid w:val="000D22D7"/>
+    <w:rsid w:val="000D23CF"/>
+    <w:rsid w:val="000D2A20"/>
     <w:rsid w:val="000D2F92"/>
-    <w:rsid w:val="000D3496"/>
-[...5 lines deleted...]
-    <w:rsid w:val="000D5053"/>
+    <w:rsid w:val="000D3942"/>
+    <w:rsid w:val="000D3D34"/>
+    <w:rsid w:val="000D40E2"/>
+    <w:rsid w:val="000D53B6"/>
+    <w:rsid w:val="000D5836"/>
     <w:rsid w:val="000D59EC"/>
-    <w:rsid w:val="000D5D49"/>
-    <w:rsid w:val="000D6004"/>
+    <w:rsid w:val="000D5B3F"/>
+    <w:rsid w:val="000D5BB2"/>
+    <w:rsid w:val="000D5DA4"/>
+    <w:rsid w:val="000D5EC6"/>
+    <w:rsid w:val="000D6090"/>
     <w:rsid w:val="000D6218"/>
-    <w:rsid w:val="000D638E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000E16C3"/>
+    <w:rsid w:val="000D7237"/>
+    <w:rsid w:val="000D7523"/>
+    <w:rsid w:val="000D7F40"/>
+    <w:rsid w:val="000E0C8E"/>
+    <w:rsid w:val="000E15C0"/>
+    <w:rsid w:val="000E1FF1"/>
+    <w:rsid w:val="000E21D5"/>
     <w:rsid w:val="000E2A74"/>
-    <w:rsid w:val="000E3013"/>
-[...6 lines deleted...]
-    <w:rsid w:val="000E6936"/>
+    <w:rsid w:val="000E2ADC"/>
+    <w:rsid w:val="000E34FC"/>
+    <w:rsid w:val="000E35A0"/>
+    <w:rsid w:val="000E35FF"/>
+    <w:rsid w:val="000E4200"/>
+    <w:rsid w:val="000E42DD"/>
+    <w:rsid w:val="000E43AB"/>
+    <w:rsid w:val="000E444C"/>
+    <w:rsid w:val="000E46AA"/>
+    <w:rsid w:val="000E4D31"/>
+    <w:rsid w:val="000E50B1"/>
+    <w:rsid w:val="000E5E70"/>
     <w:rsid w:val="000E7764"/>
-    <w:rsid w:val="000E7B43"/>
+    <w:rsid w:val="000E7BEB"/>
+    <w:rsid w:val="000E7EFA"/>
+    <w:rsid w:val="000F025D"/>
+    <w:rsid w:val="000F0300"/>
+    <w:rsid w:val="000F049C"/>
     <w:rsid w:val="000F05B0"/>
-    <w:rsid w:val="000F0628"/>
+    <w:rsid w:val="000F071B"/>
+    <w:rsid w:val="000F1E26"/>
+    <w:rsid w:val="000F228D"/>
+    <w:rsid w:val="000F2A22"/>
+    <w:rsid w:val="000F2C67"/>
     <w:rsid w:val="000F2DF1"/>
-    <w:rsid w:val="000F3090"/>
-[...25 lines deleted...]
-    <w:rsid w:val="001132F9"/>
+    <w:rsid w:val="000F33D1"/>
+    <w:rsid w:val="000F3880"/>
+    <w:rsid w:val="000F43B1"/>
+    <w:rsid w:val="000F4E93"/>
+    <w:rsid w:val="000F5BAC"/>
+    <w:rsid w:val="000F6ADF"/>
+    <w:rsid w:val="000F7028"/>
+    <w:rsid w:val="000F77D6"/>
+    <w:rsid w:val="000F78F0"/>
+    <w:rsid w:val="00100879"/>
+    <w:rsid w:val="00100D68"/>
+    <w:rsid w:val="0010192B"/>
+    <w:rsid w:val="00101ACA"/>
+    <w:rsid w:val="00102671"/>
+    <w:rsid w:val="001026A8"/>
+    <w:rsid w:val="00102A02"/>
+    <w:rsid w:val="0010305C"/>
+    <w:rsid w:val="00103827"/>
+    <w:rsid w:val="00103926"/>
+    <w:rsid w:val="00103E7D"/>
+    <w:rsid w:val="001042D7"/>
+    <w:rsid w:val="0010465C"/>
+    <w:rsid w:val="00105FC2"/>
+    <w:rsid w:val="0010681D"/>
+    <w:rsid w:val="0010723A"/>
+    <w:rsid w:val="0011001B"/>
+    <w:rsid w:val="001112FC"/>
+    <w:rsid w:val="00112037"/>
+    <w:rsid w:val="0011240F"/>
+    <w:rsid w:val="001126EF"/>
+    <w:rsid w:val="00112756"/>
+    <w:rsid w:val="00112961"/>
+    <w:rsid w:val="00112BC6"/>
+    <w:rsid w:val="00112E51"/>
+    <w:rsid w:val="00113486"/>
+    <w:rsid w:val="00113639"/>
+    <w:rsid w:val="0011375A"/>
+    <w:rsid w:val="0011392D"/>
+    <w:rsid w:val="00113A56"/>
+    <w:rsid w:val="00113C53"/>
     <w:rsid w:val="0011431E"/>
-    <w:rsid w:val="00114459"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0011501E"/>
+    <w:rsid w:val="001143AE"/>
+    <w:rsid w:val="00114648"/>
+    <w:rsid w:val="0011471C"/>
+    <w:rsid w:val="00114CEC"/>
     <w:rsid w:val="00115143"/>
-    <w:rsid w:val="00116BC8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001249FF"/>
+    <w:rsid w:val="0011772B"/>
+    <w:rsid w:val="00120305"/>
+    <w:rsid w:val="00120379"/>
+    <w:rsid w:val="00120402"/>
+    <w:rsid w:val="00121D63"/>
+    <w:rsid w:val="00122988"/>
+    <w:rsid w:val="00122B35"/>
+    <w:rsid w:val="00122C3D"/>
+    <w:rsid w:val="00122E9A"/>
+    <w:rsid w:val="00123185"/>
+    <w:rsid w:val="0012344A"/>
+    <w:rsid w:val="001239F8"/>
+    <w:rsid w:val="00124499"/>
+    <w:rsid w:val="0012482C"/>
     <w:rsid w:val="0012501D"/>
-    <w:rsid w:val="00125AA1"/>
-[...24 lines deleted...]
-    <w:rsid w:val="001405FB"/>
+    <w:rsid w:val="00125503"/>
+    <w:rsid w:val="0012626D"/>
+    <w:rsid w:val="0012632F"/>
+    <w:rsid w:val="0012690B"/>
+    <w:rsid w:val="00126EA2"/>
+    <w:rsid w:val="00126FED"/>
+    <w:rsid w:val="0012707B"/>
+    <w:rsid w:val="00130542"/>
+    <w:rsid w:val="00130550"/>
+    <w:rsid w:val="00133616"/>
+    <w:rsid w:val="0013393B"/>
+    <w:rsid w:val="00133D03"/>
+    <w:rsid w:val="00134228"/>
+    <w:rsid w:val="00134722"/>
+    <w:rsid w:val="001348E9"/>
+    <w:rsid w:val="00134CDB"/>
+    <w:rsid w:val="00136346"/>
+    <w:rsid w:val="00136F86"/>
+    <w:rsid w:val="001372A4"/>
+    <w:rsid w:val="00140210"/>
     <w:rsid w:val="00140786"/>
-    <w:rsid w:val="0014109A"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00157ED0"/>
+    <w:rsid w:val="00140911"/>
+    <w:rsid w:val="00140DED"/>
+    <w:rsid w:val="00141132"/>
+    <w:rsid w:val="001415E1"/>
+    <w:rsid w:val="00141DC6"/>
+    <w:rsid w:val="001421AE"/>
+    <w:rsid w:val="001428E2"/>
+    <w:rsid w:val="00142D27"/>
+    <w:rsid w:val="0014415E"/>
+    <w:rsid w:val="0014437F"/>
+    <w:rsid w:val="00144588"/>
+    <w:rsid w:val="00144A97"/>
+    <w:rsid w:val="0014562C"/>
+    <w:rsid w:val="00145789"/>
+    <w:rsid w:val="00147044"/>
+    <w:rsid w:val="00147C3B"/>
+    <w:rsid w:val="00147F8D"/>
+    <w:rsid w:val="00150123"/>
+    <w:rsid w:val="00150A93"/>
+    <w:rsid w:val="001516A3"/>
+    <w:rsid w:val="00151C25"/>
+    <w:rsid w:val="00151C87"/>
+    <w:rsid w:val="00151DF9"/>
+    <w:rsid w:val="00152214"/>
+    <w:rsid w:val="001527C0"/>
+    <w:rsid w:val="00152B80"/>
+    <w:rsid w:val="00153575"/>
+    <w:rsid w:val="001550DC"/>
+    <w:rsid w:val="00155D9F"/>
     <w:rsid w:val="001600FA"/>
-    <w:rsid w:val="00160B89"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00162F54"/>
+    <w:rsid w:val="001605BF"/>
+    <w:rsid w:val="00160783"/>
+    <w:rsid w:val="00160F8B"/>
+    <w:rsid w:val="00161377"/>
+    <w:rsid w:val="00161C08"/>
+    <w:rsid w:val="00162401"/>
+    <w:rsid w:val="00162F68"/>
     <w:rsid w:val="0016325F"/>
-    <w:rsid w:val="00163311"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00163DD3"/>
+    <w:rsid w:val="00164677"/>
     <w:rsid w:val="00164740"/>
-    <w:rsid w:val="00164A45"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00166D82"/>
+    <w:rsid w:val="001656A1"/>
+    <w:rsid w:val="001656DD"/>
+    <w:rsid w:val="00165CB7"/>
+    <w:rsid w:val="00165EC4"/>
+    <w:rsid w:val="00165F8F"/>
+    <w:rsid w:val="001661DB"/>
+    <w:rsid w:val="001664CD"/>
+    <w:rsid w:val="00166581"/>
+    <w:rsid w:val="00166985"/>
     <w:rsid w:val="00167673"/>
-    <w:rsid w:val="00170707"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00177928"/>
+    <w:rsid w:val="00167A92"/>
+    <w:rsid w:val="00170861"/>
+    <w:rsid w:val="0017089E"/>
+    <w:rsid w:val="001721F2"/>
+    <w:rsid w:val="0017244C"/>
+    <w:rsid w:val="001732DB"/>
+    <w:rsid w:val="00173F06"/>
+    <w:rsid w:val="0017482A"/>
+    <w:rsid w:val="00174AC2"/>
+    <w:rsid w:val="00175FF0"/>
+    <w:rsid w:val="001765C4"/>
+    <w:rsid w:val="0018004A"/>
+    <w:rsid w:val="001800FF"/>
+    <w:rsid w:val="001803F5"/>
     <w:rsid w:val="001804A3"/>
     <w:rsid w:val="001804DD"/>
-    <w:rsid w:val="00180645"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0019366B"/>
+    <w:rsid w:val="0018066E"/>
+    <w:rsid w:val="00180F7B"/>
+    <w:rsid w:val="001811B6"/>
+    <w:rsid w:val="00181396"/>
+    <w:rsid w:val="001816FE"/>
+    <w:rsid w:val="00181EE7"/>
+    <w:rsid w:val="00181F7E"/>
+    <w:rsid w:val="00182B5E"/>
+    <w:rsid w:val="00183C4D"/>
+    <w:rsid w:val="0018435C"/>
+    <w:rsid w:val="00184976"/>
+    <w:rsid w:val="0018547E"/>
+    <w:rsid w:val="00185832"/>
+    <w:rsid w:val="00185BBB"/>
+    <w:rsid w:val="00185BD4"/>
+    <w:rsid w:val="00185F7E"/>
+    <w:rsid w:val="001864AB"/>
+    <w:rsid w:val="00190710"/>
+    <w:rsid w:val="00190E17"/>
+    <w:rsid w:val="00190F3E"/>
+    <w:rsid w:val="001933FE"/>
+    <w:rsid w:val="00193909"/>
     <w:rsid w:val="001939A2"/>
-    <w:rsid w:val="00193C28"/>
-    <w:rsid w:val="00194D50"/>
+    <w:rsid w:val="00193DBE"/>
+    <w:rsid w:val="00194FE4"/>
     <w:rsid w:val="00195147"/>
-    <w:rsid w:val="00195339"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00196545"/>
+    <w:rsid w:val="00195832"/>
+    <w:rsid w:val="001959EC"/>
     <w:rsid w:val="00196C9B"/>
-    <w:rsid w:val="00197043"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001A1B62"/>
+    <w:rsid w:val="00196ECE"/>
+    <w:rsid w:val="00197418"/>
+    <w:rsid w:val="00197A19"/>
+    <w:rsid w:val="00197F27"/>
+    <w:rsid w:val="001A0037"/>
+    <w:rsid w:val="001A061C"/>
+    <w:rsid w:val="001A0CEB"/>
+    <w:rsid w:val="001A0FC1"/>
+    <w:rsid w:val="001A1160"/>
+    <w:rsid w:val="001A1776"/>
+    <w:rsid w:val="001A1785"/>
     <w:rsid w:val="001A1EEC"/>
-    <w:rsid w:val="001A2105"/>
-    <w:rsid w:val="001A2588"/>
     <w:rsid w:val="001A2A86"/>
-    <w:rsid w:val="001A2D84"/>
-[...9 lines deleted...]
-    <w:rsid w:val="001B13C9"/>
+    <w:rsid w:val="001A2D9E"/>
+    <w:rsid w:val="001A3E3E"/>
+    <w:rsid w:val="001A4874"/>
+    <w:rsid w:val="001A5785"/>
+    <w:rsid w:val="001A5F89"/>
+    <w:rsid w:val="001A73D9"/>
+    <w:rsid w:val="001A7B33"/>
+    <w:rsid w:val="001B00CF"/>
+    <w:rsid w:val="001B0554"/>
+    <w:rsid w:val="001B0744"/>
+    <w:rsid w:val="001B14D1"/>
     <w:rsid w:val="001B155F"/>
     <w:rsid w:val="001B172F"/>
-    <w:rsid w:val="001B19DF"/>
-[...18 lines deleted...]
-    <w:rsid w:val="001C1C1E"/>
+    <w:rsid w:val="001B20B4"/>
+    <w:rsid w:val="001B2373"/>
+    <w:rsid w:val="001B2449"/>
+    <w:rsid w:val="001B2B25"/>
+    <w:rsid w:val="001B3A09"/>
+    <w:rsid w:val="001B3AE2"/>
+    <w:rsid w:val="001B4093"/>
+    <w:rsid w:val="001B470E"/>
+    <w:rsid w:val="001B4974"/>
+    <w:rsid w:val="001B4A88"/>
+    <w:rsid w:val="001B6021"/>
+    <w:rsid w:val="001B654D"/>
+    <w:rsid w:val="001B76D8"/>
+    <w:rsid w:val="001B7E0C"/>
+    <w:rsid w:val="001C077E"/>
+    <w:rsid w:val="001C1955"/>
+    <w:rsid w:val="001C230C"/>
+    <w:rsid w:val="001C2816"/>
     <w:rsid w:val="001C2980"/>
-    <w:rsid w:val="001C2C09"/>
-[...9 lines deleted...]
-    <w:rsid w:val="001C7FA2"/>
+    <w:rsid w:val="001C2B45"/>
+    <w:rsid w:val="001C2DD7"/>
+    <w:rsid w:val="001C3640"/>
+    <w:rsid w:val="001C3E19"/>
+    <w:rsid w:val="001C4582"/>
+    <w:rsid w:val="001C4C91"/>
+    <w:rsid w:val="001C4D72"/>
+    <w:rsid w:val="001C5171"/>
+    <w:rsid w:val="001C589B"/>
+    <w:rsid w:val="001C5BDE"/>
+    <w:rsid w:val="001C5D1A"/>
+    <w:rsid w:val="001C6031"/>
+    <w:rsid w:val="001C696F"/>
+    <w:rsid w:val="001C6C68"/>
+    <w:rsid w:val="001C6EE9"/>
+    <w:rsid w:val="001D0400"/>
+    <w:rsid w:val="001D080E"/>
     <w:rsid w:val="001D0C64"/>
-    <w:rsid w:val="001D0D8E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001D3513"/>
+    <w:rsid w:val="001D150B"/>
+    <w:rsid w:val="001D17E5"/>
+    <w:rsid w:val="001D37BC"/>
     <w:rsid w:val="001D3CDB"/>
-    <w:rsid w:val="001D3DEE"/>
-    <w:rsid w:val="001D4E98"/>
+    <w:rsid w:val="001D3D8A"/>
+    <w:rsid w:val="001D44D1"/>
     <w:rsid w:val="001D5411"/>
-    <w:rsid w:val="001D5B2F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001D6410"/>
+    <w:rsid w:val="001D57EC"/>
+    <w:rsid w:val="001D5A96"/>
+    <w:rsid w:val="001D5BCA"/>
+    <w:rsid w:val="001D62D4"/>
+    <w:rsid w:val="001D651B"/>
+    <w:rsid w:val="001D6599"/>
+    <w:rsid w:val="001D6612"/>
     <w:rsid w:val="001D66B8"/>
-    <w:rsid w:val="001D7122"/>
-[...7 lines deleted...]
-    <w:rsid w:val="001E3603"/>
+    <w:rsid w:val="001D74C5"/>
+    <w:rsid w:val="001D7519"/>
+    <w:rsid w:val="001D7B05"/>
+    <w:rsid w:val="001D7C4F"/>
+    <w:rsid w:val="001E0307"/>
+    <w:rsid w:val="001E05B2"/>
+    <w:rsid w:val="001E0BDB"/>
+    <w:rsid w:val="001E0ED0"/>
+    <w:rsid w:val="001E1060"/>
+    <w:rsid w:val="001E13D1"/>
+    <w:rsid w:val="001E1DEF"/>
+    <w:rsid w:val="001E2DC3"/>
+    <w:rsid w:val="001E3433"/>
+    <w:rsid w:val="001E35A4"/>
     <w:rsid w:val="001E3736"/>
+    <w:rsid w:val="001E39BA"/>
     <w:rsid w:val="001E39F7"/>
+    <w:rsid w:val="001E3D18"/>
     <w:rsid w:val="001E425C"/>
-    <w:rsid w:val="001E46B3"/>
+    <w:rsid w:val="001E49C1"/>
     <w:rsid w:val="001E4CAE"/>
-    <w:rsid w:val="001E5381"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E5B59"/>
     <w:rsid w:val="001E5C99"/>
-    <w:rsid w:val="001F0C91"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001F2781"/>
+    <w:rsid w:val="001E68AD"/>
+    <w:rsid w:val="001E6A1E"/>
+    <w:rsid w:val="001E6AFA"/>
+    <w:rsid w:val="001F02E5"/>
+    <w:rsid w:val="001F06AE"/>
+    <w:rsid w:val="001F0A90"/>
+    <w:rsid w:val="001F16DC"/>
+    <w:rsid w:val="001F1A23"/>
+    <w:rsid w:val="001F1C0D"/>
+    <w:rsid w:val="001F1E30"/>
     <w:rsid w:val="001F298F"/>
-    <w:rsid w:val="001F2D8F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="0020447D"/>
+    <w:rsid w:val="001F3B2E"/>
+    <w:rsid w:val="001F3CE1"/>
+    <w:rsid w:val="001F4432"/>
+    <w:rsid w:val="001F5D45"/>
+    <w:rsid w:val="001F7CC2"/>
+    <w:rsid w:val="0020028B"/>
+    <w:rsid w:val="00200904"/>
+    <w:rsid w:val="00200ED5"/>
+    <w:rsid w:val="00201A3D"/>
+    <w:rsid w:val="00201B19"/>
+    <w:rsid w:val="00201EEF"/>
+    <w:rsid w:val="0020314A"/>
+    <w:rsid w:val="00203216"/>
+    <w:rsid w:val="0020391A"/>
+    <w:rsid w:val="00203CD4"/>
+    <w:rsid w:val="00203D8F"/>
+    <w:rsid w:val="002048AF"/>
     <w:rsid w:val="00204AA2"/>
-    <w:rsid w:val="00204E29"/>
-[...9 lines deleted...]
-    <w:rsid w:val="0021418B"/>
+    <w:rsid w:val="002066A3"/>
+    <w:rsid w:val="00206918"/>
+    <w:rsid w:val="0020700A"/>
+    <w:rsid w:val="0021188F"/>
+    <w:rsid w:val="00211B1F"/>
+    <w:rsid w:val="00212145"/>
+    <w:rsid w:val="00212345"/>
+    <w:rsid w:val="00212849"/>
+    <w:rsid w:val="00212C88"/>
+    <w:rsid w:val="00213074"/>
+    <w:rsid w:val="002138A1"/>
+    <w:rsid w:val="00213D02"/>
+    <w:rsid w:val="002141FA"/>
+    <w:rsid w:val="0021420F"/>
+    <w:rsid w:val="00214417"/>
     <w:rsid w:val="00214C59"/>
-    <w:rsid w:val="0021518F"/>
-[...12 lines deleted...]
-    <w:rsid w:val="002245C8"/>
+    <w:rsid w:val="00214E5C"/>
+    <w:rsid w:val="002156AD"/>
+    <w:rsid w:val="00215A5B"/>
+    <w:rsid w:val="00216B95"/>
+    <w:rsid w:val="002171D2"/>
+    <w:rsid w:val="002175EB"/>
+    <w:rsid w:val="00217FC1"/>
+    <w:rsid w:val="0022079B"/>
+    <w:rsid w:val="00220A46"/>
+    <w:rsid w:val="00220B80"/>
+    <w:rsid w:val="0022138C"/>
+    <w:rsid w:val="0022151F"/>
+    <w:rsid w:val="002227A4"/>
     <w:rsid w:val="002250CC"/>
-    <w:rsid w:val="002251CF"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00231263"/>
+    <w:rsid w:val="00225729"/>
+    <w:rsid w:val="002259F7"/>
+    <w:rsid w:val="00226147"/>
+    <w:rsid w:val="002273AC"/>
+    <w:rsid w:val="00227DCA"/>
+    <w:rsid w:val="00230504"/>
+    <w:rsid w:val="00230DC6"/>
+    <w:rsid w:val="00231138"/>
+    <w:rsid w:val="00231E8C"/>
     <w:rsid w:val="00231EA9"/>
-    <w:rsid w:val="00231FFA"/>
-    <w:rsid w:val="0023280A"/>
+    <w:rsid w:val="00232ADD"/>
     <w:rsid w:val="00234284"/>
-    <w:rsid w:val="0023442F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00237318"/>
+    <w:rsid w:val="002352EA"/>
+    <w:rsid w:val="0023558B"/>
+    <w:rsid w:val="002355D3"/>
+    <w:rsid w:val="00235922"/>
+    <w:rsid w:val="00235C33"/>
+    <w:rsid w:val="00237488"/>
     <w:rsid w:val="00237564"/>
-    <w:rsid w:val="002376AC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0024031D"/>
+    <w:rsid w:val="002376B1"/>
+    <w:rsid w:val="00237F2D"/>
+    <w:rsid w:val="002401DF"/>
+    <w:rsid w:val="002409BF"/>
     <w:rsid w:val="00241381"/>
-    <w:rsid w:val="0024154A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00243348"/>
+    <w:rsid w:val="002424D9"/>
+    <w:rsid w:val="002433AE"/>
+    <w:rsid w:val="00243F41"/>
     <w:rsid w:val="0024415E"/>
-    <w:rsid w:val="002446F1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00245896"/>
+    <w:rsid w:val="0024480F"/>
+    <w:rsid w:val="00244CD5"/>
+    <w:rsid w:val="002456D8"/>
+    <w:rsid w:val="00245742"/>
+    <w:rsid w:val="002459D3"/>
     <w:rsid w:val="002459D6"/>
-    <w:rsid w:val="002479A5"/>
+    <w:rsid w:val="0024682C"/>
+    <w:rsid w:val="00246A18"/>
+    <w:rsid w:val="00250229"/>
     <w:rsid w:val="0025071C"/>
-    <w:rsid w:val="0025146B"/>
-[...33 lines deleted...]
-    <w:rsid w:val="002725B4"/>
+    <w:rsid w:val="0025128A"/>
+    <w:rsid w:val="00251AC1"/>
+    <w:rsid w:val="00251FF7"/>
+    <w:rsid w:val="00252500"/>
+    <w:rsid w:val="00252F7C"/>
+    <w:rsid w:val="00255459"/>
+    <w:rsid w:val="0025756F"/>
+    <w:rsid w:val="002578B1"/>
+    <w:rsid w:val="002579D2"/>
+    <w:rsid w:val="00257E5C"/>
+    <w:rsid w:val="00260069"/>
+    <w:rsid w:val="002605A4"/>
+    <w:rsid w:val="002608C2"/>
+    <w:rsid w:val="00260A62"/>
+    <w:rsid w:val="002626CD"/>
+    <w:rsid w:val="00262D6D"/>
+    <w:rsid w:val="00262DF9"/>
+    <w:rsid w:val="00263585"/>
+    <w:rsid w:val="00263747"/>
+    <w:rsid w:val="00263942"/>
+    <w:rsid w:val="00263F5B"/>
+    <w:rsid w:val="002641C3"/>
+    <w:rsid w:val="00264C7F"/>
+    <w:rsid w:val="00264D4D"/>
+    <w:rsid w:val="0026521B"/>
+    <w:rsid w:val="002659AF"/>
+    <w:rsid w:val="00265AE2"/>
+    <w:rsid w:val="002668DF"/>
+    <w:rsid w:val="00270146"/>
+    <w:rsid w:val="00272D9E"/>
+    <w:rsid w:val="0027311C"/>
+    <w:rsid w:val="00273340"/>
+    <w:rsid w:val="00273FAE"/>
     <w:rsid w:val="00274632"/>
-    <w:rsid w:val="00276378"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00280550"/>
+    <w:rsid w:val="00274652"/>
+    <w:rsid w:val="00275874"/>
+    <w:rsid w:val="00275CF9"/>
+    <w:rsid w:val="00275E4C"/>
+    <w:rsid w:val="00276DD4"/>
+    <w:rsid w:val="00277D5D"/>
+    <w:rsid w:val="00280764"/>
+    <w:rsid w:val="002807E8"/>
+    <w:rsid w:val="002811FA"/>
     <w:rsid w:val="00281E2B"/>
-    <w:rsid w:val="00282D8F"/>
-[...22 lines deleted...]
-    <w:rsid w:val="002A1DB2"/>
+    <w:rsid w:val="00282026"/>
+    <w:rsid w:val="00282400"/>
+    <w:rsid w:val="00283854"/>
+    <w:rsid w:val="0028440E"/>
+    <w:rsid w:val="00284EAE"/>
+    <w:rsid w:val="002851FA"/>
+    <w:rsid w:val="00285BA5"/>
+    <w:rsid w:val="00285C63"/>
+    <w:rsid w:val="002860B2"/>
+    <w:rsid w:val="00286F4D"/>
+    <w:rsid w:val="00287C65"/>
+    <w:rsid w:val="00287F60"/>
+    <w:rsid w:val="002904B2"/>
+    <w:rsid w:val="00290C03"/>
+    <w:rsid w:val="00291004"/>
+    <w:rsid w:val="0029129E"/>
+    <w:rsid w:val="002912F4"/>
+    <w:rsid w:val="00291560"/>
+    <w:rsid w:val="00292376"/>
+    <w:rsid w:val="00292D94"/>
+    <w:rsid w:val="00293372"/>
+    <w:rsid w:val="002945A1"/>
+    <w:rsid w:val="002947E4"/>
+    <w:rsid w:val="00294AEB"/>
+    <w:rsid w:val="00294FD1"/>
+    <w:rsid w:val="00295159"/>
+    <w:rsid w:val="002953C2"/>
+    <w:rsid w:val="00295993"/>
+    <w:rsid w:val="002959FA"/>
+    <w:rsid w:val="00296350"/>
+    <w:rsid w:val="00296690"/>
+    <w:rsid w:val="00296F7C"/>
+    <w:rsid w:val="002A0181"/>
+    <w:rsid w:val="002A117D"/>
+    <w:rsid w:val="002A12D1"/>
+    <w:rsid w:val="002A12D7"/>
     <w:rsid w:val="002A1E2F"/>
-    <w:rsid w:val="002A2106"/>
-[...16 lines deleted...]
-    <w:rsid w:val="002C1266"/>
+    <w:rsid w:val="002A2030"/>
+    <w:rsid w:val="002A2C8D"/>
+    <w:rsid w:val="002A3C5C"/>
+    <w:rsid w:val="002A3D61"/>
+    <w:rsid w:val="002A4550"/>
+    <w:rsid w:val="002A46FE"/>
+    <w:rsid w:val="002A50B2"/>
+    <w:rsid w:val="002A6C81"/>
+    <w:rsid w:val="002A72A4"/>
+    <w:rsid w:val="002A73A7"/>
+    <w:rsid w:val="002A7C4B"/>
+    <w:rsid w:val="002B0146"/>
+    <w:rsid w:val="002B09DF"/>
+    <w:rsid w:val="002B0C91"/>
+    <w:rsid w:val="002B1C79"/>
+    <w:rsid w:val="002B1DF5"/>
+    <w:rsid w:val="002B1FA0"/>
+    <w:rsid w:val="002B263B"/>
+    <w:rsid w:val="002B2CD2"/>
+    <w:rsid w:val="002B4BA0"/>
+    <w:rsid w:val="002B5370"/>
+    <w:rsid w:val="002B5B9A"/>
+    <w:rsid w:val="002B5DCB"/>
+    <w:rsid w:val="002B6482"/>
+    <w:rsid w:val="002B6808"/>
+    <w:rsid w:val="002B7E0C"/>
+    <w:rsid w:val="002B7E57"/>
+    <w:rsid w:val="002C0F10"/>
+    <w:rsid w:val="002C1517"/>
     <w:rsid w:val="002C183B"/>
-    <w:rsid w:val="002C2B37"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002D32A2"/>
+    <w:rsid w:val="002C1BBA"/>
+    <w:rsid w:val="002C1CA3"/>
+    <w:rsid w:val="002C2AF8"/>
+    <w:rsid w:val="002C2DEC"/>
+    <w:rsid w:val="002C2FFD"/>
+    <w:rsid w:val="002C376C"/>
+    <w:rsid w:val="002C37AB"/>
+    <w:rsid w:val="002C3A3A"/>
+    <w:rsid w:val="002C3FBA"/>
+    <w:rsid w:val="002C5C86"/>
+    <w:rsid w:val="002C6134"/>
+    <w:rsid w:val="002C6A5D"/>
+    <w:rsid w:val="002C714F"/>
+    <w:rsid w:val="002C74B7"/>
+    <w:rsid w:val="002D0D3A"/>
+    <w:rsid w:val="002D10C3"/>
+    <w:rsid w:val="002D13F4"/>
+    <w:rsid w:val="002D15E8"/>
+    <w:rsid w:val="002D1BC4"/>
+    <w:rsid w:val="002D226E"/>
+    <w:rsid w:val="002D2AD4"/>
     <w:rsid w:val="002D36B1"/>
+    <w:rsid w:val="002D3904"/>
     <w:rsid w:val="002D39DD"/>
     <w:rsid w:val="002D3A24"/>
-    <w:rsid w:val="002D3E0F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="002E3F2C"/>
+    <w:rsid w:val="002D3E79"/>
+    <w:rsid w:val="002D4D60"/>
+    <w:rsid w:val="002D554A"/>
+    <w:rsid w:val="002D7034"/>
+    <w:rsid w:val="002D7A14"/>
+    <w:rsid w:val="002E11BC"/>
+    <w:rsid w:val="002E197F"/>
+    <w:rsid w:val="002E25E1"/>
+    <w:rsid w:val="002E34DB"/>
+    <w:rsid w:val="002E3DA2"/>
+    <w:rsid w:val="002E4929"/>
     <w:rsid w:val="002E4AB4"/>
-    <w:rsid w:val="002E4CEC"/>
-    <w:rsid w:val="002E52BD"/>
     <w:rsid w:val="002E61E0"/>
     <w:rsid w:val="002E65C9"/>
-    <w:rsid w:val="002E7610"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002E7ECC"/>
+    <w:rsid w:val="002E68EA"/>
     <w:rsid w:val="002F0142"/>
-    <w:rsid w:val="002F0F2F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00300908"/>
+    <w:rsid w:val="002F01AE"/>
+    <w:rsid w:val="002F06CC"/>
+    <w:rsid w:val="002F08B6"/>
+    <w:rsid w:val="002F0B14"/>
+    <w:rsid w:val="002F1244"/>
+    <w:rsid w:val="002F159A"/>
+    <w:rsid w:val="002F18E2"/>
+    <w:rsid w:val="002F219A"/>
+    <w:rsid w:val="002F2812"/>
+    <w:rsid w:val="002F2E04"/>
+    <w:rsid w:val="002F2E42"/>
+    <w:rsid w:val="002F36F2"/>
+    <w:rsid w:val="002F3B30"/>
+    <w:rsid w:val="002F5085"/>
+    <w:rsid w:val="002F530B"/>
+    <w:rsid w:val="002F61EE"/>
+    <w:rsid w:val="002F6324"/>
+    <w:rsid w:val="002F65BD"/>
+    <w:rsid w:val="002F69DA"/>
+    <w:rsid w:val="002F6CED"/>
+    <w:rsid w:val="002F7032"/>
+    <w:rsid w:val="002F7BF0"/>
+    <w:rsid w:val="002F7EB6"/>
+    <w:rsid w:val="002F7F0D"/>
+    <w:rsid w:val="0030098A"/>
     <w:rsid w:val="00300B6D"/>
-    <w:rsid w:val="00301C02"/>
-[...6 lines deleted...]
-    <w:rsid w:val="0030588C"/>
+    <w:rsid w:val="00300C57"/>
+    <w:rsid w:val="0030102B"/>
+    <w:rsid w:val="00301339"/>
+    <w:rsid w:val="0030164E"/>
+    <w:rsid w:val="003016F1"/>
+    <w:rsid w:val="00301B60"/>
+    <w:rsid w:val="00302717"/>
+    <w:rsid w:val="00302AA0"/>
+    <w:rsid w:val="00303790"/>
+    <w:rsid w:val="0030382B"/>
+    <w:rsid w:val="00303D88"/>
+    <w:rsid w:val="00304A13"/>
+    <w:rsid w:val="00305124"/>
+    <w:rsid w:val="003057FA"/>
+    <w:rsid w:val="00305A14"/>
+    <w:rsid w:val="00305C59"/>
     <w:rsid w:val="00306329"/>
-    <w:rsid w:val="00306518"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0031193E"/>
+    <w:rsid w:val="00306D17"/>
+    <w:rsid w:val="00306DB2"/>
+    <w:rsid w:val="0031008D"/>
+    <w:rsid w:val="0031078B"/>
+    <w:rsid w:val="00310D71"/>
+    <w:rsid w:val="00311661"/>
+    <w:rsid w:val="00311935"/>
     <w:rsid w:val="00311EB5"/>
-    <w:rsid w:val="00312037"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00314487"/>
+    <w:rsid w:val="00313064"/>
+    <w:rsid w:val="003131AC"/>
+    <w:rsid w:val="00313C34"/>
     <w:rsid w:val="003146B7"/>
     <w:rsid w:val="003148D7"/>
-    <w:rsid w:val="00314BF8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00320F07"/>
+    <w:rsid w:val="00314D63"/>
+    <w:rsid w:val="00315E64"/>
+    <w:rsid w:val="0031617D"/>
+    <w:rsid w:val="00316794"/>
+    <w:rsid w:val="00316F13"/>
+    <w:rsid w:val="00317E39"/>
+    <w:rsid w:val="003200B1"/>
+    <w:rsid w:val="003207C3"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="0032176F"/>
+    <w:rsid w:val="00321BC2"/>
     <w:rsid w:val="0032268E"/>
-    <w:rsid w:val="0032273B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00323378"/>
     <w:rsid w:val="00323BAD"/>
-    <w:rsid w:val="00323BDD"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00331C36"/>
+    <w:rsid w:val="00324068"/>
+    <w:rsid w:val="003240CC"/>
+    <w:rsid w:val="00324C6A"/>
+    <w:rsid w:val="00324F36"/>
+    <w:rsid w:val="00325469"/>
+    <w:rsid w:val="00325F7E"/>
+    <w:rsid w:val="003276C2"/>
+    <w:rsid w:val="00327DE1"/>
+    <w:rsid w:val="00327EC7"/>
+    <w:rsid w:val="00330EE5"/>
+    <w:rsid w:val="0033140E"/>
+    <w:rsid w:val="00331416"/>
+    <w:rsid w:val="00331C05"/>
     <w:rsid w:val="00331C73"/>
-    <w:rsid w:val="0033209F"/>
-[...15 lines deleted...]
-    <w:rsid w:val="0034527A"/>
+    <w:rsid w:val="003325A7"/>
+    <w:rsid w:val="003333EE"/>
+    <w:rsid w:val="00333568"/>
+    <w:rsid w:val="00334E51"/>
+    <w:rsid w:val="00334F57"/>
+    <w:rsid w:val="00335442"/>
+    <w:rsid w:val="00335858"/>
+    <w:rsid w:val="00336D2A"/>
+    <w:rsid w:val="00336F32"/>
+    <w:rsid w:val="003372C9"/>
+    <w:rsid w:val="003378D0"/>
+    <w:rsid w:val="00337ACB"/>
+    <w:rsid w:val="00337B89"/>
+    <w:rsid w:val="00340655"/>
+    <w:rsid w:val="00340A02"/>
+    <w:rsid w:val="0034150B"/>
+    <w:rsid w:val="00341D9D"/>
+    <w:rsid w:val="003424D8"/>
+    <w:rsid w:val="00342915"/>
+    <w:rsid w:val="00342B82"/>
+    <w:rsid w:val="00343985"/>
+    <w:rsid w:val="00343A49"/>
+    <w:rsid w:val="0034445E"/>
+    <w:rsid w:val="00344CB5"/>
     <w:rsid w:val="003455C9"/>
-    <w:rsid w:val="00345978"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00350C25"/>
+    <w:rsid w:val="003464E0"/>
+    <w:rsid w:val="00347F53"/>
+    <w:rsid w:val="003501B2"/>
+    <w:rsid w:val="0035028D"/>
+    <w:rsid w:val="0035031B"/>
+    <w:rsid w:val="0035054E"/>
     <w:rsid w:val="00350D5E"/>
     <w:rsid w:val="00350EA9"/>
-    <w:rsid w:val="00351997"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00355CA2"/>
+    <w:rsid w:val="00351785"/>
+    <w:rsid w:val="00351B3A"/>
+    <w:rsid w:val="00351BBA"/>
+    <w:rsid w:val="00351E96"/>
+    <w:rsid w:val="003525FF"/>
+    <w:rsid w:val="00352F04"/>
+    <w:rsid w:val="003537B7"/>
+    <w:rsid w:val="003551DB"/>
     <w:rsid w:val="00355DE7"/>
-    <w:rsid w:val="00356E66"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00365AE4"/>
+    <w:rsid w:val="00355F6A"/>
+    <w:rsid w:val="00356092"/>
+    <w:rsid w:val="0035669C"/>
+    <w:rsid w:val="003569ED"/>
+    <w:rsid w:val="00356A5D"/>
+    <w:rsid w:val="003603E4"/>
+    <w:rsid w:val="00360443"/>
+    <w:rsid w:val="00360D0C"/>
+    <w:rsid w:val="00360F08"/>
+    <w:rsid w:val="00360FFC"/>
+    <w:rsid w:val="00361542"/>
+    <w:rsid w:val="003616AB"/>
+    <w:rsid w:val="00361D38"/>
+    <w:rsid w:val="003621A8"/>
+    <w:rsid w:val="00362335"/>
+    <w:rsid w:val="0036256B"/>
+    <w:rsid w:val="00362D44"/>
+    <w:rsid w:val="00362DBB"/>
+    <w:rsid w:val="00363555"/>
+    <w:rsid w:val="003637DA"/>
+    <w:rsid w:val="00365239"/>
     <w:rsid w:val="00365D3D"/>
-    <w:rsid w:val="00366922"/>
-    <w:rsid w:val="00366951"/>
+    <w:rsid w:val="003663D1"/>
+    <w:rsid w:val="00366686"/>
+    <w:rsid w:val="00366BBB"/>
+    <w:rsid w:val="003670F6"/>
+    <w:rsid w:val="003671B0"/>
+    <w:rsid w:val="00367422"/>
+    <w:rsid w:val="00367FFD"/>
+    <w:rsid w:val="00370132"/>
     <w:rsid w:val="00370336"/>
-    <w:rsid w:val="003703E3"/>
-    <w:rsid w:val="00370B1D"/>
+    <w:rsid w:val="00370AA5"/>
     <w:rsid w:val="00371121"/>
     <w:rsid w:val="0037137C"/>
-    <w:rsid w:val="003714BC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003733D5"/>
+    <w:rsid w:val="003720D4"/>
+    <w:rsid w:val="003727AF"/>
     <w:rsid w:val="0037342F"/>
-    <w:rsid w:val="0037384C"/>
+    <w:rsid w:val="00373AF1"/>
     <w:rsid w:val="00373E6B"/>
     <w:rsid w:val="00375572"/>
-    <w:rsid w:val="00375F02"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00387A10"/>
+    <w:rsid w:val="00375924"/>
+    <w:rsid w:val="003761F3"/>
+    <w:rsid w:val="0037695F"/>
+    <w:rsid w:val="00376CC6"/>
+    <w:rsid w:val="0037705A"/>
+    <w:rsid w:val="00381087"/>
+    <w:rsid w:val="00382581"/>
+    <w:rsid w:val="00383EAF"/>
+    <w:rsid w:val="00385318"/>
+    <w:rsid w:val="00385CC1"/>
+    <w:rsid w:val="00386750"/>
+    <w:rsid w:val="00386D97"/>
+    <w:rsid w:val="00386EB5"/>
+    <w:rsid w:val="00387388"/>
+    <w:rsid w:val="00387851"/>
+    <w:rsid w:val="00387B0C"/>
     <w:rsid w:val="00387B1C"/>
+    <w:rsid w:val="00390315"/>
+    <w:rsid w:val="00390C1E"/>
+    <w:rsid w:val="00391B81"/>
     <w:rsid w:val="00391CB2"/>
-    <w:rsid w:val="00391EB5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00395270"/>
+    <w:rsid w:val="003925AA"/>
+    <w:rsid w:val="0039291D"/>
+    <w:rsid w:val="00392C9C"/>
+    <w:rsid w:val="00393BE9"/>
+    <w:rsid w:val="00394069"/>
+    <w:rsid w:val="003947D3"/>
+    <w:rsid w:val="0039492C"/>
+    <w:rsid w:val="00394BAB"/>
+    <w:rsid w:val="003950BD"/>
+    <w:rsid w:val="003956A9"/>
+    <w:rsid w:val="00395745"/>
     <w:rsid w:val="003959FB"/>
+    <w:rsid w:val="00395AD6"/>
+    <w:rsid w:val="003960B8"/>
+    <w:rsid w:val="00396BB4"/>
     <w:rsid w:val="0039714C"/>
-    <w:rsid w:val="00397B44"/>
-    <w:rsid w:val="003A0121"/>
+    <w:rsid w:val="0039753D"/>
+    <w:rsid w:val="0039772F"/>
+    <w:rsid w:val="003977C6"/>
+    <w:rsid w:val="00397992"/>
     <w:rsid w:val="003A016A"/>
+    <w:rsid w:val="003A0200"/>
+    <w:rsid w:val="003A0AA0"/>
+    <w:rsid w:val="003A138E"/>
+    <w:rsid w:val="003A140A"/>
+    <w:rsid w:val="003A1A9E"/>
+    <w:rsid w:val="003A1DBF"/>
+    <w:rsid w:val="003A2024"/>
     <w:rsid w:val="003A234C"/>
-    <w:rsid w:val="003A26D2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003A35A6"/>
+    <w:rsid w:val="003A33D9"/>
+    <w:rsid w:val="003A3825"/>
+    <w:rsid w:val="003A3BE0"/>
     <w:rsid w:val="003A3E79"/>
-    <w:rsid w:val="003A4543"/>
-[...13 lines deleted...]
-    <w:rsid w:val="003B40B5"/>
+    <w:rsid w:val="003A4804"/>
+    <w:rsid w:val="003A4811"/>
+    <w:rsid w:val="003A4CAC"/>
+    <w:rsid w:val="003A4DB7"/>
+    <w:rsid w:val="003A4EE8"/>
+    <w:rsid w:val="003A4F27"/>
+    <w:rsid w:val="003A55C1"/>
+    <w:rsid w:val="003A5FE9"/>
+    <w:rsid w:val="003A6240"/>
+    <w:rsid w:val="003A656C"/>
+    <w:rsid w:val="003A7187"/>
+    <w:rsid w:val="003A7900"/>
+    <w:rsid w:val="003B07EE"/>
+    <w:rsid w:val="003B108C"/>
+    <w:rsid w:val="003B12B7"/>
+    <w:rsid w:val="003B14D7"/>
+    <w:rsid w:val="003B177C"/>
+    <w:rsid w:val="003B1787"/>
+    <w:rsid w:val="003B17B9"/>
+    <w:rsid w:val="003B2502"/>
+    <w:rsid w:val="003B277D"/>
+    <w:rsid w:val="003B2A99"/>
+    <w:rsid w:val="003B3131"/>
     <w:rsid w:val="003B49C2"/>
-    <w:rsid w:val="003B4AA2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003C1F37"/>
+    <w:rsid w:val="003B502C"/>
+    <w:rsid w:val="003B5395"/>
+    <w:rsid w:val="003B5C2D"/>
+    <w:rsid w:val="003B5DDC"/>
+    <w:rsid w:val="003B621F"/>
+    <w:rsid w:val="003B6286"/>
+    <w:rsid w:val="003B6724"/>
+    <w:rsid w:val="003B68E1"/>
+    <w:rsid w:val="003B6DE5"/>
+    <w:rsid w:val="003B71A4"/>
+    <w:rsid w:val="003B7E98"/>
+    <w:rsid w:val="003C0B46"/>
+    <w:rsid w:val="003C0B70"/>
+    <w:rsid w:val="003C0B9E"/>
+    <w:rsid w:val="003C0BBA"/>
+    <w:rsid w:val="003C0F67"/>
+    <w:rsid w:val="003C0FDB"/>
+    <w:rsid w:val="003C1224"/>
+    <w:rsid w:val="003C17FE"/>
+    <w:rsid w:val="003C241F"/>
     <w:rsid w:val="003C2503"/>
-    <w:rsid w:val="003C281A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003C538E"/>
+    <w:rsid w:val="003C26ED"/>
+    <w:rsid w:val="003C43E7"/>
+    <w:rsid w:val="003C4D23"/>
+    <w:rsid w:val="003C4E12"/>
     <w:rsid w:val="003C54FC"/>
-    <w:rsid w:val="003C5790"/>
-[...16 lines deleted...]
-    <w:rsid w:val="003E18E4"/>
+    <w:rsid w:val="003C576F"/>
+    <w:rsid w:val="003C5E0A"/>
+    <w:rsid w:val="003C7EE1"/>
+    <w:rsid w:val="003D014A"/>
+    <w:rsid w:val="003D1DA5"/>
+    <w:rsid w:val="003D37D8"/>
+    <w:rsid w:val="003D45C9"/>
+    <w:rsid w:val="003D4643"/>
+    <w:rsid w:val="003D4B27"/>
+    <w:rsid w:val="003D4C23"/>
+    <w:rsid w:val="003D512D"/>
+    <w:rsid w:val="003D5A48"/>
+    <w:rsid w:val="003D5CC3"/>
+    <w:rsid w:val="003D669C"/>
+    <w:rsid w:val="003D7FCE"/>
+    <w:rsid w:val="003E0510"/>
+    <w:rsid w:val="003E0D8C"/>
+    <w:rsid w:val="003E1412"/>
+    <w:rsid w:val="003E17FC"/>
+    <w:rsid w:val="003E3544"/>
     <w:rsid w:val="003E37AE"/>
-    <w:rsid w:val="003E3844"/>
-    <w:rsid w:val="003E4732"/>
+    <w:rsid w:val="003E3A99"/>
+    <w:rsid w:val="003E4881"/>
     <w:rsid w:val="003E4932"/>
-    <w:rsid w:val="003E4CB5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003E75DB"/>
+    <w:rsid w:val="003E4E32"/>
+    <w:rsid w:val="003E5817"/>
+    <w:rsid w:val="003E5AFF"/>
+    <w:rsid w:val="003E69BB"/>
+    <w:rsid w:val="003E7224"/>
+    <w:rsid w:val="003E7E0E"/>
     <w:rsid w:val="003E7F14"/>
-    <w:rsid w:val="003F03A3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003F16B5"/>
+    <w:rsid w:val="003F072D"/>
+    <w:rsid w:val="003F08EC"/>
+    <w:rsid w:val="003F0B3D"/>
+    <w:rsid w:val="003F153E"/>
+    <w:rsid w:val="003F1560"/>
     <w:rsid w:val="003F18EA"/>
-    <w:rsid w:val="003F19AA"/>
-[...8 lines deleted...]
-    <w:rsid w:val="003F776D"/>
+    <w:rsid w:val="003F1D82"/>
+    <w:rsid w:val="003F1FBF"/>
+    <w:rsid w:val="003F20E2"/>
+    <w:rsid w:val="003F23CA"/>
+    <w:rsid w:val="003F2C6E"/>
+    <w:rsid w:val="003F39BB"/>
+    <w:rsid w:val="003F3A08"/>
+    <w:rsid w:val="003F3C29"/>
+    <w:rsid w:val="003F496E"/>
+    <w:rsid w:val="003F5DA8"/>
+    <w:rsid w:val="003F652D"/>
+    <w:rsid w:val="003F6A3D"/>
+    <w:rsid w:val="003F6AB2"/>
+    <w:rsid w:val="003F6F17"/>
     <w:rsid w:val="003F7830"/>
-    <w:rsid w:val="003F7F38"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00402710"/>
+    <w:rsid w:val="003F794C"/>
+    <w:rsid w:val="00400136"/>
+    <w:rsid w:val="004004ED"/>
+    <w:rsid w:val="004008A9"/>
+    <w:rsid w:val="00400B78"/>
+    <w:rsid w:val="00400C8A"/>
+    <w:rsid w:val="00400D01"/>
+    <w:rsid w:val="00401321"/>
+    <w:rsid w:val="004015B6"/>
+    <w:rsid w:val="00401ED5"/>
+    <w:rsid w:val="00402CDD"/>
     <w:rsid w:val="00402D30"/>
-    <w:rsid w:val="00403DBB"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00406322"/>
+    <w:rsid w:val="004036B2"/>
+    <w:rsid w:val="0040398D"/>
+    <w:rsid w:val="00403990"/>
+    <w:rsid w:val="00403FD6"/>
+    <w:rsid w:val="00404189"/>
+    <w:rsid w:val="00404BA6"/>
+    <w:rsid w:val="00405E1D"/>
+    <w:rsid w:val="0040727C"/>
     <w:rsid w:val="00407502"/>
-    <w:rsid w:val="004076D6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004102B8"/>
+    <w:rsid w:val="00407878"/>
+    <w:rsid w:val="00410B27"/>
     <w:rsid w:val="004118F0"/>
-    <w:rsid w:val="00412760"/>
-[...16 lines deleted...]
-    <w:rsid w:val="004262B8"/>
+    <w:rsid w:val="0041252A"/>
+    <w:rsid w:val="00412E90"/>
+    <w:rsid w:val="00413C06"/>
+    <w:rsid w:val="00413E06"/>
+    <w:rsid w:val="00414529"/>
+    <w:rsid w:val="004146BA"/>
+    <w:rsid w:val="0041565E"/>
+    <w:rsid w:val="00415E94"/>
+    <w:rsid w:val="00415F08"/>
+    <w:rsid w:val="00417923"/>
+    <w:rsid w:val="00420315"/>
+    <w:rsid w:val="0042035A"/>
+    <w:rsid w:val="00421403"/>
+    <w:rsid w:val="00421AF0"/>
+    <w:rsid w:val="00421C1D"/>
+    <w:rsid w:val="0042250A"/>
+    <w:rsid w:val="004226DF"/>
+    <w:rsid w:val="0042280E"/>
+    <w:rsid w:val="00423977"/>
+    <w:rsid w:val="004244A6"/>
+    <w:rsid w:val="004245F6"/>
+    <w:rsid w:val="00424826"/>
+    <w:rsid w:val="00424AEF"/>
+    <w:rsid w:val="00424C5A"/>
+    <w:rsid w:val="004252C6"/>
+    <w:rsid w:val="00425521"/>
+    <w:rsid w:val="00425B8E"/>
+    <w:rsid w:val="00425D94"/>
+    <w:rsid w:val="00425FA6"/>
+    <w:rsid w:val="00426046"/>
+    <w:rsid w:val="00426198"/>
+    <w:rsid w:val="00426E00"/>
     <w:rsid w:val="004271E9"/>
-    <w:rsid w:val="0042770D"/>
     <w:rsid w:val="00427819"/>
-    <w:rsid w:val="00427AED"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00434EAD"/>
+    <w:rsid w:val="00427B35"/>
+    <w:rsid w:val="00430227"/>
+    <w:rsid w:val="0043089C"/>
+    <w:rsid w:val="00431817"/>
+    <w:rsid w:val="00432802"/>
+    <w:rsid w:val="004328AB"/>
+    <w:rsid w:val="0043297A"/>
+    <w:rsid w:val="00432E9A"/>
+    <w:rsid w:val="00433472"/>
+    <w:rsid w:val="00433685"/>
+    <w:rsid w:val="00433716"/>
+    <w:rsid w:val="00433CB1"/>
+    <w:rsid w:val="00434F07"/>
+    <w:rsid w:val="00435337"/>
     <w:rsid w:val="004353B5"/>
-    <w:rsid w:val="00435921"/>
+    <w:rsid w:val="00435C8A"/>
+    <w:rsid w:val="00435CC3"/>
+    <w:rsid w:val="004362A2"/>
+    <w:rsid w:val="00436472"/>
+    <w:rsid w:val="00436502"/>
     <w:rsid w:val="0043694D"/>
-    <w:rsid w:val="00436CBB"/>
-    <w:rsid w:val="00436EE0"/>
+    <w:rsid w:val="00436FB2"/>
     <w:rsid w:val="0043728D"/>
-    <w:rsid w:val="00437A56"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00441E78"/>
+    <w:rsid w:val="00437B3B"/>
+    <w:rsid w:val="00440248"/>
+    <w:rsid w:val="004403BC"/>
+    <w:rsid w:val="004414B7"/>
+    <w:rsid w:val="0044165A"/>
+    <w:rsid w:val="00441CE6"/>
+    <w:rsid w:val="00441E9D"/>
+    <w:rsid w:val="00442214"/>
+    <w:rsid w:val="00442217"/>
     <w:rsid w:val="004425FD"/>
-    <w:rsid w:val="00442607"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00447C05"/>
+    <w:rsid w:val="00442A6C"/>
+    <w:rsid w:val="00442D4D"/>
+    <w:rsid w:val="00442DBB"/>
+    <w:rsid w:val="00443473"/>
+    <w:rsid w:val="00443572"/>
+    <w:rsid w:val="00444DB7"/>
+    <w:rsid w:val="0044526E"/>
+    <w:rsid w:val="00446565"/>
+    <w:rsid w:val="004471EF"/>
+    <w:rsid w:val="004476B1"/>
+    <w:rsid w:val="00447B0A"/>
+    <w:rsid w:val="0045010B"/>
+    <w:rsid w:val="00450911"/>
+    <w:rsid w:val="00450CAE"/>
+    <w:rsid w:val="004511BD"/>
     <w:rsid w:val="00451470"/>
-    <w:rsid w:val="004516E4"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0045427D"/>
+    <w:rsid w:val="0045269A"/>
+    <w:rsid w:val="00454138"/>
     <w:rsid w:val="004542AD"/>
-    <w:rsid w:val="004546CA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0045608D"/>
+    <w:rsid w:val="00454411"/>
+    <w:rsid w:val="004546B7"/>
+    <w:rsid w:val="00454FF9"/>
+    <w:rsid w:val="00455AD5"/>
+    <w:rsid w:val="00455CDE"/>
+    <w:rsid w:val="004569AB"/>
     <w:rsid w:val="00456C22"/>
-    <w:rsid w:val="00460DB7"/>
-    <w:rsid w:val="00462703"/>
+    <w:rsid w:val="00456EF3"/>
+    <w:rsid w:val="00456F23"/>
+    <w:rsid w:val="004571A7"/>
+    <w:rsid w:val="00457911"/>
+    <w:rsid w:val="0046030E"/>
+    <w:rsid w:val="00460458"/>
+    <w:rsid w:val="004623EA"/>
+    <w:rsid w:val="00462EBC"/>
+    <w:rsid w:val="00462F8F"/>
+    <w:rsid w:val="0046312D"/>
     <w:rsid w:val="0046346D"/>
-    <w:rsid w:val="0046466E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0046560A"/>
+    <w:rsid w:val="004635D0"/>
+    <w:rsid w:val="004639B9"/>
+    <w:rsid w:val="00463D36"/>
+    <w:rsid w:val="00463D94"/>
+    <w:rsid w:val="00464365"/>
+    <w:rsid w:val="0046571F"/>
+    <w:rsid w:val="004664F0"/>
+    <w:rsid w:val="004665B4"/>
     <w:rsid w:val="00466B63"/>
-    <w:rsid w:val="004672D5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00472E60"/>
+    <w:rsid w:val="00466C67"/>
+    <w:rsid w:val="004670A8"/>
+    <w:rsid w:val="0047069A"/>
+    <w:rsid w:val="0047074B"/>
+    <w:rsid w:val="00470A9D"/>
+    <w:rsid w:val="0047143B"/>
+    <w:rsid w:val="004715DC"/>
+    <w:rsid w:val="00471632"/>
+    <w:rsid w:val="00471996"/>
+    <w:rsid w:val="00471ED4"/>
+    <w:rsid w:val="00472848"/>
     <w:rsid w:val="004734B9"/>
-    <w:rsid w:val="00473A3D"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0048204C"/>
+    <w:rsid w:val="00473B02"/>
+    <w:rsid w:val="00473E30"/>
+    <w:rsid w:val="004757F1"/>
+    <w:rsid w:val="00475ABB"/>
+    <w:rsid w:val="00476041"/>
+    <w:rsid w:val="00476480"/>
+    <w:rsid w:val="004771F7"/>
+    <w:rsid w:val="004807BE"/>
+    <w:rsid w:val="00480879"/>
+    <w:rsid w:val="00480B87"/>
+    <w:rsid w:val="004818B9"/>
     <w:rsid w:val="0048220D"/>
-    <w:rsid w:val="00482315"/>
-[...13 lines deleted...]
-    <w:rsid w:val="004944F5"/>
+    <w:rsid w:val="00482957"/>
+    <w:rsid w:val="004831D8"/>
+    <w:rsid w:val="0048378A"/>
+    <w:rsid w:val="00484CB8"/>
+    <w:rsid w:val="0048561D"/>
+    <w:rsid w:val="00485F36"/>
+    <w:rsid w:val="004868B0"/>
+    <w:rsid w:val="00486D5A"/>
+    <w:rsid w:val="00486FD9"/>
+    <w:rsid w:val="00487574"/>
+    <w:rsid w:val="00487D2B"/>
+    <w:rsid w:val="004902B4"/>
+    <w:rsid w:val="0049039A"/>
+    <w:rsid w:val="00490D2F"/>
+    <w:rsid w:val="0049129F"/>
+    <w:rsid w:val="004912F6"/>
+    <w:rsid w:val="00491B2D"/>
+    <w:rsid w:val="00492788"/>
+    <w:rsid w:val="00492EE4"/>
+    <w:rsid w:val="00492FB9"/>
+    <w:rsid w:val="004943AA"/>
+    <w:rsid w:val="00494772"/>
     <w:rsid w:val="00494F75"/>
-    <w:rsid w:val="004950A5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="004A21F6"/>
+    <w:rsid w:val="00495E46"/>
+    <w:rsid w:val="0049667E"/>
+    <w:rsid w:val="00496B5C"/>
+    <w:rsid w:val="00496CB0"/>
+    <w:rsid w:val="00496D9F"/>
+    <w:rsid w:val="004979F9"/>
+    <w:rsid w:val="00497C51"/>
+    <w:rsid w:val="004A0965"/>
+    <w:rsid w:val="004A0F6A"/>
+    <w:rsid w:val="004A120B"/>
+    <w:rsid w:val="004A20E6"/>
     <w:rsid w:val="004A28B8"/>
-    <w:rsid w:val="004A2C1F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004A4AAC"/>
+    <w:rsid w:val="004A38B8"/>
+    <w:rsid w:val="004A4294"/>
+    <w:rsid w:val="004A445C"/>
+    <w:rsid w:val="004A61CB"/>
     <w:rsid w:val="004A654F"/>
+    <w:rsid w:val="004A668F"/>
+    <w:rsid w:val="004A6C19"/>
+    <w:rsid w:val="004A6CDD"/>
     <w:rsid w:val="004A7100"/>
-    <w:rsid w:val="004A7386"/>
     <w:rsid w:val="004A7466"/>
-    <w:rsid w:val="004A7A4E"/>
     <w:rsid w:val="004A7C3A"/>
-    <w:rsid w:val="004B030E"/>
-[...14 lines deleted...]
-    <w:rsid w:val="004C0B0E"/>
+    <w:rsid w:val="004A7F9E"/>
+    <w:rsid w:val="004B04F1"/>
+    <w:rsid w:val="004B0EBB"/>
+    <w:rsid w:val="004B2764"/>
+    <w:rsid w:val="004B2782"/>
+    <w:rsid w:val="004B2D30"/>
+    <w:rsid w:val="004B3351"/>
+    <w:rsid w:val="004B3944"/>
+    <w:rsid w:val="004B51B5"/>
+    <w:rsid w:val="004B565C"/>
+    <w:rsid w:val="004B572B"/>
+    <w:rsid w:val="004B5D58"/>
+    <w:rsid w:val="004B61C4"/>
+    <w:rsid w:val="004B634D"/>
+    <w:rsid w:val="004B6427"/>
+    <w:rsid w:val="004B6521"/>
+    <w:rsid w:val="004B67E2"/>
+    <w:rsid w:val="004B6B19"/>
+    <w:rsid w:val="004B7282"/>
+    <w:rsid w:val="004B73C4"/>
+    <w:rsid w:val="004B7545"/>
+    <w:rsid w:val="004B7784"/>
+    <w:rsid w:val="004B7A51"/>
+    <w:rsid w:val="004B7A90"/>
+    <w:rsid w:val="004B7F75"/>
     <w:rsid w:val="004C0CD0"/>
     <w:rsid w:val="004C0E24"/>
-    <w:rsid w:val="004C2AC1"/>
-[...27 lines deleted...]
-    <w:rsid w:val="004E02E3"/>
+    <w:rsid w:val="004C1169"/>
+    <w:rsid w:val="004C19AF"/>
+    <w:rsid w:val="004C1A2B"/>
+    <w:rsid w:val="004C200C"/>
+    <w:rsid w:val="004C2B6A"/>
+    <w:rsid w:val="004C304A"/>
+    <w:rsid w:val="004C3228"/>
+    <w:rsid w:val="004C337E"/>
+    <w:rsid w:val="004C38C7"/>
+    <w:rsid w:val="004C41DF"/>
+    <w:rsid w:val="004C4B4E"/>
+    <w:rsid w:val="004C4EA7"/>
+    <w:rsid w:val="004C5F0D"/>
+    <w:rsid w:val="004C685E"/>
+    <w:rsid w:val="004C6AA8"/>
+    <w:rsid w:val="004C6EEA"/>
+    <w:rsid w:val="004C7087"/>
+    <w:rsid w:val="004C71F4"/>
+    <w:rsid w:val="004D027C"/>
+    <w:rsid w:val="004D1494"/>
+    <w:rsid w:val="004D1860"/>
+    <w:rsid w:val="004D32E3"/>
+    <w:rsid w:val="004D33E8"/>
+    <w:rsid w:val="004D41C5"/>
+    <w:rsid w:val="004D45C6"/>
+    <w:rsid w:val="004D4BD1"/>
+    <w:rsid w:val="004D51FE"/>
+    <w:rsid w:val="004D520F"/>
+    <w:rsid w:val="004D6CBD"/>
+    <w:rsid w:val="004D7E9B"/>
     <w:rsid w:val="004E070D"/>
-    <w:rsid w:val="004E1E9D"/>
-[...22 lines deleted...]
-    <w:rsid w:val="005033C8"/>
+    <w:rsid w:val="004E27CC"/>
+    <w:rsid w:val="004E2D73"/>
+    <w:rsid w:val="004E34C2"/>
+    <w:rsid w:val="004E3796"/>
+    <w:rsid w:val="004E3841"/>
+    <w:rsid w:val="004E3B36"/>
+    <w:rsid w:val="004E3D5E"/>
+    <w:rsid w:val="004E5689"/>
+    <w:rsid w:val="004E57B1"/>
+    <w:rsid w:val="004E68E5"/>
+    <w:rsid w:val="004E6919"/>
+    <w:rsid w:val="004E6939"/>
+    <w:rsid w:val="004E7468"/>
+    <w:rsid w:val="004F222A"/>
+    <w:rsid w:val="004F241B"/>
+    <w:rsid w:val="004F2732"/>
+    <w:rsid w:val="004F3B67"/>
+    <w:rsid w:val="004F478E"/>
+    <w:rsid w:val="004F47E1"/>
+    <w:rsid w:val="004F559D"/>
+    <w:rsid w:val="004F7F44"/>
+    <w:rsid w:val="00500470"/>
+    <w:rsid w:val="00500F55"/>
+    <w:rsid w:val="0050154D"/>
+    <w:rsid w:val="00501760"/>
+    <w:rsid w:val="005037B5"/>
     <w:rsid w:val="00503BE0"/>
-    <w:rsid w:val="00503CD9"/>
-[...9 lines deleted...]
-    <w:rsid w:val="0051141E"/>
+    <w:rsid w:val="00503F3D"/>
+    <w:rsid w:val="005042E6"/>
+    <w:rsid w:val="00504841"/>
+    <w:rsid w:val="005051A6"/>
+    <w:rsid w:val="0050543B"/>
+    <w:rsid w:val="005059AA"/>
+    <w:rsid w:val="00506950"/>
+    <w:rsid w:val="0050757D"/>
+    <w:rsid w:val="005078B7"/>
+    <w:rsid w:val="00510400"/>
+    <w:rsid w:val="005105D8"/>
+    <w:rsid w:val="005106FC"/>
+    <w:rsid w:val="005106FF"/>
+    <w:rsid w:val="005107D9"/>
+    <w:rsid w:val="005108AE"/>
+    <w:rsid w:val="00511273"/>
+    <w:rsid w:val="00511864"/>
+    <w:rsid w:val="00512075"/>
+    <w:rsid w:val="005123E6"/>
+    <w:rsid w:val="005123F7"/>
     <w:rsid w:val="00512795"/>
-    <w:rsid w:val="00513A17"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005154FD"/>
+    <w:rsid w:val="00513C8B"/>
+    <w:rsid w:val="00513E9C"/>
+    <w:rsid w:val="00514084"/>
+    <w:rsid w:val="005144E4"/>
+    <w:rsid w:val="0051469B"/>
+    <w:rsid w:val="00515069"/>
+    <w:rsid w:val="0051540C"/>
     <w:rsid w:val="00515A80"/>
+    <w:rsid w:val="00515E2F"/>
     <w:rsid w:val="005161F8"/>
-    <w:rsid w:val="00517DCA"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00527552"/>
+    <w:rsid w:val="0051706B"/>
+    <w:rsid w:val="00520C93"/>
+    <w:rsid w:val="00520DC5"/>
+    <w:rsid w:val="00521F23"/>
+    <w:rsid w:val="00522080"/>
+    <w:rsid w:val="00522B61"/>
+    <w:rsid w:val="00522FB6"/>
+    <w:rsid w:val="00523275"/>
+    <w:rsid w:val="00523763"/>
+    <w:rsid w:val="00523FD4"/>
+    <w:rsid w:val="00524132"/>
+    <w:rsid w:val="005241C5"/>
+    <w:rsid w:val="00524257"/>
+    <w:rsid w:val="00524568"/>
+    <w:rsid w:val="00524664"/>
+    <w:rsid w:val="005254B1"/>
+    <w:rsid w:val="0052571F"/>
+    <w:rsid w:val="005257FC"/>
+    <w:rsid w:val="0052598E"/>
+    <w:rsid w:val="00526382"/>
+    <w:rsid w:val="00527085"/>
+    <w:rsid w:val="00527767"/>
+    <w:rsid w:val="00527C26"/>
+    <w:rsid w:val="00527CC3"/>
+    <w:rsid w:val="005301DD"/>
+    <w:rsid w:val="005306A4"/>
+    <w:rsid w:val="005308E6"/>
+    <w:rsid w:val="00531392"/>
+    <w:rsid w:val="00531474"/>
     <w:rsid w:val="0053148A"/>
-    <w:rsid w:val="00531491"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00534B84"/>
+    <w:rsid w:val="00533C34"/>
+    <w:rsid w:val="00534119"/>
+    <w:rsid w:val="00535263"/>
     <w:rsid w:val="005352AB"/>
-    <w:rsid w:val="00535FC4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0054025C"/>
+    <w:rsid w:val="0053583C"/>
+    <w:rsid w:val="005358DE"/>
+    <w:rsid w:val="005358E7"/>
+    <w:rsid w:val="00535AD5"/>
+    <w:rsid w:val="00535FD7"/>
+    <w:rsid w:val="00536848"/>
+    <w:rsid w:val="0053729E"/>
+    <w:rsid w:val="005372BD"/>
+    <w:rsid w:val="0053799D"/>
+    <w:rsid w:val="005379C2"/>
+    <w:rsid w:val="005379F1"/>
+    <w:rsid w:val="0054033E"/>
+    <w:rsid w:val="005408DB"/>
+    <w:rsid w:val="005408E8"/>
     <w:rsid w:val="00540D3C"/>
-    <w:rsid w:val="00540DA0"/>
-    <w:rsid w:val="00540E00"/>
     <w:rsid w:val="00540EEC"/>
-    <w:rsid w:val="0054123C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00542E85"/>
+    <w:rsid w:val="00540F1C"/>
+    <w:rsid w:val="00541AF7"/>
+    <w:rsid w:val="00541D8F"/>
+    <w:rsid w:val="005420F8"/>
+    <w:rsid w:val="0054218B"/>
+    <w:rsid w:val="005428D1"/>
     <w:rsid w:val="00543559"/>
-    <w:rsid w:val="00543E60"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00552E6D"/>
+    <w:rsid w:val="005438E8"/>
+    <w:rsid w:val="0054528D"/>
+    <w:rsid w:val="00545CC8"/>
+    <w:rsid w:val="00545ED7"/>
+    <w:rsid w:val="0054678C"/>
+    <w:rsid w:val="0054765F"/>
+    <w:rsid w:val="005476F6"/>
+    <w:rsid w:val="00550D25"/>
+    <w:rsid w:val="00550F11"/>
+    <w:rsid w:val="00550FD7"/>
+    <w:rsid w:val="00551628"/>
+    <w:rsid w:val="005527F9"/>
+    <w:rsid w:val="00552E77"/>
+    <w:rsid w:val="0055300B"/>
     <w:rsid w:val="005530BB"/>
-    <w:rsid w:val="005534AD"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00554093"/>
+    <w:rsid w:val="00553166"/>
+    <w:rsid w:val="00553969"/>
+    <w:rsid w:val="00554352"/>
     <w:rsid w:val="005548A1"/>
-    <w:rsid w:val="00554B19"/>
+    <w:rsid w:val="0055494A"/>
+    <w:rsid w:val="00554F0E"/>
+    <w:rsid w:val="00554F55"/>
+    <w:rsid w:val="00555288"/>
+    <w:rsid w:val="00555AB3"/>
+    <w:rsid w:val="00555B63"/>
+    <w:rsid w:val="0055670D"/>
+    <w:rsid w:val="005567B2"/>
     <w:rsid w:val="00556D17"/>
-    <w:rsid w:val="005576BA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00562894"/>
+    <w:rsid w:val="005574E1"/>
+    <w:rsid w:val="005579CC"/>
+    <w:rsid w:val="00560351"/>
+    <w:rsid w:val="00560636"/>
+    <w:rsid w:val="0056074E"/>
+    <w:rsid w:val="005609E3"/>
+    <w:rsid w:val="00561642"/>
     <w:rsid w:val="00563A95"/>
-    <w:rsid w:val="00563B50"/>
-    <w:rsid w:val="0056422A"/>
+    <w:rsid w:val="00564161"/>
+    <w:rsid w:val="0056425B"/>
+    <w:rsid w:val="0056437F"/>
+    <w:rsid w:val="005647CD"/>
+    <w:rsid w:val="005649FD"/>
     <w:rsid w:val="00564D6E"/>
-    <w:rsid w:val="00564FC5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0057127B"/>
+    <w:rsid w:val="005652E1"/>
+    <w:rsid w:val="005659C5"/>
+    <w:rsid w:val="00566003"/>
+    <w:rsid w:val="005666AC"/>
+    <w:rsid w:val="005667CB"/>
+    <w:rsid w:val="005712C6"/>
+    <w:rsid w:val="00571348"/>
+    <w:rsid w:val="00571C52"/>
     <w:rsid w:val="00571EC2"/>
-    <w:rsid w:val="00573F28"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00574D23"/>
+    <w:rsid w:val="00571FBB"/>
+    <w:rsid w:val="005723FF"/>
+    <w:rsid w:val="005725F0"/>
+    <w:rsid w:val="00573766"/>
+    <w:rsid w:val="00573828"/>
+    <w:rsid w:val="00573B6F"/>
+    <w:rsid w:val="005743CF"/>
+    <w:rsid w:val="0057450B"/>
+    <w:rsid w:val="00574855"/>
+    <w:rsid w:val="00574BD4"/>
     <w:rsid w:val="00574D33"/>
-    <w:rsid w:val="005750BC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00576285"/>
+    <w:rsid w:val="00574F59"/>
+    <w:rsid w:val="005757AA"/>
+    <w:rsid w:val="00575822"/>
     <w:rsid w:val="00576676"/>
-    <w:rsid w:val="00576D6E"/>
-    <w:rsid w:val="005775ED"/>
+    <w:rsid w:val="00576EE1"/>
+    <w:rsid w:val="00577A82"/>
     <w:rsid w:val="0058000A"/>
-    <w:rsid w:val="00581AA4"/>
-[...8 lines deleted...]
-    <w:rsid w:val="005909A8"/>
+    <w:rsid w:val="005801C7"/>
+    <w:rsid w:val="0058021E"/>
+    <w:rsid w:val="00580862"/>
+    <w:rsid w:val="00580DDD"/>
+    <w:rsid w:val="00580E77"/>
+    <w:rsid w:val="00581FE0"/>
+    <w:rsid w:val="005830D4"/>
+    <w:rsid w:val="00583652"/>
+    <w:rsid w:val="00583845"/>
+    <w:rsid w:val="005838A6"/>
+    <w:rsid w:val="00583FC8"/>
+    <w:rsid w:val="0058412C"/>
+    <w:rsid w:val="00584E1C"/>
+    <w:rsid w:val="00584EB8"/>
+    <w:rsid w:val="00585594"/>
+    <w:rsid w:val="005863C1"/>
+    <w:rsid w:val="0058665A"/>
+    <w:rsid w:val="00586883"/>
+    <w:rsid w:val="00587E9A"/>
     <w:rsid w:val="0059194F"/>
-    <w:rsid w:val="00592306"/>
-[...10 lines deleted...]
-    <w:rsid w:val="0059799D"/>
+    <w:rsid w:val="00591E19"/>
+    <w:rsid w:val="00592789"/>
+    <w:rsid w:val="005927BE"/>
+    <w:rsid w:val="00594350"/>
+    <w:rsid w:val="00594633"/>
+    <w:rsid w:val="005950E2"/>
+    <w:rsid w:val="00595382"/>
+    <w:rsid w:val="005953F3"/>
+    <w:rsid w:val="00595949"/>
+    <w:rsid w:val="00595CF7"/>
+    <w:rsid w:val="005961CC"/>
+    <w:rsid w:val="0059655E"/>
+    <w:rsid w:val="005968E1"/>
+    <w:rsid w:val="005969C2"/>
+    <w:rsid w:val="00596D73"/>
+    <w:rsid w:val="00596E23"/>
+    <w:rsid w:val="00597BCC"/>
+    <w:rsid w:val="00597CAD"/>
+    <w:rsid w:val="005A09C1"/>
     <w:rsid w:val="005A0A53"/>
-    <w:rsid w:val="005A0F37"/>
-    <w:rsid w:val="005A138E"/>
+    <w:rsid w:val="005A0DD5"/>
+    <w:rsid w:val="005A10D4"/>
     <w:rsid w:val="005A17EE"/>
-    <w:rsid w:val="005A1AB2"/>
-    <w:rsid w:val="005A1E34"/>
+    <w:rsid w:val="005A1D70"/>
+    <w:rsid w:val="005A210F"/>
+    <w:rsid w:val="005A2511"/>
     <w:rsid w:val="005A2676"/>
-    <w:rsid w:val="005A2B6F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005A4EC0"/>
+    <w:rsid w:val="005A2755"/>
+    <w:rsid w:val="005A28AC"/>
+    <w:rsid w:val="005A3686"/>
+    <w:rsid w:val="005A3940"/>
+    <w:rsid w:val="005A403E"/>
+    <w:rsid w:val="005A471D"/>
     <w:rsid w:val="005A544C"/>
-    <w:rsid w:val="005A6719"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005A7ADF"/>
+    <w:rsid w:val="005A551D"/>
+    <w:rsid w:val="005A5953"/>
+    <w:rsid w:val="005A68C9"/>
+    <w:rsid w:val="005A6F99"/>
+    <w:rsid w:val="005A79F8"/>
+    <w:rsid w:val="005A7D6E"/>
     <w:rsid w:val="005A7F58"/>
-    <w:rsid w:val="005B0836"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005B1D13"/>
+    <w:rsid w:val="005B1B5F"/>
+    <w:rsid w:val="005B209D"/>
     <w:rsid w:val="005B22F3"/>
-    <w:rsid w:val="005B33D8"/>
-[...30 lines deleted...]
-    <w:rsid w:val="005D1FE6"/>
+    <w:rsid w:val="005B260C"/>
+    <w:rsid w:val="005B2A12"/>
+    <w:rsid w:val="005B32DA"/>
+    <w:rsid w:val="005B34AA"/>
+    <w:rsid w:val="005B3600"/>
+    <w:rsid w:val="005B3A17"/>
+    <w:rsid w:val="005B4F1B"/>
+    <w:rsid w:val="005B523E"/>
+    <w:rsid w:val="005B5C89"/>
+    <w:rsid w:val="005B6551"/>
+    <w:rsid w:val="005B6914"/>
+    <w:rsid w:val="005B735E"/>
+    <w:rsid w:val="005B7920"/>
+    <w:rsid w:val="005C0C3E"/>
+    <w:rsid w:val="005C353A"/>
+    <w:rsid w:val="005C3786"/>
+    <w:rsid w:val="005C397F"/>
+    <w:rsid w:val="005C3FFE"/>
+    <w:rsid w:val="005C4712"/>
+    <w:rsid w:val="005C49BC"/>
+    <w:rsid w:val="005C53C6"/>
+    <w:rsid w:val="005C62E6"/>
+    <w:rsid w:val="005C64A7"/>
+    <w:rsid w:val="005C65E7"/>
+    <w:rsid w:val="005C6A54"/>
+    <w:rsid w:val="005C6B80"/>
+    <w:rsid w:val="005C74EF"/>
+    <w:rsid w:val="005C7752"/>
+    <w:rsid w:val="005D0292"/>
+    <w:rsid w:val="005D09A1"/>
+    <w:rsid w:val="005D09BA"/>
+    <w:rsid w:val="005D0DC0"/>
+    <w:rsid w:val="005D114E"/>
+    <w:rsid w:val="005D1307"/>
+    <w:rsid w:val="005D1B38"/>
+    <w:rsid w:val="005D258E"/>
     <w:rsid w:val="005D2BB6"/>
+    <w:rsid w:val="005D2D60"/>
+    <w:rsid w:val="005D2E39"/>
     <w:rsid w:val="005D3AFC"/>
-    <w:rsid w:val="005D5177"/>
-[...10 lines deleted...]
-    <w:rsid w:val="005E4E2F"/>
+    <w:rsid w:val="005D435C"/>
+    <w:rsid w:val="005D4900"/>
+    <w:rsid w:val="005D4D16"/>
+    <w:rsid w:val="005D54F0"/>
+    <w:rsid w:val="005D5880"/>
+    <w:rsid w:val="005D620E"/>
+    <w:rsid w:val="005D6226"/>
+    <w:rsid w:val="005D7668"/>
+    <w:rsid w:val="005E0BF8"/>
+    <w:rsid w:val="005E0C4F"/>
+    <w:rsid w:val="005E1100"/>
+    <w:rsid w:val="005E1545"/>
+    <w:rsid w:val="005E1917"/>
+    <w:rsid w:val="005E3B6C"/>
+    <w:rsid w:val="005E5116"/>
+    <w:rsid w:val="005E5287"/>
     <w:rsid w:val="005E585D"/>
-    <w:rsid w:val="005E5B68"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005F0B18"/>
+    <w:rsid w:val="005E5F8F"/>
+    <w:rsid w:val="005E6341"/>
+    <w:rsid w:val="005E65D8"/>
+    <w:rsid w:val="005E66BF"/>
+    <w:rsid w:val="005E6714"/>
+    <w:rsid w:val="005E6D9D"/>
+    <w:rsid w:val="005E713D"/>
+    <w:rsid w:val="005E7B85"/>
+    <w:rsid w:val="005F0327"/>
     <w:rsid w:val="005F1816"/>
-    <w:rsid w:val="005F1E91"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005F37C2"/>
+    <w:rsid w:val="005F35F3"/>
+    <w:rsid w:val="005F3C7F"/>
     <w:rsid w:val="005F3F0D"/>
-    <w:rsid w:val="005F5CAC"/>
+    <w:rsid w:val="005F4AE4"/>
+    <w:rsid w:val="005F5017"/>
+    <w:rsid w:val="005F53F7"/>
+    <w:rsid w:val="005F5668"/>
+    <w:rsid w:val="005F5EB4"/>
     <w:rsid w:val="005F635A"/>
-    <w:rsid w:val="005F6823"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006005B8"/>
+    <w:rsid w:val="005F64C6"/>
+    <w:rsid w:val="005F6A63"/>
+    <w:rsid w:val="005F70CA"/>
+    <w:rsid w:val="005F73DB"/>
+    <w:rsid w:val="005F7728"/>
+    <w:rsid w:val="006006F4"/>
+    <w:rsid w:val="00600DA5"/>
     <w:rsid w:val="00600FE8"/>
-    <w:rsid w:val="00601252"/>
-    <w:rsid w:val="006028EA"/>
+    <w:rsid w:val="00601030"/>
+    <w:rsid w:val="006018CA"/>
+    <w:rsid w:val="0060193C"/>
+    <w:rsid w:val="00601A9A"/>
+    <w:rsid w:val="00601BD3"/>
+    <w:rsid w:val="00603063"/>
+    <w:rsid w:val="00603105"/>
+    <w:rsid w:val="00603589"/>
     <w:rsid w:val="00603820"/>
-    <w:rsid w:val="00604CE2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006131B4"/>
+    <w:rsid w:val="00603880"/>
+    <w:rsid w:val="00603C54"/>
+    <w:rsid w:val="00603CC3"/>
+    <w:rsid w:val="006044DC"/>
+    <w:rsid w:val="0060491A"/>
+    <w:rsid w:val="00604992"/>
+    <w:rsid w:val="00605A21"/>
+    <w:rsid w:val="00605B97"/>
+    <w:rsid w:val="006062CC"/>
+    <w:rsid w:val="00606DF0"/>
+    <w:rsid w:val="0060741B"/>
+    <w:rsid w:val="006078E0"/>
+    <w:rsid w:val="00607AE6"/>
+    <w:rsid w:val="0061107D"/>
     <w:rsid w:val="006136AB"/>
-    <w:rsid w:val="00614387"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00614E2F"/>
+    <w:rsid w:val="00613760"/>
+    <w:rsid w:val="00613787"/>
+    <w:rsid w:val="006145B7"/>
+    <w:rsid w:val="006152A3"/>
+    <w:rsid w:val="00615500"/>
     <w:rsid w:val="006157D6"/>
-    <w:rsid w:val="0061656E"/>
+    <w:rsid w:val="00615A81"/>
+    <w:rsid w:val="00616B1C"/>
     <w:rsid w:val="00617062"/>
-    <w:rsid w:val="00617769"/>
+    <w:rsid w:val="006173E7"/>
     <w:rsid w:val="006177F8"/>
     <w:rsid w:val="00617EEB"/>
     <w:rsid w:val="006202D5"/>
-    <w:rsid w:val="00620EDD"/>
+    <w:rsid w:val="00620C42"/>
+    <w:rsid w:val="00621EAE"/>
+    <w:rsid w:val="00621ED0"/>
+    <w:rsid w:val="0062214E"/>
     <w:rsid w:val="006221F1"/>
+    <w:rsid w:val="006222C6"/>
     <w:rsid w:val="00622373"/>
-    <w:rsid w:val="00623299"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00623BF0"/>
+    <w:rsid w:val="00622821"/>
+    <w:rsid w:val="00623B12"/>
     <w:rsid w:val="00623DFC"/>
-    <w:rsid w:val="00623E48"/>
-[...15 lines deleted...]
-    <w:rsid w:val="006351C6"/>
+    <w:rsid w:val="0062401F"/>
+    <w:rsid w:val="00624BA3"/>
+    <w:rsid w:val="00625227"/>
+    <w:rsid w:val="00625413"/>
+    <w:rsid w:val="006256E7"/>
+    <w:rsid w:val="00625823"/>
+    <w:rsid w:val="00625C5F"/>
+    <w:rsid w:val="00626352"/>
+    <w:rsid w:val="00627DF0"/>
+    <w:rsid w:val="00630361"/>
+    <w:rsid w:val="00630834"/>
+    <w:rsid w:val="00630840"/>
+    <w:rsid w:val="0063087E"/>
+    <w:rsid w:val="00631225"/>
+    <w:rsid w:val="0063144F"/>
+    <w:rsid w:val="0063171A"/>
+    <w:rsid w:val="00631A82"/>
+    <w:rsid w:val="00632777"/>
+    <w:rsid w:val="00634313"/>
+    <w:rsid w:val="00634AC8"/>
+    <w:rsid w:val="00634BD7"/>
+    <w:rsid w:val="00634BDA"/>
+    <w:rsid w:val="00634EF1"/>
+    <w:rsid w:val="00634F23"/>
+    <w:rsid w:val="00634F9D"/>
+    <w:rsid w:val="00635179"/>
     <w:rsid w:val="006351CE"/>
-    <w:rsid w:val="006353AC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00637BA1"/>
+    <w:rsid w:val="00635576"/>
+    <w:rsid w:val="0063628C"/>
+    <w:rsid w:val="006363D8"/>
+    <w:rsid w:val="00636EB0"/>
+    <w:rsid w:val="0063727D"/>
     <w:rsid w:val="00637CDB"/>
-    <w:rsid w:val="006405A5"/>
-    <w:rsid w:val="00641383"/>
+    <w:rsid w:val="006415A4"/>
+    <w:rsid w:val="0064191F"/>
+    <w:rsid w:val="00641AA9"/>
+    <w:rsid w:val="00641E02"/>
     <w:rsid w:val="00641ED5"/>
-    <w:rsid w:val="006428E3"/>
-[...8 lines deleted...]
-    <w:rsid w:val="0065136E"/>
+    <w:rsid w:val="006446A5"/>
+    <w:rsid w:val="00645862"/>
+    <w:rsid w:val="00645A26"/>
+    <w:rsid w:val="00646957"/>
+    <w:rsid w:val="00646C3C"/>
+    <w:rsid w:val="006470F1"/>
+    <w:rsid w:val="0065006E"/>
     <w:rsid w:val="006516B6"/>
-    <w:rsid w:val="006517B3"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00666BED"/>
+    <w:rsid w:val="00652820"/>
+    <w:rsid w:val="00652940"/>
+    <w:rsid w:val="00652D29"/>
+    <w:rsid w:val="00652E62"/>
+    <w:rsid w:val="0065488F"/>
+    <w:rsid w:val="00655126"/>
+    <w:rsid w:val="006558DD"/>
+    <w:rsid w:val="0065665C"/>
+    <w:rsid w:val="00656A6B"/>
+    <w:rsid w:val="00657297"/>
+    <w:rsid w:val="006610BA"/>
+    <w:rsid w:val="00661711"/>
+    <w:rsid w:val="00661BD7"/>
+    <w:rsid w:val="00662F13"/>
+    <w:rsid w:val="00663162"/>
+    <w:rsid w:val="00663277"/>
+    <w:rsid w:val="006644E4"/>
+    <w:rsid w:val="00664BA6"/>
+    <w:rsid w:val="00665122"/>
+    <w:rsid w:val="00666860"/>
+    <w:rsid w:val="00666F8A"/>
     <w:rsid w:val="00667232"/>
-    <w:rsid w:val="006704FE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00673326"/>
+    <w:rsid w:val="0066798C"/>
+    <w:rsid w:val="00667CB9"/>
+    <w:rsid w:val="00670183"/>
+    <w:rsid w:val="00670A5D"/>
+    <w:rsid w:val="00670B20"/>
+    <w:rsid w:val="00670B39"/>
+    <w:rsid w:val="00671425"/>
+    <w:rsid w:val="0067173A"/>
+    <w:rsid w:val="0067204D"/>
+    <w:rsid w:val="006728BC"/>
+    <w:rsid w:val="00672C69"/>
+    <w:rsid w:val="0067323F"/>
+    <w:rsid w:val="006732E4"/>
+    <w:rsid w:val="00673CC9"/>
     <w:rsid w:val="00674568"/>
-    <w:rsid w:val="00674CAB"/>
-[...22 lines deleted...]
-    <w:rsid w:val="006956C5"/>
+    <w:rsid w:val="00674E1D"/>
+    <w:rsid w:val="00674F96"/>
+    <w:rsid w:val="00675FDE"/>
+    <w:rsid w:val="006763BB"/>
+    <w:rsid w:val="0067757F"/>
+    <w:rsid w:val="00677B55"/>
+    <w:rsid w:val="00677E95"/>
+    <w:rsid w:val="0068012A"/>
+    <w:rsid w:val="00680647"/>
+    <w:rsid w:val="00680BE2"/>
+    <w:rsid w:val="00681033"/>
+    <w:rsid w:val="0068115E"/>
+    <w:rsid w:val="006812B5"/>
+    <w:rsid w:val="006812E1"/>
+    <w:rsid w:val="00681DF6"/>
+    <w:rsid w:val="00682F8E"/>
+    <w:rsid w:val="00683B48"/>
+    <w:rsid w:val="00683D98"/>
+    <w:rsid w:val="0068427B"/>
+    <w:rsid w:val="00684573"/>
+    <w:rsid w:val="0068465F"/>
+    <w:rsid w:val="00684BC3"/>
+    <w:rsid w:val="00684FEC"/>
+    <w:rsid w:val="00686440"/>
+    <w:rsid w:val="00686655"/>
+    <w:rsid w:val="0068673A"/>
+    <w:rsid w:val="00687157"/>
+    <w:rsid w:val="00687A82"/>
+    <w:rsid w:val="0069081F"/>
+    <w:rsid w:val="00691C73"/>
+    <w:rsid w:val="006921A1"/>
+    <w:rsid w:val="00692EA0"/>
+    <w:rsid w:val="00692FA8"/>
+    <w:rsid w:val="00693164"/>
+    <w:rsid w:val="006940EB"/>
+    <w:rsid w:val="0069414B"/>
+    <w:rsid w:val="006943FA"/>
+    <w:rsid w:val="00694D3C"/>
+    <w:rsid w:val="00695302"/>
+    <w:rsid w:val="00695627"/>
+    <w:rsid w:val="00695A1D"/>
+    <w:rsid w:val="006964BF"/>
     <w:rsid w:val="00696FD4"/>
-    <w:rsid w:val="00697145"/>
-[...15 lines deleted...]
-    <w:rsid w:val="006A6960"/>
+    <w:rsid w:val="0069755A"/>
+    <w:rsid w:val="00697916"/>
+    <w:rsid w:val="00697D8B"/>
+    <w:rsid w:val="006A004D"/>
+    <w:rsid w:val="006A0665"/>
+    <w:rsid w:val="006A123A"/>
+    <w:rsid w:val="006A1780"/>
+    <w:rsid w:val="006A3CBF"/>
+    <w:rsid w:val="006A4D36"/>
+    <w:rsid w:val="006A4DAB"/>
+    <w:rsid w:val="006A6A58"/>
+    <w:rsid w:val="006A6A7A"/>
     <w:rsid w:val="006A6ABC"/>
-    <w:rsid w:val="006A781A"/>
-    <w:rsid w:val="006A7DC8"/>
+    <w:rsid w:val="006A78A6"/>
+    <w:rsid w:val="006A7D6D"/>
     <w:rsid w:val="006B0129"/>
-    <w:rsid w:val="006B0855"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006B5783"/>
+    <w:rsid w:val="006B04B0"/>
+    <w:rsid w:val="006B0861"/>
+    <w:rsid w:val="006B0B0A"/>
+    <w:rsid w:val="006B123C"/>
+    <w:rsid w:val="006B13FE"/>
+    <w:rsid w:val="006B193C"/>
+    <w:rsid w:val="006B21EE"/>
+    <w:rsid w:val="006B2F78"/>
+    <w:rsid w:val="006B31BE"/>
+    <w:rsid w:val="006B35FF"/>
+    <w:rsid w:val="006B363E"/>
+    <w:rsid w:val="006B4156"/>
+    <w:rsid w:val="006B42CE"/>
+    <w:rsid w:val="006B4406"/>
+    <w:rsid w:val="006B4562"/>
+    <w:rsid w:val="006B4929"/>
+    <w:rsid w:val="006B4AB2"/>
+    <w:rsid w:val="006B5155"/>
+    <w:rsid w:val="006B591F"/>
     <w:rsid w:val="006B5C4C"/>
-    <w:rsid w:val="006B69C1"/>
-[...4 lines deleted...]
-    <w:rsid w:val="006C0A09"/>
+    <w:rsid w:val="006B6561"/>
+    <w:rsid w:val="006B6B45"/>
+    <w:rsid w:val="006B6BDC"/>
+    <w:rsid w:val="006B71CE"/>
+    <w:rsid w:val="006B7C85"/>
     <w:rsid w:val="006C0AE8"/>
-    <w:rsid w:val="006C13CF"/>
+    <w:rsid w:val="006C141A"/>
+    <w:rsid w:val="006C1671"/>
     <w:rsid w:val="006C17B5"/>
-    <w:rsid w:val="006C1AC8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="006C305B"/>
+    <w:rsid w:val="006C1E20"/>
+    <w:rsid w:val="006C209C"/>
+    <w:rsid w:val="006C3335"/>
+    <w:rsid w:val="006C34FA"/>
     <w:rsid w:val="006C3A24"/>
-    <w:rsid w:val="006C3D46"/>
-[...28 lines deleted...]
-    <w:rsid w:val="006E6074"/>
+    <w:rsid w:val="006C3AA0"/>
+    <w:rsid w:val="006C3ADA"/>
+    <w:rsid w:val="006C4235"/>
+    <w:rsid w:val="006C4CEE"/>
+    <w:rsid w:val="006C603A"/>
+    <w:rsid w:val="006C6B7C"/>
+    <w:rsid w:val="006C6D09"/>
+    <w:rsid w:val="006C7E1A"/>
+    <w:rsid w:val="006C7FBC"/>
+    <w:rsid w:val="006D0346"/>
+    <w:rsid w:val="006D06BA"/>
+    <w:rsid w:val="006D06EE"/>
+    <w:rsid w:val="006D1253"/>
+    <w:rsid w:val="006D1B61"/>
+    <w:rsid w:val="006D2392"/>
+    <w:rsid w:val="006D533E"/>
+    <w:rsid w:val="006D55AE"/>
+    <w:rsid w:val="006D5B30"/>
+    <w:rsid w:val="006D6134"/>
+    <w:rsid w:val="006D7872"/>
+    <w:rsid w:val="006D7D6E"/>
+    <w:rsid w:val="006E0251"/>
+    <w:rsid w:val="006E05B3"/>
+    <w:rsid w:val="006E1A53"/>
+    <w:rsid w:val="006E2232"/>
+    <w:rsid w:val="006E2E5F"/>
+    <w:rsid w:val="006E40D9"/>
+    <w:rsid w:val="006E562B"/>
+    <w:rsid w:val="006E5911"/>
     <w:rsid w:val="006E6726"/>
-    <w:rsid w:val="006E7995"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006F23AB"/>
+    <w:rsid w:val="006E69BE"/>
+    <w:rsid w:val="006E7D20"/>
+    <w:rsid w:val="006E7DA8"/>
+    <w:rsid w:val="006F01B7"/>
+    <w:rsid w:val="006F0284"/>
+    <w:rsid w:val="006F0A14"/>
+    <w:rsid w:val="006F15FF"/>
+    <w:rsid w:val="006F1BB5"/>
+    <w:rsid w:val="006F24C3"/>
     <w:rsid w:val="006F24EC"/>
-    <w:rsid w:val="006F2BB4"/>
-    <w:rsid w:val="006F3347"/>
+    <w:rsid w:val="006F3586"/>
+    <w:rsid w:val="006F3765"/>
+    <w:rsid w:val="006F3D6B"/>
+    <w:rsid w:val="006F41A5"/>
+    <w:rsid w:val="006F4B64"/>
+    <w:rsid w:val="006F4FC7"/>
     <w:rsid w:val="006F56E5"/>
+    <w:rsid w:val="006F5C85"/>
+    <w:rsid w:val="006F6E82"/>
     <w:rsid w:val="006F753D"/>
-    <w:rsid w:val="006F7A2F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00705B95"/>
+    <w:rsid w:val="006F7DCB"/>
+    <w:rsid w:val="0070181B"/>
+    <w:rsid w:val="0070184C"/>
+    <w:rsid w:val="00702BA2"/>
+    <w:rsid w:val="00702C1A"/>
+    <w:rsid w:val="00703A64"/>
+    <w:rsid w:val="00703C92"/>
+    <w:rsid w:val="00704BD4"/>
+    <w:rsid w:val="00705607"/>
+    <w:rsid w:val="00705F7A"/>
+    <w:rsid w:val="00706537"/>
+    <w:rsid w:val="00706CE9"/>
     <w:rsid w:val="00707014"/>
-    <w:rsid w:val="00707455"/>
+    <w:rsid w:val="00707060"/>
+    <w:rsid w:val="007070B3"/>
+    <w:rsid w:val="007074B9"/>
     <w:rsid w:val="00707649"/>
     <w:rsid w:val="00707777"/>
-    <w:rsid w:val="00707C9B"/>
-    <w:rsid w:val="00710356"/>
+    <w:rsid w:val="00707813"/>
+    <w:rsid w:val="00707CF7"/>
+    <w:rsid w:val="00707F87"/>
     <w:rsid w:val="00710458"/>
-    <w:rsid w:val="00710830"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00713C54"/>
+    <w:rsid w:val="00710A8A"/>
+    <w:rsid w:val="00710DAF"/>
+    <w:rsid w:val="007124E6"/>
+    <w:rsid w:val="00712E1B"/>
+    <w:rsid w:val="00713B31"/>
+    <w:rsid w:val="007142BD"/>
+    <w:rsid w:val="0071431E"/>
     <w:rsid w:val="00714560"/>
-    <w:rsid w:val="00715CA6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00717232"/>
+    <w:rsid w:val="00714F5F"/>
+    <w:rsid w:val="00715A15"/>
+    <w:rsid w:val="00715A6D"/>
+    <w:rsid w:val="00715AA2"/>
+    <w:rsid w:val="00715B9B"/>
+    <w:rsid w:val="0071615E"/>
+    <w:rsid w:val="0071697A"/>
     <w:rsid w:val="0071755A"/>
-    <w:rsid w:val="00717716"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00721383"/>
+    <w:rsid w:val="00717DC1"/>
+    <w:rsid w:val="00717DD5"/>
+    <w:rsid w:val="007202C9"/>
+    <w:rsid w:val="00720DC5"/>
+    <w:rsid w:val="00720FA6"/>
+    <w:rsid w:val="007211B8"/>
     <w:rsid w:val="00721541"/>
+    <w:rsid w:val="007215B4"/>
+    <w:rsid w:val="00721D73"/>
     <w:rsid w:val="00721DD5"/>
-    <w:rsid w:val="00722FE7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007258D3"/>
+    <w:rsid w:val="007228AE"/>
+    <w:rsid w:val="00722A0E"/>
+    <w:rsid w:val="00723EDA"/>
+    <w:rsid w:val="00724837"/>
+    <w:rsid w:val="0072496C"/>
+    <w:rsid w:val="00725831"/>
     <w:rsid w:val="0072614C"/>
-    <w:rsid w:val="0072674C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007315B7"/>
+    <w:rsid w:val="0072637F"/>
+    <w:rsid w:val="00726481"/>
+    <w:rsid w:val="0073094E"/>
+    <w:rsid w:val="00730DDE"/>
+    <w:rsid w:val="00731BA5"/>
     <w:rsid w:val="00733972"/>
-    <w:rsid w:val="007351A3"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00746FD7"/>
+    <w:rsid w:val="00733C2E"/>
+    <w:rsid w:val="00734724"/>
+    <w:rsid w:val="0073516D"/>
+    <w:rsid w:val="00736830"/>
+    <w:rsid w:val="00736A8F"/>
+    <w:rsid w:val="00736DD0"/>
+    <w:rsid w:val="0073754A"/>
+    <w:rsid w:val="007378A2"/>
+    <w:rsid w:val="00740087"/>
+    <w:rsid w:val="0074051D"/>
+    <w:rsid w:val="007407D2"/>
+    <w:rsid w:val="00743F83"/>
+    <w:rsid w:val="00744129"/>
+    <w:rsid w:val="0074433B"/>
+    <w:rsid w:val="00744963"/>
+    <w:rsid w:val="00744C22"/>
+    <w:rsid w:val="00744CA2"/>
+    <w:rsid w:val="007451CD"/>
     <w:rsid w:val="00747754"/>
-    <w:rsid w:val="007502C0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0075287B"/>
+    <w:rsid w:val="00750151"/>
+    <w:rsid w:val="00750550"/>
+    <w:rsid w:val="007506A3"/>
+    <w:rsid w:val="00750B5D"/>
+    <w:rsid w:val="00750DDD"/>
+    <w:rsid w:val="00750DF7"/>
+    <w:rsid w:val="0075289B"/>
+    <w:rsid w:val="00752A26"/>
     <w:rsid w:val="00753073"/>
-    <w:rsid w:val="007539F7"/>
-    <w:rsid w:val="00753E39"/>
+    <w:rsid w:val="00753083"/>
+    <w:rsid w:val="0075371F"/>
+    <w:rsid w:val="00753766"/>
+    <w:rsid w:val="00754492"/>
     <w:rsid w:val="007546F1"/>
+    <w:rsid w:val="00754B86"/>
+    <w:rsid w:val="007552E3"/>
     <w:rsid w:val="00755795"/>
-    <w:rsid w:val="007567B1"/>
-    <w:rsid w:val="00756DC8"/>
+    <w:rsid w:val="0075603A"/>
+    <w:rsid w:val="007565AF"/>
+    <w:rsid w:val="00756700"/>
+    <w:rsid w:val="007570FF"/>
     <w:rsid w:val="00757306"/>
-    <w:rsid w:val="007573F1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00761F87"/>
+    <w:rsid w:val="00757352"/>
+    <w:rsid w:val="0076050B"/>
+    <w:rsid w:val="0076085F"/>
+    <w:rsid w:val="00760E06"/>
+    <w:rsid w:val="007622A3"/>
+    <w:rsid w:val="00762AF0"/>
     <w:rsid w:val="007630CC"/>
-    <w:rsid w:val="007633BE"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00775D88"/>
+    <w:rsid w:val="007639E3"/>
+    <w:rsid w:val="00764A9A"/>
+    <w:rsid w:val="007660A7"/>
+    <w:rsid w:val="007678F2"/>
+    <w:rsid w:val="00767A3C"/>
+    <w:rsid w:val="00767AF2"/>
+    <w:rsid w:val="007718AF"/>
+    <w:rsid w:val="00772281"/>
+    <w:rsid w:val="0077275C"/>
+    <w:rsid w:val="00772C20"/>
+    <w:rsid w:val="00772FAE"/>
+    <w:rsid w:val="00773B55"/>
+    <w:rsid w:val="00773E28"/>
+    <w:rsid w:val="0077423C"/>
+    <w:rsid w:val="00774583"/>
+    <w:rsid w:val="00774B61"/>
+    <w:rsid w:val="00775F73"/>
     <w:rsid w:val="00776663"/>
-    <w:rsid w:val="00776FA8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007775A2"/>
+    <w:rsid w:val="00776719"/>
+    <w:rsid w:val="00776B9E"/>
+    <w:rsid w:val="00776BF5"/>
     <w:rsid w:val="007778F1"/>
-    <w:rsid w:val="00777DD8"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00783677"/>
+    <w:rsid w:val="00777F73"/>
+    <w:rsid w:val="00780265"/>
+    <w:rsid w:val="007802B6"/>
+    <w:rsid w:val="00781565"/>
+    <w:rsid w:val="0078202D"/>
+    <w:rsid w:val="007820FE"/>
+    <w:rsid w:val="007822A5"/>
+    <w:rsid w:val="00783336"/>
+    <w:rsid w:val="007836DF"/>
+    <w:rsid w:val="007836E8"/>
     <w:rsid w:val="00783732"/>
-    <w:rsid w:val="00783A59"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00792CBE"/>
+    <w:rsid w:val="007838E3"/>
+    <w:rsid w:val="00784973"/>
+    <w:rsid w:val="007859B2"/>
+    <w:rsid w:val="00786442"/>
+    <w:rsid w:val="00786551"/>
+    <w:rsid w:val="00786AD2"/>
+    <w:rsid w:val="00787E66"/>
+    <w:rsid w:val="0079096B"/>
+    <w:rsid w:val="007914F9"/>
+    <w:rsid w:val="007920FA"/>
+    <w:rsid w:val="00792622"/>
+    <w:rsid w:val="00792B1F"/>
+    <w:rsid w:val="00792C61"/>
+    <w:rsid w:val="00792EF2"/>
+    <w:rsid w:val="00792EFB"/>
+    <w:rsid w:val="00792F69"/>
     <w:rsid w:val="0079304A"/>
-    <w:rsid w:val="007931E4"/>
+    <w:rsid w:val="0079340B"/>
+    <w:rsid w:val="00793557"/>
+    <w:rsid w:val="00793B12"/>
+    <w:rsid w:val="00793E60"/>
     <w:rsid w:val="00793F42"/>
-    <w:rsid w:val="007958E4"/>
+    <w:rsid w:val="00794BFA"/>
+    <w:rsid w:val="00794D79"/>
     <w:rsid w:val="00795ACC"/>
     <w:rsid w:val="0079639F"/>
-    <w:rsid w:val="00797A7F"/>
-[...31 lines deleted...]
-    <w:rsid w:val="007C6318"/>
+    <w:rsid w:val="00796959"/>
+    <w:rsid w:val="0079750A"/>
+    <w:rsid w:val="007A0442"/>
+    <w:rsid w:val="007A06B2"/>
+    <w:rsid w:val="007A1770"/>
+    <w:rsid w:val="007A1CC8"/>
+    <w:rsid w:val="007A2279"/>
+    <w:rsid w:val="007A22F5"/>
+    <w:rsid w:val="007A3075"/>
+    <w:rsid w:val="007A3362"/>
+    <w:rsid w:val="007A3B03"/>
+    <w:rsid w:val="007A411A"/>
+    <w:rsid w:val="007A4246"/>
+    <w:rsid w:val="007A42B6"/>
+    <w:rsid w:val="007A50E7"/>
+    <w:rsid w:val="007A715F"/>
+    <w:rsid w:val="007B0235"/>
+    <w:rsid w:val="007B0251"/>
+    <w:rsid w:val="007B02A0"/>
+    <w:rsid w:val="007B0A0C"/>
+    <w:rsid w:val="007B0D19"/>
+    <w:rsid w:val="007B10D8"/>
+    <w:rsid w:val="007B1C7B"/>
+    <w:rsid w:val="007B211D"/>
+    <w:rsid w:val="007B2743"/>
+    <w:rsid w:val="007B55CD"/>
+    <w:rsid w:val="007B56B9"/>
+    <w:rsid w:val="007B598B"/>
+    <w:rsid w:val="007B73AC"/>
+    <w:rsid w:val="007B7C98"/>
+    <w:rsid w:val="007C0117"/>
+    <w:rsid w:val="007C0CF4"/>
+    <w:rsid w:val="007C0DA1"/>
+    <w:rsid w:val="007C11D8"/>
+    <w:rsid w:val="007C158B"/>
+    <w:rsid w:val="007C1A28"/>
+    <w:rsid w:val="007C1A78"/>
+    <w:rsid w:val="007C248C"/>
+    <w:rsid w:val="007C26A5"/>
+    <w:rsid w:val="007C2917"/>
+    <w:rsid w:val="007C2D3F"/>
+    <w:rsid w:val="007C388D"/>
+    <w:rsid w:val="007C38AD"/>
+    <w:rsid w:val="007C3E83"/>
+    <w:rsid w:val="007C5A74"/>
+    <w:rsid w:val="007C66A7"/>
+    <w:rsid w:val="007C69D0"/>
     <w:rsid w:val="007C6E62"/>
-    <w:rsid w:val="007C7732"/>
-[...20 lines deleted...]
-    <w:rsid w:val="007E1C02"/>
+    <w:rsid w:val="007C7704"/>
+    <w:rsid w:val="007C7889"/>
+    <w:rsid w:val="007C7897"/>
+    <w:rsid w:val="007C7A9E"/>
+    <w:rsid w:val="007C7B29"/>
+    <w:rsid w:val="007D0080"/>
+    <w:rsid w:val="007D0B75"/>
+    <w:rsid w:val="007D0E2C"/>
+    <w:rsid w:val="007D0FA6"/>
+    <w:rsid w:val="007D113E"/>
+    <w:rsid w:val="007D20E1"/>
+    <w:rsid w:val="007D2BD3"/>
+    <w:rsid w:val="007D2EC5"/>
+    <w:rsid w:val="007D2ED6"/>
+    <w:rsid w:val="007D3415"/>
+    <w:rsid w:val="007D3582"/>
+    <w:rsid w:val="007D41A8"/>
+    <w:rsid w:val="007D4AB3"/>
+    <w:rsid w:val="007D4AB8"/>
+    <w:rsid w:val="007D5693"/>
+    <w:rsid w:val="007D59CA"/>
+    <w:rsid w:val="007D60D2"/>
+    <w:rsid w:val="007D6F1C"/>
+    <w:rsid w:val="007E0056"/>
+    <w:rsid w:val="007E00BD"/>
+    <w:rsid w:val="007E0112"/>
+    <w:rsid w:val="007E03C8"/>
+    <w:rsid w:val="007E04B5"/>
     <w:rsid w:val="007E238C"/>
-    <w:rsid w:val="007E26E6"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00801E23"/>
+    <w:rsid w:val="007E2653"/>
+    <w:rsid w:val="007E2F08"/>
+    <w:rsid w:val="007E2FFC"/>
+    <w:rsid w:val="007E3318"/>
+    <w:rsid w:val="007E332E"/>
+    <w:rsid w:val="007E6243"/>
+    <w:rsid w:val="007E7547"/>
+    <w:rsid w:val="007F04CB"/>
+    <w:rsid w:val="007F115C"/>
+    <w:rsid w:val="007F12FD"/>
+    <w:rsid w:val="007F1B3E"/>
+    <w:rsid w:val="007F245B"/>
+    <w:rsid w:val="007F28F4"/>
+    <w:rsid w:val="007F488A"/>
+    <w:rsid w:val="007F4E6E"/>
+    <w:rsid w:val="007F5041"/>
+    <w:rsid w:val="007F533F"/>
+    <w:rsid w:val="007F53E8"/>
+    <w:rsid w:val="007F5603"/>
+    <w:rsid w:val="007F594E"/>
+    <w:rsid w:val="007F5B29"/>
+    <w:rsid w:val="007F6AB1"/>
+    <w:rsid w:val="007F6AC9"/>
+    <w:rsid w:val="007F6F61"/>
+    <w:rsid w:val="007F75B1"/>
+    <w:rsid w:val="007F7888"/>
+    <w:rsid w:val="007F7B2B"/>
+    <w:rsid w:val="00800170"/>
+    <w:rsid w:val="00800384"/>
+    <w:rsid w:val="0080049E"/>
+    <w:rsid w:val="008012AC"/>
+    <w:rsid w:val="00801606"/>
     <w:rsid w:val="00802123"/>
-    <w:rsid w:val="00802273"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00806614"/>
+    <w:rsid w:val="00802574"/>
+    <w:rsid w:val="00802E6D"/>
+    <w:rsid w:val="008034F1"/>
+    <w:rsid w:val="0080417F"/>
+    <w:rsid w:val="008045D3"/>
+    <w:rsid w:val="00804E59"/>
     <w:rsid w:val="00806C1B"/>
-    <w:rsid w:val="00807E3F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00810375"/>
+    <w:rsid w:val="008073B3"/>
+    <w:rsid w:val="0080791B"/>
+    <w:rsid w:val="0080791E"/>
+    <w:rsid w:val="00807C14"/>
+    <w:rsid w:val="00810505"/>
+    <w:rsid w:val="00810791"/>
     <w:rsid w:val="00810D1D"/>
-    <w:rsid w:val="008112EA"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00815EA2"/>
+    <w:rsid w:val="008110A2"/>
+    <w:rsid w:val="00811C84"/>
+    <w:rsid w:val="00812FFE"/>
+    <w:rsid w:val="00813795"/>
+    <w:rsid w:val="00814A79"/>
+    <w:rsid w:val="00814D11"/>
+    <w:rsid w:val="00814E4B"/>
+    <w:rsid w:val="008150EE"/>
+    <w:rsid w:val="008159C4"/>
     <w:rsid w:val="008163FE"/>
-    <w:rsid w:val="00816450"/>
-    <w:rsid w:val="008208F8"/>
+    <w:rsid w:val="00817880"/>
+    <w:rsid w:val="00820114"/>
     <w:rsid w:val="008210CD"/>
-    <w:rsid w:val="00821DE8"/>
+    <w:rsid w:val="0082127E"/>
+    <w:rsid w:val="00821556"/>
+    <w:rsid w:val="0082194C"/>
+    <w:rsid w:val="008223CB"/>
     <w:rsid w:val="00822F96"/>
-    <w:rsid w:val="008233C8"/>
-    <w:rsid w:val="00823AC2"/>
+    <w:rsid w:val="0082316D"/>
+    <w:rsid w:val="00823D56"/>
     <w:rsid w:val="00823D96"/>
-    <w:rsid w:val="00823E57"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00827659"/>
+    <w:rsid w:val="00825BD5"/>
+    <w:rsid w:val="00826956"/>
+    <w:rsid w:val="0082749C"/>
     <w:rsid w:val="00830070"/>
-    <w:rsid w:val="00830A76"/>
+    <w:rsid w:val="008303EC"/>
+    <w:rsid w:val="00830627"/>
+    <w:rsid w:val="00830A2F"/>
+    <w:rsid w:val="00831093"/>
     <w:rsid w:val="0083139D"/>
-    <w:rsid w:val="008317EE"/>
-    <w:rsid w:val="0083206B"/>
+    <w:rsid w:val="008313D5"/>
+    <w:rsid w:val="00832185"/>
     <w:rsid w:val="008322F1"/>
-    <w:rsid w:val="00832E04"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00834978"/>
     <w:rsid w:val="00834A13"/>
-    <w:rsid w:val="00835C60"/>
-    <w:rsid w:val="00835E31"/>
+    <w:rsid w:val="00834BC2"/>
+    <w:rsid w:val="008357AE"/>
+    <w:rsid w:val="00835A6A"/>
+    <w:rsid w:val="008361B9"/>
     <w:rsid w:val="00836569"/>
-    <w:rsid w:val="0083703D"/>
-    <w:rsid w:val="00837784"/>
     <w:rsid w:val="0083780E"/>
+    <w:rsid w:val="00837B63"/>
     <w:rsid w:val="00837C45"/>
-    <w:rsid w:val="00840E26"/>
+    <w:rsid w:val="008400E6"/>
+    <w:rsid w:val="00840207"/>
     <w:rsid w:val="00841D19"/>
-    <w:rsid w:val="00843736"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00847FAB"/>
+    <w:rsid w:val="008422DD"/>
+    <w:rsid w:val="00843495"/>
+    <w:rsid w:val="00844241"/>
+    <w:rsid w:val="0084446D"/>
+    <w:rsid w:val="008448B5"/>
+    <w:rsid w:val="00844E0B"/>
+    <w:rsid w:val="00844F7B"/>
+    <w:rsid w:val="00845842"/>
+    <w:rsid w:val="0084585C"/>
+    <w:rsid w:val="00845922"/>
+    <w:rsid w:val="00845E06"/>
+    <w:rsid w:val="0084628B"/>
+    <w:rsid w:val="0084670A"/>
+    <w:rsid w:val="0084725E"/>
+    <w:rsid w:val="00847514"/>
+    <w:rsid w:val="00847666"/>
+    <w:rsid w:val="008479D8"/>
+    <w:rsid w:val="00847C24"/>
+    <w:rsid w:val="00847C38"/>
+    <w:rsid w:val="00847CE0"/>
+    <w:rsid w:val="00847EE0"/>
+    <w:rsid w:val="008500C4"/>
+    <w:rsid w:val="00850A53"/>
+    <w:rsid w:val="00851BC3"/>
     <w:rsid w:val="00852160"/>
-    <w:rsid w:val="00852D3C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="008563BD"/>
+    <w:rsid w:val="00852234"/>
+    <w:rsid w:val="008527A8"/>
+    <w:rsid w:val="00852AEF"/>
+    <w:rsid w:val="00853C46"/>
+    <w:rsid w:val="008545AE"/>
+    <w:rsid w:val="00854663"/>
+    <w:rsid w:val="00855B08"/>
+    <w:rsid w:val="00855CA3"/>
+    <w:rsid w:val="00855E85"/>
+    <w:rsid w:val="0085610B"/>
+    <w:rsid w:val="00856590"/>
     <w:rsid w:val="008566DF"/>
-    <w:rsid w:val="0086121C"/>
-[...12 lines deleted...]
-    <w:rsid w:val="0087376C"/>
+    <w:rsid w:val="008568E4"/>
+    <w:rsid w:val="00860296"/>
+    <w:rsid w:val="008609BC"/>
+    <w:rsid w:val="00860BFD"/>
+    <w:rsid w:val="008610CC"/>
+    <w:rsid w:val="0086139C"/>
+    <w:rsid w:val="00861506"/>
+    <w:rsid w:val="00861901"/>
+    <w:rsid w:val="00861F8E"/>
+    <w:rsid w:val="00862859"/>
+    <w:rsid w:val="00862F6B"/>
+    <w:rsid w:val="0086308F"/>
+    <w:rsid w:val="00863A2C"/>
+    <w:rsid w:val="00863D8D"/>
+    <w:rsid w:val="008647A7"/>
+    <w:rsid w:val="00864A67"/>
+    <w:rsid w:val="00865028"/>
+    <w:rsid w:val="00865A30"/>
+    <w:rsid w:val="0086632C"/>
+    <w:rsid w:val="00867749"/>
+    <w:rsid w:val="00867AA8"/>
+    <w:rsid w:val="008702D6"/>
+    <w:rsid w:val="00870956"/>
+    <w:rsid w:val="00870B85"/>
+    <w:rsid w:val="00870BCD"/>
+    <w:rsid w:val="00870C74"/>
+    <w:rsid w:val="00870D32"/>
+    <w:rsid w:val="008716C2"/>
+    <w:rsid w:val="00872794"/>
+    <w:rsid w:val="00872E9F"/>
+    <w:rsid w:val="008735DB"/>
+    <w:rsid w:val="00873720"/>
+    <w:rsid w:val="008739D2"/>
+    <w:rsid w:val="00873A43"/>
     <w:rsid w:val="00873CCC"/>
     <w:rsid w:val="00874040"/>
-    <w:rsid w:val="0087429A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008760F1"/>
+    <w:rsid w:val="008756BD"/>
+    <w:rsid w:val="008759CF"/>
+    <w:rsid w:val="008759EC"/>
     <w:rsid w:val="008761A5"/>
+    <w:rsid w:val="008762DC"/>
+    <w:rsid w:val="00876933"/>
     <w:rsid w:val="00876CAB"/>
-    <w:rsid w:val="00876DC5"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00885D4F"/>
+    <w:rsid w:val="008775F6"/>
+    <w:rsid w:val="00877A97"/>
+    <w:rsid w:val="00877F5D"/>
+    <w:rsid w:val="008821D3"/>
+    <w:rsid w:val="008822AD"/>
+    <w:rsid w:val="008836AF"/>
+    <w:rsid w:val="00883794"/>
+    <w:rsid w:val="00883936"/>
+    <w:rsid w:val="00884019"/>
+    <w:rsid w:val="0088460B"/>
+    <w:rsid w:val="00884BA0"/>
+    <w:rsid w:val="00884EA7"/>
+    <w:rsid w:val="008851E3"/>
+    <w:rsid w:val="00885368"/>
+    <w:rsid w:val="008854F7"/>
+    <w:rsid w:val="0088583C"/>
+    <w:rsid w:val="00885A86"/>
+    <w:rsid w:val="00885FF5"/>
     <w:rsid w:val="0088748E"/>
-    <w:rsid w:val="00890A62"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00895A84"/>
+    <w:rsid w:val="00887912"/>
+    <w:rsid w:val="00890BE9"/>
+    <w:rsid w:val="00890FC4"/>
+    <w:rsid w:val="008934D7"/>
+    <w:rsid w:val="0089392C"/>
+    <w:rsid w:val="00893B25"/>
+    <w:rsid w:val="00893B69"/>
+    <w:rsid w:val="00893D64"/>
+    <w:rsid w:val="008946C4"/>
+    <w:rsid w:val="00894E62"/>
+    <w:rsid w:val="0089537C"/>
     <w:rsid w:val="00895AC3"/>
-    <w:rsid w:val="00896F57"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008A094A"/>
+    <w:rsid w:val="00895D9B"/>
+    <w:rsid w:val="00896CFE"/>
+    <w:rsid w:val="00896EE7"/>
+    <w:rsid w:val="00897061"/>
+    <w:rsid w:val="00897886"/>
+    <w:rsid w:val="00897D32"/>
+    <w:rsid w:val="00897FB2"/>
+    <w:rsid w:val="008A0231"/>
+    <w:rsid w:val="008A07EC"/>
+    <w:rsid w:val="008A0ED0"/>
     <w:rsid w:val="008A1316"/>
-    <w:rsid w:val="008A2255"/>
-    <w:rsid w:val="008A2678"/>
+    <w:rsid w:val="008A14FA"/>
+    <w:rsid w:val="008A1654"/>
+    <w:rsid w:val="008A26ED"/>
     <w:rsid w:val="008A2E35"/>
-    <w:rsid w:val="008A3331"/>
-[...6 lines deleted...]
-    <w:rsid w:val="008A6FD5"/>
+    <w:rsid w:val="008A3363"/>
+    <w:rsid w:val="008A3567"/>
+    <w:rsid w:val="008A3CBB"/>
+    <w:rsid w:val="008A453E"/>
+    <w:rsid w:val="008A4C26"/>
+    <w:rsid w:val="008A4D99"/>
+    <w:rsid w:val="008A514D"/>
+    <w:rsid w:val="008A52D8"/>
+    <w:rsid w:val="008A5658"/>
+    <w:rsid w:val="008A6726"/>
     <w:rsid w:val="008A712C"/>
-    <w:rsid w:val="008A7271"/>
+    <w:rsid w:val="008A776B"/>
+    <w:rsid w:val="008A7775"/>
+    <w:rsid w:val="008A7C1D"/>
     <w:rsid w:val="008A7F09"/>
-    <w:rsid w:val="008B11E5"/>
-[...14 lines deleted...]
-    <w:rsid w:val="008C3021"/>
+    <w:rsid w:val="008B0464"/>
+    <w:rsid w:val="008B066C"/>
+    <w:rsid w:val="008B1C99"/>
+    <w:rsid w:val="008B2191"/>
+    <w:rsid w:val="008B2777"/>
+    <w:rsid w:val="008B4E09"/>
+    <w:rsid w:val="008B4F55"/>
+    <w:rsid w:val="008B56D4"/>
+    <w:rsid w:val="008B59E0"/>
+    <w:rsid w:val="008B5A69"/>
+    <w:rsid w:val="008B6BF2"/>
+    <w:rsid w:val="008B6C28"/>
+    <w:rsid w:val="008B7A95"/>
+    <w:rsid w:val="008B7D2F"/>
+    <w:rsid w:val="008B7E02"/>
+    <w:rsid w:val="008C0324"/>
+    <w:rsid w:val="008C066D"/>
+    <w:rsid w:val="008C06AA"/>
+    <w:rsid w:val="008C0FDE"/>
+    <w:rsid w:val="008C1966"/>
+    <w:rsid w:val="008C1C44"/>
+    <w:rsid w:val="008C20F9"/>
+    <w:rsid w:val="008C22D3"/>
+    <w:rsid w:val="008C28F9"/>
+    <w:rsid w:val="008C2E59"/>
     <w:rsid w:val="008C309D"/>
-    <w:rsid w:val="008C3894"/>
-[...11 lines deleted...]
-    <w:rsid w:val="008D583B"/>
+    <w:rsid w:val="008C344D"/>
+    <w:rsid w:val="008C3B3A"/>
+    <w:rsid w:val="008C3EE9"/>
+    <w:rsid w:val="008C419D"/>
+    <w:rsid w:val="008C4938"/>
+    <w:rsid w:val="008C4CD6"/>
+    <w:rsid w:val="008C4E4D"/>
+    <w:rsid w:val="008C52DD"/>
+    <w:rsid w:val="008C54CE"/>
+    <w:rsid w:val="008C5511"/>
+    <w:rsid w:val="008C5974"/>
+    <w:rsid w:val="008C5A4B"/>
+    <w:rsid w:val="008C5B03"/>
+    <w:rsid w:val="008C5FB1"/>
+    <w:rsid w:val="008C63B5"/>
+    <w:rsid w:val="008C6C08"/>
+    <w:rsid w:val="008C6CD2"/>
+    <w:rsid w:val="008C7219"/>
+    <w:rsid w:val="008D142C"/>
+    <w:rsid w:val="008D2858"/>
+    <w:rsid w:val="008D2BBE"/>
+    <w:rsid w:val="008D311D"/>
+    <w:rsid w:val="008D42A9"/>
+    <w:rsid w:val="008D4C75"/>
+    <w:rsid w:val="008D51A3"/>
+    <w:rsid w:val="008D536C"/>
+    <w:rsid w:val="008D56D5"/>
+    <w:rsid w:val="008D59B4"/>
+    <w:rsid w:val="008D61B6"/>
+    <w:rsid w:val="008D6B76"/>
+    <w:rsid w:val="008D6CE1"/>
+    <w:rsid w:val="008D7243"/>
     <w:rsid w:val="008D72BA"/>
-    <w:rsid w:val="008E38F4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008E6B59"/>
+    <w:rsid w:val="008D7951"/>
+    <w:rsid w:val="008D79DA"/>
+    <w:rsid w:val="008D7AA6"/>
+    <w:rsid w:val="008D7CF6"/>
+    <w:rsid w:val="008D7F18"/>
+    <w:rsid w:val="008E0007"/>
+    <w:rsid w:val="008E0677"/>
+    <w:rsid w:val="008E0AEB"/>
+    <w:rsid w:val="008E1460"/>
+    <w:rsid w:val="008E1774"/>
+    <w:rsid w:val="008E1EAC"/>
+    <w:rsid w:val="008E23E8"/>
+    <w:rsid w:val="008E2404"/>
+    <w:rsid w:val="008E2A76"/>
+    <w:rsid w:val="008E2B90"/>
+    <w:rsid w:val="008E2BFC"/>
+    <w:rsid w:val="008E37AF"/>
+    <w:rsid w:val="008E392F"/>
+    <w:rsid w:val="008E3C1B"/>
+    <w:rsid w:val="008E4AC7"/>
+    <w:rsid w:val="008E5A37"/>
     <w:rsid w:val="008E6D79"/>
-    <w:rsid w:val="008F008F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008F2A4A"/>
+    <w:rsid w:val="008E6D99"/>
+    <w:rsid w:val="008F0425"/>
+    <w:rsid w:val="008F095B"/>
+    <w:rsid w:val="008F0F3F"/>
+    <w:rsid w:val="008F135C"/>
+    <w:rsid w:val="008F1840"/>
+    <w:rsid w:val="008F1F72"/>
+    <w:rsid w:val="008F2331"/>
+    <w:rsid w:val="008F2388"/>
+    <w:rsid w:val="008F283E"/>
+    <w:rsid w:val="008F2975"/>
+    <w:rsid w:val="008F2DFE"/>
     <w:rsid w:val="008F2E1F"/>
-    <w:rsid w:val="008F4D0C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008F5569"/>
+    <w:rsid w:val="008F3141"/>
+    <w:rsid w:val="008F342F"/>
+    <w:rsid w:val="008F3AB3"/>
+    <w:rsid w:val="008F3C24"/>
+    <w:rsid w:val="008F3E22"/>
+    <w:rsid w:val="008F42A1"/>
+    <w:rsid w:val="008F58F9"/>
+    <w:rsid w:val="008F5D04"/>
+    <w:rsid w:val="008F60F3"/>
+    <w:rsid w:val="008F66DE"/>
+    <w:rsid w:val="008F69DB"/>
+    <w:rsid w:val="008F6EE7"/>
+    <w:rsid w:val="008F70B8"/>
     <w:rsid w:val="008F7241"/>
-    <w:rsid w:val="008F7E56"/>
-[...7 lines deleted...]
-    <w:rsid w:val="009036BB"/>
+    <w:rsid w:val="00900A54"/>
+    <w:rsid w:val="00901337"/>
+    <w:rsid w:val="0090279D"/>
+    <w:rsid w:val="009027AD"/>
+    <w:rsid w:val="00902CFA"/>
+    <w:rsid w:val="00903BA6"/>
     <w:rsid w:val="009042BF"/>
-    <w:rsid w:val="009042D4"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00910D63"/>
+    <w:rsid w:val="009047CA"/>
+    <w:rsid w:val="009048E1"/>
+    <w:rsid w:val="00904ACD"/>
+    <w:rsid w:val="00905530"/>
+    <w:rsid w:val="0090757D"/>
+    <w:rsid w:val="009077B7"/>
+    <w:rsid w:val="00907DC3"/>
+    <w:rsid w:val="00907F90"/>
+    <w:rsid w:val="00910545"/>
+    <w:rsid w:val="009107FB"/>
+    <w:rsid w:val="00910843"/>
     <w:rsid w:val="009115DB"/>
-    <w:rsid w:val="00911A59"/>
-[...10 lines deleted...]
-    <w:rsid w:val="009162ED"/>
+    <w:rsid w:val="00912E42"/>
+    <w:rsid w:val="009137EE"/>
+    <w:rsid w:val="00914B0B"/>
+    <w:rsid w:val="00914E97"/>
+    <w:rsid w:val="009151FA"/>
+    <w:rsid w:val="009158EF"/>
     <w:rsid w:val="00916449"/>
-    <w:rsid w:val="00916C71"/>
-[...36 lines deleted...]
-    <w:rsid w:val="009433F9"/>
+    <w:rsid w:val="00917C28"/>
+    <w:rsid w:val="00920028"/>
+    <w:rsid w:val="009204CD"/>
+    <w:rsid w:val="00920A17"/>
+    <w:rsid w:val="00920E59"/>
+    <w:rsid w:val="00921550"/>
+    <w:rsid w:val="009221EE"/>
+    <w:rsid w:val="00922604"/>
+    <w:rsid w:val="00922838"/>
+    <w:rsid w:val="00922D46"/>
+    <w:rsid w:val="00923EC7"/>
+    <w:rsid w:val="00925E7D"/>
+    <w:rsid w:val="00925F11"/>
+    <w:rsid w:val="0092618A"/>
+    <w:rsid w:val="0092642B"/>
+    <w:rsid w:val="0092730C"/>
+    <w:rsid w:val="00931339"/>
+    <w:rsid w:val="00931B96"/>
+    <w:rsid w:val="00931CD1"/>
+    <w:rsid w:val="00931F71"/>
+    <w:rsid w:val="00932408"/>
+    <w:rsid w:val="009324A7"/>
+    <w:rsid w:val="00932B7D"/>
+    <w:rsid w:val="0093368D"/>
+    <w:rsid w:val="00933823"/>
+    <w:rsid w:val="009342AD"/>
+    <w:rsid w:val="00935023"/>
+    <w:rsid w:val="00935436"/>
+    <w:rsid w:val="00936D07"/>
+    <w:rsid w:val="00937315"/>
+    <w:rsid w:val="00940389"/>
+    <w:rsid w:val="009406DC"/>
+    <w:rsid w:val="00940A0F"/>
+    <w:rsid w:val="00941284"/>
+    <w:rsid w:val="0094136D"/>
+    <w:rsid w:val="0094141A"/>
+    <w:rsid w:val="00941BF4"/>
     <w:rsid w:val="00943789"/>
+    <w:rsid w:val="009438A6"/>
     <w:rsid w:val="00943B60"/>
-    <w:rsid w:val="00945722"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00947575"/>
+    <w:rsid w:val="009450FB"/>
+    <w:rsid w:val="00945A19"/>
+    <w:rsid w:val="00946456"/>
     <w:rsid w:val="00947970"/>
+    <w:rsid w:val="00947A6F"/>
     <w:rsid w:val="00947D69"/>
-    <w:rsid w:val="00947E69"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00950393"/>
+    <w:rsid w:val="00947EDF"/>
+    <w:rsid w:val="0095029A"/>
+    <w:rsid w:val="0095044B"/>
+    <w:rsid w:val="009511EB"/>
     <w:rsid w:val="009516D4"/>
-    <w:rsid w:val="00951CD7"/>
     <w:rsid w:val="00951D0D"/>
     <w:rsid w:val="009525B2"/>
     <w:rsid w:val="009526B0"/>
-    <w:rsid w:val="00952B53"/>
-[...24 lines deleted...]
-    <w:rsid w:val="009721DF"/>
+    <w:rsid w:val="00952886"/>
+    <w:rsid w:val="009529CB"/>
+    <w:rsid w:val="00952E62"/>
+    <w:rsid w:val="00953A4F"/>
+    <w:rsid w:val="00953DFF"/>
+    <w:rsid w:val="00953F24"/>
+    <w:rsid w:val="00954533"/>
+    <w:rsid w:val="00954C08"/>
+    <w:rsid w:val="0095575C"/>
+    <w:rsid w:val="009557B9"/>
+    <w:rsid w:val="00955CE0"/>
+    <w:rsid w:val="00956046"/>
+    <w:rsid w:val="009569C8"/>
+    <w:rsid w:val="00956A0E"/>
+    <w:rsid w:val="0095704A"/>
+    <w:rsid w:val="00957AD7"/>
+    <w:rsid w:val="00957CC2"/>
+    <w:rsid w:val="00957ECC"/>
+    <w:rsid w:val="00957F5C"/>
+    <w:rsid w:val="009608C0"/>
+    <w:rsid w:val="00960F9A"/>
+    <w:rsid w:val="0096108D"/>
+    <w:rsid w:val="009614AD"/>
+    <w:rsid w:val="009617B8"/>
+    <w:rsid w:val="00961C75"/>
+    <w:rsid w:val="00961F02"/>
+    <w:rsid w:val="009626C8"/>
+    <w:rsid w:val="009628E9"/>
+    <w:rsid w:val="00962AFA"/>
+    <w:rsid w:val="0096326E"/>
+    <w:rsid w:val="00963F43"/>
+    <w:rsid w:val="00964417"/>
+    <w:rsid w:val="00965B54"/>
+    <w:rsid w:val="00965C98"/>
+    <w:rsid w:val="00965DCF"/>
+    <w:rsid w:val="00966423"/>
+    <w:rsid w:val="009666CD"/>
+    <w:rsid w:val="009669B1"/>
+    <w:rsid w:val="00966DB3"/>
+    <w:rsid w:val="00966F9A"/>
+    <w:rsid w:val="00967B40"/>
+    <w:rsid w:val="00967E22"/>
+    <w:rsid w:val="00970327"/>
+    <w:rsid w:val="00971687"/>
+    <w:rsid w:val="00972113"/>
+    <w:rsid w:val="0097225A"/>
+    <w:rsid w:val="00972B9E"/>
     <w:rsid w:val="00972E50"/>
-    <w:rsid w:val="0097334A"/>
-[...9 lines deleted...]
-    <w:rsid w:val="0098033C"/>
+    <w:rsid w:val="00972E58"/>
+    <w:rsid w:val="0097418F"/>
+    <w:rsid w:val="009743CE"/>
+    <w:rsid w:val="009743D3"/>
+    <w:rsid w:val="00974761"/>
+    <w:rsid w:val="009759AD"/>
+    <w:rsid w:val="00975A03"/>
+    <w:rsid w:val="00975AE5"/>
+    <w:rsid w:val="00975E68"/>
+    <w:rsid w:val="00977262"/>
+    <w:rsid w:val="00977A94"/>
+    <w:rsid w:val="00977F8D"/>
+    <w:rsid w:val="0098070E"/>
+    <w:rsid w:val="0098089B"/>
+    <w:rsid w:val="00980F64"/>
+    <w:rsid w:val="00981E08"/>
+    <w:rsid w:val="00982029"/>
+    <w:rsid w:val="009822B1"/>
+    <w:rsid w:val="0098252E"/>
     <w:rsid w:val="0098262B"/>
-    <w:rsid w:val="009830FD"/>
+    <w:rsid w:val="00983394"/>
     <w:rsid w:val="009838DA"/>
-    <w:rsid w:val="00983A7A"/>
-    <w:rsid w:val="009859CB"/>
+    <w:rsid w:val="00983F5F"/>
+    <w:rsid w:val="009840DA"/>
+    <w:rsid w:val="00984517"/>
+    <w:rsid w:val="0098463E"/>
+    <w:rsid w:val="00984CB3"/>
+    <w:rsid w:val="00984CF1"/>
+    <w:rsid w:val="009859D6"/>
     <w:rsid w:val="00985A37"/>
-    <w:rsid w:val="00986259"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00991CFA"/>
+    <w:rsid w:val="00985B10"/>
+    <w:rsid w:val="00985D7F"/>
+    <w:rsid w:val="00985D80"/>
+    <w:rsid w:val="00986907"/>
+    <w:rsid w:val="009869A7"/>
+    <w:rsid w:val="00987654"/>
+    <w:rsid w:val="00987678"/>
+    <w:rsid w:val="00987872"/>
+    <w:rsid w:val="00987B8B"/>
+    <w:rsid w:val="0099058D"/>
+    <w:rsid w:val="00990D68"/>
+    <w:rsid w:val="0099110A"/>
+    <w:rsid w:val="009922FF"/>
+    <w:rsid w:val="00992424"/>
+    <w:rsid w:val="00992A5E"/>
+    <w:rsid w:val="00992D6E"/>
     <w:rsid w:val="00992DF9"/>
-    <w:rsid w:val="00993D68"/>
-[...5 lines deleted...]
-    <w:rsid w:val="009A0534"/>
+    <w:rsid w:val="00993047"/>
+    <w:rsid w:val="00993969"/>
+    <w:rsid w:val="00994427"/>
+    <w:rsid w:val="0099490D"/>
+    <w:rsid w:val="00994A2D"/>
+    <w:rsid w:val="0099519C"/>
+    <w:rsid w:val="009964B3"/>
+    <w:rsid w:val="00996804"/>
+    <w:rsid w:val="00996A40"/>
+    <w:rsid w:val="00996FA1"/>
+    <w:rsid w:val="009977B9"/>
+    <w:rsid w:val="00997F44"/>
+    <w:rsid w:val="009A08C3"/>
     <w:rsid w:val="009A0ABA"/>
-    <w:rsid w:val="009A0C22"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009A457C"/>
+    <w:rsid w:val="009A0F18"/>
+    <w:rsid w:val="009A35BA"/>
+    <w:rsid w:val="009A3A58"/>
+    <w:rsid w:val="009A48EB"/>
     <w:rsid w:val="009A4D44"/>
     <w:rsid w:val="009A4EBE"/>
-    <w:rsid w:val="009A6286"/>
-    <w:rsid w:val="009A686A"/>
+    <w:rsid w:val="009A5144"/>
+    <w:rsid w:val="009A550A"/>
+    <w:rsid w:val="009A5661"/>
     <w:rsid w:val="009A6AA1"/>
-    <w:rsid w:val="009A7102"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009B078E"/>
+    <w:rsid w:val="009A6B35"/>
+    <w:rsid w:val="009B032D"/>
+    <w:rsid w:val="009B0E75"/>
     <w:rsid w:val="009B0EBD"/>
-    <w:rsid w:val="009B0FD6"/>
-[...12 lines deleted...]
-    <w:rsid w:val="009C1826"/>
+    <w:rsid w:val="009B14A8"/>
+    <w:rsid w:val="009B26FA"/>
+    <w:rsid w:val="009B31AE"/>
+    <w:rsid w:val="009B3A2F"/>
+    <w:rsid w:val="009B3E33"/>
+    <w:rsid w:val="009B3E6A"/>
+    <w:rsid w:val="009B48AC"/>
+    <w:rsid w:val="009B496A"/>
+    <w:rsid w:val="009B4AAD"/>
+    <w:rsid w:val="009B4E0B"/>
+    <w:rsid w:val="009B5064"/>
+    <w:rsid w:val="009B59C9"/>
+    <w:rsid w:val="009B5EDE"/>
+    <w:rsid w:val="009B605B"/>
+    <w:rsid w:val="009B6B3D"/>
+    <w:rsid w:val="009B7614"/>
+    <w:rsid w:val="009B7644"/>
+    <w:rsid w:val="009B7C4F"/>
+    <w:rsid w:val="009C0D31"/>
+    <w:rsid w:val="009C18B8"/>
     <w:rsid w:val="009C1940"/>
-    <w:rsid w:val="009C28D6"/>
-    <w:rsid w:val="009C2A12"/>
+    <w:rsid w:val="009C2132"/>
+    <w:rsid w:val="009C224D"/>
+    <w:rsid w:val="009C27B4"/>
     <w:rsid w:val="009C3419"/>
-    <w:rsid w:val="009C3DBE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009C4E16"/>
+    <w:rsid w:val="009C3435"/>
+    <w:rsid w:val="009C3453"/>
+    <w:rsid w:val="009C34A8"/>
+    <w:rsid w:val="009C36E6"/>
+    <w:rsid w:val="009C3C50"/>
+    <w:rsid w:val="009C3FC0"/>
+    <w:rsid w:val="009C484E"/>
+    <w:rsid w:val="009C4CBA"/>
+    <w:rsid w:val="009C4DC7"/>
+    <w:rsid w:val="009C4DE2"/>
+    <w:rsid w:val="009C4EAB"/>
+    <w:rsid w:val="009C5430"/>
     <w:rsid w:val="009C60F4"/>
-    <w:rsid w:val="009C699D"/>
-[...9 lines deleted...]
-    <w:rsid w:val="009E204A"/>
+    <w:rsid w:val="009C7224"/>
+    <w:rsid w:val="009C7587"/>
+    <w:rsid w:val="009D056E"/>
+    <w:rsid w:val="009D0734"/>
+    <w:rsid w:val="009D079C"/>
+    <w:rsid w:val="009D1D43"/>
+    <w:rsid w:val="009D1DF9"/>
+    <w:rsid w:val="009D2E1D"/>
+    <w:rsid w:val="009D33A4"/>
+    <w:rsid w:val="009D3FE0"/>
+    <w:rsid w:val="009D4874"/>
+    <w:rsid w:val="009D52BB"/>
+    <w:rsid w:val="009D55BC"/>
+    <w:rsid w:val="009D55F4"/>
+    <w:rsid w:val="009D5873"/>
+    <w:rsid w:val="009D6D12"/>
+    <w:rsid w:val="009D71DD"/>
+    <w:rsid w:val="009D73A5"/>
+    <w:rsid w:val="009D7BF6"/>
+    <w:rsid w:val="009D7C72"/>
+    <w:rsid w:val="009E01DD"/>
+    <w:rsid w:val="009E0260"/>
+    <w:rsid w:val="009E054F"/>
+    <w:rsid w:val="009E13AC"/>
+    <w:rsid w:val="009E1507"/>
     <w:rsid w:val="009E2150"/>
-    <w:rsid w:val="009E299B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E530B"/>
+    <w:rsid w:val="009E3B09"/>
+    <w:rsid w:val="009E3B48"/>
+    <w:rsid w:val="009E4821"/>
+    <w:rsid w:val="009E48FB"/>
+    <w:rsid w:val="009E4F29"/>
+    <w:rsid w:val="009E5423"/>
+    <w:rsid w:val="009E54A0"/>
     <w:rsid w:val="009E5DBC"/>
-    <w:rsid w:val="009E6D16"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009E77BF"/>
+    <w:rsid w:val="009E6E96"/>
     <w:rsid w:val="009E791D"/>
+    <w:rsid w:val="009E7AB5"/>
     <w:rsid w:val="009E7B1B"/>
-    <w:rsid w:val="009F010D"/>
-[...9 lines deleted...]
-    <w:rsid w:val="009F47D3"/>
+    <w:rsid w:val="009E7C0B"/>
+    <w:rsid w:val="009F0305"/>
+    <w:rsid w:val="009F0734"/>
+    <w:rsid w:val="009F19BC"/>
+    <w:rsid w:val="009F1B0B"/>
+    <w:rsid w:val="009F20F2"/>
+    <w:rsid w:val="009F2C91"/>
+    <w:rsid w:val="009F38AB"/>
+    <w:rsid w:val="009F39E5"/>
+    <w:rsid w:val="009F4797"/>
     <w:rsid w:val="009F4974"/>
-    <w:rsid w:val="009F4F9D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009F6AC6"/>
+    <w:rsid w:val="009F4D37"/>
+    <w:rsid w:val="009F537C"/>
+    <w:rsid w:val="009F74E2"/>
+    <w:rsid w:val="009F7556"/>
     <w:rsid w:val="009F7568"/>
-    <w:rsid w:val="00A01BC2"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00A158B7"/>
+    <w:rsid w:val="00A00168"/>
+    <w:rsid w:val="00A00974"/>
+    <w:rsid w:val="00A00B00"/>
+    <w:rsid w:val="00A00FB1"/>
+    <w:rsid w:val="00A01232"/>
+    <w:rsid w:val="00A012DF"/>
+    <w:rsid w:val="00A03622"/>
+    <w:rsid w:val="00A03CEE"/>
+    <w:rsid w:val="00A04439"/>
+    <w:rsid w:val="00A0445A"/>
+    <w:rsid w:val="00A045F7"/>
+    <w:rsid w:val="00A064C9"/>
+    <w:rsid w:val="00A06740"/>
+    <w:rsid w:val="00A067F4"/>
+    <w:rsid w:val="00A06D7E"/>
+    <w:rsid w:val="00A108A6"/>
+    <w:rsid w:val="00A10AE7"/>
+    <w:rsid w:val="00A10EBA"/>
+    <w:rsid w:val="00A12918"/>
+    <w:rsid w:val="00A12C8E"/>
+    <w:rsid w:val="00A12FF7"/>
+    <w:rsid w:val="00A14F81"/>
+    <w:rsid w:val="00A150C5"/>
+    <w:rsid w:val="00A15147"/>
+    <w:rsid w:val="00A15184"/>
+    <w:rsid w:val="00A158E9"/>
     <w:rsid w:val="00A15D32"/>
-    <w:rsid w:val="00A16B1F"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00A31C97"/>
+    <w:rsid w:val="00A16810"/>
+    <w:rsid w:val="00A16B3A"/>
+    <w:rsid w:val="00A16FE2"/>
+    <w:rsid w:val="00A17814"/>
+    <w:rsid w:val="00A17A17"/>
+    <w:rsid w:val="00A17D3B"/>
+    <w:rsid w:val="00A17F88"/>
+    <w:rsid w:val="00A201BD"/>
+    <w:rsid w:val="00A209A1"/>
+    <w:rsid w:val="00A20A5C"/>
+    <w:rsid w:val="00A221AC"/>
+    <w:rsid w:val="00A227AD"/>
+    <w:rsid w:val="00A22E06"/>
+    <w:rsid w:val="00A231CC"/>
+    <w:rsid w:val="00A2381E"/>
+    <w:rsid w:val="00A2408F"/>
+    <w:rsid w:val="00A243AF"/>
+    <w:rsid w:val="00A252D0"/>
+    <w:rsid w:val="00A25588"/>
+    <w:rsid w:val="00A25853"/>
+    <w:rsid w:val="00A25CA3"/>
+    <w:rsid w:val="00A27B33"/>
+    <w:rsid w:val="00A27FE1"/>
+    <w:rsid w:val="00A3032F"/>
+    <w:rsid w:val="00A3090C"/>
+    <w:rsid w:val="00A30ACD"/>
+    <w:rsid w:val="00A3103D"/>
+    <w:rsid w:val="00A312A5"/>
+    <w:rsid w:val="00A31636"/>
     <w:rsid w:val="00A31D54"/>
-    <w:rsid w:val="00A348C7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A406A8"/>
+    <w:rsid w:val="00A326F8"/>
+    <w:rsid w:val="00A32C20"/>
+    <w:rsid w:val="00A340C6"/>
+    <w:rsid w:val="00A35062"/>
+    <w:rsid w:val="00A35402"/>
+    <w:rsid w:val="00A367DA"/>
+    <w:rsid w:val="00A3783A"/>
+    <w:rsid w:val="00A37AFF"/>
+    <w:rsid w:val="00A37FB9"/>
+    <w:rsid w:val="00A41F90"/>
+    <w:rsid w:val="00A42461"/>
     <w:rsid w:val="00A42542"/>
-    <w:rsid w:val="00A425F0"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00A513E5"/>
+    <w:rsid w:val="00A43549"/>
+    <w:rsid w:val="00A43A15"/>
+    <w:rsid w:val="00A43B5B"/>
+    <w:rsid w:val="00A441D1"/>
+    <w:rsid w:val="00A448DC"/>
+    <w:rsid w:val="00A4493D"/>
+    <w:rsid w:val="00A451AD"/>
+    <w:rsid w:val="00A46174"/>
+    <w:rsid w:val="00A47031"/>
+    <w:rsid w:val="00A47B5F"/>
+    <w:rsid w:val="00A5006F"/>
+    <w:rsid w:val="00A500D6"/>
+    <w:rsid w:val="00A5015A"/>
+    <w:rsid w:val="00A5024E"/>
+    <w:rsid w:val="00A50DEA"/>
     <w:rsid w:val="00A517B9"/>
-    <w:rsid w:val="00A51A0B"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00A5614E"/>
+    <w:rsid w:val="00A518EF"/>
+    <w:rsid w:val="00A51911"/>
+    <w:rsid w:val="00A51AF9"/>
+    <w:rsid w:val="00A522F5"/>
+    <w:rsid w:val="00A52662"/>
+    <w:rsid w:val="00A52AD1"/>
+    <w:rsid w:val="00A53350"/>
+    <w:rsid w:val="00A53759"/>
+    <w:rsid w:val="00A5444F"/>
+    <w:rsid w:val="00A54966"/>
+    <w:rsid w:val="00A54DFD"/>
+    <w:rsid w:val="00A55B56"/>
+    <w:rsid w:val="00A55D5D"/>
+    <w:rsid w:val="00A55FEA"/>
+    <w:rsid w:val="00A5608D"/>
+    <w:rsid w:val="00A566AE"/>
+    <w:rsid w:val="00A57102"/>
+    <w:rsid w:val="00A5714A"/>
+    <w:rsid w:val="00A57719"/>
+    <w:rsid w:val="00A579F6"/>
+    <w:rsid w:val="00A57BE6"/>
     <w:rsid w:val="00A603B7"/>
-    <w:rsid w:val="00A60BE4"/>
-    <w:rsid w:val="00A61A58"/>
+    <w:rsid w:val="00A6059E"/>
+    <w:rsid w:val="00A6092C"/>
+    <w:rsid w:val="00A60E9E"/>
+    <w:rsid w:val="00A611E9"/>
+    <w:rsid w:val="00A6356F"/>
     <w:rsid w:val="00A63B60"/>
-    <w:rsid w:val="00A63B88"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00A7482A"/>
+    <w:rsid w:val="00A64246"/>
+    <w:rsid w:val="00A645AB"/>
+    <w:rsid w:val="00A647D1"/>
+    <w:rsid w:val="00A650B5"/>
+    <w:rsid w:val="00A6512B"/>
+    <w:rsid w:val="00A6557B"/>
+    <w:rsid w:val="00A656B4"/>
+    <w:rsid w:val="00A65AA6"/>
+    <w:rsid w:val="00A669CE"/>
+    <w:rsid w:val="00A66C42"/>
+    <w:rsid w:val="00A67520"/>
+    <w:rsid w:val="00A67710"/>
+    <w:rsid w:val="00A702A0"/>
+    <w:rsid w:val="00A709A6"/>
+    <w:rsid w:val="00A711B9"/>
+    <w:rsid w:val="00A71272"/>
+    <w:rsid w:val="00A71454"/>
+    <w:rsid w:val="00A72019"/>
+    <w:rsid w:val="00A72354"/>
+    <w:rsid w:val="00A72578"/>
+    <w:rsid w:val="00A729C9"/>
+    <w:rsid w:val="00A72B20"/>
+    <w:rsid w:val="00A72F6C"/>
+    <w:rsid w:val="00A730EC"/>
+    <w:rsid w:val="00A73562"/>
+    <w:rsid w:val="00A73BB0"/>
+    <w:rsid w:val="00A74955"/>
     <w:rsid w:val="00A74E8E"/>
-    <w:rsid w:val="00A75AA3"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00A7742F"/>
+    <w:rsid w:val="00A7534F"/>
+    <w:rsid w:val="00A75531"/>
+    <w:rsid w:val="00A75A0A"/>
+    <w:rsid w:val="00A76054"/>
+    <w:rsid w:val="00A76C92"/>
+    <w:rsid w:val="00A76FC9"/>
+    <w:rsid w:val="00A775EF"/>
+    <w:rsid w:val="00A802D4"/>
+    <w:rsid w:val="00A80591"/>
     <w:rsid w:val="00A806D2"/>
-    <w:rsid w:val="00A8180B"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00A87DA9"/>
+    <w:rsid w:val="00A809B3"/>
+    <w:rsid w:val="00A80F27"/>
+    <w:rsid w:val="00A81EBD"/>
+    <w:rsid w:val="00A854F5"/>
+    <w:rsid w:val="00A8550B"/>
+    <w:rsid w:val="00A85A3A"/>
+    <w:rsid w:val="00A85CCD"/>
+    <w:rsid w:val="00A86747"/>
+    <w:rsid w:val="00A86D0F"/>
+    <w:rsid w:val="00A86E09"/>
+    <w:rsid w:val="00A86E90"/>
+    <w:rsid w:val="00A87D1F"/>
     <w:rsid w:val="00A87E1C"/>
-    <w:rsid w:val="00A90E1B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A90E84"/>
+    <w:rsid w:val="00A9062B"/>
+    <w:rsid w:val="00A90819"/>
+    <w:rsid w:val="00A90997"/>
+    <w:rsid w:val="00A91221"/>
+    <w:rsid w:val="00A916F9"/>
+    <w:rsid w:val="00A920B4"/>
+    <w:rsid w:val="00A9221F"/>
+    <w:rsid w:val="00A92681"/>
+    <w:rsid w:val="00A92A9B"/>
+    <w:rsid w:val="00A92BDD"/>
+    <w:rsid w:val="00A931DD"/>
+    <w:rsid w:val="00A932B7"/>
+    <w:rsid w:val="00A93946"/>
+    <w:rsid w:val="00A93E2A"/>
+    <w:rsid w:val="00A940FD"/>
     <w:rsid w:val="00A94376"/>
-    <w:rsid w:val="00A94659"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A94AFC"/>
+    <w:rsid w:val="00A948B8"/>
     <w:rsid w:val="00A94B6F"/>
     <w:rsid w:val="00A94CA4"/>
-    <w:rsid w:val="00A958AC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A96BCA"/>
+    <w:rsid w:val="00A94E7B"/>
+    <w:rsid w:val="00A95238"/>
+    <w:rsid w:val="00A96081"/>
+    <w:rsid w:val="00A9617D"/>
+    <w:rsid w:val="00A9706B"/>
     <w:rsid w:val="00A9735A"/>
-    <w:rsid w:val="00A97B4A"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00AA44BA"/>
+    <w:rsid w:val="00A97A15"/>
+    <w:rsid w:val="00A97C8F"/>
+    <w:rsid w:val="00AA0BC7"/>
+    <w:rsid w:val="00AA0D97"/>
+    <w:rsid w:val="00AA0EDA"/>
+    <w:rsid w:val="00AA0EF2"/>
+    <w:rsid w:val="00AA1ADF"/>
+    <w:rsid w:val="00AA241D"/>
+    <w:rsid w:val="00AA2899"/>
+    <w:rsid w:val="00AA35BB"/>
+    <w:rsid w:val="00AA37D4"/>
+    <w:rsid w:val="00AA3A60"/>
+    <w:rsid w:val="00AA3ADB"/>
+    <w:rsid w:val="00AA3F4E"/>
+    <w:rsid w:val="00AA4037"/>
+    <w:rsid w:val="00AA4643"/>
     <w:rsid w:val="00AA47C8"/>
-    <w:rsid w:val="00AA4864"/>
-    <w:rsid w:val="00AA4E60"/>
+    <w:rsid w:val="00AA4973"/>
+    <w:rsid w:val="00AA4AB8"/>
+    <w:rsid w:val="00AA5100"/>
+    <w:rsid w:val="00AA538C"/>
+    <w:rsid w:val="00AA5A0C"/>
     <w:rsid w:val="00AA5C7C"/>
-    <w:rsid w:val="00AA68EB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AB031A"/>
+    <w:rsid w:val="00AA6356"/>
+    <w:rsid w:val="00AA63A0"/>
+    <w:rsid w:val="00AA69C9"/>
+    <w:rsid w:val="00AA6EA4"/>
+    <w:rsid w:val="00AA7273"/>
     <w:rsid w:val="00AB0340"/>
     <w:rsid w:val="00AB0377"/>
-    <w:rsid w:val="00AB046F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB1DDC"/>
+    <w:rsid w:val="00AB0485"/>
+    <w:rsid w:val="00AB21D4"/>
+    <w:rsid w:val="00AB2948"/>
+    <w:rsid w:val="00AB2B69"/>
+    <w:rsid w:val="00AB2D86"/>
+    <w:rsid w:val="00AB3289"/>
     <w:rsid w:val="00AB33B6"/>
-    <w:rsid w:val="00AB34B3"/>
     <w:rsid w:val="00AB3B12"/>
-    <w:rsid w:val="00AB5869"/>
+    <w:rsid w:val="00AB4379"/>
+    <w:rsid w:val="00AB4A9C"/>
+    <w:rsid w:val="00AB5706"/>
     <w:rsid w:val="00AB5ED7"/>
+    <w:rsid w:val="00AB6390"/>
     <w:rsid w:val="00AB6ED1"/>
-    <w:rsid w:val="00AB72A6"/>
+    <w:rsid w:val="00AB7122"/>
+    <w:rsid w:val="00AB74C0"/>
     <w:rsid w:val="00AB7587"/>
-    <w:rsid w:val="00AB7F69"/>
+    <w:rsid w:val="00AB7922"/>
+    <w:rsid w:val="00AC070D"/>
     <w:rsid w:val="00AC0873"/>
+    <w:rsid w:val="00AC0A36"/>
+    <w:rsid w:val="00AC0CA4"/>
     <w:rsid w:val="00AC10EA"/>
-    <w:rsid w:val="00AC1653"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00AC4993"/>
+    <w:rsid w:val="00AC154E"/>
+    <w:rsid w:val="00AC1807"/>
+    <w:rsid w:val="00AC2BEF"/>
+    <w:rsid w:val="00AC336D"/>
+    <w:rsid w:val="00AC3CEB"/>
+    <w:rsid w:val="00AC3E82"/>
+    <w:rsid w:val="00AC3F14"/>
+    <w:rsid w:val="00AC4051"/>
+    <w:rsid w:val="00AC4AC4"/>
+    <w:rsid w:val="00AC5605"/>
     <w:rsid w:val="00AC5841"/>
     <w:rsid w:val="00AC595A"/>
-    <w:rsid w:val="00AC5B2C"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00AD4278"/>
+    <w:rsid w:val="00AC5994"/>
+    <w:rsid w:val="00AC5A59"/>
+    <w:rsid w:val="00AC5BAC"/>
+    <w:rsid w:val="00AC665D"/>
+    <w:rsid w:val="00AC6D4A"/>
+    <w:rsid w:val="00AC703A"/>
+    <w:rsid w:val="00AC72F0"/>
+    <w:rsid w:val="00AC7862"/>
+    <w:rsid w:val="00AD0D11"/>
+    <w:rsid w:val="00AD16C0"/>
+    <w:rsid w:val="00AD1A77"/>
+    <w:rsid w:val="00AD1AB0"/>
+    <w:rsid w:val="00AD204A"/>
+    <w:rsid w:val="00AD20C2"/>
+    <w:rsid w:val="00AD243D"/>
+    <w:rsid w:val="00AD2458"/>
+    <w:rsid w:val="00AD2598"/>
+    <w:rsid w:val="00AD354D"/>
+    <w:rsid w:val="00AD3860"/>
+    <w:rsid w:val="00AD3AD0"/>
+    <w:rsid w:val="00AD3C64"/>
+    <w:rsid w:val="00AD430A"/>
+    <w:rsid w:val="00AD462B"/>
     <w:rsid w:val="00AD480A"/>
-    <w:rsid w:val="00AD48AD"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00AF627C"/>
+    <w:rsid w:val="00AD627D"/>
+    <w:rsid w:val="00AD71EC"/>
+    <w:rsid w:val="00AD75A3"/>
+    <w:rsid w:val="00AD774C"/>
+    <w:rsid w:val="00AD7A2E"/>
+    <w:rsid w:val="00AD7D05"/>
+    <w:rsid w:val="00AE060B"/>
+    <w:rsid w:val="00AE08C3"/>
+    <w:rsid w:val="00AE0C7E"/>
+    <w:rsid w:val="00AE11C1"/>
+    <w:rsid w:val="00AE1355"/>
+    <w:rsid w:val="00AE137A"/>
+    <w:rsid w:val="00AE1D6E"/>
+    <w:rsid w:val="00AE202D"/>
+    <w:rsid w:val="00AE215D"/>
+    <w:rsid w:val="00AE2BBE"/>
+    <w:rsid w:val="00AE3536"/>
+    <w:rsid w:val="00AE3E00"/>
+    <w:rsid w:val="00AE4950"/>
+    <w:rsid w:val="00AE73F7"/>
+    <w:rsid w:val="00AE7AA5"/>
+    <w:rsid w:val="00AE7D96"/>
+    <w:rsid w:val="00AF0938"/>
+    <w:rsid w:val="00AF099B"/>
+    <w:rsid w:val="00AF0D1A"/>
+    <w:rsid w:val="00AF11F9"/>
+    <w:rsid w:val="00AF2695"/>
+    <w:rsid w:val="00AF2B1B"/>
+    <w:rsid w:val="00AF308A"/>
+    <w:rsid w:val="00AF347A"/>
+    <w:rsid w:val="00AF3DB5"/>
+    <w:rsid w:val="00AF407A"/>
+    <w:rsid w:val="00AF40E5"/>
+    <w:rsid w:val="00AF43A0"/>
+    <w:rsid w:val="00AF4509"/>
+    <w:rsid w:val="00AF4E22"/>
+    <w:rsid w:val="00AF53DF"/>
+    <w:rsid w:val="00AF5576"/>
+    <w:rsid w:val="00AF662D"/>
+    <w:rsid w:val="00AF734F"/>
     <w:rsid w:val="00AF7582"/>
     <w:rsid w:val="00AF78F6"/>
-    <w:rsid w:val="00AF7CE0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B013A2"/>
+    <w:rsid w:val="00AF7A34"/>
+    <w:rsid w:val="00B006F2"/>
+    <w:rsid w:val="00B010C8"/>
+    <w:rsid w:val="00B011F9"/>
+    <w:rsid w:val="00B014BA"/>
+    <w:rsid w:val="00B01E26"/>
     <w:rsid w:val="00B01E3C"/>
-    <w:rsid w:val="00B02253"/>
-    <w:rsid w:val="00B0329C"/>
+    <w:rsid w:val="00B01E43"/>
+    <w:rsid w:val="00B0246D"/>
+    <w:rsid w:val="00B0286A"/>
     <w:rsid w:val="00B032A3"/>
-    <w:rsid w:val="00B03EDA"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00B10491"/>
+    <w:rsid w:val="00B04C5B"/>
+    <w:rsid w:val="00B04E4C"/>
+    <w:rsid w:val="00B078F3"/>
+    <w:rsid w:val="00B0791D"/>
+    <w:rsid w:val="00B10A98"/>
     <w:rsid w:val="00B11218"/>
+    <w:rsid w:val="00B11981"/>
+    <w:rsid w:val="00B120A7"/>
     <w:rsid w:val="00B12619"/>
-    <w:rsid w:val="00B1344F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B149AE"/>
+    <w:rsid w:val="00B12757"/>
+    <w:rsid w:val="00B12D58"/>
+    <w:rsid w:val="00B13AD4"/>
+    <w:rsid w:val="00B14455"/>
     <w:rsid w:val="00B14A6B"/>
-    <w:rsid w:val="00B14C9F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B17E45"/>
+    <w:rsid w:val="00B14C78"/>
+    <w:rsid w:val="00B15311"/>
+    <w:rsid w:val="00B15725"/>
+    <w:rsid w:val="00B15CBA"/>
+    <w:rsid w:val="00B1670F"/>
+    <w:rsid w:val="00B20514"/>
+    <w:rsid w:val="00B20531"/>
+    <w:rsid w:val="00B20A73"/>
+    <w:rsid w:val="00B21146"/>
+    <w:rsid w:val="00B213F8"/>
     <w:rsid w:val="00B214D7"/>
-    <w:rsid w:val="00B21636"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B253C5"/>
+    <w:rsid w:val="00B21CA5"/>
+    <w:rsid w:val="00B22111"/>
+    <w:rsid w:val="00B22DAE"/>
+    <w:rsid w:val="00B22E90"/>
+    <w:rsid w:val="00B23C5B"/>
+    <w:rsid w:val="00B2491F"/>
+    <w:rsid w:val="00B255AF"/>
+    <w:rsid w:val="00B26406"/>
+    <w:rsid w:val="00B26DAA"/>
+    <w:rsid w:val="00B27049"/>
     <w:rsid w:val="00B275A9"/>
-    <w:rsid w:val="00B27EAA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B33DC0"/>
+    <w:rsid w:val="00B314A9"/>
+    <w:rsid w:val="00B3158A"/>
+    <w:rsid w:val="00B31999"/>
+    <w:rsid w:val="00B32D58"/>
+    <w:rsid w:val="00B32EE8"/>
+    <w:rsid w:val="00B33188"/>
+    <w:rsid w:val="00B33232"/>
+    <w:rsid w:val="00B336DF"/>
+    <w:rsid w:val="00B3399A"/>
+    <w:rsid w:val="00B33B2A"/>
+    <w:rsid w:val="00B33B7A"/>
+    <w:rsid w:val="00B33D43"/>
     <w:rsid w:val="00B347E1"/>
-    <w:rsid w:val="00B34D3F"/>
-    <w:rsid w:val="00B35527"/>
+    <w:rsid w:val="00B355C5"/>
+    <w:rsid w:val="00B3560C"/>
+    <w:rsid w:val="00B3595B"/>
     <w:rsid w:val="00B35C3B"/>
-    <w:rsid w:val="00B3767D"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B417D6"/>
+    <w:rsid w:val="00B35D06"/>
+    <w:rsid w:val="00B35EF7"/>
+    <w:rsid w:val="00B364E2"/>
+    <w:rsid w:val="00B36751"/>
+    <w:rsid w:val="00B3676C"/>
+    <w:rsid w:val="00B36870"/>
+    <w:rsid w:val="00B36BDA"/>
+    <w:rsid w:val="00B36EEF"/>
+    <w:rsid w:val="00B37FDB"/>
+    <w:rsid w:val="00B41063"/>
+    <w:rsid w:val="00B4120F"/>
+    <w:rsid w:val="00B41213"/>
     <w:rsid w:val="00B41AEB"/>
-    <w:rsid w:val="00B440FB"/>
+    <w:rsid w:val="00B42451"/>
+    <w:rsid w:val="00B437A3"/>
     <w:rsid w:val="00B442AD"/>
-    <w:rsid w:val="00B45534"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B46B3C"/>
+    <w:rsid w:val="00B44FAB"/>
+    <w:rsid w:val="00B454FD"/>
+    <w:rsid w:val="00B45F89"/>
+    <w:rsid w:val="00B46811"/>
+    <w:rsid w:val="00B46F9C"/>
     <w:rsid w:val="00B4719F"/>
-    <w:rsid w:val="00B47D2E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B502CD"/>
+    <w:rsid w:val="00B471DB"/>
+    <w:rsid w:val="00B473F1"/>
+    <w:rsid w:val="00B47655"/>
+    <w:rsid w:val="00B47D43"/>
+    <w:rsid w:val="00B516D3"/>
+    <w:rsid w:val="00B51892"/>
     <w:rsid w:val="00B518C5"/>
-    <w:rsid w:val="00B52712"/>
-[...41 lines deleted...]
-    <w:rsid w:val="00B84431"/>
+    <w:rsid w:val="00B51F09"/>
+    <w:rsid w:val="00B5288F"/>
+    <w:rsid w:val="00B52AE0"/>
+    <w:rsid w:val="00B53A88"/>
+    <w:rsid w:val="00B5586B"/>
+    <w:rsid w:val="00B5598C"/>
+    <w:rsid w:val="00B55AC8"/>
+    <w:rsid w:val="00B55ECA"/>
+    <w:rsid w:val="00B56FDD"/>
+    <w:rsid w:val="00B57562"/>
+    <w:rsid w:val="00B57C21"/>
+    <w:rsid w:val="00B6025B"/>
+    <w:rsid w:val="00B60393"/>
+    <w:rsid w:val="00B6061F"/>
+    <w:rsid w:val="00B60A12"/>
+    <w:rsid w:val="00B61615"/>
+    <w:rsid w:val="00B62200"/>
+    <w:rsid w:val="00B62CB9"/>
+    <w:rsid w:val="00B63C4B"/>
+    <w:rsid w:val="00B64153"/>
+    <w:rsid w:val="00B643A3"/>
+    <w:rsid w:val="00B6493F"/>
+    <w:rsid w:val="00B65DE3"/>
+    <w:rsid w:val="00B65EAD"/>
+    <w:rsid w:val="00B66681"/>
+    <w:rsid w:val="00B674F3"/>
+    <w:rsid w:val="00B6789F"/>
+    <w:rsid w:val="00B67AC1"/>
+    <w:rsid w:val="00B701A4"/>
+    <w:rsid w:val="00B70964"/>
+    <w:rsid w:val="00B71501"/>
+    <w:rsid w:val="00B733EC"/>
+    <w:rsid w:val="00B7340D"/>
+    <w:rsid w:val="00B73B3E"/>
+    <w:rsid w:val="00B74462"/>
+    <w:rsid w:val="00B74A03"/>
+    <w:rsid w:val="00B7508E"/>
+    <w:rsid w:val="00B75125"/>
+    <w:rsid w:val="00B75BF5"/>
+    <w:rsid w:val="00B771C9"/>
+    <w:rsid w:val="00B804A3"/>
+    <w:rsid w:val="00B80788"/>
+    <w:rsid w:val="00B80CBC"/>
+    <w:rsid w:val="00B81011"/>
+    <w:rsid w:val="00B81442"/>
+    <w:rsid w:val="00B81DA9"/>
+    <w:rsid w:val="00B8221A"/>
+    <w:rsid w:val="00B8246C"/>
+    <w:rsid w:val="00B8308D"/>
+    <w:rsid w:val="00B832BF"/>
+    <w:rsid w:val="00B84041"/>
     <w:rsid w:val="00B84561"/>
-    <w:rsid w:val="00B856C9"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00B96F33"/>
+    <w:rsid w:val="00B84828"/>
+    <w:rsid w:val="00B848A7"/>
+    <w:rsid w:val="00B8681C"/>
+    <w:rsid w:val="00B8733C"/>
+    <w:rsid w:val="00B87353"/>
+    <w:rsid w:val="00B87476"/>
+    <w:rsid w:val="00B87D20"/>
+    <w:rsid w:val="00B9005D"/>
+    <w:rsid w:val="00B902B2"/>
+    <w:rsid w:val="00B91470"/>
+    <w:rsid w:val="00B91894"/>
+    <w:rsid w:val="00B91A91"/>
+    <w:rsid w:val="00B92518"/>
+    <w:rsid w:val="00B92BA7"/>
+    <w:rsid w:val="00B92CAC"/>
+    <w:rsid w:val="00B933E7"/>
+    <w:rsid w:val="00B9357B"/>
+    <w:rsid w:val="00B93E2C"/>
+    <w:rsid w:val="00B9410C"/>
+    <w:rsid w:val="00B944FB"/>
+    <w:rsid w:val="00B94F7C"/>
+    <w:rsid w:val="00B951F9"/>
+    <w:rsid w:val="00B95E44"/>
+    <w:rsid w:val="00B967B1"/>
+    <w:rsid w:val="00B97FAB"/>
+    <w:rsid w:val="00BA06D7"/>
+    <w:rsid w:val="00BA0702"/>
     <w:rsid w:val="00BA0B00"/>
-    <w:rsid w:val="00BA1151"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA18D5"/>
+    <w:rsid w:val="00BA0D44"/>
+    <w:rsid w:val="00BA1002"/>
     <w:rsid w:val="00BA274B"/>
-    <w:rsid w:val="00BA2DD1"/>
+    <w:rsid w:val="00BA2C62"/>
     <w:rsid w:val="00BA3405"/>
-    <w:rsid w:val="00BA3C5F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BA52DC"/>
+    <w:rsid w:val="00BA3C58"/>
+    <w:rsid w:val="00BA4723"/>
+    <w:rsid w:val="00BA497B"/>
+    <w:rsid w:val="00BA4C30"/>
     <w:rsid w:val="00BA55FD"/>
-    <w:rsid w:val="00BA57C5"/>
-    <w:rsid w:val="00BA5961"/>
+    <w:rsid w:val="00BA58EF"/>
     <w:rsid w:val="00BA5C01"/>
-    <w:rsid w:val="00BA6BD4"/>
-    <w:rsid w:val="00BB04AB"/>
+    <w:rsid w:val="00BA6393"/>
+    <w:rsid w:val="00BA6994"/>
+    <w:rsid w:val="00BA6A3E"/>
+    <w:rsid w:val="00BB0064"/>
+    <w:rsid w:val="00BB00A1"/>
+    <w:rsid w:val="00BB00F7"/>
+    <w:rsid w:val="00BB0F84"/>
     <w:rsid w:val="00BB127E"/>
+    <w:rsid w:val="00BB1473"/>
     <w:rsid w:val="00BB152C"/>
-    <w:rsid w:val="00BB1AE5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BB3650"/>
+    <w:rsid w:val="00BB1665"/>
+    <w:rsid w:val="00BB2605"/>
+    <w:rsid w:val="00BB33BB"/>
+    <w:rsid w:val="00BB383C"/>
     <w:rsid w:val="00BB3C4E"/>
-    <w:rsid w:val="00BB3E1F"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00BC245B"/>
+    <w:rsid w:val="00BB409E"/>
+    <w:rsid w:val="00BB48EE"/>
+    <w:rsid w:val="00BB4CBA"/>
+    <w:rsid w:val="00BB5EF6"/>
+    <w:rsid w:val="00BB64CD"/>
+    <w:rsid w:val="00BB6E71"/>
+    <w:rsid w:val="00BB6EF0"/>
+    <w:rsid w:val="00BC0003"/>
+    <w:rsid w:val="00BC0D8B"/>
+    <w:rsid w:val="00BC0E19"/>
+    <w:rsid w:val="00BC0FC5"/>
+    <w:rsid w:val="00BC165E"/>
+    <w:rsid w:val="00BC23E6"/>
     <w:rsid w:val="00BC3977"/>
-    <w:rsid w:val="00BC3A2D"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BD08F1"/>
+    <w:rsid w:val="00BC3DB4"/>
+    <w:rsid w:val="00BC4CB9"/>
+    <w:rsid w:val="00BC4F64"/>
+    <w:rsid w:val="00BC6276"/>
+    <w:rsid w:val="00BC63C9"/>
+    <w:rsid w:val="00BC6787"/>
+    <w:rsid w:val="00BC71B5"/>
+    <w:rsid w:val="00BC7913"/>
+    <w:rsid w:val="00BD0295"/>
+    <w:rsid w:val="00BD0573"/>
     <w:rsid w:val="00BD092B"/>
-    <w:rsid w:val="00BD0F1F"/>
+    <w:rsid w:val="00BD0EEF"/>
+    <w:rsid w:val="00BD0FDD"/>
     <w:rsid w:val="00BD139D"/>
-    <w:rsid w:val="00BD1BD1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD2DC4"/>
+    <w:rsid w:val="00BD146A"/>
+    <w:rsid w:val="00BD187A"/>
+    <w:rsid w:val="00BD3FB7"/>
     <w:rsid w:val="00BD48DC"/>
-    <w:rsid w:val="00BD5E90"/>
-    <w:rsid w:val="00BD5ED7"/>
+    <w:rsid w:val="00BD4CBF"/>
+    <w:rsid w:val="00BD4E00"/>
+    <w:rsid w:val="00BD4F11"/>
+    <w:rsid w:val="00BD5988"/>
+    <w:rsid w:val="00BD6173"/>
     <w:rsid w:val="00BD6429"/>
-    <w:rsid w:val="00BD6D75"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00BE67D0"/>
+    <w:rsid w:val="00BD66EF"/>
+    <w:rsid w:val="00BD7189"/>
+    <w:rsid w:val="00BD72D9"/>
+    <w:rsid w:val="00BD75A2"/>
+    <w:rsid w:val="00BD7ED4"/>
+    <w:rsid w:val="00BE0356"/>
+    <w:rsid w:val="00BE03D0"/>
+    <w:rsid w:val="00BE0773"/>
+    <w:rsid w:val="00BE08AB"/>
+    <w:rsid w:val="00BE200F"/>
+    <w:rsid w:val="00BE3013"/>
+    <w:rsid w:val="00BE39B0"/>
+    <w:rsid w:val="00BE3FF8"/>
+    <w:rsid w:val="00BE44AA"/>
+    <w:rsid w:val="00BE525C"/>
+    <w:rsid w:val="00BE5521"/>
+    <w:rsid w:val="00BE594E"/>
+    <w:rsid w:val="00BE5D62"/>
+    <w:rsid w:val="00BE5E79"/>
+    <w:rsid w:val="00BE60B0"/>
+    <w:rsid w:val="00BE6195"/>
+    <w:rsid w:val="00BE628C"/>
+    <w:rsid w:val="00BE6B6B"/>
     <w:rsid w:val="00BE71B9"/>
-    <w:rsid w:val="00BF0372"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00BF4778"/>
+    <w:rsid w:val="00BE74F5"/>
+    <w:rsid w:val="00BE7746"/>
+    <w:rsid w:val="00BE7C34"/>
+    <w:rsid w:val="00BF0579"/>
+    <w:rsid w:val="00BF0680"/>
+    <w:rsid w:val="00BF088B"/>
+    <w:rsid w:val="00BF0DF8"/>
+    <w:rsid w:val="00BF1307"/>
+    <w:rsid w:val="00BF1680"/>
+    <w:rsid w:val="00BF170E"/>
+    <w:rsid w:val="00BF1852"/>
+    <w:rsid w:val="00BF3161"/>
+    <w:rsid w:val="00BF3B51"/>
+    <w:rsid w:val="00BF3DDF"/>
+    <w:rsid w:val="00BF4235"/>
+    <w:rsid w:val="00BF4723"/>
     <w:rsid w:val="00BF48E2"/>
-    <w:rsid w:val="00BF4E46"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BF73DC"/>
+    <w:rsid w:val="00BF4CFF"/>
+    <w:rsid w:val="00BF5970"/>
+    <w:rsid w:val="00BF65C4"/>
+    <w:rsid w:val="00BF6603"/>
+    <w:rsid w:val="00BF66F6"/>
+    <w:rsid w:val="00BF680F"/>
+    <w:rsid w:val="00BF6966"/>
+    <w:rsid w:val="00BF6AA7"/>
+    <w:rsid w:val="00BF6B13"/>
+    <w:rsid w:val="00BF6E1D"/>
+    <w:rsid w:val="00BF6E7D"/>
+    <w:rsid w:val="00BF7159"/>
+    <w:rsid w:val="00BF726A"/>
     <w:rsid w:val="00BF77DF"/>
-    <w:rsid w:val="00BF7EC2"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00C131E2"/>
+    <w:rsid w:val="00BF78E0"/>
+    <w:rsid w:val="00BF7ABB"/>
+    <w:rsid w:val="00C00008"/>
+    <w:rsid w:val="00C00699"/>
+    <w:rsid w:val="00C00A01"/>
+    <w:rsid w:val="00C04076"/>
+    <w:rsid w:val="00C041CB"/>
+    <w:rsid w:val="00C04348"/>
+    <w:rsid w:val="00C053DB"/>
+    <w:rsid w:val="00C0572E"/>
+    <w:rsid w:val="00C058E5"/>
+    <w:rsid w:val="00C05C50"/>
+    <w:rsid w:val="00C05D9F"/>
+    <w:rsid w:val="00C05F77"/>
+    <w:rsid w:val="00C062A4"/>
+    <w:rsid w:val="00C0633D"/>
+    <w:rsid w:val="00C064BD"/>
+    <w:rsid w:val="00C065D7"/>
+    <w:rsid w:val="00C0707D"/>
+    <w:rsid w:val="00C0717E"/>
+    <w:rsid w:val="00C101E2"/>
+    <w:rsid w:val="00C10506"/>
+    <w:rsid w:val="00C10B0B"/>
+    <w:rsid w:val="00C11658"/>
+    <w:rsid w:val="00C11D7E"/>
+    <w:rsid w:val="00C127A9"/>
+    <w:rsid w:val="00C1295F"/>
+    <w:rsid w:val="00C1360F"/>
     <w:rsid w:val="00C13641"/>
     <w:rsid w:val="00C136F5"/>
-    <w:rsid w:val="00C13917"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00C2366C"/>
+    <w:rsid w:val="00C13CAB"/>
+    <w:rsid w:val="00C143ED"/>
+    <w:rsid w:val="00C14DCA"/>
+    <w:rsid w:val="00C15C80"/>
+    <w:rsid w:val="00C162FC"/>
+    <w:rsid w:val="00C16CA1"/>
+    <w:rsid w:val="00C1708A"/>
+    <w:rsid w:val="00C17437"/>
+    <w:rsid w:val="00C17C89"/>
+    <w:rsid w:val="00C17D87"/>
+    <w:rsid w:val="00C204D1"/>
+    <w:rsid w:val="00C20572"/>
+    <w:rsid w:val="00C20CB6"/>
+    <w:rsid w:val="00C210CB"/>
+    <w:rsid w:val="00C218F1"/>
+    <w:rsid w:val="00C21B24"/>
+    <w:rsid w:val="00C21DD1"/>
+    <w:rsid w:val="00C22758"/>
+    <w:rsid w:val="00C22EF8"/>
+    <w:rsid w:val="00C23603"/>
     <w:rsid w:val="00C23699"/>
-    <w:rsid w:val="00C243C7"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00C33526"/>
+    <w:rsid w:val="00C24C9C"/>
+    <w:rsid w:val="00C2573A"/>
+    <w:rsid w:val="00C257A0"/>
+    <w:rsid w:val="00C258D0"/>
+    <w:rsid w:val="00C26891"/>
+    <w:rsid w:val="00C272CD"/>
+    <w:rsid w:val="00C27513"/>
+    <w:rsid w:val="00C2764B"/>
+    <w:rsid w:val="00C27DBF"/>
+    <w:rsid w:val="00C308C1"/>
+    <w:rsid w:val="00C309E7"/>
+    <w:rsid w:val="00C30A16"/>
+    <w:rsid w:val="00C30F25"/>
+    <w:rsid w:val="00C31492"/>
+    <w:rsid w:val="00C317F3"/>
+    <w:rsid w:val="00C326CF"/>
+    <w:rsid w:val="00C32FD2"/>
+    <w:rsid w:val="00C3320B"/>
+    <w:rsid w:val="00C345C8"/>
+    <w:rsid w:val="00C3511D"/>
+    <w:rsid w:val="00C3523C"/>
+    <w:rsid w:val="00C35257"/>
+    <w:rsid w:val="00C3574E"/>
     <w:rsid w:val="00C35859"/>
-    <w:rsid w:val="00C37F82"/>
-    <w:rsid w:val="00C409C1"/>
+    <w:rsid w:val="00C35CA1"/>
+    <w:rsid w:val="00C364E6"/>
+    <w:rsid w:val="00C36C54"/>
+    <w:rsid w:val="00C36CB1"/>
+    <w:rsid w:val="00C36D2F"/>
+    <w:rsid w:val="00C3747C"/>
+    <w:rsid w:val="00C37589"/>
+    <w:rsid w:val="00C40789"/>
+    <w:rsid w:val="00C40A4D"/>
+    <w:rsid w:val="00C41080"/>
     <w:rsid w:val="00C41336"/>
-    <w:rsid w:val="00C41FC2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C42F98"/>
+    <w:rsid w:val="00C41537"/>
+    <w:rsid w:val="00C424EC"/>
+    <w:rsid w:val="00C42DA9"/>
+    <w:rsid w:val="00C42DEC"/>
     <w:rsid w:val="00C4308F"/>
     <w:rsid w:val="00C437A8"/>
-    <w:rsid w:val="00C444DD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C4467F"/>
+    <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C44B19"/>
-    <w:rsid w:val="00C44DBB"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00C612A7"/>
+    <w:rsid w:val="00C45DC5"/>
+    <w:rsid w:val="00C466CE"/>
+    <w:rsid w:val="00C46DB7"/>
+    <w:rsid w:val="00C473A0"/>
+    <w:rsid w:val="00C473D4"/>
+    <w:rsid w:val="00C47732"/>
+    <w:rsid w:val="00C47ACC"/>
+    <w:rsid w:val="00C50C5A"/>
+    <w:rsid w:val="00C50ED6"/>
+    <w:rsid w:val="00C50F07"/>
+    <w:rsid w:val="00C5103E"/>
+    <w:rsid w:val="00C52E26"/>
+    <w:rsid w:val="00C5337C"/>
+    <w:rsid w:val="00C55073"/>
+    <w:rsid w:val="00C55543"/>
+    <w:rsid w:val="00C57FDD"/>
+    <w:rsid w:val="00C61576"/>
+    <w:rsid w:val="00C6189A"/>
+    <w:rsid w:val="00C618B8"/>
+    <w:rsid w:val="00C61A7E"/>
+    <w:rsid w:val="00C61DB5"/>
     <w:rsid w:val="00C61E39"/>
-    <w:rsid w:val="00C621C1"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C659BB"/>
+    <w:rsid w:val="00C62D4D"/>
+    <w:rsid w:val="00C643A0"/>
+    <w:rsid w:val="00C64578"/>
+    <w:rsid w:val="00C64B77"/>
+    <w:rsid w:val="00C64B90"/>
+    <w:rsid w:val="00C64E21"/>
+    <w:rsid w:val="00C64EA6"/>
+    <w:rsid w:val="00C65D50"/>
     <w:rsid w:val="00C660F1"/>
-    <w:rsid w:val="00C66477"/>
-    <w:rsid w:val="00C66E1E"/>
+    <w:rsid w:val="00C66122"/>
+    <w:rsid w:val="00C6703E"/>
     <w:rsid w:val="00C67099"/>
-    <w:rsid w:val="00C67527"/>
+    <w:rsid w:val="00C67411"/>
+    <w:rsid w:val="00C67541"/>
+    <w:rsid w:val="00C6756B"/>
+    <w:rsid w:val="00C675D6"/>
     <w:rsid w:val="00C676C1"/>
-    <w:rsid w:val="00C67EEB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C70BBB"/>
+    <w:rsid w:val="00C6772D"/>
+    <w:rsid w:val="00C70191"/>
+    <w:rsid w:val="00C70235"/>
     <w:rsid w:val="00C71056"/>
-    <w:rsid w:val="00C71FF6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C8116E"/>
+    <w:rsid w:val="00C71BA5"/>
+    <w:rsid w:val="00C72E7C"/>
+    <w:rsid w:val="00C74796"/>
+    <w:rsid w:val="00C747A6"/>
+    <w:rsid w:val="00C74AD0"/>
+    <w:rsid w:val="00C75A8E"/>
+    <w:rsid w:val="00C769F1"/>
+    <w:rsid w:val="00C77C27"/>
+    <w:rsid w:val="00C8126F"/>
+    <w:rsid w:val="00C812E2"/>
+    <w:rsid w:val="00C816C2"/>
+    <w:rsid w:val="00C81ACA"/>
     <w:rsid w:val="00C81C53"/>
-    <w:rsid w:val="00C82D12"/>
+    <w:rsid w:val="00C81FD6"/>
+    <w:rsid w:val="00C82395"/>
+    <w:rsid w:val="00C82763"/>
+    <w:rsid w:val="00C82E25"/>
     <w:rsid w:val="00C836DC"/>
-    <w:rsid w:val="00C83BC2"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00CA4ABA"/>
+    <w:rsid w:val="00C83ABF"/>
+    <w:rsid w:val="00C84079"/>
+    <w:rsid w:val="00C8571B"/>
+    <w:rsid w:val="00C859F3"/>
+    <w:rsid w:val="00C85CBC"/>
+    <w:rsid w:val="00C85EDF"/>
+    <w:rsid w:val="00C85F09"/>
+    <w:rsid w:val="00C8649F"/>
+    <w:rsid w:val="00C86852"/>
+    <w:rsid w:val="00C869A2"/>
+    <w:rsid w:val="00C86AB1"/>
+    <w:rsid w:val="00C86C6B"/>
+    <w:rsid w:val="00C8779A"/>
+    <w:rsid w:val="00C911D4"/>
+    <w:rsid w:val="00C91711"/>
+    <w:rsid w:val="00C91766"/>
+    <w:rsid w:val="00C91B3E"/>
+    <w:rsid w:val="00C92097"/>
+    <w:rsid w:val="00C931CB"/>
+    <w:rsid w:val="00C934E3"/>
+    <w:rsid w:val="00C9431D"/>
+    <w:rsid w:val="00C94361"/>
+    <w:rsid w:val="00C94D56"/>
+    <w:rsid w:val="00C94FAD"/>
+    <w:rsid w:val="00C950F6"/>
+    <w:rsid w:val="00C95F39"/>
+    <w:rsid w:val="00C96CB7"/>
+    <w:rsid w:val="00C96E61"/>
+    <w:rsid w:val="00C97292"/>
+    <w:rsid w:val="00CA00D1"/>
+    <w:rsid w:val="00CA0BF9"/>
+    <w:rsid w:val="00CA1250"/>
+    <w:rsid w:val="00CA12A8"/>
+    <w:rsid w:val="00CA13A4"/>
+    <w:rsid w:val="00CA1B67"/>
+    <w:rsid w:val="00CA1EBF"/>
+    <w:rsid w:val="00CA253F"/>
+    <w:rsid w:val="00CA2FC7"/>
+    <w:rsid w:val="00CA3073"/>
+    <w:rsid w:val="00CA342A"/>
+    <w:rsid w:val="00CA3447"/>
+    <w:rsid w:val="00CA3591"/>
+    <w:rsid w:val="00CA35DD"/>
+    <w:rsid w:val="00CA3A58"/>
+    <w:rsid w:val="00CA3C60"/>
+    <w:rsid w:val="00CA3F51"/>
+    <w:rsid w:val="00CA404F"/>
+    <w:rsid w:val="00CA478F"/>
+    <w:rsid w:val="00CA479E"/>
+    <w:rsid w:val="00CA518C"/>
     <w:rsid w:val="00CA532C"/>
-    <w:rsid w:val="00CA5384"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00CC372D"/>
+    <w:rsid w:val="00CA568B"/>
+    <w:rsid w:val="00CA5EF6"/>
+    <w:rsid w:val="00CA6DAA"/>
+    <w:rsid w:val="00CA6ED5"/>
+    <w:rsid w:val="00CA7044"/>
+    <w:rsid w:val="00CA74C8"/>
+    <w:rsid w:val="00CA76C8"/>
+    <w:rsid w:val="00CA7735"/>
+    <w:rsid w:val="00CB0C05"/>
+    <w:rsid w:val="00CB224B"/>
+    <w:rsid w:val="00CB228D"/>
+    <w:rsid w:val="00CB2B02"/>
+    <w:rsid w:val="00CB2DB9"/>
+    <w:rsid w:val="00CB31E9"/>
+    <w:rsid w:val="00CB36B9"/>
+    <w:rsid w:val="00CB377A"/>
+    <w:rsid w:val="00CB396D"/>
+    <w:rsid w:val="00CB4621"/>
+    <w:rsid w:val="00CB4A2D"/>
+    <w:rsid w:val="00CB5196"/>
+    <w:rsid w:val="00CB52E7"/>
+    <w:rsid w:val="00CB5535"/>
+    <w:rsid w:val="00CB5B2F"/>
+    <w:rsid w:val="00CB5B78"/>
+    <w:rsid w:val="00CB6E76"/>
+    <w:rsid w:val="00CB7FFB"/>
+    <w:rsid w:val="00CC0252"/>
+    <w:rsid w:val="00CC1BBD"/>
+    <w:rsid w:val="00CC1DBA"/>
+    <w:rsid w:val="00CC2766"/>
     <w:rsid w:val="00CC3767"/>
-    <w:rsid w:val="00CC4AC7"/>
-[...35 lines deleted...]
-    <w:rsid w:val="00CF16AD"/>
+    <w:rsid w:val="00CC3973"/>
+    <w:rsid w:val="00CC4346"/>
+    <w:rsid w:val="00CC441B"/>
+    <w:rsid w:val="00CC5ABD"/>
+    <w:rsid w:val="00CC5F89"/>
+    <w:rsid w:val="00CC79F9"/>
+    <w:rsid w:val="00CC7C04"/>
+    <w:rsid w:val="00CD1B56"/>
+    <w:rsid w:val="00CD216C"/>
+    <w:rsid w:val="00CD233B"/>
+    <w:rsid w:val="00CD28B7"/>
+    <w:rsid w:val="00CD2C43"/>
+    <w:rsid w:val="00CD3E30"/>
+    <w:rsid w:val="00CD49BF"/>
+    <w:rsid w:val="00CD4DAC"/>
+    <w:rsid w:val="00CD5184"/>
+    <w:rsid w:val="00CD5905"/>
+    <w:rsid w:val="00CD6D11"/>
+    <w:rsid w:val="00CD6E10"/>
+    <w:rsid w:val="00CD6EDD"/>
+    <w:rsid w:val="00CD6F46"/>
+    <w:rsid w:val="00CD70AA"/>
+    <w:rsid w:val="00CD7222"/>
+    <w:rsid w:val="00CD74FC"/>
+    <w:rsid w:val="00CD7BE4"/>
+    <w:rsid w:val="00CE00E2"/>
+    <w:rsid w:val="00CE06CC"/>
+    <w:rsid w:val="00CE2710"/>
+    <w:rsid w:val="00CE282C"/>
+    <w:rsid w:val="00CE2B2D"/>
+    <w:rsid w:val="00CE2D72"/>
+    <w:rsid w:val="00CE3DC0"/>
+    <w:rsid w:val="00CE4D14"/>
+    <w:rsid w:val="00CE6023"/>
+    <w:rsid w:val="00CE6064"/>
+    <w:rsid w:val="00CE6A65"/>
+    <w:rsid w:val="00CE6B1B"/>
+    <w:rsid w:val="00CE71BA"/>
+    <w:rsid w:val="00CE7340"/>
+    <w:rsid w:val="00CF018B"/>
+    <w:rsid w:val="00CF07F7"/>
     <w:rsid w:val="00CF19C2"/>
-    <w:rsid w:val="00CF1A7A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CF6C1F"/>
+    <w:rsid w:val="00CF1ECA"/>
+    <w:rsid w:val="00CF20CF"/>
+    <w:rsid w:val="00CF28F3"/>
+    <w:rsid w:val="00CF2C69"/>
+    <w:rsid w:val="00CF3DF8"/>
+    <w:rsid w:val="00CF3EBC"/>
+    <w:rsid w:val="00CF4330"/>
+    <w:rsid w:val="00CF49B8"/>
+    <w:rsid w:val="00CF65B9"/>
+    <w:rsid w:val="00CF6C62"/>
+    <w:rsid w:val="00CF6E58"/>
+    <w:rsid w:val="00CF6E79"/>
     <w:rsid w:val="00CF6EA7"/>
-    <w:rsid w:val="00CF702F"/>
     <w:rsid w:val="00CF749E"/>
     <w:rsid w:val="00CF76AB"/>
-    <w:rsid w:val="00CF7AB1"/>
-    <w:rsid w:val="00CF7D68"/>
+    <w:rsid w:val="00CF7ED6"/>
     <w:rsid w:val="00D003E4"/>
-    <w:rsid w:val="00D00782"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D04C30"/>
+    <w:rsid w:val="00D00FEE"/>
+    <w:rsid w:val="00D0112E"/>
+    <w:rsid w:val="00D01CF6"/>
+    <w:rsid w:val="00D01F65"/>
+    <w:rsid w:val="00D020F9"/>
+    <w:rsid w:val="00D022A5"/>
+    <w:rsid w:val="00D023F2"/>
+    <w:rsid w:val="00D02884"/>
+    <w:rsid w:val="00D02ADC"/>
+    <w:rsid w:val="00D040D9"/>
+    <w:rsid w:val="00D04CA2"/>
+    <w:rsid w:val="00D04D26"/>
+    <w:rsid w:val="00D05787"/>
     <w:rsid w:val="00D0590C"/>
-    <w:rsid w:val="00D05E52"/>
+    <w:rsid w:val="00D06292"/>
     <w:rsid w:val="00D06CA2"/>
-    <w:rsid w:val="00D0734B"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00D17CBD"/>
+    <w:rsid w:val="00D06CD1"/>
+    <w:rsid w:val="00D071D0"/>
+    <w:rsid w:val="00D1016B"/>
+    <w:rsid w:val="00D10EF6"/>
+    <w:rsid w:val="00D121A4"/>
+    <w:rsid w:val="00D12C24"/>
+    <w:rsid w:val="00D134DE"/>
+    <w:rsid w:val="00D1389F"/>
+    <w:rsid w:val="00D1419C"/>
+    <w:rsid w:val="00D1422F"/>
+    <w:rsid w:val="00D1459E"/>
+    <w:rsid w:val="00D15013"/>
+    <w:rsid w:val="00D15D21"/>
+    <w:rsid w:val="00D16B1E"/>
+    <w:rsid w:val="00D16FC0"/>
+    <w:rsid w:val="00D171EC"/>
+    <w:rsid w:val="00D17A75"/>
+    <w:rsid w:val="00D2035C"/>
     <w:rsid w:val="00D20AD8"/>
-    <w:rsid w:val="00D22368"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00D269A0"/>
+    <w:rsid w:val="00D20F5A"/>
+    <w:rsid w:val="00D21039"/>
+    <w:rsid w:val="00D220E2"/>
+    <w:rsid w:val="00D2219A"/>
+    <w:rsid w:val="00D221C5"/>
+    <w:rsid w:val="00D2247C"/>
+    <w:rsid w:val="00D228DF"/>
+    <w:rsid w:val="00D23381"/>
+    <w:rsid w:val="00D2413E"/>
+    <w:rsid w:val="00D24845"/>
+    <w:rsid w:val="00D25948"/>
+    <w:rsid w:val="00D2619F"/>
+    <w:rsid w:val="00D27021"/>
+    <w:rsid w:val="00D27BCC"/>
     <w:rsid w:val="00D30077"/>
-    <w:rsid w:val="00D30990"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D3482C"/>
+    <w:rsid w:val="00D30BE7"/>
+    <w:rsid w:val="00D3198B"/>
+    <w:rsid w:val="00D32784"/>
+    <w:rsid w:val="00D32C00"/>
+    <w:rsid w:val="00D32CBD"/>
+    <w:rsid w:val="00D33150"/>
+    <w:rsid w:val="00D33366"/>
+    <w:rsid w:val="00D33551"/>
+    <w:rsid w:val="00D34864"/>
+    <w:rsid w:val="00D34F52"/>
+    <w:rsid w:val="00D351F7"/>
+    <w:rsid w:val="00D35729"/>
     <w:rsid w:val="00D361AD"/>
-    <w:rsid w:val="00D36B72"/>
-    <w:rsid w:val="00D378CD"/>
+    <w:rsid w:val="00D36821"/>
+    <w:rsid w:val="00D369EE"/>
+    <w:rsid w:val="00D402C8"/>
     <w:rsid w:val="00D40837"/>
-    <w:rsid w:val="00D40DF6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D46D7F"/>
+    <w:rsid w:val="00D41F85"/>
+    <w:rsid w:val="00D4201E"/>
+    <w:rsid w:val="00D426CD"/>
+    <w:rsid w:val="00D429D0"/>
+    <w:rsid w:val="00D42EE0"/>
+    <w:rsid w:val="00D42F41"/>
+    <w:rsid w:val="00D4337A"/>
+    <w:rsid w:val="00D4419C"/>
+    <w:rsid w:val="00D4444B"/>
+    <w:rsid w:val="00D447BB"/>
+    <w:rsid w:val="00D44D53"/>
+    <w:rsid w:val="00D452BF"/>
+    <w:rsid w:val="00D4541F"/>
+    <w:rsid w:val="00D4594E"/>
+    <w:rsid w:val="00D46E04"/>
     <w:rsid w:val="00D4782F"/>
-    <w:rsid w:val="00D47891"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D52AD0"/>
+    <w:rsid w:val="00D47A8E"/>
+    <w:rsid w:val="00D516DD"/>
+    <w:rsid w:val="00D51AA8"/>
+    <w:rsid w:val="00D51BE7"/>
+    <w:rsid w:val="00D523AA"/>
+    <w:rsid w:val="00D52474"/>
+    <w:rsid w:val="00D526DD"/>
     <w:rsid w:val="00D534FD"/>
-    <w:rsid w:val="00D55815"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00D87590"/>
+    <w:rsid w:val="00D542BA"/>
+    <w:rsid w:val="00D55901"/>
+    <w:rsid w:val="00D55CB2"/>
+    <w:rsid w:val="00D55F5F"/>
+    <w:rsid w:val="00D56861"/>
+    <w:rsid w:val="00D56E7D"/>
+    <w:rsid w:val="00D57698"/>
+    <w:rsid w:val="00D61CA9"/>
+    <w:rsid w:val="00D61F6A"/>
+    <w:rsid w:val="00D62C99"/>
+    <w:rsid w:val="00D62E1E"/>
+    <w:rsid w:val="00D63542"/>
+    <w:rsid w:val="00D639A6"/>
+    <w:rsid w:val="00D63D1F"/>
+    <w:rsid w:val="00D6425E"/>
+    <w:rsid w:val="00D652AC"/>
+    <w:rsid w:val="00D654D6"/>
+    <w:rsid w:val="00D70B02"/>
+    <w:rsid w:val="00D71D5F"/>
+    <w:rsid w:val="00D725B1"/>
+    <w:rsid w:val="00D728D6"/>
+    <w:rsid w:val="00D72ABF"/>
+    <w:rsid w:val="00D7373F"/>
+    <w:rsid w:val="00D74A56"/>
+    <w:rsid w:val="00D75B80"/>
+    <w:rsid w:val="00D75BE3"/>
+    <w:rsid w:val="00D76BF3"/>
+    <w:rsid w:val="00D76EFA"/>
+    <w:rsid w:val="00D77738"/>
+    <w:rsid w:val="00D77871"/>
+    <w:rsid w:val="00D77CAA"/>
+    <w:rsid w:val="00D800A1"/>
+    <w:rsid w:val="00D8051A"/>
+    <w:rsid w:val="00D80C97"/>
+    <w:rsid w:val="00D80DE5"/>
+    <w:rsid w:val="00D8122B"/>
+    <w:rsid w:val="00D81758"/>
+    <w:rsid w:val="00D81952"/>
+    <w:rsid w:val="00D82CE1"/>
+    <w:rsid w:val="00D82DE9"/>
+    <w:rsid w:val="00D82EEE"/>
+    <w:rsid w:val="00D8379C"/>
+    <w:rsid w:val="00D838A0"/>
+    <w:rsid w:val="00D842D8"/>
+    <w:rsid w:val="00D84976"/>
+    <w:rsid w:val="00D84D2B"/>
+    <w:rsid w:val="00D85F41"/>
+    <w:rsid w:val="00D85F86"/>
+    <w:rsid w:val="00D86C8E"/>
     <w:rsid w:val="00D879F1"/>
-    <w:rsid w:val="00D9003C"/>
+    <w:rsid w:val="00D87C59"/>
+    <w:rsid w:val="00D87EF4"/>
     <w:rsid w:val="00D9009F"/>
+    <w:rsid w:val="00D9049B"/>
+    <w:rsid w:val="00D90AA5"/>
     <w:rsid w:val="00D90E60"/>
-    <w:rsid w:val="00D9157D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D9306C"/>
+    <w:rsid w:val="00D91AC9"/>
+    <w:rsid w:val="00D91AFC"/>
+    <w:rsid w:val="00D91C53"/>
+    <w:rsid w:val="00D925C5"/>
+    <w:rsid w:val="00D927EF"/>
     <w:rsid w:val="00D936C9"/>
-    <w:rsid w:val="00D93AF3"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00DA102A"/>
+    <w:rsid w:val="00D93A9E"/>
+    <w:rsid w:val="00D94BB3"/>
+    <w:rsid w:val="00D96085"/>
+    <w:rsid w:val="00D960C2"/>
+    <w:rsid w:val="00D962A6"/>
+    <w:rsid w:val="00D96A53"/>
+    <w:rsid w:val="00D96B7A"/>
+    <w:rsid w:val="00D97F42"/>
     <w:rsid w:val="00DA17BD"/>
-    <w:rsid w:val="00DA1D1E"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00DB650A"/>
+    <w:rsid w:val="00DA1B5A"/>
+    <w:rsid w:val="00DA1BFB"/>
+    <w:rsid w:val="00DA1C64"/>
+    <w:rsid w:val="00DA1C8A"/>
+    <w:rsid w:val="00DA3800"/>
+    <w:rsid w:val="00DA3F49"/>
+    <w:rsid w:val="00DA43E2"/>
+    <w:rsid w:val="00DA474D"/>
+    <w:rsid w:val="00DA52D7"/>
+    <w:rsid w:val="00DA5753"/>
+    <w:rsid w:val="00DA58C4"/>
+    <w:rsid w:val="00DA5BD4"/>
+    <w:rsid w:val="00DA6EF0"/>
+    <w:rsid w:val="00DA6FD0"/>
+    <w:rsid w:val="00DA7082"/>
+    <w:rsid w:val="00DA7D04"/>
+    <w:rsid w:val="00DB049B"/>
+    <w:rsid w:val="00DB0CAC"/>
+    <w:rsid w:val="00DB112C"/>
+    <w:rsid w:val="00DB2387"/>
+    <w:rsid w:val="00DB24E9"/>
+    <w:rsid w:val="00DB25BC"/>
+    <w:rsid w:val="00DB2C72"/>
+    <w:rsid w:val="00DB4BCC"/>
+    <w:rsid w:val="00DB5F73"/>
     <w:rsid w:val="00DB704C"/>
-    <w:rsid w:val="00DB7254"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DC34A0"/>
+    <w:rsid w:val="00DB792B"/>
+    <w:rsid w:val="00DB7952"/>
+    <w:rsid w:val="00DC060E"/>
+    <w:rsid w:val="00DC0A28"/>
+    <w:rsid w:val="00DC10DA"/>
+    <w:rsid w:val="00DC16EF"/>
+    <w:rsid w:val="00DC1720"/>
+    <w:rsid w:val="00DC1CF9"/>
+    <w:rsid w:val="00DC2568"/>
+    <w:rsid w:val="00DC3135"/>
     <w:rsid w:val="00DC36D9"/>
-    <w:rsid w:val="00DC4526"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00DD6EB7"/>
+    <w:rsid w:val="00DC3794"/>
+    <w:rsid w:val="00DC3D14"/>
+    <w:rsid w:val="00DC3FCC"/>
+    <w:rsid w:val="00DC47D8"/>
+    <w:rsid w:val="00DC5768"/>
+    <w:rsid w:val="00DD031F"/>
+    <w:rsid w:val="00DD0BB3"/>
+    <w:rsid w:val="00DD1068"/>
+    <w:rsid w:val="00DD18A5"/>
+    <w:rsid w:val="00DD2CD6"/>
+    <w:rsid w:val="00DD2D60"/>
+    <w:rsid w:val="00DD3057"/>
+    <w:rsid w:val="00DD333C"/>
+    <w:rsid w:val="00DD3FA1"/>
+    <w:rsid w:val="00DD48AE"/>
+    <w:rsid w:val="00DD4B91"/>
+    <w:rsid w:val="00DD559D"/>
+    <w:rsid w:val="00DD587D"/>
     <w:rsid w:val="00DD710D"/>
-    <w:rsid w:val="00DD7C45"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DE3584"/>
+    <w:rsid w:val="00DD7904"/>
+    <w:rsid w:val="00DE1365"/>
+    <w:rsid w:val="00DE1E3E"/>
+    <w:rsid w:val="00DE316C"/>
+    <w:rsid w:val="00DE46E6"/>
+    <w:rsid w:val="00DE4B37"/>
     <w:rsid w:val="00DE4C11"/>
-    <w:rsid w:val="00DE58DD"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00DF3632"/>
+    <w:rsid w:val="00DE54D5"/>
+    <w:rsid w:val="00DE5E31"/>
+    <w:rsid w:val="00DE67BE"/>
+    <w:rsid w:val="00DE680C"/>
+    <w:rsid w:val="00DE7D7F"/>
+    <w:rsid w:val="00DF01BF"/>
+    <w:rsid w:val="00DF0469"/>
+    <w:rsid w:val="00DF0B3D"/>
+    <w:rsid w:val="00DF0BD4"/>
+    <w:rsid w:val="00DF164B"/>
+    <w:rsid w:val="00DF25D3"/>
+    <w:rsid w:val="00DF2A4D"/>
     <w:rsid w:val="00DF392A"/>
-    <w:rsid w:val="00DF426D"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00E105E6"/>
+    <w:rsid w:val="00DF431A"/>
+    <w:rsid w:val="00DF4535"/>
+    <w:rsid w:val="00DF4CA9"/>
+    <w:rsid w:val="00DF70E4"/>
+    <w:rsid w:val="00DF7523"/>
+    <w:rsid w:val="00E0012E"/>
+    <w:rsid w:val="00E003FD"/>
+    <w:rsid w:val="00E00F13"/>
+    <w:rsid w:val="00E01182"/>
+    <w:rsid w:val="00E01EE7"/>
+    <w:rsid w:val="00E03733"/>
+    <w:rsid w:val="00E0514B"/>
+    <w:rsid w:val="00E06DAA"/>
+    <w:rsid w:val="00E07009"/>
+    <w:rsid w:val="00E070D9"/>
+    <w:rsid w:val="00E10114"/>
     <w:rsid w:val="00E110C1"/>
+    <w:rsid w:val="00E110FD"/>
+    <w:rsid w:val="00E1133C"/>
     <w:rsid w:val="00E114BC"/>
-    <w:rsid w:val="00E123D2"/>
+    <w:rsid w:val="00E1236B"/>
     <w:rsid w:val="00E123D8"/>
-    <w:rsid w:val="00E12B8E"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00E17BEE"/>
+    <w:rsid w:val="00E127F6"/>
+    <w:rsid w:val="00E13776"/>
+    <w:rsid w:val="00E13D36"/>
+    <w:rsid w:val="00E147F1"/>
+    <w:rsid w:val="00E149EA"/>
+    <w:rsid w:val="00E152C2"/>
+    <w:rsid w:val="00E16031"/>
+    <w:rsid w:val="00E162CA"/>
+    <w:rsid w:val="00E166C6"/>
+    <w:rsid w:val="00E177E4"/>
+    <w:rsid w:val="00E20869"/>
     <w:rsid w:val="00E20A07"/>
-    <w:rsid w:val="00E21453"/>
+    <w:rsid w:val="00E217DF"/>
+    <w:rsid w:val="00E21885"/>
+    <w:rsid w:val="00E21A7B"/>
+    <w:rsid w:val="00E21B04"/>
+    <w:rsid w:val="00E21B47"/>
     <w:rsid w:val="00E21DE9"/>
-    <w:rsid w:val="00E22CB5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E24F17"/>
+    <w:rsid w:val="00E22449"/>
+    <w:rsid w:val="00E2253A"/>
+    <w:rsid w:val="00E22646"/>
+    <w:rsid w:val="00E232CC"/>
+    <w:rsid w:val="00E23371"/>
+    <w:rsid w:val="00E23730"/>
+    <w:rsid w:val="00E24556"/>
+    <w:rsid w:val="00E24A20"/>
+    <w:rsid w:val="00E24D73"/>
     <w:rsid w:val="00E2567F"/>
-    <w:rsid w:val="00E25754"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00E326C7"/>
+    <w:rsid w:val="00E259F7"/>
+    <w:rsid w:val="00E25D06"/>
+    <w:rsid w:val="00E2630D"/>
+    <w:rsid w:val="00E27288"/>
+    <w:rsid w:val="00E305AF"/>
+    <w:rsid w:val="00E305D9"/>
+    <w:rsid w:val="00E31517"/>
+    <w:rsid w:val="00E31CA4"/>
+    <w:rsid w:val="00E31F9B"/>
+    <w:rsid w:val="00E32124"/>
+    <w:rsid w:val="00E32E0D"/>
+    <w:rsid w:val="00E32EC6"/>
+    <w:rsid w:val="00E339FC"/>
     <w:rsid w:val="00E33C88"/>
-    <w:rsid w:val="00E344A2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E35C8A"/>
+    <w:rsid w:val="00E347D5"/>
+    <w:rsid w:val="00E35019"/>
+    <w:rsid w:val="00E3578D"/>
+    <w:rsid w:val="00E36139"/>
     <w:rsid w:val="00E363E4"/>
-    <w:rsid w:val="00E36EC8"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E4702F"/>
+    <w:rsid w:val="00E37AF4"/>
+    <w:rsid w:val="00E37CFD"/>
+    <w:rsid w:val="00E37E25"/>
+    <w:rsid w:val="00E40757"/>
+    <w:rsid w:val="00E40919"/>
+    <w:rsid w:val="00E409E7"/>
+    <w:rsid w:val="00E40AB7"/>
+    <w:rsid w:val="00E414EB"/>
+    <w:rsid w:val="00E42FF9"/>
+    <w:rsid w:val="00E43D77"/>
+    <w:rsid w:val="00E43F8B"/>
+    <w:rsid w:val="00E441AE"/>
+    <w:rsid w:val="00E44393"/>
+    <w:rsid w:val="00E44D48"/>
+    <w:rsid w:val="00E44E57"/>
+    <w:rsid w:val="00E44F22"/>
+    <w:rsid w:val="00E45857"/>
+    <w:rsid w:val="00E459D3"/>
+    <w:rsid w:val="00E45EDE"/>
+    <w:rsid w:val="00E4615F"/>
+    <w:rsid w:val="00E46653"/>
+    <w:rsid w:val="00E46B2C"/>
     <w:rsid w:val="00E470BF"/>
-    <w:rsid w:val="00E47713"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E54326"/>
+    <w:rsid w:val="00E4784E"/>
+    <w:rsid w:val="00E478E2"/>
+    <w:rsid w:val="00E479B3"/>
+    <w:rsid w:val="00E51509"/>
+    <w:rsid w:val="00E516CD"/>
+    <w:rsid w:val="00E5179C"/>
+    <w:rsid w:val="00E5182F"/>
+    <w:rsid w:val="00E51E00"/>
+    <w:rsid w:val="00E523E0"/>
+    <w:rsid w:val="00E52E5E"/>
+    <w:rsid w:val="00E53091"/>
+    <w:rsid w:val="00E538D1"/>
+    <w:rsid w:val="00E53993"/>
     <w:rsid w:val="00E54430"/>
-    <w:rsid w:val="00E5464E"/>
     <w:rsid w:val="00E54794"/>
-    <w:rsid w:val="00E54B76"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E63B48"/>
+    <w:rsid w:val="00E549C0"/>
+    <w:rsid w:val="00E556EF"/>
+    <w:rsid w:val="00E56145"/>
+    <w:rsid w:val="00E5681F"/>
+    <w:rsid w:val="00E574FA"/>
+    <w:rsid w:val="00E57932"/>
+    <w:rsid w:val="00E60ADC"/>
+    <w:rsid w:val="00E61470"/>
+    <w:rsid w:val="00E6283A"/>
+    <w:rsid w:val="00E62E37"/>
+    <w:rsid w:val="00E63D2F"/>
+    <w:rsid w:val="00E6532D"/>
     <w:rsid w:val="00E654CF"/>
-    <w:rsid w:val="00E65F32"/>
-    <w:rsid w:val="00E6679B"/>
+    <w:rsid w:val="00E65FCB"/>
+    <w:rsid w:val="00E65FE1"/>
+    <w:rsid w:val="00E6677B"/>
     <w:rsid w:val="00E67652"/>
-    <w:rsid w:val="00E67843"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00E82229"/>
+    <w:rsid w:val="00E67DCF"/>
+    <w:rsid w:val="00E67EFA"/>
+    <w:rsid w:val="00E7012C"/>
+    <w:rsid w:val="00E707EE"/>
+    <w:rsid w:val="00E71DFF"/>
+    <w:rsid w:val="00E7354F"/>
+    <w:rsid w:val="00E7445B"/>
+    <w:rsid w:val="00E74D9D"/>
+    <w:rsid w:val="00E756ED"/>
+    <w:rsid w:val="00E75D35"/>
+    <w:rsid w:val="00E76A67"/>
+    <w:rsid w:val="00E77195"/>
+    <w:rsid w:val="00E77C21"/>
+    <w:rsid w:val="00E77FB3"/>
+    <w:rsid w:val="00E80C73"/>
+    <w:rsid w:val="00E812EC"/>
+    <w:rsid w:val="00E8137A"/>
+    <w:rsid w:val="00E81D3B"/>
+    <w:rsid w:val="00E8225A"/>
+    <w:rsid w:val="00E82370"/>
     <w:rsid w:val="00E8258F"/>
-    <w:rsid w:val="00E85004"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E8601D"/>
+    <w:rsid w:val="00E82F1C"/>
+    <w:rsid w:val="00E8364D"/>
+    <w:rsid w:val="00E844BC"/>
+    <w:rsid w:val="00E84C2E"/>
+    <w:rsid w:val="00E84F1C"/>
+    <w:rsid w:val="00E85C77"/>
     <w:rsid w:val="00E8613C"/>
-    <w:rsid w:val="00E8621B"/>
-    <w:rsid w:val="00E866A3"/>
+    <w:rsid w:val="00E8638C"/>
+    <w:rsid w:val="00E86748"/>
+    <w:rsid w:val="00E86EBD"/>
     <w:rsid w:val="00E87063"/>
-    <w:rsid w:val="00E874B1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E9128D"/>
+    <w:rsid w:val="00E87641"/>
+    <w:rsid w:val="00E8776B"/>
+    <w:rsid w:val="00E87F42"/>
+    <w:rsid w:val="00E90031"/>
+    <w:rsid w:val="00E90AB2"/>
+    <w:rsid w:val="00E90C43"/>
+    <w:rsid w:val="00E91253"/>
+    <w:rsid w:val="00E916B3"/>
+    <w:rsid w:val="00E91B0F"/>
     <w:rsid w:val="00E91D49"/>
-    <w:rsid w:val="00E91D74"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00EA1C14"/>
+    <w:rsid w:val="00E92EED"/>
+    <w:rsid w:val="00E92FB7"/>
+    <w:rsid w:val="00E93098"/>
+    <w:rsid w:val="00E936E1"/>
+    <w:rsid w:val="00E93E4B"/>
+    <w:rsid w:val="00E951A2"/>
+    <w:rsid w:val="00E953E7"/>
+    <w:rsid w:val="00E95D79"/>
+    <w:rsid w:val="00E96E96"/>
+    <w:rsid w:val="00E97A93"/>
+    <w:rsid w:val="00EA0154"/>
+    <w:rsid w:val="00EA0516"/>
+    <w:rsid w:val="00EA06E1"/>
+    <w:rsid w:val="00EA1579"/>
+    <w:rsid w:val="00EA1BFC"/>
+    <w:rsid w:val="00EA1DCE"/>
+    <w:rsid w:val="00EA1DD6"/>
     <w:rsid w:val="00EA2081"/>
-    <w:rsid w:val="00EA2162"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EA3204"/>
+    <w:rsid w:val="00EA35E5"/>
     <w:rsid w:val="00EA3B69"/>
-    <w:rsid w:val="00EA50AA"/>
+    <w:rsid w:val="00EA458F"/>
+    <w:rsid w:val="00EA4CD9"/>
+    <w:rsid w:val="00EA4DDC"/>
+    <w:rsid w:val="00EA5C3D"/>
+    <w:rsid w:val="00EA5C57"/>
     <w:rsid w:val="00EA5C91"/>
-    <w:rsid w:val="00EA6748"/>
-[...29 lines deleted...]
-    <w:rsid w:val="00ED4BC8"/>
+    <w:rsid w:val="00EA5D22"/>
+    <w:rsid w:val="00EA78CD"/>
+    <w:rsid w:val="00EA7A1A"/>
+    <w:rsid w:val="00EA7C7C"/>
+    <w:rsid w:val="00EB004B"/>
+    <w:rsid w:val="00EB0456"/>
+    <w:rsid w:val="00EB06C5"/>
+    <w:rsid w:val="00EB1A79"/>
+    <w:rsid w:val="00EB1DCC"/>
+    <w:rsid w:val="00EB2584"/>
+    <w:rsid w:val="00EB28A7"/>
+    <w:rsid w:val="00EB30DC"/>
+    <w:rsid w:val="00EB3A81"/>
+    <w:rsid w:val="00EB4922"/>
+    <w:rsid w:val="00EB4B60"/>
+    <w:rsid w:val="00EB527C"/>
+    <w:rsid w:val="00EB73D1"/>
+    <w:rsid w:val="00EB7771"/>
+    <w:rsid w:val="00EB7AA7"/>
+    <w:rsid w:val="00EC057D"/>
+    <w:rsid w:val="00EC0735"/>
+    <w:rsid w:val="00EC2ADA"/>
+    <w:rsid w:val="00EC398F"/>
+    <w:rsid w:val="00EC3BFD"/>
+    <w:rsid w:val="00EC3C56"/>
+    <w:rsid w:val="00EC4477"/>
+    <w:rsid w:val="00EC485E"/>
+    <w:rsid w:val="00EC5253"/>
+    <w:rsid w:val="00EC5303"/>
+    <w:rsid w:val="00EC532C"/>
+    <w:rsid w:val="00EC54FB"/>
+    <w:rsid w:val="00EC55E3"/>
+    <w:rsid w:val="00EC5815"/>
+    <w:rsid w:val="00EC7BD9"/>
+    <w:rsid w:val="00EC7E01"/>
+    <w:rsid w:val="00ED00FB"/>
+    <w:rsid w:val="00ED203E"/>
+    <w:rsid w:val="00ED235E"/>
+    <w:rsid w:val="00ED261D"/>
+    <w:rsid w:val="00ED2CBD"/>
+    <w:rsid w:val="00ED3273"/>
+    <w:rsid w:val="00ED36DF"/>
+    <w:rsid w:val="00ED37B9"/>
+    <w:rsid w:val="00ED3BDA"/>
+    <w:rsid w:val="00ED3FFA"/>
+    <w:rsid w:val="00ED4660"/>
     <w:rsid w:val="00ED5F6C"/>
-    <w:rsid w:val="00EE00CC"/>
-    <w:rsid w:val="00EE0DF2"/>
+    <w:rsid w:val="00ED6639"/>
+    <w:rsid w:val="00ED6D26"/>
+    <w:rsid w:val="00ED72F8"/>
+    <w:rsid w:val="00ED747F"/>
     <w:rsid w:val="00EE1287"/>
-    <w:rsid w:val="00EE2034"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EE31B2"/>
+    <w:rsid w:val="00EE12E9"/>
+    <w:rsid w:val="00EE174F"/>
+    <w:rsid w:val="00EE2974"/>
+    <w:rsid w:val="00EE2C14"/>
     <w:rsid w:val="00EE41F8"/>
-    <w:rsid w:val="00EE4A8E"/>
-    <w:rsid w:val="00EE4BAD"/>
+    <w:rsid w:val="00EE42A7"/>
+    <w:rsid w:val="00EE4518"/>
+    <w:rsid w:val="00EE4F42"/>
     <w:rsid w:val="00EE4F4E"/>
     <w:rsid w:val="00EE55D2"/>
-    <w:rsid w:val="00EE560C"/>
-    <w:rsid w:val="00EE59F9"/>
+    <w:rsid w:val="00EE615B"/>
     <w:rsid w:val="00EE63AD"/>
-    <w:rsid w:val="00EE682C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EF1870"/>
+    <w:rsid w:val="00EE655F"/>
+    <w:rsid w:val="00EE6C0E"/>
+    <w:rsid w:val="00EE7181"/>
+    <w:rsid w:val="00EE7307"/>
+    <w:rsid w:val="00EE784F"/>
+    <w:rsid w:val="00EE7B91"/>
+    <w:rsid w:val="00EE7DB2"/>
+    <w:rsid w:val="00EF02A1"/>
+    <w:rsid w:val="00EF0451"/>
+    <w:rsid w:val="00EF0463"/>
+    <w:rsid w:val="00EF1614"/>
     <w:rsid w:val="00EF1B84"/>
-    <w:rsid w:val="00EF1E52"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EF3241"/>
+    <w:rsid w:val="00EF20A7"/>
+    <w:rsid w:val="00EF22E2"/>
+    <w:rsid w:val="00EF2336"/>
+    <w:rsid w:val="00EF2443"/>
+    <w:rsid w:val="00EF348F"/>
+    <w:rsid w:val="00EF350A"/>
     <w:rsid w:val="00EF361C"/>
-    <w:rsid w:val="00EF38B5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF3AAB"/>
+    <w:rsid w:val="00EF4104"/>
     <w:rsid w:val="00EF4114"/>
+    <w:rsid w:val="00EF43D3"/>
     <w:rsid w:val="00EF53EF"/>
-    <w:rsid w:val="00EF5809"/>
+    <w:rsid w:val="00EF5B44"/>
     <w:rsid w:val="00EF6014"/>
-    <w:rsid w:val="00EF6581"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF7C49"/>
+    <w:rsid w:val="00EF67B8"/>
+    <w:rsid w:val="00EF68E9"/>
+    <w:rsid w:val="00EF6F21"/>
+    <w:rsid w:val="00EF7CF0"/>
+    <w:rsid w:val="00F0063C"/>
     <w:rsid w:val="00F00B2B"/>
-    <w:rsid w:val="00F022A3"/>
+    <w:rsid w:val="00F032A7"/>
     <w:rsid w:val="00F03BA0"/>
-    <w:rsid w:val="00F04155"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F05B06"/>
+    <w:rsid w:val="00F0496C"/>
+    <w:rsid w:val="00F055B8"/>
+    <w:rsid w:val="00F056A8"/>
+    <w:rsid w:val="00F0571D"/>
     <w:rsid w:val="00F06447"/>
-    <w:rsid w:val="00F06F57"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F07789"/>
+    <w:rsid w:val="00F068AF"/>
+    <w:rsid w:val="00F0756C"/>
     <w:rsid w:val="00F078FF"/>
+    <w:rsid w:val="00F10248"/>
+    <w:rsid w:val="00F1047C"/>
+    <w:rsid w:val="00F106C8"/>
     <w:rsid w:val="00F11285"/>
-    <w:rsid w:val="00F125F7"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F1794E"/>
+    <w:rsid w:val="00F11E74"/>
+    <w:rsid w:val="00F12C8F"/>
+    <w:rsid w:val="00F13799"/>
+    <w:rsid w:val="00F137C7"/>
+    <w:rsid w:val="00F13F37"/>
+    <w:rsid w:val="00F14659"/>
+    <w:rsid w:val="00F1480B"/>
+    <w:rsid w:val="00F15130"/>
+    <w:rsid w:val="00F15750"/>
+    <w:rsid w:val="00F1618D"/>
+    <w:rsid w:val="00F165B1"/>
+    <w:rsid w:val="00F16747"/>
+    <w:rsid w:val="00F16B99"/>
+    <w:rsid w:val="00F16DA7"/>
+    <w:rsid w:val="00F17002"/>
+    <w:rsid w:val="00F172E3"/>
+    <w:rsid w:val="00F1757A"/>
     <w:rsid w:val="00F179F8"/>
     <w:rsid w:val="00F17F5E"/>
-    <w:rsid w:val="00F2070A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F230A8"/>
+    <w:rsid w:val="00F204B9"/>
+    <w:rsid w:val="00F20555"/>
+    <w:rsid w:val="00F21086"/>
+    <w:rsid w:val="00F21EE6"/>
+    <w:rsid w:val="00F2202A"/>
+    <w:rsid w:val="00F223E8"/>
+    <w:rsid w:val="00F22C13"/>
+    <w:rsid w:val="00F22DCC"/>
+    <w:rsid w:val="00F23095"/>
+    <w:rsid w:val="00F23245"/>
     <w:rsid w:val="00F2388D"/>
-    <w:rsid w:val="00F23B43"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F24449"/>
+    <w:rsid w:val="00F23A6F"/>
+    <w:rsid w:val="00F23DEB"/>
+    <w:rsid w:val="00F24418"/>
+    <w:rsid w:val="00F245D9"/>
+    <w:rsid w:val="00F2490E"/>
     <w:rsid w:val="00F24B14"/>
-    <w:rsid w:val="00F254F0"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F30440"/>
+    <w:rsid w:val="00F24C3F"/>
+    <w:rsid w:val="00F2571D"/>
+    <w:rsid w:val="00F26FE1"/>
+    <w:rsid w:val="00F27302"/>
+    <w:rsid w:val="00F27DD4"/>
+    <w:rsid w:val="00F27ED4"/>
+    <w:rsid w:val="00F27F2D"/>
+    <w:rsid w:val="00F27F44"/>
+    <w:rsid w:val="00F305B6"/>
+    <w:rsid w:val="00F31328"/>
+    <w:rsid w:val="00F314F0"/>
+    <w:rsid w:val="00F317FA"/>
+    <w:rsid w:val="00F31959"/>
+    <w:rsid w:val="00F31F33"/>
+    <w:rsid w:val="00F320E1"/>
     <w:rsid w:val="00F321BE"/>
+    <w:rsid w:val="00F3248B"/>
     <w:rsid w:val="00F329D7"/>
-    <w:rsid w:val="00F32C30"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F37277"/>
+    <w:rsid w:val="00F33F25"/>
+    <w:rsid w:val="00F343D1"/>
+    <w:rsid w:val="00F3543E"/>
+    <w:rsid w:val="00F35D80"/>
+    <w:rsid w:val="00F372F6"/>
     <w:rsid w:val="00F37E4F"/>
-    <w:rsid w:val="00F40BBC"/>
-    <w:rsid w:val="00F42C69"/>
+    <w:rsid w:val="00F40EBB"/>
+    <w:rsid w:val="00F41032"/>
+    <w:rsid w:val="00F41417"/>
+    <w:rsid w:val="00F414A3"/>
     <w:rsid w:val="00F43034"/>
-    <w:rsid w:val="00F44393"/>
+    <w:rsid w:val="00F43219"/>
+    <w:rsid w:val="00F43C9A"/>
+    <w:rsid w:val="00F44B60"/>
+    <w:rsid w:val="00F4571B"/>
+    <w:rsid w:val="00F45BA1"/>
+    <w:rsid w:val="00F45C93"/>
+    <w:rsid w:val="00F4600E"/>
+    <w:rsid w:val="00F46158"/>
     <w:rsid w:val="00F4714B"/>
-    <w:rsid w:val="00F47901"/>
-    <w:rsid w:val="00F50FD4"/>
+    <w:rsid w:val="00F4759B"/>
+    <w:rsid w:val="00F50310"/>
+    <w:rsid w:val="00F505AE"/>
+    <w:rsid w:val="00F50E0F"/>
+    <w:rsid w:val="00F514DA"/>
     <w:rsid w:val="00F51BB7"/>
-    <w:rsid w:val="00F51FCD"/>
+    <w:rsid w:val="00F5251E"/>
+    <w:rsid w:val="00F5276E"/>
     <w:rsid w:val="00F527D9"/>
+    <w:rsid w:val="00F5286F"/>
+    <w:rsid w:val="00F52D08"/>
     <w:rsid w:val="00F533CB"/>
-    <w:rsid w:val="00F53B5E"/>
+    <w:rsid w:val="00F53427"/>
     <w:rsid w:val="00F53CA8"/>
-    <w:rsid w:val="00F541BC"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F57C2C"/>
+    <w:rsid w:val="00F54B5C"/>
+    <w:rsid w:val="00F54BE7"/>
+    <w:rsid w:val="00F5605A"/>
+    <w:rsid w:val="00F57E04"/>
     <w:rsid w:val="00F60B60"/>
-    <w:rsid w:val="00F60FDF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F63742"/>
+    <w:rsid w:val="00F60DF4"/>
+    <w:rsid w:val="00F63069"/>
+    <w:rsid w:val="00F63205"/>
+    <w:rsid w:val="00F637F7"/>
+    <w:rsid w:val="00F63974"/>
+    <w:rsid w:val="00F63B5C"/>
     <w:rsid w:val="00F63C0C"/>
-    <w:rsid w:val="00F63EBA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F657BD"/>
+    <w:rsid w:val="00F64973"/>
+    <w:rsid w:val="00F64E9C"/>
+    <w:rsid w:val="00F655F1"/>
     <w:rsid w:val="00F65B81"/>
-    <w:rsid w:val="00F65FA6"/>
-    <w:rsid w:val="00F6602E"/>
+    <w:rsid w:val="00F65D77"/>
+    <w:rsid w:val="00F65F44"/>
+    <w:rsid w:val="00F66082"/>
+    <w:rsid w:val="00F668B1"/>
+    <w:rsid w:val="00F66B14"/>
+    <w:rsid w:val="00F66DB3"/>
+    <w:rsid w:val="00F67ABF"/>
+    <w:rsid w:val="00F67EA5"/>
+    <w:rsid w:val="00F67EA8"/>
     <w:rsid w:val="00F67FC1"/>
-    <w:rsid w:val="00F70067"/>
     <w:rsid w:val="00F703F5"/>
-    <w:rsid w:val="00F705C5"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F741B3"/>
+    <w:rsid w:val="00F70CF7"/>
+    <w:rsid w:val="00F72680"/>
+    <w:rsid w:val="00F7388F"/>
+    <w:rsid w:val="00F73D79"/>
+    <w:rsid w:val="00F742C2"/>
     <w:rsid w:val="00F7436F"/>
-    <w:rsid w:val="00F76C0E"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F92165"/>
+    <w:rsid w:val="00F7473A"/>
+    <w:rsid w:val="00F74DC2"/>
+    <w:rsid w:val="00F758B8"/>
+    <w:rsid w:val="00F75F6E"/>
+    <w:rsid w:val="00F76E65"/>
+    <w:rsid w:val="00F77089"/>
+    <w:rsid w:val="00F77589"/>
+    <w:rsid w:val="00F77F3C"/>
+    <w:rsid w:val="00F805D7"/>
+    <w:rsid w:val="00F805F6"/>
+    <w:rsid w:val="00F80683"/>
+    <w:rsid w:val="00F81528"/>
+    <w:rsid w:val="00F819A2"/>
+    <w:rsid w:val="00F82465"/>
+    <w:rsid w:val="00F8258A"/>
+    <w:rsid w:val="00F84C80"/>
+    <w:rsid w:val="00F84DC4"/>
+    <w:rsid w:val="00F85438"/>
+    <w:rsid w:val="00F85AF8"/>
+    <w:rsid w:val="00F868D8"/>
+    <w:rsid w:val="00F87489"/>
+    <w:rsid w:val="00F874A3"/>
+    <w:rsid w:val="00F8792E"/>
+    <w:rsid w:val="00F90A5F"/>
+    <w:rsid w:val="00F912EC"/>
+    <w:rsid w:val="00F91A5F"/>
+    <w:rsid w:val="00F91BFA"/>
+    <w:rsid w:val="00F91D7D"/>
     <w:rsid w:val="00F92C3F"/>
+    <w:rsid w:val="00F93870"/>
+    <w:rsid w:val="00F93884"/>
+    <w:rsid w:val="00F9391A"/>
+    <w:rsid w:val="00F94268"/>
+    <w:rsid w:val="00F94279"/>
     <w:rsid w:val="00F9441C"/>
-    <w:rsid w:val="00F95606"/>
-    <w:rsid w:val="00F9627E"/>
+    <w:rsid w:val="00F95933"/>
     <w:rsid w:val="00F9638B"/>
-    <w:rsid w:val="00F9767D"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FB6FEB"/>
+    <w:rsid w:val="00F96731"/>
+    <w:rsid w:val="00F96A8B"/>
+    <w:rsid w:val="00F97294"/>
+    <w:rsid w:val="00F97A1D"/>
+    <w:rsid w:val="00FA00B2"/>
+    <w:rsid w:val="00FA04B3"/>
+    <w:rsid w:val="00FA0700"/>
+    <w:rsid w:val="00FA0951"/>
+    <w:rsid w:val="00FA11CD"/>
+    <w:rsid w:val="00FA1758"/>
+    <w:rsid w:val="00FA1A09"/>
+    <w:rsid w:val="00FA39CF"/>
+    <w:rsid w:val="00FA3F2D"/>
+    <w:rsid w:val="00FA460A"/>
+    <w:rsid w:val="00FA49A0"/>
+    <w:rsid w:val="00FA4D1B"/>
+    <w:rsid w:val="00FA5405"/>
+    <w:rsid w:val="00FA5CC2"/>
+    <w:rsid w:val="00FA6813"/>
+    <w:rsid w:val="00FA6A58"/>
+    <w:rsid w:val="00FA7BC7"/>
+    <w:rsid w:val="00FA7EF2"/>
+    <w:rsid w:val="00FB181B"/>
+    <w:rsid w:val="00FB1A88"/>
+    <w:rsid w:val="00FB2163"/>
+    <w:rsid w:val="00FB3F7F"/>
+    <w:rsid w:val="00FB41F8"/>
+    <w:rsid w:val="00FB56A7"/>
+    <w:rsid w:val="00FB5DFD"/>
     <w:rsid w:val="00FB7B6B"/>
-    <w:rsid w:val="00FB7DAB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FC22B7"/>
+    <w:rsid w:val="00FC0B33"/>
+    <w:rsid w:val="00FC0C3D"/>
+    <w:rsid w:val="00FC1374"/>
+    <w:rsid w:val="00FC1976"/>
+    <w:rsid w:val="00FC19C0"/>
+    <w:rsid w:val="00FC1AFA"/>
+    <w:rsid w:val="00FC1FA4"/>
+    <w:rsid w:val="00FC210E"/>
     <w:rsid w:val="00FC2403"/>
-    <w:rsid w:val="00FC28D2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FC5E9C"/>
+    <w:rsid w:val="00FC3C65"/>
+    <w:rsid w:val="00FC400B"/>
+    <w:rsid w:val="00FC48A1"/>
+    <w:rsid w:val="00FC4A16"/>
+    <w:rsid w:val="00FC4B5F"/>
+    <w:rsid w:val="00FC50B5"/>
+    <w:rsid w:val="00FC5491"/>
+    <w:rsid w:val="00FC5913"/>
+    <w:rsid w:val="00FC592B"/>
+    <w:rsid w:val="00FC5D19"/>
+    <w:rsid w:val="00FC6891"/>
+    <w:rsid w:val="00FC6B32"/>
+    <w:rsid w:val="00FC6D8D"/>
     <w:rsid w:val="00FC6E7A"/>
-    <w:rsid w:val="00FD0538"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD249F"/>
+    <w:rsid w:val="00FC6F50"/>
+    <w:rsid w:val="00FC7CAE"/>
+    <w:rsid w:val="00FD01BD"/>
+    <w:rsid w:val="00FD0709"/>
+    <w:rsid w:val="00FD0D1E"/>
+    <w:rsid w:val="00FD1FF6"/>
+    <w:rsid w:val="00FD2185"/>
+    <w:rsid w:val="00FD228A"/>
     <w:rsid w:val="00FD262A"/>
-    <w:rsid w:val="00FD2B28"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD4B85"/>
+    <w:rsid w:val="00FD2A47"/>
+    <w:rsid w:val="00FD2F0C"/>
+    <w:rsid w:val="00FD3530"/>
+    <w:rsid w:val="00FD3A91"/>
+    <w:rsid w:val="00FD41B4"/>
+    <w:rsid w:val="00FD426F"/>
+    <w:rsid w:val="00FD461F"/>
     <w:rsid w:val="00FD4CE0"/>
-    <w:rsid w:val="00FD4D33"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FE50F4"/>
+    <w:rsid w:val="00FD4ECE"/>
+    <w:rsid w:val="00FD5761"/>
+    <w:rsid w:val="00FD5ABD"/>
+    <w:rsid w:val="00FD5C87"/>
+    <w:rsid w:val="00FD63DA"/>
+    <w:rsid w:val="00FD6772"/>
+    <w:rsid w:val="00FD6D69"/>
+    <w:rsid w:val="00FD7176"/>
+    <w:rsid w:val="00FD76BA"/>
+    <w:rsid w:val="00FE06BB"/>
+    <w:rsid w:val="00FE13AE"/>
+    <w:rsid w:val="00FE174D"/>
+    <w:rsid w:val="00FE2D44"/>
+    <w:rsid w:val="00FE2DA2"/>
+    <w:rsid w:val="00FE3634"/>
+    <w:rsid w:val="00FE456A"/>
+    <w:rsid w:val="00FE4A8F"/>
     <w:rsid w:val="00FE530B"/>
-    <w:rsid w:val="00FE5F1F"/>
+    <w:rsid w:val="00FE5AEA"/>
+    <w:rsid w:val="00FE5B10"/>
+    <w:rsid w:val="00FE6118"/>
     <w:rsid w:val="00FE6386"/>
-    <w:rsid w:val="00FE6777"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FF274E"/>
+    <w:rsid w:val="00FE7453"/>
+    <w:rsid w:val="00FE7609"/>
+    <w:rsid w:val="00FE7614"/>
+    <w:rsid w:val="00FE76B6"/>
+    <w:rsid w:val="00FE7F17"/>
+    <w:rsid w:val="00FF012D"/>
+    <w:rsid w:val="00FF1145"/>
+    <w:rsid w:val="00FF1769"/>
+    <w:rsid w:val="00FF1EC1"/>
+    <w:rsid w:val="00FF2557"/>
+    <w:rsid w:val="00FF256F"/>
+    <w:rsid w:val="00FF25C0"/>
+    <w:rsid w:val="00FF2988"/>
+    <w:rsid w:val="00FF2C0D"/>
     <w:rsid w:val="00FF3408"/>
-    <w:rsid w:val="00FF34AF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FF5AEF"/>
+    <w:rsid w:val="00FF34BA"/>
+    <w:rsid w:val="00FF3807"/>
+    <w:rsid w:val="00FF41A6"/>
+    <w:rsid w:val="00FF41ED"/>
+    <w:rsid w:val="00FF47A5"/>
+    <w:rsid w:val="00FF47F2"/>
+    <w:rsid w:val="00FF50D2"/>
+    <w:rsid w:val="00FF5254"/>
     <w:rsid w:val="00FF5EBF"/>
+    <w:rsid w:val="00FF616F"/>
     <w:rsid w:val="00FF617B"/>
     <w:rsid w:val="00FF629B"/>
-    <w:rsid w:val="00FF62D8"/>
-    <w:rsid w:val="00FF7812"/>
+    <w:rsid w:val="00FF6413"/>
+    <w:rsid w:val="00FF660B"/>
+    <w:rsid w:val="00FF6C1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:attachedSchema w:val="schemas-tilde-lv/tildestengine"/>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="veidnes"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3300AA59"/>
-  <w15:docId w15:val="{76CAD711-B140-46DB-9BFA-C155AAFCE2EB}"/>
+  <w14:docId w14:val="5B65A6A3"/>
+  <w15:docId w15:val="{DFDEE79C-2015-4573-B53F-E66119F049A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -31258,214 +29016,193 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008C309D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="008C309D"/>
+    <w:rsid w:val="00756700"/>
     <w:pPr>
       <w:keepNext/>
+      <w:ind w:left="2552" w:right="2720"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:i/>
-      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="008C309D"/>
+    <w:rsid w:val="00B471DB"/>
     <w:pPr>
       <w:keepNext/>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:ind w:left="1418"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="26"/>
-[...23 lines deleted...]
-      <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar">
-    <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstz">
+    <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz."/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText3Char"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
-      <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="567"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="008C309D"/>
@@ -31740,97 +29477,98 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar1RakstzRakstzCharChar">
     <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char1 Rakstz. Rakstz. Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar1RakstzRakstzCharChar0">
-    <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char1 Rakstz. Rakstz. Char Char_0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar1RakstzRakstzCharChar1">
+    <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char1 Rakstz. Rakstz. Char Char1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="008C309D"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA3405"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A9735A"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9735A"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00A9735A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar1RakstzRakstzCharCharRakstzRakstzCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar">
     <w:name w:val="Char Char1 Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="003A234C"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -31892,240 +29630,1632 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar2CharCharRakstzRakstzCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar">
     <w:name w:val="Char Char2 Char Char Rakstz. Rakstz. Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="003959FB"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="005F635A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstz">
+    <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz."/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="0058021E"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar1">
+    <w:name w:val="Char Char1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="000627C8"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharRakstzRakstz">
+    <w:name w:val="Char Char Char Char Rakstz. Rakstz."/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00096F78"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstz1">
+    <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz.1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00823D56"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharChar1RakstzRakstz">
+    <w:name w:val="Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char1 Rakstz. Rakstz."/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00D8379C"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:rsid w:val="00D8379C"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E61016"/>
+    <w:rsid w:val="00CB5535"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
-[...2 lines deleted...]
-    <w:rsid w:val="00567F0F"/>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB5535"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00CB5535"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharRakstzRakstzCharCharCharChar">
+    <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz. Char Char Char Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00082FB4"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
-    <w:rsid w:val="00D61DD5"/>
+    <w:rsid w:val="00F819A2"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="en-US"/>
-[...94 lines deleted...]
-      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0034527A"/>
+    <w:rsid w:val="00854663"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00284EAE"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0063171A"/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003761F3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C34FA"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006C34FA"/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C34FA"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:link w:val="BodyText3"/>
+    <w:rsid w:val="0017482A"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:link w:val="FootnoteText"/>
+    <w:rsid w:val="00FD2F0C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="BaltOptima" w:hAnsi="BaltOptima"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="00A46B00"/>
+    <w:locked/>
+    <w:rsid w:val="007A3B03"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...9 lines deleted...]
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004B5665"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF5B44"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="oj-italic">
     <w:name w:val="oj-italic"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00E1588E"/>
+    <w:rsid w:val="00D40837"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
+    <w:name w:val="tv213"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="007E7547"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00324C6A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A5144"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F41A5"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00302717"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00302717"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style3">
+    <w:name w:val="Style3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00302717"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/267199-komercdarbibas-atbalsta-kontroles-likums" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2013/1408/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/717/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/267199-komercdarbibas-atbalsta-kontroles-likums" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/267199-komercdarbibas-atbalsta-kontroles-likums" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nva.gov.lv/lv%20" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nva.gov.lv/lv" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F72EBBFF3FD34A749DDD2E94249ECA65"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{285DBB3C-A7AE-4EB4-96A7-323A83997E79}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00855E85" w:rsidRDefault="001A5BCE" w:rsidP="00F74DC2">
+          <w:pPr>
+            <w:pStyle w:val="F72EBBFF3FD34A749DDD2E94249ECA65"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E77C21">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="23E0D9EE8AFE420CB9D2B4194038195B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{00E0299B-2694-4BE3-A2AD-7B1EC5A3627D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00686655" w:rsidRDefault="001A5BCE" w:rsidP="00A25CA3">
+          <w:pPr>
+            <w:pStyle w:val="23E0D9EE8AFE420CB9D2B4194038195B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E77C21">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C942D4FEA28840F9946BF3F564EFF960"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5AB06FD4-7DBE-4185-9E82-CD3CD2A43C52}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D75BE3" w:rsidRDefault="001A5BCE" w:rsidP="00C55073">
+          <w:pPr>
+            <w:pStyle w:val="C942D4FEA28840F9946BF3F564EFF960"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E77C21">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9313D28582044316B748B29215F8FCFD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9B3A7224-3C9D-4973-B76F-B3BD308A6E62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D75BE3" w:rsidRDefault="001A5BCE" w:rsidP="00C55073">
+          <w:pPr>
+            <w:pStyle w:val="9313D28582044316B748B29215F8FCFD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E77C21">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00072ABB" w:rsidRDefault="00072ABB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00072ABB" w:rsidRDefault="00072ABB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman BaltRim">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="BaltSouvenir">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="BaltOptima">
+    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00072ABB" w:rsidRDefault="00072ABB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00072ABB" w:rsidRDefault="00072ABB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="009A0217"/>
+    <w:rsid w:val="00072ABB"/>
+    <w:rsid w:val="001664E2"/>
+    <w:rsid w:val="001A5BCE"/>
+    <w:rsid w:val="0022169F"/>
+    <w:rsid w:val="00330CEC"/>
+    <w:rsid w:val="003417A0"/>
+    <w:rsid w:val="003C41FC"/>
+    <w:rsid w:val="003F4FFE"/>
+    <w:rsid w:val="004B5542"/>
+    <w:rsid w:val="00657B40"/>
+    <w:rsid w:val="00686574"/>
+    <w:rsid w:val="00686655"/>
+    <w:rsid w:val="00750FF5"/>
+    <w:rsid w:val="007D5E21"/>
+    <w:rsid w:val="00855E85"/>
+    <w:rsid w:val="0099073C"/>
+    <w:rsid w:val="009A0217"/>
+    <w:rsid w:val="009C7538"/>
+    <w:rsid w:val="00A25CA3"/>
+    <w:rsid w:val="00C55073"/>
+    <w:rsid w:val="00D44D2E"/>
+    <w:rsid w:val="00D75BE3"/>
+    <w:rsid w:val="00D864F1"/>
+    <w:rsid w:val="00E00109"/>
+    <w:rsid w:val="00E35EEF"/>
+    <w:rsid w:val="00E878B0"/>
+    <w:rsid w:val="00F74DC2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="lv-LV"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C55073"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="854840C09E784604BE74B68AC6018677">
+    <w:name w:val="854840C09E784604BE74B68AC6018677"/>
+    <w:rsid w:val="00E35EEF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D68AAF684B244718F0A1FABC7ACEA31">
+    <w:name w:val="1D68AAF684B244718F0A1FABC7ACEA31"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2819D89123AC4C3FB80F2AE4F5FF4761">
+    <w:name w:val="2819D89123AC4C3FB80F2AE4F5FF4761"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B6FFB3F3A604CD9A0D36989FAE0EC3F">
+    <w:name w:val="8B6FFB3F3A604CD9A0D36989FAE0EC3F"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2173F2423D643898E12CD7ACE71A3A2">
+    <w:name w:val="F2173F2423D643898E12CD7ACE71A3A2"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE50ED0A1708492CB3F0595E424A34F4">
+    <w:name w:val="AE50ED0A1708492CB3F0595E424A34F4"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7DEF57847A6B4E3C83E8FE22C9E84E6E">
+    <w:name w:val="7DEF57847A6B4E3C83E8FE22C9E84E6E"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="658225B2771D4412ADBF1C15A9789D7C">
+    <w:name w:val="658225B2771D4412ADBF1C15A9789D7C"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAB7C3F8F1C04AE6819789836F4087B5">
+    <w:name w:val="BAB7C3F8F1C04AE6819789836F4087B5"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C21BFDD01C5544C8A9CA849538A59557">
+    <w:name w:val="C21BFDD01C5544C8A9CA849538A59557"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC5452D4402849AFAF9A8EFFC725391E">
+    <w:name w:val="DC5452D4402849AFAF9A8EFFC725391E"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCFF0081369B4D60A81013C4FE0AA694">
+    <w:name w:val="BCFF0081369B4D60A81013C4FE0AA694"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D265F91619E4499496EC0C074DF2FA42">
+    <w:name w:val="D265F91619E4499496EC0C074DF2FA42"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF69D7E87FBC44288B9A922CF2200217">
+    <w:name w:val="BF69D7E87FBC44288B9A922CF2200217"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1962AD73754641C09EDD9C7114A4B34C">
+    <w:name w:val="1962AD73754641C09EDD9C7114A4B34C"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1513F98C55444721AC3E085F8D75A48A">
+    <w:name w:val="1513F98C55444721AC3E085F8D75A48A"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34C8C395B64747578D8C8C1965FBD7C9">
+    <w:name w:val="34C8C395B64747578D8C8C1965FBD7C9"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7413FC313412424E85F48C92F226C7AB">
+    <w:name w:val="7413FC313412424E85F48C92F226C7AB"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FC66A6B0B7441C2B92A6193D2517BC5">
+    <w:name w:val="9FC66A6B0B7441C2B92A6193D2517BC5"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DE1062DA56740029FD985DE619F7EC2">
+    <w:name w:val="8DE1062DA56740029FD985DE619F7EC2"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="241C62EA658543EC9375AC9DD5282547">
+    <w:name w:val="241C62EA658543EC9375AC9DD5282547"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47511F6661054F109D4F2D5DC2014F11">
+    <w:name w:val="47511F6661054F109D4F2D5DC2014F11"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07F75B56B59A413C8F8819C989245BCC">
+    <w:name w:val="07F75B56B59A413C8F8819C989245BCC"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C90C9C8CE8945C5B2782046B72702CC">
+    <w:name w:val="2C90C9C8CE8945C5B2782046B72702CC"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C9F6C7032CA4162A294DFB7E6257C3F">
+    <w:name w:val="5C9F6C7032CA4162A294DFB7E6257C3F"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F59B56390EC4FE59152A01E69E8D665">
+    <w:name w:val="9F59B56390EC4FE59152A01E69E8D665"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B0AE620B9984DFE9FD89E7C48A795CC">
+    <w:name w:val="8B0AE620B9984DFE9FD89E7C48A795CC"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8631E3BA1BB4FB2B81060E1E714712D">
+    <w:name w:val="F8631E3BA1BB4FB2B81060E1E714712D"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B40B34B0948A4DD181A0BA6BDD66AD0B">
+    <w:name w:val="B40B34B0948A4DD181A0BA6BDD66AD0B"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E1227E504DF4526A560DA663DB5462C">
+    <w:name w:val="1E1227E504DF4526A560DA663DB5462C"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D38F6B460A445FFB163DBA09E29090F">
+    <w:name w:val="1D38F6B460A445FFB163DBA09E29090F"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EE498F3CCB24673944026E4B2271264">
+    <w:name w:val="5EE498F3CCB24673944026E4B2271264"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC43CEC2F86042D89BD61AAF23A1EC62">
+    <w:name w:val="FC43CEC2F86042D89BD61AAF23A1EC62"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="440CA60D1EF9476594F7E9788DAAC45B">
+    <w:name w:val="440CA60D1EF9476594F7E9788DAAC45B"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9BE85436AB3A4C1F822AC1A489F5B9B9">
+    <w:name w:val="9BE85436AB3A4C1F822AC1A489F5B9B9"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0E3F5BDEF7946818FA0177257A3BB5D">
+    <w:name w:val="D0E3F5BDEF7946818FA0177257A3BB5D"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="167F937C2F67446C891F42416EF65C82">
+    <w:name w:val="167F937C2F67446C891F42416EF65C82"/>
+    <w:rsid w:val="00E35EEF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F72EBBFF3FD34A749DDD2E94249ECA65">
+    <w:name w:val="F72EBBFF3FD34A749DDD2E94249ECA65"/>
+    <w:rsid w:val="00F74DC2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10BCB3C1FFCB47FF91C607613BBA6763">
+    <w:name w:val="10BCB3C1FFCB47FF91C607613BBA6763"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37D49DAE93E143C48E5CD368D3DEA7CE">
+    <w:name w:val="37D49DAE93E143C48E5CD368D3DEA7CE"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2613A25AAF404F6CB2BDF216D5B7F870">
+    <w:name w:val="2613A25AAF404F6CB2BDF216D5B7F870"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C9DDE7ABBF645B59B6ED304C25AB4B0">
+    <w:name w:val="6C9DDE7ABBF645B59B6ED304C25AB4B0"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7EF01238E07482180C42F2092AFF66D">
+    <w:name w:val="D7EF01238E07482180C42F2092AFF66D"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAD48F829685442AB5A6219E564DA4B9">
+    <w:name w:val="BAD48F829685442AB5A6219E564DA4B9"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="674AD4D382F24CB892985AA5C433E3A0">
+    <w:name w:val="674AD4D382F24CB892985AA5C433E3A0"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="65A91E9A32214C2EB416CC183A33F8EA">
+    <w:name w:val="65A91E9A32214C2EB416CC183A33F8EA"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="317E42AA22004593ACCC3D756E60FB9A">
+    <w:name w:val="317E42AA22004593ACCC3D756E60FB9A"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26CCCE62CDF842B1AD1BEE9D545919EC">
+    <w:name w:val="26CCCE62CDF842B1AD1BEE9D545919EC"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="462CF609D1444B1E9BA539588E912A5C">
+    <w:name w:val="462CF609D1444B1E9BA539588E912A5C"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="625CE2EB154E4902ACC35F7CA3B9DAE1">
+    <w:name w:val="625CE2EB154E4902ACC35F7CA3B9DAE1"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78D6F191053F4E23904F2F8ABA9F0E32">
+    <w:name w:val="78D6F191053F4E23904F2F8ABA9F0E32"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE33BCEED334E35823DA68C88F1A615">
+    <w:name w:val="9DE33BCEED334E35823DA68C88F1A615"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="660391091B9143BE8E469955B3D55010">
+    <w:name w:val="660391091B9143BE8E469955B3D55010"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F62D95A0EA24570A7FC3D19FC847079">
+    <w:name w:val="3F62D95A0EA24570A7FC3D19FC847079"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76ABBFF87A50491BA2E348B399A9A203">
+    <w:name w:val="76ABBFF87A50491BA2E348B399A9A203"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8446A1732A2C480B976F995FA90975B8">
+    <w:name w:val="8446A1732A2C480B976F995FA90975B8"/>
+    <w:rsid w:val="00855E85"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84D219D42BC648A2BB4A075DCE58A7C6">
+    <w:name w:val="84D219D42BC648A2BB4A075DCE58A7C6"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C216AA6FA7242DBA99D0D86B6738DEE">
+    <w:name w:val="1C216AA6FA7242DBA99D0D86B6738DEE"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9102A0211AE48ECA1EE79D64FCDD2E3">
+    <w:name w:val="E9102A0211AE48ECA1EE79D64FCDD2E3"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62F160E436414DBFA8CD87837DF6CD4A">
+    <w:name w:val="62F160E436414DBFA8CD87837DF6CD4A"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0E6D6FC406C420BB2A1B208B3D8BA78">
+    <w:name w:val="C0E6D6FC406C420BB2A1B208B3D8BA78"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B7975C5752441EB8563BBAC2FB326F7">
+    <w:name w:val="1B7975C5752441EB8563BBAC2FB326F7"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDA75EF45AB1475EAC00498332F87988">
+    <w:name w:val="BDA75EF45AB1475EAC00498332F87988"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="490A9FEFDA8245B5B26B0CA4FDF6618F">
+    <w:name w:val="490A9FEFDA8245B5B26B0CA4FDF6618F"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="591F0B8626F44E78B04246E7F214CC0E">
+    <w:name w:val="591F0B8626F44E78B04246E7F214CC0E"/>
+    <w:rsid w:val="009C7538"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04653A2B9AB64514A5DE52458F1C618B">
+    <w:name w:val="04653A2B9AB64514A5DE52458F1C618B"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2455321E83364EA2AEE6EB1182F812C2">
+    <w:name w:val="2455321E83364EA2AEE6EB1182F812C2"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D86E4568EF443DF8ECBBABCB50ACC31">
+    <w:name w:val="4D86E4568EF443DF8ECBBABCB50ACC31"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="923A6F2F8D5348B6948C42EF1644046E">
+    <w:name w:val="923A6F2F8D5348B6948C42EF1644046E"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77BDAC0A86864A0882F69DED1D2C6A6E">
+    <w:name w:val="77BDAC0A86864A0882F69DED1D2C6A6E"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C9997BFD2E941D789731E988F212B9D">
+    <w:name w:val="4C9997BFD2E941D789731E988F212B9D"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99E76E7BA9B44F1096A7AACBCB9F0323">
+    <w:name w:val="99E76E7BA9B44F1096A7AACBCB9F0323"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A918A853425641609B2348F3556AA975">
+    <w:name w:val="A918A853425641609B2348F3556AA975"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCD9133E7DB84EFFA863822DAF3283A3">
+    <w:name w:val="CCD9133E7DB84EFFA863822DAF3283A3"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4DEA57F640584D0D9C04F584B1C463B0">
+    <w:name w:val="4DEA57F640584D0D9C04F584B1C463B0"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A05583A65E8245B9B962DAFFB4AB23A3">
+    <w:name w:val="A05583A65E8245B9B962DAFFB4AB23A3"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="973411AB7C1D440BA44317B7790EAF46">
+    <w:name w:val="973411AB7C1D440BA44317B7790EAF46"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16082696582643CDA0DD61F17AE15BFF">
+    <w:name w:val="16082696582643CDA0DD61F17AE15BFF"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8996D8A189494ABAB97A58479C696DA1">
+    <w:name w:val="8996D8A189494ABAB97A58479C696DA1"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E34203942B6043F8A9079ABA74C77B0E">
+    <w:name w:val="E34203942B6043F8A9079ABA74C77B0E"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4D87BC1E36F4645A946AD1D886A214B">
+    <w:name w:val="D4D87BC1E36F4645A946AD1D886A214B"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA732C0DE44140388A690C2E48BED761">
+    <w:name w:val="AA732C0DE44140388A690C2E48BED761"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="080FA711830A41F4B0561FF8311D73EA">
+    <w:name w:val="080FA711830A41F4B0561FF8311D73EA"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39E41A07DB6C4526915AB1B0CA22DD4C">
+    <w:name w:val="39E41A07DB6C4526915AB1B0CA22DD4C"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C553CD251599450399F53198FB282EA4">
+    <w:name w:val="C553CD251599450399F53198FB282EA4"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51B16AE6311844B3BD64ABB7DA679C46">
+    <w:name w:val="51B16AE6311844B3BD64ABB7DA679C46"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E3406A1E4834A2092B0A2494B1E8F7B">
+    <w:name w:val="5E3406A1E4834A2092B0A2494B1E8F7B"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33073A8F8BA041C8A8DA094526AE0C35">
+    <w:name w:val="33073A8F8BA041C8A8DA094526AE0C35"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21CDEDB4C3C74D80A5F11FF58693790C">
+    <w:name w:val="21CDEDB4C3C74D80A5F11FF58693790C"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB13123745D349919211D3F5BE63E53A">
+    <w:name w:val="BB13123745D349919211D3F5BE63E53A"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD2DF2848823422D8DEECEDDC10A4948">
+    <w:name w:val="AD2DF2848823422D8DEECEDDC10A4948"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8316DC0D83AC41CDA0E3F4A277668267">
+    <w:name w:val="8316DC0D83AC41CDA0E3F4A277668267"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86F81037E89B458F999395E14521F8AF">
+    <w:name w:val="86F81037E89B458F999395E14521F8AF"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0FBAF8A429114AF28EC735D9B1393E6D">
+    <w:name w:val="0FBAF8A429114AF28EC735D9B1393E6D"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23E0D9EE8AFE420CB9D2B4194038195B">
+    <w:name w:val="23E0D9EE8AFE420CB9D2B4194038195B"/>
+    <w:rsid w:val="00A25CA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C942D4FEA28840F9946BF3F564EFF960">
+    <w:name w:val="C942D4FEA28840F9946BF3F564EFF960"/>
+    <w:rsid w:val="00C55073"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9313D28582044316B748B29215F8FCFD">
+    <w:name w:val="9313D28582044316B748B29215F8FCFD"/>
+    <w:rsid w:val="00C55073"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -32384,50 +31514,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -32554,162 +31693,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DADB89A-C535-420C-85AB-A27DDB3457F2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16A89EA4-520E-457E-B46A-E8595A6FBA4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C73EC54-EB69-4FD9-90D8-7036DF4EEB4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6BBD50A-4F2C-4E8E-9CF7-622497E5FD22}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D39B6813-AFD4-42A7-AF5A-1404E2498E41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97C99850-C579-4927-A555-80EA11803B01}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7FA1BDB-8584-400D-9D8E-06812EC3C1D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>13194</Characters>
+  <Pages>12</Pages>
+  <Words>24226</Words>
+  <Characters>13809</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Eiropas Sociālā fonda projekts „Pasākumi noteiktām personu grupām”</vt:lpstr>
       <vt:lpstr>Eiropas Sociālā fonda projekts „Pasākumi noteiktām personu grupām”</vt:lpstr>
       <vt:lpstr>Eiropas Sociālā fonda projekts „Pasākumi noteiktām personu grupām”</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36269</CharactersWithSpaces>
+  <CharactersWithSpaces>37960</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Eiropas Sociālā fonda projekts „Pasākumi noteiktām personu grupām”</dc:title>
   <dc:creator>IT</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Agnese Uzare</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IsSysUpdate">
     <vt:lpwstr>false</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="RegNr">
     <vt:lpwstr>222</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Sagatavotajs">
-    <vt:lpwstr/>
+    <vt:lpwstr>1637</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ThreeRoApprovalComments">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ThreeRoApprovalStatus">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>