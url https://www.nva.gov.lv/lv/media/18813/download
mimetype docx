--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -1,905 +1,828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="005C23A2" w:rsidRPr="003E39C9" w:rsidRDefault="005C23A2" w:rsidP="00990E2D">
+    <w:p w14:paraId="28503456" w14:textId="77777777" w:rsidR="005C23A2" w:rsidRPr="003E39C9" w:rsidRDefault="005C23A2" w:rsidP="00990E2D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-180"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00FC7187" w:rsidRPr="00FC7187" w:rsidRDefault="001A765B" w:rsidP="00FC7187">
-[...131 lines deleted...]
-    <w:p w:rsidR="003668A2" w:rsidRDefault="003668A2" w:rsidP="007267B1">
+    <w:p w14:paraId="534796D6" w14:textId="77777777" w:rsidR="003668A2" w:rsidRDefault="003668A2" w:rsidP="007267B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-540" w:right="-180"/>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003668A2" w:rsidRDefault="003668A2" w:rsidP="007267B1">
+    <w:p w14:paraId="7C726C80" w14:textId="77777777" w:rsidR="002171A2" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007267B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-540" w:right="-180"/>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="-540" w:right="-180"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Atskaite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Atskaite</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00752E39" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00752E39" w:rsidRPr="003E39C9">
+        <w:t>par vienreizējās dotācijas</w:t>
+      </w:r>
+      <w:r w:rsidR="007267B1" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>par vienreizējās dotācijas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007267B1" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00752E39" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00752E39" w:rsidRPr="003E39C9">
+        <w:t>izlietojumu</w:t>
+      </w:r>
+      <w:r w:rsidR="007267B1" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>izlietojumu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007267B1" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB965C2" w14:textId="77777777" w:rsidR="003A1326" w:rsidRDefault="00C45A83" w:rsidP="007267B1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-540" w:right="-180"/>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="-540" w:right="-180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003E39C9">
+        <w:t>darba viet</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42382" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>darba viet</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D42382" w:rsidRPr="003E39C9">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> pielāgošanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00752E39" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pielāgošanai</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="007267B1">
+    <w:p w14:paraId="7F8195AB" w14:textId="77777777" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007267B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-540" w:right="-180"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Nr. ___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006777B6" w:rsidRPr="003E39C9" w:rsidRDefault="006777B6" w:rsidP="006777B6"/>
-    <w:p w:rsidR="006777B6" w:rsidRDefault="001A765B" w:rsidP="00B03576">
+    <w:p w14:paraId="2957CB4A" w14:textId="77777777" w:rsidR="006777B6" w:rsidRPr="003C09DE" w:rsidRDefault="006777B6" w:rsidP="006777B6">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="281EADA0" w14:textId="6ABA939D" w:rsidR="006777B6" w:rsidRPr="00421411" w:rsidRDefault="00C45A83" w:rsidP="00B03576">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
-          <w:i/>
-[...120 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0003082F">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">(ESF </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87C45" w:rsidRPr="0003082F">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(juridiskās</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Plus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003082F">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> personas nosaukums </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>projekts „</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF054E" w:rsidRPr="0003082F">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/fiziskās</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003082F">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> personas vārds, uzvārds</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="0003082F" w:rsidRPr="0003082F">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0003082F" w:rsidRPr="00FF4701">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nr. 4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421411">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk204698678"/>
+      <w:r w:rsidRPr="00421411">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421411">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>___________</w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="3BF7A180" w14:textId="77777777" w:rsidR="00BF054E" w:rsidRPr="003E39C9" w:rsidRDefault="00BF054E" w:rsidP="00B03576">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25FB8531" w14:textId="35083059" w:rsidR="00BF054E" w:rsidRDefault="00C45A83" w:rsidP="00BF054E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dokumenta datums ir tā elektroniskās </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D316C89" w14:textId="77777777" w:rsidR="00121D1D" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00BF054E">
+      <w:pPr>
+        <w:ind w:firstLine="5387"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>parakstīšanas datums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1DA567" w14:textId="77777777" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="009830CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9071"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085F2DE6" w14:textId="77777777" w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="00D74605" w:rsidP="007B770B"/>
+    <w:p w14:paraId="46707CFD" w14:textId="77777777" w:rsidR="00FA39D7" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00AF3D27">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00084AA3">
-        <w:rPr>
-[...17 lines deleted...]
-        <w:t>_______________</w:t>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:t>_____________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00084AA3" w:rsidRPr="00084AA3">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>personā, kurš (-a) rīkojas</w:t>
+        <w:t>(turpmāk – Darba devējs)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="6477C4BC" w14:textId="77777777" w:rsidR="00FA39D7" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00AF3D27">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:t>(juridiskās</w:t>
+      </w:r>
+      <w:r w:rsidR="00736349" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007F102A" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> personas nosaukums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>amat</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD3AB3" w:rsidRPr="003E39C9">
+        <w:t>/fiziskās</w:t>
+      </w:r>
+      <w:r w:rsidR="00736349" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC0866" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> personas vārds, uzvārds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C33D6E" w14:textId="77777777" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00084AA3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007F102A" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00084AA3" w:rsidRPr="00084AA3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084AA3" w:rsidRPr="003E39C9">
+        <w:t>personā, kurš (-a) rīkojas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A189CB3" w14:textId="77777777" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007F102A" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>amat</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3AB3" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0866" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>vārds, uzvārds)</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D403C8B" w14:textId="53B12BF1" w:rsidR="00CE36CB" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve">saskaņā ar ________________________________, ar šo </w:t>
+      </w:r>
+      <w:r w:rsidR="00084AA3">
+        <w:t>atskaiti</w:t>
+      </w:r>
+      <w:r w:rsidR="00084AA3" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t>apliecina, ka veikt</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5223" w:rsidRPr="003E39C9">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> darba viet</w:t>
+      </w:r>
+      <w:r w:rsidR="00297DFB" w:rsidRPr="003E39C9">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> pielāgošana saskaņā ar 20___. gada __</w:t>
+      </w:r>
+      <w:r w:rsidR="002945C7" w:rsidRPr="003E39C9">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="002945C7" w:rsidRPr="003E39C9">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve"> noslēgto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>līgum</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43773">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0097026F" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nr.___</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="0097026F" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="005721F2" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4415" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(turpmāk – Līgums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43773">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43773" w:rsidRPr="00D43773">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>20___. gada __.___</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43773" w:rsidRPr="00D43773">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidR="00D43773" w:rsidRPr="003A3771">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="00084AA3" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E39C9">
-[...40 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00D43773">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>u</w:t>
-[...35 lines deleted...]
-        <w:t>(turpmāk – Līgums)</w:t>
+        <w:t>iesniegto p</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43773" w:rsidRPr="00D43773">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ieprasījum</w:t>
       </w:r>
       <w:r w:rsidR="00D43773">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> un </w:t>
+        <w:t>u (tāmi</w:t>
       </w:r>
       <w:r w:rsidR="00D43773" w:rsidRPr="00D43773">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>20___. gada __.___</w:t>
-[...18 lines deleted...]
-        <w:footnoteReference w:id="3"/>
+        <w:t xml:space="preserve">) vienreizējās dotācijas saņemšanai, lai veiktu </w:t>
+      </w:r>
+      <w:r w:rsidR="00070DB5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">klientu </w:t>
       </w:r>
       <w:r w:rsidR="00D43773">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> iesniegto p</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> darba vietu pielāgošanu (turpmāk – Pieprasījums)</w:t>
+        <w:t>darba vietu pielāgošanu (turpmāk – Pieprasījums)</w:t>
       </w:r>
       <w:r w:rsidR="00E70B34" w:rsidRPr="003E39C9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B770B" w:rsidRPr="003E39C9" w:rsidRDefault="007B770B" w:rsidP="007B770B">
+    <w:p w14:paraId="645F7F34" w14:textId="77777777" w:rsidR="007B770B" w:rsidRPr="003E39C9" w:rsidRDefault="007B770B" w:rsidP="007B770B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE36CB" w:rsidRPr="008773FA" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="3E9FDE82" w14:textId="4EEFAED1" w:rsidR="00CE36CB" w:rsidRPr="008773FA" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="794"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Kopējā </w:t>
       </w:r>
       <w:r w:rsidR="00D43773">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Pieprasījumā</w:t>
       </w:r>
       <w:r w:rsidR="00D43773" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0081268E" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>norādītā</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> summa </w:t>
       </w:r>
       <w:r w:rsidR="00070DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">klientu </w:t>
+        <w:t>klientu</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> darba</w:t>
       </w:r>
       <w:r w:rsidR="0081268E" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">vietu pielāgošanai ir </w:t>
       </w:r>
       <w:r w:rsidR="00050A57" w:rsidRPr="008773FA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">EUR </w:t>
       </w:r>
       <w:r w:rsidR="00E01FF4" w:rsidRPr="008773FA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidR="00656A2F" w:rsidRPr="008773FA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
-        <w:t>(____________________________</w:t>
+        <w:t>(___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:t>_________________</w:t>
       </w:r>
       <w:r w:rsidR="00E01FF4" w:rsidRPr="003E39C9">
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00656A2F" w:rsidRPr="008773FA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF3D27">
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00D971E0" w:rsidRPr="003E39C9">
         <w:softHyphen/>
       </w:r>
@@ -945,1832 +868,2256 @@
       </w:r>
       <w:r w:rsidR="00FA6202" w:rsidRPr="008773FA">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004D1AA8" w:rsidRPr="008773FA">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FA6202" w:rsidRPr="008773FA">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(summas atšifrējums vārdiem)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E5DC4" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="1627FB4B" w14:textId="06F2DBC4" w:rsidR="009E5DC4" w:rsidRPr="000328DE" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C1581D" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Izlietotā</w:t>
       </w:r>
       <w:r w:rsidR="00156F8A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> attiecināmā</w:t>
       </w:r>
       <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> summa </w:t>
       </w:r>
       <w:r w:rsidR="00070DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">klientu </w:t>
       </w:r>
       <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> darba vietu pielāgošanai</w:t>
+        <w:t>darba vietu pielāgošanai</w:t>
       </w:r>
       <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r w:rsidR="007B770B" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00050A57" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00445A1C" w:rsidRPr="002C5952">
         <w:t>(_________________</w:t>
       </w:r>
-      <w:r w:rsidR="000B043E" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="000B043E" w:rsidRPr="002C5952">
         <w:t>_______________</w:t>
       </w:r>
-      <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00445A1C" w:rsidRPr="002C5952">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00656A2F" w:rsidRPr="002C5952">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00656A2F" w:rsidRPr="002C5952">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00445A1C" w:rsidRPr="002C5952">
         <w:t>_______</w:t>
       </w:r>
-      <w:r w:rsidR="00D971E0" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00D971E0" w:rsidRPr="002C5952">
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00445A1C" w:rsidRPr="002C5952">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00656A2F" w:rsidRPr="002C5952">
         <w:t>centi</w:t>
       </w:r>
-      <w:r w:rsidR="00445A1C" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="00445A1C" w:rsidRPr="002C5952">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004D5223" w:rsidRPr="003E39C9">
+      <w:r w:rsidR="004D5223" w:rsidRPr="002C5952">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C10367" w:rsidRPr="003E39C9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C10367" w:rsidRPr="000328DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E5DC4" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="16E02C76" w14:textId="77777777" w:rsidR="009E5DC4" w:rsidRPr="000328DE" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...7 lines deleted...]
-          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172542" w:rsidRPr="003E39C9">
+      </w:pPr>
+      <w:r w:rsidRPr="002C5952">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00172542" w:rsidRPr="002C5952">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(summas atšifrējums vārdiem)</w:t>
-[...129 lines deleted...]
-      <w:r w:rsidR="00E70B34" w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00276190" w:rsidRPr="002C5952">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(summas atšifrējums vārdiem</w:t>
+        <w:t>(summas atšifrējums vārdiem)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311677E5" w14:textId="0ABEAF7F" w:rsidR="00B21068" w:rsidRPr="002C5952" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C5952">
+        <w:t>t.sk.</w:t>
+      </w:r>
+      <w:r w:rsidR="008773FA" w:rsidRPr="002C5952">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5952">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10367" w:rsidRPr="002C5952">
+        <w:t>PVN __</w:t>
+      </w:r>
+      <w:r w:rsidR="00293CD2" w:rsidRPr="002C5952">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10367" w:rsidRPr="002C5952">
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="007B770B" w:rsidRPr="002C5952">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3909" w:rsidRPr="002C5952">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3909" w:rsidRPr="002C5952">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000B043E" w:rsidRPr="002C5952">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3909" w:rsidRPr="002C5952">
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27" w:rsidRPr="002C5952">
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3909" w:rsidRPr="002C5952">
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="002C5952">
+        <w:softHyphen/>
+        <w:t>_ centi)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidR="004F7076">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46025B8A" w14:textId="77777777" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E70B34" w:rsidRPr="003E39C9">
-        <w:rPr>
-[...48 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>(summas atšifrējums vārdiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637EA4AF" w14:textId="77777777" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00070DB5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1AA8" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C80A877" w14:textId="5870B440" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00CA0EF6">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(vārds, uzvārds, personas kods)</w:t>
-[...42 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve">                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="006105DE" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E9476E" w:rsidRPr="003E39C9">
+        <w:t>(vārds, uzvārds, personas kods)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECB9D5F" w14:textId="77777777" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>darba vietas ______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D27">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95FAC" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1AA8" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24610B92" w14:textId="77777777" w:rsidR="001972CE" w:rsidRDefault="00C45A83" w:rsidP="009830CE">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>pasākuma īstenošanas</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adrese, kas sakrīt ar Līgumā un ergoterapeita atzinumā</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F86BCE" w:rsidRPr="003E39C9">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9476E" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>pasākuma īstenošanas</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">norādīto </w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> adrese, kas sakrīt ar Līgumā un ergoterapeita atzin</w:t>
+      </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>umā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86BCE" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norādīto </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A05B383" w14:textId="77777777" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="009830CE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>pasākuma īstenošanas adresi)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00130C41" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="07C46968" w14:textId="77777777" w:rsidR="00130C41" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>pielāgošanai paveiktais</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00130C41" w:rsidRPr="003E39C9" w:rsidRDefault="00130C41" w:rsidP="007B770B">
+    <w:p w14:paraId="150C72D5" w14:textId="77777777" w:rsidR="00130C41" w:rsidRPr="003E39C9" w:rsidRDefault="00130C41" w:rsidP="007B770B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10175" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1968"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="73EFCE25" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009511D4" w:rsidRDefault="001A765B" w:rsidP="009511D4">
+          <w:p w14:paraId="199E03C3" w14:textId="77777777" w:rsidR="009511D4" w:rsidRDefault="00C45A83" w:rsidP="009511D4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA188E">
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="001A765B" w:rsidP="009511D4">
+          <w:p w14:paraId="5E031406" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00C45A83" w:rsidP="009511D4">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA188E">
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="37240F42" w14:textId="2DE2F651" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00EA188E">
-              <w:t>Iekārta/aprīkojums (t.sk. tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana)</w:t>
+              <w:t>Iekārta/aprīkojums (t.sk.</w:t>
+            </w:r>
+            <w:r w:rsidR="002C5952">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA188E">
+              <w:t xml:space="preserve"> tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="7D6A3216" w14:textId="092B8128" w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00102C0B">
               <w:t xml:space="preserve">Cena </w:t>
             </w:r>
             <w:r w:rsidRPr="00102C0B">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">(saskaņā ar Pieprasījuma tāmē </w:t>
+              <w:t xml:space="preserve">(saskaņā ar </w:t>
+            </w:r>
+            <w:r w:rsidR="002C5952">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="002C5952" w:rsidRPr="00102C0B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ieprasījuma </w:t>
             </w:r>
             <w:r w:rsidRPr="00102C0B">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>norādīto)</w:t>
+              <w:t>tāmē norādīto)</w:t>
             </w:r>
             <w:r w:rsidRPr="00102C0B">
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="6E107166" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102C0B">
               <w:t>EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="07DB3631" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00102C0B">
               <w:t xml:space="preserve">Cena </w:t>
             </w:r>
             <w:r w:rsidRPr="00102C0B">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(saskaņā ar apmaksas dokumentiem)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="7FBAAB12" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00102C0B">
               <w:t>EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="3741D75D" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00102C0B" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00102C0B">
               <w:t>Izlietotā attiecināmā summa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:footnoteReference w:id="5"/>
+              <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="00102C0B">
               <w:t>, EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="5C9FB00D" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="51C44698" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="71D51772" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="16F175A4" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="483AC68E" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="11E01559" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="4EB6C18D" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
+          <w:p w14:paraId="7531CFD1" w14:textId="77777777" w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
+          <w:p w14:paraId="12FE70C0" w14:textId="77777777" w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
+          <w:p w14:paraId="463837E9" w14:textId="77777777" w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
+          <w:p w14:paraId="75C5CE64" w14:textId="77777777" w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
+          <w:p w14:paraId="408BCFFC" w14:textId="77777777" w:rsidR="00756888" w:rsidRPr="00EA188E" w:rsidRDefault="00756888" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="5A603354" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="542C113E" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="001A765B" w:rsidP="00215ADD">
+          <w:p w14:paraId="399E5B41" w14:textId="377E4DF1" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00C45A83" w:rsidP="00215ADD">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t>Izgatavošana / Piegāde / Uzstādīšana</w:t>
-[...8 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Izgatavošana:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="0B1F9D64" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="56E5B176" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="44D5D52F" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00062360">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="467FD5CB" w14:textId="77777777" w:rsidTr="00AF3D27">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="379E13C1" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46689EB7" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="00C45A83" w:rsidP="00215ADD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Uzstādīšana:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="369DB6E3" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B7DE539" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07CFB5D8" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3F6E" w14:paraId="1E81C7C0" w14:textId="77777777" w:rsidTr="00AF3D27">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31399AAC" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EF8EBB" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="00C45A83" w:rsidP="00215ADD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Piegāde:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46435208" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FAEDC4B" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1245E57E" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="00EA188E" w:rsidRDefault="003C09DE" w:rsidP="00EA188E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3F6E" w14:paraId="7EDB2245" w14:textId="77777777" w:rsidTr="00062360">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="001A765B" w:rsidP="00062360">
+          <w:p w14:paraId="73D8D455" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="003C09DE" w:rsidRDefault="00C45A83" w:rsidP="00062360">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003C09DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>Izmaksas kopā</w:t>
             </w:r>
-            <w:r w:rsidR="00276190" w:rsidRPr="00EA188E">
+            <w:r w:rsidR="00276190" w:rsidRPr="003C09DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="6056BAEF" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="7A4E5EFA" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
+          <w:p w14:paraId="2B9E9C33" w14:textId="77777777" w:rsidR="00EA188E" w:rsidRPr="00EA188E" w:rsidRDefault="00EA188E" w:rsidP="00EA188E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00062360">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="66B79C9C" w14:textId="77777777" w:rsidTr="000D34B4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="00EA188E" w:rsidRDefault="001A765B" w:rsidP="00062360">
+          <w:p w14:paraId="37BEB7CA" w14:textId="77777777" w:rsidR="008C7F8D" w:rsidRPr="003C09DE" w:rsidRDefault="00C45A83" w:rsidP="008C7F8D">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003C09DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Attiecināmās izmaksas kopā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="00EA188E" w:rsidRDefault="00127B89" w:rsidP="00EA188E">
+          <w:p w14:paraId="2A9D8AA3" w14:textId="77777777" w:rsidR="008C7F8D" w:rsidRPr="00EA188E" w:rsidRDefault="008C7F8D" w:rsidP="008C7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:tl2br w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="00EA188E" w:rsidRDefault="00127B89" w:rsidP="00EA188E">
+          <w:p w14:paraId="78DC6947" w14:textId="77777777" w:rsidR="008C7F8D" w:rsidRPr="00EA188E" w:rsidRDefault="008C7F8D" w:rsidP="008C7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="00EA188E" w:rsidRDefault="00127B89" w:rsidP="00EA188E">
+          <w:p w14:paraId="3ABFAF5F" w14:textId="77777777" w:rsidR="008C7F8D" w:rsidRPr="00EA188E" w:rsidRDefault="008C7F8D" w:rsidP="008C7F8D">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C95237" w:rsidRDefault="001A765B" w:rsidP="00DC0866">
+    <w:p w14:paraId="4BF9FEDC" w14:textId="3D47687B" w:rsidR="00415BA5" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="00DC0866">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00C610D8">
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>* PVN maksātājs norāda cenu bez PVN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D00095B" w14:textId="0BA0A087" w:rsidR="00C95237" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="0086199F">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PVN maksātājs, kas izmanto īpašo PVN reģistrācijas kārtību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>mazajiem uzņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="001A69AD" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3771" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PVN </w:t>
+      </w:r>
+      <w:r w:rsidR="00C610D8" w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">maksātāju reģistrā nereģistrēta </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003A3771" w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>persona norāda cenu ar PVN</w:t>
       </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00130C41" w:rsidRDefault="00130C41" w:rsidP="00DC0866">
+    <w:p w14:paraId="7573A51F" w14:textId="77777777" w:rsidR="00130C41" w:rsidRPr="00BC41BB" w:rsidRDefault="00130C41" w:rsidP="00DC0866">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009830CE" w:rsidRPr="003E39C9" w:rsidRDefault="009830CE" w:rsidP="00FC7187">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="42D9C298" w14:textId="77777777" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. </w:t>
       </w:r>
       <w:r w:rsidR="00070DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________</w:t>
       </w:r>
       <w:r w:rsidR="009E4FAB" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00CC2A98">
-[...1 lines deleted...]
-        <w:ind w:left="4320" w:firstLine="720"/>
+    <w:p w14:paraId="370B270C" w14:textId="3088F902" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="003A3771">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E39C9">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(vārds, uzvārds, personas kods)</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
       <w:r w:rsidRPr="003E39C9">
-        <w:rPr>
-[...19 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>(vārds, uzvārds, personas kods)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E5CB6E" w14:textId="77777777" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>darba v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ietas _____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70B34" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1AA8" w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BA0D29" w14:textId="77777777" w:rsidR="0061772D" w:rsidRDefault="00C45A83" w:rsidP="009830CE">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(pasākuma īstenošanas adrese, kas sakrīt ar Līgumā un ergoterapeita atzinumā norādīto </w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003E39C9">
+        <w:t xml:space="preserve">(pasākuma īstenošanas adrese, kas sakrīt ar Līgumā un ergoterapeita atzinumā norādīto </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27979B56" w14:textId="77777777" w:rsidR="00E9476E" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="009830CE">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>pasākuma īstenošanas adresi</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>pasākuma īstenošanas adresi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E39C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="007B770B">
+    <w:p w14:paraId="7E2F09FB" w14:textId="77777777" w:rsidR="00DC0866" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="007B770B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>pielāgošanai paveiktais</w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="00D74605" w:rsidP="007B770B">
+    <w:p w14:paraId="6D9ED6EB" w14:textId="77777777" w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="00D74605" w:rsidP="007B770B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10175" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="4661"/>
         <w:gridCol w:w="1483"/>
         <w:gridCol w:w="1494"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="5C2BBADC" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="01A7F594" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003E39C9">
               <w:t>Nr.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="2384DA27" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="003E39C9">
-              <w:t>Iekārta/aprīkojums (t.sk. tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana)</w:t>
+              <w:t>Iekārta/aprīkojums (t.sk. tehnisko</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E39C9">
+              <w:t xml:space="preserve"> palīglīdzekļu izgatavošana, piegāde un uzstādīšana)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="3AB1C42A" w14:textId="0DED532B" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
               <w:t>ena (</w:t>
             </w:r>
             <w:r w:rsidR="000D1E0D">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00276190">
-              <w:t>askaņā ar Pieprasījuma tāmē norādīto</w:t>
+              <w:t xml:space="preserve">askaņā ar </w:t>
+            </w:r>
+            <w:r w:rsidR="002C5952">
+              <w:t xml:space="preserve">pieprasījuma </w:t>
+            </w:r>
+            <w:r w:rsidR="00276190">
+              <w:t>tāmē norādīto</w:t>
             </w:r>
             <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
               <w:t>),</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="50BF54DD" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E39C9">
               <w:t>EUR</w:t>
             </w:r>
             <w:r>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="57277D19" w14:textId="77777777" w:rsidR="00C95237" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00276190">
               <w:t>ena (</w:t>
             </w:r>
             <w:r w:rsidR="000D1E0D">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00276190">
               <w:t>askaņā ar apmaksas dokument</w:t>
             </w:r>
             <w:r w:rsidR="000D1E0D">
               <w:t>iem</w:t>
             </w:r>
             <w:r w:rsidR="00276190">
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="20F7079E" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="009527D0">
+          <w:p w14:paraId="3FEC0294" w14:textId="2B4AEC39" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="009527D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Izlietotā attiecināmā summa</w:t>
             </w:r>
-            <w:r w:rsidR="00AC0695" w:rsidRPr="00AC0695">
+            <w:r w:rsidRPr="004F7076">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00154967" w:rsidRPr="003E39C9">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
               <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
             <w:r w:rsidR="00276190">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="0DA260DF" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="14AC749F" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="3702C46A" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="0035E962" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="2F470408" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="52727FEC" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="7F735D92" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
+          <w:p w14:paraId="296B0036" w14:textId="77777777" w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
+          <w:p w14:paraId="08F3F01C" w14:textId="77777777" w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
+          <w:p w14:paraId="114F2982" w14:textId="77777777" w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
+          <w:p w14:paraId="24F810B5" w14:textId="77777777" w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
+          <w:p w14:paraId="5BA5B73C" w14:textId="77777777" w:rsidR="0082793B" w:rsidRPr="003E39C9" w:rsidRDefault="0082793B" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00AF3D27">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="55BF20B7" w14:textId="77777777" w:rsidTr="00AF3D27">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="07D9B602" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00102C0B">
+          <w:p w14:paraId="462829E4" w14:textId="5C877C96" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t>Izgatavošana / Piegāde / Uzstādīšana</w:t>
-[...8 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Izgatavošana:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="0DDBEE64" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="49552EA5" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="63EB523F" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="002C70E0">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="35ED4720" w14:textId="77777777" w:rsidTr="00AF3D27">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2056E08D" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF1536B" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Uzstādīšana:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="281A13AD" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1494" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B71AB98" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D08E3C" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3F6E" w14:paraId="1668ADFA" w14:textId="77777777" w:rsidTr="00AF3D27">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACE5A5C" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="096D5D0F" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="00C45A83" w:rsidP="00102C0B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Piegāde:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4397AFA3" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1494" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D39D9FB" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F6C3CE4" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRPr="003E39C9" w:rsidRDefault="003C09DE" w:rsidP="002C70E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3F6E" w14:paraId="63E9B5A1" w14:textId="77777777" w:rsidTr="00256E12">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="48E71DAC" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="00E3756B" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Izmaksas kopā</w:t>
+            <w:r w:rsidRPr="00E3756B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izmaksas </w:t>
             </w:r>
-            <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+            <w:r w:rsidRPr="00E3756B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kopā</w:t>
+            </w:r>
+            <w:r w:rsidR="00276190" w:rsidRPr="00E3756B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="656A1EC2" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="332AD90F" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
+          <w:p w14:paraId="0DD5F376" w14:textId="77777777" w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="00C95237" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="002C70E0">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="485D45C4" w14:textId="77777777" w:rsidTr="00256E12">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5639" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002C70E0">
+          <w:p w14:paraId="17E9D16F" w14:textId="77777777" w:rsidR="00127B89" w:rsidRPr="00E3756B" w:rsidRDefault="00C45A83" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E3756B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>Attiecināmās izmaksas kopā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="00127B89" w:rsidP="002C70E0">
+          <w:p w14:paraId="0014510A" w14:textId="77777777" w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="00127B89" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
+            <w:tcBorders>
+              <w:tl2br w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="00127B89" w:rsidP="002C70E0">
+          <w:p w14:paraId="2675AB93" w14:textId="77777777" w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="00127B89" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="00127B89" w:rsidP="002C70E0">
+          <w:p w14:paraId="0B43F010" w14:textId="77777777" w:rsidR="00127B89" w:rsidRPr="003E39C9" w:rsidRDefault="00127B89" w:rsidP="002C70E0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C95237" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00C95237">
+    <w:p w14:paraId="467B8469" w14:textId="33DCB458" w:rsidR="00415BA5" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="00C95237">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00C610D8">
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>* PVN maksātājs norāda cenu bez PVN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4A53A2" w14:textId="2C3B0F92" w:rsidR="00C95237" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="0086199F">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PVN maksātājs, kas izmanto īpašo PVN reģistrācijas kārtību  mazajiem uzņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="001A69AD" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3771" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PVN </w:t>
+      </w:r>
+      <w:r w:rsidR="00C610D8" w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">maksātāju reģistrā nereģistrēta </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003A3771" w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>persona norāda cenu ar PVN</w:t>
       </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CE36CB" w:rsidRPr="00130C41" w:rsidRDefault="00CE36CB">
+    <w:p w14:paraId="6777491D" w14:textId="77777777" w:rsidR="00CE36CB" w:rsidRPr="00BC41BB" w:rsidRDefault="00CE36CB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="009830CE">
+    <w:p w14:paraId="663CC083" w14:textId="77777777" w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="009830CE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D46950" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A431C4" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">Piecu darba dienu laikā pēc </w:t>
       </w:r>
       <w:r w:rsidR="00911C09">
         <w:t>atskaites</w:t>
       </w:r>
       <w:r w:rsidR="00911C09" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A431C4" w:rsidRPr="003E39C9">
         <w:t>parakstīšanas</w:t>
       </w:r>
       <w:r w:rsidR="009E4FAB" w:rsidRPr="003E39C9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A431C4" w:rsidRPr="003E39C9">
@@ -2803,270 +3150,262 @@
       <w:r w:rsidR="00A431C4" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">ar invaliditāti darba vietu pielāgošanai </w:t>
       </w:r>
       <w:r w:rsidR="00050A57" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">EUR </w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D46950" w:rsidRPr="003E39C9">
         <w:t>(___________</w:t>
       </w:r>
       <w:r w:rsidR="00AC44FE" w:rsidRPr="003E39C9">
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="000B043E" w:rsidRPr="003E39C9">
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">______ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="0032107C">
+    <w:p w14:paraId="43B25FC5" w14:textId="77777777" w:rsidR="00D74605" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="0032107C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                   </w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(summas atšifrējums vārdiem)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D46950" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00D74605">
+    <w:p w14:paraId="2D10DDE9" w14:textId="35DD6F75" w:rsidR="00D46950" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00D74605">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidR="00656A2F" w:rsidRPr="003E39C9">
         <w:t>centi</w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000B043E" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A431C4" w:rsidRPr="003E39C9">
         <w:t>pārskaita Līgumā norādītajā</w:t>
       </w:r>
       <w:r w:rsidR="004D1AA8" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00084AA3">
-        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras (turpmāk – </w:t>
-[...5 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
       </w:r>
       <w:r w:rsidR="004D1AA8" w:rsidRPr="003E39C9">
-        <w:t xml:space="preserve"> kontā.</w:t>
+        <w:t>kontā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C10367" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00D74605">
+    <w:p w14:paraId="7B1E0936" w14:textId="0A6591D9" w:rsidR="00C10367" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00D74605">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0042169D" w:rsidRPr="003E39C9">
-        <w:t xml:space="preserve">.   </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00831884" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">Ar savu parakstu </w:t>
       </w:r>
       <w:r w:rsidR="00E56D3C" w:rsidRPr="003E39C9">
         <w:t>apliecinu</w:t>
       </w:r>
       <w:r w:rsidR="00831884" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">, ka </w:t>
       </w:r>
       <w:r w:rsidR="00E56D3C" w:rsidRPr="003E39C9">
         <w:t>esmu</w:t>
       </w:r>
       <w:r w:rsidR="00831884" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> novērsis interešu konflikta</w:t>
       </w:r>
       <w:r w:rsidR="00E56D3C" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007810A1" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve">risku </w:t>
       </w:r>
       <w:r w:rsidR="00E56D3C" w:rsidRPr="003E39C9">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="000B50F8" w:rsidRPr="003E39C9">
         <w:t>situācija, kad Darba devējam jāpieņem lēmums vai jāpiedalās lēmuma pieņemšanā, kas ietekmē vai var ietekmēt Darba devēja, tā radinieku līdz otrajai radniecības pakāpei, laulātā vai svaiņa līdz pirmajai svainības pakāpei vai darījumu partneru likuma „Par interešu konflikta novēršanu valsts amatpersonu darbībā” izpratnē personiskās vai mantiskās intereses</w:t>
       </w:r>
       <w:r w:rsidR="00294604" w:rsidRPr="003E39C9">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00D74605">
+    <w:p w14:paraId="4A544717" w14:textId="2EE4B1EF" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00D74605">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003E39C9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E70B34" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B32ED7" w:rsidRPr="003E39C9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0042169D" w:rsidRPr="003E39C9">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00084AA3" w:rsidRPr="00527B90">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Atskaite </w:t>
       </w:r>
       <w:r w:rsidR="00063E10" w:rsidRPr="00527B90">
         <w:t>sagatavot</w:t>
       </w:r>
       <w:r w:rsidR="00084AA3" w:rsidRPr="00527B90">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00063E10" w:rsidRPr="00527B90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E6B6C" w:rsidRPr="00527B90">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C77A3E" w:rsidRPr="00527B90">
-        <w:t xml:space="preserve"> un parakstīta ar drošu elektronisko parakstu, kas satur laika zīmogu. </w:t>
+        <w:t xml:space="preserve">un parakstīta ar drošu elektronisko parakstu, kas satur laika zīmogu. </w:t>
       </w:r>
       <w:r w:rsidR="00063E10" w:rsidRPr="003E39C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00445A1C">
+    <w:p w14:paraId="1E381B8B" w14:textId="77777777" w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00445A1C">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="2351"/>
-        <w:gridCol w:w="900"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="107"/>
+        <w:gridCol w:w="5200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007704CE" w:rsidTr="00696F77">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E3F6E" w14:paraId="2E8619F0" w14:textId="77777777" w:rsidTr="00A40DED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1430" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00556D65" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B">
+          <w:p w14:paraId="1469E0C7" w14:textId="77777777" w:rsidR="00FB4660" w:rsidRDefault="00FB4660">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69856355" w14:textId="52EE20B7" w:rsidR="00556D65" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E39C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Pielikumā:</w:t>
+              <w:t>Pi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E39C9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>elikumā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7750" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00556D65" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="002D6634">
+          <w:p w14:paraId="39B75935" w14:textId="77777777" w:rsidR="00911C09" w:rsidRDefault="00C45A83" w:rsidP="00A40DED">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED1955">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Attaisnojuma dokumentu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED1955">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>(rēķina, maksājuma uzdevuma, preču piegādes dokumentu u.c.)</w:t>
             </w:r>
@@ -3084,239 +3423,177 @@
             </w:r>
             <w:r w:rsidR="002D6634" w:rsidRPr="003E39C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="002E7FEE" w:rsidRPr="003E39C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši veikto </w:t>
             </w:r>
             <w:r w:rsidR="00FE01BB" w:rsidRPr="003E39C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">darba vietu </w:t>
             </w:r>
             <w:r w:rsidR="002E7FEE" w:rsidRPr="003E39C9">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>pielāgojumu fotoattēli</w:t>
             </w:r>
-            <w:r w:rsidR="00A744EC" w:rsidRPr="003E39C9">
-[...17 lines deleted...]
-            <w:r w:rsidR="00276190" w:rsidRPr="003E39C9">
+            <w:r w:rsidR="00F0415B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00121D1D" w:rsidRDefault="00121D1D" w:rsidP="002D6634">
-[...26 lines deleted...]
-          <w:p w:rsidR="00911C09" w:rsidRPr="003E39C9" w:rsidRDefault="00911C09" w:rsidP="002D6634">
+          <w:p w14:paraId="79D654F4" w14:textId="329282F9" w:rsidR="00A40DED" w:rsidRPr="003E39C9" w:rsidRDefault="00A40DED" w:rsidP="00A40DED">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="009830CE">
+      <w:tr w:rsidR="009E3F6E" w14:paraId="1B33C057" w14:textId="77777777" w:rsidTr="00A40DED">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3936" w:type="dxa"/>
+            <w:tcW w:w="3764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00130C41" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00130C41">
+          <w:p w14:paraId="699DEB6B" w14:textId="77777777" w:rsidR="00130C41" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00130C41">
             <w:r w:rsidRPr="003E39C9">
               <w:t xml:space="preserve"> Darba devējs vai pilnvarotā persona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5351" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00911C09" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00911C09">
+          <w:p w14:paraId="6A5D62E7" w14:textId="77777777" w:rsidR="00911C09" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00911C09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>_______</w:t>
             </w:r>
             <w:r w:rsidR="009830CE">
               <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:t>_________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00130C41" w:rsidRPr="003E39C9" w:rsidRDefault="001A765B" w:rsidP="00B424C8">
+          <w:p w14:paraId="1BA81B80" w14:textId="77777777" w:rsidR="00130C41" w:rsidRPr="003E39C9" w:rsidRDefault="00C45A83" w:rsidP="00B424C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00290B13">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(vārds, uzvārds)</w:t>
+              <w:t xml:space="preserve">(vārds, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00290B13">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uzvārds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007704CE" w:rsidTr="007C6C5E">
-[...21 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidRDefault="00445A1C" w:rsidP="009B383B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="6209"/>
+    <w:p w14:paraId="0F6C4A91" w14:textId="6EBDD041" w:rsidR="00445A1C" w:rsidRPr="00A40DED" w:rsidRDefault="00445A1C" w:rsidP="00A40DED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8205"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00445A1C" w:rsidRPr="003E39C9" w:rsidSect="00F470C0">
+    <w:sectPr w:rsidR="00445A1C" w:rsidRPr="00A40DED" w:rsidSect="00E51E53">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
-      <w:headerReference w:type="first" r:id="rId12"/>
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1701" w:header="426" w:footer="179" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1134" w:bottom="851" w:left="1701" w:header="426" w:footer="474" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001A765B" w:rsidRDefault="001A765B">
+    <w:p w14:paraId="592C5FFA" w14:textId="77777777" w:rsidR="00C45A83" w:rsidRDefault="00C45A83">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001A765B" w:rsidRDefault="001A765B">
+    <w:p w14:paraId="1AD990FC" w14:textId="77777777" w:rsidR="00C45A83" w:rsidRDefault="00C45A83">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3345,785 +3622,587 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="001A765B">
+  <w:p w14:paraId="2EABDECA" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRDefault="00C45A83">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
+  <w:p w14:paraId="128EC886" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D70C8A" w:rsidRPr="00704009" w:rsidRDefault="001A765B" w:rsidP="00C71E3A">
+  <w:p w14:paraId="082466A4" w14:textId="582D8954" w:rsidR="00D70C8A" w:rsidRPr="00E3756B" w:rsidRDefault="00C45A83" w:rsidP="00C71E3A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0003082F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>KRG_4.2.2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0003082F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-    </w:pPr>
-[...7 lines deleted...]
-      <w:t>KRG_4.2.2</w:t>
+      <w:t>4_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00256E12">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>14</w:t>
     </w:r>
-    <w:r w:rsidRPr="00704009">
+    <w:r w:rsidRPr="0003082F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>_</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0003082F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="00256E12">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00704009">
+    <w:r w:rsidRPr="0003082F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-      <w:t>.</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
     </w:r>
-    <w:r w:rsidRPr="00704009">
+    <w:r w:rsidR="0003082F" w:rsidRPr="00E3756B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>pielikums</w:t>
-[...74 lines deleted...]
-      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D70C8A" w:rsidRPr="001272A8" w:rsidRDefault="001A765B" w:rsidP="001272A8">
+  <w:p w14:paraId="12BA6A71" w14:textId="6844C7FB" w:rsidR="00D70C8A" w:rsidRPr="00E3756B" w:rsidRDefault="00C45A83" w:rsidP="001272A8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0003082F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>KRG_4.2.2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0003082F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-    </w:pPr>
-[...7 lines deleted...]
-      <w:t>KRG_4.2.2</w:t>
+      <w:t>4_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00256E12">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>14</w:t>
     </w:r>
-    <w:r w:rsidRPr="001272A8">
+    <w:r w:rsidRPr="0003082F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>_</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0003082F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="00256E12">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="001272A8">
+    <w:r w:rsidRPr="0003082F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-      <w:t>.</w:t>
+      </w:rPr>
+      <w:t>.versija</w:t>
     </w:r>
-    <w:r w:rsidRPr="001272A8">
+    <w:r w:rsidRPr="00E3756B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>pielikums</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0003082F" w:rsidRPr="00E3756B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="lv-LV"/>
-[...48 lines deleted...]
-      <w:t>19.01.2024.</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D70C8A" w:rsidRPr="00285B03" w:rsidRDefault="00D70C8A" w:rsidP="00285B03">
+  <w:p w14:paraId="14923829" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRPr="00285B03" w:rsidRDefault="00D70C8A" w:rsidP="00285B03">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-  </w:p>
-[...10 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001A765B" w:rsidRDefault="001A765B">
+    <w:p w14:paraId="27D6BB34" w14:textId="77777777" w:rsidR="00C45A83" w:rsidRDefault="00C45A83">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001A765B" w:rsidRDefault="001A765B">
+    <w:p w14:paraId="56AB1E7A" w14:textId="77777777" w:rsidR="00C45A83" w:rsidRDefault="00C45A83">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="001A765B" w:rsidRDefault="001A765B"/>
+    <w:p w14:paraId="57426653" w14:textId="77777777" w:rsidR="00C45A83" w:rsidRDefault="00C45A83"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00D70C8A" w:rsidRPr="004D1AA8" w:rsidRDefault="001A765B" w:rsidP="004D1AA8">
+    <w:p w14:paraId="7AFA2DC3" w14:textId="3470C2C6" w:rsidR="00893D43" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="00893D43">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D1AA8">
-[...1 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="004D1AA8">
-[...12 lines deleted...]
-        <w:t>persona.</w:t>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6AE6" w:rsidRPr="00BC41BB">
+        <w:t>Atsauci uz projektu n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t xml:space="preserve">epiemēro Līgumiem, kas slēgti </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk151044723"/>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t xml:space="preserve"> Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē ietvaros.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00D70C8A" w:rsidRPr="00D43773" w:rsidRDefault="001A765B">
+    <w:p w14:paraId="38F07F5D" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="004D1AA8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t xml:space="preserve"> Norāda, ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:t>Norāda Pieprasījuma vai precizētā Pieprasījuma (ja attiecināms) sagatavošanas datumu.</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t xml:space="preserve">arba devējs ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:t>juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00D70C8A" w:rsidRPr="002F3909" w:rsidRDefault="001A765B" w:rsidP="004D1AA8">
+    <w:p w14:paraId="7D52DC96" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Norāda Pieprasījuma vai precizētā Pieprasījuma (ja attiecināms) sagatavošanas datumu.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="6EE56378" w14:textId="20EF0588" w:rsidR="00D70C8A" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="004D1AA8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D1AA8">
+      <w:r w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="004D1AA8">
+      <w:r w:rsidRPr="00BC41BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D1AA8">
+      <w:r w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">PVN norāda tikai PVN </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>PVN norāda tikai PVN maksātāju reģistrā nereģistrētas personas</w:t>
+      </w:r>
+      <w:r w:rsidR="00415BA5" w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>maksātāju reģistrā nereģistrētas</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00415BA5" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PVN maksātāj</w:t>
+      </w:r>
+      <w:r w:rsidR="00415BA5" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> personas.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00415BA5" w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, kas izmanto īpašo PVN reģistrācijas kārtību  mazajiem uzņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> iegādes cena, kas nav lielāka par pieprasījumā (tāmē) norādīto konkrētās iegādes pozīcijas cenu.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="00D70C8A" w:rsidRPr="00215ADD" w:rsidRDefault="001A765B" w:rsidP="00215ADD">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00F10C62">
+    <w:p w14:paraId="7125F1E5" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRPr="00BC41BB" w:rsidRDefault="00C45A83" w:rsidP="00EA188E">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC41BB">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="x-none"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00F10C62">
-[...78 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aģentūra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PVN izmaksas sedz tikai PVN maksātāju reģistrā nereģistrētām personām. Izlietotā attiecināmā summa ir konkrētas iekārtas/aprīkojuma (t.sk., tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana) iegādes cena, kas nav lielāka par pieprasīj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC41BB">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>umā (tāmē) norādīto konkrētās iegādes pozīcijas cenu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="001A765B">
+  <w:p w14:paraId="6C5D0326" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRDefault="00C45A83">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
+  <w:p w14:paraId="474EB2D4" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="001A765B">
+  <w:p w14:paraId="7E2D49AD" w14:textId="5C978970" w:rsidR="00D70C8A" w:rsidRDefault="00C45A83">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
-[...9 lines deleted...]
-  <w:p w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
+  <w:p w14:paraId="2A706683" w14:textId="77777777" w:rsidR="00D70C8A" w:rsidRDefault="00D70C8A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03866198"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8B69E18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4233,263 +4312,263 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04607A18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0544854"/>
-    <w:lvl w:ilvl="0" w:tplc="1B1C6BE6">
+    <w:lvl w:ilvl="0" w:tplc="1B24B886">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="ECCC0C0C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76DC6758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6E7AADB8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C4AD8A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17963CD4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0AC47236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FE2EAF92" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F2BA61EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F8DA7C66" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FDB6C412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C58401FC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="984C3CE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9746C1B2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="EB8E6524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3B7EDEC2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6C8E0858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B476206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A060EFE4"/>
-    <w:lvl w:ilvl="0" w:tplc="74FE9350">
+    <w:lvl w:ilvl="0" w:tplc="19FAF60A">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12C68D56" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78B6558C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B7D4BC10" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30F6A196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59DA59DE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="7EFAC502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0AF84168" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96166B7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A40E302E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AE244396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B65459DC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62283636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A4E42714" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0BF2AA42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6D68BD86" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="476EC9BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F950127"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8B69E18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
@@ -4602,400 +4681,400 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FF55D43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="401CE29A"/>
-    <w:lvl w:ilvl="0" w:tplc="50DEA9FC">
+    <w:lvl w:ilvl="0" w:tplc="0714FD54">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DCD0AD34" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="3194616A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25F6A78E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7E1EBD7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9B605834" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BD863FE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1D965F54" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55668C26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98A43E1C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0AB06D0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="316A17C2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B0C60BF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CC4E6E6E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5900D96A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D3C614C0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5C1C0DD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="117B437E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCC0DC0E"/>
-    <w:lvl w:ilvl="0" w:tplc="CE228648">
+    <w:lvl w:ilvl="0" w:tplc="47F87EF6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1D0E2B32" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="461AD9E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="876CD8FE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59A68BE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1F542C46" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2D2428EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F202C650" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F8848648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A5EE10F0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0966F542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="403EF6E8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91BEB73E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D408CC32" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7BC6ECD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14D8156C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="242E3F44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16F437B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2E4AE86"/>
-    <w:lvl w:ilvl="0" w:tplc="1EE4643C">
+    <w:lvl w:ilvl="0" w:tplc="7038AC0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1140"/>
         </w:tabs>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BFD28FB0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9976AB84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1860"/>
         </w:tabs>
         <w:ind w:left="1860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E6CCBAF6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96860B60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2580"/>
         </w:tabs>
         <w:ind w:left="2580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1C80B6F2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A87048A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3300"/>
         </w:tabs>
         <w:ind w:left="3300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E39EE894" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44DC34A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4020"/>
         </w:tabs>
         <w:ind w:left="4020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08B2ED30" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="6A2EC104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4740"/>
         </w:tabs>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F864CB68" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4196825A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5460"/>
         </w:tabs>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F1E47B06" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="185E4FEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6180"/>
         </w:tabs>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="00446C42" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2CBA5B48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6900"/>
         </w:tabs>
         <w:ind w:left="6900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B815F1B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B7F01610"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="120" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
@@ -5206,126 +5285,126 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F7A0AFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ABC3520"/>
-    <w:lvl w:ilvl="0" w:tplc="1AAA49C8">
+    <w:lvl w:ilvl="0" w:tplc="FBC8E80A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E75AFD00" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61E623A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A5343E1C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9B2A254C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="234CA114" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40A439E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="06BC9BFE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A46EA908" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CB5899CE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0FBE6CF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F1C0F630" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3E92F7F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="465ED9BE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D034E78A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="09C296C0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38545836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FF8090C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="757EBDE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -5435,147 +5514,147 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="354A26B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="501A76D2"/>
-    <w:lvl w:ilvl="0" w:tplc="7FBCAF9E">
+    <w:lvl w:ilvl="0" w:tplc="3F8AE5DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="780"/>
         </w:tabs>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D2AA4768" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="3738C34C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1500"/>
         </w:tabs>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CAC81462" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E2DA7C12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2220"/>
         </w:tabs>
         <w:ind w:left="2220" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75A6C44E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45261D10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2940"/>
         </w:tabs>
         <w:ind w:left="2940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6D163E44" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31C83884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3660"/>
         </w:tabs>
         <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="446C630C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A5343668" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4380"/>
         </w:tabs>
         <w:ind w:left="4380" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5C96724A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7E3A1F6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5100"/>
         </w:tabs>
         <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20F602F6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85E2B650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5820"/>
         </w:tabs>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F96EA374" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="AB80B72C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6540"/>
         </w:tabs>
         <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="363553CE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8B69E18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
@@ -5828,147 +5907,147 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="413E22D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26F84BD6"/>
-    <w:lvl w:ilvl="0" w:tplc="8E5E416E">
+    <w:lvl w:ilvl="0" w:tplc="35DA33D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A78664C8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6352B35C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A30A5202" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63784AB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9B3A7AFA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C3EF756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47F4DEC6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64A0C2AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E9E48A14" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25408F24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83549682" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BBAE8A86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7F4AC0F4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C832DB6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0B68F426" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A16ADC26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41A921E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E00CD67E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
@@ -6230,239 +6309,239 @@
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="443A2DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4880BB22"/>
-    <w:lvl w:ilvl="0" w:tplc="3674831C">
+    <w:lvl w:ilvl="0" w:tplc="347E154C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="321CB10E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70C835A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0ECAAD5A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BAB8933C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C43A789E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0D84F944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B6B0F92E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6596B44A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="194838B0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2BB043C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2D8CA09E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A644E8D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7F2E7310" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="258004F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B41404FE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FB0ECD20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="462376F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B98A2AA"/>
-    <w:lvl w:ilvl="0" w:tplc="36CEDF62">
+    <w:lvl w:ilvl="0" w:tplc="633A03F6">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57C0F12C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53A44A9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B3F68476" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B98E0DDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="206AFFBA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AC3C1528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4B4298BE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14E6434E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="439C0C32" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7A1E5CFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2136940C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52503630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F8A80494" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42680F0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E188B156" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CACC89E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46D052A2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8B69E18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6853,265 +6932,265 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4897162B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2520AC58"/>
-    <w:lvl w:ilvl="0" w:tplc="7A4E6A2E">
+    <w:lvl w:ilvl="0" w:tplc="4064A05A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DA0CA38C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17A45798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DBFE44A0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C804C29C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3ABEF098" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65026064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BCFED436" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6346F4B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DDF6E25E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3110AE98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BD3ACF4A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A0A21024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DB12D758" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B970829A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="03E85C5A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F0F6A8E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="489F2E0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82E0672C"/>
-    <w:lvl w:ilvl="0" w:tplc="28C2FE72">
+    <w:lvl w:ilvl="0" w:tplc="AF169114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="07E8A29C">
+    <w:lvl w:ilvl="1" w:tplc="2A06A78E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EB4EB172" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8962D702" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D5B2BEA0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DED056CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9C3C14E4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="367C896A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D2F225F0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2768078A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C84C8818" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="815E6364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9E9682E4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="647C4982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FB58E74A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8B9440BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52BE7F33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="59B85DA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
@@ -7224,400 +7303,400 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52C05648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FC26E22"/>
-    <w:lvl w:ilvl="0" w:tplc="B6EC104C">
+    <w:lvl w:ilvl="0" w:tplc="A992BA2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9F0E7DDA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B4FCB7CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81843584" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9ECA27E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6E761440" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BEB48FB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19C4DE26" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1636944C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FB3005BE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D060954A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A7947AE6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A6FC81AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="452E618C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8206B4C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C5ECAA30" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D51E7EAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="544777B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B4A064A"/>
-    <w:lvl w:ilvl="0" w:tplc="D0A00414">
+    <w:lvl w:ilvl="0" w:tplc="DF9C14B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F386FF1E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="7E1C8B4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C1EAD860" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="838AC0EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7E9CB3C8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A3404380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B36E229E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="DE1C6D82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64101BD8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="709EF2E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88E8AF30" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D9EA71EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6BF4F668" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8EEA4B18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95381EEA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4CE08A64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57040472"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70AC10A4"/>
-    <w:lvl w:ilvl="0" w:tplc="54D03FC4">
+    <w:lvl w:ilvl="0" w:tplc="09F0B7CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B69C1910" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E5E2D6D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BDE22DEA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65B08552" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B720FC1E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2682A9AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3420"/>
         </w:tabs>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="949C9FFE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="293E8A34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4140"/>
         </w:tabs>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6F50D2F6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79948370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4860"/>
         </w:tabs>
         <w:ind w:left="4860" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E1AAFB2A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E82EDA8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0DF03342" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F8600906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E6DE584E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="ABD8243C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57E361A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40463164"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
@@ -7730,441 +7809,441 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C126B15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8949DB2"/>
-    <w:lvl w:ilvl="0" w:tplc="17B4CE1C">
+    <w:lvl w:ilvl="0" w:tplc="B896EDE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8B5A8934" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1B62CF98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2DB2562E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="970AC49C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BB24DB8C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12768CFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2230CDF6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="154A2066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DAB4AFC4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63E2425C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6A466604" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3FD07E8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27CAE328" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AF8408E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1278D626" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CAB63734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D640FE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2628740"/>
-    <w:lvl w:ilvl="0" w:tplc="33D84E0E">
+    <w:lvl w:ilvl="0" w:tplc="EB6AD39E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E6B6743E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E74AA970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F58EFFEE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A9EC593E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFD42864" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3078C14E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F96AF1BA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3F2492B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0D083290" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0090CFC6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="443C0920" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="940AA79A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93269A82" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="4BD6D104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1E24C5B6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="383E071C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E133E40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1DC6F86"/>
-    <w:lvl w:ilvl="0" w:tplc="6278006E">
+    <w:lvl w:ilvl="0" w:tplc="E1A6634C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EC449C66" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F426082A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A4EEC440" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="AA808BAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="862836E0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C78CE1CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7A72F28E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2F7ACF74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E49A8EB8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34C852E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C986CF36" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F7181676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CAFCB09C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2092D2BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F168D6B0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D436A828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E82704E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58AC2F00"/>
-    <w:lvl w:ilvl="0" w:tplc="7B3AEBE0">
+    <w:lvl w:ilvl="0" w:tplc="47563E5E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9CECB52E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F73409AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="516C2064" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="3A7E6948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13843032" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="698CA47C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4CF601E4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B900DD38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F1A49F7A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4CD05DDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8D289DF8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2CC01C34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DA7C800C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79BA4A60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A998A032" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CDBA13D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E912F07"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CA968B0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="390"/>
         </w:tabs>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
@@ -8274,147 +8353,147 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="606C5B91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01C40A68"/>
-    <w:lvl w:ilvl="0" w:tplc="C5F8651A">
+    <w:lvl w:ilvl="0" w:tplc="2E0AB5DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2FF05446" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="497CAA38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58320E9E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BF2A3262" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="042AFA90" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="571C45BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="06D45F48" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74FA0392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E9143A04" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33B2A22A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="03400A4A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B47464D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F22C16AA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6C9E49B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D9E4BAB6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3C10A114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="610E24E6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="85885228"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
@@ -8676,147 +8755,147 @@
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6854390A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECAAF606"/>
-    <w:lvl w:ilvl="0" w:tplc="CE0C42F4">
+    <w:lvl w:ilvl="0" w:tplc="952052E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F20E9FB4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="191809BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31BAFA18" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7ABABD02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0AACDDB2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90464164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7354ECD0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2D5EBDB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ACACD532" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="043A6F66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79D20EF8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04DE1E54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9F02B812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="DE7A92DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FF6A2C78" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BCC8EA84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68D80392"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="57245EF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
@@ -9209,465 +9288,465 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E102E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E02692A0"/>
-    <w:lvl w:ilvl="0" w:tplc="D9D20F76">
+    <w:lvl w:ilvl="0" w:tplc="DA30E812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8CD40B3A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A454C4C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27DC9BDE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C81C779A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2514E512" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B13E358A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7EAC1904" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5A886C0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25907234" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4F6673DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CAC0AEAC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45B8343C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7740737E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36ACB4DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1C9E300A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="613E04E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="712018FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2F254EA"/>
-    <w:lvl w:ilvl="0" w:tplc="7CB0CD68">
+    <w:lvl w:ilvl="0" w:tplc="7070E44C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="908480CA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F9908C1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6D78126E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D1DC5ADA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7D746530" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DD3CD866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4B126664" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6910EC82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93EEAA86" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C34CED5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72546828" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DE96C226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53CE57FA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A5D8E9DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A41411AC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="012C3298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D92776"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47781A6A"/>
-    <w:lvl w:ilvl="0" w:tplc="E054713E">
+    <w:lvl w:ilvl="0" w:tplc="27844D10">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E4E85528" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AC40BA88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3CDC43AE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A79A6A94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FEEC6D90" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48066D08" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9BE665E2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48462786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28E660F0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A9ACBCCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5728344A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90E06908" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5C28F0A4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D6923A0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56BA783C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5B4CE728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77750296"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC943CAC"/>
-    <w:lvl w:ilvl="0" w:tplc="F20C63BC">
+    <w:lvl w:ilvl="0" w:tplc="802814AC">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B3E00C68" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5FF22324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72220D0C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77626730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C3286A8E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F604AAFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68F290CA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="DBFAB160" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2BD4C8E4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23827ACA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5C4438C6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="07AA8010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56F20FF8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5ABC7114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0ADC080E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7FB4BC04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="6">
@@ -9795,562 +9874,615 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F102A"/>
     <w:rsid w:val="000009B3"/>
     <w:rsid w:val="000043E2"/>
     <w:rsid w:val="00014233"/>
     <w:rsid w:val="000155FE"/>
     <w:rsid w:val="00021753"/>
+    <w:rsid w:val="0003082F"/>
+    <w:rsid w:val="000328DE"/>
     <w:rsid w:val="00041D62"/>
     <w:rsid w:val="00042064"/>
     <w:rsid w:val="00050A57"/>
     <w:rsid w:val="00055C5F"/>
     <w:rsid w:val="0006159A"/>
     <w:rsid w:val="00062360"/>
     <w:rsid w:val="00063E10"/>
     <w:rsid w:val="00067724"/>
     <w:rsid w:val="00070DB5"/>
     <w:rsid w:val="00071240"/>
     <w:rsid w:val="00073356"/>
     <w:rsid w:val="0008071F"/>
     <w:rsid w:val="00080DA6"/>
     <w:rsid w:val="00084AA3"/>
     <w:rsid w:val="00092081"/>
     <w:rsid w:val="00092A7A"/>
     <w:rsid w:val="00094588"/>
     <w:rsid w:val="00095D90"/>
     <w:rsid w:val="00096CC2"/>
+    <w:rsid w:val="000A2393"/>
     <w:rsid w:val="000A4B98"/>
+    <w:rsid w:val="000A7A14"/>
     <w:rsid w:val="000A7D19"/>
     <w:rsid w:val="000B043E"/>
     <w:rsid w:val="000B0804"/>
     <w:rsid w:val="000B0CD6"/>
     <w:rsid w:val="000B50F8"/>
     <w:rsid w:val="000C00FA"/>
     <w:rsid w:val="000C7848"/>
     <w:rsid w:val="000D16A2"/>
     <w:rsid w:val="000D1E0D"/>
+    <w:rsid w:val="000D34B4"/>
     <w:rsid w:val="000D4D2E"/>
     <w:rsid w:val="000D5C3C"/>
     <w:rsid w:val="000E55AA"/>
+    <w:rsid w:val="000E6B9D"/>
     <w:rsid w:val="000F07B5"/>
     <w:rsid w:val="000F2615"/>
     <w:rsid w:val="00100D2C"/>
     <w:rsid w:val="00101ACA"/>
     <w:rsid w:val="00102C0B"/>
     <w:rsid w:val="0010751C"/>
     <w:rsid w:val="0010770D"/>
     <w:rsid w:val="00114DB3"/>
     <w:rsid w:val="00121D1D"/>
     <w:rsid w:val="001272A8"/>
     <w:rsid w:val="00127B89"/>
     <w:rsid w:val="00130C41"/>
     <w:rsid w:val="0013350C"/>
     <w:rsid w:val="001425E5"/>
     <w:rsid w:val="00147B30"/>
     <w:rsid w:val="00154967"/>
+    <w:rsid w:val="00154B1F"/>
     <w:rsid w:val="0015686F"/>
     <w:rsid w:val="00156F8A"/>
     <w:rsid w:val="00163B19"/>
     <w:rsid w:val="00166EEA"/>
     <w:rsid w:val="00170C73"/>
     <w:rsid w:val="00172542"/>
     <w:rsid w:val="0018269F"/>
     <w:rsid w:val="0019252A"/>
     <w:rsid w:val="001959E1"/>
     <w:rsid w:val="00196CBF"/>
     <w:rsid w:val="001972CE"/>
+    <w:rsid w:val="001A20D1"/>
     <w:rsid w:val="001A31AB"/>
-    <w:rsid w:val="001A765B"/>
+    <w:rsid w:val="001A69AD"/>
     <w:rsid w:val="001B1D95"/>
     <w:rsid w:val="001B53F0"/>
     <w:rsid w:val="001C5ED1"/>
     <w:rsid w:val="001D4E91"/>
     <w:rsid w:val="001D4F06"/>
     <w:rsid w:val="001F1CDE"/>
     <w:rsid w:val="001F35A6"/>
     <w:rsid w:val="001F4895"/>
     <w:rsid w:val="001F6A3C"/>
     <w:rsid w:val="00212FEF"/>
     <w:rsid w:val="00215ADD"/>
     <w:rsid w:val="00215CDD"/>
     <w:rsid w:val="002171A2"/>
     <w:rsid w:val="00221C16"/>
     <w:rsid w:val="00223500"/>
     <w:rsid w:val="0022714B"/>
     <w:rsid w:val="00232488"/>
     <w:rsid w:val="0023572D"/>
     <w:rsid w:val="00236560"/>
     <w:rsid w:val="00236D7B"/>
     <w:rsid w:val="00240539"/>
     <w:rsid w:val="00245212"/>
     <w:rsid w:val="002502EB"/>
     <w:rsid w:val="002552AF"/>
     <w:rsid w:val="00255D4B"/>
+    <w:rsid w:val="00256C0D"/>
+    <w:rsid w:val="00256E12"/>
     <w:rsid w:val="00260E50"/>
     <w:rsid w:val="0027322B"/>
     <w:rsid w:val="00276190"/>
     <w:rsid w:val="00276EB4"/>
     <w:rsid w:val="00281B8C"/>
     <w:rsid w:val="00285609"/>
     <w:rsid w:val="00285B03"/>
     <w:rsid w:val="002903FD"/>
     <w:rsid w:val="00290B13"/>
     <w:rsid w:val="002917EC"/>
     <w:rsid w:val="00293761"/>
     <w:rsid w:val="002937E7"/>
     <w:rsid w:val="00293CD2"/>
     <w:rsid w:val="002945C7"/>
     <w:rsid w:val="00294604"/>
     <w:rsid w:val="00297DFB"/>
     <w:rsid w:val="002A026E"/>
     <w:rsid w:val="002A03AE"/>
     <w:rsid w:val="002A2DA0"/>
     <w:rsid w:val="002A40D7"/>
+    <w:rsid w:val="002B1FE2"/>
     <w:rsid w:val="002C2783"/>
     <w:rsid w:val="002C3F95"/>
     <w:rsid w:val="002C502D"/>
     <w:rsid w:val="002C52E3"/>
+    <w:rsid w:val="002C5952"/>
     <w:rsid w:val="002C70E0"/>
     <w:rsid w:val="002D6634"/>
     <w:rsid w:val="002D6B7A"/>
+    <w:rsid w:val="002D773C"/>
     <w:rsid w:val="002E1F64"/>
     <w:rsid w:val="002E7B28"/>
     <w:rsid w:val="002E7FEE"/>
     <w:rsid w:val="002F378D"/>
     <w:rsid w:val="002F381D"/>
     <w:rsid w:val="002F3909"/>
     <w:rsid w:val="002F4F2B"/>
     <w:rsid w:val="002F758E"/>
     <w:rsid w:val="00302472"/>
     <w:rsid w:val="00304996"/>
     <w:rsid w:val="0032044F"/>
     <w:rsid w:val="003207FF"/>
     <w:rsid w:val="00320D29"/>
     <w:rsid w:val="0032107C"/>
     <w:rsid w:val="00323571"/>
     <w:rsid w:val="00354006"/>
     <w:rsid w:val="00355861"/>
     <w:rsid w:val="00363842"/>
     <w:rsid w:val="0036670B"/>
     <w:rsid w:val="003668A2"/>
     <w:rsid w:val="003746E3"/>
     <w:rsid w:val="00384287"/>
+    <w:rsid w:val="00392A1D"/>
     <w:rsid w:val="00393F1E"/>
     <w:rsid w:val="003A12EF"/>
     <w:rsid w:val="003A1326"/>
+    <w:rsid w:val="003A3771"/>
     <w:rsid w:val="003A530F"/>
+    <w:rsid w:val="003C09DE"/>
     <w:rsid w:val="003C3A67"/>
     <w:rsid w:val="003C5C3A"/>
     <w:rsid w:val="003E18A7"/>
     <w:rsid w:val="003E19E0"/>
     <w:rsid w:val="003E39C9"/>
     <w:rsid w:val="003F0AEE"/>
     <w:rsid w:val="003F177A"/>
     <w:rsid w:val="00401016"/>
     <w:rsid w:val="004017C5"/>
     <w:rsid w:val="00401EA7"/>
     <w:rsid w:val="00404CFB"/>
     <w:rsid w:val="00407682"/>
     <w:rsid w:val="0041247E"/>
+    <w:rsid w:val="00415BA5"/>
     <w:rsid w:val="00420CFE"/>
+    <w:rsid w:val="00421411"/>
     <w:rsid w:val="0042169D"/>
     <w:rsid w:val="0042277D"/>
     <w:rsid w:val="004234B3"/>
     <w:rsid w:val="00423C58"/>
     <w:rsid w:val="00430584"/>
     <w:rsid w:val="0043647E"/>
     <w:rsid w:val="00437036"/>
     <w:rsid w:val="00444EBD"/>
     <w:rsid w:val="00445A1C"/>
     <w:rsid w:val="00451875"/>
     <w:rsid w:val="00457478"/>
     <w:rsid w:val="00457F11"/>
     <w:rsid w:val="004661ED"/>
     <w:rsid w:val="00472578"/>
     <w:rsid w:val="00474425"/>
     <w:rsid w:val="0049239D"/>
     <w:rsid w:val="0049356D"/>
     <w:rsid w:val="004A2077"/>
     <w:rsid w:val="004A2ED5"/>
     <w:rsid w:val="004A344E"/>
     <w:rsid w:val="004A71AA"/>
     <w:rsid w:val="004B7E20"/>
     <w:rsid w:val="004C0ADE"/>
+    <w:rsid w:val="004C303E"/>
     <w:rsid w:val="004C71F8"/>
     <w:rsid w:val="004D1AA8"/>
     <w:rsid w:val="004D5223"/>
     <w:rsid w:val="004D638A"/>
     <w:rsid w:val="004D697B"/>
     <w:rsid w:val="004D6A0D"/>
     <w:rsid w:val="004D708A"/>
     <w:rsid w:val="004D7F07"/>
     <w:rsid w:val="004E07BC"/>
     <w:rsid w:val="004E3893"/>
     <w:rsid w:val="004E7937"/>
     <w:rsid w:val="004E7B6B"/>
+    <w:rsid w:val="004F44BA"/>
+    <w:rsid w:val="004F7076"/>
     <w:rsid w:val="00502DE2"/>
     <w:rsid w:val="005109F9"/>
     <w:rsid w:val="00512F1F"/>
     <w:rsid w:val="005136B5"/>
     <w:rsid w:val="00527B90"/>
     <w:rsid w:val="00532309"/>
     <w:rsid w:val="00534759"/>
     <w:rsid w:val="005373FA"/>
     <w:rsid w:val="0054793A"/>
     <w:rsid w:val="00553767"/>
     <w:rsid w:val="00555F78"/>
     <w:rsid w:val="00556534"/>
     <w:rsid w:val="00556D65"/>
     <w:rsid w:val="005573EB"/>
     <w:rsid w:val="00560489"/>
     <w:rsid w:val="005612F1"/>
     <w:rsid w:val="00561634"/>
     <w:rsid w:val="00562CA9"/>
     <w:rsid w:val="0056539A"/>
     <w:rsid w:val="005662AB"/>
     <w:rsid w:val="005665B2"/>
     <w:rsid w:val="00566647"/>
     <w:rsid w:val="00567D7B"/>
     <w:rsid w:val="005721F2"/>
     <w:rsid w:val="00575F49"/>
     <w:rsid w:val="00580D9B"/>
     <w:rsid w:val="00582689"/>
     <w:rsid w:val="005832BD"/>
     <w:rsid w:val="00590F59"/>
     <w:rsid w:val="005A0B41"/>
     <w:rsid w:val="005B5599"/>
     <w:rsid w:val="005B55DD"/>
     <w:rsid w:val="005B77C1"/>
     <w:rsid w:val="005C23A2"/>
     <w:rsid w:val="005C3E94"/>
     <w:rsid w:val="005D075F"/>
     <w:rsid w:val="005D4D83"/>
     <w:rsid w:val="005E5A26"/>
     <w:rsid w:val="005E6B6C"/>
     <w:rsid w:val="005E72C8"/>
     <w:rsid w:val="005F5F9E"/>
     <w:rsid w:val="005F61D5"/>
+    <w:rsid w:val="005F6AE6"/>
+    <w:rsid w:val="006105DE"/>
     <w:rsid w:val="006166BE"/>
     <w:rsid w:val="0061772D"/>
     <w:rsid w:val="0062297D"/>
     <w:rsid w:val="00626445"/>
     <w:rsid w:val="00627486"/>
     <w:rsid w:val="00630527"/>
     <w:rsid w:val="00634E99"/>
     <w:rsid w:val="006416BA"/>
     <w:rsid w:val="00655144"/>
     <w:rsid w:val="00656A2F"/>
     <w:rsid w:val="00657809"/>
     <w:rsid w:val="00661E67"/>
     <w:rsid w:val="006638C2"/>
     <w:rsid w:val="006666CC"/>
     <w:rsid w:val="00676EC5"/>
     <w:rsid w:val="006777B6"/>
     <w:rsid w:val="006816BC"/>
     <w:rsid w:val="006842D3"/>
     <w:rsid w:val="00694428"/>
     <w:rsid w:val="00696F77"/>
+    <w:rsid w:val="006A0918"/>
     <w:rsid w:val="006A724B"/>
     <w:rsid w:val="006B0935"/>
     <w:rsid w:val="006B5CEC"/>
     <w:rsid w:val="006B780F"/>
     <w:rsid w:val="006C5EFD"/>
     <w:rsid w:val="006D13A4"/>
     <w:rsid w:val="006D3915"/>
     <w:rsid w:val="006D57FD"/>
     <w:rsid w:val="006D649E"/>
     <w:rsid w:val="006D6BB7"/>
     <w:rsid w:val="006E4415"/>
     <w:rsid w:val="006E6C76"/>
     <w:rsid w:val="006E7602"/>
     <w:rsid w:val="006F16D4"/>
     <w:rsid w:val="006F1758"/>
     <w:rsid w:val="006F7EF1"/>
+    <w:rsid w:val="0070386A"/>
     <w:rsid w:val="00704009"/>
     <w:rsid w:val="00707DA9"/>
     <w:rsid w:val="007208EC"/>
     <w:rsid w:val="00725B34"/>
     <w:rsid w:val="00726324"/>
     <w:rsid w:val="007267B1"/>
     <w:rsid w:val="00726FCA"/>
     <w:rsid w:val="00736349"/>
     <w:rsid w:val="00736DEF"/>
+    <w:rsid w:val="00746868"/>
     <w:rsid w:val="00750190"/>
     <w:rsid w:val="00752E39"/>
     <w:rsid w:val="00756888"/>
-    <w:rsid w:val="007704CE"/>
     <w:rsid w:val="0077294E"/>
     <w:rsid w:val="00772EDA"/>
     <w:rsid w:val="0077620B"/>
     <w:rsid w:val="00780A05"/>
     <w:rsid w:val="007810A1"/>
     <w:rsid w:val="0078680F"/>
     <w:rsid w:val="00790E61"/>
     <w:rsid w:val="00796708"/>
     <w:rsid w:val="007B770B"/>
     <w:rsid w:val="007C021D"/>
     <w:rsid w:val="007C4548"/>
     <w:rsid w:val="007C6C5E"/>
     <w:rsid w:val="007C744D"/>
     <w:rsid w:val="007C77DB"/>
+    <w:rsid w:val="007D1389"/>
     <w:rsid w:val="007D43F0"/>
     <w:rsid w:val="007E00CD"/>
     <w:rsid w:val="007E275B"/>
+    <w:rsid w:val="007E4D07"/>
+    <w:rsid w:val="007E7B73"/>
     <w:rsid w:val="007F102A"/>
     <w:rsid w:val="007F2ABA"/>
     <w:rsid w:val="007F2DCE"/>
     <w:rsid w:val="007F2FFF"/>
     <w:rsid w:val="007F4671"/>
     <w:rsid w:val="007F6CC3"/>
     <w:rsid w:val="00807FB6"/>
     <w:rsid w:val="0081268E"/>
     <w:rsid w:val="00815810"/>
     <w:rsid w:val="00822E95"/>
     <w:rsid w:val="0082793B"/>
     <w:rsid w:val="00831884"/>
     <w:rsid w:val="00834487"/>
     <w:rsid w:val="00836ADB"/>
+    <w:rsid w:val="00841E6C"/>
+    <w:rsid w:val="00843997"/>
     <w:rsid w:val="00847305"/>
     <w:rsid w:val="00857E18"/>
+    <w:rsid w:val="0086199F"/>
     <w:rsid w:val="008773FA"/>
+    <w:rsid w:val="00880B37"/>
     <w:rsid w:val="00880CE8"/>
     <w:rsid w:val="00885D36"/>
     <w:rsid w:val="008860F7"/>
     <w:rsid w:val="008874A2"/>
     <w:rsid w:val="00891AEE"/>
     <w:rsid w:val="00892AE9"/>
+    <w:rsid w:val="00893D43"/>
     <w:rsid w:val="00894767"/>
     <w:rsid w:val="00895AF2"/>
     <w:rsid w:val="008A03AD"/>
     <w:rsid w:val="008A0F49"/>
     <w:rsid w:val="008A5282"/>
     <w:rsid w:val="008B622B"/>
     <w:rsid w:val="008C134B"/>
     <w:rsid w:val="008C2318"/>
     <w:rsid w:val="008C2796"/>
     <w:rsid w:val="008C4F4D"/>
+    <w:rsid w:val="008C664F"/>
+    <w:rsid w:val="008C7F8D"/>
     <w:rsid w:val="008D2797"/>
     <w:rsid w:val="008D6292"/>
     <w:rsid w:val="008E0ED4"/>
     <w:rsid w:val="008F03B0"/>
     <w:rsid w:val="009036C2"/>
     <w:rsid w:val="00904E9A"/>
     <w:rsid w:val="00911C09"/>
     <w:rsid w:val="00914897"/>
     <w:rsid w:val="009149DD"/>
     <w:rsid w:val="0092376D"/>
     <w:rsid w:val="00923BA9"/>
     <w:rsid w:val="009332B6"/>
     <w:rsid w:val="00935408"/>
     <w:rsid w:val="00935F0C"/>
     <w:rsid w:val="00936F23"/>
     <w:rsid w:val="0094013A"/>
     <w:rsid w:val="00940505"/>
     <w:rsid w:val="009468AF"/>
     <w:rsid w:val="009511D4"/>
     <w:rsid w:val="009527D0"/>
     <w:rsid w:val="00952AA4"/>
     <w:rsid w:val="00954D98"/>
     <w:rsid w:val="009551D8"/>
     <w:rsid w:val="00955846"/>
     <w:rsid w:val="0097026F"/>
     <w:rsid w:val="00972962"/>
     <w:rsid w:val="00972FA7"/>
     <w:rsid w:val="0098277B"/>
     <w:rsid w:val="009830CE"/>
     <w:rsid w:val="009836C7"/>
     <w:rsid w:val="009862DE"/>
     <w:rsid w:val="00990E2D"/>
     <w:rsid w:val="009961DA"/>
     <w:rsid w:val="009A2BEA"/>
     <w:rsid w:val="009A7527"/>
+    <w:rsid w:val="009B12A9"/>
     <w:rsid w:val="009B13FB"/>
     <w:rsid w:val="009B1E61"/>
     <w:rsid w:val="009B383B"/>
     <w:rsid w:val="009B7198"/>
+    <w:rsid w:val="009D10B4"/>
     <w:rsid w:val="009D19DE"/>
     <w:rsid w:val="009E1DC9"/>
     <w:rsid w:val="009E2D6E"/>
+    <w:rsid w:val="009E3F6E"/>
     <w:rsid w:val="009E4FAB"/>
     <w:rsid w:val="009E5DC4"/>
+    <w:rsid w:val="009F0842"/>
+    <w:rsid w:val="009F2F64"/>
     <w:rsid w:val="009F623C"/>
     <w:rsid w:val="009F702E"/>
     <w:rsid w:val="009F73A4"/>
     <w:rsid w:val="00A024D7"/>
     <w:rsid w:val="00A06324"/>
     <w:rsid w:val="00A1094B"/>
     <w:rsid w:val="00A20B4B"/>
+    <w:rsid w:val="00A22274"/>
     <w:rsid w:val="00A33AA9"/>
     <w:rsid w:val="00A33D40"/>
     <w:rsid w:val="00A36AE1"/>
+    <w:rsid w:val="00A40DED"/>
     <w:rsid w:val="00A4220C"/>
     <w:rsid w:val="00A42C12"/>
     <w:rsid w:val="00A431C4"/>
     <w:rsid w:val="00A5340F"/>
     <w:rsid w:val="00A55310"/>
     <w:rsid w:val="00A60246"/>
     <w:rsid w:val="00A65878"/>
     <w:rsid w:val="00A744EC"/>
     <w:rsid w:val="00A85302"/>
     <w:rsid w:val="00A86D22"/>
     <w:rsid w:val="00A9037E"/>
     <w:rsid w:val="00A94B29"/>
     <w:rsid w:val="00A95FAC"/>
+    <w:rsid w:val="00A97128"/>
     <w:rsid w:val="00AA49CF"/>
     <w:rsid w:val="00AA7452"/>
     <w:rsid w:val="00AB08B5"/>
     <w:rsid w:val="00AB4650"/>
     <w:rsid w:val="00AB4750"/>
     <w:rsid w:val="00AB733F"/>
     <w:rsid w:val="00AC0695"/>
+    <w:rsid w:val="00AC42F0"/>
     <w:rsid w:val="00AC44FE"/>
     <w:rsid w:val="00AC6E88"/>
     <w:rsid w:val="00AD0603"/>
     <w:rsid w:val="00AD5472"/>
     <w:rsid w:val="00AE2772"/>
     <w:rsid w:val="00AE5730"/>
     <w:rsid w:val="00AE5DDC"/>
     <w:rsid w:val="00AF15A2"/>
     <w:rsid w:val="00AF1F36"/>
     <w:rsid w:val="00AF3D27"/>
     <w:rsid w:val="00B0055F"/>
     <w:rsid w:val="00B03576"/>
     <w:rsid w:val="00B10ED1"/>
     <w:rsid w:val="00B11324"/>
     <w:rsid w:val="00B21068"/>
     <w:rsid w:val="00B2452F"/>
     <w:rsid w:val="00B2607F"/>
     <w:rsid w:val="00B27CFC"/>
     <w:rsid w:val="00B303C3"/>
     <w:rsid w:val="00B3059A"/>
     <w:rsid w:val="00B32ED7"/>
     <w:rsid w:val="00B33249"/>
     <w:rsid w:val="00B417AC"/>
     <w:rsid w:val="00B424C8"/>
     <w:rsid w:val="00B52777"/>
     <w:rsid w:val="00B574F2"/>
     <w:rsid w:val="00B6091B"/>
     <w:rsid w:val="00B63BBE"/>
     <w:rsid w:val="00B70B71"/>
     <w:rsid w:val="00B70F31"/>
+    <w:rsid w:val="00B86700"/>
     <w:rsid w:val="00B90952"/>
     <w:rsid w:val="00B92AFC"/>
     <w:rsid w:val="00B96FBE"/>
     <w:rsid w:val="00BA7234"/>
     <w:rsid w:val="00BB289C"/>
     <w:rsid w:val="00BB5301"/>
     <w:rsid w:val="00BB6BBE"/>
+    <w:rsid w:val="00BC110F"/>
     <w:rsid w:val="00BC2292"/>
+    <w:rsid w:val="00BC41BB"/>
     <w:rsid w:val="00BC478B"/>
     <w:rsid w:val="00BD3AB3"/>
     <w:rsid w:val="00BD3F22"/>
     <w:rsid w:val="00BD48B2"/>
     <w:rsid w:val="00BD575C"/>
     <w:rsid w:val="00BE1790"/>
     <w:rsid w:val="00BE3328"/>
     <w:rsid w:val="00BE4929"/>
     <w:rsid w:val="00BF054E"/>
     <w:rsid w:val="00C01363"/>
     <w:rsid w:val="00C03174"/>
     <w:rsid w:val="00C10367"/>
     <w:rsid w:val="00C127EE"/>
     <w:rsid w:val="00C12DA3"/>
     <w:rsid w:val="00C1581D"/>
     <w:rsid w:val="00C16837"/>
     <w:rsid w:val="00C2129D"/>
     <w:rsid w:val="00C221F4"/>
     <w:rsid w:val="00C22E77"/>
     <w:rsid w:val="00C245E7"/>
     <w:rsid w:val="00C2633E"/>
     <w:rsid w:val="00C26702"/>
+    <w:rsid w:val="00C26ADF"/>
     <w:rsid w:val="00C27852"/>
     <w:rsid w:val="00C31E7A"/>
     <w:rsid w:val="00C36DC5"/>
+    <w:rsid w:val="00C45A83"/>
     <w:rsid w:val="00C466D5"/>
     <w:rsid w:val="00C46F40"/>
     <w:rsid w:val="00C52F4D"/>
     <w:rsid w:val="00C603E7"/>
     <w:rsid w:val="00C610D8"/>
     <w:rsid w:val="00C61A91"/>
     <w:rsid w:val="00C70458"/>
     <w:rsid w:val="00C71E3A"/>
     <w:rsid w:val="00C77A3E"/>
     <w:rsid w:val="00C95237"/>
     <w:rsid w:val="00C9554E"/>
+    <w:rsid w:val="00CA0EF6"/>
     <w:rsid w:val="00CA1BFC"/>
     <w:rsid w:val="00CA2ADE"/>
     <w:rsid w:val="00CA5D78"/>
     <w:rsid w:val="00CB0A64"/>
     <w:rsid w:val="00CB2487"/>
     <w:rsid w:val="00CB502F"/>
     <w:rsid w:val="00CB56A0"/>
     <w:rsid w:val="00CB6D43"/>
     <w:rsid w:val="00CC1770"/>
     <w:rsid w:val="00CC1F37"/>
     <w:rsid w:val="00CC2A98"/>
     <w:rsid w:val="00CC3A3F"/>
     <w:rsid w:val="00CE0856"/>
     <w:rsid w:val="00CE2E85"/>
     <w:rsid w:val="00CE36CB"/>
+    <w:rsid w:val="00CE3BC3"/>
     <w:rsid w:val="00CF0E31"/>
     <w:rsid w:val="00CF1A08"/>
     <w:rsid w:val="00CF28CB"/>
     <w:rsid w:val="00D002E1"/>
     <w:rsid w:val="00D01471"/>
     <w:rsid w:val="00D052D1"/>
     <w:rsid w:val="00D0649D"/>
     <w:rsid w:val="00D110BF"/>
     <w:rsid w:val="00D1319C"/>
     <w:rsid w:val="00D14BA1"/>
     <w:rsid w:val="00D15F3F"/>
+    <w:rsid w:val="00D168CC"/>
+    <w:rsid w:val="00D17B78"/>
     <w:rsid w:val="00D243A9"/>
     <w:rsid w:val="00D30889"/>
     <w:rsid w:val="00D31ED5"/>
     <w:rsid w:val="00D40ABD"/>
     <w:rsid w:val="00D42382"/>
     <w:rsid w:val="00D4251D"/>
     <w:rsid w:val="00D43773"/>
     <w:rsid w:val="00D46950"/>
     <w:rsid w:val="00D51B35"/>
     <w:rsid w:val="00D5400A"/>
     <w:rsid w:val="00D541EF"/>
     <w:rsid w:val="00D54B15"/>
     <w:rsid w:val="00D55135"/>
     <w:rsid w:val="00D625BE"/>
     <w:rsid w:val="00D6461D"/>
     <w:rsid w:val="00D648F0"/>
     <w:rsid w:val="00D65239"/>
     <w:rsid w:val="00D66B7B"/>
     <w:rsid w:val="00D70C8A"/>
     <w:rsid w:val="00D72C43"/>
     <w:rsid w:val="00D74605"/>
     <w:rsid w:val="00D87C45"/>
     <w:rsid w:val="00D90997"/>
     <w:rsid w:val="00D90E05"/>
     <w:rsid w:val="00D919F1"/>
@@ -10362,175 +10494,187 @@
     <w:rsid w:val="00DB6088"/>
     <w:rsid w:val="00DC0866"/>
     <w:rsid w:val="00DD03A9"/>
     <w:rsid w:val="00DD3400"/>
     <w:rsid w:val="00DD6E4E"/>
     <w:rsid w:val="00DE1215"/>
     <w:rsid w:val="00DE392D"/>
     <w:rsid w:val="00DE6836"/>
     <w:rsid w:val="00DF3022"/>
     <w:rsid w:val="00DF3FD8"/>
     <w:rsid w:val="00E01E59"/>
     <w:rsid w:val="00E01FF4"/>
     <w:rsid w:val="00E0236B"/>
     <w:rsid w:val="00E04A7B"/>
     <w:rsid w:val="00E04DEF"/>
     <w:rsid w:val="00E06582"/>
     <w:rsid w:val="00E073EE"/>
     <w:rsid w:val="00E10439"/>
     <w:rsid w:val="00E13516"/>
     <w:rsid w:val="00E169CE"/>
     <w:rsid w:val="00E21FF4"/>
     <w:rsid w:val="00E2246E"/>
     <w:rsid w:val="00E25AC4"/>
     <w:rsid w:val="00E27DAD"/>
     <w:rsid w:val="00E3750B"/>
+    <w:rsid w:val="00E3756B"/>
     <w:rsid w:val="00E414A4"/>
     <w:rsid w:val="00E4362B"/>
     <w:rsid w:val="00E465A4"/>
     <w:rsid w:val="00E4782B"/>
     <w:rsid w:val="00E479A6"/>
     <w:rsid w:val="00E47B90"/>
+    <w:rsid w:val="00E51E53"/>
     <w:rsid w:val="00E56D3C"/>
     <w:rsid w:val="00E57D06"/>
     <w:rsid w:val="00E636F6"/>
+    <w:rsid w:val="00E6527E"/>
     <w:rsid w:val="00E70B34"/>
     <w:rsid w:val="00E74217"/>
-    <w:rsid w:val="00E80413"/>
     <w:rsid w:val="00E852C7"/>
     <w:rsid w:val="00E87DDE"/>
     <w:rsid w:val="00E9476E"/>
     <w:rsid w:val="00E960B9"/>
     <w:rsid w:val="00E96F9F"/>
     <w:rsid w:val="00E97205"/>
     <w:rsid w:val="00E9779F"/>
     <w:rsid w:val="00EA188E"/>
+    <w:rsid w:val="00EA2FFD"/>
     <w:rsid w:val="00EA504E"/>
     <w:rsid w:val="00EA7A32"/>
     <w:rsid w:val="00EB252D"/>
     <w:rsid w:val="00EB4D10"/>
     <w:rsid w:val="00EB7674"/>
     <w:rsid w:val="00EC01F6"/>
     <w:rsid w:val="00EC5720"/>
     <w:rsid w:val="00ED0A6B"/>
     <w:rsid w:val="00ED1377"/>
     <w:rsid w:val="00ED1955"/>
     <w:rsid w:val="00ED1D82"/>
     <w:rsid w:val="00ED204D"/>
     <w:rsid w:val="00ED63F0"/>
     <w:rsid w:val="00EE0A41"/>
     <w:rsid w:val="00EE434E"/>
     <w:rsid w:val="00EE6BD8"/>
     <w:rsid w:val="00EF105D"/>
     <w:rsid w:val="00EF7F80"/>
     <w:rsid w:val="00F03AD2"/>
+    <w:rsid w:val="00F0415B"/>
     <w:rsid w:val="00F10C62"/>
     <w:rsid w:val="00F17C63"/>
     <w:rsid w:val="00F30012"/>
     <w:rsid w:val="00F30505"/>
     <w:rsid w:val="00F31398"/>
     <w:rsid w:val="00F46352"/>
     <w:rsid w:val="00F470C0"/>
     <w:rsid w:val="00F51C74"/>
+    <w:rsid w:val="00F52F1E"/>
     <w:rsid w:val="00F67E48"/>
     <w:rsid w:val="00F86BCE"/>
     <w:rsid w:val="00F92EF9"/>
     <w:rsid w:val="00FA39D7"/>
     <w:rsid w:val="00FA4E29"/>
     <w:rsid w:val="00FA6202"/>
+    <w:rsid w:val="00FB4660"/>
     <w:rsid w:val="00FC33FD"/>
     <w:rsid w:val="00FC6F19"/>
     <w:rsid w:val="00FC7187"/>
     <w:rsid w:val="00FD00E8"/>
     <w:rsid w:val="00FE013E"/>
     <w:rsid w:val="00FE01BB"/>
     <w:rsid w:val="00FE02B2"/>
     <w:rsid w:val="00FE4D60"/>
     <w:rsid w:val="00FE5527"/>
     <w:rsid w:val="00FF101B"/>
     <w:rsid w:val="00FF433E"/>
+    <w:rsid w:val="00FF4701"/>
     <w:rsid w:val="00FF6E86"/>
     <w:rsid w:val="00FF79DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="46883CE9"/>
   <w15:docId w15:val="{7454F871-6385-4BC5-B784-50E4BB9F7B39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:uiPriority="99"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11231,51 +11375,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="005C23A2"/>
     <w:rPr>
       <w:b/>
       <w:i/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11526,86 +11670,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19904E3A-39E7-4DC3-B0CD-C6BA5936F740}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2596B37-82A4-4F3E-AB86-CC408AD3660D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2724</Words>
-  <Characters>1554</Characters>
+  <Words>2825</Words>
+  <Characters>1611</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Līgums par aktīvā nodarbinātības pasākuma “Sociālie uzņēmumi darba tirgū mazāk konkurētspējīgo bezdarbnieku nodarbināšanai” īs</vt:lpstr>
       <vt:lpstr>Līgums par aktīvā nodarbinātības pasākuma “Sociālie uzņēmumi darba tirgū mazāk konkurētspējīgo bezdarbnieku nodarbināšanai” īs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>LR LM BO VAS NVD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4270</CharactersWithSpaces>
+  <CharactersWithSpaces>4428</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Līgums par aktīvā nodarbinātības pasākuma “Sociālie uzņēmumi darba tirgū mazāk konkurētspējīgo bezdarbnieku nodarbināšanai” īs</dc:title>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>