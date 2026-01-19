--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -1,705 +1,507 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00A01232" w:rsidRPr="00726EFE" w:rsidRDefault="00E961B1" w:rsidP="00AA0F52">
-[...152 lines deleted...]
-    <w:p w:rsidR="00C8039E" w:rsidRDefault="00E961B1" w:rsidP="00A01232">
+    <w:p w14:paraId="14AF1B92" w14:textId="4B1850A1" w:rsidR="00C8039E" w:rsidRDefault="00C64728" w:rsidP="00A266F8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="405"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00726EFE">
-[...75 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D1146D" w:rsidRPr="00C07E04" w:rsidRDefault="00D1146D" w:rsidP="00A01232">
+    <w:p w14:paraId="14AF1B93" w14:textId="77777777" w:rsidR="00D1146D" w:rsidRPr="00C07E04" w:rsidRDefault="00D1146D" w:rsidP="00A01232">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E2BE3" w:rsidRDefault="008E2BE3" w:rsidP="008F3DB4">
+    <w:p w14:paraId="14AF1B94" w14:textId="77777777" w:rsidR="00E42DA7" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="008F3DB4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70533" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C07E04">
+        <w:t>ieprasījums</w:t>
+      </w:r>
+      <w:r w:rsidR="00E622FA" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C70533" w:rsidRPr="00C07E04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1662" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ieprasījums</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E622FA" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>tāme</w:t>
       </w:r>
       <w:r w:rsidR="00DE1662" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E622FA" w:rsidRPr="00C07E04">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A642A7" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>tāme</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE1662" w:rsidRPr="00C07E04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70533" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A642A7" w:rsidRPr="00C07E04">
+        <w:t>vienreizējās dotācijas</w:t>
+      </w:r>
+      <w:r w:rsidR="007A3E35" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> saņemšanai</w:t>
       </w:r>
       <w:r w:rsidR="00C70533" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>vienreizējās dotācijas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A3E35" w:rsidRPr="00C07E04">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AF1B95" w14:textId="77777777" w:rsidR="008E03EF" w:rsidRPr="00917D32" w:rsidRDefault="00C64728" w:rsidP="00B73AE3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> saņemšanai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C70533" w:rsidRPr="00C07E04">
+        <w:t xml:space="preserve">lai </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3E35" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">veiktu </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">lai </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A3E35" w:rsidRPr="00C07E04">
+        <w:t xml:space="preserve">darba </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2244" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">veiktu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C07E04">
+        <w:t xml:space="preserve">vietu </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3E35" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">darba </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>pielāgošanu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45D45" w:rsidRPr="00C84EE9" w:rsidRDefault="00E961B1" w:rsidP="00C84EE9">
+    <w:p w14:paraId="14AF1B96" w14:textId="6FF2D213" w:rsidR="00B45D45" w:rsidRPr="00917D32" w:rsidRDefault="00C64728" w:rsidP="00C84EE9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
-          <w:i/>
-[...67 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">(ESF </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0848" w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(juridiskās</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Plus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> personas nosaukums </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>projekts „</w:t>
+      </w:r>
+      <w:r w:rsidR="003220CA" w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/fiziskās</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="0063332D" w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C091E" w:rsidRPr="00C07E04">
-        <w:rPr>
+      <w:r w:rsidR="0063332D" w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>personas vārds, uzvārds</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Nr. 4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, reģistrācijas numurs</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E94CEB" w:rsidRPr="00C07E04">
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk204698678"/>
+      <w:r w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917D32">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="14AF1B97" w14:textId="77777777" w:rsidR="00B45D45" w:rsidRPr="00C07E04" w:rsidRDefault="00B45D45" w:rsidP="008F3DB4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14AF1B98" w14:textId="21D4FE7A" w:rsidR="0066337F" w:rsidRDefault="00C64728" w:rsidP="0066337F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dokumenta datums ir tā elektroniskās </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AF1B99" w14:textId="77777777" w:rsidR="008E03EF" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="0066337F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>parakstīšanas datums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AF1B9A" w14:textId="77777777" w:rsidR="00E42DA7" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00E42DA7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90814" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0095">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90814" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5C4E" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AF1B9B" w14:textId="77777777" w:rsidR="00D90814" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00D90814">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, PVN </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B13870" w:rsidRPr="00C07E04">
+      </w:pPr>
+      <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>maksātāja</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E94CEB" w:rsidRPr="00C07E04">
+        <w:t>(juridiskās</w:t>
+      </w:r>
+      <w:r w:rsidR="009C091E" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> numurs</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+        <w:t xml:space="preserve"> personas nosaukums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07E04">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C07E04">
+        <w:t>/fiziskās</w:t>
+      </w:r>
+      <w:r w:rsidR="0013137A" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C091E" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>personas vārds, uzvārds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, reģistrācijas numurs</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94CEB" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, PVN </w:t>
+      </w:r>
+      <w:r w:rsidR="00B13870" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maksātāja</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94CEB" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> numurs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E42DA7" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00050F5E">
+    <w:p w14:paraId="14AF1B9C" w14:textId="77777777" w:rsidR="00E42DA7" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00050F5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00E627AD" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
@@ -717,721 +519,725 @@
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="003F5C4E" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00620190" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E627AD" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="004D0095">
+    <w:p w14:paraId="14AF1B9D" w14:textId="77777777" w:rsidR="00E627AD" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="004D0095">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BE64BB" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bankas nosaukums, bankas kods</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00E627AD"/>
+    <w:p w14:paraId="14AF1B9E" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00E627AD"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9523" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1422"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="385"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
         <w:gridCol w:w="386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292E88" w:rsidTr="004D0095">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BB6" w14:textId="77777777" w:rsidTr="004D0095">
         <w:trPr>
           <w:trHeight w:val="87"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1B9F" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA0" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C07E04">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>IBAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA1" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA2" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA3" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA4" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA5" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA6" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA7" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA8" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BA9" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BAA" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BAB" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BAC" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BAD" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BAE" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BAF" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BB0" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BB1" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BB2" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BB3" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BB4" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
+          <w:p w14:paraId="14AF1BB5" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00730DD5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:ind w:left="18" w:right="-173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00DE1662"/>
-    <w:p w:rsidR="0027298E" w:rsidRPr="00C07E04" w:rsidRDefault="0027298E" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BB7" w14:textId="77777777" w:rsidR="00906C5B" w:rsidRPr="00C07E04" w:rsidRDefault="00906C5B" w:rsidP="00DE1662"/>
+    <w:p w14:paraId="14AF1BB8" w14:textId="77777777" w:rsidR="0027298E" w:rsidRPr="00C07E04" w:rsidRDefault="0027298E" w:rsidP="00DE1662">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E1162C" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BB9" w14:textId="77777777" w:rsidR="00E1162C" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00DE1662">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
       <w:r w:rsidR="004D0095">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E1162C" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="004D0095">
+    <w:p w14:paraId="14AF1BBA" w14:textId="77777777" w:rsidR="00E1162C" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="004D0095">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(amats, vārds, uzvārds</w:t>
       </w:r>
       <w:r w:rsidR="00BD3FC5" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED008B" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00ED008B">
+    <w:p w14:paraId="14AF1BBB" w14:textId="77777777" w:rsidR="00ED008B" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00ED008B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t>ersonā, kas rīkojas saskaņā ar ______________________</w:t>
       </w:r>
       <w:r w:rsidR="009136E3" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00616437" w:rsidRPr="00C07E04">
         <w:t>(turpmāk – Darba devējs)</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t>, Nodarbinātības valsts aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="00906C5B" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> (turpmāk –</w:t>
       </w:r>
       <w:r w:rsidR="00FA320E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B71EC1">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00906C5B" w:rsidRPr="00C07E04">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC508F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> 20__</w:t>
       </w:r>
       <w:r w:rsidR="00D71036" w:rsidRPr="00C07E04">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
-        <w:t>gada __.</w:t>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+        <w:t>a __.</w:t>
       </w:r>
       <w:r w:rsidR="009A6E11" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">_____ </w:t>
       </w:r>
       <w:r w:rsidR="00D71036" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00A44C55" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>īgum</w:t>
       </w:r>
       <w:r w:rsidR="00D71036" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A44C55" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -1492,339 +1298,327 @@
       <w:r w:rsidR="004D2E77" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> saņemšanai</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">, lai </w:t>
       </w:r>
       <w:r w:rsidR="004D2E77" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">veiktu </w:t>
       </w:r>
       <w:r w:rsidR="00D07C28">
         <w:t xml:space="preserve">klientu </w:t>
       </w:r>
       <w:r w:rsidR="004D2E77" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> darba vietu pielāgošanu</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> (turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="0027298E" w:rsidRPr="00C07E04">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">ieprasījums). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00665729" w:rsidRPr="00C07E04" w:rsidRDefault="00665729" w:rsidP="004D0095">
+    <w:p w14:paraId="14AF1BBC" w14:textId="77777777" w:rsidR="00665729" w:rsidRPr="00C07E04" w:rsidRDefault="00665729" w:rsidP="004D0095">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A00C30" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="0066337F">
+    <w:p w14:paraId="14AF1BBD" w14:textId="77777777" w:rsidR="00A00C30" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="0066337F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>Pieprasījums sagatavots</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED008B" w:rsidRDefault="00E961B1" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BBE" w14:textId="77777777" w:rsidR="00ED008B" w:rsidRDefault="00C64728" w:rsidP="00DE1662">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>atbilstoši</w:t>
       </w:r>
       <w:r w:rsidR="00AD0070" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> ergoterapeitu</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> sniegtajiem atzinumiem:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00026E01" w:rsidRPr="00026E01" w:rsidRDefault="00026E01" w:rsidP="00026E01">
+    <w:p w14:paraId="14AF1BBF" w14:textId="77777777" w:rsidR="00026E01" w:rsidRPr="00026E01" w:rsidRDefault="00026E01" w:rsidP="00026E01">
       <w:pPr>
         <w:ind w:left="1004"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED008B" w:rsidRDefault="00E961B1" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BC0" w14:textId="4C0C4DA4" w:rsidR="00ED008B" w:rsidRPr="00F804D7" w:rsidRDefault="00C64728" w:rsidP="00DE1662">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
-        <w:t>20_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F804D7">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t>_.gada __</w:t>
       </w:r>
-      <w:r w:rsidR="00D71036" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00D71036" w:rsidRPr="00F804D7">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00B12BC7" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00B12BC7" w:rsidRPr="00F804D7">
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD3FC5" w:rsidRPr="00C07E04">
-[...2 lines deleted...]
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="001E302F" w:rsidRPr="00F804D7">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3FC5" w:rsidRPr="00F804D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t>atzinums Nr.______;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066337F" w:rsidRPr="0066337F" w:rsidRDefault="0066337F" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BC1" w14:textId="77777777" w:rsidR="0066337F" w:rsidRPr="00F804D7" w:rsidRDefault="0066337F" w:rsidP="00DE1662">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED008B" w:rsidRDefault="00E961B1" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BC2" w14:textId="0F0B643F" w:rsidR="00ED008B" w:rsidRPr="00F804D7" w:rsidRDefault="00C64728" w:rsidP="00DE1662">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C07E04">
+      <w:r w:rsidRPr="00F804D7">
         <w:t>20_</w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t>_.gada __</w:t>
       </w:r>
-      <w:r w:rsidR="00D71036" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00D71036" w:rsidRPr="00F804D7">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00B12BC7" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00B12BC7" w:rsidRPr="00F804D7">
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD3FC5" w:rsidRPr="00C07E04">
-[...2 lines deleted...]
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="001E302F" w:rsidRPr="00F804D7">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3FC5" w:rsidRPr="00F804D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00F804D7">
         <w:t>atzinums Nr.______</w:t>
       </w:r>
-      <w:r w:rsidR="00A44C55" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00A44C55" w:rsidRPr="00F804D7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066337F" w:rsidRPr="0066337F" w:rsidRDefault="0066337F" w:rsidP="00DE1662">
+    <w:p w14:paraId="14AF1BC3" w14:textId="77777777" w:rsidR="0066337F" w:rsidRPr="0066337F" w:rsidRDefault="0066337F" w:rsidP="00DE1662">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0027298E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="005D41E3">
+    <w:p w14:paraId="14AF1BC4" w14:textId="77777777" w:rsidR="0027298E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="005D41E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>nodrošinot interešu konflikta riska novēršanu (situācija, kad Darba devējam</w:t>
       </w:r>
       <w:r w:rsidR="00E23B24" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
-        <w:t>jāpieņem lēmums vai jāpiedalās lēmuma pieņemšanā, kas ietekmē vai var ietekmēt Darba devēja, tā radinieku līdz otrajai radniecības p</w:t>
-[...2 lines deleted...]
-        <w:t>akāpei, laulātā vai svaiņa līdz pirmajai svainības pakāpei vai darījumu partneru personiskās vai mantiskās intereses</w:t>
+        <w:t>jāpieņem lēmums vai jāpiedalās lēmuma pieņemšanā, kas ietekmē vai var ietekmēt Darba devēja, tā radinieku līdz otrajai radniecības pakāpei, laulātā vai svaiņa līdz pirmajai svainības pakāpei vai darījumu partneru personiskās vai mantiskās intereses</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A00C30" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="005D41E3">
+    <w:p w14:paraId="14AF1BC5" w14:textId="77777777" w:rsidR="00A00C30" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="005D41E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>nodrošinot finanšu līdzekļu efektīvu izmantošanu</w:t>
       </w:r>
       <w:r w:rsidR="00116997">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F36A24">
         <w:t>(v</w:t>
       </w:r>
       <w:r w:rsidR="00484F2C">
         <w:t xml:space="preserve">ēlams veikt </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t>darījumu izmaksu izvērtēšanu (</w:t>
       </w:r>
       <w:r w:rsidR="008C723C" w:rsidRPr="00C07E04">
         <w:t>tirgus izpēte</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> u.tml.), </w:t>
       </w:r>
       <w:r w:rsidR="00484F2C" w:rsidRPr="00C07E04">
         <w:t>salīdzinot vismaz</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
-        <w:t xml:space="preserve"> trī</w:t>
-[...2 lines deleted...]
-        <w:t>s dažādus piedāvājumus un izvēl</w:t>
+        <w:t xml:space="preserve"> trīs dažādus piedāvājumus un izvēl</w:t>
       </w:r>
       <w:r w:rsidR="00D467C6">
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t>ties izdevīgāko darījumu (izdevīgākā darījuma princips prasa, lai resursi, ko Darba devējs lieto darbības veikšanai, būtu pieejami noliktajā laikā, pienācīgā apjomā un kvalitātē un par izdevīgāko cenu)</w:t>
       </w:r>
       <w:r w:rsidR="00F36A24">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F84B28" w:rsidRPr="00C07E04">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00026E01" w:rsidRPr="00026E01" w:rsidRDefault="00E961B1" w:rsidP="002B71B5">
+    <w:p w14:paraId="14AF1BC6" w14:textId="77777777" w:rsidR="00026E01" w:rsidRPr="00026E01" w:rsidRDefault="00C64728" w:rsidP="002B71B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>atbilstoši</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C07E04">
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="003F0C7C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B71B5">
         <w:t xml:space="preserve">Darba devēja </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t>20__.gad</w:t>
       </w:r>
       <w:r w:rsidR="00376D0B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> __.___________ </w:t>
       </w:r>
       <w:r w:rsidR="002B71B5">
         <w:t xml:space="preserve"> iesniegtajam Pieprasījumam</w:t>
       </w:r>
       <w:r w:rsidR="00714481" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC2FA0" w:rsidRPr="00C07E04">
         <w:t>kopējā</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD1ABC" w:rsidRDefault="00AD1ABC">
-      <w:pPr>
+    <w:p w14:paraId="14AF1BC9" w14:textId="5F78E92A" w:rsidR="009237A6" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="003456EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4962"/>
+        </w:tabs>
         <w:ind w:left="709"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">summa no </w:t>
       </w:r>
       <w:r w:rsidR="00B71EC1">
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
       <w:r w:rsidR="009B7114" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t>finansējuma</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00114B73" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="007D7C17" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidR="007E4DD6">
         <w:rPr>
@@ -1880,150 +1674,107 @@
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="007E4DD6">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>___centi)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B71B5">
+        <w:t>__centi)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00CF54D4" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="007E4DD6">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CF54D4" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="007E4DD6">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CF54D4" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="0082456A">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(summas atšifrējums vārdiem)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D3507" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="002C07D6">
+    <w:p w14:paraId="14AF1BCA" w14:textId="53DEC836" w:rsidR="002D3507" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="002C07D6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>atbilstoši</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452196" w:rsidRPr="00C07E04">
         <w:t>atkārtot</w:t>
       </w:r>
       <w:r w:rsidR="002C07D6" w:rsidRPr="00C07E04">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00452196" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> veiktai</w:t>
       </w:r>
       <w:r w:rsidR="004C6F99" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C07D6" w:rsidRPr="00C07E04">
         <w:t>darījumu izmaksu izvērtēšanai</w:t>
       </w:r>
       <w:r w:rsidR="004C6F99" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D07C28">
         <w:t xml:space="preserve">klientu </w:t>
       </w:r>
@@ -2052,1162 +1803,1409 @@
         <w:t xml:space="preserve"> nepieciešami</w:t>
       </w:r>
       <w:r w:rsidR="00E23B24" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C6F99" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidR="00D7315E" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00564152" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
+      <w:r w:rsidR="0082456A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00452196" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(____</w:t>
       </w:r>
       <w:r w:rsidR="00D7315E" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00BE2856" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0082456A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C6F99" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="004C6F99" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452196" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
+      <w:r w:rsidR="0082456A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="002C07D6" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>centi)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="002B71B5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C6F99" w:rsidRPr="007E4DD6" w:rsidRDefault="00E961B1" w:rsidP="007E4DD6">
-[...1 lines deleted...]
-        <w:ind w:left="3589" w:firstLine="11"/>
+    <w:p w14:paraId="14AF1BCB" w14:textId="77218314" w:rsidR="004C6F99" w:rsidRPr="007E4DD6" w:rsidRDefault="00C64728" w:rsidP="00DC2439">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07E04">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00560439" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>(summas atšifrējums vārdiem)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961A4A" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="0019602E">
+    <w:p w14:paraId="14AF1BCC" w14:textId="77777777" w:rsidR="00961A4A" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="0019602E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>Darba vietu pielāgošana:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0019602E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="0019602E">
+    <w:p w14:paraId="14AF1BCD" w14:textId="77777777" w:rsidR="0019602E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="0019602E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">klientam </w:t>
       </w:r>
       <w:r w:rsidR="0031559B" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> ______________________</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0031559B" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00BC3807">
+    <w:p w14:paraId="14AF1BCE" w14:textId="01560AC5" w:rsidR="0031559B" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00BC3807">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
-        <w:tab/>
-[...9 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FC2FA0" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(vārds, uzvārds</w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7198" w:type="dxa"/>
         <w:tblInd w:w="848" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="4991"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BD2" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BCF" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C07E04">
               <w:t>Nr.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00DE656A">
+          <w:p w14:paraId="14AF1BD0" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00DE656A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C07E04">
               <w:t>Iekārta/aprīkojums (t.sk. tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana), atbilstoši ergoterapeita atzinumā norādītajam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="006B402E">
+          <w:p w14:paraId="14AF1BD1" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="006B402E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C07E04">
               <w:t xml:space="preserve">Cena </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="6"/>
+              <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00C07E04">
               <w:t>, EUR</w:t>
             </w:r>
             <w:r>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BD6" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BD3" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BD4" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BD5" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BDA" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BD7" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BD8" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BD9" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BDE" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BDB" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="008C330A">
+          <w:p w14:paraId="14AF1BDC" w14:textId="55C25949" w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="008C330A">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t>Izgatavošana / Piegāde / Uzstādīšana:</w:t>
-[...5 lines deleted...]
-              <w:footnoteReference w:id="7"/>
+              <w:t>Izgatavošana:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BDD" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BE2" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BDF" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00C07E04" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4991" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1BE0" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00F804D7" w:rsidRDefault="00C64728" w:rsidP="008C330A">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
-              <w:t>Izmaksas kopā:</w:t>
+            <w:r w:rsidRPr="00F804D7">
+              <w:t>Uzstādīšana</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF6580" w:rsidRPr="00F804D7">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BE1" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00F804D7" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BE6" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BE3" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00C07E04" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4991" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1BE4" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00F804D7" w:rsidRDefault="00C64728" w:rsidP="008C330A">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
-              <w:t>Pieprasījuma summa:</w:t>
+            <w:r w:rsidRPr="00F804D7">
+              <w:t>Piegāde</w:t>
             </w:r>
-            <w:r w:rsidR="009B67AF">
-[...3 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00CF6580" w:rsidRPr="00F804D7">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BE5" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00F804D7" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BE9" w14:textId="77777777" w:rsidTr="00C84EE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1BE7" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF6580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Izmaksas kopā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C07E04">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1BE8" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BEC" w14:textId="77777777" w:rsidTr="00C84EE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1BEA" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF6580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Pieprasījuma summa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C07E04">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1BEB" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B97637" w:rsidRPr="00A50F95" w:rsidRDefault="00B97637" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1BED" w14:textId="77777777" w:rsidR="00B97637" w:rsidRPr="00A50F95" w:rsidRDefault="00B97637" w:rsidP="00F22B9B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B402E" w:rsidRPr="006B402E" w:rsidRDefault="00E961B1" w:rsidP="006B402E">
+    <w:p w14:paraId="184A6EF8" w14:textId="48E09D8F" w:rsidR="00E3436A" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="006B402E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B402E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">* PVN maksātājs norāda cenu bez PVN, PVN </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A24AF">
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>maksātāju reģistrā</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A24AF" w:rsidRPr="006B402E">
+        <w:t>PVN maksātājs norāda cenu bez PVN</w:t>
+      </w:r>
+      <w:r w:rsidR="0045629C" w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A24AF">
+    </w:p>
+    <w:p w14:paraId="14AF1BEE" w14:textId="3E2AB302" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="0045629C">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">nereģistrēta </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B402E">
+      </w:pPr>
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">PVN maksātājs, kas izmanto īpašo PVN reģistrācijas kārtību </w:t>
+      </w:r>
+      <w:r w:rsidR="0045629C" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>mazajiem uzņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002A657A" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1CE2" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PVN </w:t>
+      </w:r>
+      <w:r w:rsidR="000A24AF" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">maksātāju reģistrā nereģistrēta </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1CE2" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t>persona norāda cenu ar PVN</w:t>
       </w:r>
+      <w:r w:rsidR="0045629C" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1BEF" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00F22B9B">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0019602E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1BF0" w14:textId="77777777" w:rsidR="0019602E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00F22B9B">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C07E04">
+      <w:r w:rsidRPr="00B60037">
         <w:t>2.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00B60037">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D07C28">
+      <w:r w:rsidR="00D07C28" w:rsidRPr="00B60037">
         <w:t xml:space="preserve">klientam </w:t>
       </w:r>
-      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00B60037">
         <w:t xml:space="preserve"> ______________________:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC3807" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00391143">
+    <w:p w14:paraId="14AF1BF1" w14:textId="7B4B6D28" w:rsidR="00BC3807" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00391143">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C07E04">
+      <w:r w:rsidRPr="00B60037">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C07E04">
+      <w:r w:rsidRPr="00B60037">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C07E04">
+      <w:r w:rsidRPr="00B60037">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C07E04">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C07E04">
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7198" w:type="dxa"/>
         <w:tblInd w:w="848" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="4991"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BF5" w14:textId="77777777" w:rsidTr="00AA57D6">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00F31E18">
+          <w:p w14:paraId="14AF1BF2" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00F31E18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
+            <w:r w:rsidRPr="00B60037">
               <w:t>Nr.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00F31E18">
+          <w:p w14:paraId="14AF1BF3" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00F31E18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
-[...3 lines deleted...]
-              <w:t>uzstādīšana), atbilstoši ergoterapeita atzinumā norādītajam</w:t>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>Iekārta/aprīkojums (t.sk. tehnisko palīglīdzekļu izgatavošana, piegāde un uzstādīšana), atbilstoši ergoterapeita atzinumā norādītajam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="006B402E">
+          <w:p w14:paraId="14AF1BF4" w14:textId="538616E7" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="006B402E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
+            <w:r w:rsidRPr="00B60037">
               <w:t xml:space="preserve">Cena </w:t>
             </w:r>
-            <w:r w:rsidR="00B71EC1">
+            <w:r w:rsidRPr="00B60037">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C07E04">
-[...3 lines deleted...]
-              <w:t>*</w:t>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>, EUR*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BF9" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00F31E18">
+          <w:p w14:paraId="14AF1BF6" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00B60037" w:rsidRDefault="001E23EC" w:rsidP="00F31E18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00F31E18">
+          <w:p w14:paraId="14AF1BF7" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00B60037" w:rsidRDefault="001E23EC" w:rsidP="00F31E18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="006B402E">
+          <w:p w14:paraId="14AF1BF8" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00B60037" w:rsidRDefault="001E23EC" w:rsidP="006B402E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1BFD" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BFA" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BFB" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BFC" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1C01" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1BFE" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00B60037" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="001E23EC">
+          <w:p w14:paraId="14AF1BFF" w14:textId="36B0F3EF" w:rsidR="001E23EC" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="001E23EC">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>Izgatavošana:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E23EC" w:rsidRPr="00C07E04" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1C00" w14:textId="77777777" w:rsidR="001E23EC" w:rsidRPr="00B60037" w:rsidRDefault="001E23EC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1C05" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1C02" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00B60037" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4991" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1C03" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="001E23EC">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
-              <w:t>Izmaksas kopā:</w:t>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>Uzstādīšana</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF6580" w:rsidRPr="00B60037">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1C04" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00B60037" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292E88" w:rsidTr="00C84EE9">
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1C09" w14:textId="77777777" w:rsidTr="00C84EE9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5639" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="648" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1C06" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00B60037" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4991" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1C07" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="001E23EC">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C07E04">
-              <w:t>Pieprasījuma summa:</w:t>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>Piegāde</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:footnoteReference w:id="8"/>
+            <w:r w:rsidR="00CF6580" w:rsidRPr="00B60037">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+          <w:p w14:paraId="14AF1C08" w14:textId="77777777" w:rsidR="001568DC" w:rsidRPr="00B60037" w:rsidRDefault="001568DC" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1C0C" w14:textId="77777777" w:rsidTr="00C84EE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1C0A" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60037">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Izmaksas kopā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1C0B" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00186A0C" w14:paraId="14AF1C0F" w14:textId="77777777" w:rsidTr="00C84EE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1C0D" w14:textId="293D1C57" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00E16B3D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60037">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Pieprasījuma summa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60037">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60037">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AF1C0E" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00E16B3D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0031559B" w:rsidRPr="00A50F95" w:rsidRDefault="0031559B" w:rsidP="00B9717B">
+    <w:p w14:paraId="14AF1C10" w14:textId="77777777" w:rsidR="0031559B" w:rsidRPr="00B60037" w:rsidRDefault="0031559B" w:rsidP="00B9717B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B402E" w:rsidRPr="006B402E" w:rsidRDefault="00E961B1" w:rsidP="006B402E">
+    <w:p w14:paraId="7E2BBB03" w14:textId="77777777" w:rsidR="0045629C" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="006B402E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B402E">
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">* PVN maksātājs norāda cenu bez PVN, PVN </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A24AF">
+        <w:t>* PVN maksātājs norāda cenu bez PVN;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AF1C11" w14:textId="354A1CE0" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="002A657A">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>maksātāju reģistrā nereģistrēta</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A24AF" w:rsidRPr="006B402E">
+      </w:pPr>
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B402E">
+        <w:t>PVN maksātājs, kas izmanto īpašo PVN reģistrācijas kārtību mazajiem uzņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002A657A" w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">persona norāda </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B402E">
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1CE2" w:rsidRPr="00B60037">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>cenu ar PVN</w:t>
+        <w:t xml:space="preserve">PVN </w:t>
+      </w:r>
+      <w:r w:rsidR="000A24AF" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">maksātāju reģistrā nereģistrēta </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1CE2" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>persona norāda cenu ar PVN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B402E" w:rsidRDefault="006B402E" w:rsidP="00B9717B">
+    <w:p w14:paraId="14AF1C12" w14:textId="77777777" w:rsidR="006B402E" w:rsidRPr="00B60037" w:rsidRDefault="006B402E" w:rsidP="00B9717B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B402E" w:rsidRPr="00C07E04" w:rsidRDefault="006B402E" w:rsidP="00B9717B">
-[...5 lines deleted...]
-    <w:p w:rsidR="00AC3C89" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="0019602E">
+    <w:p w14:paraId="14AF1C13" w14:textId="51EA4A1D" w:rsidR="00AC3C89" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="0019602E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>Pieprasījuma summa</w:t>
       </w:r>
       <w:r w:rsidR="002006D4" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F11A0" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve">kopā </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>EUR</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
+      <w:r w:rsidR="0082456A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(_______________</w:t>
       </w:r>
       <w:r w:rsidR="004972F6" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>___________</w:t>
+        <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>_____centi)</w:t>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="0082456A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>centi)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidR="00DE587F" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC2FA0" w:rsidRDefault="00E961B1" w:rsidP="004972F6">
-[...1 lines deleted...]
-        <w:ind w:left="5040" w:firstLine="720"/>
+    <w:p w14:paraId="14AF1C14" w14:textId="77777777" w:rsidR="00FC2FA0" w:rsidRDefault="00C64728" w:rsidP="00DC2439">
+      <w:pPr>
+        <w:ind w:left="4320" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(summas atšifrējums vārdie</w:t>
       </w:r>
       <w:r w:rsidR="00BE2856" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>m)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF18A7" w:rsidRPr="00C07E04" w:rsidRDefault="00FF18A7" w:rsidP="004D0095">
-[...8 lines deleted...]
-    <w:p w:rsidR="00E42DA7" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00E42DA7">
+    <w:p w14:paraId="14AF1C15" w14:textId="77777777" w:rsidR="00E42DA7" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00E42DA7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Pieprasījuma </w:t>
       </w:r>
       <w:r w:rsidR="00ED008B" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pielikumā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:i/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F254A" w:rsidRPr="00A50F95" w:rsidRDefault="005F254A" w:rsidP="00AD5682">
+    <w:p w14:paraId="14AF1C16" w14:textId="77777777" w:rsidR="005F254A" w:rsidRPr="00773685" w:rsidRDefault="005F254A" w:rsidP="00AD5682">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F254A" w:rsidRPr="00AD5682" w:rsidRDefault="00E961B1" w:rsidP="00AD5682">
+    <w:p w14:paraId="14AF1C17" w14:textId="459E58E2" w:rsidR="005F254A" w:rsidRPr="005A5EA9" w:rsidRDefault="00C64728" w:rsidP="00AD5682">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD5682">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Katras </w:t>
       </w:r>
       <w:r w:rsidR="00AD5682" w:rsidRPr="00AD5682">
         <w:t xml:space="preserve">darba vietas pielāgošanai nepieciešamo iekārtu, aprīkojuma, kā arī tehnisko palīglīdzekļu (tai skaitā piegādes un uzstādīšanas izmaksas) </w:t>
       </w:r>
       <w:r w:rsidR="00AD5682">
         <w:t>aprakst</w:t>
       </w:r>
       <w:r w:rsidR="008F3D8B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00AD5682">
-        <w:t xml:space="preserve"> un paredzamo izmaksu pamatojoš</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> uz _____ lapām.</w:t>
+        <w:t xml:space="preserve"> un paredzamo izmaksu </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5682" w:rsidRPr="005A5EA9">
+        <w:t>pamatojoš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5EA9">
+        <w:t>ie dokumenti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C31B76" w:rsidRPr="00C07E04" w:rsidRDefault="00C31B76" w:rsidP="00E42DA7">
-      <w:pPr>
+    <w:p w14:paraId="14AF1C18" w14:textId="77777777" w:rsidR="00773685" w:rsidRPr="00AD5682" w:rsidRDefault="00773685" w:rsidP="00AD5682">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC0177" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00BA2AFD">
+    <w:p w14:paraId="6F20142D" w14:textId="77777777" w:rsidR="002148C9" w:rsidRDefault="002148C9" w:rsidP="00BA2AFD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14AF1C19" w14:textId="62BC5BF1" w:rsidR="00DC0177" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="00BA2AFD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:t>Darba devējs</w:t>
       </w:r>
       <w:r w:rsidR="0018340E" w:rsidRPr="00C07E04">
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="005E7542" w:rsidRPr="00C07E04">
         <w:t>pilnvarotā persona</w:t>
       </w:r>
       <w:r w:rsidR="000C37B9" w:rsidRPr="00C07E04">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C31B76" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C31B76" w:rsidRPr="00C07E04">
+      <w:r w:rsidR="0018340E" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="0018340E" w:rsidRPr="00C07E04">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1839" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E1839" w:rsidRPr="00C07E04">
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0018340E" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>________________________________</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F254A" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="002A787C">
+    <w:p w14:paraId="14AF1C1A" w14:textId="77777777" w:rsidR="005F254A" w:rsidRPr="00C07E04" w:rsidRDefault="00C64728" w:rsidP="002A787C">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00720323" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00720323" w:rsidRPr="00C07E04">
         <w:rPr>
@@ -3260,965 +3258,841 @@
       <w:r w:rsidR="00720323" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00720323" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD12E9" w:rsidRPr="00C07E04">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005F254A" w:rsidRPr="00C07E04" w:rsidSect="00BD7A64">
+    <w:sectPr w:rsidR="005F254A" w:rsidRPr="00C07E04" w:rsidSect="00773685">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="even" r:id="rId10"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="544" w:right="707" w:bottom="1134" w:left="1701" w:header="1134" w:footer="894" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="707" w:bottom="284" w:left="1701" w:header="1134" w:footer="894" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E961B1" w:rsidRDefault="00E961B1">
+    <w:p w14:paraId="1EA60514" w14:textId="77777777" w:rsidR="002373DD" w:rsidRDefault="002373DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E961B1" w:rsidRDefault="00E961B1">
+    <w:p w14:paraId="2142A279" w14:textId="77777777" w:rsidR="002373DD" w:rsidRDefault="002373DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532">
-[...9 lines deleted...]
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532" w:rsidP="00C07E04">
+  <w:p w14:paraId="14AF1C23" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532" w:rsidP="00C07E04">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00865532" w:rsidRPr="00C07E04" w:rsidRDefault="00E961B1" w:rsidP="00C07E04">
+  <w:p w14:paraId="14AF1C24" w14:textId="237D95FC" w:rsidR="00865532" w:rsidRPr="009E7883" w:rsidRDefault="00C64728" w:rsidP="00C07E04">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C07E04">
+    <w:r w:rsidRPr="006D1BD2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>KRG_4.2.2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00F51384">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>pielikums_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C07E04">
+    <w:r w:rsidRPr="006D1BD2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>_</w:t>
+      <w:t>.versija</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="009E7883">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-        <w:lang w:val="lv-LV"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2.</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C07E04">
+    <w:r w:rsidR="006D1BD2" w:rsidRPr="009E7883">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...55 lines deleted...]
-        <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>19.01.2024.</w:t>
-[...11 lines deleted...]
-      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532" w:rsidP="00613FFF">
+  <w:p w14:paraId="14AF1C27" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532" w:rsidP="00613FFF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00865532" w:rsidRPr="00661011" w:rsidRDefault="00E961B1" w:rsidP="00613FFF">
+  <w:p w14:paraId="14AF1C28" w14:textId="667F4996" w:rsidR="00865532" w:rsidRPr="00F5497F" w:rsidRDefault="00C64728" w:rsidP="00613FFF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00661011">
+    <w:r w:rsidRPr="006D1BD2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>KRG_4.2.2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="000C6D6A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006D1BD2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>pielikums_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00661011">
+    <w:r w:rsidRPr="00F51B3D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>_</w:t>
+      <w:t>.versija</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F5497F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-        <w:lang w:val="lv-LV"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2.</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00661011">
+    <w:r w:rsidR="00FF7525" w:rsidRPr="00F5497F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...55 lines deleted...]
-        <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>19.01.2024.</w:t>
-[...11 lines deleted...]
-      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E961B1" w:rsidRDefault="00E961B1">
+    <w:p w14:paraId="42BAB1BF" w14:textId="77777777" w:rsidR="002373DD" w:rsidRDefault="002373DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E961B1" w:rsidRDefault="00E961B1">
+    <w:p w14:paraId="6952F142" w14:textId="77777777" w:rsidR="002373DD" w:rsidRDefault="002373DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00E961B1" w:rsidRDefault="00E961B1"/>
+    <w:p w14:paraId="11F029ED" w14:textId="77777777" w:rsidR="002373DD" w:rsidRDefault="002373DD"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00865532" w:rsidRPr="00B67946" w:rsidRDefault="00E961B1" w:rsidP="00B67946">
+    <w:p w14:paraId="3D72960A" w14:textId="4537E833" w:rsidR="00E571D4" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00E571D4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B67946">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> ir PVN maksātājs.</w:t>
+      <w:r w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006941D4" w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t>Atsauci uz projektu n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
+        <w:t xml:space="preserve">epiemēro Līgumiem, kas slēgti </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk151044723"/>
+      <w:r w:rsidRPr="00B60037">
+        <w:t xml:space="preserve"> Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē ietvaros.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00B60037">
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00865532" w:rsidRPr="00BA2AFD" w:rsidRDefault="00E961B1" w:rsidP="00B67946">
+    <w:p w14:paraId="14AF1C29" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00B67946">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B67946">
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B67946">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B67946">
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Norāda, ja Darba devējs ir juridiska persona.</w:t>
+        <w:t xml:space="preserve"> PVN maksātāja numuru norāda, ja Darba devējs ir PVN maksātājs.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00865532" w:rsidRPr="00B67946" w:rsidRDefault="00E961B1" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1C2A" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00B67946">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B67946">
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B67946">
+      <w:r w:rsidRPr="00B60037">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Apakšpunktu aizpilda tikai precizēta Pieprasījuma iesniegšanas gadījumā (skatīt </w:t>
-[...23 lines deleted...]
-        <w:t>apakšpunktu).</w:t>
+        <w:t>Norāda, ja Darba devējs ir juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="00865532" w:rsidRPr="00536302" w:rsidRDefault="00E961B1">
+    <w:p w14:paraId="14AF1C2B" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00B60037" w:rsidRDefault="00C64728" w:rsidP="00F22B9B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00536302">
+      <w:r w:rsidRPr="00B60037">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pieprasījuma 1.4.apakšpunktā norādītā finansējuma un papildus no</w:t>
-[...17 lines deleted...]
-        <w:t>ieciešamā finansējuma kopsumma.</w:t>
+        <w:t xml:space="preserve"> Apakšpunktu aizpilda tikai precizēta Pieprasījuma iesniegšanas gadījumā (skatīt Līguma 5.5.3.apakšpunktu).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="00865532" w:rsidRPr="00B67946" w:rsidRDefault="00E961B1" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1C2C" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00536302" w:rsidRDefault="00C64728" w:rsidP="004C2717">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B67946">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B67946">
+      <w:r w:rsidRPr="00536302">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Pieprasījuma 1.4.apakšpunktā norādītā finansējuma un papildus no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aģentūra </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536302">
+        <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PVN izmaksas sedz tikai pievienotās vērtības nodok</w:t>
+        <w:t xml:space="preserve"> nep</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>ļa</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> personām.</w:t>
+        <w:t>ieciešamā finansējuma kopsumma.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidR="00865532" w:rsidRPr="009B67AF" w:rsidRDefault="00E961B1" w:rsidP="009B67AF">
-[...12 lines deleted...]
-          <w:lang w:eastAsia="x-none"/>
+    <w:p w14:paraId="14AF1C2D" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00B67946" w:rsidRDefault="00C64728" w:rsidP="004C2717">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67946">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="009B67AF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Tehnisko palīglī</w:t>
+      <w:r w:rsidRPr="00B67946">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-        <w:t>zekļu izgatavošanas, piegādes un uzstādīšanas izmaksas norāda atsevišķās rindās.</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67946">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PVN izmaksas sedz tikai pievienotās vērtības nodok</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ļa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67946">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>maksātāju reģistrā nereģistrētām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67946">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personām.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w:rsidR="00865532" w:rsidRPr="00B73AE3" w:rsidRDefault="00E961B1" w:rsidP="00A50F95">
+    <w:p w14:paraId="14AF1C2E" w14:textId="77777777" w:rsidR="00A266F8" w:rsidRPr="004C2717" w:rsidRDefault="00C64728" w:rsidP="004C2717">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2856">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00A50F95">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> Pieprasījuma summa vienai darba vietai ir ne vairāk kā noteikts Ministru kabineta 2011.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2717">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ada 25.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2717">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="OLE_LINK10"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="OLE_LINK13"/>
       <w:r>
-        <w:rPr>
-[...31 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t>janvāra noteikumu Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finasēšanas kārtību un pasākumu īstenotāju izvēles principiem” 88.3.apakšpunkt</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2717">
+        <w:t>ā.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w:rsidR="00865532" w:rsidRPr="00F84B28" w:rsidRDefault="00E961B1" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1C2F" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00F84B28" w:rsidRDefault="00C64728" w:rsidP="004C2717">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B67946">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B67946">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iesniedzot precizētu Pieprasījumu, norāda Pieprasījuma 1.5.apakšpunktā un 1.4.apakšpunktā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītā Aģentūrai  pieprasītā </w:t>
       </w:r>
       <w:r w:rsidRPr="00B67946">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>finansējuma starpību.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w:rsidR="00865532" w:rsidRPr="00834DF7" w:rsidRDefault="00E961B1" w:rsidP="00F22B9B">
+    <w:p w14:paraId="14AF1C30" w14:textId="77777777" w:rsidR="00865532" w:rsidRPr="00834DF7" w:rsidRDefault="00C64728" w:rsidP="004C2717">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00834DF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Iesniedzot precizētu Pieprasījumu, pievieno tikai atkārtoti veikt</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">u </w:t>
+        <w:t xml:space="preserve">Iesniedzot precizētu Pieprasījumu, pievieno tikai atkārtoti veiktu </w:t>
       </w:r>
       <w:r w:rsidRPr="00834DF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darījumu izmaksu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pamatojošos dokumentus</w:t>
       </w:r>
       <w:r w:rsidRPr="00834DF7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00865532" w:rsidRDefault="00E961B1" w:rsidP="00E42DA7">
+  <w:p w14:paraId="14AF1C1E" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00C64728" w:rsidP="00E42DA7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532">
+  <w:p w14:paraId="14AF1C1F" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00865532" w:rsidRDefault="00E961B1" w:rsidP="00E42DA7">
+  <w:p w14:paraId="14AF1C20" w14:textId="6F319D80" w:rsidR="00865532" w:rsidRDefault="00C64728" w:rsidP="00E42DA7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532">
+  <w:p w14:paraId="14AF1C21" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532">
+  <w:p w14:paraId="14AF1C22" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532">
+  <w:p w14:paraId="14AF1C25" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00865532" w:rsidRDefault="00865532">
+  <w:p w14:paraId="14AF1C26" w14:textId="77777777" w:rsidR="00865532" w:rsidRDefault="00865532">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="039051D2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37E4B2E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
@@ -4327,212 +4201,212 @@
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EBB5807"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E37EFCFE"/>
-    <w:lvl w:ilvl="0" w:tplc="54FE004A">
+    <w:lvl w:ilvl="0" w:tplc="F26A8240">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6F0A38EA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="603C5170" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E55470CA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9842CAB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53D8DE9E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A746B53A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1616BA6A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FB9AEB6C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0BB0C4E6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2EA84162" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6390FA6C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B3988598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B27A9BDE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7898D7DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="037E4470" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7960EBCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DA662AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76F6581C"/>
-    <w:lvl w:ilvl="0" w:tplc="44E8CCA4">
+    <w:lvl w:ilvl="0" w:tplc="F6BC2F30">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29423D6E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CABAD53C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FF8C63AE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EC840688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8208DA9C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0718A624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="520C0552" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1C38E786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5A20CF6E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A58A0D98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="440CEB20" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BE92714C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D5DE488C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="DBEA5BEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ACB8B968" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3864CF8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DEF033E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="71C87826"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -4753,236 +4627,236 @@
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D1E54A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E37EFCFE"/>
-    <w:lvl w:ilvl="0" w:tplc="750252FE">
+    <w:lvl w:ilvl="0" w:tplc="4E0ED480">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4A68E16A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E916AB08" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5CA8F826" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BBDA2D54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="908A8B36" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3DCAF466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="273CB10A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AFF848AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5016B910" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F2C621D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="200CF464" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CB60B658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3940D8CC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FEDABB3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ADCAA1F0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="262A600E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E9A3412"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDBA6E34"/>
-    <w:lvl w:ilvl="0" w:tplc="A1C0A9B0">
+    <w:lvl w:ilvl="0" w:tplc="ACF6D4E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55BC7D00">
+    <w:lvl w:ilvl="1" w:tplc="F00A5238">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D7AA4D6C">
+    <w:lvl w:ilvl="2" w:tplc="7F4859F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="958A7192">
+    <w:lvl w:ilvl="3" w:tplc="E2509FD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8752BB32">
+    <w:lvl w:ilvl="4" w:tplc="4E5CA134">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DDFE1C5A">
+    <w:lvl w:ilvl="5" w:tplc="E63AF5C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0F7C8F48">
+    <w:lvl w:ilvl="6" w:tplc="1BD4F83C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5D804B40">
+    <w:lvl w:ilvl="7" w:tplc="C5DAB120">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5048748E">
+    <w:lvl w:ilvl="8" w:tplc="C4B87056">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
@@ -5024,778 +4898,859 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E42DA7"/>
     <w:rsid w:val="00002BE5"/>
     <w:rsid w:val="00004BD2"/>
     <w:rsid w:val="00016B38"/>
     <w:rsid w:val="00026E01"/>
     <w:rsid w:val="00036406"/>
     <w:rsid w:val="00037B26"/>
     <w:rsid w:val="000426C4"/>
     <w:rsid w:val="00042AC6"/>
     <w:rsid w:val="00043451"/>
     <w:rsid w:val="000500E1"/>
     <w:rsid w:val="00050F5E"/>
+    <w:rsid w:val="0005193F"/>
     <w:rsid w:val="00051F9D"/>
     <w:rsid w:val="00054B05"/>
     <w:rsid w:val="00056992"/>
     <w:rsid w:val="00060482"/>
     <w:rsid w:val="0006627A"/>
     <w:rsid w:val="00067EAF"/>
     <w:rsid w:val="00070B0F"/>
     <w:rsid w:val="0007495A"/>
     <w:rsid w:val="000752EC"/>
     <w:rsid w:val="00075AEC"/>
     <w:rsid w:val="0008019C"/>
     <w:rsid w:val="000851B6"/>
     <w:rsid w:val="00085683"/>
     <w:rsid w:val="00085902"/>
     <w:rsid w:val="00087DC8"/>
+    <w:rsid w:val="000A011D"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A24AF"/>
     <w:rsid w:val="000A56E3"/>
     <w:rsid w:val="000A7E92"/>
     <w:rsid w:val="000B2393"/>
     <w:rsid w:val="000B6FE5"/>
     <w:rsid w:val="000C1A54"/>
     <w:rsid w:val="000C3221"/>
     <w:rsid w:val="000C37B9"/>
+    <w:rsid w:val="000C4F81"/>
+    <w:rsid w:val="000C6D6A"/>
     <w:rsid w:val="000C7AEC"/>
     <w:rsid w:val="000E2094"/>
     <w:rsid w:val="000E2DEC"/>
     <w:rsid w:val="000E36E7"/>
     <w:rsid w:val="000E51FC"/>
     <w:rsid w:val="000E5BDF"/>
     <w:rsid w:val="000E6383"/>
     <w:rsid w:val="000F11A0"/>
     <w:rsid w:val="000F56C4"/>
     <w:rsid w:val="00110D75"/>
     <w:rsid w:val="00112B48"/>
     <w:rsid w:val="00114B73"/>
     <w:rsid w:val="00115235"/>
     <w:rsid w:val="00116997"/>
     <w:rsid w:val="00121416"/>
+    <w:rsid w:val="00126876"/>
     <w:rsid w:val="00127B5A"/>
     <w:rsid w:val="0013031A"/>
     <w:rsid w:val="00130436"/>
     <w:rsid w:val="0013137A"/>
     <w:rsid w:val="00131610"/>
     <w:rsid w:val="00134A47"/>
     <w:rsid w:val="00134F04"/>
     <w:rsid w:val="00145EC9"/>
     <w:rsid w:val="00146391"/>
     <w:rsid w:val="001517F8"/>
     <w:rsid w:val="00154EA3"/>
     <w:rsid w:val="00155298"/>
     <w:rsid w:val="0015607A"/>
+    <w:rsid w:val="001568DC"/>
     <w:rsid w:val="00164FB8"/>
     <w:rsid w:val="001664A9"/>
     <w:rsid w:val="00166D0B"/>
     <w:rsid w:val="00174CEA"/>
     <w:rsid w:val="0018340E"/>
     <w:rsid w:val="00184F31"/>
+    <w:rsid w:val="00186A0C"/>
     <w:rsid w:val="001902E4"/>
     <w:rsid w:val="0019602E"/>
+    <w:rsid w:val="001A5203"/>
     <w:rsid w:val="001C6879"/>
     <w:rsid w:val="001D2C55"/>
     <w:rsid w:val="001E1608"/>
     <w:rsid w:val="001E23EC"/>
+    <w:rsid w:val="001E302F"/>
+    <w:rsid w:val="001E43E6"/>
     <w:rsid w:val="001E6268"/>
     <w:rsid w:val="001E63F9"/>
     <w:rsid w:val="001E67DA"/>
     <w:rsid w:val="001F0D75"/>
     <w:rsid w:val="001F2C03"/>
     <w:rsid w:val="001F5F03"/>
     <w:rsid w:val="002006D4"/>
     <w:rsid w:val="002006F0"/>
+    <w:rsid w:val="002148C9"/>
     <w:rsid w:val="002200DB"/>
     <w:rsid w:val="00223900"/>
     <w:rsid w:val="0022464C"/>
     <w:rsid w:val="00224D14"/>
     <w:rsid w:val="002264D6"/>
+    <w:rsid w:val="002373DD"/>
     <w:rsid w:val="002429A0"/>
+    <w:rsid w:val="00252504"/>
     <w:rsid w:val="002565E9"/>
     <w:rsid w:val="00256A8E"/>
+    <w:rsid w:val="00256C0D"/>
     <w:rsid w:val="00260A53"/>
     <w:rsid w:val="00262620"/>
     <w:rsid w:val="002726BB"/>
     <w:rsid w:val="0027298E"/>
     <w:rsid w:val="002854AC"/>
     <w:rsid w:val="0028740E"/>
     <w:rsid w:val="002909DB"/>
-    <w:rsid w:val="00292E88"/>
     <w:rsid w:val="002962C1"/>
     <w:rsid w:val="00296505"/>
+    <w:rsid w:val="00296F20"/>
     <w:rsid w:val="002977DD"/>
     <w:rsid w:val="00297F97"/>
     <w:rsid w:val="002A1849"/>
     <w:rsid w:val="002A5804"/>
     <w:rsid w:val="002A6166"/>
+    <w:rsid w:val="002A657A"/>
     <w:rsid w:val="002A787C"/>
     <w:rsid w:val="002B184A"/>
     <w:rsid w:val="002B3A0F"/>
     <w:rsid w:val="002B4A3A"/>
     <w:rsid w:val="002B71B5"/>
     <w:rsid w:val="002C07D6"/>
     <w:rsid w:val="002C083D"/>
     <w:rsid w:val="002C6F8E"/>
     <w:rsid w:val="002D2504"/>
     <w:rsid w:val="002D3507"/>
     <w:rsid w:val="002E4FF9"/>
     <w:rsid w:val="002E6931"/>
     <w:rsid w:val="002F3B00"/>
     <w:rsid w:val="002F652C"/>
     <w:rsid w:val="0030315A"/>
     <w:rsid w:val="00304491"/>
     <w:rsid w:val="00306A14"/>
     <w:rsid w:val="0031559B"/>
+    <w:rsid w:val="003201D0"/>
     <w:rsid w:val="003220CA"/>
     <w:rsid w:val="003321B0"/>
+    <w:rsid w:val="003373EA"/>
     <w:rsid w:val="00337773"/>
     <w:rsid w:val="00342556"/>
     <w:rsid w:val="00342F76"/>
     <w:rsid w:val="00343F40"/>
+    <w:rsid w:val="003456EC"/>
     <w:rsid w:val="003475B1"/>
     <w:rsid w:val="00353285"/>
     <w:rsid w:val="00357EAE"/>
     <w:rsid w:val="00360864"/>
     <w:rsid w:val="003649BB"/>
     <w:rsid w:val="003707FE"/>
     <w:rsid w:val="003722D1"/>
+    <w:rsid w:val="00374F34"/>
     <w:rsid w:val="00375B07"/>
     <w:rsid w:val="00376D0B"/>
     <w:rsid w:val="00380B71"/>
     <w:rsid w:val="00383137"/>
     <w:rsid w:val="003854B0"/>
     <w:rsid w:val="0039098B"/>
     <w:rsid w:val="00391143"/>
     <w:rsid w:val="0039296F"/>
     <w:rsid w:val="003948DD"/>
     <w:rsid w:val="003A0BA1"/>
     <w:rsid w:val="003A0EC6"/>
     <w:rsid w:val="003A4AEB"/>
+    <w:rsid w:val="003B182F"/>
     <w:rsid w:val="003B1894"/>
     <w:rsid w:val="003B45FD"/>
     <w:rsid w:val="003B6803"/>
     <w:rsid w:val="003B6A15"/>
     <w:rsid w:val="003C4EC5"/>
     <w:rsid w:val="003D3DD8"/>
     <w:rsid w:val="003D7A9F"/>
+    <w:rsid w:val="003E69D2"/>
     <w:rsid w:val="003E7896"/>
+    <w:rsid w:val="003F0C7C"/>
     <w:rsid w:val="003F3995"/>
     <w:rsid w:val="003F5C4E"/>
     <w:rsid w:val="003F6625"/>
     <w:rsid w:val="003F76CC"/>
     <w:rsid w:val="00402802"/>
     <w:rsid w:val="004126B1"/>
     <w:rsid w:val="00420EEC"/>
     <w:rsid w:val="0042194E"/>
     <w:rsid w:val="00422E1F"/>
     <w:rsid w:val="00423F94"/>
     <w:rsid w:val="004241C0"/>
     <w:rsid w:val="00424BC7"/>
     <w:rsid w:val="00425FBD"/>
     <w:rsid w:val="00431103"/>
     <w:rsid w:val="00441242"/>
     <w:rsid w:val="00450DC6"/>
     <w:rsid w:val="00452196"/>
+    <w:rsid w:val="00453409"/>
     <w:rsid w:val="00455D22"/>
+    <w:rsid w:val="0045629C"/>
     <w:rsid w:val="00460E00"/>
     <w:rsid w:val="00467DBC"/>
     <w:rsid w:val="004701AF"/>
+    <w:rsid w:val="00480E3C"/>
     <w:rsid w:val="0048135C"/>
     <w:rsid w:val="0048280D"/>
     <w:rsid w:val="00484288"/>
     <w:rsid w:val="00484F2C"/>
     <w:rsid w:val="00487470"/>
     <w:rsid w:val="00490265"/>
     <w:rsid w:val="00492AE4"/>
     <w:rsid w:val="0049477D"/>
+    <w:rsid w:val="0049564E"/>
     <w:rsid w:val="004972F6"/>
     <w:rsid w:val="004A3D0E"/>
     <w:rsid w:val="004A55C2"/>
+    <w:rsid w:val="004C18EF"/>
+    <w:rsid w:val="004C2717"/>
     <w:rsid w:val="004C6F99"/>
     <w:rsid w:val="004C7240"/>
     <w:rsid w:val="004D0095"/>
     <w:rsid w:val="004D2E77"/>
     <w:rsid w:val="004E31B0"/>
     <w:rsid w:val="004E5F23"/>
     <w:rsid w:val="004E73B8"/>
     <w:rsid w:val="004F06E6"/>
     <w:rsid w:val="004F1192"/>
     <w:rsid w:val="004F4336"/>
     <w:rsid w:val="00501DF7"/>
     <w:rsid w:val="00506DA7"/>
     <w:rsid w:val="0050750F"/>
     <w:rsid w:val="00517548"/>
     <w:rsid w:val="00517ACE"/>
     <w:rsid w:val="00520851"/>
     <w:rsid w:val="00520ABB"/>
     <w:rsid w:val="00520E08"/>
     <w:rsid w:val="0052350B"/>
+    <w:rsid w:val="005252EA"/>
     <w:rsid w:val="00527A8A"/>
     <w:rsid w:val="00536302"/>
     <w:rsid w:val="0055090F"/>
     <w:rsid w:val="00551E29"/>
     <w:rsid w:val="0055217A"/>
     <w:rsid w:val="005551EF"/>
+    <w:rsid w:val="00560439"/>
     <w:rsid w:val="00563B3A"/>
     <w:rsid w:val="00564152"/>
     <w:rsid w:val="00565D2C"/>
     <w:rsid w:val="005704E0"/>
     <w:rsid w:val="00577560"/>
     <w:rsid w:val="005806A3"/>
     <w:rsid w:val="005820FA"/>
     <w:rsid w:val="005831A5"/>
     <w:rsid w:val="00585E9F"/>
     <w:rsid w:val="00586F43"/>
     <w:rsid w:val="0059068F"/>
     <w:rsid w:val="005A5B80"/>
+    <w:rsid w:val="005A5EA9"/>
     <w:rsid w:val="005A68E9"/>
     <w:rsid w:val="005B1450"/>
     <w:rsid w:val="005C35B2"/>
     <w:rsid w:val="005D41E3"/>
     <w:rsid w:val="005E5BB4"/>
     <w:rsid w:val="005E7542"/>
     <w:rsid w:val="005F01D3"/>
     <w:rsid w:val="005F073D"/>
     <w:rsid w:val="005F16A8"/>
     <w:rsid w:val="005F254A"/>
     <w:rsid w:val="005F3BA6"/>
     <w:rsid w:val="005F4DFC"/>
+    <w:rsid w:val="005F6AE6"/>
     <w:rsid w:val="005F6E3A"/>
     <w:rsid w:val="005F7E88"/>
     <w:rsid w:val="0060647A"/>
     <w:rsid w:val="00613FFF"/>
     <w:rsid w:val="00614438"/>
     <w:rsid w:val="00614D58"/>
     <w:rsid w:val="00616437"/>
     <w:rsid w:val="00620190"/>
     <w:rsid w:val="00623588"/>
     <w:rsid w:val="00631B0A"/>
+    <w:rsid w:val="0063332D"/>
     <w:rsid w:val="00636991"/>
     <w:rsid w:val="006412A3"/>
     <w:rsid w:val="00651983"/>
     <w:rsid w:val="006520E6"/>
     <w:rsid w:val="0065327B"/>
     <w:rsid w:val="00661011"/>
     <w:rsid w:val="00662C97"/>
     <w:rsid w:val="0066337F"/>
+    <w:rsid w:val="006651E2"/>
     <w:rsid w:val="00665729"/>
     <w:rsid w:val="00666682"/>
     <w:rsid w:val="006673F7"/>
     <w:rsid w:val="00675614"/>
     <w:rsid w:val="00675E05"/>
     <w:rsid w:val="0068431D"/>
     <w:rsid w:val="00691A78"/>
     <w:rsid w:val="00692561"/>
+    <w:rsid w:val="006941D4"/>
     <w:rsid w:val="006947F9"/>
     <w:rsid w:val="0069581E"/>
     <w:rsid w:val="0069617C"/>
     <w:rsid w:val="00697090"/>
     <w:rsid w:val="006973E5"/>
     <w:rsid w:val="006A34AA"/>
     <w:rsid w:val="006A691B"/>
     <w:rsid w:val="006A6BD4"/>
     <w:rsid w:val="006B12B6"/>
     <w:rsid w:val="006B402E"/>
     <w:rsid w:val="006B55D2"/>
     <w:rsid w:val="006C3515"/>
     <w:rsid w:val="006C4E0D"/>
     <w:rsid w:val="006D1418"/>
+    <w:rsid w:val="006D1BD2"/>
     <w:rsid w:val="006D5A42"/>
     <w:rsid w:val="006E0716"/>
     <w:rsid w:val="006E0848"/>
     <w:rsid w:val="006E46B9"/>
     <w:rsid w:val="006E47B7"/>
     <w:rsid w:val="006F5835"/>
     <w:rsid w:val="006F61DE"/>
     <w:rsid w:val="00700BE6"/>
     <w:rsid w:val="0070241D"/>
     <w:rsid w:val="00702D4F"/>
     <w:rsid w:val="00704970"/>
     <w:rsid w:val="00711150"/>
     <w:rsid w:val="00712291"/>
     <w:rsid w:val="00714481"/>
     <w:rsid w:val="00720323"/>
     <w:rsid w:val="007207B2"/>
     <w:rsid w:val="00720A9A"/>
     <w:rsid w:val="00721D98"/>
     <w:rsid w:val="00726EFE"/>
     <w:rsid w:val="00730DD5"/>
     <w:rsid w:val="00736ACC"/>
     <w:rsid w:val="007427E0"/>
     <w:rsid w:val="007437D1"/>
     <w:rsid w:val="00743E22"/>
     <w:rsid w:val="0074698A"/>
     <w:rsid w:val="00746EFF"/>
     <w:rsid w:val="00750815"/>
     <w:rsid w:val="00750A5C"/>
     <w:rsid w:val="007527DA"/>
     <w:rsid w:val="007615E7"/>
     <w:rsid w:val="0076195A"/>
     <w:rsid w:val="00763996"/>
     <w:rsid w:val="007663ED"/>
     <w:rsid w:val="0076702F"/>
     <w:rsid w:val="00767388"/>
     <w:rsid w:val="00771327"/>
     <w:rsid w:val="00771A5C"/>
+    <w:rsid w:val="00773685"/>
     <w:rsid w:val="007857C9"/>
     <w:rsid w:val="007871C1"/>
     <w:rsid w:val="00791F59"/>
     <w:rsid w:val="0079348A"/>
     <w:rsid w:val="00794BA9"/>
     <w:rsid w:val="00795BF5"/>
     <w:rsid w:val="00797B1D"/>
     <w:rsid w:val="00797D1B"/>
     <w:rsid w:val="007A3E35"/>
     <w:rsid w:val="007A3F7A"/>
     <w:rsid w:val="007A507F"/>
     <w:rsid w:val="007B208C"/>
     <w:rsid w:val="007B4FB7"/>
     <w:rsid w:val="007B5593"/>
     <w:rsid w:val="007C04F7"/>
     <w:rsid w:val="007D2724"/>
     <w:rsid w:val="007D3884"/>
+    <w:rsid w:val="007D41C4"/>
     <w:rsid w:val="007D7C17"/>
     <w:rsid w:val="007E2551"/>
     <w:rsid w:val="007E4DD6"/>
     <w:rsid w:val="007F1076"/>
     <w:rsid w:val="007F22C3"/>
     <w:rsid w:val="007F285C"/>
     <w:rsid w:val="007F4EC1"/>
     <w:rsid w:val="007F7989"/>
     <w:rsid w:val="00801AE6"/>
     <w:rsid w:val="0080340A"/>
     <w:rsid w:val="00803A3E"/>
     <w:rsid w:val="00804689"/>
+    <w:rsid w:val="0080533B"/>
     <w:rsid w:val="008054A3"/>
     <w:rsid w:val="00807336"/>
     <w:rsid w:val="00812DF1"/>
     <w:rsid w:val="00812E0B"/>
     <w:rsid w:val="008162AB"/>
     <w:rsid w:val="00816B8C"/>
     <w:rsid w:val="008218A7"/>
     <w:rsid w:val="008231FB"/>
+    <w:rsid w:val="0082456A"/>
     <w:rsid w:val="00833089"/>
     <w:rsid w:val="00834DF7"/>
     <w:rsid w:val="00836F7A"/>
+    <w:rsid w:val="008419C8"/>
     <w:rsid w:val="0085056F"/>
     <w:rsid w:val="0085134C"/>
     <w:rsid w:val="00851D8E"/>
     <w:rsid w:val="00857C00"/>
     <w:rsid w:val="008647FD"/>
     <w:rsid w:val="00865532"/>
     <w:rsid w:val="00865628"/>
     <w:rsid w:val="00866D11"/>
     <w:rsid w:val="00871BB5"/>
     <w:rsid w:val="00876599"/>
     <w:rsid w:val="00880769"/>
     <w:rsid w:val="00882A96"/>
     <w:rsid w:val="00883DDB"/>
     <w:rsid w:val="00886102"/>
     <w:rsid w:val="0089035C"/>
     <w:rsid w:val="00895CD0"/>
     <w:rsid w:val="008A364E"/>
     <w:rsid w:val="008C2624"/>
     <w:rsid w:val="008C330A"/>
     <w:rsid w:val="008C723C"/>
     <w:rsid w:val="008D6DC5"/>
     <w:rsid w:val="008E03EF"/>
     <w:rsid w:val="008E0B19"/>
     <w:rsid w:val="008E1839"/>
     <w:rsid w:val="008E1A07"/>
     <w:rsid w:val="008E2BE3"/>
     <w:rsid w:val="008E55BA"/>
     <w:rsid w:val="008E5808"/>
     <w:rsid w:val="008E5FC7"/>
     <w:rsid w:val="008F2244"/>
     <w:rsid w:val="008F3D8B"/>
     <w:rsid w:val="008F3DB4"/>
     <w:rsid w:val="00901E77"/>
     <w:rsid w:val="00902339"/>
     <w:rsid w:val="00906C5B"/>
     <w:rsid w:val="009136E3"/>
     <w:rsid w:val="00914115"/>
     <w:rsid w:val="00916F8B"/>
+    <w:rsid w:val="00917D32"/>
     <w:rsid w:val="009217BE"/>
     <w:rsid w:val="00923674"/>
     <w:rsid w:val="009237A6"/>
     <w:rsid w:val="0092746C"/>
     <w:rsid w:val="009345BF"/>
     <w:rsid w:val="009345E2"/>
     <w:rsid w:val="009371A5"/>
     <w:rsid w:val="00953C94"/>
     <w:rsid w:val="00954BF5"/>
     <w:rsid w:val="009602DE"/>
     <w:rsid w:val="00961A4A"/>
     <w:rsid w:val="0097753E"/>
     <w:rsid w:val="009775C2"/>
+    <w:rsid w:val="009872E8"/>
     <w:rsid w:val="00993047"/>
     <w:rsid w:val="00997910"/>
     <w:rsid w:val="009A6E11"/>
     <w:rsid w:val="009B67AF"/>
     <w:rsid w:val="009B7114"/>
     <w:rsid w:val="009B7965"/>
+    <w:rsid w:val="009C0374"/>
     <w:rsid w:val="009C091E"/>
     <w:rsid w:val="009C11A6"/>
     <w:rsid w:val="009D0748"/>
     <w:rsid w:val="009D1140"/>
+    <w:rsid w:val="009D330C"/>
     <w:rsid w:val="009E3DB3"/>
+    <w:rsid w:val="009E7883"/>
     <w:rsid w:val="009F401D"/>
     <w:rsid w:val="009F5AAF"/>
     <w:rsid w:val="009F67CA"/>
     <w:rsid w:val="00A00C30"/>
     <w:rsid w:val="00A01232"/>
     <w:rsid w:val="00A03F1A"/>
     <w:rsid w:val="00A11AE3"/>
     <w:rsid w:val="00A17327"/>
+    <w:rsid w:val="00A266F8"/>
     <w:rsid w:val="00A319C4"/>
     <w:rsid w:val="00A40CE5"/>
     <w:rsid w:val="00A44C55"/>
     <w:rsid w:val="00A45789"/>
     <w:rsid w:val="00A50F95"/>
     <w:rsid w:val="00A521D2"/>
     <w:rsid w:val="00A547E4"/>
+    <w:rsid w:val="00A61DF0"/>
     <w:rsid w:val="00A642A7"/>
+    <w:rsid w:val="00A65983"/>
     <w:rsid w:val="00A73C8F"/>
     <w:rsid w:val="00A763FC"/>
     <w:rsid w:val="00A816B5"/>
     <w:rsid w:val="00A86749"/>
     <w:rsid w:val="00A904AD"/>
     <w:rsid w:val="00A94040"/>
     <w:rsid w:val="00AA0F52"/>
     <w:rsid w:val="00AA54DE"/>
+    <w:rsid w:val="00AA57D6"/>
     <w:rsid w:val="00AA6A5E"/>
     <w:rsid w:val="00AA6E71"/>
     <w:rsid w:val="00AA70EB"/>
     <w:rsid w:val="00AC0BBE"/>
-    <w:rsid w:val="00AC1D19"/>
     <w:rsid w:val="00AC3C89"/>
     <w:rsid w:val="00AD0070"/>
     <w:rsid w:val="00AD1ABC"/>
     <w:rsid w:val="00AD2957"/>
     <w:rsid w:val="00AD5682"/>
     <w:rsid w:val="00AD6CA9"/>
+    <w:rsid w:val="00AE007A"/>
     <w:rsid w:val="00AF1840"/>
     <w:rsid w:val="00AF358E"/>
     <w:rsid w:val="00AF5093"/>
     <w:rsid w:val="00AF65B4"/>
     <w:rsid w:val="00B01ACA"/>
     <w:rsid w:val="00B0359F"/>
     <w:rsid w:val="00B03AAA"/>
     <w:rsid w:val="00B1015E"/>
     <w:rsid w:val="00B12BC7"/>
     <w:rsid w:val="00B13870"/>
     <w:rsid w:val="00B215A8"/>
     <w:rsid w:val="00B24333"/>
     <w:rsid w:val="00B25335"/>
     <w:rsid w:val="00B2554E"/>
     <w:rsid w:val="00B25A9B"/>
     <w:rsid w:val="00B32743"/>
     <w:rsid w:val="00B45D45"/>
     <w:rsid w:val="00B55E42"/>
     <w:rsid w:val="00B571B8"/>
+    <w:rsid w:val="00B60037"/>
     <w:rsid w:val="00B60F22"/>
     <w:rsid w:val="00B67946"/>
     <w:rsid w:val="00B71844"/>
     <w:rsid w:val="00B71EC1"/>
     <w:rsid w:val="00B73AE3"/>
     <w:rsid w:val="00B73FAC"/>
     <w:rsid w:val="00B85EFD"/>
     <w:rsid w:val="00B87701"/>
     <w:rsid w:val="00B92698"/>
     <w:rsid w:val="00B92936"/>
     <w:rsid w:val="00B94450"/>
     <w:rsid w:val="00B9717B"/>
     <w:rsid w:val="00B97637"/>
     <w:rsid w:val="00BA01D0"/>
     <w:rsid w:val="00BA2409"/>
     <w:rsid w:val="00BA2AFD"/>
     <w:rsid w:val="00BB4320"/>
     <w:rsid w:val="00BC3807"/>
     <w:rsid w:val="00BC6544"/>
     <w:rsid w:val="00BD0633"/>
     <w:rsid w:val="00BD14EC"/>
     <w:rsid w:val="00BD3FC5"/>
     <w:rsid w:val="00BD41D6"/>
     <w:rsid w:val="00BD7A64"/>
     <w:rsid w:val="00BE2856"/>
     <w:rsid w:val="00BE4B8D"/>
     <w:rsid w:val="00BE63B8"/>
     <w:rsid w:val="00BE64BB"/>
     <w:rsid w:val="00BF1938"/>
     <w:rsid w:val="00BF6F99"/>
     <w:rsid w:val="00C02AE8"/>
     <w:rsid w:val="00C0428E"/>
     <w:rsid w:val="00C075A4"/>
     <w:rsid w:val="00C07B59"/>
     <w:rsid w:val="00C07E04"/>
     <w:rsid w:val="00C105A6"/>
     <w:rsid w:val="00C16B85"/>
+    <w:rsid w:val="00C2016D"/>
     <w:rsid w:val="00C22260"/>
+    <w:rsid w:val="00C26ADF"/>
     <w:rsid w:val="00C305F4"/>
     <w:rsid w:val="00C307DC"/>
     <w:rsid w:val="00C31B76"/>
     <w:rsid w:val="00C352A1"/>
     <w:rsid w:val="00C35F24"/>
     <w:rsid w:val="00C412F3"/>
     <w:rsid w:val="00C4204C"/>
     <w:rsid w:val="00C42957"/>
     <w:rsid w:val="00C42EBE"/>
     <w:rsid w:val="00C44E3E"/>
     <w:rsid w:val="00C5366C"/>
     <w:rsid w:val="00C55E7D"/>
     <w:rsid w:val="00C63488"/>
     <w:rsid w:val="00C637F0"/>
+    <w:rsid w:val="00C64728"/>
     <w:rsid w:val="00C6698C"/>
     <w:rsid w:val="00C70533"/>
     <w:rsid w:val="00C71E01"/>
     <w:rsid w:val="00C72210"/>
+    <w:rsid w:val="00C72BB8"/>
     <w:rsid w:val="00C8039E"/>
     <w:rsid w:val="00C84EE9"/>
     <w:rsid w:val="00C85864"/>
     <w:rsid w:val="00C87505"/>
     <w:rsid w:val="00C9295D"/>
     <w:rsid w:val="00CA049E"/>
     <w:rsid w:val="00CA30F2"/>
     <w:rsid w:val="00CA699F"/>
     <w:rsid w:val="00CA6D20"/>
+    <w:rsid w:val="00CB2BCE"/>
     <w:rsid w:val="00CB3AC7"/>
     <w:rsid w:val="00CB6487"/>
     <w:rsid w:val="00CB68B3"/>
     <w:rsid w:val="00CD0EBF"/>
     <w:rsid w:val="00CE6FA7"/>
     <w:rsid w:val="00CE78CE"/>
     <w:rsid w:val="00CF54D4"/>
+    <w:rsid w:val="00CF6580"/>
     <w:rsid w:val="00D07778"/>
     <w:rsid w:val="00D079DB"/>
     <w:rsid w:val="00D07C28"/>
     <w:rsid w:val="00D1146D"/>
     <w:rsid w:val="00D13940"/>
     <w:rsid w:val="00D1505A"/>
     <w:rsid w:val="00D20F4F"/>
     <w:rsid w:val="00D22999"/>
     <w:rsid w:val="00D323BF"/>
     <w:rsid w:val="00D35CA7"/>
+    <w:rsid w:val="00D43F04"/>
     <w:rsid w:val="00D467C6"/>
     <w:rsid w:val="00D552CE"/>
     <w:rsid w:val="00D556AF"/>
     <w:rsid w:val="00D556F9"/>
     <w:rsid w:val="00D62B50"/>
+    <w:rsid w:val="00D64A41"/>
     <w:rsid w:val="00D64CE8"/>
     <w:rsid w:val="00D71036"/>
     <w:rsid w:val="00D7315E"/>
     <w:rsid w:val="00D7421A"/>
     <w:rsid w:val="00D82391"/>
     <w:rsid w:val="00D824A2"/>
     <w:rsid w:val="00D90814"/>
     <w:rsid w:val="00D92968"/>
+    <w:rsid w:val="00D94E2F"/>
     <w:rsid w:val="00DA290A"/>
     <w:rsid w:val="00DA54D2"/>
+    <w:rsid w:val="00DA5E5C"/>
     <w:rsid w:val="00DB3E14"/>
     <w:rsid w:val="00DB4735"/>
     <w:rsid w:val="00DB7255"/>
     <w:rsid w:val="00DC0177"/>
+    <w:rsid w:val="00DC2439"/>
     <w:rsid w:val="00DC508F"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DC712F"/>
     <w:rsid w:val="00DD076B"/>
     <w:rsid w:val="00DD2BD1"/>
     <w:rsid w:val="00DD6674"/>
+    <w:rsid w:val="00DD78BF"/>
     <w:rsid w:val="00DE0B8B"/>
     <w:rsid w:val="00DE1191"/>
     <w:rsid w:val="00DE1662"/>
     <w:rsid w:val="00DE587F"/>
     <w:rsid w:val="00DE631F"/>
     <w:rsid w:val="00DE656A"/>
+    <w:rsid w:val="00DF2429"/>
     <w:rsid w:val="00DF39AA"/>
     <w:rsid w:val="00DF3B97"/>
     <w:rsid w:val="00DF7EF7"/>
     <w:rsid w:val="00E0338F"/>
     <w:rsid w:val="00E0507F"/>
     <w:rsid w:val="00E06A87"/>
     <w:rsid w:val="00E1162C"/>
     <w:rsid w:val="00E11D99"/>
     <w:rsid w:val="00E16B3D"/>
     <w:rsid w:val="00E23B24"/>
     <w:rsid w:val="00E32422"/>
     <w:rsid w:val="00E3301F"/>
     <w:rsid w:val="00E33672"/>
+    <w:rsid w:val="00E3436A"/>
     <w:rsid w:val="00E35029"/>
     <w:rsid w:val="00E35221"/>
     <w:rsid w:val="00E40258"/>
     <w:rsid w:val="00E40544"/>
     <w:rsid w:val="00E4266E"/>
     <w:rsid w:val="00E42DA7"/>
     <w:rsid w:val="00E46200"/>
     <w:rsid w:val="00E51F0B"/>
+    <w:rsid w:val="00E571D4"/>
     <w:rsid w:val="00E622FA"/>
     <w:rsid w:val="00E627AD"/>
     <w:rsid w:val="00E64C76"/>
     <w:rsid w:val="00E65A73"/>
     <w:rsid w:val="00E705D4"/>
     <w:rsid w:val="00E72A7E"/>
     <w:rsid w:val="00E75800"/>
     <w:rsid w:val="00E86EE7"/>
     <w:rsid w:val="00E946B1"/>
     <w:rsid w:val="00E94CEB"/>
-    <w:rsid w:val="00E961B1"/>
     <w:rsid w:val="00EA0869"/>
     <w:rsid w:val="00EA2611"/>
+    <w:rsid w:val="00EA2FFD"/>
     <w:rsid w:val="00EA3319"/>
     <w:rsid w:val="00EA380C"/>
     <w:rsid w:val="00EA3CE3"/>
+    <w:rsid w:val="00EB02D1"/>
+    <w:rsid w:val="00EB1CE2"/>
+    <w:rsid w:val="00EB4506"/>
     <w:rsid w:val="00EC18E8"/>
     <w:rsid w:val="00ED008B"/>
     <w:rsid w:val="00EE765A"/>
     <w:rsid w:val="00EF65C0"/>
     <w:rsid w:val="00F02F0C"/>
     <w:rsid w:val="00F04AE9"/>
     <w:rsid w:val="00F10511"/>
     <w:rsid w:val="00F201A9"/>
     <w:rsid w:val="00F209D6"/>
     <w:rsid w:val="00F20B48"/>
     <w:rsid w:val="00F20FEE"/>
     <w:rsid w:val="00F22B9B"/>
     <w:rsid w:val="00F27A08"/>
     <w:rsid w:val="00F31D18"/>
     <w:rsid w:val="00F31E18"/>
     <w:rsid w:val="00F36A24"/>
+    <w:rsid w:val="00F51384"/>
     <w:rsid w:val="00F5174D"/>
+    <w:rsid w:val="00F51B3D"/>
     <w:rsid w:val="00F53DBB"/>
+    <w:rsid w:val="00F5497F"/>
     <w:rsid w:val="00F565C8"/>
     <w:rsid w:val="00F56FB1"/>
     <w:rsid w:val="00F57614"/>
     <w:rsid w:val="00F67879"/>
     <w:rsid w:val="00F71C39"/>
     <w:rsid w:val="00F73A0E"/>
     <w:rsid w:val="00F74657"/>
     <w:rsid w:val="00F76C66"/>
+    <w:rsid w:val="00F804D7"/>
     <w:rsid w:val="00F83995"/>
     <w:rsid w:val="00F84B28"/>
     <w:rsid w:val="00F858B6"/>
     <w:rsid w:val="00F87316"/>
     <w:rsid w:val="00F937CD"/>
+    <w:rsid w:val="00F9384D"/>
     <w:rsid w:val="00F97895"/>
     <w:rsid w:val="00FA0082"/>
     <w:rsid w:val="00FA320E"/>
     <w:rsid w:val="00FB6899"/>
     <w:rsid w:val="00FC257E"/>
+    <w:rsid w:val="00FC2A89"/>
     <w:rsid w:val="00FC2FA0"/>
     <w:rsid w:val="00FC3CE4"/>
     <w:rsid w:val="00FD12E9"/>
     <w:rsid w:val="00FD49DE"/>
     <w:rsid w:val="00FD663B"/>
     <w:rsid w:val="00FF18A7"/>
     <w:rsid w:val="00FF74C2"/>
+    <w:rsid w:val="00FF7525"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="14AF1B90"/>
   <w15:docId w15:val="{39626EB5-4890-4600-B4FE-6D4A5FF58AEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:uiPriority="99"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6386,51 +6341,51 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="001C6879"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6681,86 +6636,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B395B1F-4E60-4107-A803-1673E842C470}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FB20075-AC59-4966-B38C-208EE82B7EBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2419</Words>
-  <Characters>1380</Characters>
+  <Words>2468</Words>
+  <Characters>1407</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Pielikums</vt:lpstr>
       <vt:lpstr>Pielikums</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3792</CharactersWithSpaces>
+  <CharactersWithSpaces>3868</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pielikums</dc:title>
   <dc:creator>NVA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>