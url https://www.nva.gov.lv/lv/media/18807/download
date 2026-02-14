--- v0 (2025-10-04)
+++ v1 (2026-02-14)
@@ -1,688 +1,761 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20338"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{22008A79-DA31-4D89-AE6B-1C19A61BAEDF}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{70C6AAF6-1710-4D63-BF71-D8BC62FA05C0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28170" windowHeight="9540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="27405" windowHeight="9525" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="1.pielikums_INV" sheetId="1" r:id="rId1"/>
+    <sheet name="1_variants" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'1.pielikums_INV'!$B$1:$AS$50</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'1_variants'!$A$1:$AR$52</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AM28" i="1" l="1"/>
-  <c r="AR28" i="1"/>
+  <c r="AL28" i="1" l="1"/>
   <c r="AQ28" i="1"/>
   <c r="AP28" i="1"/>
   <c r="AO28" i="1"/>
   <c r="AN28" i="1"/>
+  <c r="AM28" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="50">
   <si>
     <t>Nr. p.k.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dienas</t>
   </si>
   <si>
     <t>Kopā:</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ja Atskaite tiek iesniegta par kalendāro ceturksni, tad Atskaite jāsagatavo par katru ceturkšņa mēnesi atsevišķi.</t>
     </r>
   </si>
   <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">2 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">skaidrojošās atzīmes: 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Par klientu</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> - nostrādātās stundas - 1...24 stundas; neattaisnoti kavējumi - 0; darba nespēja - S; atvaļinājums - A; bērna kopšanas atvaļinājums - Ab; likumā atļautie kavējumi - N; brīvdiena, bezalgas atvaļinājums - B.</t>
+    </r>
+  </si>
+  <si>
     <t>juridiskās personas nosaukums / fiziskās personas vārds, uzvārds</t>
   </si>
   <si>
     <r>
       <t>Atzīmes par ierašanos un neierašanos darbā</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Dotācija  klienta darba algai/ dotācija darba vadītājam, 
 EUR</t>
   </si>
   <si>
     <t>t.sk.,
 Aģentūras finansējums</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Mēnesī nostrādātas </t>
   </si>
   <si>
     <t>Dokumenta datums ir tā elektroniskās</t>
   </si>
   <si>
     <t xml:space="preserve"> Vārds, uzvārds   
               </t>
   </si>
   <si>
     <t>2. Atskaites pielikumā:</t>
   </si>
   <si>
-    <t>2.2. citi dokumenti uz ___ lapām.</t>
-[...4 lines deleted...]
-  <si>
     <t>x</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>t.sk., 
+darba devēja līdzfinansējums</t>
   </si>
   <si>
     <r>
       <t>Darba līgumā noteiktā darba alga vai stundas likme mēnesī, 
 EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Noteiktais darba dienu vai stundu skaits mēnesī</t>
+      <t>Dotācija darba devēja VSAOI daļai no klienta darba algas dotācijas daļas, EUR</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> Darba devēja daļa klienta darba algai, EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
-    <t>t.sk., 
-[...104 lines deleted...]
-  <si>
     <r>
       <t>parakstīšanas datums</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>7</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve"> Darba devēja daļa klienta darba algai, EUR</t>
-[...1 lines deleted...]
-    <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="9"/>
+        <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">neaizpilda, ja informācija norādīta par darba vadītāju. </t>
+    </r>
   </si>
   <si>
-    <t>2.1.  klientu darba kavējumus attaisnojošo dokumentu kopijas uz___ lapām</t>
+    <r>
+      <t xml:space="preserve">6  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">norāda finansējuma apmēru, ja saskaņā ar Līgumā norādīto šāda dotācija ir paredzēta. </t>
+    </r>
+  </si>
+  <si>
+    <t>Līgums __.__.20___.  Nr._________________</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>7</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">  Darba devējs ar savu parakstu apliecina, ka ir veicis maksājumus atbilstoši Līgumam un spēkā esošiem normatīvajiem aktiem, t.sk., veicis dotācijas izmaksu darba vadītājam un veicis no Darba devēja privātā līdzfinansējuma paredzētos maksājumus par klientu. </t>
-[...143 lines deleted...]
-      <t>, kas satur laika zīmogu.</t>
+      <t xml:space="preserve"> Darba devējs ar savu parakstu apliecina, ka: </t>
     </r>
   </si>
   <si>
     <t>1.1.</t>
   </si>
   <si>
     <t>darba vadītājam</t>
   </si>
   <si>
     <t>1.2.</t>
   </si>
   <si>
     <t>1.3.</t>
   </si>
   <si>
     <t>Pasākuma īstenošanas laikā vienlaikus iesaistīto klientu skaits  nepārsniedz 50% no darba devēja kopējā nodarbināto skaita  un kopā ir ne vairāk kā 20 personas.</t>
   </si>
   <si>
-    <t>klientam ar invaliditāti</t>
+    <r>
+      <t>1. Informācija par  darba laiku un aprēķināto atlīdzību/dotāciju:</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>8</t>
+    </r>
   </si>
   <si>
     <r>
-      <t>Bruto darba alga  klientam/ dotācija darba vadītājam, 
+      <t>Bruto darba  alga  klientam/ dotācija darba vadītājam, 
 EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>5</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
   </si>
   <si>
     <r>
       <t>Darba devēja
  VSAOI
-klienta
- bruto darba  algai, 
+klienta bruto darba  algai, 
 EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <r>
       <t>Darba devēja VSAOI daļa par klienta bruto darba algu, EUR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">3 </t>
     </r>
   </si>
   <si>
     <r>
-      <t>1. Informācija par  darba laiku un aprēķināto atlīdzību/dotāciju:</t>
-[...57 lines deleted...]
-    <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">8 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Informāciju par  darba laiku un aprēķināto atlīdzību/dotāciju aizpilda atbilstoši pasākumā iesaistīto klientu skaitam, pārējās rindas dzēš.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>norāda faktiski nostrādātās stundas klientam. Ja ir virsstundas, tad iekavās norāda kopā ar virsstundām.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pasākuma ietvaros dubultā finansējuma risks ir novērsts un projektā sniegtais atbalsts netiek finansēts vai līdzfinansēts, kā arī to nav plānots finansēt vai līdzfinansēt no citiem valsts, pašvaldības vai ārvalstu finanšu atbalsta instrumentiem; </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>klientam</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Atskaite Nr.
+par  klientu nodarbināšanu  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">20__.gada ______________ </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+                                                     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                              </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(mēnesis)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                                                                                                                                                                 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Mēnesī nostrādātas
+stundas</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+  </si>
+  <si>
+    <t>2.2. izdevumus pamatojošie dokumenti par iepriekšējā mēnesī faktiski veiktajām  izmaksām klientam un darba vadītājam (izņemot pirmo iesniegto atskaiti), saskaņā ar iepriekšējā atskaitē norādīto informāciju uz ___ lp.;</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(ESF Plus projekts „Pasākumi iekļaujošai nodarbinātībai”) </t>
+      <t>(ESF Plus projekts „Pasākumi iekļaujošai nodarbinātībai” Nr. 4.3.3.2/1/24/I/002)</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>9</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="12"/>
+        <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <t>KRG_4.2.24_1.pielikums_ligumam_2.versija 08.04.2024.</t>
+    <r>
+      <t>Noteiktais stundu
+ skaits mēnesī</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>klientam</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>2.1. klientu darba kavējumus attaisnojošo dokumentu kopijas uz___ lapām</t>
+  </si>
+  <si>
+    <t>2.3. citi dokumenti uz ___ lapām.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>3.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Atskaite (ar pielikumiem) sagatavota  vienā eksemplārā, parakstīta ar drošu elektronisko parakstu</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>, kas satur laika zīmogu.</t>
+    </r>
+  </si>
+  <si>
+    <t>klientam - nostrādātās stundas - 1...24 stundas; neattaisnoti kavējumi - 0; darba nespēja - S; atvaļinājums - A; bērna kopšanas atvaļinājums - Ab; Darba likumā atļautie kavējumi - N; brīvdiena, bezalgas atvaļinājums - B.</t>
+  </si>
+  <si>
+    <t>darba vadītājam - dienās, kad vadīts klienta darbs, norāda atzīmi - X, brīvdiena - B.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>norāda</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">klientam aprēķināto bruto darba algu, darba vadītājam - Aģentūras dotāciju. </t>
+    </r>
+  </si>
+  <si>
+    <t>ir veicis maksājumus atbilstoši Līgumam un spēkā esošiem normatīvajiem aktiem, t.sk., veicis dotācijas izmaksu darba vadītājam un veicis no Darba devēja privātā līdzfinansējuma paredzētos maksājumus par  klientu;</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">9 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Atsauci uz projektu nepiemēro Līgumiem, kas slēgti  Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam lauksaimniecības nozarē ietvaros.  </t>
+    </r>
+  </si>
+  <si>
+    <t>KRG_4.2.24_12.pielikums_1.versija_ 16.01.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -708,178 +781,150 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="8"/>
-[...11 lines deleted...]
-    <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
-      <charset val="186"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
       <vertAlign val="superscript"/>
-      <sz val="9"/>
+      <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-    <font>
+      <b/>
       <vertAlign val="superscript"/>
-      <sz val="12"/>
+      <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <strike/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FFFF0000"/>
+      <color rgb="FFCC6600"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-      <sz val="12"/>
+      <strike/>
+      <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79985961485641044"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -898,97 +943,97 @@
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1042,323 +1087,326 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="13" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="15" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...143 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1608,3619 +1656,3681 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CK52"/>
+  <dimension ref="A1:AZ61"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B49" sqref="B49:AR49"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="BA15" sqref="BA15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="0.28515625" style="3" customWidth="1"/>
-[...956 lines deleted...]
-    <col min="16173" max="16384" width="3.42578125" style="3"/>
+    <col min="1" max="1" width="5.28515625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="26.42578125" style="3" customWidth="1"/>
+    <col min="3" max="33" width="3.140625" style="3" customWidth="1"/>
+    <col min="34" max="34" width="11" style="3" customWidth="1"/>
+    <col min="35" max="35" width="10.5703125" style="3" customWidth="1"/>
+    <col min="36" max="36" width="5.7109375" style="3" customWidth="1"/>
+    <col min="37" max="37" width="4.85546875" style="3" customWidth="1"/>
+    <col min="38" max="38" width="8.5703125" style="3" customWidth="1"/>
+    <col min="39" max="39" width="8.7109375" style="3" customWidth="1"/>
+    <col min="40" max="41" width="9.140625" style="3" customWidth="1"/>
+    <col min="42" max="43" width="8.140625" style="3" customWidth="1"/>
+    <col min="44" max="257" width="3.42578125" style="3"/>
+    <col min="258" max="258" width="3.85546875" style="3" customWidth="1"/>
+    <col min="259" max="259" width="26.5703125" style="3" customWidth="1"/>
+    <col min="260" max="260" width="16" style="3" customWidth="1"/>
+    <col min="261" max="262" width="3.42578125" style="3"/>
+    <col min="263" max="290" width="3.140625" style="3" customWidth="1"/>
+    <col min="291" max="291" width="3" style="3" customWidth="1"/>
+    <col min="292" max="292" width="5.85546875" style="3" customWidth="1"/>
+    <col min="293" max="293" width="7.85546875" style="3" customWidth="1"/>
+    <col min="294" max="294" width="12.140625" style="3" customWidth="1"/>
+    <col min="295" max="295" width="11.28515625" style="3" customWidth="1"/>
+    <col min="296" max="296" width="11.5703125" style="3" customWidth="1"/>
+    <col min="297" max="297" width="13.5703125" style="3" customWidth="1"/>
+    <col min="298" max="298" width="12.5703125" style="3" customWidth="1"/>
+    <col min="299" max="299" width="13.7109375" style="3" customWidth="1"/>
+    <col min="300" max="513" width="3.42578125" style="3"/>
+    <col min="514" max="514" width="3.85546875" style="3" customWidth="1"/>
+    <col min="515" max="515" width="26.5703125" style="3" customWidth="1"/>
+    <col min="516" max="516" width="16" style="3" customWidth="1"/>
+    <col min="517" max="518" width="3.42578125" style="3"/>
+    <col min="519" max="546" width="3.140625" style="3" customWidth="1"/>
+    <col min="547" max="547" width="3" style="3" customWidth="1"/>
+    <col min="548" max="548" width="5.85546875" style="3" customWidth="1"/>
+    <col min="549" max="549" width="7.85546875" style="3" customWidth="1"/>
+    <col min="550" max="550" width="12.140625" style="3" customWidth="1"/>
+    <col min="551" max="551" width="11.28515625" style="3" customWidth="1"/>
+    <col min="552" max="552" width="11.5703125" style="3" customWidth="1"/>
+    <col min="553" max="553" width="13.5703125" style="3" customWidth="1"/>
+    <col min="554" max="554" width="12.5703125" style="3" customWidth="1"/>
+    <col min="555" max="555" width="13.7109375" style="3" customWidth="1"/>
+    <col min="556" max="769" width="3.42578125" style="3"/>
+    <col min="770" max="770" width="3.85546875" style="3" customWidth="1"/>
+    <col min="771" max="771" width="26.5703125" style="3" customWidth="1"/>
+    <col min="772" max="772" width="16" style="3" customWidth="1"/>
+    <col min="773" max="774" width="3.42578125" style="3"/>
+    <col min="775" max="802" width="3.140625" style="3" customWidth="1"/>
+    <col min="803" max="803" width="3" style="3" customWidth="1"/>
+    <col min="804" max="804" width="5.85546875" style="3" customWidth="1"/>
+    <col min="805" max="805" width="7.85546875" style="3" customWidth="1"/>
+    <col min="806" max="806" width="12.140625" style="3" customWidth="1"/>
+    <col min="807" max="807" width="11.28515625" style="3" customWidth="1"/>
+    <col min="808" max="808" width="11.5703125" style="3" customWidth="1"/>
+    <col min="809" max="809" width="13.5703125" style="3" customWidth="1"/>
+    <col min="810" max="810" width="12.5703125" style="3" customWidth="1"/>
+    <col min="811" max="811" width="13.7109375" style="3" customWidth="1"/>
+    <col min="812" max="1025" width="3.42578125" style="3"/>
+    <col min="1026" max="1026" width="3.85546875" style="3" customWidth="1"/>
+    <col min="1027" max="1027" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1028" max="1028" width="16" style="3" customWidth="1"/>
+    <col min="1029" max="1030" width="3.42578125" style="3"/>
+    <col min="1031" max="1058" width="3.140625" style="3" customWidth="1"/>
+    <col min="1059" max="1059" width="3" style="3" customWidth="1"/>
+    <col min="1060" max="1060" width="5.85546875" style="3" customWidth="1"/>
+    <col min="1061" max="1061" width="7.85546875" style="3" customWidth="1"/>
+    <col min="1062" max="1062" width="12.140625" style="3" customWidth="1"/>
+    <col min="1063" max="1063" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1064" max="1064" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1065" max="1065" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1066" max="1066" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1067" max="1067" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1068" max="1281" width="3.42578125" style="3"/>
+    <col min="1282" max="1282" width="3.85546875" style="3" customWidth="1"/>
+    <col min="1283" max="1283" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1284" max="1284" width="16" style="3" customWidth="1"/>
+    <col min="1285" max="1286" width="3.42578125" style="3"/>
+    <col min="1287" max="1314" width="3.140625" style="3" customWidth="1"/>
+    <col min="1315" max="1315" width="3" style="3" customWidth="1"/>
+    <col min="1316" max="1316" width="5.85546875" style="3" customWidth="1"/>
+    <col min="1317" max="1317" width="7.85546875" style="3" customWidth="1"/>
+    <col min="1318" max="1318" width="12.140625" style="3" customWidth="1"/>
+    <col min="1319" max="1319" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1320" max="1320" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1321" max="1321" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1322" max="1322" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1323" max="1323" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1324" max="1537" width="3.42578125" style="3"/>
+    <col min="1538" max="1538" width="3.85546875" style="3" customWidth="1"/>
+    <col min="1539" max="1539" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1540" max="1540" width="16" style="3" customWidth="1"/>
+    <col min="1541" max="1542" width="3.42578125" style="3"/>
+    <col min="1543" max="1570" width="3.140625" style="3" customWidth="1"/>
+    <col min="1571" max="1571" width="3" style="3" customWidth="1"/>
+    <col min="1572" max="1572" width="5.85546875" style="3" customWidth="1"/>
+    <col min="1573" max="1573" width="7.85546875" style="3" customWidth="1"/>
+    <col min="1574" max="1574" width="12.140625" style="3" customWidth="1"/>
+    <col min="1575" max="1575" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1576" max="1576" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1577" max="1577" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1578" max="1578" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1579" max="1579" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1580" max="1793" width="3.42578125" style="3"/>
+    <col min="1794" max="1794" width="3.85546875" style="3" customWidth="1"/>
+    <col min="1795" max="1795" width="26.5703125" style="3" customWidth="1"/>
+    <col min="1796" max="1796" width="16" style="3" customWidth="1"/>
+    <col min="1797" max="1798" width="3.42578125" style="3"/>
+    <col min="1799" max="1826" width="3.140625" style="3" customWidth="1"/>
+    <col min="1827" max="1827" width="3" style="3" customWidth="1"/>
+    <col min="1828" max="1828" width="5.85546875" style="3" customWidth="1"/>
+    <col min="1829" max="1829" width="7.85546875" style="3" customWidth="1"/>
+    <col min="1830" max="1830" width="12.140625" style="3" customWidth="1"/>
+    <col min="1831" max="1831" width="11.28515625" style="3" customWidth="1"/>
+    <col min="1832" max="1832" width="11.5703125" style="3" customWidth="1"/>
+    <col min="1833" max="1833" width="13.5703125" style="3" customWidth="1"/>
+    <col min="1834" max="1834" width="12.5703125" style="3" customWidth="1"/>
+    <col min="1835" max="1835" width="13.7109375" style="3" customWidth="1"/>
+    <col min="1836" max="2049" width="3.42578125" style="3"/>
+    <col min="2050" max="2050" width="3.85546875" style="3" customWidth="1"/>
+    <col min="2051" max="2051" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2052" max="2052" width="16" style="3" customWidth="1"/>
+    <col min="2053" max="2054" width="3.42578125" style="3"/>
+    <col min="2055" max="2082" width="3.140625" style="3" customWidth="1"/>
+    <col min="2083" max="2083" width="3" style="3" customWidth="1"/>
+    <col min="2084" max="2084" width="5.85546875" style="3" customWidth="1"/>
+    <col min="2085" max="2085" width="7.85546875" style="3" customWidth="1"/>
+    <col min="2086" max="2086" width="12.140625" style="3" customWidth="1"/>
+    <col min="2087" max="2087" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2088" max="2088" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2089" max="2089" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2090" max="2090" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2091" max="2091" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2092" max="2305" width="3.42578125" style="3"/>
+    <col min="2306" max="2306" width="3.85546875" style="3" customWidth="1"/>
+    <col min="2307" max="2307" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2308" max="2308" width="16" style="3" customWidth="1"/>
+    <col min="2309" max="2310" width="3.42578125" style="3"/>
+    <col min="2311" max="2338" width="3.140625" style="3" customWidth="1"/>
+    <col min="2339" max="2339" width="3" style="3" customWidth="1"/>
+    <col min="2340" max="2340" width="5.85546875" style="3" customWidth="1"/>
+    <col min="2341" max="2341" width="7.85546875" style="3" customWidth="1"/>
+    <col min="2342" max="2342" width="12.140625" style="3" customWidth="1"/>
+    <col min="2343" max="2343" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2344" max="2344" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2345" max="2345" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2346" max="2346" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2347" max="2347" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2348" max="2561" width="3.42578125" style="3"/>
+    <col min="2562" max="2562" width="3.85546875" style="3" customWidth="1"/>
+    <col min="2563" max="2563" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2564" max="2564" width="16" style="3" customWidth="1"/>
+    <col min="2565" max="2566" width="3.42578125" style="3"/>
+    <col min="2567" max="2594" width="3.140625" style="3" customWidth="1"/>
+    <col min="2595" max="2595" width="3" style="3" customWidth="1"/>
+    <col min="2596" max="2596" width="5.85546875" style="3" customWidth="1"/>
+    <col min="2597" max="2597" width="7.85546875" style="3" customWidth="1"/>
+    <col min="2598" max="2598" width="12.140625" style="3" customWidth="1"/>
+    <col min="2599" max="2599" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2600" max="2600" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2601" max="2601" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2602" max="2602" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2603" max="2603" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2604" max="2817" width="3.42578125" style="3"/>
+    <col min="2818" max="2818" width="3.85546875" style="3" customWidth="1"/>
+    <col min="2819" max="2819" width="26.5703125" style="3" customWidth="1"/>
+    <col min="2820" max="2820" width="16" style="3" customWidth="1"/>
+    <col min="2821" max="2822" width="3.42578125" style="3"/>
+    <col min="2823" max="2850" width="3.140625" style="3" customWidth="1"/>
+    <col min="2851" max="2851" width="3" style="3" customWidth="1"/>
+    <col min="2852" max="2852" width="5.85546875" style="3" customWidth="1"/>
+    <col min="2853" max="2853" width="7.85546875" style="3" customWidth="1"/>
+    <col min="2854" max="2854" width="12.140625" style="3" customWidth="1"/>
+    <col min="2855" max="2855" width="11.28515625" style="3" customWidth="1"/>
+    <col min="2856" max="2856" width="11.5703125" style="3" customWidth="1"/>
+    <col min="2857" max="2857" width="13.5703125" style="3" customWidth="1"/>
+    <col min="2858" max="2858" width="12.5703125" style="3" customWidth="1"/>
+    <col min="2859" max="2859" width="13.7109375" style="3" customWidth="1"/>
+    <col min="2860" max="3073" width="3.42578125" style="3"/>
+    <col min="3074" max="3074" width="3.85546875" style="3" customWidth="1"/>
+    <col min="3075" max="3075" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3076" max="3076" width="16" style="3" customWidth="1"/>
+    <col min="3077" max="3078" width="3.42578125" style="3"/>
+    <col min="3079" max="3106" width="3.140625" style="3" customWidth="1"/>
+    <col min="3107" max="3107" width="3" style="3" customWidth="1"/>
+    <col min="3108" max="3108" width="5.85546875" style="3" customWidth="1"/>
+    <col min="3109" max="3109" width="7.85546875" style="3" customWidth="1"/>
+    <col min="3110" max="3110" width="12.140625" style="3" customWidth="1"/>
+    <col min="3111" max="3111" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3112" max="3112" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3113" max="3113" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3114" max="3114" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3115" max="3115" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3116" max="3329" width="3.42578125" style="3"/>
+    <col min="3330" max="3330" width="3.85546875" style="3" customWidth="1"/>
+    <col min="3331" max="3331" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3332" max="3332" width="16" style="3" customWidth="1"/>
+    <col min="3333" max="3334" width="3.42578125" style="3"/>
+    <col min="3335" max="3362" width="3.140625" style="3" customWidth="1"/>
+    <col min="3363" max="3363" width="3" style="3" customWidth="1"/>
+    <col min="3364" max="3364" width="5.85546875" style="3" customWidth="1"/>
+    <col min="3365" max="3365" width="7.85546875" style="3" customWidth="1"/>
+    <col min="3366" max="3366" width="12.140625" style="3" customWidth="1"/>
+    <col min="3367" max="3367" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3368" max="3368" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3369" max="3369" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3370" max="3370" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3371" max="3371" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3372" max="3585" width="3.42578125" style="3"/>
+    <col min="3586" max="3586" width="3.85546875" style="3" customWidth="1"/>
+    <col min="3587" max="3587" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3588" max="3588" width="16" style="3" customWidth="1"/>
+    <col min="3589" max="3590" width="3.42578125" style="3"/>
+    <col min="3591" max="3618" width="3.140625" style="3" customWidth="1"/>
+    <col min="3619" max="3619" width="3" style="3" customWidth="1"/>
+    <col min="3620" max="3620" width="5.85546875" style="3" customWidth="1"/>
+    <col min="3621" max="3621" width="7.85546875" style="3" customWidth="1"/>
+    <col min="3622" max="3622" width="12.140625" style="3" customWidth="1"/>
+    <col min="3623" max="3623" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3624" max="3624" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3625" max="3625" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3626" max="3626" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3627" max="3627" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3628" max="3841" width="3.42578125" style="3"/>
+    <col min="3842" max="3842" width="3.85546875" style="3" customWidth="1"/>
+    <col min="3843" max="3843" width="26.5703125" style="3" customWidth="1"/>
+    <col min="3844" max="3844" width="16" style="3" customWidth="1"/>
+    <col min="3845" max="3846" width="3.42578125" style="3"/>
+    <col min="3847" max="3874" width="3.140625" style="3" customWidth="1"/>
+    <col min="3875" max="3875" width="3" style="3" customWidth="1"/>
+    <col min="3876" max="3876" width="5.85546875" style="3" customWidth="1"/>
+    <col min="3877" max="3877" width="7.85546875" style="3" customWidth="1"/>
+    <col min="3878" max="3878" width="12.140625" style="3" customWidth="1"/>
+    <col min="3879" max="3879" width="11.28515625" style="3" customWidth="1"/>
+    <col min="3880" max="3880" width="11.5703125" style="3" customWidth="1"/>
+    <col min="3881" max="3881" width="13.5703125" style="3" customWidth="1"/>
+    <col min="3882" max="3882" width="12.5703125" style="3" customWidth="1"/>
+    <col min="3883" max="3883" width="13.7109375" style="3" customWidth="1"/>
+    <col min="3884" max="4097" width="3.42578125" style="3"/>
+    <col min="4098" max="4098" width="3.85546875" style="3" customWidth="1"/>
+    <col min="4099" max="4099" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4100" max="4100" width="16" style="3" customWidth="1"/>
+    <col min="4101" max="4102" width="3.42578125" style="3"/>
+    <col min="4103" max="4130" width="3.140625" style="3" customWidth="1"/>
+    <col min="4131" max="4131" width="3" style="3" customWidth="1"/>
+    <col min="4132" max="4132" width="5.85546875" style="3" customWidth="1"/>
+    <col min="4133" max="4133" width="7.85546875" style="3" customWidth="1"/>
+    <col min="4134" max="4134" width="12.140625" style="3" customWidth="1"/>
+    <col min="4135" max="4135" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4136" max="4136" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4137" max="4137" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4138" max="4138" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4139" max="4139" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4140" max="4353" width="3.42578125" style="3"/>
+    <col min="4354" max="4354" width="3.85546875" style="3" customWidth="1"/>
+    <col min="4355" max="4355" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4356" max="4356" width="16" style="3" customWidth="1"/>
+    <col min="4357" max="4358" width="3.42578125" style="3"/>
+    <col min="4359" max="4386" width="3.140625" style="3" customWidth="1"/>
+    <col min="4387" max="4387" width="3" style="3" customWidth="1"/>
+    <col min="4388" max="4388" width="5.85546875" style="3" customWidth="1"/>
+    <col min="4389" max="4389" width="7.85546875" style="3" customWidth="1"/>
+    <col min="4390" max="4390" width="12.140625" style="3" customWidth="1"/>
+    <col min="4391" max="4391" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4392" max="4392" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4393" max="4393" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4394" max="4394" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4395" max="4395" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4396" max="4609" width="3.42578125" style="3"/>
+    <col min="4610" max="4610" width="3.85546875" style="3" customWidth="1"/>
+    <col min="4611" max="4611" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4612" max="4612" width="16" style="3" customWidth="1"/>
+    <col min="4613" max="4614" width="3.42578125" style="3"/>
+    <col min="4615" max="4642" width="3.140625" style="3" customWidth="1"/>
+    <col min="4643" max="4643" width="3" style="3" customWidth="1"/>
+    <col min="4644" max="4644" width="5.85546875" style="3" customWidth="1"/>
+    <col min="4645" max="4645" width="7.85546875" style="3" customWidth="1"/>
+    <col min="4646" max="4646" width="12.140625" style="3" customWidth="1"/>
+    <col min="4647" max="4647" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4648" max="4648" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4649" max="4649" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4650" max="4650" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4651" max="4651" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4652" max="4865" width="3.42578125" style="3"/>
+    <col min="4866" max="4866" width="3.85546875" style="3" customWidth="1"/>
+    <col min="4867" max="4867" width="26.5703125" style="3" customWidth="1"/>
+    <col min="4868" max="4868" width="16" style="3" customWidth="1"/>
+    <col min="4869" max="4870" width="3.42578125" style="3"/>
+    <col min="4871" max="4898" width="3.140625" style="3" customWidth="1"/>
+    <col min="4899" max="4899" width="3" style="3" customWidth="1"/>
+    <col min="4900" max="4900" width="5.85546875" style="3" customWidth="1"/>
+    <col min="4901" max="4901" width="7.85546875" style="3" customWidth="1"/>
+    <col min="4902" max="4902" width="12.140625" style="3" customWidth="1"/>
+    <col min="4903" max="4903" width="11.28515625" style="3" customWidth="1"/>
+    <col min="4904" max="4904" width="11.5703125" style="3" customWidth="1"/>
+    <col min="4905" max="4905" width="13.5703125" style="3" customWidth="1"/>
+    <col min="4906" max="4906" width="12.5703125" style="3" customWidth="1"/>
+    <col min="4907" max="4907" width="13.7109375" style="3" customWidth="1"/>
+    <col min="4908" max="5121" width="3.42578125" style="3"/>
+    <col min="5122" max="5122" width="3.85546875" style="3" customWidth="1"/>
+    <col min="5123" max="5123" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5124" max="5124" width="16" style="3" customWidth="1"/>
+    <col min="5125" max="5126" width="3.42578125" style="3"/>
+    <col min="5127" max="5154" width="3.140625" style="3" customWidth="1"/>
+    <col min="5155" max="5155" width="3" style="3" customWidth="1"/>
+    <col min="5156" max="5156" width="5.85546875" style="3" customWidth="1"/>
+    <col min="5157" max="5157" width="7.85546875" style="3" customWidth="1"/>
+    <col min="5158" max="5158" width="12.140625" style="3" customWidth="1"/>
+    <col min="5159" max="5159" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5160" max="5160" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5161" max="5161" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5162" max="5162" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5163" max="5163" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5164" max="5377" width="3.42578125" style="3"/>
+    <col min="5378" max="5378" width="3.85546875" style="3" customWidth="1"/>
+    <col min="5379" max="5379" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5380" max="5380" width="16" style="3" customWidth="1"/>
+    <col min="5381" max="5382" width="3.42578125" style="3"/>
+    <col min="5383" max="5410" width="3.140625" style="3" customWidth="1"/>
+    <col min="5411" max="5411" width="3" style="3" customWidth="1"/>
+    <col min="5412" max="5412" width="5.85546875" style="3" customWidth="1"/>
+    <col min="5413" max="5413" width="7.85546875" style="3" customWidth="1"/>
+    <col min="5414" max="5414" width="12.140625" style="3" customWidth="1"/>
+    <col min="5415" max="5415" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5416" max="5416" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5417" max="5417" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5418" max="5418" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5419" max="5419" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5420" max="5633" width="3.42578125" style="3"/>
+    <col min="5634" max="5634" width="3.85546875" style="3" customWidth="1"/>
+    <col min="5635" max="5635" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5636" max="5636" width="16" style="3" customWidth="1"/>
+    <col min="5637" max="5638" width="3.42578125" style="3"/>
+    <col min="5639" max="5666" width="3.140625" style="3" customWidth="1"/>
+    <col min="5667" max="5667" width="3" style="3" customWidth="1"/>
+    <col min="5668" max="5668" width="5.85546875" style="3" customWidth="1"/>
+    <col min="5669" max="5669" width="7.85546875" style="3" customWidth="1"/>
+    <col min="5670" max="5670" width="12.140625" style="3" customWidth="1"/>
+    <col min="5671" max="5671" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5672" max="5672" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5673" max="5673" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5674" max="5674" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5675" max="5675" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5676" max="5889" width="3.42578125" style="3"/>
+    <col min="5890" max="5890" width="3.85546875" style="3" customWidth="1"/>
+    <col min="5891" max="5891" width="26.5703125" style="3" customWidth="1"/>
+    <col min="5892" max="5892" width="16" style="3" customWidth="1"/>
+    <col min="5893" max="5894" width="3.42578125" style="3"/>
+    <col min="5895" max="5922" width="3.140625" style="3" customWidth="1"/>
+    <col min="5923" max="5923" width="3" style="3" customWidth="1"/>
+    <col min="5924" max="5924" width="5.85546875" style="3" customWidth="1"/>
+    <col min="5925" max="5925" width="7.85546875" style="3" customWidth="1"/>
+    <col min="5926" max="5926" width="12.140625" style="3" customWidth="1"/>
+    <col min="5927" max="5927" width="11.28515625" style="3" customWidth="1"/>
+    <col min="5928" max="5928" width="11.5703125" style="3" customWidth="1"/>
+    <col min="5929" max="5929" width="13.5703125" style="3" customWidth="1"/>
+    <col min="5930" max="5930" width="12.5703125" style="3" customWidth="1"/>
+    <col min="5931" max="5931" width="13.7109375" style="3" customWidth="1"/>
+    <col min="5932" max="6145" width="3.42578125" style="3"/>
+    <col min="6146" max="6146" width="3.85546875" style="3" customWidth="1"/>
+    <col min="6147" max="6147" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6148" max="6148" width="16" style="3" customWidth="1"/>
+    <col min="6149" max="6150" width="3.42578125" style="3"/>
+    <col min="6151" max="6178" width="3.140625" style="3" customWidth="1"/>
+    <col min="6179" max="6179" width="3" style="3" customWidth="1"/>
+    <col min="6180" max="6180" width="5.85546875" style="3" customWidth="1"/>
+    <col min="6181" max="6181" width="7.85546875" style="3" customWidth="1"/>
+    <col min="6182" max="6182" width="12.140625" style="3" customWidth="1"/>
+    <col min="6183" max="6183" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6184" max="6184" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6185" max="6185" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6186" max="6186" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6187" max="6187" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6188" max="6401" width="3.42578125" style="3"/>
+    <col min="6402" max="6402" width="3.85546875" style="3" customWidth="1"/>
+    <col min="6403" max="6403" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6404" max="6404" width="16" style="3" customWidth="1"/>
+    <col min="6405" max="6406" width="3.42578125" style="3"/>
+    <col min="6407" max="6434" width="3.140625" style="3" customWidth="1"/>
+    <col min="6435" max="6435" width="3" style="3" customWidth="1"/>
+    <col min="6436" max="6436" width="5.85546875" style="3" customWidth="1"/>
+    <col min="6437" max="6437" width="7.85546875" style="3" customWidth="1"/>
+    <col min="6438" max="6438" width="12.140625" style="3" customWidth="1"/>
+    <col min="6439" max="6439" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6440" max="6440" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6441" max="6441" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6442" max="6442" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6443" max="6443" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6444" max="6657" width="3.42578125" style="3"/>
+    <col min="6658" max="6658" width="3.85546875" style="3" customWidth="1"/>
+    <col min="6659" max="6659" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6660" max="6660" width="16" style="3" customWidth="1"/>
+    <col min="6661" max="6662" width="3.42578125" style="3"/>
+    <col min="6663" max="6690" width="3.140625" style="3" customWidth="1"/>
+    <col min="6691" max="6691" width="3" style="3" customWidth="1"/>
+    <col min="6692" max="6692" width="5.85546875" style="3" customWidth="1"/>
+    <col min="6693" max="6693" width="7.85546875" style="3" customWidth="1"/>
+    <col min="6694" max="6694" width="12.140625" style="3" customWidth="1"/>
+    <col min="6695" max="6695" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6696" max="6696" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6697" max="6697" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6698" max="6698" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6699" max="6699" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6700" max="6913" width="3.42578125" style="3"/>
+    <col min="6914" max="6914" width="3.85546875" style="3" customWidth="1"/>
+    <col min="6915" max="6915" width="26.5703125" style="3" customWidth="1"/>
+    <col min="6916" max="6916" width="16" style="3" customWidth="1"/>
+    <col min="6917" max="6918" width="3.42578125" style="3"/>
+    <col min="6919" max="6946" width="3.140625" style="3" customWidth="1"/>
+    <col min="6947" max="6947" width="3" style="3" customWidth="1"/>
+    <col min="6948" max="6948" width="5.85546875" style="3" customWidth="1"/>
+    <col min="6949" max="6949" width="7.85546875" style="3" customWidth="1"/>
+    <col min="6950" max="6950" width="12.140625" style="3" customWidth="1"/>
+    <col min="6951" max="6951" width="11.28515625" style="3" customWidth="1"/>
+    <col min="6952" max="6952" width="11.5703125" style="3" customWidth="1"/>
+    <col min="6953" max="6953" width="13.5703125" style="3" customWidth="1"/>
+    <col min="6954" max="6954" width="12.5703125" style="3" customWidth="1"/>
+    <col min="6955" max="6955" width="13.7109375" style="3" customWidth="1"/>
+    <col min="6956" max="7169" width="3.42578125" style="3"/>
+    <col min="7170" max="7170" width="3.85546875" style="3" customWidth="1"/>
+    <col min="7171" max="7171" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7172" max="7172" width="16" style="3" customWidth="1"/>
+    <col min="7173" max="7174" width="3.42578125" style="3"/>
+    <col min="7175" max="7202" width="3.140625" style="3" customWidth="1"/>
+    <col min="7203" max="7203" width="3" style="3" customWidth="1"/>
+    <col min="7204" max="7204" width="5.85546875" style="3" customWidth="1"/>
+    <col min="7205" max="7205" width="7.85546875" style="3" customWidth="1"/>
+    <col min="7206" max="7206" width="12.140625" style="3" customWidth="1"/>
+    <col min="7207" max="7207" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7208" max="7208" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7209" max="7209" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7210" max="7210" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7211" max="7211" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7212" max="7425" width="3.42578125" style="3"/>
+    <col min="7426" max="7426" width="3.85546875" style="3" customWidth="1"/>
+    <col min="7427" max="7427" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7428" max="7428" width="16" style="3" customWidth="1"/>
+    <col min="7429" max="7430" width="3.42578125" style="3"/>
+    <col min="7431" max="7458" width="3.140625" style="3" customWidth="1"/>
+    <col min="7459" max="7459" width="3" style="3" customWidth="1"/>
+    <col min="7460" max="7460" width="5.85546875" style="3" customWidth="1"/>
+    <col min="7461" max="7461" width="7.85546875" style="3" customWidth="1"/>
+    <col min="7462" max="7462" width="12.140625" style="3" customWidth="1"/>
+    <col min="7463" max="7463" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7464" max="7464" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7465" max="7465" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7466" max="7466" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7467" max="7467" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7468" max="7681" width="3.42578125" style="3"/>
+    <col min="7682" max="7682" width="3.85546875" style="3" customWidth="1"/>
+    <col min="7683" max="7683" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7684" max="7684" width="16" style="3" customWidth="1"/>
+    <col min="7685" max="7686" width="3.42578125" style="3"/>
+    <col min="7687" max="7714" width="3.140625" style="3" customWidth="1"/>
+    <col min="7715" max="7715" width="3" style="3" customWidth="1"/>
+    <col min="7716" max="7716" width="5.85546875" style="3" customWidth="1"/>
+    <col min="7717" max="7717" width="7.85546875" style="3" customWidth="1"/>
+    <col min="7718" max="7718" width="12.140625" style="3" customWidth="1"/>
+    <col min="7719" max="7719" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7720" max="7720" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7721" max="7721" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7722" max="7722" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7723" max="7723" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7724" max="7937" width="3.42578125" style="3"/>
+    <col min="7938" max="7938" width="3.85546875" style="3" customWidth="1"/>
+    <col min="7939" max="7939" width="26.5703125" style="3" customWidth="1"/>
+    <col min="7940" max="7940" width="16" style="3" customWidth="1"/>
+    <col min="7941" max="7942" width="3.42578125" style="3"/>
+    <col min="7943" max="7970" width="3.140625" style="3" customWidth="1"/>
+    <col min="7971" max="7971" width="3" style="3" customWidth="1"/>
+    <col min="7972" max="7972" width="5.85546875" style="3" customWidth="1"/>
+    <col min="7973" max="7973" width="7.85546875" style="3" customWidth="1"/>
+    <col min="7974" max="7974" width="12.140625" style="3" customWidth="1"/>
+    <col min="7975" max="7975" width="11.28515625" style="3" customWidth="1"/>
+    <col min="7976" max="7976" width="11.5703125" style="3" customWidth="1"/>
+    <col min="7977" max="7977" width="13.5703125" style="3" customWidth="1"/>
+    <col min="7978" max="7978" width="12.5703125" style="3" customWidth="1"/>
+    <col min="7979" max="7979" width="13.7109375" style="3" customWidth="1"/>
+    <col min="7980" max="8193" width="3.42578125" style="3"/>
+    <col min="8194" max="8194" width="3.85546875" style="3" customWidth="1"/>
+    <col min="8195" max="8195" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8196" max="8196" width="16" style="3" customWidth="1"/>
+    <col min="8197" max="8198" width="3.42578125" style="3"/>
+    <col min="8199" max="8226" width="3.140625" style="3" customWidth="1"/>
+    <col min="8227" max="8227" width="3" style="3" customWidth="1"/>
+    <col min="8228" max="8228" width="5.85546875" style="3" customWidth="1"/>
+    <col min="8229" max="8229" width="7.85546875" style="3" customWidth="1"/>
+    <col min="8230" max="8230" width="12.140625" style="3" customWidth="1"/>
+    <col min="8231" max="8231" width="11.28515625" style="3" customWidth="1"/>
+    <col min="8232" max="8232" width="11.5703125" style="3" customWidth="1"/>
+    <col min="8233" max="8233" width="13.5703125" style="3" customWidth="1"/>
+    <col min="8234" max="8234" width="12.5703125" style="3" customWidth="1"/>
+    <col min="8235" max="8235" width="13.7109375" style="3" customWidth="1"/>
+    <col min="8236" max="8449" width="3.42578125" style="3"/>
+    <col min="8450" max="8450" width="3.85546875" style="3" customWidth="1"/>
+    <col min="8451" max="8451" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8452" max="8452" width="16" style="3" customWidth="1"/>
+    <col min="8453" max="8454" width="3.42578125" style="3"/>
+    <col min="8455" max="8482" width="3.140625" style="3" customWidth="1"/>
+    <col min="8483" max="8483" width="3" style="3" customWidth="1"/>
+    <col min="8484" max="8484" width="5.85546875" style="3" customWidth="1"/>
+    <col min="8485" max="8485" width="7.85546875" style="3" customWidth="1"/>
+    <col min="8486" max="8486" width="12.140625" style="3" customWidth="1"/>
+    <col min="8487" max="8487" width="11.28515625" style="3" customWidth="1"/>
+    <col min="8488" max="8488" width="11.5703125" style="3" customWidth="1"/>
+    <col min="8489" max="8489" width="13.5703125" style="3" customWidth="1"/>
+    <col min="8490" max="8490" width="12.5703125" style="3" customWidth="1"/>
+    <col min="8491" max="8491" width="13.7109375" style="3" customWidth="1"/>
+    <col min="8492" max="8705" width="3.42578125" style="3"/>
+    <col min="8706" max="8706" width="3.85546875" style="3" customWidth="1"/>
+    <col min="8707" max="8707" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8708" max="8708" width="16" style="3" customWidth="1"/>
+    <col min="8709" max="8710" width="3.42578125" style="3"/>
+    <col min="8711" max="8738" width="3.140625" style="3" customWidth="1"/>
+    <col min="8739" max="8739" width="3" style="3" customWidth="1"/>
+    <col min="8740" max="8740" width="5.85546875" style="3" customWidth="1"/>
+    <col min="8741" max="8741" width="7.85546875" style="3" customWidth="1"/>
+    <col min="8742" max="8742" width="12.140625" style="3" customWidth="1"/>
+    <col min="8743" max="8743" width="11.28515625" style="3" customWidth="1"/>
+    <col min="8744" max="8744" width="11.5703125" style="3" customWidth="1"/>
+    <col min="8745" max="8745" width="13.5703125" style="3" customWidth="1"/>
+    <col min="8746" max="8746" width="12.5703125" style="3" customWidth="1"/>
+    <col min="8747" max="8747" width="13.7109375" style="3" customWidth="1"/>
+    <col min="8748" max="8961" width="3.42578125" style="3"/>
+    <col min="8962" max="8962" width="3.85546875" style="3" customWidth="1"/>
+    <col min="8963" max="8963" width="26.5703125" style="3" customWidth="1"/>
+    <col min="8964" max="8964" width="16" style="3" customWidth="1"/>
+    <col min="8965" max="8966" width="3.42578125" style="3"/>
+    <col min="8967" max="8994" width="3.140625" style="3" customWidth="1"/>
+    <col min="8995" max="8995" width="3" style="3" customWidth="1"/>
+    <col min="8996" max="8996" width="5.85546875" style="3" customWidth="1"/>
+    <col min="8997" max="8997" width="7.85546875" style="3" customWidth="1"/>
+    <col min="8998" max="8998" width="12.140625" style="3" customWidth="1"/>
+    <col min="8999" max="8999" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9000" max="9000" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9001" max="9001" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9002" max="9002" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9003" max="9003" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9004" max="9217" width="3.42578125" style="3"/>
+    <col min="9218" max="9218" width="3.85546875" style="3" customWidth="1"/>
+    <col min="9219" max="9219" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9220" max="9220" width="16" style="3" customWidth="1"/>
+    <col min="9221" max="9222" width="3.42578125" style="3"/>
+    <col min="9223" max="9250" width="3.140625" style="3" customWidth="1"/>
+    <col min="9251" max="9251" width="3" style="3" customWidth="1"/>
+    <col min="9252" max="9252" width="5.85546875" style="3" customWidth="1"/>
+    <col min="9253" max="9253" width="7.85546875" style="3" customWidth="1"/>
+    <col min="9254" max="9254" width="12.140625" style="3" customWidth="1"/>
+    <col min="9255" max="9255" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9256" max="9256" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9257" max="9257" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9258" max="9258" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9259" max="9259" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9260" max="9473" width="3.42578125" style="3"/>
+    <col min="9474" max="9474" width="3.85546875" style="3" customWidth="1"/>
+    <col min="9475" max="9475" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9476" max="9476" width="16" style="3" customWidth="1"/>
+    <col min="9477" max="9478" width="3.42578125" style="3"/>
+    <col min="9479" max="9506" width="3.140625" style="3" customWidth="1"/>
+    <col min="9507" max="9507" width="3" style="3" customWidth="1"/>
+    <col min="9508" max="9508" width="5.85546875" style="3" customWidth="1"/>
+    <col min="9509" max="9509" width="7.85546875" style="3" customWidth="1"/>
+    <col min="9510" max="9510" width="12.140625" style="3" customWidth="1"/>
+    <col min="9511" max="9511" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9512" max="9512" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9513" max="9513" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9514" max="9514" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9515" max="9515" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9516" max="9729" width="3.42578125" style="3"/>
+    <col min="9730" max="9730" width="3.85546875" style="3" customWidth="1"/>
+    <col min="9731" max="9731" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9732" max="9732" width="16" style="3" customWidth="1"/>
+    <col min="9733" max="9734" width="3.42578125" style="3"/>
+    <col min="9735" max="9762" width="3.140625" style="3" customWidth="1"/>
+    <col min="9763" max="9763" width="3" style="3" customWidth="1"/>
+    <col min="9764" max="9764" width="5.85546875" style="3" customWidth="1"/>
+    <col min="9765" max="9765" width="7.85546875" style="3" customWidth="1"/>
+    <col min="9766" max="9766" width="12.140625" style="3" customWidth="1"/>
+    <col min="9767" max="9767" width="11.28515625" style="3" customWidth="1"/>
+    <col min="9768" max="9768" width="11.5703125" style="3" customWidth="1"/>
+    <col min="9769" max="9769" width="13.5703125" style="3" customWidth="1"/>
+    <col min="9770" max="9770" width="12.5703125" style="3" customWidth="1"/>
+    <col min="9771" max="9771" width="13.7109375" style="3" customWidth="1"/>
+    <col min="9772" max="9985" width="3.42578125" style="3"/>
+    <col min="9986" max="9986" width="3.85546875" style="3" customWidth="1"/>
+    <col min="9987" max="9987" width="26.5703125" style="3" customWidth="1"/>
+    <col min="9988" max="9988" width="16" style="3" customWidth="1"/>
+    <col min="9989" max="9990" width="3.42578125" style="3"/>
+    <col min="9991" max="10018" width="3.140625" style="3" customWidth="1"/>
+    <col min="10019" max="10019" width="3" style="3" customWidth="1"/>
+    <col min="10020" max="10020" width="5.85546875" style="3" customWidth="1"/>
+    <col min="10021" max="10021" width="7.85546875" style="3" customWidth="1"/>
+    <col min="10022" max="10022" width="12.140625" style="3" customWidth="1"/>
+    <col min="10023" max="10023" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10024" max="10024" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10025" max="10025" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10026" max="10026" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10027" max="10027" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10028" max="10241" width="3.42578125" style="3"/>
+    <col min="10242" max="10242" width="3.85546875" style="3" customWidth="1"/>
+    <col min="10243" max="10243" width="26.5703125" style="3" customWidth="1"/>
+    <col min="10244" max="10244" width="16" style="3" customWidth="1"/>
+    <col min="10245" max="10246" width="3.42578125" style="3"/>
+    <col min="10247" max="10274" width="3.140625" style="3" customWidth="1"/>
+    <col min="10275" max="10275" width="3" style="3" customWidth="1"/>
+    <col min="10276" max="10276" width="5.85546875" style="3" customWidth="1"/>
+    <col min="10277" max="10277" width="7.85546875" style="3" customWidth="1"/>
+    <col min="10278" max="10278" width="12.140625" style="3" customWidth="1"/>
+    <col min="10279" max="10279" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10280" max="10280" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10281" max="10281" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10282" max="10282" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10283" max="10283" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10284" max="10497" width="3.42578125" style="3"/>
+    <col min="10498" max="10498" width="3.85546875" style="3" customWidth="1"/>
+    <col min="10499" max="10499" width="26.5703125" style="3" customWidth="1"/>
+    <col min="10500" max="10500" width="16" style="3" customWidth="1"/>
+    <col min="10501" max="10502" width="3.42578125" style="3"/>
+    <col min="10503" max="10530" width="3.140625" style="3" customWidth="1"/>
+    <col min="10531" max="10531" width="3" style="3" customWidth="1"/>
+    <col min="10532" max="10532" width="5.85546875" style="3" customWidth="1"/>
+    <col min="10533" max="10533" width="7.85546875" style="3" customWidth="1"/>
+    <col min="10534" max="10534" width="12.140625" style="3" customWidth="1"/>
+    <col min="10535" max="10535" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10536" max="10536" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10537" max="10537" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10538" max="10538" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10539" max="10539" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10540" max="10753" width="3.42578125" style="3"/>
+    <col min="10754" max="10754" width="3.85546875" style="3" customWidth="1"/>
+    <col min="10755" max="10755" width="26.5703125" style="3" customWidth="1"/>
+    <col min="10756" max="10756" width="16" style="3" customWidth="1"/>
+    <col min="10757" max="10758" width="3.42578125" style="3"/>
+    <col min="10759" max="10786" width="3.140625" style="3" customWidth="1"/>
+    <col min="10787" max="10787" width="3" style="3" customWidth="1"/>
+    <col min="10788" max="10788" width="5.85546875" style="3" customWidth="1"/>
+    <col min="10789" max="10789" width="7.85546875" style="3" customWidth="1"/>
+    <col min="10790" max="10790" width="12.140625" style="3" customWidth="1"/>
+    <col min="10791" max="10791" width="11.28515625" style="3" customWidth="1"/>
+    <col min="10792" max="10792" width="11.5703125" style="3" customWidth="1"/>
+    <col min="10793" max="10793" width="13.5703125" style="3" customWidth="1"/>
+    <col min="10794" max="10794" width="12.5703125" style="3" customWidth="1"/>
+    <col min="10795" max="10795" width="13.7109375" style="3" customWidth="1"/>
+    <col min="10796" max="11009" width="3.42578125" style="3"/>
+    <col min="11010" max="11010" width="3.85546875" style="3" customWidth="1"/>
+    <col min="11011" max="11011" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11012" max="11012" width="16" style="3" customWidth="1"/>
+    <col min="11013" max="11014" width="3.42578125" style="3"/>
+    <col min="11015" max="11042" width="3.140625" style="3" customWidth="1"/>
+    <col min="11043" max="11043" width="3" style="3" customWidth="1"/>
+    <col min="11044" max="11044" width="5.85546875" style="3" customWidth="1"/>
+    <col min="11045" max="11045" width="7.85546875" style="3" customWidth="1"/>
+    <col min="11046" max="11046" width="12.140625" style="3" customWidth="1"/>
+    <col min="11047" max="11047" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11048" max="11048" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11049" max="11049" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11050" max="11050" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11051" max="11051" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11052" max="11265" width="3.42578125" style="3"/>
+    <col min="11266" max="11266" width="3.85546875" style="3" customWidth="1"/>
+    <col min="11267" max="11267" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11268" max="11268" width="16" style="3" customWidth="1"/>
+    <col min="11269" max="11270" width="3.42578125" style="3"/>
+    <col min="11271" max="11298" width="3.140625" style="3" customWidth="1"/>
+    <col min="11299" max="11299" width="3" style="3" customWidth="1"/>
+    <col min="11300" max="11300" width="5.85546875" style="3" customWidth="1"/>
+    <col min="11301" max="11301" width="7.85546875" style="3" customWidth="1"/>
+    <col min="11302" max="11302" width="12.140625" style="3" customWidth="1"/>
+    <col min="11303" max="11303" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11304" max="11304" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11305" max="11305" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11306" max="11306" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11307" max="11307" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11308" max="11521" width="3.42578125" style="3"/>
+    <col min="11522" max="11522" width="3.85546875" style="3" customWidth="1"/>
+    <col min="11523" max="11523" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11524" max="11524" width="16" style="3" customWidth="1"/>
+    <col min="11525" max="11526" width="3.42578125" style="3"/>
+    <col min="11527" max="11554" width="3.140625" style="3" customWidth="1"/>
+    <col min="11555" max="11555" width="3" style="3" customWidth="1"/>
+    <col min="11556" max="11556" width="5.85546875" style="3" customWidth="1"/>
+    <col min="11557" max="11557" width="7.85546875" style="3" customWidth="1"/>
+    <col min="11558" max="11558" width="12.140625" style="3" customWidth="1"/>
+    <col min="11559" max="11559" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11560" max="11560" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11561" max="11561" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11562" max="11562" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11563" max="11563" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11564" max="11777" width="3.42578125" style="3"/>
+    <col min="11778" max="11778" width="3.85546875" style="3" customWidth="1"/>
+    <col min="11779" max="11779" width="26.5703125" style="3" customWidth="1"/>
+    <col min="11780" max="11780" width="16" style="3" customWidth="1"/>
+    <col min="11781" max="11782" width="3.42578125" style="3"/>
+    <col min="11783" max="11810" width="3.140625" style="3" customWidth="1"/>
+    <col min="11811" max="11811" width="3" style="3" customWidth="1"/>
+    <col min="11812" max="11812" width="5.85546875" style="3" customWidth="1"/>
+    <col min="11813" max="11813" width="7.85546875" style="3" customWidth="1"/>
+    <col min="11814" max="11814" width="12.140625" style="3" customWidth="1"/>
+    <col min="11815" max="11815" width="11.28515625" style="3" customWidth="1"/>
+    <col min="11816" max="11816" width="11.5703125" style="3" customWidth="1"/>
+    <col min="11817" max="11817" width="13.5703125" style="3" customWidth="1"/>
+    <col min="11818" max="11818" width="12.5703125" style="3" customWidth="1"/>
+    <col min="11819" max="11819" width="13.7109375" style="3" customWidth="1"/>
+    <col min="11820" max="12033" width="3.42578125" style="3"/>
+    <col min="12034" max="12034" width="3.85546875" style="3" customWidth="1"/>
+    <col min="12035" max="12035" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12036" max="12036" width="16" style="3" customWidth="1"/>
+    <col min="12037" max="12038" width="3.42578125" style="3"/>
+    <col min="12039" max="12066" width="3.140625" style="3" customWidth="1"/>
+    <col min="12067" max="12067" width="3" style="3" customWidth="1"/>
+    <col min="12068" max="12068" width="5.85546875" style="3" customWidth="1"/>
+    <col min="12069" max="12069" width="7.85546875" style="3" customWidth="1"/>
+    <col min="12070" max="12070" width="12.140625" style="3" customWidth="1"/>
+    <col min="12071" max="12071" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12072" max="12072" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12073" max="12073" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12074" max="12074" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12075" max="12075" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12076" max="12289" width="3.42578125" style="3"/>
+    <col min="12290" max="12290" width="3.85546875" style="3" customWidth="1"/>
+    <col min="12291" max="12291" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12292" max="12292" width="16" style="3" customWidth="1"/>
+    <col min="12293" max="12294" width="3.42578125" style="3"/>
+    <col min="12295" max="12322" width="3.140625" style="3" customWidth="1"/>
+    <col min="12323" max="12323" width="3" style="3" customWidth="1"/>
+    <col min="12324" max="12324" width="5.85546875" style="3" customWidth="1"/>
+    <col min="12325" max="12325" width="7.85546875" style="3" customWidth="1"/>
+    <col min="12326" max="12326" width="12.140625" style="3" customWidth="1"/>
+    <col min="12327" max="12327" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12328" max="12328" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12329" max="12329" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12330" max="12330" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12331" max="12331" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12332" max="12545" width="3.42578125" style="3"/>
+    <col min="12546" max="12546" width="3.85546875" style="3" customWidth="1"/>
+    <col min="12547" max="12547" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12548" max="12548" width="16" style="3" customWidth="1"/>
+    <col min="12549" max="12550" width="3.42578125" style="3"/>
+    <col min="12551" max="12578" width="3.140625" style="3" customWidth="1"/>
+    <col min="12579" max="12579" width="3" style="3" customWidth="1"/>
+    <col min="12580" max="12580" width="5.85546875" style="3" customWidth="1"/>
+    <col min="12581" max="12581" width="7.85546875" style="3" customWidth="1"/>
+    <col min="12582" max="12582" width="12.140625" style="3" customWidth="1"/>
+    <col min="12583" max="12583" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12584" max="12584" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12585" max="12585" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12586" max="12586" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12587" max="12587" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12588" max="12801" width="3.42578125" style="3"/>
+    <col min="12802" max="12802" width="3.85546875" style="3" customWidth="1"/>
+    <col min="12803" max="12803" width="26.5703125" style="3" customWidth="1"/>
+    <col min="12804" max="12804" width="16" style="3" customWidth="1"/>
+    <col min="12805" max="12806" width="3.42578125" style="3"/>
+    <col min="12807" max="12834" width="3.140625" style="3" customWidth="1"/>
+    <col min="12835" max="12835" width="3" style="3" customWidth="1"/>
+    <col min="12836" max="12836" width="5.85546875" style="3" customWidth="1"/>
+    <col min="12837" max="12837" width="7.85546875" style="3" customWidth="1"/>
+    <col min="12838" max="12838" width="12.140625" style="3" customWidth="1"/>
+    <col min="12839" max="12839" width="11.28515625" style="3" customWidth="1"/>
+    <col min="12840" max="12840" width="11.5703125" style="3" customWidth="1"/>
+    <col min="12841" max="12841" width="13.5703125" style="3" customWidth="1"/>
+    <col min="12842" max="12842" width="12.5703125" style="3" customWidth="1"/>
+    <col min="12843" max="12843" width="13.7109375" style="3" customWidth="1"/>
+    <col min="12844" max="13057" width="3.42578125" style="3"/>
+    <col min="13058" max="13058" width="3.85546875" style="3" customWidth="1"/>
+    <col min="13059" max="13059" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13060" max="13060" width="16" style="3" customWidth="1"/>
+    <col min="13061" max="13062" width="3.42578125" style="3"/>
+    <col min="13063" max="13090" width="3.140625" style="3" customWidth="1"/>
+    <col min="13091" max="13091" width="3" style="3" customWidth="1"/>
+    <col min="13092" max="13092" width="5.85546875" style="3" customWidth="1"/>
+    <col min="13093" max="13093" width="7.85546875" style="3" customWidth="1"/>
+    <col min="13094" max="13094" width="12.140625" style="3" customWidth="1"/>
+    <col min="13095" max="13095" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13096" max="13096" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13097" max="13097" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13098" max="13098" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13099" max="13099" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13100" max="13313" width="3.42578125" style="3"/>
+    <col min="13314" max="13314" width="3.85546875" style="3" customWidth="1"/>
+    <col min="13315" max="13315" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13316" max="13316" width="16" style="3" customWidth="1"/>
+    <col min="13317" max="13318" width="3.42578125" style="3"/>
+    <col min="13319" max="13346" width="3.140625" style="3" customWidth="1"/>
+    <col min="13347" max="13347" width="3" style="3" customWidth="1"/>
+    <col min="13348" max="13348" width="5.85546875" style="3" customWidth="1"/>
+    <col min="13349" max="13349" width="7.85546875" style="3" customWidth="1"/>
+    <col min="13350" max="13350" width="12.140625" style="3" customWidth="1"/>
+    <col min="13351" max="13351" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13352" max="13352" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13353" max="13353" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13354" max="13354" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13355" max="13355" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13356" max="13569" width="3.42578125" style="3"/>
+    <col min="13570" max="13570" width="3.85546875" style="3" customWidth="1"/>
+    <col min="13571" max="13571" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13572" max="13572" width="16" style="3" customWidth="1"/>
+    <col min="13573" max="13574" width="3.42578125" style="3"/>
+    <col min="13575" max="13602" width="3.140625" style="3" customWidth="1"/>
+    <col min="13603" max="13603" width="3" style="3" customWidth="1"/>
+    <col min="13604" max="13604" width="5.85546875" style="3" customWidth="1"/>
+    <col min="13605" max="13605" width="7.85546875" style="3" customWidth="1"/>
+    <col min="13606" max="13606" width="12.140625" style="3" customWidth="1"/>
+    <col min="13607" max="13607" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13608" max="13608" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13609" max="13609" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13610" max="13610" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13611" max="13611" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13612" max="13825" width="3.42578125" style="3"/>
+    <col min="13826" max="13826" width="3.85546875" style="3" customWidth="1"/>
+    <col min="13827" max="13827" width="26.5703125" style="3" customWidth="1"/>
+    <col min="13828" max="13828" width="16" style="3" customWidth="1"/>
+    <col min="13829" max="13830" width="3.42578125" style="3"/>
+    <col min="13831" max="13858" width="3.140625" style="3" customWidth="1"/>
+    <col min="13859" max="13859" width="3" style="3" customWidth="1"/>
+    <col min="13860" max="13860" width="5.85546875" style="3" customWidth="1"/>
+    <col min="13861" max="13861" width="7.85546875" style="3" customWidth="1"/>
+    <col min="13862" max="13862" width="12.140625" style="3" customWidth="1"/>
+    <col min="13863" max="13863" width="11.28515625" style="3" customWidth="1"/>
+    <col min="13864" max="13864" width="11.5703125" style="3" customWidth="1"/>
+    <col min="13865" max="13865" width="13.5703125" style="3" customWidth="1"/>
+    <col min="13866" max="13866" width="12.5703125" style="3" customWidth="1"/>
+    <col min="13867" max="13867" width="13.7109375" style="3" customWidth="1"/>
+    <col min="13868" max="14081" width="3.42578125" style="3"/>
+    <col min="14082" max="14082" width="3.85546875" style="3" customWidth="1"/>
+    <col min="14083" max="14083" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14084" max="14084" width="16" style="3" customWidth="1"/>
+    <col min="14085" max="14086" width="3.42578125" style="3"/>
+    <col min="14087" max="14114" width="3.140625" style="3" customWidth="1"/>
+    <col min="14115" max="14115" width="3" style="3" customWidth="1"/>
+    <col min="14116" max="14116" width="5.85546875" style="3" customWidth="1"/>
+    <col min="14117" max="14117" width="7.85546875" style="3" customWidth="1"/>
+    <col min="14118" max="14118" width="12.140625" style="3" customWidth="1"/>
+    <col min="14119" max="14119" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14120" max="14120" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14121" max="14121" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14122" max="14122" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14123" max="14123" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14124" max="14337" width="3.42578125" style="3"/>
+    <col min="14338" max="14338" width="3.85546875" style="3" customWidth="1"/>
+    <col min="14339" max="14339" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14340" max="14340" width="16" style="3" customWidth="1"/>
+    <col min="14341" max="14342" width="3.42578125" style="3"/>
+    <col min="14343" max="14370" width="3.140625" style="3" customWidth="1"/>
+    <col min="14371" max="14371" width="3" style="3" customWidth="1"/>
+    <col min="14372" max="14372" width="5.85546875" style="3" customWidth="1"/>
+    <col min="14373" max="14373" width="7.85546875" style="3" customWidth="1"/>
+    <col min="14374" max="14374" width="12.140625" style="3" customWidth="1"/>
+    <col min="14375" max="14375" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14376" max="14376" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14377" max="14377" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14378" max="14378" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14379" max="14379" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14380" max="14593" width="3.42578125" style="3"/>
+    <col min="14594" max="14594" width="3.85546875" style="3" customWidth="1"/>
+    <col min="14595" max="14595" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14596" max="14596" width="16" style="3" customWidth="1"/>
+    <col min="14597" max="14598" width="3.42578125" style="3"/>
+    <col min="14599" max="14626" width="3.140625" style="3" customWidth="1"/>
+    <col min="14627" max="14627" width="3" style="3" customWidth="1"/>
+    <col min="14628" max="14628" width="5.85546875" style="3" customWidth="1"/>
+    <col min="14629" max="14629" width="7.85546875" style="3" customWidth="1"/>
+    <col min="14630" max="14630" width="12.140625" style="3" customWidth="1"/>
+    <col min="14631" max="14631" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14632" max="14632" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14633" max="14633" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14634" max="14634" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14635" max="14635" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14636" max="14849" width="3.42578125" style="3"/>
+    <col min="14850" max="14850" width="3.85546875" style="3" customWidth="1"/>
+    <col min="14851" max="14851" width="26.5703125" style="3" customWidth="1"/>
+    <col min="14852" max="14852" width="16" style="3" customWidth="1"/>
+    <col min="14853" max="14854" width="3.42578125" style="3"/>
+    <col min="14855" max="14882" width="3.140625" style="3" customWidth="1"/>
+    <col min="14883" max="14883" width="3" style="3" customWidth="1"/>
+    <col min="14884" max="14884" width="5.85546875" style="3" customWidth="1"/>
+    <col min="14885" max="14885" width="7.85546875" style="3" customWidth="1"/>
+    <col min="14886" max="14886" width="12.140625" style="3" customWidth="1"/>
+    <col min="14887" max="14887" width="11.28515625" style="3" customWidth="1"/>
+    <col min="14888" max="14888" width="11.5703125" style="3" customWidth="1"/>
+    <col min="14889" max="14889" width="13.5703125" style="3" customWidth="1"/>
+    <col min="14890" max="14890" width="12.5703125" style="3" customWidth="1"/>
+    <col min="14891" max="14891" width="13.7109375" style="3" customWidth="1"/>
+    <col min="14892" max="15105" width="3.42578125" style="3"/>
+    <col min="15106" max="15106" width="3.85546875" style="3" customWidth="1"/>
+    <col min="15107" max="15107" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15108" max="15108" width="16" style="3" customWidth="1"/>
+    <col min="15109" max="15110" width="3.42578125" style="3"/>
+    <col min="15111" max="15138" width="3.140625" style="3" customWidth="1"/>
+    <col min="15139" max="15139" width="3" style="3" customWidth="1"/>
+    <col min="15140" max="15140" width="5.85546875" style="3" customWidth="1"/>
+    <col min="15141" max="15141" width="7.85546875" style="3" customWidth="1"/>
+    <col min="15142" max="15142" width="12.140625" style="3" customWidth="1"/>
+    <col min="15143" max="15143" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15144" max="15144" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15145" max="15145" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15146" max="15146" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15147" max="15147" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15148" max="15361" width="3.42578125" style="3"/>
+    <col min="15362" max="15362" width="3.85546875" style="3" customWidth="1"/>
+    <col min="15363" max="15363" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15364" max="15364" width="16" style="3" customWidth="1"/>
+    <col min="15365" max="15366" width="3.42578125" style="3"/>
+    <col min="15367" max="15394" width="3.140625" style="3" customWidth="1"/>
+    <col min="15395" max="15395" width="3" style="3" customWidth="1"/>
+    <col min="15396" max="15396" width="5.85546875" style="3" customWidth="1"/>
+    <col min="15397" max="15397" width="7.85546875" style="3" customWidth="1"/>
+    <col min="15398" max="15398" width="12.140625" style="3" customWidth="1"/>
+    <col min="15399" max="15399" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15400" max="15400" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15401" max="15401" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15402" max="15402" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15403" max="15403" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15404" max="15617" width="3.42578125" style="3"/>
+    <col min="15618" max="15618" width="3.85546875" style="3" customWidth="1"/>
+    <col min="15619" max="15619" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15620" max="15620" width="16" style="3" customWidth="1"/>
+    <col min="15621" max="15622" width="3.42578125" style="3"/>
+    <col min="15623" max="15650" width="3.140625" style="3" customWidth="1"/>
+    <col min="15651" max="15651" width="3" style="3" customWidth="1"/>
+    <col min="15652" max="15652" width="5.85546875" style="3" customWidth="1"/>
+    <col min="15653" max="15653" width="7.85546875" style="3" customWidth="1"/>
+    <col min="15654" max="15654" width="12.140625" style="3" customWidth="1"/>
+    <col min="15655" max="15655" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15656" max="15656" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15657" max="15657" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15658" max="15658" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15659" max="15659" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15660" max="15873" width="3.42578125" style="3"/>
+    <col min="15874" max="15874" width="3.85546875" style="3" customWidth="1"/>
+    <col min="15875" max="15875" width="26.5703125" style="3" customWidth="1"/>
+    <col min="15876" max="15876" width="16" style="3" customWidth="1"/>
+    <col min="15877" max="15878" width="3.42578125" style="3"/>
+    <col min="15879" max="15906" width="3.140625" style="3" customWidth="1"/>
+    <col min="15907" max="15907" width="3" style="3" customWidth="1"/>
+    <col min="15908" max="15908" width="5.85546875" style="3" customWidth="1"/>
+    <col min="15909" max="15909" width="7.85546875" style="3" customWidth="1"/>
+    <col min="15910" max="15910" width="12.140625" style="3" customWidth="1"/>
+    <col min="15911" max="15911" width="11.28515625" style="3" customWidth="1"/>
+    <col min="15912" max="15912" width="11.5703125" style="3" customWidth="1"/>
+    <col min="15913" max="15913" width="13.5703125" style="3" customWidth="1"/>
+    <col min="15914" max="15914" width="12.5703125" style="3" customWidth="1"/>
+    <col min="15915" max="15915" width="13.7109375" style="3" customWidth="1"/>
+    <col min="15916" max="16129" width="3.42578125" style="3"/>
+    <col min="16130" max="16130" width="3.85546875" style="3" customWidth="1"/>
+    <col min="16131" max="16131" width="26.5703125" style="3" customWidth="1"/>
+    <col min="16132" max="16132" width="16" style="3" customWidth="1"/>
+    <col min="16133" max="16134" width="3.42578125" style="3"/>
+    <col min="16135" max="16162" width="3.140625" style="3" customWidth="1"/>
+    <col min="16163" max="16163" width="3" style="3" customWidth="1"/>
+    <col min="16164" max="16164" width="5.85546875" style="3" customWidth="1"/>
+    <col min="16165" max="16165" width="7.85546875" style="3" customWidth="1"/>
+    <col min="16166" max="16166" width="12.140625" style="3" customWidth="1"/>
+    <col min="16167" max="16167" width="11.28515625" style="3" customWidth="1"/>
+    <col min="16168" max="16168" width="11.5703125" style="3" customWidth="1"/>
+    <col min="16169" max="16169" width="13.5703125" style="3" customWidth="1"/>
+    <col min="16170" max="16170" width="12.5703125" style="3" customWidth="1"/>
+    <col min="16171" max="16171" width="13.7109375" style="3" customWidth="1"/>
+    <col min="16172" max="16384" width="3.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:52" s="21" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-[...46 lines deleted...]
-      <c r="AR1" s="78"/>
+    <row r="1" spans="1:43" s="17" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="16"/>
+      <c r="B1" s="15"/>
+      <c r="C1" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="54"/>
+      <c r="M1" s="54"/>
+      <c r="N1" s="54"/>
+      <c r="O1" s="54"/>
+      <c r="P1" s="54"/>
+      <c r="Q1" s="54"/>
+      <c r="R1" s="54"/>
+      <c r="S1" s="54"/>
+      <c r="T1" s="54"/>
+      <c r="U1" s="54"/>
+      <c r="V1" s="54"/>
+      <c r="W1" s="54"/>
+      <c r="X1" s="54"/>
+      <c r="Y1" s="54"/>
+      <c r="Z1" s="54"/>
+      <c r="AA1" s="54"/>
+      <c r="AB1" s="54"/>
+      <c r="AC1" s="54"/>
+      <c r="AD1" s="54"/>
+      <c r="AE1" s="54"/>
+      <c r="AF1" s="54"/>
+      <c r="AG1" s="54"/>
+      <c r="AH1" s="54"/>
+      <c r="AI1" s="54"/>
+      <c r="AJ1" s="54"/>
+      <c r="AK1" s="56"/>
+      <c r="AL1" s="57"/>
+      <c r="AM1" s="57"/>
+      <c r="AN1" s="57"/>
+      <c r="AO1" s="57"/>
+      <c r="AP1" s="57"/>
+      <c r="AQ1" s="57"/>
     </row>
-    <row r="2" spans="2:52" ht="15.75" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      <c r="AK2" s="58"/>
+    <row r="2" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="1"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" s="55"/>
+      <c r="E2" s="55"/>
+      <c r="F2" s="55"/>
+      <c r="G2" s="55"/>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55"/>
+      <c r="J2" s="55"/>
+      <c r="K2" s="55"/>
+      <c r="L2" s="55"/>
+      <c r="M2" s="55"/>
+      <c r="N2" s="55"/>
+      <c r="O2" s="55"/>
+      <c r="P2" s="55"/>
+      <c r="Q2" s="55"/>
+      <c r="R2" s="55"/>
+      <c r="S2" s="55"/>
+      <c r="T2" s="55"/>
+      <c r="U2" s="55"/>
+      <c r="V2" s="55"/>
+      <c r="W2" s="55"/>
+      <c r="X2" s="55"/>
+      <c r="Y2" s="55"/>
+      <c r="Z2" s="55"/>
+      <c r="AA2" s="55"/>
+      <c r="AB2" s="55"/>
+      <c r="AC2" s="55"/>
+      <c r="AD2" s="55"/>
+      <c r="AE2" s="55"/>
+      <c r="AF2" s="55"/>
+      <c r="AG2" s="55"/>
+      <c r="AH2" s="55"/>
+      <c r="AI2" s="55"/>
+      <c r="AJ2" s="55"/>
+      <c r="AK2" s="4"/>
       <c r="AL2" s="4"/>
       <c r="AM2" s="4"/>
       <c r="AN2" s="4"/>
-      <c r="AO2" s="4"/>
     </row>
-    <row r="3" spans="2:52" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR3" s="77"/>
+    <row r="3" spans="1:43" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="81"/>
+      <c r="C3" s="81"/>
+      <c r="D3" s="81"/>
+      <c r="E3" s="81"/>
+      <c r="F3" s="81"/>
+      <c r="G3" s="81"/>
+      <c r="H3" s="81"/>
+      <c r="I3" s="81"/>
+      <c r="J3" s="81"/>
+      <c r="K3" s="81"/>
+      <c r="L3" s="81"/>
+      <c r="M3" s="81"/>
+      <c r="N3" s="81"/>
+      <c r="O3" s="81"/>
+      <c r="P3" s="81"/>
+      <c r="Q3" s="81"/>
+      <c r="R3" s="81"/>
+      <c r="S3" s="81"/>
+      <c r="T3" s="81"/>
+      <c r="U3" s="81"/>
+      <c r="V3" s="81"/>
+      <c r="W3" s="81"/>
+      <c r="X3" s="81"/>
+      <c r="Y3" s="81"/>
+      <c r="Z3" s="81"/>
+      <c r="AA3" s="81"/>
+      <c r="AB3" s="81"/>
+      <c r="AC3" s="81"/>
+      <c r="AD3" s="81"/>
+      <c r="AE3" s="81"/>
+      <c r="AF3" s="81"/>
+      <c r="AG3" s="81"/>
+      <c r="AH3" s="81"/>
+      <c r="AI3" s="81"/>
+      <c r="AJ3" s="81"/>
+      <c r="AK3" s="81"/>
+      <c r="AL3" s="81"/>
+      <c r="AM3" s="81"/>
+      <c r="AN3" s="81"/>
+      <c r="AO3" s="81"/>
+      <c r="AP3" s="81"/>
+      <c r="AQ3" s="81"/>
     </row>
-    <row r="4" spans="2:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR4" s="77"/>
+    <row r="4" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="81" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="81"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="81"/>
+      <c r="E4" s="81"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="81"/>
+      <c r="I4" s="81"/>
+      <c r="J4" s="81"/>
+      <c r="K4" s="81"/>
+      <c r="L4" s="81"/>
+      <c r="M4" s="81"/>
+      <c r="N4" s="81"/>
+      <c r="O4" s="81"/>
+      <c r="P4" s="81"/>
+      <c r="Q4" s="81"/>
+      <c r="R4" s="81"/>
+      <c r="S4" s="81"/>
+      <c r="T4" s="81"/>
+      <c r="U4" s="81"/>
+      <c r="V4" s="81"/>
+      <c r="W4" s="81"/>
+      <c r="X4" s="81"/>
+      <c r="Y4" s="81"/>
+      <c r="Z4" s="81"/>
+      <c r="AA4" s="81"/>
+      <c r="AB4" s="81"/>
+      <c r="AC4" s="81"/>
+      <c r="AD4" s="81"/>
+      <c r="AE4" s="81"/>
+      <c r="AF4" s="81"/>
+      <c r="AG4" s="81"/>
+      <c r="AH4" s="81"/>
+      <c r="AI4" s="81"/>
+      <c r="AJ4" s="81"/>
+      <c r="AK4" s="81"/>
+      <c r="AL4" s="81"/>
+      <c r="AM4" s="81"/>
+      <c r="AN4" s="81"/>
+      <c r="AO4" s="81"/>
+      <c r="AP4" s="81"/>
+      <c r="AQ4" s="81"/>
     </row>
-    <row r="5" spans="2:52" s="24" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="22"/>
+    <row r="5" spans="1:43" s="20" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="18"/>
+      <c r="B5" s="93"/>
       <c r="C5" s="93"/>
       <c r="D5" s="93"/>
       <c r="E5" s="93"/>
       <c r="F5" s="93"/>
       <c r="G5" s="93"/>
       <c r="H5" s="93"/>
       <c r="I5" s="93"/>
       <c r="J5" s="93"/>
       <c r="K5" s="93"/>
       <c r="L5" s="93"/>
       <c r="M5" s="93"/>
       <c r="N5" s="93"/>
       <c r="O5" s="93"/>
       <c r="P5" s="93"/>
       <c r="Q5" s="93"/>
-      <c r="R5" s="93"/>
+      <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
       <c r="U5" s="5"/>
       <c r="V5" s="5"/>
       <c r="W5" s="5"/>
       <c r="X5" s="5"/>
       <c r="Y5" s="5"/>
       <c r="Z5" s="5"/>
       <c r="AA5" s="5"/>
       <c r="AB5" s="5"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="5"/>
       <c r="AE5" s="5"/>
       <c r="AF5" s="5"/>
       <c r="AG5" s="5"/>
       <c r="AH5" s="5"/>
       <c r="AI5" s="5"/>
       <c r="AJ5" s="5"/>
-      <c r="AK5" s="5"/>
-[...3 lines deleted...]
-      <c r="AO5" s="23"/>
+      <c r="AK5" s="19"/>
+      <c r="AL5" s="19"/>
+      <c r="AM5" s="19"/>
+      <c r="AN5" s="19"/>
     </row>
-    <row r="6" spans="2:52" s="24" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C6" s="94" t="s">
+    <row r="6" spans="1:43" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="18"/>
+      <c r="B6" s="94" t="s">
         <v>4</v>
       </c>
+      <c r="C6" s="94"/>
       <c r="D6" s="94"/>
       <c r="E6" s="94"/>
       <c r="F6" s="94"/>
       <c r="G6" s="94"/>
       <c r="H6" s="94"/>
       <c r="I6" s="94"/>
       <c r="J6" s="94"/>
       <c r="K6" s="94"/>
       <c r="L6" s="94"/>
       <c r="M6" s="94"/>
       <c r="N6" s="94"/>
       <c r="O6" s="94"/>
       <c r="P6" s="94"/>
       <c r="Q6" s="94"/>
-      <c r="R6" s="94"/>
+      <c r="R6" s="5"/>
       <c r="S6" s="5"/>
       <c r="T6" s="5"/>
       <c r="U6" s="5"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
-      <c r="AK6" s="5"/>
-[...3 lines deleted...]
-      <c r="AO6" s="23"/>
+      <c r="AK6" s="19"/>
+      <c r="AL6" s="19"/>
+      <c r="AM6" s="19"/>
+      <c r="AN6" s="19"/>
     </row>
-    <row r="7" spans="2:52" s="24" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="O7" s="22"/>
+    <row r="7" spans="1:43" s="20" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="21"/>
+      <c r="C7" s="18"/>
+      <c r="D7" s="18"/>
+      <c r="E7" s="18"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="18"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="18"/>
+      <c r="J7" s="18"/>
+      <c r="K7" s="18"/>
+      <c r="L7" s="18"/>
+      <c r="M7" s="18"/>
+      <c r="N7" s="18"/>
+      <c r="O7" s="5"/>
       <c r="P7" s="5"/>
       <c r="Q7" s="5"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5"/>
       <c r="T7" s="5"/>
       <c r="U7" s="5"/>
       <c r="V7" s="5"/>
       <c r="W7" s="5"/>
       <c r="X7" s="5"/>
       <c r="Y7" s="5"/>
       <c r="Z7" s="5"/>
       <c r="AA7" s="5"/>
       <c r="AB7" s="5"/>
       <c r="AC7" s="5"/>
       <c r="AD7" s="5"/>
       <c r="AE7" s="5"/>
       <c r="AF7" s="5"/>
       <c r="AG7" s="5"/>
       <c r="AH7" s="5"/>
       <c r="AI7" s="5"/>
       <c r="AJ7" s="5"/>
-      <c r="AK7" s="5"/>
-[...3 lines deleted...]
-      <c r="AO7" s="23"/>
+      <c r="AK7" s="19"/>
+      <c r="AL7" s="19"/>
+      <c r="AM7" s="19"/>
+      <c r="AN7" s="19"/>
     </row>
-    <row r="8" spans="2:52" s="24" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="O8" s="22"/>
+    <row r="8" spans="1:43" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="18"/>
+      <c r="B8" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18"/>
+      <c r="J8" s="18"/>
+      <c r="K8" s="18"/>
+      <c r="L8" s="18"/>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="5"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="5"/>
       <c r="Z8" s="5"/>
       <c r="AA8" s="5"/>
       <c r="AB8" s="5"/>
       <c r="AC8" s="5"/>
       <c r="AD8" s="5"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
-      <c r="AK8" s="5"/>
-[...3 lines deleted...]
-      <c r="AO8" s="23"/>
+      <c r="AK8" s="19"/>
+      <c r="AL8" s="19"/>
+      <c r="AM8" s="19"/>
+      <c r="AN8" s="19"/>
     </row>
-    <row r="9" spans="2:52" s="24" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="O9" s="22"/>
+    <row r="9" spans="1:43" s="20" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="18"/>
+      <c r="B9" s="21"/>
+      <c r="C9" s="18"/>
+      <c r="D9" s="18"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="5"/>
       <c r="P9" s="5"/>
       <c r="Q9" s="5"/>
       <c r="R9" s="5"/>
       <c r="S9" s="5"/>
       <c r="T9" s="5"/>
       <c r="U9" s="5"/>
       <c r="V9" s="5"/>
       <c r="W9" s="5"/>
       <c r="X9" s="5"/>
       <c r="Y9" s="5"/>
       <c r="Z9" s="5"/>
       <c r="AA9" s="5"/>
       <c r="AB9" s="5"/>
       <c r="AC9" s="5"/>
       <c r="AD9" s="5"/>
       <c r="AE9" s="5"/>
       <c r="AF9" s="5"/>
       <c r="AG9" s="5"/>
       <c r="AH9" s="5"/>
       <c r="AI9" s="5"/>
       <c r="AJ9" s="5"/>
-      <c r="AK9" s="5"/>
-[...3 lines deleted...]
-      <c r="AO9" s="23"/>
+      <c r="AK9" s="19"/>
+      <c r="AL9" s="19"/>
+      <c r="AM9" s="19"/>
+      <c r="AN9" s="19"/>
     </row>
-    <row r="10" spans="2:52" s="24" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AR10" s="79"/>
+    <row r="10" spans="1:43" s="20" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="82"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
+      <c r="G10" s="82"/>
+      <c r="H10" s="82"/>
+      <c r="I10" s="82"/>
+      <c r="J10" s="82"/>
+      <c r="K10" s="82"/>
+      <c r="L10" s="82"/>
+      <c r="M10" s="82"/>
+      <c r="N10" s="82"/>
+      <c r="O10" s="82"/>
+      <c r="P10" s="82"/>
+      <c r="Q10" s="82"/>
+      <c r="R10" s="82"/>
+      <c r="S10" s="82"/>
+      <c r="T10" s="82"/>
+      <c r="U10" s="82"/>
+      <c r="V10" s="82"/>
+      <c r="W10" s="82"/>
+      <c r="X10" s="82"/>
+      <c r="Y10" s="82"/>
+      <c r="Z10" s="82"/>
+      <c r="AA10" s="82"/>
+      <c r="AB10" s="82"/>
+      <c r="AC10" s="82"/>
+      <c r="AD10" s="82"/>
+      <c r="AE10" s="82"/>
+      <c r="AF10" s="82"/>
+      <c r="AG10" s="82"/>
+      <c r="AH10" s="82"/>
+      <c r="AI10" s="82"/>
+      <c r="AJ10" s="82"/>
+      <c r="AK10" s="82"/>
+      <c r="AL10" s="82"/>
+      <c r="AM10" s="82"/>
+      <c r="AN10" s="82"/>
+      <c r="AO10" s="82"/>
+      <c r="AP10" s="82"/>
+      <c r="AQ10" s="82"/>
     </row>
-    <row r="11" spans="2:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="59" t="s">
+    <row r="11" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="C11" s="59" t="s">
+      <c r="B11" s="63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="66" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="67"/>
+      <c r="E11" s="67"/>
+      <c r="F11" s="67"/>
+      <c r="G11" s="67"/>
+      <c r="H11" s="67"/>
+      <c r="I11" s="67"/>
+      <c r="J11" s="67"/>
+      <c r="K11" s="67"/>
+      <c r="L11" s="67"/>
+      <c r="M11" s="67"/>
+      <c r="N11" s="67"/>
+      <c r="O11" s="67"/>
+      <c r="P11" s="67"/>
+      <c r="Q11" s="67"/>
+      <c r="R11" s="67"/>
+      <c r="S11" s="67"/>
+      <c r="T11" s="67"/>
+      <c r="U11" s="67"/>
+      <c r="V11" s="67"/>
+      <c r="W11" s="67"/>
+      <c r="X11" s="67"/>
+      <c r="Y11" s="67"/>
+      <c r="Z11" s="67"/>
+      <c r="AA11" s="67"/>
+      <c r="AB11" s="67"/>
+      <c r="AC11" s="67"/>
+      <c r="AD11" s="67"/>
+      <c r="AE11" s="67"/>
+      <c r="AF11" s="67"/>
+      <c r="AG11" s="68"/>
+      <c r="AH11" s="91" t="s">
+        <v>14</v>
+      </c>
+      <c r="AI11" s="91" t="s">
+        <v>39</v>
+      </c>
+      <c r="AJ11" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK11" s="76"/>
+      <c r="AL11" s="58" t="s">
+        <v>28</v>
+      </c>
+      <c r="AM11" s="58" t="s">
+        <v>29</v>
+      </c>
+      <c r="AN11" s="87" t="s">
+        <v>7</v>
+      </c>
+      <c r="AO11" s="88"/>
+      <c r="AP11" s="83" t="s">
+        <v>13</v>
+      </c>
+      <c r="AQ11" s="84"/>
+    </row>
+    <row r="12" spans="1:43" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="64"/>
+      <c r="B12" s="64"/>
+      <c r="C12" s="69"/>
+      <c r="D12" s="70"/>
+      <c r="E12" s="70"/>
+      <c r="F12" s="70"/>
+      <c r="G12" s="70"/>
+      <c r="H12" s="70"/>
+      <c r="I12" s="70"/>
+      <c r="J12" s="70"/>
+      <c r="K12" s="70"/>
+      <c r="L12" s="70"/>
+      <c r="M12" s="70"/>
+      <c r="N12" s="70"/>
+      <c r="O12" s="70"/>
+      <c r="P12" s="70"/>
+      <c r="Q12" s="70"/>
+      <c r="R12" s="70"/>
+      <c r="S12" s="70"/>
+      <c r="T12" s="70"/>
+      <c r="U12" s="70"/>
+      <c r="V12" s="70"/>
+      <c r="W12" s="70"/>
+      <c r="X12" s="70"/>
+      <c r="Y12" s="70"/>
+      <c r="Z12" s="70"/>
+      <c r="AA12" s="70"/>
+      <c r="AB12" s="70"/>
+      <c r="AC12" s="70"/>
+      <c r="AD12" s="70"/>
+      <c r="AE12" s="70"/>
+      <c r="AF12" s="70"/>
+      <c r="AG12" s="71"/>
+      <c r="AH12" s="92"/>
+      <c r="AI12" s="92"/>
+      <c r="AJ12" s="77"/>
+      <c r="AK12" s="78"/>
+      <c r="AL12" s="59"/>
+      <c r="AM12" s="59"/>
+      <c r="AN12" s="89"/>
+      <c r="AO12" s="90"/>
+      <c r="AP12" s="85"/>
+      <c r="AQ12" s="86"/>
+    </row>
+    <row r="13" spans="1:43" s="45" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="64"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="69"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="70"/>
+      <c r="I13" s="70"/>
+      <c r="J13" s="70"/>
+      <c r="K13" s="70"/>
+      <c r="L13" s="70"/>
+      <c r="M13" s="70"/>
+      <c r="N13" s="70"/>
+      <c r="O13" s="70"/>
+      <c r="P13" s="70"/>
+      <c r="Q13" s="70"/>
+      <c r="R13" s="70"/>
+      <c r="S13" s="70"/>
+      <c r="T13" s="70"/>
+      <c r="U13" s="70"/>
+      <c r="V13" s="70"/>
+      <c r="W13" s="70"/>
+      <c r="X13" s="70"/>
+      <c r="Y13" s="70"/>
+      <c r="Z13" s="70"/>
+      <c r="AA13" s="70"/>
+      <c r="AB13" s="70"/>
+      <c r="AC13" s="70"/>
+      <c r="AD13" s="70"/>
+      <c r="AE13" s="70"/>
+      <c r="AF13" s="70"/>
+      <c r="AG13" s="71"/>
+      <c r="AH13" s="92"/>
+      <c r="AI13" s="92"/>
+      <c r="AJ13" s="77"/>
+      <c r="AK13" s="78"/>
+      <c r="AL13" s="59"/>
+      <c r="AM13" s="59"/>
+      <c r="AN13" s="58" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO13" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="AP13" s="58" t="s">
+        <v>16</v>
+      </c>
+      <c r="AQ13" s="58" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:43" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="64"/>
+      <c r="B14" s="64"/>
+      <c r="C14" s="72"/>
+      <c r="D14" s="73"/>
+      <c r="E14" s="73"/>
+      <c r="F14" s="73"/>
+      <c r="G14" s="73"/>
+      <c r="H14" s="73"/>
+      <c r="I14" s="73"/>
+      <c r="J14" s="73"/>
+      <c r="K14" s="73"/>
+      <c r="L14" s="73"/>
+      <c r="M14" s="73"/>
+      <c r="N14" s="73"/>
+      <c r="O14" s="73"/>
+      <c r="P14" s="73"/>
+      <c r="Q14" s="73"/>
+      <c r="R14" s="73"/>
+      <c r="S14" s="73"/>
+      <c r="T14" s="73"/>
+      <c r="U14" s="73"/>
+      <c r="V14" s="73"/>
+      <c r="W14" s="73"/>
+      <c r="X14" s="73"/>
+      <c r="Y14" s="73"/>
+      <c r="Z14" s="73"/>
+      <c r="AA14" s="73"/>
+      <c r="AB14" s="73"/>
+      <c r="AC14" s="73"/>
+      <c r="AD14" s="73"/>
+      <c r="AE14" s="73"/>
+      <c r="AF14" s="73"/>
+      <c r="AG14" s="74"/>
+      <c r="AH14" s="92"/>
+      <c r="AI14" s="92"/>
+      <c r="AJ14" s="79"/>
+      <c r="AK14" s="80"/>
+      <c r="AL14" s="59"/>
+      <c r="AM14" s="59"/>
+      <c r="AN14" s="59"/>
+      <c r="AO14" s="59"/>
+      <c r="AP14" s="59"/>
+      <c r="AQ14" s="59"/>
+    </row>
+    <row r="15" spans="1:43" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="65"/>
+      <c r="B15" s="65"/>
+      <c r="C15" s="6">
+        <v>1</v>
+      </c>
+      <c r="D15" s="6">
+        <v>2</v>
+      </c>
+      <c r="E15" s="6">
+        <v>3</v>
+      </c>
+      <c r="F15" s="6">
+        <v>4</v>
+      </c>
+      <c r="G15" s="6">
+        <v>5</v>
+      </c>
+      <c r="H15" s="6">
+        <v>6</v>
+      </c>
+      <c r="I15" s="6">
+        <v>7</v>
+      </c>
+      <c r="J15" s="6">
+        <v>8</v>
+      </c>
+      <c r="K15" s="6">
+        <v>9</v>
+      </c>
+      <c r="L15" s="6">
         <v>10</v>
       </c>
-      <c r="D11" s="62" t="s">
-[...32 lines deleted...]
-      <c r="AI11" s="91" t="s">
+      <c r="M15" s="6">
+        <v>11</v>
+      </c>
+      <c r="N15" s="6">
+        <v>12</v>
+      </c>
+      <c r="O15" s="6">
+        <v>13</v>
+      </c>
+      <c r="P15" s="6">
+        <v>14</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>15</v>
+      </c>
+      <c r="R15" s="6">
         <v>16</v>
       </c>
-      <c r="AJ11" s="91" t="s">
+      <c r="S15" s="6">
         <v>17</v>
       </c>
-      <c r="AK11" s="71" t="s">
-[...3 lines deleted...]
-      <c r="AM11" s="84" t="s">
+      <c r="T15" s="6">
+        <v>18</v>
+      </c>
+      <c r="U15" s="6">
+        <v>19</v>
+      </c>
+      <c r="V15" s="6">
+        <v>20</v>
+      </c>
+      <c r="W15" s="6">
+        <v>21</v>
+      </c>
+      <c r="X15" s="6">
+        <v>22</v>
+      </c>
+      <c r="Y15" s="6">
+        <v>23</v>
+      </c>
+      <c r="Z15" s="6">
+        <v>24</v>
+      </c>
+      <c r="AA15" s="6">
+        <v>25</v>
+      </c>
+      <c r="AB15" s="6">
+        <v>26</v>
+      </c>
+      <c r="AC15" s="6">
+        <v>27</v>
+      </c>
+      <c r="AD15" s="6">
+        <v>28</v>
+      </c>
+      <c r="AE15" s="6">
+        <v>29</v>
+      </c>
+      <c r="AF15" s="6">
+        <v>30</v>
+      </c>
+      <c r="AG15" s="6">
+        <v>31</v>
+      </c>
+      <c r="AH15" s="22"/>
+      <c r="AI15" s="22"/>
+      <c r="AJ15" s="61"/>
+      <c r="AK15" s="62"/>
+      <c r="AL15" s="60"/>
+      <c r="AM15" s="60"/>
+      <c r="AN15" s="60"/>
+      <c r="AO15" s="60"/>
+      <c r="AP15" s="60"/>
+      <c r="AQ15" s="60"/>
+    </row>
+    <row r="16" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="95" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="37"/>
+      <c r="D16" s="37"/>
+      <c r="E16" s="37"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="37"/>
+      <c r="H16" s="37"/>
+      <c r="I16" s="37"/>
+      <c r="J16" s="37"/>
+      <c r="K16" s="37"/>
+      <c r="L16" s="37"/>
+      <c r="M16" s="37"/>
+      <c r="N16" s="37"/>
+      <c r="O16" s="37"/>
+      <c r="P16" s="37"/>
+      <c r="Q16" s="37"/>
+      <c r="R16" s="37"/>
+      <c r="S16" s="37"/>
+      <c r="T16" s="37"/>
+      <c r="U16" s="37"/>
+      <c r="V16" s="37"/>
+      <c r="W16" s="37"/>
+      <c r="X16" s="37"/>
+      <c r="Y16" s="37"/>
+      <c r="Z16" s="37"/>
+      <c r="AA16" s="37"/>
+      <c r="AB16" s="37"/>
+      <c r="AC16" s="37"/>
+      <c r="AD16" s="37"/>
+      <c r="AE16" s="37"/>
+      <c r="AF16" s="37"/>
+      <c r="AG16" s="37"/>
+      <c r="AH16" s="34"/>
+      <c r="AI16" s="34"/>
+      <c r="AJ16" s="33"/>
+      <c r="AK16" s="33"/>
+      <c r="AL16" s="35"/>
+      <c r="AM16" s="47"/>
+      <c r="AN16" s="35"/>
+      <c r="AO16" s="35"/>
+      <c r="AP16" s="35"/>
+      <c r="AQ16" s="48"/>
+    </row>
+    <row r="17" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="96"/>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="7"/>
+      <c r="K17" s="7"/>
+      <c r="L17" s="7"/>
+      <c r="M17" s="7"/>
+      <c r="N17" s="7"/>
+      <c r="O17" s="7"/>
+      <c r="P17" s="7"/>
+      <c r="Q17" s="7"/>
+      <c r="R17" s="7"/>
+      <c r="S17" s="7"/>
+      <c r="T17" s="7"/>
+      <c r="U17" s="7"/>
+      <c r="V17" s="7"/>
+      <c r="W17" s="7"/>
+      <c r="X17" s="7"/>
+      <c r="Y17" s="7"/>
+      <c r="Z17" s="7"/>
+      <c r="AA17" s="7"/>
+      <c r="AB17" s="7"/>
+      <c r="AC17" s="7"/>
+      <c r="AD17" s="7"/>
+      <c r="AE17" s="7"/>
+      <c r="AF17" s="7"/>
+      <c r="AG17" s="7"/>
+      <c r="AH17" s="23"/>
+      <c r="AI17" s="23"/>
+      <c r="AJ17" s="52"/>
+      <c r="AK17" s="53"/>
+      <c r="AL17" s="8"/>
+      <c r="AM17" s="49"/>
+      <c r="AN17" s="8"/>
+      <c r="AO17" s="8"/>
+      <c r="AP17" s="8"/>
+      <c r="AQ17" s="49"/>
+    </row>
+    <row r="18" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="96"/>
+      <c r="B18" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="36"/>
+      <c r="D18" s="36"/>
+      <c r="E18" s="36"/>
+      <c r="F18" s="36"/>
+      <c r="G18" s="36"/>
+      <c r="H18" s="36"/>
+      <c r="I18" s="36"/>
+      <c r="J18" s="36"/>
+      <c r="K18" s="36"/>
+      <c r="L18" s="36"/>
+      <c r="M18" s="36"/>
+      <c r="N18" s="36"/>
+      <c r="O18" s="36"/>
+      <c r="P18" s="36"/>
+      <c r="Q18" s="36"/>
+      <c r="R18" s="36"/>
+      <c r="S18" s="36"/>
+      <c r="T18" s="36"/>
+      <c r="U18" s="36"/>
+      <c r="V18" s="36"/>
+      <c r="W18" s="36"/>
+      <c r="X18" s="36"/>
+      <c r="Y18" s="36"/>
+      <c r="Z18" s="36"/>
+      <c r="AA18" s="36"/>
+      <c r="AB18" s="36"/>
+      <c r="AC18" s="36"/>
+      <c r="AD18" s="36"/>
+      <c r="AE18" s="36"/>
+      <c r="AF18" s="36"/>
+      <c r="AG18" s="36"/>
+      <c r="AH18" s="36"/>
+      <c r="AI18" s="36"/>
+      <c r="AJ18" s="36"/>
+      <c r="AK18" s="36"/>
+      <c r="AL18" s="36"/>
+      <c r="AM18" s="36"/>
+      <c r="AN18" s="36"/>
+      <c r="AO18" s="36"/>
+      <c r="AP18" s="36"/>
+      <c r="AQ18" s="38"/>
+    </row>
+    <row r="19" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="97"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
+      <c r="R19" s="29"/>
+      <c r="S19" s="29"/>
+      <c r="T19" s="29"/>
+      <c r="U19" s="29"/>
+      <c r="V19" s="29"/>
+      <c r="W19" s="29"/>
+      <c r="X19" s="29"/>
+      <c r="Y19" s="29"/>
+      <c r="Z19" s="29"/>
+      <c r="AA19" s="29"/>
+      <c r="AB19" s="29"/>
+      <c r="AC19" s="29"/>
+      <c r="AD19" s="29"/>
+      <c r="AE19" s="29"/>
+      <c r="AF19" s="29"/>
+      <c r="AG19" s="29"/>
+      <c r="AH19" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI19" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ19" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK19" s="51"/>
+      <c r="AL19" s="30"/>
+      <c r="AM19" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN19" s="30"/>
+      <c r="AO19" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP19" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ19" s="32" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="95" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="C20" s="37"/>
+      <c r="D20" s="37"/>
+      <c r="E20" s="37"/>
+      <c r="F20" s="37"/>
+      <c r="G20" s="37"/>
+      <c r="H20" s="37"/>
+      <c r="I20" s="37"/>
+      <c r="J20" s="37"/>
+      <c r="K20" s="37"/>
+      <c r="L20" s="37"/>
+      <c r="M20" s="37"/>
+      <c r="N20" s="37"/>
+      <c r="O20" s="37"/>
+      <c r="P20" s="37"/>
+      <c r="Q20" s="37"/>
+      <c r="R20" s="37"/>
+      <c r="S20" s="37"/>
+      <c r="T20" s="37"/>
+      <c r="U20" s="37"/>
+      <c r="V20" s="37"/>
+      <c r="W20" s="37"/>
+      <c r="X20" s="37"/>
+      <c r="Y20" s="37"/>
+      <c r="Z20" s="37"/>
+      <c r="AA20" s="37"/>
+      <c r="AB20" s="37"/>
+      <c r="AC20" s="37"/>
+      <c r="AD20" s="37"/>
+      <c r="AE20" s="37"/>
+      <c r="AF20" s="37"/>
+      <c r="AG20" s="37"/>
+      <c r="AH20" s="34"/>
+      <c r="AI20" s="34"/>
+      <c r="AJ20" s="33"/>
+      <c r="AK20" s="33"/>
+      <c r="AL20" s="35"/>
+      <c r="AM20" s="47"/>
+      <c r="AN20" s="35"/>
+      <c r="AO20" s="35"/>
+      <c r="AP20" s="35"/>
+      <c r="AQ20" s="48"/>
+    </row>
+    <row r="21" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="96"/>
+      <c r="B21" s="7"/>
+      <c r="C21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="7"/>
+      <c r="I21" s="7"/>
+      <c r="J21" s="7"/>
+      <c r="K21" s="7"/>
+      <c r="L21" s="7"/>
+      <c r="M21" s="7"/>
+      <c r="N21" s="7"/>
+      <c r="O21" s="7"/>
+      <c r="P21" s="7"/>
+      <c r="Q21" s="7"/>
+      <c r="R21" s="7"/>
+      <c r="S21" s="7"/>
+      <c r="T21" s="7"/>
+      <c r="U21" s="7"/>
+      <c r="V21" s="7"/>
+      <c r="W21" s="7"/>
+      <c r="X21" s="7"/>
+      <c r="Y21" s="7"/>
+      <c r="Z21" s="7"/>
+      <c r="AA21" s="7"/>
+      <c r="AB21" s="7"/>
+      <c r="AC21" s="7"/>
+      <c r="AD21" s="7"/>
+      <c r="AE21" s="7"/>
+      <c r="AF21" s="7"/>
+      <c r="AG21" s="7"/>
+      <c r="AH21" s="23"/>
+      <c r="AI21" s="23"/>
+      <c r="AJ21" s="52"/>
+      <c r="AK21" s="53"/>
+      <c r="AL21" s="8"/>
+      <c r="AM21" s="49"/>
+      <c r="AN21" s="8"/>
+      <c r="AO21" s="8"/>
+      <c r="AP21" s="8"/>
+      <c r="AQ21" s="49"/>
+    </row>
+    <row r="22" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="96"/>
+      <c r="B22" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="36"/>
+      <c r="D22" s="36"/>
+      <c r="E22" s="36"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="36"/>
+      <c r="H22" s="36"/>
+      <c r="I22" s="36"/>
+      <c r="J22" s="36"/>
+      <c r="K22" s="36"/>
+      <c r="L22" s="36"/>
+      <c r="M22" s="36"/>
+      <c r="N22" s="36"/>
+      <c r="O22" s="36"/>
+      <c r="P22" s="36"/>
+      <c r="Q22" s="36"/>
+      <c r="R22" s="36"/>
+      <c r="S22" s="36"/>
+      <c r="T22" s="36"/>
+      <c r="U22" s="36"/>
+      <c r="V22" s="36"/>
+      <c r="W22" s="36"/>
+      <c r="X22" s="36"/>
+      <c r="Y22" s="36"/>
+      <c r="Z22" s="36"/>
+      <c r="AA22" s="36"/>
+      <c r="AB22" s="36"/>
+      <c r="AC22" s="36"/>
+      <c r="AD22" s="36"/>
+      <c r="AE22" s="36"/>
+      <c r="AF22" s="36"/>
+      <c r="AG22" s="36"/>
+      <c r="AH22" s="36"/>
+      <c r="AI22" s="36"/>
+      <c r="AJ22" s="36"/>
+      <c r="AK22" s="36"/>
+      <c r="AL22" s="36"/>
+      <c r="AM22" s="36"/>
+      <c r="AN22" s="36"/>
+      <c r="AO22" s="36"/>
+      <c r="AP22" s="36"/>
+      <c r="AQ22" s="38"/>
+    </row>
+    <row r="23" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="97"/>
+      <c r="B23" s="29"/>
+      <c r="C23" s="29"/>
+      <c r="D23" s="29"/>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="29"/>
+      <c r="H23" s="29"/>
+      <c r="I23" s="29"/>
+      <c r="J23" s="29"/>
+      <c r="K23" s="29"/>
+      <c r="L23" s="29"/>
+      <c r="M23" s="29"/>
+      <c r="N23" s="29"/>
+      <c r="O23" s="29"/>
+      <c r="P23" s="29"/>
+      <c r="Q23" s="29"/>
+      <c r="R23" s="29"/>
+      <c r="S23" s="29"/>
+      <c r="T23" s="29"/>
+      <c r="U23" s="29"/>
+      <c r="V23" s="29"/>
+      <c r="W23" s="29"/>
+      <c r="X23" s="29"/>
+      <c r="Y23" s="29"/>
+      <c r="Z23" s="29"/>
+      <c r="AA23" s="29"/>
+      <c r="AB23" s="29"/>
+      <c r="AC23" s="29"/>
+      <c r="AD23" s="29"/>
+      <c r="AE23" s="29"/>
+      <c r="AF23" s="29"/>
+      <c r="AG23" s="29"/>
+      <c r="AH23" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI23" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ23" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK23" s="51"/>
+      <c r="AL23" s="30"/>
+      <c r="AM23" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN23" s="30"/>
+      <c r="AO23" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP23" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ23" s="32" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="95" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="46" t="s">
         <v>40</v>
       </c>
-      <c r="AN11" s="84" t="s">
-[...9 lines deleted...]
-      <c r="AR11" s="81"/>
+      <c r="C24" s="37"/>
+      <c r="D24" s="37"/>
+      <c r="E24" s="37"/>
+      <c r="F24" s="37"/>
+      <c r="G24" s="37"/>
+      <c r="H24" s="37"/>
+      <c r="I24" s="37"/>
+      <c r="J24" s="37"/>
+      <c r="K24" s="37"/>
+      <c r="L24" s="37"/>
+      <c r="M24" s="37"/>
+      <c r="N24" s="37"/>
+      <c r="O24" s="37"/>
+      <c r="P24" s="37"/>
+      <c r="Q24" s="37"/>
+      <c r="R24" s="37"/>
+      <c r="S24" s="37"/>
+      <c r="T24" s="37"/>
+      <c r="U24" s="37"/>
+      <c r="V24" s="37"/>
+      <c r="W24" s="37"/>
+      <c r="X24" s="37"/>
+      <c r="Y24" s="37"/>
+      <c r="Z24" s="37"/>
+      <c r="AA24" s="37"/>
+      <c r="AB24" s="37"/>
+      <c r="AC24" s="37"/>
+      <c r="AD24" s="37"/>
+      <c r="AE24" s="37"/>
+      <c r="AF24" s="37"/>
+      <c r="AG24" s="37"/>
+      <c r="AH24" s="34"/>
+      <c r="AI24" s="34"/>
+      <c r="AJ24" s="33"/>
+      <c r="AK24" s="33"/>
+      <c r="AL24" s="35"/>
+      <c r="AM24" s="47"/>
+      <c r="AN24" s="35"/>
+      <c r="AO24" s="35"/>
+      <c r="AP24" s="35"/>
+      <c r="AQ24" s="48"/>
     </row>
-    <row r="12" spans="2:52" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-[...745 lines deleted...]
-      <c r="AO25" s="9"/>
+    <row r="25" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="96"/>
+      <c r="B25" s="29"/>
+      <c r="C25" s="29"/>
+      <c r="D25" s="29"/>
+      <c r="E25" s="29"/>
+      <c r="F25" s="29"/>
+      <c r="G25" s="29"/>
+      <c r="H25" s="29"/>
+      <c r="I25" s="29"/>
+      <c r="J25" s="29"/>
+      <c r="K25" s="29"/>
+      <c r="L25" s="29"/>
+      <c r="M25" s="29"/>
+      <c r="N25" s="29"/>
+      <c r="O25" s="29"/>
+      <c r="P25" s="29"/>
+      <c r="Q25" s="29"/>
+      <c r="R25" s="29"/>
+      <c r="S25" s="29"/>
+      <c r="T25" s="29"/>
+      <c r="U25" s="29"/>
+      <c r="V25" s="29"/>
+      <c r="W25" s="29"/>
+      <c r="X25" s="29"/>
+      <c r="Y25" s="29"/>
+      <c r="Z25" s="29"/>
+      <c r="AA25" s="29"/>
+      <c r="AB25" s="29"/>
+      <c r="AC25" s="29"/>
+      <c r="AD25" s="29"/>
+      <c r="AE25" s="29"/>
+      <c r="AF25" s="29"/>
+      <c r="AG25" s="29"/>
+      <c r="AH25" s="31"/>
+      <c r="AI25" s="31"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="53"/>
+      <c r="AL25" s="30"/>
+      <c r="AM25" s="32"/>
+      <c r="AN25" s="30"/>
+      <c r="AO25" s="32"/>
       <c r="AP25" s="32"/>
       <c r="AQ25" s="32"/>
-      <c r="AR25" s="32"/>
     </row>
-    <row r="26" spans="2:44" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR26" s="56"/>
+    <row r="26" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="96"/>
+      <c r="B26" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="36"/>
+      <c r="D26" s="36"/>
+      <c r="E26" s="36"/>
+      <c r="F26" s="36"/>
+      <c r="G26" s="36"/>
+      <c r="H26" s="36"/>
+      <c r="I26" s="36"/>
+      <c r="J26" s="36"/>
+      <c r="K26" s="36"/>
+      <c r="L26" s="36"/>
+      <c r="M26" s="36"/>
+      <c r="N26" s="36"/>
+      <c r="O26" s="36"/>
+      <c r="P26" s="36"/>
+      <c r="Q26" s="36"/>
+      <c r="R26" s="36"/>
+      <c r="S26" s="36"/>
+      <c r="T26" s="36"/>
+      <c r="U26" s="36"/>
+      <c r="V26" s="36"/>
+      <c r="W26" s="36"/>
+      <c r="X26" s="36"/>
+      <c r="Y26" s="36"/>
+      <c r="Z26" s="36"/>
+      <c r="AA26" s="36"/>
+      <c r="AB26" s="36"/>
+      <c r="AC26" s="36"/>
+      <c r="AD26" s="36"/>
+      <c r="AE26" s="36"/>
+      <c r="AF26" s="36"/>
+      <c r="AG26" s="36"/>
+      <c r="AH26" s="36"/>
+      <c r="AI26" s="36"/>
+      <c r="AJ26" s="36"/>
+      <c r="AK26" s="36"/>
+      <c r="AL26" s="36"/>
+      <c r="AM26" s="36"/>
+      <c r="AN26" s="36"/>
+      <c r="AO26" s="36"/>
+      <c r="AP26" s="36"/>
+      <c r="AQ26" s="38"/>
     </row>
-    <row r="27" spans="2:44" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...55 lines deleted...]
-        <v>14</v>
+    <row r="27" spans="1:43" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="97"/>
+      <c r="B27" s="7"/>
+      <c r="C27" s="7"/>
+      <c r="D27" s="7"/>
+      <c r="E27" s="7"/>
+      <c r="F27" s="7"/>
+      <c r="G27" s="7"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="7"/>
+      <c r="M27" s="7"/>
+      <c r="N27" s="7"/>
+      <c r="O27" s="7"/>
+      <c r="P27" s="7"/>
+      <c r="Q27" s="7"/>
+      <c r="R27" s="7"/>
+      <c r="S27" s="7"/>
+      <c r="T27" s="7"/>
+      <c r="U27" s="7"/>
+      <c r="V27" s="7"/>
+      <c r="W27" s="7"/>
+      <c r="X27" s="7"/>
+      <c r="Y27" s="7"/>
+      <c r="Z27" s="7"/>
+      <c r="AA27" s="7"/>
+      <c r="AB27" s="7"/>
+      <c r="AC27" s="7"/>
+      <c r="AD27" s="7"/>
+      <c r="AE27" s="7"/>
+      <c r="AF27" s="7"/>
+      <c r="AG27" s="7"/>
+      <c r="AH27" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI27" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="AJ27" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK27" s="51"/>
+      <c r="AL27" s="8"/>
+      <c r="AM27" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN27" s="8"/>
+      <c r="AO27" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP27" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ27" s="26" t="s">
+        <v>11</v>
       </c>
     </row>
-    <row r="28" spans="2:44" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-[...40 lines deleted...]
-        <f t="shared" ref="AM28:AR28" si="0">SUM(AM17:AM27)</f>
+    <row r="28" spans="1:43" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="101"/>
+      <c r="B28" s="101"/>
+      <c r="C28" s="101"/>
+      <c r="D28" s="101"/>
+      <c r="E28" s="101"/>
+      <c r="F28" s="101"/>
+      <c r="G28" s="101"/>
+      <c r="H28" s="101"/>
+      <c r="I28" s="101"/>
+      <c r="J28" s="101"/>
+      <c r="K28" s="101"/>
+      <c r="L28" s="101"/>
+      <c r="M28" s="101"/>
+      <c r="N28" s="101"/>
+      <c r="O28" s="101"/>
+      <c r="P28" s="101"/>
+      <c r="Q28" s="101"/>
+      <c r="R28" s="101"/>
+      <c r="S28" s="101"/>
+      <c r="T28" s="101"/>
+      <c r="U28" s="101"/>
+      <c r="V28" s="101"/>
+      <c r="W28" s="101"/>
+      <c r="X28" s="101"/>
+      <c r="Y28" s="101"/>
+      <c r="Z28" s="101"/>
+      <c r="AA28" s="101"/>
+      <c r="AB28" s="101"/>
+      <c r="AC28" s="101"/>
+      <c r="AD28" s="101"/>
+      <c r="AE28" s="101"/>
+      <c r="AF28" s="101"/>
+      <c r="AG28" s="101"/>
+      <c r="AH28" s="101"/>
+      <c r="AI28" s="101"/>
+      <c r="AJ28" s="104" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK28" s="105"/>
+      <c r="AL28" s="27">
+        <f t="shared" ref="AL28:AQ28" si="0">SUM(AL17:AL27)</f>
         <v>0</v>
       </c>
-      <c r="AN28" s="33">
+      <c r="AM28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AO28" s="33">
+      <c r="AN28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AP28" s="33">
+      <c r="AO28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AQ28" s="33">
+      <c r="AP28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AR28" s="33">
+      <c r="AQ28" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:44" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="AJ29" s="11"/>
+    <row r="29" spans="1:43" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A29" s="100"/>
+      <c r="B29" s="100"/>
+      <c r="C29" s="100"/>
+      <c r="D29" s="100"/>
+      <c r="E29" s="100"/>
+      <c r="F29" s="100"/>
+      <c r="G29" s="100"/>
+      <c r="H29" s="100"/>
+      <c r="I29" s="100"/>
+      <c r="J29" s="100"/>
+      <c r="K29" s="100"/>
+      <c r="L29" s="100"/>
+      <c r="M29" s="100"/>
+      <c r="N29" s="100"/>
+      <c r="O29" s="100"/>
+      <c r="P29" s="100"/>
+      <c r="Q29" s="100"/>
+      <c r="R29" s="100"/>
+      <c r="S29" s="100"/>
+      <c r="T29" s="100"/>
+      <c r="U29" s="100"/>
+      <c r="V29" s="100"/>
+      <c r="W29" s="100"/>
+      <c r="X29" s="100"/>
+      <c r="Y29" s="100"/>
+      <c r="Z29" s="100"/>
+      <c r="AA29" s="100"/>
+      <c r="AB29" s="100"/>
+      <c r="AC29" s="100"/>
+      <c r="AD29" s="100"/>
+      <c r="AE29" s="100"/>
+      <c r="AF29" s="100"/>
+      <c r="AG29" s="100"/>
+      <c r="AH29" s="43"/>
+      <c r="AI29" s="43"/>
     </row>
-    <row r="30" spans="2:44" s="24" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AR30" s="99"/>
+    <row r="30" spans="1:43" s="20" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" s="102"/>
+      <c r="C30" s="102"/>
+      <c r="D30" s="102"/>
+      <c r="E30" s="102"/>
+      <c r="F30" s="102"/>
+      <c r="G30" s="102"/>
+      <c r="H30" s="102"/>
+      <c r="I30" s="102"/>
+      <c r="J30" s="102"/>
+      <c r="K30" s="102"/>
+      <c r="L30" s="102"/>
+      <c r="M30" s="102"/>
+      <c r="N30" s="102"/>
+      <c r="O30" s="102"/>
+      <c r="P30" s="102"/>
+      <c r="Q30" s="102"/>
+      <c r="R30" s="102"/>
+      <c r="S30" s="102"/>
+      <c r="T30" s="102"/>
+      <c r="U30" s="102"/>
+      <c r="V30" s="102"/>
+      <c r="W30" s="102"/>
+      <c r="X30" s="102"/>
+      <c r="Y30" s="102"/>
+      <c r="Z30" s="102"/>
+      <c r="AA30" s="102"/>
+      <c r="AB30" s="102"/>
+      <c r="AC30" s="102"/>
+      <c r="AD30" s="102"/>
+      <c r="AE30" s="102"/>
+      <c r="AF30" s="102"/>
+      <c r="AG30" s="102"/>
+      <c r="AH30" s="102"/>
+      <c r="AI30" s="102"/>
+      <c r="AJ30" s="102"/>
+      <c r="AK30" s="102"/>
+      <c r="AL30" s="102"/>
+      <c r="AM30" s="102"/>
+      <c r="AN30" s="102"/>
+      <c r="AO30" s="102"/>
+      <c r="AP30" s="102"/>
+      <c r="AQ30" s="102"/>
     </row>
-    <row r="31" spans="2:44" s="24" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AR31" s="100"/>
+    <row r="31" spans="1:43" s="20" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="103" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" s="103"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="103"/>
+      <c r="E31" s="103"/>
+      <c r="F31" s="103"/>
+      <c r="G31" s="103"/>
+      <c r="H31" s="103"/>
+      <c r="I31" s="103"/>
+      <c r="J31" s="103"/>
+      <c r="K31" s="103"/>
+      <c r="L31" s="103"/>
+      <c r="M31" s="103"/>
+      <c r="N31" s="103"/>
+      <c r="O31" s="103"/>
+      <c r="P31" s="103"/>
+      <c r="Q31" s="103"/>
+      <c r="R31" s="103"/>
+      <c r="S31" s="103"/>
+      <c r="T31" s="103"/>
+      <c r="U31" s="103"/>
+      <c r="V31" s="103"/>
+      <c r="W31" s="103"/>
+      <c r="X31" s="103"/>
+      <c r="Y31" s="103"/>
+      <c r="Z31" s="103"/>
+      <c r="AA31" s="103"/>
+      <c r="AB31" s="103"/>
+      <c r="AC31" s="103"/>
+      <c r="AD31" s="103"/>
+      <c r="AE31" s="103"/>
+      <c r="AF31" s="103"/>
+      <c r="AG31" s="103"/>
+      <c r="AH31" s="103"/>
+      <c r="AI31" s="103"/>
+      <c r="AJ31" s="103"/>
+      <c r="AK31" s="103"/>
+      <c r="AL31" s="103"/>
+      <c r="AM31" s="103"/>
+      <c r="AN31" s="103"/>
+      <c r="AO31" s="103"/>
+      <c r="AP31" s="103"/>
+      <c r="AQ31" s="103"/>
     </row>
-    <row r="32" spans="2:44" s="24" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="100" t="s">
+    <row r="32" spans="1:43" s="20" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="44" t="s">
+        <v>37</v>
+      </c>
+      <c r="B32" s="44"/>
+      <c r="C32" s="44"/>
+      <c r="D32" s="44"/>
+      <c r="E32" s="44"/>
+      <c r="F32" s="44"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="44"/>
+      <c r="J32" s="44"/>
+      <c r="K32" s="44"/>
+      <c r="L32" s="44"/>
+      <c r="M32" s="44"/>
+      <c r="N32" s="44"/>
+      <c r="O32" s="44"/>
+      <c r="P32" s="44"/>
+      <c r="Q32" s="44"/>
+      <c r="R32" s="44"/>
+      <c r="S32" s="44"/>
+      <c r="T32" s="44"/>
+      <c r="U32" s="44"/>
+      <c r="V32" s="44"/>
+      <c r="W32" s="44"/>
+      <c r="X32" s="44"/>
+      <c r="Y32" s="44"/>
+      <c r="Z32" s="44"/>
+      <c r="AA32" s="44"/>
+      <c r="AB32" s="44"/>
+      <c r="AC32" s="44"/>
+      <c r="AD32" s="44"/>
+      <c r="AE32" s="44"/>
+      <c r="AF32" s="44"/>
+      <c r="AG32" s="44"/>
+      <c r="AH32" s="44"/>
+      <c r="AI32" s="44"/>
+      <c r="AJ32" s="44"/>
+      <c r="AK32" s="44"/>
+      <c r="AL32" s="44"/>
+      <c r="AM32" s="44"/>
+      <c r="AN32" s="44"/>
+      <c r="AO32" s="44"/>
+      <c r="AP32" s="44"/>
+      <c r="AQ32" s="44"/>
+    </row>
+    <row r="33" spans="1:52" s="20" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="103" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="103"/>
+      <c r="C33" s="103"/>
+      <c r="D33" s="103"/>
+      <c r="E33" s="103"/>
+      <c r="F33" s="103"/>
+      <c r="G33" s="103"/>
+      <c r="H33" s="103"/>
+      <c r="I33" s="103"/>
+      <c r="J33" s="103"/>
+      <c r="K33" s="103"/>
+      <c r="L33" s="103"/>
+      <c r="M33" s="103"/>
+      <c r="N33" s="103"/>
+      <c r="O33" s="103"/>
+      <c r="P33" s="103"/>
+      <c r="Q33" s="103"/>
+      <c r="R33" s="103"/>
+      <c r="S33" s="103"/>
+      <c r="T33" s="103"/>
+      <c r="U33" s="103"/>
+      <c r="V33" s="103"/>
+      <c r="W33" s="103"/>
+      <c r="X33" s="103"/>
+      <c r="Y33" s="103"/>
+      <c r="Z33" s="103"/>
+      <c r="AA33" s="103"/>
+      <c r="AB33" s="103"/>
+      <c r="AC33" s="103"/>
+      <c r="AD33" s="103"/>
+      <c r="AE33" s="103"/>
+      <c r="AF33" s="103"/>
+      <c r="AG33" s="103"/>
+      <c r="AH33" s="103"/>
+      <c r="AI33" s="103"/>
+      <c r="AJ33" s="103"/>
+      <c r="AK33" s="103"/>
+      <c r="AL33" s="103"/>
+      <c r="AM33" s="103"/>
+      <c r="AN33" s="103"/>
+      <c r="AO33" s="103"/>
+      <c r="AP33" s="103"/>
+      <c r="AQ33" s="103"/>
+    </row>
+    <row r="34" spans="1:52" s="20" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="44" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" s="44"/>
+      <c r="C34" s="44"/>
+      <c r="D34" s="44"/>
+      <c r="E34" s="44"/>
+      <c r="F34" s="44"/>
+      <c r="G34" s="44"/>
+      <c r="H34" s="44"/>
+      <c r="I34" s="44"/>
+      <c r="J34" s="44"/>
+      <c r="K34" s="44"/>
+      <c r="L34" s="44"/>
+      <c r="M34" s="44"/>
+      <c r="N34" s="44"/>
+      <c r="O34" s="44"/>
+      <c r="P34" s="44"/>
+      <c r="Q34" s="44"/>
+      <c r="R34" s="44"/>
+      <c r="S34" s="44"/>
+      <c r="T34" s="44"/>
+      <c r="U34" s="44"/>
+      <c r="V34" s="44"/>
+      <c r="W34" s="44"/>
+      <c r="X34" s="44"/>
+      <c r="Y34" s="44"/>
+      <c r="Z34" s="44"/>
+      <c r="AA34" s="44"/>
+      <c r="AB34" s="44"/>
+      <c r="AC34" s="44"/>
+      <c r="AD34" s="44"/>
+      <c r="AE34" s="44"/>
+      <c r="AF34" s="44"/>
+      <c r="AG34" s="44"/>
+      <c r="AH34" s="44"/>
+      <c r="AI34" s="44"/>
+      <c r="AJ34" s="44"/>
+      <c r="AK34" s="44"/>
+      <c r="AL34" s="44"/>
+      <c r="AM34" s="44"/>
+      <c r="AN34" s="44"/>
+      <c r="AO34" s="44"/>
+      <c r="AP34" s="44"/>
+      <c r="AQ34" s="44"/>
+    </row>
+    <row r="35" spans="1:52" s="20" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="44"/>
+      <c r="B35" s="44"/>
+      <c r="C35" s="44"/>
+      <c r="D35" s="44"/>
+      <c r="E35" s="44"/>
+      <c r="F35" s="44"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="44"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="44"/>
+      <c r="N35" s="44"/>
+      <c r="O35" s="44"/>
+      <c r="P35" s="44"/>
+      <c r="Q35" s="44"/>
+      <c r="R35" s="44"/>
+      <c r="S35" s="44"/>
+      <c r="T35" s="44"/>
+      <c r="U35" s="44"/>
+      <c r="V35" s="44"/>
+      <c r="W35" s="44"/>
+      <c r="X35" s="44"/>
+      <c r="Y35" s="44"/>
+      <c r="Z35" s="44"/>
+      <c r="AA35" s="44"/>
+      <c r="AB35" s="44"/>
+      <c r="AC35" s="44"/>
+      <c r="AD35" s="44"/>
+      <c r="AE35" s="44"/>
+      <c r="AF35" s="44"/>
+      <c r="AG35" s="44"/>
+      <c r="AH35" s="44"/>
+      <c r="AI35" s="44"/>
+      <c r="AJ35" s="44"/>
+      <c r="AK35" s="44"/>
+      <c r="AL35" s="44"/>
+      <c r="AM35" s="44"/>
+      <c r="AN35" s="44"/>
+      <c r="AO35" s="44"/>
+      <c r="AP35" s="44"/>
+      <c r="AQ35" s="44"/>
+      <c r="AZ35" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="C32" s="100"/>
-[...40 lines deleted...]
-      <c r="AR32" s="100"/>
     </row>
-    <row r="33" spans="1:89" s="24" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="AR33" s="28"/>
+    <row r="36" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="B36" s="10"/>
+      <c r="C36" s="10"/>
+      <c r="D36" s="10"/>
+      <c r="E36" s="10"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="10"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="10"/>
+      <c r="J36" s="10"/>
+      <c r="K36" s="10"/>
+      <c r="L36" s="10"/>
+      <c r="M36" s="10"/>
+      <c r="N36" s="10"/>
+      <c r="O36" s="10"/>
+      <c r="P36" s="10"/>
+      <c r="Q36" s="10"/>
+      <c r="R36" s="10"/>
+      <c r="S36" s="10"/>
+      <c r="T36" s="10"/>
+      <c r="U36" s="10"/>
+      <c r="V36" s="10"/>
+      <c r="W36" s="10"/>
+      <c r="X36" s="10"/>
+      <c r="Y36" s="10"/>
+      <c r="Z36" s="10"/>
+      <c r="AA36" s="10"/>
+      <c r="AB36" s="10"/>
+      <c r="AC36" s="10"/>
+      <c r="AD36" s="10"/>
+      <c r="AE36" s="10"/>
+      <c r="AF36" s="10"/>
+      <c r="AG36" s="10"/>
+      <c r="AH36" s="10"/>
+      <c r="AI36" s="10"/>
+      <c r="AJ36" s="24"/>
+      <c r="AK36" s="24"/>
+      <c r="AL36" s="24"/>
+      <c r="AM36" s="24"/>
+      <c r="AN36" s="24"/>
+      <c r="AO36" s="24"/>
+      <c r="AP36" s="24"/>
+      <c r="AQ36" s="24"/>
     </row>
-    <row r="34" spans="1:89" s="24" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="47" t="s">
+    <row r="37" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="99" t="s">
+        <v>3</v>
+      </c>
+      <c r="B37" s="99"/>
+      <c r="C37" s="99"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="99"/>
+      <c r="F37" s="99"/>
+      <c r="G37" s="99"/>
+      <c r="H37" s="99"/>
+      <c r="I37" s="99"/>
+      <c r="J37" s="99"/>
+      <c r="K37" s="99"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="99"/>
+      <c r="O37" s="99"/>
+      <c r="P37" s="99"/>
+      <c r="Q37" s="99"/>
+      <c r="R37" s="99"/>
+      <c r="S37" s="99"/>
+      <c r="T37" s="99"/>
+      <c r="U37" s="99"/>
+      <c r="V37" s="99"/>
+      <c r="W37" s="99"/>
+      <c r="X37" s="99"/>
+      <c r="Y37" s="99"/>
+      <c r="Z37" s="99"/>
+      <c r="AA37" s="99"/>
+      <c r="AB37" s="99"/>
+      <c r="AC37" s="99"/>
+      <c r="AD37" s="99"/>
+      <c r="AE37" s="99"/>
+      <c r="AF37" s="99"/>
+      <c r="AG37" s="99"/>
+      <c r="AH37" s="99"/>
+      <c r="AI37" s="99"/>
+      <c r="AJ37" s="99"/>
+      <c r="AK37" s="99"/>
+      <c r="AL37" s="99"/>
+      <c r="AM37" s="99"/>
+      <c r="AN37" s="24"/>
+      <c r="AO37" s="24"/>
+      <c r="AP37" s="24"/>
+      <c r="AQ37" s="24"/>
+    </row>
+    <row r="38" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="99" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="99"/>
+      <c r="C38" s="99"/>
+      <c r="D38" s="99"/>
+      <c r="E38" s="99"/>
+      <c r="F38" s="99"/>
+      <c r="G38" s="99"/>
+      <c r="H38" s="99"/>
+      <c r="I38" s="99"/>
+      <c r="J38" s="99"/>
+      <c r="K38" s="99"/>
+      <c r="L38" s="99"/>
+      <c r="M38" s="99"/>
+      <c r="N38" s="99"/>
+      <c r="O38" s="99"/>
+      <c r="P38" s="99"/>
+      <c r="Q38" s="99"/>
+      <c r="R38" s="99"/>
+      <c r="S38" s="99"/>
+      <c r="T38" s="99"/>
+      <c r="U38" s="99"/>
+      <c r="V38" s="99"/>
+      <c r="W38" s="99"/>
+      <c r="X38" s="99"/>
+      <c r="Y38" s="99"/>
+      <c r="Z38" s="99"/>
+      <c r="AA38" s="99"/>
+      <c r="AB38" s="99"/>
+      <c r="AC38" s="99"/>
+      <c r="AD38" s="99"/>
+      <c r="AE38" s="99"/>
+      <c r="AF38" s="99"/>
+      <c r="AG38" s="99"/>
+      <c r="AH38" s="99"/>
+      <c r="AI38" s="99"/>
+      <c r="AJ38" s="99"/>
+      <c r="AK38" s="99"/>
+      <c r="AL38" s="99"/>
+      <c r="AM38" s="99"/>
+      <c r="AN38" s="99"/>
+      <c r="AO38" s="99"/>
+      <c r="AP38" s="99"/>
+      <c r="AQ38" s="99"/>
+    </row>
+    <row r="39" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="98" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="98"/>
+      <c r="C39" s="98"/>
+      <c r="D39" s="98"/>
+      <c r="E39" s="98"/>
+      <c r="F39" s="98"/>
+      <c r="G39" s="98"/>
+      <c r="H39" s="98"/>
+      <c r="I39" s="98"/>
+      <c r="J39" s="98"/>
+      <c r="K39" s="98"/>
+      <c r="L39" s="98"/>
+      <c r="M39" s="98"/>
+      <c r="N39" s="98"/>
+      <c r="O39" s="98"/>
+      <c r="P39" s="98"/>
+      <c r="Q39" s="98"/>
+      <c r="R39" s="98"/>
+      <c r="S39" s="98"/>
+      <c r="T39" s="98"/>
+      <c r="U39" s="98"/>
+      <c r="V39" s="98"/>
+      <c r="W39" s="98"/>
+      <c r="X39" s="98"/>
+      <c r="Y39" s="98"/>
+      <c r="Z39" s="98"/>
+      <c r="AA39" s="98"/>
+      <c r="AB39" s="98"/>
+      <c r="AC39" s="98"/>
+      <c r="AD39" s="98"/>
+      <c r="AE39" s="98"/>
+      <c r="AF39" s="98"/>
+      <c r="AG39" s="98"/>
+      <c r="AH39" s="98"/>
+      <c r="AI39" s="98"/>
+      <c r="AJ39" s="98"/>
+      <c r="AK39" s="98"/>
+      <c r="AL39" s="98"/>
+      <c r="AM39" s="98"/>
+      <c r="AN39" s="24"/>
+      <c r="AO39" s="24"/>
+      <c r="AP39" s="24"/>
+      <c r="AQ39" s="24"/>
+    </row>
+    <row r="40" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="98" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" s="98"/>
+      <c r="C40" s="98"/>
+      <c r="D40" s="98"/>
+      <c r="E40" s="98"/>
+      <c r="F40" s="98"/>
+      <c r="G40" s="98"/>
+      <c r="H40" s="98"/>
+      <c r="I40" s="98"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="98"/>
+      <c r="L40" s="98"/>
+      <c r="M40" s="98"/>
+      <c r="N40" s="98"/>
+      <c r="O40" s="98"/>
+      <c r="P40" s="98"/>
+      <c r="Q40" s="98"/>
+      <c r="R40" s="98"/>
+      <c r="S40" s="98"/>
+      <c r="T40" s="98"/>
+      <c r="U40" s="98"/>
+      <c r="V40" s="98"/>
+      <c r="W40" s="98"/>
+      <c r="X40" s="98"/>
+      <c r="Y40" s="98"/>
+      <c r="Z40" s="98"/>
+      <c r="AA40" s="98"/>
+      <c r="AB40" s="98"/>
+      <c r="AC40" s="98"/>
+      <c r="AD40" s="98"/>
+      <c r="AE40" s="98"/>
+      <c r="AF40" s="98"/>
+      <c r="AG40" s="98"/>
+      <c r="AH40" s="98"/>
+      <c r="AI40" s="98"/>
+      <c r="AJ40" s="98"/>
+      <c r="AK40" s="98"/>
+      <c r="AL40" s="98"/>
+      <c r="AM40" s="98"/>
+      <c r="AN40" s="24"/>
+      <c r="AO40" s="24"/>
+      <c r="AP40" s="24"/>
+      <c r="AQ40" s="24"/>
+    </row>
+    <row r="41" spans="1:52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="98" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41" s="98"/>
+      <c r="C41" s="98"/>
+      <c r="D41" s="98"/>
+      <c r="E41" s="98"/>
+      <c r="F41" s="98"/>
+      <c r="G41" s="98"/>
+      <c r="H41" s="98"/>
+      <c r="I41" s="98"/>
+      <c r="J41" s="98"/>
+      <c r="K41" s="98"/>
+      <c r="L41" s="98"/>
+      <c r="M41" s="98"/>
+      <c r="N41" s="98"/>
+      <c r="O41" s="98"/>
+      <c r="P41" s="98"/>
+      <c r="Q41" s="98"/>
+      <c r="R41" s="98"/>
+      <c r="S41" s="98"/>
+      <c r="T41" s="98"/>
+      <c r="U41" s="98"/>
+      <c r="V41" s="98"/>
+      <c r="W41" s="98"/>
+      <c r="X41" s="98"/>
+      <c r="Y41" s="98"/>
+      <c r="Z41" s="98"/>
+      <c r="AA41" s="98"/>
+      <c r="AB41" s="98"/>
+      <c r="AC41" s="98"/>
+      <c r="AD41" s="98"/>
+      <c r="AE41" s="98"/>
+      <c r="AF41" s="98"/>
+      <c r="AG41" s="98"/>
+      <c r="AH41" s="98"/>
+      <c r="AI41" s="98"/>
+      <c r="AJ41" s="98"/>
+      <c r="AK41" s="98"/>
+      <c r="AL41" s="98"/>
+      <c r="AM41" s="98"/>
+      <c r="AN41" s="24"/>
+      <c r="AO41" s="24"/>
+      <c r="AP41" s="24"/>
+      <c r="AQ41" s="24"/>
+    </row>
+    <row r="42" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
+      <c r="U42" s="10"/>
+      <c r="V42" s="10"/>
+      <c r="W42" s="10"/>
+      <c r="X42" s="10"/>
+      <c r="Y42" s="10"/>
+      <c r="Z42" s="10"/>
+      <c r="AA42" s="10"/>
+      <c r="AB42" s="10"/>
+      <c r="AC42" s="10"/>
+      <c r="AD42" s="10"/>
+      <c r="AE42" s="10"/>
+      <c r="AF42" s="10"/>
+      <c r="AG42" s="10"/>
+      <c r="AH42" s="10"/>
+      <c r="AI42" s="10"/>
+      <c r="AJ42" s="24"/>
+      <c r="AK42" s="24"/>
+      <c r="AL42" s="24"/>
+      <c r="AM42" s="24"/>
+      <c r="AN42" s="24"/>
+      <c r="AO42" s="24"/>
+      <c r="AP42" s="24"/>
+      <c r="AQ42" s="24"/>
+      <c r="AR42" s="11"/>
+      <c r="AS42" s="11"/>
+      <c r="AT42" s="11"/>
+    </row>
+    <row r="43" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="B43" s="25"/>
+      <c r="C43" s="25"/>
+      <c r="D43" s="25"/>
+      <c r="E43" s="25"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="25"/>
+      <c r="H43" s="25"/>
+      <c r="I43" s="25"/>
+      <c r="J43" s="25"/>
+      <c r="K43" s="25"/>
+      <c r="L43" s="25"/>
+      <c r="M43" s="25"/>
+      <c r="N43" s="25"/>
+      <c r="O43" s="25"/>
+      <c r="P43" s="25"/>
+      <c r="Q43" s="25"/>
+      <c r="R43" s="25"/>
+      <c r="S43" s="25"/>
+      <c r="T43" s="25"/>
+      <c r="U43" s="25"/>
+      <c r="V43" s="25"/>
+      <c r="W43" s="25"/>
+      <c r="X43" s="25"/>
+      <c r="Y43" s="25"/>
+      <c r="Z43" s="25"/>
+      <c r="AA43" s="25"/>
+      <c r="AB43" s="25"/>
+      <c r="AC43" s="25"/>
+      <c r="AD43" s="25"/>
+      <c r="AE43" s="25"/>
+      <c r="AF43" s="25"/>
+      <c r="AG43" s="25"/>
+      <c r="AH43" s="25"/>
+      <c r="AI43" s="25"/>
+      <c r="AJ43" s="25"/>
+      <c r="AK43" s="24"/>
+      <c r="AL43" s="24"/>
+      <c r="AM43" s="24"/>
+      <c r="AN43" s="24"/>
+      <c r="AO43" s="24"/>
+      <c r="AP43" s="24"/>
+      <c r="AQ43" s="24"/>
+    </row>
+    <row r="44" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B44" s="10"/>
+      <c r="C44" s="10"/>
+      <c r="D44" s="10"/>
+      <c r="E44" s="10"/>
+      <c r="F44" s="10"/>
+      <c r="G44" s="10"/>
+      <c r="H44" s="10"/>
+      <c r="I44" s="10"/>
+      <c r="J44" s="10"/>
+      <c r="K44" s="10"/>
+      <c r="L44" s="10"/>
+      <c r="M44" s="10"/>
+      <c r="N44" s="10"/>
+      <c r="O44" s="10"/>
+      <c r="P44" s="10"/>
+      <c r="Q44" s="10"/>
+      <c r="R44" s="10"/>
+      <c r="S44" s="10"/>
+      <c r="T44" s="10"/>
+      <c r="U44" s="10"/>
+      <c r="V44" s="10"/>
+      <c r="W44" s="10"/>
+      <c r="X44" s="10"/>
+      <c r="Y44" s="10"/>
+      <c r="Z44" s="10"/>
+      <c r="AA44" s="10"/>
+      <c r="AB44" s="10"/>
+      <c r="AC44" s="10"/>
+      <c r="AD44" s="10"/>
+      <c r="AE44" s="10"/>
+      <c r="AF44" s="10"/>
+      <c r="AG44" s="10"/>
+      <c r="AH44" s="10"/>
+      <c r="AI44" s="10"/>
+      <c r="AJ44" s="24"/>
+      <c r="AK44" s="24"/>
+      <c r="AL44" s="24"/>
+      <c r="AM44" s="24"/>
+      <c r="AN44" s="24"/>
+      <c r="AO44" s="24"/>
+      <c r="AP44" s="24"/>
+      <c r="AQ44" s="24"/>
+    </row>
+    <row r="45" spans="1:52" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="9"/>
+      <c r="L45" s="9"/>
+      <c r="M45" s="9"/>
+      <c r="N45" s="9"/>
+      <c r="O45" s="9"/>
+      <c r="P45" s="9"/>
+      <c r="Q45" s="9"/>
+      <c r="R45" s="9"/>
+      <c r="S45" s="9"/>
+      <c r="T45" s="9"/>
+      <c r="U45" s="9"/>
+      <c r="V45" s="9"/>
+      <c r="W45" s="9"/>
+      <c r="X45" s="9"/>
+      <c r="Y45" s="9"/>
+      <c r="Z45" s="9"/>
+      <c r="AA45" s="9"/>
+      <c r="AB45" s="9"/>
+      <c r="AC45" s="9"/>
+      <c r="AD45" s="9"/>
+      <c r="AE45" s="9"/>
+      <c r="AF45" s="9"/>
+      <c r="AG45" s="9"/>
+      <c r="AH45" s="9"/>
+      <c r="AI45" s="9"/>
+      <c r="AJ45" s="9"/>
+      <c r="AK45" s="9"/>
+      <c r="AL45" s="9"/>
+      <c r="AM45" s="9"/>
+      <c r="AN45" s="9"/>
+      <c r="AO45" s="9"/>
+      <c r="AP45" s="9"/>
+      <c r="AQ45" s="9"/>
+    </row>
+    <row r="46" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="99" t="s">
         <v>33</v>
       </c>
-      <c r="C34" s="47"/>
-[...85 lines deleted...]
-      <c r="CK34" s="96"/>
+      <c r="B46" s="99"/>
+      <c r="C46" s="99"/>
+      <c r="D46" s="99"/>
+      <c r="E46" s="99"/>
+      <c r="F46" s="99"/>
+      <c r="G46" s="99"/>
+      <c r="H46" s="99"/>
+      <c r="I46" s="99"/>
+      <c r="J46" s="99"/>
+      <c r="K46" s="99"/>
+      <c r="L46" s="99"/>
+      <c r="M46" s="99"/>
+      <c r="N46" s="99"/>
+      <c r="O46" s="99"/>
+      <c r="P46" s="99"/>
+      <c r="Q46" s="99"/>
+      <c r="R46" s="99"/>
+      <c r="S46" s="99"/>
+      <c r="T46" s="99"/>
+      <c r="U46" s="99"/>
+      <c r="V46" s="99"/>
+      <c r="W46" s="99"/>
+      <c r="X46" s="99"/>
+      <c r="Y46" s="99"/>
+      <c r="Z46" s="99"/>
+      <c r="AA46" s="99"/>
+      <c r="AB46" s="99"/>
+      <c r="AC46" s="99"/>
+      <c r="AD46" s="99"/>
+      <c r="AE46" s="99"/>
+      <c r="AF46" s="99"/>
+      <c r="AG46" s="99"/>
+      <c r="AH46" s="99"/>
+      <c r="AI46" s="99"/>
+      <c r="AJ46" s="99"/>
+      <c r="AK46" s="99"/>
+      <c r="AL46" s="99"/>
+      <c r="AM46" s="99"/>
+      <c r="AN46" s="99"/>
+      <c r="AO46" s="99"/>
+      <c r="AP46" s="99"/>
+      <c r="AQ46" s="99"/>
     </row>
-    <row r="35" spans="1:89" s="24" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...45 lines deleted...]
-      </c>
+    <row r="47" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="99" t="s">
+        <v>26</v>
+      </c>
+      <c r="B47" s="99"/>
+      <c r="C47" s="99"/>
+      <c r="D47" s="99"/>
+      <c r="E47" s="99"/>
+      <c r="F47" s="99"/>
+      <c r="G47" s="99"/>
+      <c r="H47" s="99"/>
+      <c r="I47" s="99"/>
+      <c r="J47" s="99"/>
+      <c r="K47" s="99"/>
+      <c r="L47" s="99"/>
+      <c r="M47" s="99"/>
+      <c r="N47" s="99"/>
+      <c r="O47" s="99"/>
+      <c r="P47" s="99"/>
+      <c r="Q47" s="99"/>
+      <c r="R47" s="99"/>
+      <c r="S47" s="99"/>
+      <c r="T47" s="99"/>
+      <c r="U47" s="99"/>
+      <c r="V47" s="99"/>
+      <c r="W47" s="99"/>
+      <c r="X47" s="99"/>
+      <c r="Y47" s="99"/>
+      <c r="Z47" s="99"/>
+      <c r="AA47" s="99"/>
+      <c r="AB47" s="99"/>
+      <c r="AC47" s="99"/>
+      <c r="AD47" s="99"/>
+      <c r="AE47" s="99"/>
+      <c r="AF47" s="99"/>
+      <c r="AG47" s="99"/>
+      <c r="AH47" s="99"/>
+      <c r="AI47" s="99"/>
+      <c r="AJ47" s="99"/>
+      <c r="AK47" s="99"/>
+      <c r="AL47" s="99"/>
+      <c r="AM47" s="99"/>
+      <c r="AN47" s="99"/>
+      <c r="AO47" s="99"/>
+      <c r="AP47" s="99"/>
+      <c r="AQ47" s="99"/>
     </row>
-    <row r="36" spans="1:89" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="AJ36" s="11"/>
+    <row r="48" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="99" t="s">
+        <v>31</v>
+      </c>
+      <c r="B48" s="99"/>
+      <c r="C48" s="99"/>
+      <c r="D48" s="99"/>
+      <c r="E48" s="99"/>
+      <c r="F48" s="99"/>
+      <c r="G48" s="99"/>
+      <c r="H48" s="99"/>
+      <c r="I48" s="99"/>
+      <c r="J48" s="99"/>
+      <c r="K48" s="99"/>
+      <c r="L48" s="99"/>
+      <c r="M48" s="99"/>
+      <c r="N48" s="99"/>
+      <c r="O48" s="99"/>
+      <c r="P48" s="99"/>
+      <c r="Q48" s="99"/>
+      <c r="R48" s="99"/>
+      <c r="S48" s="99"/>
+      <c r="T48" s="99"/>
+      <c r="U48" s="99"/>
+      <c r="V48" s="99"/>
+      <c r="W48" s="99"/>
+      <c r="X48" s="99"/>
+      <c r="Y48" s="99"/>
+      <c r="Z48" s="99"/>
+      <c r="AA48" s="99"/>
+      <c r="AB48" s="99"/>
+      <c r="AC48" s="99"/>
+      <c r="AD48" s="99"/>
+      <c r="AE48" s="99"/>
+      <c r="AF48" s="99"/>
+      <c r="AG48" s="99"/>
+      <c r="AH48" s="99"/>
+      <c r="AI48" s="99"/>
+      <c r="AJ48" s="99"/>
+      <c r="AK48" s="99"/>
+      <c r="AL48" s="99"/>
+      <c r="AM48" s="99"/>
+      <c r="AN48" s="99"/>
+      <c r="AO48" s="99"/>
+      <c r="AP48" s="99"/>
+      <c r="AQ48" s="99"/>
     </row>
-    <row r="37" spans="1:89" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR37" s="29"/>
+    <row r="49" spans="1:43" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="99" t="s">
+        <v>48</v>
+      </c>
+      <c r="B49" s="99"/>
+      <c r="C49" s="99"/>
+      <c r="D49" s="99"/>
+      <c r="E49" s="99"/>
+      <c r="F49" s="99"/>
+      <c r="G49" s="99"/>
+      <c r="H49" s="99"/>
+      <c r="I49" s="99"/>
+      <c r="J49" s="99"/>
+      <c r="K49" s="99"/>
+      <c r="L49" s="99"/>
+      <c r="M49" s="99"/>
+      <c r="N49" s="99"/>
+      <c r="O49" s="99"/>
+      <c r="P49" s="99"/>
+      <c r="Q49" s="99"/>
+      <c r="R49" s="99"/>
+      <c r="S49" s="99"/>
+      <c r="T49" s="99"/>
+      <c r="U49" s="99"/>
+      <c r="V49" s="99"/>
+      <c r="W49" s="99"/>
+      <c r="X49" s="99"/>
+      <c r="Y49" s="99"/>
+      <c r="Z49" s="99"/>
+      <c r="AA49" s="99"/>
+      <c r="AB49" s="99"/>
+      <c r="AC49" s="99"/>
+      <c r="AD49" s="99"/>
+      <c r="AE49" s="99"/>
+      <c r="AF49" s="99"/>
+      <c r="AG49" s="99"/>
+      <c r="AH49" s="99"/>
+      <c r="AI49" s="99"/>
+      <c r="AJ49" s="99"/>
+      <c r="AK49" s="99"/>
+      <c r="AL49" s="99"/>
+      <c r="AM49" s="99"/>
+      <c r="AN49" s="99"/>
+      <c r="AO49" s="99"/>
+      <c r="AP49" s="99"/>
+      <c r="AQ49" s="99"/>
     </row>
-    <row r="38" spans="1:89" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR38" s="29"/>
+    <row r="50" spans="1:43" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="42"/>
+      <c r="B50" s="42"/>
+      <c r="C50" s="42"/>
+      <c r="D50" s="42"/>
+      <c r="E50" s="42"/>
+      <c r="F50" s="42"/>
+      <c r="G50" s="42"/>
+      <c r="H50" s="42"/>
+      <c r="I50" s="42"/>
+      <c r="J50" s="42"/>
+      <c r="K50" s="42"/>
+      <c r="L50" s="42"/>
+      <c r="M50" s="42"/>
+      <c r="N50" s="42"/>
+      <c r="O50" s="42"/>
+      <c r="P50" s="42"/>
+      <c r="Q50" s="42"/>
+      <c r="R50" s="42"/>
+      <c r="S50" s="42"/>
+      <c r="T50" s="42"/>
+      <c r="U50" s="42"/>
+      <c r="V50" s="42"/>
+      <c r="W50" s="42"/>
+      <c r="X50" s="42"/>
+      <c r="Y50" s="42"/>
+      <c r="Z50" s="42"/>
+      <c r="AA50" s="42"/>
+      <c r="AB50" s="42"/>
+      <c r="AC50" s="42"/>
+      <c r="AD50" s="42"/>
+      <c r="AE50" s="42"/>
+      <c r="AF50" s="42"/>
+      <c r="AG50" s="42"/>
+      <c r="AH50" s="42"/>
+      <c r="AI50" s="42"/>
+      <c r="AJ50" s="42"/>
+      <c r="AK50" s="42"/>
+      <c r="AL50" s="42"/>
+      <c r="AM50" s="42"/>
+      <c r="AN50" s="42"/>
+      <c r="AO50" s="42"/>
+      <c r="AP50" s="42"/>
+      <c r="AQ50" s="42"/>
     </row>
-    <row r="39" spans="1:89" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR39" s="29"/>
+    <row r="51" spans="1:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="106" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="106"/>
+      <c r="C51" s="106"/>
+      <c r="D51" s="106"/>
+      <c r="E51" s="106"/>
+      <c r="F51" s="106"/>
+      <c r="G51" s="106"/>
+      <c r="H51" s="106"/>
+      <c r="I51" s="106"/>
+      <c r="J51" s="106"/>
+      <c r="K51" s="106"/>
+      <c r="L51" s="106"/>
+      <c r="M51" s="106"/>
+      <c r="N51" s="106"/>
+      <c r="O51" s="106"/>
+      <c r="P51" s="106"/>
+      <c r="Q51" s="106"/>
+      <c r="R51" s="106"/>
+      <c r="S51" s="106"/>
+      <c r="T51" s="106"/>
+      <c r="U51" s="106"/>
+      <c r="V51" s="106"/>
+      <c r="W51" s="106"/>
+      <c r="X51" s="106"/>
+      <c r="Y51" s="106"/>
+      <c r="Z51" s="106"/>
+      <c r="AA51" s="106"/>
+      <c r="AB51" s="106"/>
+      <c r="AC51" s="106"/>
+      <c r="AD51" s="106"/>
+      <c r="AE51" s="106"/>
+      <c r="AF51" s="106"/>
+      <c r="AG51" s="106"/>
+      <c r="AH51" s="106"/>
+      <c r="AI51" s="106"/>
+      <c r="AJ51" s="106"/>
+      <c r="AK51" s="106"/>
+      <c r="AL51" s="106"/>
+      <c r="AM51" s="106"/>
+      <c r="AN51" s="106"/>
+      <c r="AO51" s="106"/>
+      <c r="AP51" s="106"/>
+      <c r="AQ51" s="106"/>
     </row>
-    <row r="40" spans="1:89" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR40" s="29"/>
+    <row r="52" spans="1:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="1"/>
+      <c r="B52" s="1"/>
+      <c r="C52" s="1"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1"/>
+      <c r="H52" s="1"/>
+      <c r="I52" s="1"/>
+      <c r="J52" s="1"/>
+      <c r="K52" s="1"/>
+      <c r="L52" s="1"/>
+      <c r="M52" s="1"/>
+      <c r="N52" s="1"/>
+      <c r="O52" s="40"/>
+      <c r="P52" s="40"/>
+      <c r="Q52" s="40"/>
+      <c r="R52" s="40"/>
+      <c r="S52" s="40"/>
+      <c r="T52" s="40"/>
+      <c r="U52" s="40"/>
+      <c r="V52" s="40"/>
+      <c r="W52" s="40"/>
+      <c r="X52" s="40"/>
+      <c r="Y52" s="40"/>
+      <c r="Z52" s="40"/>
+      <c r="AA52" s="40"/>
+      <c r="AB52" s="40"/>
+      <c r="AC52" s="40"/>
+      <c r="AD52" s="40"/>
+      <c r="AE52" s="40"/>
+      <c r="AF52" s="1"/>
+      <c r="AG52" s="13"/>
+      <c r="AH52" s="13"/>
+      <c r="AI52" s="13"/>
+      <c r="AK52" s="13"/>
+      <c r="AL52" s="1"/>
+      <c r="AM52" s="1"/>
+      <c r="AN52" s="13"/>
+      <c r="AO52" s="13"/>
+      <c r="AP52" s="13"/>
     </row>
-    <row r="41" spans="1:89" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AR41" s="29"/>
+    <row r="53" spans="1:43" x14ac:dyDescent="0.2">
+      <c r="A53" s="14"/>
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="14"/>
+      <c r="G53" s="14"/>
+      <c r="H53" s="14"/>
+      <c r="I53" s="14"/>
+      <c r="J53" s="14"/>
+      <c r="K53" s="14"/>
+      <c r="L53" s="14"/>
+      <c r="M53" s="14"/>
+      <c r="N53" s="14"/>
+      <c r="O53" s="14"/>
+      <c r="P53" s="14"/>
+      <c r="Q53" s="14"/>
+      <c r="R53" s="14"/>
+      <c r="S53" s="14"/>
+      <c r="T53" s="14"/>
+      <c r="U53" s="14"/>
+      <c r="V53" s="14"/>
+      <c r="W53" s="14"/>
+      <c r="X53" s="14"/>
+      <c r="Y53" s="14"/>
+      <c r="Z53" s="14"/>
+      <c r="AA53" s="14"/>
+      <c r="AB53" s="14"/>
+      <c r="AC53" s="14"/>
+      <c r="AD53" s="14"/>
+      <c r="AE53" s="14"/>
+      <c r="AF53" s="14"/>
+      <c r="AG53" s="14"/>
+      <c r="AH53" s="14"/>
+      <c r="AI53" s="14"/>
     </row>
-    <row r="42" spans="1:89" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...47 lines deleted...]
-      <c r="AU42" s="14"/>
+    <row r="54" spans="1:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="1:43" x14ac:dyDescent="0.2">
+      <c r="N61" s="41"/>
     </row>
-    <row r="43" spans="1:89" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...397 lines deleted...]
-    <row r="52" spans="2:44" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="46">
-[...4 lines deleted...]
-    <mergeCell ref="B49:AR49"/>
+  <mergeCells count="48">
+    <mergeCell ref="A51:AQ51"/>
+    <mergeCell ref="A41:AM41"/>
+    <mergeCell ref="A47:AQ47"/>
+    <mergeCell ref="A48:AQ48"/>
+    <mergeCell ref="A49:AQ49"/>
+    <mergeCell ref="A16:A19"/>
+    <mergeCell ref="A20:A23"/>
+    <mergeCell ref="A24:A27"/>
+    <mergeCell ref="A40:AM40"/>
     <mergeCell ref="A46:AQ46"/>
-    <mergeCell ref="A47:AQ47"/>
-[...8 lines deleted...]
-    <mergeCell ref="B32:AR32"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="AJ27:AK27"/>
+    <mergeCell ref="A29:AG29"/>
+    <mergeCell ref="A37:AM37"/>
+    <mergeCell ref="A39:AM39"/>
+    <mergeCell ref="A28:AI28"/>
+    <mergeCell ref="A38:AQ38"/>
+    <mergeCell ref="A30:AQ30"/>
+    <mergeCell ref="A31:AQ31"/>
+    <mergeCell ref="A33:AQ33"/>
+    <mergeCell ref="AJ28:AK28"/>
+    <mergeCell ref="A11:A15"/>
+    <mergeCell ref="B11:B15"/>
+    <mergeCell ref="C11:AG14"/>
+    <mergeCell ref="AJ11:AK14"/>
+    <mergeCell ref="A3:AQ3"/>
+    <mergeCell ref="A4:AQ4"/>
+    <mergeCell ref="A10:AQ10"/>
+    <mergeCell ref="AP11:AQ12"/>
+    <mergeCell ref="AP13:AP15"/>
+    <mergeCell ref="AQ13:AQ15"/>
+    <mergeCell ref="AN11:AO12"/>
+    <mergeCell ref="AH11:AH14"/>
+    <mergeCell ref="AI11:AI14"/>
+    <mergeCell ref="B5:Q5"/>
+    <mergeCell ref="B6:Q6"/>
+    <mergeCell ref="AL11:AL15"/>
+    <mergeCell ref="AJ19:AK19"/>
+    <mergeCell ref="AJ21:AK21"/>
+    <mergeCell ref="AJ23:AK23"/>
+    <mergeCell ref="AJ17:AK17"/>
+    <mergeCell ref="C1:AJ1"/>
+    <mergeCell ref="C2:AJ2"/>
+    <mergeCell ref="AK1:AQ1"/>
     <mergeCell ref="AM11:AM15"/>
-    <mergeCell ref="AN11:AN15"/>
+    <mergeCell ref="AN13:AN15"/>
     <mergeCell ref="AO13:AO15"/>
-    <mergeCell ref="AP13:AP15"/>
-[...25 lines deleted...]
-    <mergeCell ref="C26:AR26"/>
+    <mergeCell ref="AJ15:AK15"/>
   </mergeCells>
-  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...3 lines deleted...]
-  </colBreaks>
+  <pageMargins left="0.118110236220472" right="0.118110236220472" top="0.74803149606299202" bottom="0.35433070866141703" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>1.pielikums_INV</vt:lpstr>
-      <vt:lpstr>'1.pielikums_INV'!Print_Area</vt:lpstr>
+      <vt:lpstr>1_variants</vt:lpstr>
+      <vt:lpstr>'1_variants'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>