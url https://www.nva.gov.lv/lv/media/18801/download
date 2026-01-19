--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -19,208 +19,212 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="1AADF75B" w14:textId="77777777" w:rsidR="00CC5ED9" w:rsidRDefault="00CC5ED9" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1EF71A9A" w14:textId="77777777" w:rsidR="00722D2F" w:rsidRDefault="00722D2F" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08C456CC" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BD5222">
+    <w:p w14:paraId="08C456CC" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pieteikums aktīvā nodarbinātības pasākuma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F428335" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BD5222">
+    <w:p w14:paraId="6F428335" w14:textId="251E4740" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> „Pasākum</w:t>
+        <w:t>„Pasākum</w:t>
       </w:r>
       <w:r w:rsidR="004A3018" w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktām personu grupām”</w:t>
       </w:r>
       <w:r w:rsidR="00185B08" w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B083CF" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00BD5222" w:rsidP="00BD5222">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65B083CF" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="0052567D" w:rsidRDefault="00BD5222" w:rsidP="00BD5222">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FBD8A45" w14:textId="77777777" w:rsidR="00217087" w:rsidRPr="00B12619" w:rsidRDefault="00217087" w:rsidP="00BD5222">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4590"/>
         <w:gridCol w:w="5333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00322827" w14:paraId="705058EC" w14:textId="77777777" w:rsidTr="00E75C0B">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="705058EC" w14:textId="77777777" w:rsidTr="00E75C0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="656E4C62" w14:textId="77777777" w:rsidR="007442F9" w:rsidRPr="00B12619" w:rsidRDefault="007442F9" w:rsidP="000D351A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53754B34" w14:textId="77777777" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="0035294C" w:rsidP="00E75C0B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55D2F08B" w14:textId="77777777" w:rsidR="0052326E" w:rsidRPr="00B12619" w:rsidRDefault="0052326E" w:rsidP="00D852E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1862D87E" w14:textId="77777777" w:rsidR="00D852E6" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00D852E6">
+          <w:p w14:paraId="1862D87E" w14:textId="77777777" w:rsidR="00D852E6" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00D852E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:t xml:space="preserve">Dokumenta datums ir tā elektroniskās </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23182501" w14:textId="55BCE705" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00D852E6">
+          <w:p w14:paraId="23182501" w14:textId="55BCE705" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00D852E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:t>parakstīšanas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="717C4FA8" w14:textId="77777777" w:rsidTr="00E75C0B">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="717C4FA8" w14:textId="77777777" w:rsidTr="00E75C0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55705377" w14:textId="77777777" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="0035294C" w:rsidP="000D351A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513ECE47" w14:textId="77777777" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="0035294C" w:rsidP="000D351A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -232,212 +236,212 @@
     <w:p w14:paraId="4908E661" w14:textId="77777777" w:rsidR="007442F9" w:rsidRPr="00B12619" w:rsidRDefault="007442F9" w:rsidP="009D18DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="6143"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00322827" w14:paraId="3B1CD025" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="3B1CD025" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="757AE4F0" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00B83971">
+          <w:p w14:paraId="757AE4F0" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00B83971">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pretendenta nosaukums/fiziskas personas vārds, uzvārds)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="08197DAE" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="08197DAE" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B69E23F" w14:textId="77777777" w:rsidR="0052326E" w:rsidRPr="00B12619" w:rsidRDefault="0052326E" w:rsidP="00B83971">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="5CEFD6C1" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="5CEFD6C1" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="54F73A2D" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="000D351A">
+          <w:p w14:paraId="54F73A2D" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="000D351A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(amats, vārds, uzvārds)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="6047D50B" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="6047D50B" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="780E866C" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="009E0281">
+          <w:p w14:paraId="780E866C" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="1CC761F9" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="1CC761F9" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC4F1EB" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="000D351A">
+          <w:p w14:paraId="3EC4F1EB" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="000D351A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:ind w:left="-105"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve">personā, kurš (-a) rīkojas saskaņā ar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -450,5856 +454,5754 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28063E03" w14:textId="77777777" w:rsidR="00217087" w:rsidRPr="00B12619" w:rsidRDefault="00217087" w:rsidP="009D18DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1285C78B" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00541597">
+    <w:p w14:paraId="1285C78B" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00541597">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(turpmāk – Pretendents), iesniedz pieteikumu aktīvā nodarbinātības pasākuma „Pasākum</w:t>
       </w:r>
       <w:r w:rsidR="004A3018" w:rsidRPr="00B12619">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktām personu grupām” (turpmāk – Pasākums) īstenošanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3144D9CB" w14:textId="77777777" w:rsidR="004945DC" w:rsidRPr="00B12619" w:rsidRDefault="004945DC" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3964005C" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="3964005C" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00DA44F4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Informācija par Pretendentu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6EAB6D" w14:textId="77777777" w:rsidR="007442F9" w:rsidRPr="00B12619" w:rsidRDefault="007442F9" w:rsidP="007442F9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2536"/>
-        <w:gridCol w:w="7377"/>
+        <w:gridCol w:w="3823"/>
+        <w:gridCol w:w="6090"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00322827" w14:paraId="2EB3409E" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="2EB3409E" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB364EA" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="4CB364EA" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:t>Reģistrācijas Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19334990" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F99EA02" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="1838D187" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="1838D187" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC2CAD6" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="24EC3AA0" w14:textId="021F549D" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00AE5792">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+              <w:t>NACE kods</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9453D" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>NACE kods</w:t>
-[...5 lines deleted...]
-              <w:spacing w:after="120"/>
+              <w:t xml:space="preserve"> pēc kodu klasifikatora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00481108" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00481108">
+              <w:t>norāda</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9453D" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">norāda </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+              <w:t xml:space="preserve"> vienu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>atbilstoši NACE kodu klasifikatoram</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D8726B">
+              <w:t>NACE kodu </w:t>
+            </w:r>
+            <w:r w:rsidR="00C9453D" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nozari, kurā darbojas un kurā vēlas saņemt atbalstu</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+              <w:t xml:space="preserve">atbilstoši </w:t>
+            </w:r>
+            <w:r w:rsidR="00D8726B" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nozar</w:t>
+            </w:r>
+            <w:r w:rsidR="00C9453D" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ei</w:t>
+            </w:r>
+            <w:r w:rsidR="00D8726B" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, kurā darbojas un kurā vēlas saņemt atbalstu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1591DF86" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="1591DF86" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="4645A015" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="4645A015" w14:textId="77777777" w:rsidTr="00F4201B">
         <w:trPr>
-          <w:trHeight w:val="513"/>
+          <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="56CAE436" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="56CAE436" w14:textId="62B4FB21" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
               <w:t>Nodarbināto personu skaits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="184F149F" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+            <w:r w:rsidR="00D9394E" w:rsidRPr="00D26127">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="184F149F" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD6C4B8" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="2CD6C4B8" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="5ED88DA7" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="5ED88DA7" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="507"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="781B2C47" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="781B2C47" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:t>Kontaktpersona</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="457E9A27" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="457E9A27" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vārds, uzvārds)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24EC9579" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="24EC9579" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="232F0B7D" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="232F0B7D" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="13810E7B" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="13810E7B" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34BF384E" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="34BF384E" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26DFCCBF" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="26DFCCBF" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72BE8F01" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="72BE8F01" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="3EF352AB" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="3EF352AB" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59153490" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="59153490" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:t>Tālrunis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D8E54C7" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="1D8E54C7" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78570F4F" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
+          <w:p w14:paraId="78570F4F" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="479E77C9" w14:textId="77777777" w:rsidTr="006B49C0">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="479E77C9" w14:textId="77777777" w:rsidTr="00AC1EFC">
+        <w:trPr>
+          <w:trHeight w:val="599"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF08373" w14:textId="23CC69A8" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:t>Bankas konta Nr.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61EFCCD5" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6090" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47920389" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00B83971" w:rsidP="00BC28C0">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="05474D76" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17B74576" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00BC28C0">
+          <w:p w14:paraId="25662BC5" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...3 lines deleted...]
-          <w:p w14:paraId="6CF08373" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00B12619" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
+            <w:r w:rsidRPr="00D26127">
+              <w:t>Bankas kods SWIFT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BA9DE8F" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="61EFCCD5" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00B12619" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
+          <w:p w14:paraId="1ECC046B" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47920389" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00B12619" w:rsidRDefault="00B83971" w:rsidP="00BC28C0">
-[...43 lines deleted...]
-          <w:p w14:paraId="13D24900" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00B12619" w:rsidRDefault="00B83971" w:rsidP="00BC28C0">
+          <w:p w14:paraId="13D24900" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00B83971" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B734DC9" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRDefault="009E0281" w:rsidP="00EC0E87">
+    <w:p w14:paraId="1B734DC9" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00EC0E87">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2323"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317BC80D" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="317BC80D" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00DA44F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DA44F4">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pretendents, parakstot šo p</w:t>
       </w:r>
-      <w:r w:rsidR="007F4C0C" w:rsidRPr="00DA44F4">
+      <w:r w:rsidR="007F4C0C" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ieteikumu, apliecina, ka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidR="007F4C0C" w:rsidRPr="00B12619">
+      <w:r w:rsidR="007F4C0C" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135E0F9F" w14:textId="77777777" w:rsidR="00727464" w:rsidRPr="00B12619" w:rsidRDefault="00727464" w:rsidP="00DA44F4">
+    <w:p w14:paraId="135E0F9F" w14:textId="77777777" w:rsidR="00727464" w:rsidRPr="00D26127" w:rsidRDefault="00727464" w:rsidP="00DA44F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A8A03D5" w14:textId="77777777" w:rsidR="000F36DD" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="1A8A03D5" w14:textId="77777777" w:rsidR="000F36DD" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>pieteikumā sniegtā informācija ir patiesa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC1B747" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="3BC1B747" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>ir reģistrēts saskaņā ar attiecīgo saimniecisko darbību regulējošo normatīvo aktu prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A101C7" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="11A101C7" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-        <w:t>tam ir licence, akreditācijas lapa vai sertifikāts attiecīgo pakalpojumu sniegšanai, ja tā nepieciešamību nosaka normatīvie akti;</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>tam ir licence, akreditācijas lapa vai sertifikāts attiecīgo paka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>lpojumu sniegšanai, ja tā nepieciešamību nosaka normatīvie akti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CDE0BE" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="68CDE0BE" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>Pasākuma īstenošanas vietā ir atbilstoša materiāli tehniskā bāze, kas nepieciešama amata aprakstā noteikto darba pienākumu veikšanai un tā izveidota jau pirms Pasākuma īstenošanas uzsākšanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0874DF81" w14:textId="5C0BC8BE" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00AD5D20">
+    <w:p w14:paraId="0874DF81" w14:textId="73B56983" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>pēdēj</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3EF7" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00FD3EF7" w:rsidRPr="00D26127">
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD3EF7" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00FD3EF7" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">divu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>gad</w:t>
       </w:r>
-      <w:r w:rsidR="00FD3EF7" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00FD3EF7" w:rsidRPr="00D26127">
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...32 lines deleted...]
-      <w:r w:rsidR="00CD4C8D" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> laikā nav būtiski pārkāpis līgumu par Nodarbinātības valsts aģentūras (turpmāk -</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2E49" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...20 lines deleted...]
-      <w:r w:rsidR="00F41C32" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Aģentūra) organizēto Pasākumu īstenošanu noteikumus</w:t>
+      </w:r>
+      <w:r w:rsidR="0055251E" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D0FD92" w14:textId="57E0A5FE" w:rsidR="00AD5D20" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="06D0FD92" w14:textId="57E0A5FE" w:rsidR="00AD5D20" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pasākumā vienlaikus iesaistīto </w:t>
       </w:r>
-      <w:r w:rsidR="006F3A5F" w:rsidRPr="00B12619">
+      <w:r w:rsidR="006F3A5F" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klientu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>skaits</w:t>
       </w:r>
-      <w:r w:rsidR="0006784C" w:rsidRPr="00B12619">
+      <w:r w:rsidR="0006784C" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> (Pasākumā</w:t>
       </w:r>
-      <w:r w:rsidR="009A3D61" w:rsidRPr="00B12619">
+      <w:r w:rsidR="009A3D61" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0006784C" w:rsidRPr="00B12619">
+      <w:r w:rsidR="0006784C" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">iesaistīto </w:t>
       </w:r>
-      <w:r w:rsidR="006F3A5F" w:rsidRPr="00B12619">
+      <w:r w:rsidR="006F3A5F" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klientu </w:t>
       </w:r>
-      <w:r w:rsidR="0006784C" w:rsidRPr="00B12619">
+      <w:r w:rsidR="0006784C" w:rsidRPr="00D26127">
         <w:t>un pieteikto Pasākumā</w:t>
       </w:r>
-      <w:r w:rsidR="009A3D61" w:rsidRPr="00B12619">
+      <w:r w:rsidR="009A3D61" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0006784C" w:rsidRPr="00B12619">
+      <w:r w:rsidR="0006784C" w:rsidRPr="00D26127">
         <w:t>izveidojamo subsidēto darba vietu kopskaits)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> nepārsniedz 50% no Pretendenta </w:t>
       </w:r>
-      <w:r w:rsidR="00085879" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00085879" w:rsidRPr="00D26127">
         <w:t>kopējā nodarbināto skaita</w:t>
       </w:r>
-      <w:r w:rsidR="00DD2F93" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00DD2F93" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F26D3" w:rsidRPr="00B12619">
+      <w:r w:rsidR="002F26D3" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nepārsniedz </w:t>
       </w:r>
-      <w:r w:rsidR="00DF52E8" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00DF52E8" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E3128B" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00E3128B" w:rsidRPr="00D26127">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00DF52E8" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00DF52E8" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> personas</w:t>
       </w:r>
-      <w:r w:rsidR="00FD4AEC" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00FD4AEC" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD5D20">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9C82EA" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00AD5D20">
+    <w:p w14:paraId="1A9C82EA" w14:textId="47708266" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003A2290">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00E821A7" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Pretendentu neattiecas neviens no Publisko iepirkumu likuma 42. panta otrās daļas 4., 6. un 14. punktā minētajiem izslēgšanas noteikumiem un ir ievērots minētā likuma 42. panta ceturtās daļas 2. punktā noteiktais termiņš, un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E821A7" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005234F4" w:rsidRPr="00B12619">
+      <w:r w:rsidR="005234F4" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0156F951" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="0156F951" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00AD6AD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> tiesiskās aizsardzības process, tam nav uzsākta bankrota procedūra, nav apturēta vai izbeigta Pretendenta saimnieciskā darbība, vai Pretendents netiek likvidēts;</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>nav pasludināts Pretendenta maksātnespējas process, netiek īstenots tiesiskās aizsardzības proces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>s, vai ārpustiesas tiesiskās aizsardzības process, tam nav uzsākta bankrota procedūra, nav apturēta vai izbeigta Pretendenta saimnieciskā darbība, vai Pretendents netiek likvidēts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A755A5" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="00A755A5" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>Pretendents neatbilst nevienai no maksātnespējas pazīmēm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
-      <w:r w:rsidR="007E5B7D" w:rsidRPr="00B12619">
+      <w:r w:rsidR="007E5B7D" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00538189" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="00538189" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="573"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-        <w:t>Pretendents neveic eksportu uz trešajām valstīm vai Eiropas Savienības dalībvalstīm, t.i., neveic darbības, kas tieši saistītas ar eksportētajiem daudzumiem, ar izplatīšanas tīkla izveidošanu un darbību vai ar citiem kārtējiem izdevumiem, kas saistīti ar eksporta darbībām</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Pretendents neve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>ic eksportu uz trešajām valstīm vai Eiropas Savienības dalībvalstīm, t.i., neveic darbības, kas tieši saistītas ar eksportētajiem daudzumiem, ar izplatīšanas tīkla izveidošanu un darbību vai ar citiem kārtējiem izdevumiem, kas saistīti ar eksporta darbībām</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A469B2F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="0A469B2F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="573"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>Pretendents neveic darbības, kas nodrošina, ka importētu preču vietā tiktu izmantotas vietējās preces;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BC00C6" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="51BC00C6" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00C1427F" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.2 pantā noteiktajam, pretendentam, tā valdes vai padomes locekļiem, patie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>sā labuma guvējam, pārstāvēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1427F" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>tiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Sav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>ienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, kā arī pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">arbībām, kas destabilizē situāciju Ukrainā, 5.l panta pirmajā punktā minētā juridiskā persona, vienība vai struktūra, kas veic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:lastRenderedPageBreak/>
-        <w:t>ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā, 5.l panta pirmajā punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BF71FB" w:rsidRPr="00B12619">
+        <w:t>uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF71FB" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347691F2" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="347691F2" w14:textId="447C3364" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00D42EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="0098482A" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">var nodrošināt darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>vadītāju</w:t>
+      </w:r>
+      <w:r w:rsidR="0098482A" w:rsidRPr="00D26127">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> k</w:t>
       </w:r>
-      <w:r w:rsidR="0067035F" w:rsidRPr="00B12619">
+      <w:r w:rsidR="0067035F" w:rsidRPr="00D26127">
         <w:t>urš</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> ir ieguvis izglītību vai ne mazāk kā divus gadus ilgu darba pieredzi profesijā, kurā nodarbinās</w:t>
       </w:r>
-      <w:r w:rsidR="00B86E1A" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001441D4" w:rsidRPr="00B12619">
+      <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t>klientu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">. Viens darba vadītājs </w:t>
       </w:r>
-      <w:r w:rsidR="00665F52" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> organizēto </w:t>
       </w:r>
-      <w:r w:rsidR="002F0C5F" w:rsidRPr="00B12619">
+      <w:r w:rsidR="002F0C5F" w:rsidRPr="00D26127">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B86E1A" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>asākumu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> ietvaros darbu vienlaikus vada ne vairāk kā diviem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001441D4" w:rsidRPr="00B12619">
+      <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t>klientiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">. Darba vadītājam nav nepieciešama izglītība vai darba pieredze profesijā, ja </w:t>
       </w:r>
-      <w:r w:rsidR="001441D4" w:rsidRPr="00B12619">
+      <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t>klientu</w:t>
       </w:r>
-      <w:r w:rsidR="00B86E1A" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...8 lines deleted...]
-        <w:t>);</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>plānots nodarbināt mazkvalificētos darbos (vienkāršo profesiju darbi atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C9C32F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="43C9C32F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F1D77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...10 lines deleted...]
-      <w:r w:rsidR="001441D4" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>saskaņā ar pieteikumam Pasākuma īstenošana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">i pievienoto (-iem) </w:t>
+      </w:r>
+      <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:r w:rsidR="006C60F5" w:rsidRPr="00B12619">
+      <w:r w:rsidR="006C60F5" w:rsidRPr="00D26127">
         <w:t>amata</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...10 lines deleted...]
-      <w:r w:rsidR="001441D4" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> aprakstu (-iem) (</w:t>
+      </w:r>
+      <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>darba pienākumiem jāatbilst Profesiju klasifikatorā norādītajai profesijai)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B12619">
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">, Pretendents spēj nodrošināt </w:t>
       </w:r>
-      <w:r w:rsidR="001441D4" w:rsidRPr="00B12619">
+      <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nepārtrauktu nodarbināšanu visu līguma ar </w:t>
       </w:r>
-      <w:r w:rsidR="00665F52" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Aģentūru </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>par Pas</w:t>
       </w:r>
-      <w:r w:rsidR="00341BE3" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00341BE3" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ākuma īstenošanu darbības laiku </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>(t.i., profesiju ar sezonālu raksturu darba pienākumu aprakstam jāietver darba pienākumi visās sezonās: pavasarī, vasarā, rudenī un ziemā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132C7474" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="132C7474" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F1D77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>iepazinās ar nosacījumu, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7C54E4" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="2B7C54E4" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B639DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nepieciešamo informāciju Pretendentu atlasei </w:t>
       </w:r>
-      <w:r w:rsidR="00665F52" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> iegūst un </w:t>
       </w:r>
-      <w:r w:rsidR="00F7300C" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00F7300C" w:rsidRPr="00D26127">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00665F52" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>retendentu snie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">gto ziņu patiesumu pārbauda, izmantojot publiski pieejamās datubāzes, citu institūciju datubāzes, kā arī pieprasot informāciju no kompetentajām valsts institūcijām. Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="0051417A" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> rīcībā esošā informācija neatbilst faktiskajai situācijai, attiecīgais Pretend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>ents ir tiesīgs iesniegt izziņu vai citu dokumentu, precizējot informāciju</w:t>
+      </w:r>
+      <w:r w:rsidR="0051417A" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD184FF" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="5BD184FF" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B639DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ja līdz </w:t>
       </w:r>
-      <w:r w:rsidR="00665F52" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> lēmuma </w:t>
       </w:r>
-      <w:r w:rsidR="00717E8A" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00717E8A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">pieņemšanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00BC1D0F" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>dienai Pretendenta pieteikumā norādītā informācija ir mainījusies, Pretendents vienas darba dienas laikā no faktiskās situācijas iestāšanās rak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1D0F" w:rsidRPr="00D26127">
         <w:t>iski</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> informē </w:t>
       </w:r>
-      <w:r w:rsidR="00665F52" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūru</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE80022" w14:textId="03AE9BC1" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="0FE80022" w14:textId="60684789" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="0057056F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>valsts atbalstu subsidēto darba vietu izveidei var saņemt Komisijas</w:t>
       </w:r>
-      <w:r w:rsidR="002759EB">
+      <w:r w:rsidR="002759EB" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00935112">
-[...3 lines deleted...]
-      <w:r w:rsidR="00935112" w:rsidRPr="009A4D44">
+      <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
+        <w:t>2023. gada 13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">decembra Regulas (ES) Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
         <w:rPr>
           <w:rStyle w:val="oj-italic"/>
           <w:i/>
         </w:rPr>
-        <w:t>de</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="oj-italic"/>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalstam (Eiropas Savienības Oficiālais Vēstnesis, 2023. gada 15. decembris,  LV Serija L) </w:t>
+      </w:r>
+      <w:r w:rsidR="0043030A" w:rsidRPr="00D26127">
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45B47" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk151044723"/>
+      <w:r w:rsidR="00F45B47" w:rsidRPr="00D26127">
+        <w:t>Komisijas 2014. gada 27. jūnija Regul</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B95" w:rsidRPr="00D26127">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45B47" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> (ES) Nr. 717/2014 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45B47" w:rsidRPr="00D26127">
+        <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45B47" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B95" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> (Eiropas Savienības Oficiālais Vēstnesis, 2014. gada 28. jūnijs, Nr. L 190/45)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> vai Komisijas 2013.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
+        <w:t>gada 18. decembra Regul</w:t>
+      </w:r>
+      <w:r w:rsidR="00514101" w:rsidRPr="00D26127">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2013. gada 24. decembris, Nr. L 352/9)</w:t>
+      </w:r>
+      <w:r w:rsidR="004E51DA" w:rsidRPr="00D26127">
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="004E51DA" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...121 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5259D57E" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="5259D57E" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00985970">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pretendentam, kas noslēdzis līgumu par </w:t>
       </w:r>
-      <w:r w:rsidR="00074650" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00074650" w:rsidRPr="00D26127">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">asākuma īstenošanu, jāpiedalās Pasākuma līdzfinansēšanā (arī veicot valsts sociālās apdrošināšanas obligātās iemaksas par </w:t>
       </w:r>
-      <w:r w:rsidR="00074650" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00074650" w:rsidRPr="00D26127">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00074650" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t>asāk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>um</w:t>
+      </w:r>
+      <w:r w:rsidR="00074650" w:rsidRPr="00D26127">
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> iesaistītajiem</w:t>
       </w:r>
-      <w:r w:rsidR="00B86E1A" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA3F8E" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00AA3F8E" w:rsidRPr="00D26127">
         <w:t>klientiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">). Darba devēja līdzfinansēto daļu </w:t>
       </w:r>
-      <w:r w:rsidR="008C31B9" w:rsidRPr="00B12619">
+      <w:r w:rsidR="008C31B9" w:rsidRPr="00D26127">
         <w:t>jāsedz</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> no līdzekļiem, </w:t>
       </w:r>
-      <w:r w:rsidR="008402B1" w:rsidRPr="00B12619">
+      <w:r w:rsidR="008402B1" w:rsidRPr="00D26127">
         <w:t>kas nav komercdarbības atbalsts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B602501" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="7B212CB9" w14:textId="7157A547" w:rsidR="003A70AA" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002B6E5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>finanšu atbalstu</w:t>
       </w:r>
-      <w:r w:rsidR="00130F0E" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00130F0E" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> nedrīkst </w:t>
       </w:r>
-      <w:r w:rsidR="0024742D" w:rsidRPr="00B12619">
+      <w:r w:rsidR="0024742D" w:rsidRPr="00D26127">
         <w:t>summēt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> ar citu </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>de</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B12619">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalstu un citu valsts atbalstu attiecībā uz vienām un tām pašām attiecināmajām izmak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>sām vai citu valsts atbalstu tam pašam riska finansējuma pasākumam</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">. Darba devējs, kuram piemēro </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalstu saskaņā ar Komisijas regulu </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un, kurš darbojas nozarēs, kas minētas Komisijas regulas Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.panta 1.punkta "a", "b" "c" vai "d" apakšpunktā, nodrošina šo nozaru darbību vai uzskaites nodalīšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50B4B" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6E5F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lai darbības izslēgtajās nozarēs negūtu labumu no </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6E5F" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> atbalstu un citu valsts atbalstu attiecībā uz vienām un tām pašām attiecināmajām izmaksām vai citu valsts atbalstu tam pašam riska finansējuma pasākumam;</w:t>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6E5F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta, ko piešķir saskaņā ar Ministru kabineta noteikumiem Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1278763A" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="5B602501" w14:textId="2F01FEE1" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00630DDC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00813224" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Nodrošināt, ka ievērojot Eiropas Parlamenta un Padomes Regula (ES) 2021/1060 </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DFB" w:rsidRPr="00D26127">
+        <w:t>(2021.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B7DFB" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">gada 24. jūnijs), </w:t>
+      </w:r>
+      <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās </w:t>
+      </w:r>
+      <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
+        <w:lastRenderedPageBreak/>
+        <w:t>fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>, Iekšējās drošības</w:t>
+      </w:r>
+      <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai 63. panta 9. punktā noteikto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10210" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
+        <w:t>Pasākuma ietvaros dubultā finansējuma risks ir novērsts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1278763A" w14:textId="430030FA" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00985970">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1418" w:hanging="698"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>līgumā būs jā</w:t>
+      </w:r>
+      <w:r w:rsidR="00843687" w:rsidRPr="00D26127">
+        <w:t>norāda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> kontaktpersona, kurai jābūt sasniedzamai</w:t>
+      </w:r>
+      <w:r w:rsidR="00843687" w:rsidRPr="00D26127">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> zvanot uz līgumā norādīto kontaktpersonas tālruņa numuru</w:t>
+      </w:r>
+      <w:r w:rsidR="00843687" w:rsidRPr="00D26127">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00813224" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">darba laikā ir jābūt informētai par </w:t>
       </w:r>
-      <w:r w:rsidR="00813224" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00813224" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nodarbināšanas adresi, veicamajiem un paveiktajiem darbiem atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00813224" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00813224" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">amata aprakstā norādītajiem pienākumiem, jānodrošina pieeja ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Pasākuma īstenošanu saistītajai dokumentācijai</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04DE1" w:rsidRPr="00D26127">
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325C40E6" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="325C40E6" w14:textId="7646C6AF" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B17745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...128 lines deleted...]
-      <w:r w:rsidRPr="00B12619">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>ir informēts, ka līgumu par Pasākuma īstenošanu jāslēdz viena mēneša laikā no lēmuma par līguma slēgšanas tiesību piešķiršanu spēkā stāšanās dienas tikai par to darba vietu izveidi, kurās Pretendents un Klien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>ts, kuram Aģentūra ir noteikusi dalību Pasākumā, ir vienojušies par darba tiesisko attiecību nodibināšanu Pasākuma ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04DE1" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18328961" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="18328961" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B17745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
-[...2 lines deleted...]
-      <w:r w:rsidR="00922032" w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Pasākuma īstenošanai pieteiktas no jauna izveidotas darba vietas vai darba vietas, kas ir vakantas sakarā ar darba tiesisko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>attiecību izbeigšanu uz darbinieka uzteikuma pamata, uz Pretendenta un darbinieka vienošanās pamata vai uz Pretendenta uzteikuma pamata Darba likuma 101.</w:t>
+      </w:r>
+      <w:r w:rsidR="00922032" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>panta pirmās daļas 1., 2., 3., 4., 5. un 11.</w:t>
       </w:r>
-      <w:r w:rsidR="00922032" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00922032" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-        <w:t>punktā noteiktajos gadījumos, kā arī darba vietas ar nepilnu darba laiku, ja šāds darba laiks noteikts, pamatojoties uz darbinieka lūgumu;</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">punktā noteiktajos gadījumos, kā arī darba vietas ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>nepilnu darba laiku, ja šāds darba laiks noteikts, pamatojoties uz darbinieka lūgumu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CD0F33" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="65CD0F33" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B17745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="360"/>
+        <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ir iepazinies ar normatīvajiem aktiem, kuri nosaka </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>de</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B12619">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> atbalsta uzskaites sistēmā ir sagatavo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3400B" w:rsidRPr="00D26127">
+        <w:t>ta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> un apstip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>rinā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3400B" w:rsidRPr="00D26127">
+        <w:t>ta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">  veidlapa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> par sniedzamo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">informāciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>minimis</w:t>
-[...82 lines deleted...]
-      <w:r w:rsidR="00C64C06" w:rsidRPr="00B12619">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021A74E2" w14:textId="77777777" w:rsidR="005174C9" w:rsidRPr="00B12619" w:rsidRDefault="005174C9" w:rsidP="00D50EB0">
+    <w:p w14:paraId="021A74E2" w14:textId="77777777" w:rsidR="005174C9" w:rsidRPr="00D26127" w:rsidRDefault="005174C9" w:rsidP="00D50EB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C02A0AC" w14:textId="1733D5B5" w:rsidR="003150AF" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00B656C8">
+    <w:p w14:paraId="4C02A0AC" w14:textId="1733D5B5" w:rsidR="003150AF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B656C8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B656C8">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> _</w:t>
       </w:r>
-      <w:r w:rsidR="003A2290">
+      <w:r w:rsidR="003A2290" w:rsidRPr="00D26127">
         <w:t>____________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00195B2B" w:rsidRPr="00B12619">
+      <w:r w:rsidR="00195B2B" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDAC486" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00B656C8">
+    <w:p w14:paraId="1BDAC486" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B656C8">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B656C8">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(norāda veidlapas identifikācijas Nr.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B656C8">
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74597737" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00B12619" w:rsidRDefault="00195B2B">
+    <w:p w14:paraId="74597737" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00D26127" w:rsidRDefault="00195B2B">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="273F5D03" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00DA44F4">
+    <w:p w14:paraId="273F5D03" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00473DCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+        <w:ind w:hanging="291"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
         <w:t>Finanšu atbalst</w:t>
       </w:r>
-      <w:r w:rsidR="007276A7" w:rsidRPr="00B12619">
+      <w:r w:rsidR="007276A7" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">u vēlas saņemt, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:t>apliecinot atbilstību:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E00273" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="007D6101" w:rsidP="007D6101">
+    <w:p w14:paraId="44E00273" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="007D6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="8789"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00322827" w14:paraId="21582488" w14:textId="77777777" w:rsidTr="007276A7">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="21582488" w14:textId="77777777" w:rsidTr="007276A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CABEC1" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009F7E00">
+          <w:p w14:paraId="60CABEC1" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Atzīmē ar “</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>” vienu atbilstošo lauku</w:t>
+              <w:t xml:space="preserve">” vienu atbilstošo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lauku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D04EF2B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009F7E00">
+          <w:p w14:paraId="5D04EF2B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Nozare un Regulu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="03196455" w14:textId="77777777" w:rsidTr="007276A7">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="03196455" w14:textId="77777777" w:rsidTr="007276A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D7E3C10" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="007D6101" w:rsidP="009F7E00">
+          <w:p w14:paraId="4D7E3C10" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="56FDF696" w14:textId="24719B53" w:rsidR="00C46501" w:rsidRDefault="009E0281" w:rsidP="00C46501">
+          <w:p w14:paraId="56FDF696" w14:textId="24719B53" w:rsidR="00C46501" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00C46501">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00C46501">
+            <w:r w:rsidRPr="00E66D18">
+              <w:t xml:space="preserve">Komisijas 2023. gada 13. decembra Regulas (ES) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Nr. 2023/2831</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009A4D44">
+            <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:rStyle w:val="oj-italic"/>
                 <w:i/>
               </w:rPr>
-              <w:t>de</w:t>
-[...18 lines deleted...]
-            <w:r>
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> atbalstam nosacījumiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ED316AA" w14:textId="25836511" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00C73AEE">
+          <w:p w14:paraId="7ED316AA" w14:textId="25836511" w:rsidR="007D6101" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00C73AEE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="003F3BC8">
-[...21 lines deleted...]
-              <w:t>ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t>Šo regulu piemēro visu nozaru uzņēmumiem piešķirtam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t xml:space="preserve"> atbalstam, izņemot atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="41532F2B" w14:textId="77777777" w:rsidTr="007276A7">
-[...77 lines deleted...]
-      <w:tr w:rsidR="00322827" w14:paraId="5289BEDA" w14:textId="77777777" w:rsidTr="009A59BD">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="5289BEDA" w14:textId="77777777" w:rsidTr="009A59BD">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F455FBF" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="007D6101" w:rsidP="009F7E00">
+          <w:p w14:paraId="2F455FBF" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1376E05B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00C73AEE">
+          <w:p w14:paraId="1376E05B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00044CDB">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve">Komisijas 2014. gada 27. jūnija Regulas (ES) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="003F3BC8">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00E66D18">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
+                  <w:color w:val="auto"/>
                 </w:rPr>
                 <w:t>Nr.717/2014</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>de</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t xml:space="preserve"> atbalstam zvejniecīb</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t>as un akvakultūras nozarē nosacījumiem. Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="196F8A1E" w14:textId="77777777" w:rsidTr="009A59BD">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C9E78B" w14:textId="77777777" w:rsidR="00577828" w:rsidRPr="00D26127" w:rsidRDefault="00577828" w:rsidP="009F7E00">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C486AF" w14:textId="04D59D08" w:rsidR="00577828" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00044CDB">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regulas (ES) </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00E66D18">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:color w:val="auto"/>
+                </w:rPr>
+                <w:t>Nr.1408/2013</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-              <w:t>Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē nosacījumiem. Šo regulu piemēro </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E66D18">
+              <w:t>atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="096B8917" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00B12619" w:rsidRDefault="007D6101" w:rsidP="007D6101">
+    <w:p w14:paraId="096B8917" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="007D6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D76ED4D" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00BD4C81" w:rsidRDefault="009E0281" w:rsidP="00BD4C81">
-[...2 lines deleted...]
-        <w:ind w:left="360"/>
+    <w:p w14:paraId="7D76ED4D" w14:textId="687A62EA" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000C662F">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A4910" w:rsidRPr="00BD4C81">
+      <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Pretendenta piedāvātās darba vietas</w:t>
       </w:r>
+      <w:r w:rsidR="000C662F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:footnoteReference w:id="11"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A4910" w:rsidRPr="00030FEC">
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+      <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3890D594" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00096B9C">
+    <w:p w14:paraId="3890D594" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000C662F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(par katru darba vietu aizpilda atsevišķu tabulu)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275E7053" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00883911">
+    <w:p w14:paraId="275E7053" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B64841">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B12619">
+      <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5145" w:type="pct"/>
+        <w:tblW w:w="5232" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1581"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5102"/>
+        <w:gridCol w:w="1574"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="837"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="1693"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="1668"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00322827" w14:paraId="5414B93F" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="5414B93F" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="408"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6D07E6A8" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
+          <w:p w14:paraId="6D07E6A8" w14:textId="6D39812C" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00166E63">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Aģentūrā</w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reģistrētās </w:t>
+            </w:r>
+            <w:r w:rsidR="005D63A8" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">aktuālās </w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">vakances Nr. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E172DD7" w14:textId="77777777" w:rsidR="00166E63" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00166E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(norāda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>par profesiju, kādā tiek pieteikta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6328B84F" w14:textId="65575313" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00166E63">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(norāda par profesiju, kādā tiek pieteikta darba vieta)</w:t>
+              <w:t>darba vieta)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2692" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C33A384" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="2C33A384" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="58ABB553" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="58ABB553" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="436"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="17408472" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
-            <w:pPr>
+          <w:p w14:paraId="3A138BDD" w14:textId="3513CEE6" w:rsidR="006A4B41" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="003F300D">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="3A138BDD" w14:textId="2125BE3E" w:rsidR="006A4B41" w:rsidRPr="00B12619" w:rsidRDefault="006A4B41" w:rsidP="009E7B90"/>
+              <w:t xml:space="preserve">Profesija </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(nosaukums</w:t>
+            </w:r>
+            <w:r w:rsidR="00B64841" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB08FB" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">atbilstoši profesiju klasifikatoram) </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2692" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE97F4B" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
-[...7 lines deleted...]
-          <w:p w14:paraId="0AC52A34" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="1AE97F4B" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AC52A34" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48F0CB15" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="48F0CB15" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="48DF7B35" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="48DF7B35" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="453"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="4E58230B" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00541065">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+          <w:p w14:paraId="532FA69F" w14:textId="6617F9BA" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="0013112C">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>Profesijas kods Profesiju klasifikatorā</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7FF8A05D" w14:textId="4D87CEC8" w:rsidR="00A71C28" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="0013112C">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(jānorāda seši cipari</w:t>
+            </w:r>
+            <w:r w:rsidR="0013112C" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, atbilstoši profesiju klasifikatoram)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E58230B" w14:textId="6CB53D2C" w:rsidR="0013112C" w:rsidRPr="00D26127" w:rsidRDefault="0013112C" w:rsidP="0013112C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2692" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26453A6F" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="26453A6F" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="3E355606" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="3E355606" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="1183"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="408673A6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00030FEC" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
+          <w:p w14:paraId="408673A6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietas adrese</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="12"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+              <w:footnoteReference w:id="13"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BCE8F1F" w14:textId="358CA653" w:rsidR="00B26890" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00707173">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(norāda  ielas nosaukumu, mājas Nr. vai mājas nosaukumu</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003A2290">
+              <w:t>(norāda</w:t>
+            </w:r>
+            <w:r w:rsidR="00707173" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ielas nosaukumu, mājas Nr. vai mājas nosaukumu</w:t>
+            </w:r>
+            <w:r w:rsidR="003A2290" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>, pilsētu, novadu un pasta indeksu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidR="00707173" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Papildus norāda, veicot piezīmi - darbinieks var tikt nodarbināts dažādās vietās, ja to paredz darba pienākumi. </w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2692" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E556CA2" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="4E556CA2" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="041717CA" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="041717CA" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1F31EF7C" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00030FEC" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
+          <w:p w14:paraId="1F31EF7C" w14:textId="6FD59ECF" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Darba alga mēnesī</w:t>
+              <w:t>Bruto d</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0281" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>arba alga mēnesī</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
-              <w:footnoteReference w:id="13"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1AE5525D" w14:textId="77777777" w:rsidR="00B63DF3" w:rsidRPr="00B12619" w:rsidRDefault="00B63DF3" w:rsidP="009E7B90"/>
+              <w:footnoteReference w:id="14"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49FD7103" w14:textId="3B847A69" w:rsidR="00B63DF3" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(norāda fiksētu bruto darba algas apmēru) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE5525D" w14:textId="77777777" w:rsidR="00B63DF3" w:rsidRPr="00D26127" w:rsidRDefault="00B63DF3" w:rsidP="009E7B90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2692" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A957E31" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="6A957E31" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="76C060E2" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="76C060E2" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="801"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2308" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="04F848C6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
+          <w:p w14:paraId="04F848C6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba režīms</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="440C83BC" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="008A408B">
+          <w:p w14:paraId="440C83BC" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00113C48">
             <w:pPr>
               <w:spacing w:after="120"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(normāls, nepilns (nepilna darba laika gadījumā norāda plānoto stundu skaitu dienā vai nedēļā))</w:t>
+              <w:t xml:space="preserve">(normāls, nepilns (nepilna darba laika gadījumā norāda plānoto stundu skaitu dienā vai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nedēļā))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2692" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2698CB" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="2F2698CB" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="2585C1BE" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="6E6B9549" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
-          <w:trHeight w:val="538"/>
+          <w:trHeight w:val="801"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="536EF371" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00481D50">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darba vietas nodrošinājuma ar telpu un materiāli tehnisko bāzi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">uzskaitījums </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042F8F70" w14:textId="627E1F40" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(darba vietas nodrošinājumam jābūt atbilstošam veicamajiem darba pienākumiem)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9E7E9A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="0D7C0547" w14:textId="77777777" w:rsidTr="000B470D">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D51C6B2" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
-[...36 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="630337AE" w14:textId="77777777" w:rsidR="004F1ADF" w:rsidRPr="00D26127" w:rsidRDefault="004F1ADF" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="4B6E5211" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="15D779C3" w14:textId="77777777" w:rsidTr="000B470D">
         <w:trPr>
-          <w:trHeight w:val="841"/>
+          <w:trHeight w:val="616"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="176663BA" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="10272C41" w14:textId="02F6CA61" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Darba vadītājs, iegūtā izglītība vai darba pieredze</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">profesijā, kurā pieteikta darba vieta </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="624F4358" w14:textId="4FD98930" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(norāda atbilstoši pieteikuma 2.13.apakšpunktā noteiktajam)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="15D779C3" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="09F5D30F" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
-          <w:trHeight w:val="347"/>
+          <w:trHeight w:val="247"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E205AC0" w14:textId="2FB499AD" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Darba vadītāja vārds, uzvārds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4654A8" w14:textId="5BE6EE6A" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Personas kods</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="772ABA39" w14:textId="506FE336" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iegūtā izglītība </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(izglītības dokuments (diploms/apliecība) jāpievieno pielikumā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D370D06" w14:textId="42885480" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Profesija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1055" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4126E2A7" w14:textId="530BC25D" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Darba pieredzes perio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ds</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13ADCD22" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">profesijā, kurā pieteikta </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1075EB0F" w14:textId="08A0962C" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>darba vieta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03FB83D0" w14:textId="7A9BCEE2" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(dd.mm.gggg. – dd.mm.gggg.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5092D8B7" w14:textId="1820E6DA" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Darba devēja nosaukums,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B72095" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pie kura iegūta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62FC73DD" w14:textId="1AA7F6E3" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> darba pieredze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="1DA6B257" w14:textId="77777777" w:rsidTr="00AE0DED">
+        <w:trPr>
+          <w:trHeight w:val="371"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AE9DE6" w14:textId="70019083" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EC43EA" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F64D28" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FAFFF9" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1055" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="503AEAD1" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4F3B66" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="708097DD" w14:textId="77777777" w:rsidTr="00AE0DED">
+        <w:trPr>
+          <w:trHeight w:val="371"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="477D00AF" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21900B9F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E1AA8A2" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FC40879" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1055" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E85D796" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FAC4FDC" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="428A9247" w14:textId="77777777" w:rsidTr="00AE0DED">
+        <w:trPr>
+          <w:trHeight w:val="371"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B083D44" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6623509D" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73D87AFD" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52F32196" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1055" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="545C6410" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77779B37" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="30BAACAB" w14:textId="77777777" w:rsidTr="00AE0DED">
+        <w:trPr>
+          <w:trHeight w:val="371"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A9ABE4C" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D832E78" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C9A88AA" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="816" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F7997C9" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1055" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C0AC13" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78961543" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="6A716AAB" w14:textId="77777777" w:rsidTr="000B470D">
+        <w:trPr>
+          <w:trHeight w:val="190"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="624F4358" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
-[...6 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6E87CA86" w14:textId="77777777" w:rsidR="00F03A21" w:rsidRPr="00D26127" w:rsidRDefault="00F03A21" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="25B5C692" w14:textId="77777777" w:rsidTr="006A4B41">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="15418F4E" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
-          <w:trHeight w:val="507"/>
+          <w:trHeight w:val="1899"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="759" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0666EBCF" w14:textId="31332C14" w:rsidR="00096B9C" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="68548822" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1437457B" w14:textId="203FB780" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klienta nodarbināšanas </w:t>
+            </w:r>
+            <w:r w:rsidR="000B470D" w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ilgums </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5187A7F7" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pasākumā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34764893" w14:textId="25FAB94A" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000B470D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12 mēneši</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38CAED4B" w14:textId="2B980071" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Atzīmē ar “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
-              </w:rPr>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>” vienu atbilstošo lauku</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(atbilstoši pieteikuma 2.</w:t>
-[...235 lines deleted...]
-              <w:t>(6 vai 12 mēneši)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4241" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFE316F" w14:textId="77777777" w:rsidR="000C7A27" w:rsidRPr="00B12619" w:rsidRDefault="000C7A27" w:rsidP="000C7A27">
+          <w:p w14:paraId="4017E0C5" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F16C3AC" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16E8A7F8" w14:textId="7B0236F6" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F037C05" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="746B0FED" w14:textId="77777777" w:rsidR="000B470D" w:rsidRPr="00D26127" w:rsidRDefault="000B470D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D34FFAF" w14:textId="1B9D163E" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000B470D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>Finansiālais atbalsts:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="355C80D4" w14:textId="77777777" w:rsidTr="005F6C01">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="355C80D4" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="615"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="775" w:type="pct"/>
+            <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2355B1" w14:textId="77777777" w:rsidR="002E68B5" w:rsidRDefault="002E68B5" w:rsidP="002E68B5">
+          <w:p w14:paraId="0F2355B1" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="599B1D2C" w14:textId="77777777" w:rsidR="002E68B5" w:rsidRDefault="002E68B5" w:rsidP="002E68B5">
+          <w:p w14:paraId="599B1D2C" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2EBB11D4" w14:textId="77777777" w:rsidR="002E68B5" w:rsidRDefault="002E68B5" w:rsidP="002E68B5">
+          <w:p w14:paraId="2EBB11D4" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59A7BA9F" w14:textId="77777777" w:rsidR="002E68B5" w:rsidRDefault="002E68B5" w:rsidP="002E68B5">
+          <w:p w14:paraId="59A7BA9F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12AF3FFA" w14:textId="77777777" w:rsidR="002E68B5" w:rsidRPr="002E68B5" w:rsidRDefault="002E68B5" w:rsidP="002E68B5">
+          <w:p w14:paraId="12AF3FFA" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2382" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="683627F8" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00031627">
+          <w:p w14:paraId="683627F8" w14:textId="6EA1CBC6" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005758E6">
-[...33 lines deleted...]
-            <w:r w:rsidR="00C64C06" w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nodarbinot:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00A8403F" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="004722CC">
+          <w:p w14:paraId="00A8403F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
-[...11 lines deleted...]
-            <w:r w:rsidR="00C64C06" w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. personu, kura bijusi bez darba vismaz 12 mēnešus un</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C64C06" w:rsidRPr="00B12619">
-[...20 lines deleted...]
-          <w:p w14:paraId="51B55A9F" w14:textId="77777777" w:rsidR="000573EB" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="001202A6">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>šajā periodā nav bijusi uzskatāma par darba ņēmēju vai pašnodarbināto atbilstoši likumam “Par valsts sociālo apdrošināšanu” ilgāk par diviem mēnešiem bez pārtra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ukuma;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B55A9F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">personu, kura ir vecāka par 55 gadiem, bet līdz </w:t>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. personu, kura ir vecāka par 55 gadiem, bet līdz </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Hlk19552219"/>
-            <w:r w:rsidR="00096B9C" w:rsidRPr="00B12619">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">vecuma pensiju, </w:t>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vecuma, kas dod tiesības saņemt vecuma pensiju, </w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00B12619">
-[...12 lines deleted...]
-          <w:p w14:paraId="35626646" w14:textId="77777777" w:rsidR="008358C9" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="001202A6">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>sasniegšanai tai ir vairāk nekā divi gadi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35626646" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
-[...18 lines deleted...]
-          <w:p w14:paraId="1AFA4893" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="000C7A27">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. personu, kura ieguvusi bēgļa vai alternatīvās personas statusu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFA4893" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
-[...24 lines deleted...]
-          <w:p w14:paraId="0EBEEB46" w14:textId="77777777" w:rsidR="00031627" w:rsidRPr="00B12619" w:rsidRDefault="00031627" w:rsidP="00031627">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. personu vecumā līdz 29 gadiem </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ieskaitot), kura ir atbrīvota no brīvības atņemšanas iestādes vai ir probācijas klients</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EBEEB46" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="pct"/>
+            <w:tcW w:w="1859" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5494ED" w14:textId="77777777" w:rsidR="000C7A27" w:rsidRPr="00B12619" w:rsidRDefault="000C7A27">
+          <w:p w14:paraId="4D5494ED" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40E2204A" w14:textId="77777777" w:rsidR="0090369D" w:rsidRPr="00B12619" w:rsidRDefault="009E0281">
+          <w:p w14:paraId="40E2204A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...28 lines deleted...]
-          <w:p w14:paraId="3DFD88B4" w14:textId="6188896E" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Dotācija klienta darba algai 50% apmērā no valstī noteiktās minimālās mēneša darba algas; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DFD88B4" w14:textId="6188896E" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005E082C" w:rsidRPr="005E082C">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="427248B8" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427248B8" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="4D58DCCF" w14:textId="77777777" w:rsidTr="005F6C01">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="4D58DCCF" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="1234"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="775" w:type="pct"/>
+            <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38C71185" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="38C71185" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="2382" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F7E040" w14:textId="04416782" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>nodarbinot personu, kurai līdz vecuma, kas dod tiesības saņemt vecuma pensiju, sasniegšanai atlikuši ne vairāk kā divi gadi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47F7E040" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00D07792">
-[...52 lines deleted...]
-          <w:p w14:paraId="0B62D54A" w14:textId="77777777" w:rsidR="007E5B7D" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00502483">
+          <w:p w14:paraId="0B62D54A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...21 lines deleted...]
-          <w:p w14:paraId="699D29C8" w14:textId="16E846F7" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="005475B6">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Dotācija klienta darba algai 80% apmērā no valstī noteiktās minimālās mēneša darba </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>algas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="699D29C8" w14:textId="16E846F7" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...14 lines deleted...]
-            <w:r w:rsidR="005E082C" w:rsidRPr="005E082C">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="6D8500BA" w14:textId="77777777" w:rsidTr="005F6C01">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="6D8500BA" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="974"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="775" w:type="pct"/>
+            <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651BD467" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
+          <w:p w14:paraId="651BD467" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="2382" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B06023" w14:textId="5C2CA6AA" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nodarbinot </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>personu vecumā līdz 29 gadiem (ieskaitot), kura ir absolvējusi speciālo izglītības programmu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="77B06023" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00D07792">
-[...48 lines deleted...]
-          <w:p w14:paraId="44650E0F" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00502483">
+          <w:p w14:paraId="44650E0F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...7 lines deleted...]
-          <w:p w14:paraId="73D92C4A" w14:textId="3EFE1611" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="009E7B90">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- Dotācija klienta darba algai valstī noteiktās minimālās</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mēneša darba algas apmērā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D92C4A" w14:textId="3EFE1611" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005E082C" w:rsidRPr="005E082C">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-              <w:t>apmērā par katru darba vadīšanas dienu.</w:t>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="5E4E7E76" w14:textId="77777777" w:rsidTr="005F6C01">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="6103C542" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
-          <w:trHeight w:val="2989"/>
+          <w:trHeight w:val="3840"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="775" w:type="pct"/>
+            <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2279C480" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="74A54E70" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="002F037C">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="2382" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="506D1963" w14:textId="3802A9B1" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00380DAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>nodarbinot personu ar invaliditāti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0473DE49" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04BF1C7F" w14:textId="5FC04891" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="0027315C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34742FC1" w14:textId="77777777" w:rsidR="00502483" w:rsidRPr="00B12619" w:rsidRDefault="00502483" w:rsidP="00502483">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2FFCEE1E" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6858BD00" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00502483">
-[...61 lines deleted...]
-          <w:p w14:paraId="2F57AA8D" w14:textId="77777777" w:rsidR="00502483" w:rsidRPr="00B12619" w:rsidRDefault="00502483" w:rsidP="002F7F73">
+          <w:p w14:paraId="1547BA96" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5136BF3C" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="002F7F73">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Dotācija klienta darba algai, kura nav lielāka par pusotru valstī noteiktās minimālās mēneša darba </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>algas apmēru vai ir valstī noteiktās minimālās mēneša darba algas apmērā, ja klientus plānots nodarbināt mazkvalificētos darbos (atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCDBD1E" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...30 lines deleted...]
-          <w:p w14:paraId="3C533CBC" w14:textId="71391278" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="002F7F73">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">euro </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>apmērā par katru darba</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vadīšanas dienu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDD23AF" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...40 lines deleted...]
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Valsts sociālās apdrošināšanas obligātās iemaksas proporcionāli klienta algas dotācijas daļai;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23C882CB" w14:textId="6251365E" w:rsidR="00096B9C" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00502483">
+          <w:p w14:paraId="32B4E6B7" w14:textId="24AEA6C0" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
-[...49 lines deleted...]
-            <w:r w:rsidR="00B01AD7" w:rsidRPr="00B01AD7">
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Vienreizēja dotācija iekārtu un aprīkojuma iegādes izmaksām, lai pielāgotu darba vietu klientam ne vairāk kā  1000 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>euro</w:t>
-[...22 lines deleted...]
-              <w:t>(tai skaitā piegādes un uzstādīšanas izmaksas);</w:t>
+              <w:t xml:space="preserve">euro </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apmērā (tai skaitā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>piegādes un uzstādīšanas izmaksas);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00322827" w14:paraId="1A1BDFEF" w14:textId="77777777" w:rsidTr="005F6C01">
+      <w:tr w:rsidR="00FC0A7B" w14:paraId="1A1BDFEF" w14:textId="77777777" w:rsidTr="000B470D">
         <w:trPr>
-          <w:trHeight w:val="2674"/>
+          <w:trHeight w:val="2228"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2499" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="0456511C" w14:textId="77777777" w:rsidR="00CD4C8D" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00CD4C8D">
+          <w:p w14:paraId="3A532977" w14:textId="05804962" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Prasības klienta izglītībai, darba pieredzei, zināšanām un prasmēm:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E724349" w14:textId="77777777" w:rsidR="00737ABB" w:rsidRPr="00B12619" w:rsidRDefault="00737ABB" w:rsidP="005475B6">
+              <w:lastRenderedPageBreak/>
+              <w:t>Prasības darbinieka izglītībai, darba pieredzei, zināšanām un prasmēm:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="236A811D" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="008C367E" w14:textId="77777777" w:rsidR="00CD4C8D" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="005475B6">
+          <w:p w14:paraId="47E808EE" w14:textId="7C8BF89A" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E1333B3" w14:textId="77777777" w:rsidR="00737ABB" w:rsidRPr="00B12619" w:rsidRDefault="00737ABB" w:rsidP="005475B6">
+              <w:t>________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAB72AC" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="61B32F25" w14:textId="77777777" w:rsidR="00CD4C8D" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="005475B6">
+          <w:p w14:paraId="6B5AECA6" w14:textId="7524A28B" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="322490F8" w14:textId="77777777" w:rsidR="00737ABB" w:rsidRPr="00B12619" w:rsidRDefault="00737ABB">
+              <w:t>________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A35970A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FDA5941" w14:textId="77777777" w:rsidR="00CD4C8D" w:rsidRPr="00B12619" w:rsidRDefault="009E0281">
+          <w:p w14:paraId="14F0227E" w14:textId="7CF53FD0" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B12619">
+            <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>________________________________</w:t>
-[...133 lines deleted...]
-          </w:p>
+              <w:t>________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58143401" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A6A97EF" w14:textId="77777777" w:rsidR="006B7E1B" w:rsidRPr="00B12619" w:rsidRDefault="006B7E1B" w:rsidP="006B7E1B">
+    <w:p w14:paraId="3A6A97EF" w14:textId="3EE07306" w:rsidR="006B7E1B" w:rsidRPr="00D26127" w:rsidRDefault="006B7E1B" w:rsidP="006B7E1B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="265389F0" w14:textId="77777777" w:rsidR="00622061" w:rsidRPr="009D4174" w:rsidRDefault="009E0281" w:rsidP="009D4174">
+    <w:p w14:paraId="43A980F3" w14:textId="58C4C6F6" w:rsidR="006D2CA4" w:rsidRPr="00D26127" w:rsidRDefault="006D2CA4" w:rsidP="006B7E1B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0AFC4B" w14:textId="79AF7A11" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00F84F58">
       <w:pPr>
         <w:ind w:left="360"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...2 lines deleted...]
-        <w:t>Dokumentu saraksts, ko Pretendents pievieno iesniedzot pieteikumu:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4. Personas datu apstrāde</w:t>
+      </w:r>
+      <w:r w:rsidR="000C662F" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDF750E" w14:textId="77777777" w:rsidR="00622061" w:rsidRPr="00B12619" w:rsidRDefault="00622061" w:rsidP="00096B9C"/>
-[...2 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w14:paraId="1C7D8B8F" w14:textId="77777777" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F84F58" w:rsidP="00F84F58">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...164 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4C6BC21F" w14:textId="70780429" w:rsidR="00A438A9" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="007C2502">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Šā pieteikuma ietvarā Pretendenta iesniegtos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">personas datus Aģentūra apstrādā saziņai ar </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2502" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Pretendentu un Pretendenta sniegto ziņu patiesuma pārbaudei, pamatojoties uz normatīvajos aktos noteikto pienākumu izpildi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EECF57A" w14:textId="58490B8A" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="007C2502">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Iesniedzot datus, Pretendents ir personas datu apstrādes pārzinis Eiropas Parlamenta un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> Padomes (ES) 2016. gada 27. aprīļa Regulas Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti izpratnē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73923B5C" w14:textId="462E73A6" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00A438A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Pretendenta pienākums ir informēt pieteikumā minēto kontaktpersonu un 3.1. punktā minēto darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>vadītāju, par viņu personas datu nodošanu datu apstrādei Aģentūrā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BFC23CB" w14:textId="7F1777C6" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00A438A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Apstrādājot Pretendenta iesniegtos personas datus, personas datu apstrādes pārzinis ir Aģentūra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F607D4" w14:textId="425AEA47" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00A438A9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Visa informācija par Aģentūras veikto personas datu apstrādi un datu subjekta tiesību īsteno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>šanu ir ietverta Privātuma politikā, kas ir atrodama Aģentūras tīmekļa vietnē www.nva.gov.lv/lv/iestades-privatuma-politika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539704C4" w14:textId="77777777" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F84F58" w:rsidP="00F84F58">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="316CD27F" w14:textId="77777777" w:rsidR="00236CD9" w:rsidRPr="00B12619" w:rsidRDefault="009E0281" w:rsidP="00236CD9">
-      <w:pPr>
+    <w:p w14:paraId="265389F0" w14:textId="112EF976" w:rsidR="00622061" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009D4174">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Dokumentu saraksts, ko Pretendents pievieno</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23623" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedzot pieteikumu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDF750E" w14:textId="77777777" w:rsidR="00622061" w:rsidRPr="00D26127" w:rsidRDefault="00622061" w:rsidP="00096B9C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="309A951F" w14:textId="0FE8C9B4" w:rsidR="00CF39E7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Dokumenta, kas apliecina pieteikuma iesniedzēja paraksta t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>iesības, apliecināta kopija (informācija par paraksttiesīgajām personām, kura pieejama komercreģistrā, nav jāiesniedz) uz ___ lp.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79523DE2" w14:textId="708EC14D" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Katras pieteiktās darba vietas amata apraksts (-i) (datēts, apliecināts ar Pretendenta  parakstu) uz ___ lp.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321D022D" w14:textId="2F9A88AE" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Darba vadītāja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>apliecināta iegūtās izglītības apliecinoša dokumenta kopija  (dokumentu pievieno gadījumā, ja darba vadītājam ir iegūta izglītība profesijā, kurā plānots nodarbināt klientu) uz ___ lp.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C4E3AA" w14:textId="262A28DB" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta Elektroniskās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">deklarēšanas sistēmas par Pretendenta nozarēm, kādā tas darbojas un vēlas saņemt atbalstu (izdruka pieteikumam nav jāpievieno gadījumā, ja pieteikumā norādītais NACE kods ir Pretendenta pamatdarbības veids) </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2502" w:rsidRPr="00D26127">
+        <w:t>uz ___ lp.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B4238F" w14:textId="3A6E2995" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>Dokuments</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41D46" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> vai skaidrojums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">, kas apliecina pieteikuma iesniedzēja tiesības īstenot pasākumu pieteikumā norādītajā adresē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ja pieteiktā Pasākuma īstenošanas vietas adrese nav Pretendenta juridiskā adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> kopija uz _</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0DED" w:rsidRPr="00D26127">
+        <w:softHyphen/>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12619">
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0DED" w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>lp.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2502" w:rsidRPr="00D26127">
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D42515" w14:textId="77777777" w:rsidR="00BC4295" w:rsidRPr="00B12619" w:rsidRDefault="00BC4295">
+    <w:p w14:paraId="4C3E05C9" w14:textId="46D9DED7" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve"> Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta El</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>ektroniskās deklarēšanas sistēmas “Ziņas par darba ņēmējiem, darbinieku darba periodi” uz Pretendenta pieteikuma iesniegšanas dienu uz__</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE0DED" w:rsidRPr="00D26127">
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>lp.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="039F7365" w14:textId="77777777" w:rsidR="005D2233" w:rsidRDefault="005D2233" w:rsidP="009E3C2C">
-[...300 lines deleted...]
-    <w:p w14:paraId="462ABB89" w14:textId="668B84A7" w:rsidR="00BD5222" w:rsidRPr="004141BD" w:rsidRDefault="009E0281" w:rsidP="004141BD">
+    <w:p w14:paraId="462ABB89" w14:textId="588D7BF9" w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidRDefault="00BD5222" w:rsidP="000272B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4273"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BD5222" w:rsidRPr="004141BD" w:rsidSect="005475B6">
+    <w:sectPr w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidSect="005475B6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="707" w:bottom="567" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2829D82E" w14:textId="77777777" w:rsidR="00DB0B8F" w:rsidRDefault="00DB0B8F">
+    <w:p w14:paraId="721BD353" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F70CEF8" w14:textId="77777777" w:rsidR="00DB0B8F" w:rsidRDefault="00DB0B8F">
+    <w:p w14:paraId="45CC3B84" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6CD780F1" w14:textId="50371ADE" w:rsidR="0075025B" w:rsidRPr="00831D11" w:rsidRDefault="009E0281" w:rsidP="00B075CF">
+  <w:p w14:paraId="6CD780F1" w14:textId="28BD4A4E" w:rsidR="0075025B" w:rsidRPr="00D42EE0" w:rsidRDefault="00210E3D" w:rsidP="00B075CF">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00935112">
+    <w:r w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>KRG_4.2.24. _2</w:t>
+      <w:t xml:space="preserve">KRG_4.2.24. </w:t>
     </w:r>
-    <w:r w:rsidRPr="00935112">
-[...8 lines deleted...]
-    <w:r w:rsidRPr="00935112">
+    <w:r w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">pielikums_3.versija </w:t>
+      <w:t>_2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00831D11">
+    <w:r w:rsidRPr="00D42EE0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 25.06.2024.</w:t>
+      <w:t>pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="00D42EE0" w:rsidRPr="00D42EE0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D42EE0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r w:rsidR="0055251E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00D42EE0" w:rsidRPr="00130B23">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="227A8F5E" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00935112" w:rsidRDefault="0075025B">
+  <w:p w14:paraId="227A8F5E" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00130B23" w:rsidRDefault="0075025B">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="54EE5B54" w14:textId="0CEEB0B8" w:rsidR="0075025B" w:rsidRPr="000A38C5" w:rsidRDefault="009E0281" w:rsidP="00B075CF">
+  <w:p w14:paraId="54EE5B54" w14:textId="763FA9F0" w:rsidR="0075025B" w:rsidRPr="00D42EE0" w:rsidRDefault="00210E3D" w:rsidP="00B075CF">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="3" w:name="OLE_LINK1"/>
     <w:bookmarkStart w:id="4" w:name="OLE_LINK2"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk468841397"/>
     <w:bookmarkStart w:id="6" w:name="OLE_LINK3"/>
     <w:bookmarkStart w:id="7" w:name="OLE_LINK4"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk468841408"/>
-    <w:r w:rsidRPr="00935112">
+    <w:r w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>KRG_4.2.24._2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00935112">
+    <w:r w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00935112">
+    <w:r w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">pielikums_3.versija </w:t>
+      <w:t>pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="00B639DE" w:rsidRPr="00D42EE0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D42EE0">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r w:rsidR="00DE5032">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>_</w:t>
     </w:r>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
-    <w:r w:rsidRPr="00935112">
+    <w:r w:rsidR="00B639DE" w:rsidRPr="00D42EE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-      <w:t>25.06.2024.</w:t>
+      <w:t>16.01.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26062F51" w14:textId="77777777" w:rsidR="00DB0B8F" w:rsidRDefault="00DB0B8F" w:rsidP="00BD5222">
+    <w:p w14:paraId="6D211F3A" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FBAD244" w14:textId="77777777" w:rsidR="00DB0B8F" w:rsidRDefault="00DB0B8F" w:rsidP="00BD5222">
+    <w:p w14:paraId="6B687286" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D45E8C3" w14:textId="77777777" w:rsidR="00DB0B8F" w:rsidRDefault="00DB0B8F"/>
+    <w:p w14:paraId="5EDD8FD8" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="16367E70" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00470BFD" w:rsidRDefault="009E0281" w:rsidP="00B83971">
+    <w:p w14:paraId="16367E70" w14:textId="3A0BAAA6" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00B83971">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pasākumu var organizēt komersanti </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00435648">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(izņemot </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00470BFD">
+        <w:t xml:space="preserve">Pasākumu var organizēt komersanti (izņemot izglītības iestādes, kuru pamatuzdevums ir izglītības programmu īstenošana), pašnodarbinātas personas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9394E" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">izglītības iestādes, kuru pamatuzdevums ir izglītības programmu īstenošana), </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00470BFD">
+        <w:t xml:space="preserve">individuālie uzņēmumi, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>pašnodarbinātas</w:t>
-[...21 lines deleted...]
-        <w:t>(izņemot politiskās partijas) vai nodibinājumi, kooperatīvās sabiedrības.</w:t>
+        <w:t>biedrības (izņemot politiskās partijas) vai nodibinājumi, kooperatīvās sabiedrības.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="439D3D4B" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="00B83971">
+    <w:p w14:paraId="439D3D4B" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00B83971">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00470BFD">
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00470BFD">
+      <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> Norāda, ja Pretendents ir juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="02453F57" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="00763590">
+    <w:p w14:paraId="715C0170" w14:textId="06FDB539" w:rsidR="009310E3" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="009310E3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> Pretendents norāda to personu skaitu, ar kurām noslēgti darba līgumi. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Pašnodarbinātie un individuāli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>e komersanti nodarbināto aprēķinā ietver arī sevi kā darba devēju – fizisku personu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02453F57" w14:textId="7C7E18EE" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="0075025B" w:rsidP="00763590">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="359B9EF5" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="0052326E">
+    <w:p w14:paraId="359B9EF5" w14:textId="522E6014" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="0052326E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pretendenta apliecinājums atbilstībai kritērijiem, kuri noteikti saskaņā ar Ministru kabineta 2011.gada 25.janvāra noteikumu Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba mazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem ”,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00154122">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E43716">
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021. -2027. gadam 4.3.3. specifiskā atbalsta mērķa “Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem -, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E43716">
+        <w:t>Pretendenta apliecinājums atbilstībai kritērijiem, kuri noteikti saskaņā ar Ministru kabineta 2011.gada 25.janvāra noteikum</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>pašnodarbinātību</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E43716">
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un sociālo ekonomiku” 4.3.3.2.pasākuma “Nelabvēlīgākā situācijā esošu bezdarbnieku un ekonomiski neaktīvo iedzīvotāju iekļaušanās darba tirgū sekmēšana” īstenošanas noteikumiem;</w:t>
+        <w:t xml:space="preserve"> Nr.75 “Noteikumi par aktīvo nodarbinātība</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s pasākumu un preventīvo bezdarba </w:t>
+      </w:r>
+      <w:r w:rsidR="0039110D" w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem ” </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>un Ministru kabineta 2023. gada 28. novembra noteikumiem Nr. 691 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eiropas Savienības kohēzijas politikas programmas 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>021. -2027. gadam 4.3.3. specifiskā atbalsta mērķa “Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem -, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot pašnodarbinātību un sociālo ekonomiku” 4.3.3.2.pasākuma “Nelabvēlīgākā situācijā esošu bezdarbnieku un ekonomiski neaktīvo iedzīvotāju iekļaušanās darba tirgū sekmēšana” īstenošanas noteikumi</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="000C662F" w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="2E2DF93F" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281">
+    <w:p w14:paraId="2E2DF93F" w14:textId="1FED2F8B" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="000E228D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> Latvijas Republikas  2010. gada 27. jūlija “Maksātnespējas likums” 57. panta  pirmās daļas  1., 2., 3. un 4. punkta pazīmes.;</w:t>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> Latvijas Republikas  2010. gada 27. jūlija “Maksātnespējas likums” 57. panta  pirmās daļas  1., 2., 3. un 4. punkta pazīmes.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="34BFA102" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="00470F65">
+    <w:p w14:paraId="34BFA102" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00470F65">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:t>saražoto preču daudzuma, tāpēc Pretendents var apliecināt atbilstību prasībām.</w:t>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> Finanšu atbalsts un finanšu atbalsta apmērs, ko Pretendents saņems klientu nodarbināšanai, nav atkarīgs no klienta saražoto p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t>reču daudzuma, tāpēc Pretendents var apliecināt atbilstību prasībām.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="36908944" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="009E218B">
+    <w:p w14:paraId="6BCC4A48" w14:textId="09217FD5" w:rsidR="0002489A" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F642E4">
-[...6 lines deleted...]
-        <w:t>, saskaņā ar 2017.gada 23.maija Ministru kabineta noteikumiem Nr.264 “Noteikumi par Profesiju klasifikatoru, profesijai atbilstošiem pamatuzdevumiem un kvalifikācijas pamatprasībām”.</w:t>
+      <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t>Pasākumi noteiktām personu grupām</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t>Darbam nepieciešamo iemaņu attīstība</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
+        <w:t>” un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t>Apmācība pie darba devēja</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
+        <w:t>”.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="61EED0BD" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="00F0020E">
+    <w:p w14:paraId="36908944" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="009E218B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> atbalsta uzskaites veidlapu paraugiem”.</w:t>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> Pretendents norāda prasības klientam, saskaņā ar 2017.gada 23.maija Ministru kabineta noteikumiem Nr.264 “Noteikumi par Profesiju klasifikatoru, profesijai atbilstošiem pamatuzdevumiem un kvalifikācijas pamatprasībām”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="21CAD71A" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="003129FD">
+    <w:p w14:paraId="61EED0BD" w14:textId="22578D23" w:rsidR="0075025B" w:rsidRPr="00005233" w:rsidRDefault="00210E3D" w:rsidP="00F0020E">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC2217">
+        <w:t>Ministru kabineta 2018.gada 21.nov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC2217">
+        <w:t>embra noteikumi Nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005233">
+        <w:t>.715 “</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005233">
+        <w:t>e minimis atbalsta uzskaites un piešķiršanas kārtīb</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005233">
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="21CAD71A" w14:textId="6945B771" w:rsidR="0075025B" w:rsidRPr="00005233" w:rsidRDefault="00210E3D" w:rsidP="003129FD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t>Veidlapu aizpilda Valsts ieņēmumu dienesta Elektroniskās deklarēšanas sistēm</w:t>
       </w:r>
       <w:r>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="009F7E00">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://eds.vid.gov.lv/login/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009F7E00">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7E00">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
-        <w:t>tbilstoši Ministru kabineta 2018.</w:t>
+        <w:t>tbilstoši Ministru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F239A0">
+        <w:t xml:space="preserve"> kabineta 2018.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t>gada 21.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t xml:space="preserve">novembra </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7E00">
         <w:t xml:space="preserve">noteikumu </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="009F7E00">
-[...4 lines deleted...]
-          <w:t xml:space="preserve">Nr.715 “Noteikumi par </w:t>
+        <w:r w:rsidRPr="00005233">
+          <w:t>Nr.715 “</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-          <w:t>de</w:t>
+        <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
+          <w:t>D</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+        <w:r w:rsidRPr="00005233">
+          <w:t xml:space="preserve">e minimis atbalsta uzskaites un </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-          <w:t>minimis</w:t>
+        <w:r w:rsidRPr="00005233">
+          <w:t>piešķiršanas kārtīb</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību un </w:t>
+        <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
+          <w:t>a</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-          <w:t xml:space="preserve"> atbalsta uzskaites veidlapu paraugiem”</w:t>
+        <w:r w:rsidRPr="00005233">
+          <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009F7E00">
+      <w:r w:rsidRPr="00005233">
         <w:t xml:space="preserve"> nosacījumiem</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00FB1DE4">
+      <w:r w:rsidR="000C662F" w:rsidRPr="00005233">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="1A51E490" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00C50E6D" w:rsidRDefault="009E0281" w:rsidP="00096B9C">
+    <w:p w14:paraId="7DAABE42" w14:textId="6565E0BF" w:rsidR="0075025B" w:rsidRDefault="00210E3D" w:rsidP="00096B9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C50E6D">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C50E6D">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">u īsteno </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C50E6D">
+        <w:t xml:space="preserve"> Pieteikumu iesniedz par darba vietām, kuru vakance ir reģistrēta Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1DE4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="52BA2215" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00692666" w:rsidRDefault="009E0281" w:rsidP="00096B9C">
+    <w:p w14:paraId="1A51E490" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00C50E6D" w:rsidRDefault="00210E3D" w:rsidP="00096B9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00692666">
+      </w:pPr>
+      <w:r w:rsidRPr="00C50E6D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00692666">
-        <w:t xml:space="preserve"> Norāda </w:t>
+      <w:r w:rsidRPr="00C50E6D">
+        <w:t xml:space="preserve"> Pasākum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">klienta </w:t>
-[...2 lines deleted...]
-        <w:t>darba alg</w:t>
+        <w:t xml:space="preserve">u īsteno </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50E6D">
+        <w:t>Latvijas Republikas teritorij</w:t>
       </w:r>
       <w:r>
-        <w:t>u</w:t>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00692666">
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50E6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="49BA5B31" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281">
+    <w:p w14:paraId="52BA2215" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00692666" w:rsidRDefault="00210E3D" w:rsidP="00096B9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00692666">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t xml:space="preserve"> Norāda </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:footnoteRef/>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t>darba alg</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Līgums par atbalstīto darba vietu izveidošanu Pasākuma ietvaros tiks slēgts tikai par to darba vietu izveidi, kurā Pretendents būs izvēlējies mērķa grupai atbilstošu </w:t>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t xml:space="preserve"> pirms nodokļu atskaitīšanas</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>bezdarbnieku</w:t>
+        <w:t xml:space="preserve">. Finansējumu darba algai veido </w:t>
       </w:r>
       <w:r>
-        <w:t>. Atbilstība pasākuma mērķa grupai tiks vērtēta pirms Līguma slēgšanas.</w:t>
+        <w:t>Pretendenta līdzfinansējums (ja attiecināms) un Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t xml:space="preserve"> dotācij</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883911">
+        <w:t>darba algai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t xml:space="preserve"> neskaitot, piemēram, piemaksas, samaksu par virsstundām</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, atvaļinājuma nauda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t xml:space="preserve"> u.c. finansējumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, ko paredz Darba likums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="063C0174" w14:textId="77777777" w:rsidR="0075025B" w:rsidRDefault="009E0281" w:rsidP="00E46C13">
+  <w:p w14:paraId="063C0174" w14:textId="62A24806" w:rsidR="0075025B" w:rsidRDefault="00210E3D" w:rsidP="00E46C13">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4961"/>
         <w:tab w:val="left" w:pos="7551"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="471063EE" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00AA55F8" w:rsidRDefault="0075025B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -6630,191 +6532,194 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C8352C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C3CDD4A"/>
-    <w:lvl w:ilvl="0" w:tplc="E78EE5D4">
+    <w:lvl w:ilvl="0" w:tplc="D238282E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9948D1D6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FA4E4972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A19C5106" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04A0D384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2651" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B3B6FE58" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="246C99C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12AEDC64" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="291C88AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="830E1F2A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B63CB460" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4811" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CEDEAC3C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41ACDE5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0D3288CC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F34C6152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7F685C1C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FB209A74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DC1014E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D284CD32"/>
+    <w:tmpl w:val="C8C82692"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1000" w:hanging="432"/>
+        <w:ind w:left="858" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1224" w:hanging="504"/>
-      </w:pPr>
+        <w:ind w:left="1072" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6831,129 +6736,129 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D77CD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30ACA88E"/>
-    <w:lvl w:ilvl="0" w:tplc="B5DA061A">
+    <w:lvl w:ilvl="0" w:tplc="9E28E1DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5FB0617C">
+    <w:lvl w:ilvl="1" w:tplc="8804A566">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4C3AAACE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C7AEEC84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2F02E506" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="01428C18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A844D0BA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E7B4A5CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2988B7AC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B6B4C61C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="DBEC675A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9EB0463C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7CD2F3A8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C3E4A6D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33BAB748" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8772965A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39900DAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F7AE8400"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:u w:val="none"/>
@@ -7047,127 +6952,127 @@
         <w:ind w:left="10008" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11592" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40F4125E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="671C16EE"/>
-    <w:lvl w:ilvl="0" w:tplc="864218AE">
+    <w:lvl w:ilvl="0" w:tplc="717AF38E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1F10F9C0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="474818A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E74AA3BC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="05C47318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E4308880" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CC6CEF0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3A2E52AC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3F342D66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0F882B00" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="075A6BC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22DCC73E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71B24924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0D8C1060" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69CE65AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B98A629E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1EAC1810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45F634B4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28AE206E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7603,50 +7508,252 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A195CBD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C0EA8D14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F2F7ED2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="461638E8"/>
+    <w:lvl w:ilvl="0" w:tplc="E38648A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7DFE0B74" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CA4C6F6E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6EF2C940" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="54129316" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="61AA4548" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2B3046F2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01C2BCD8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4EA47F64" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52097147"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -7688,51 +7795,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66E94EED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="65AE5602"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="660" w:hanging="660"/>
       </w:pPr>
       <w:rPr>
@@ -7810,137 +7917,137 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69AF3640"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="821CEB3C"/>
-    <w:lvl w:ilvl="0" w:tplc="8034DDB6">
+    <w:lvl w:ilvl="0" w:tplc="4F04A206">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32428142">
+    <w:lvl w:ilvl="1" w:tplc="685E4CCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3BBCE856">
+    <w:lvl w:ilvl="2" w:tplc="114AB0DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BB7AD224">
+    <w:lvl w:ilvl="3" w:tplc="221AA5E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51AA4E04">
+    <w:lvl w:ilvl="4" w:tplc="ECB805DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6F488C28">
+    <w:lvl w:ilvl="5" w:tplc="8D7E8B24">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82F0BD06">
+    <w:lvl w:ilvl="6" w:tplc="447EEAC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="007CEE50">
+    <w:lvl w:ilvl="7" w:tplc="21900DC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FDE0FD5C">
+    <w:lvl w:ilvl="8" w:tplc="D1FEAB3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B2B19F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="088E8B2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8018,51 +8125,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B9A4C09"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="927C12C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8513" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -8107,51 +8214,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D9946F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7982D5E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8221,51 +8328,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="724F1F6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28AE206E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8340,1605 +8447,1948 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78AA66AF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD5222"/>
     <w:rsid w:val="00003B8B"/>
+    <w:rsid w:val="00005233"/>
     <w:rsid w:val="00006C43"/>
     <w:rsid w:val="00006FED"/>
     <w:rsid w:val="00007224"/>
     <w:rsid w:val="00010FD8"/>
     <w:rsid w:val="0001333E"/>
     <w:rsid w:val="00014614"/>
     <w:rsid w:val="000148EA"/>
     <w:rsid w:val="00014EA4"/>
     <w:rsid w:val="00015867"/>
     <w:rsid w:val="000213C6"/>
+    <w:rsid w:val="0002489A"/>
     <w:rsid w:val="0002504B"/>
     <w:rsid w:val="000250C3"/>
+    <w:rsid w:val="000272B4"/>
     <w:rsid w:val="000274EB"/>
     <w:rsid w:val="00030FEC"/>
     <w:rsid w:val="00031627"/>
     <w:rsid w:val="000346CE"/>
+    <w:rsid w:val="000349FE"/>
     <w:rsid w:val="000350EE"/>
+    <w:rsid w:val="00036588"/>
     <w:rsid w:val="000368E7"/>
     <w:rsid w:val="000375EF"/>
+    <w:rsid w:val="00037B36"/>
     <w:rsid w:val="00043642"/>
     <w:rsid w:val="00043FEA"/>
+    <w:rsid w:val="00044CDB"/>
     <w:rsid w:val="0004799E"/>
+    <w:rsid w:val="00050704"/>
     <w:rsid w:val="00051EE7"/>
     <w:rsid w:val="00055160"/>
     <w:rsid w:val="000573EB"/>
     <w:rsid w:val="000575A2"/>
     <w:rsid w:val="000601DF"/>
     <w:rsid w:val="000623A1"/>
     <w:rsid w:val="00063F07"/>
     <w:rsid w:val="00066412"/>
     <w:rsid w:val="00066DB4"/>
     <w:rsid w:val="0006784C"/>
     <w:rsid w:val="00071252"/>
     <w:rsid w:val="00074239"/>
+    <w:rsid w:val="00074373"/>
     <w:rsid w:val="00074650"/>
     <w:rsid w:val="00074991"/>
     <w:rsid w:val="00077BE2"/>
     <w:rsid w:val="0008003E"/>
+    <w:rsid w:val="000800D1"/>
     <w:rsid w:val="000808E6"/>
     <w:rsid w:val="00082D3D"/>
     <w:rsid w:val="00083BBE"/>
     <w:rsid w:val="00084553"/>
     <w:rsid w:val="00085083"/>
     <w:rsid w:val="00085879"/>
     <w:rsid w:val="00085A10"/>
     <w:rsid w:val="000906DB"/>
     <w:rsid w:val="00091AD9"/>
     <w:rsid w:val="00091C82"/>
     <w:rsid w:val="000924F7"/>
     <w:rsid w:val="00093C37"/>
     <w:rsid w:val="00094126"/>
     <w:rsid w:val="0009622C"/>
     <w:rsid w:val="00096B9C"/>
     <w:rsid w:val="000A0F2D"/>
     <w:rsid w:val="000A1537"/>
     <w:rsid w:val="000A1EAD"/>
     <w:rsid w:val="000A38C5"/>
     <w:rsid w:val="000A5005"/>
     <w:rsid w:val="000A502E"/>
     <w:rsid w:val="000A5A93"/>
     <w:rsid w:val="000B3E6E"/>
+    <w:rsid w:val="000B470D"/>
     <w:rsid w:val="000B590E"/>
     <w:rsid w:val="000B7BC0"/>
     <w:rsid w:val="000C0530"/>
     <w:rsid w:val="000C1498"/>
     <w:rsid w:val="000C329E"/>
     <w:rsid w:val="000C518F"/>
     <w:rsid w:val="000C526E"/>
+    <w:rsid w:val="000C662F"/>
     <w:rsid w:val="000C666F"/>
     <w:rsid w:val="000C6B4A"/>
     <w:rsid w:val="000C6E89"/>
     <w:rsid w:val="000C7A27"/>
     <w:rsid w:val="000C7D70"/>
     <w:rsid w:val="000D102C"/>
     <w:rsid w:val="000D27EA"/>
     <w:rsid w:val="000D2C58"/>
     <w:rsid w:val="000D351A"/>
     <w:rsid w:val="000D3FDC"/>
     <w:rsid w:val="000D6C12"/>
     <w:rsid w:val="000D725E"/>
     <w:rsid w:val="000D7679"/>
     <w:rsid w:val="000E1E9D"/>
+    <w:rsid w:val="000E228D"/>
     <w:rsid w:val="000E26D1"/>
     <w:rsid w:val="000E2A70"/>
     <w:rsid w:val="000E3C6C"/>
     <w:rsid w:val="000E4AE1"/>
     <w:rsid w:val="000E6087"/>
     <w:rsid w:val="000E7A5D"/>
     <w:rsid w:val="000F36DD"/>
     <w:rsid w:val="000F531B"/>
     <w:rsid w:val="001027E6"/>
     <w:rsid w:val="00104880"/>
     <w:rsid w:val="00106B34"/>
     <w:rsid w:val="00106C60"/>
     <w:rsid w:val="00111757"/>
     <w:rsid w:val="00112432"/>
+    <w:rsid w:val="00113C48"/>
     <w:rsid w:val="00114293"/>
     <w:rsid w:val="001154F8"/>
     <w:rsid w:val="001172BA"/>
     <w:rsid w:val="00117B0C"/>
     <w:rsid w:val="001202A6"/>
     <w:rsid w:val="00120999"/>
     <w:rsid w:val="00121221"/>
     <w:rsid w:val="001217D4"/>
     <w:rsid w:val="00122DFC"/>
     <w:rsid w:val="00124119"/>
+    <w:rsid w:val="00124218"/>
     <w:rsid w:val="00124791"/>
     <w:rsid w:val="001256B7"/>
     <w:rsid w:val="0012770D"/>
     <w:rsid w:val="00127EB5"/>
+    <w:rsid w:val="00130B23"/>
     <w:rsid w:val="00130F0E"/>
+    <w:rsid w:val="0013112C"/>
     <w:rsid w:val="00132496"/>
     <w:rsid w:val="0013268E"/>
     <w:rsid w:val="0013580E"/>
     <w:rsid w:val="00135962"/>
     <w:rsid w:val="0014007B"/>
     <w:rsid w:val="00141136"/>
     <w:rsid w:val="00141DA8"/>
     <w:rsid w:val="00142811"/>
     <w:rsid w:val="0014294E"/>
     <w:rsid w:val="00142A12"/>
     <w:rsid w:val="00143A59"/>
     <w:rsid w:val="001441D4"/>
     <w:rsid w:val="00144450"/>
     <w:rsid w:val="00146344"/>
+    <w:rsid w:val="00147BF1"/>
     <w:rsid w:val="00151169"/>
     <w:rsid w:val="0015119B"/>
     <w:rsid w:val="00151296"/>
     <w:rsid w:val="00151CC8"/>
     <w:rsid w:val="00154122"/>
     <w:rsid w:val="00154C22"/>
     <w:rsid w:val="001608CF"/>
+    <w:rsid w:val="001627E8"/>
     <w:rsid w:val="001655D3"/>
     <w:rsid w:val="001656A3"/>
+    <w:rsid w:val="00166E63"/>
     <w:rsid w:val="00174207"/>
     <w:rsid w:val="00174D83"/>
     <w:rsid w:val="00175E85"/>
+    <w:rsid w:val="001777B4"/>
     <w:rsid w:val="00177C94"/>
     <w:rsid w:val="00177F11"/>
     <w:rsid w:val="00182347"/>
+    <w:rsid w:val="0018368B"/>
     <w:rsid w:val="00183AFE"/>
     <w:rsid w:val="00184411"/>
     <w:rsid w:val="00185B08"/>
     <w:rsid w:val="00185C71"/>
+    <w:rsid w:val="001910B5"/>
     <w:rsid w:val="00193FD3"/>
     <w:rsid w:val="00194CAB"/>
     <w:rsid w:val="00195B2B"/>
     <w:rsid w:val="001A1E69"/>
+    <w:rsid w:val="001A4E60"/>
     <w:rsid w:val="001A5A1A"/>
     <w:rsid w:val="001A649C"/>
     <w:rsid w:val="001A6E47"/>
     <w:rsid w:val="001B09F0"/>
     <w:rsid w:val="001B2188"/>
     <w:rsid w:val="001B290F"/>
+    <w:rsid w:val="001B30F1"/>
     <w:rsid w:val="001B506B"/>
     <w:rsid w:val="001B5F10"/>
     <w:rsid w:val="001B69A3"/>
     <w:rsid w:val="001B6CEE"/>
     <w:rsid w:val="001C2ABD"/>
     <w:rsid w:val="001C2B5D"/>
     <w:rsid w:val="001C5DA9"/>
     <w:rsid w:val="001D0179"/>
     <w:rsid w:val="001D0FD6"/>
     <w:rsid w:val="001D12CF"/>
     <w:rsid w:val="001D1BEB"/>
     <w:rsid w:val="001D239C"/>
+    <w:rsid w:val="001D27C1"/>
     <w:rsid w:val="001D44C6"/>
     <w:rsid w:val="001D454F"/>
+    <w:rsid w:val="001E15DC"/>
     <w:rsid w:val="001E2258"/>
     <w:rsid w:val="001E4C8D"/>
     <w:rsid w:val="001E59A1"/>
     <w:rsid w:val="001E5F67"/>
     <w:rsid w:val="001F095D"/>
     <w:rsid w:val="001F1125"/>
     <w:rsid w:val="001F265C"/>
     <w:rsid w:val="001F26DC"/>
     <w:rsid w:val="001F497A"/>
     <w:rsid w:val="001F5924"/>
     <w:rsid w:val="001F6033"/>
+    <w:rsid w:val="001F60A1"/>
     <w:rsid w:val="001F77FC"/>
     <w:rsid w:val="001F7A35"/>
+    <w:rsid w:val="001F7DE6"/>
     <w:rsid w:val="002017CC"/>
     <w:rsid w:val="00201AC4"/>
     <w:rsid w:val="00202B0C"/>
     <w:rsid w:val="00203CD9"/>
     <w:rsid w:val="00207366"/>
     <w:rsid w:val="0021046D"/>
+    <w:rsid w:val="00210E3D"/>
     <w:rsid w:val="00214D67"/>
     <w:rsid w:val="00217087"/>
     <w:rsid w:val="0022258A"/>
     <w:rsid w:val="002226E4"/>
     <w:rsid w:val="0022337E"/>
+    <w:rsid w:val="00223899"/>
     <w:rsid w:val="00223A3A"/>
     <w:rsid w:val="00224250"/>
     <w:rsid w:val="00224829"/>
     <w:rsid w:val="00224B3C"/>
+    <w:rsid w:val="00225CDB"/>
     <w:rsid w:val="002263FC"/>
     <w:rsid w:val="00231174"/>
     <w:rsid w:val="00231C31"/>
     <w:rsid w:val="00232F4A"/>
     <w:rsid w:val="00233165"/>
     <w:rsid w:val="002344D2"/>
     <w:rsid w:val="0023676C"/>
     <w:rsid w:val="00236CD9"/>
     <w:rsid w:val="002370BC"/>
     <w:rsid w:val="00237726"/>
     <w:rsid w:val="002378FB"/>
     <w:rsid w:val="00237A1B"/>
     <w:rsid w:val="00237FFB"/>
     <w:rsid w:val="00240B38"/>
     <w:rsid w:val="00240C14"/>
     <w:rsid w:val="00241244"/>
     <w:rsid w:val="0024354E"/>
     <w:rsid w:val="00243BD0"/>
     <w:rsid w:val="0024520E"/>
     <w:rsid w:val="00245F6F"/>
     <w:rsid w:val="00246296"/>
     <w:rsid w:val="00246506"/>
     <w:rsid w:val="002467BD"/>
     <w:rsid w:val="00246AE2"/>
     <w:rsid w:val="0024742D"/>
     <w:rsid w:val="00264ABC"/>
     <w:rsid w:val="00264E32"/>
     <w:rsid w:val="0026590E"/>
     <w:rsid w:val="00267CAA"/>
     <w:rsid w:val="0027098D"/>
+    <w:rsid w:val="0027315C"/>
     <w:rsid w:val="002759EB"/>
     <w:rsid w:val="002766CC"/>
     <w:rsid w:val="002808E7"/>
     <w:rsid w:val="002817FC"/>
     <w:rsid w:val="00284C76"/>
     <w:rsid w:val="00286F7A"/>
     <w:rsid w:val="00287529"/>
     <w:rsid w:val="002876B0"/>
     <w:rsid w:val="0029128D"/>
     <w:rsid w:val="002914F1"/>
     <w:rsid w:val="0029665C"/>
     <w:rsid w:val="00297E33"/>
     <w:rsid w:val="002A0B38"/>
     <w:rsid w:val="002A2D6B"/>
     <w:rsid w:val="002A36B8"/>
     <w:rsid w:val="002A44DB"/>
     <w:rsid w:val="002A59EE"/>
     <w:rsid w:val="002A68DE"/>
     <w:rsid w:val="002A6CA3"/>
     <w:rsid w:val="002B013A"/>
+    <w:rsid w:val="002B08B3"/>
+    <w:rsid w:val="002B0CDD"/>
     <w:rsid w:val="002B14E7"/>
     <w:rsid w:val="002B2437"/>
     <w:rsid w:val="002B3F0D"/>
     <w:rsid w:val="002B43E2"/>
     <w:rsid w:val="002B5D88"/>
     <w:rsid w:val="002B6413"/>
+    <w:rsid w:val="002B6E5F"/>
     <w:rsid w:val="002C077F"/>
     <w:rsid w:val="002C09EA"/>
     <w:rsid w:val="002C1FC3"/>
     <w:rsid w:val="002C3213"/>
     <w:rsid w:val="002C3699"/>
     <w:rsid w:val="002C3AF1"/>
     <w:rsid w:val="002C633F"/>
     <w:rsid w:val="002D02C9"/>
     <w:rsid w:val="002D0890"/>
     <w:rsid w:val="002D129F"/>
     <w:rsid w:val="002D2A05"/>
     <w:rsid w:val="002D37B8"/>
     <w:rsid w:val="002D459C"/>
     <w:rsid w:val="002D4909"/>
     <w:rsid w:val="002D6011"/>
     <w:rsid w:val="002E0C69"/>
     <w:rsid w:val="002E17FF"/>
     <w:rsid w:val="002E38C0"/>
     <w:rsid w:val="002E6630"/>
     <w:rsid w:val="002E68B5"/>
+    <w:rsid w:val="002E7C21"/>
+    <w:rsid w:val="002F037C"/>
     <w:rsid w:val="002F0C5F"/>
+    <w:rsid w:val="002F1D77"/>
     <w:rsid w:val="002F26D3"/>
     <w:rsid w:val="002F3599"/>
     <w:rsid w:val="002F7F73"/>
     <w:rsid w:val="00300F02"/>
     <w:rsid w:val="003011EA"/>
     <w:rsid w:val="00301D6D"/>
     <w:rsid w:val="0030276C"/>
     <w:rsid w:val="003053B5"/>
     <w:rsid w:val="00305DB3"/>
     <w:rsid w:val="00306744"/>
     <w:rsid w:val="00306E7E"/>
     <w:rsid w:val="00307421"/>
     <w:rsid w:val="00307719"/>
     <w:rsid w:val="00310648"/>
     <w:rsid w:val="003123D1"/>
     <w:rsid w:val="003129FD"/>
     <w:rsid w:val="00314B67"/>
     <w:rsid w:val="0031509D"/>
     <w:rsid w:val="003150AF"/>
     <w:rsid w:val="0031739E"/>
     <w:rsid w:val="003200EB"/>
     <w:rsid w:val="00321F1B"/>
     <w:rsid w:val="003227A1"/>
     <w:rsid w:val="00322827"/>
     <w:rsid w:val="00323F65"/>
     <w:rsid w:val="00323FE6"/>
     <w:rsid w:val="00325A86"/>
     <w:rsid w:val="00330DD6"/>
     <w:rsid w:val="00330F95"/>
+    <w:rsid w:val="00332D59"/>
     <w:rsid w:val="003330DD"/>
     <w:rsid w:val="00334B71"/>
     <w:rsid w:val="003358D8"/>
     <w:rsid w:val="0033656B"/>
     <w:rsid w:val="003365DF"/>
     <w:rsid w:val="00336E14"/>
     <w:rsid w:val="0033705B"/>
     <w:rsid w:val="003377F5"/>
     <w:rsid w:val="0033798D"/>
+    <w:rsid w:val="0034105E"/>
     <w:rsid w:val="00341BE3"/>
     <w:rsid w:val="003445AB"/>
     <w:rsid w:val="003447F0"/>
     <w:rsid w:val="00344B7D"/>
     <w:rsid w:val="003450C4"/>
     <w:rsid w:val="003454F9"/>
     <w:rsid w:val="00347EC1"/>
     <w:rsid w:val="003512DD"/>
+    <w:rsid w:val="00351B78"/>
     <w:rsid w:val="0035294C"/>
     <w:rsid w:val="00352F35"/>
     <w:rsid w:val="0035567B"/>
     <w:rsid w:val="00357314"/>
     <w:rsid w:val="003574F9"/>
     <w:rsid w:val="003606EC"/>
     <w:rsid w:val="003620EB"/>
     <w:rsid w:val="00364D5F"/>
     <w:rsid w:val="00366AEE"/>
     <w:rsid w:val="0037192E"/>
     <w:rsid w:val="003719B4"/>
     <w:rsid w:val="003750F1"/>
     <w:rsid w:val="00375D82"/>
     <w:rsid w:val="003771A5"/>
     <w:rsid w:val="003777A0"/>
+    <w:rsid w:val="00380DAF"/>
     <w:rsid w:val="00382B15"/>
     <w:rsid w:val="00387DA5"/>
     <w:rsid w:val="00390761"/>
     <w:rsid w:val="00390C13"/>
+    <w:rsid w:val="00390FBC"/>
+    <w:rsid w:val="0039110D"/>
     <w:rsid w:val="0039148E"/>
     <w:rsid w:val="003925BC"/>
     <w:rsid w:val="0039333F"/>
     <w:rsid w:val="0039394E"/>
     <w:rsid w:val="00395250"/>
     <w:rsid w:val="00396013"/>
     <w:rsid w:val="003A2221"/>
     <w:rsid w:val="003A2290"/>
     <w:rsid w:val="003A31B8"/>
     <w:rsid w:val="003A4910"/>
+    <w:rsid w:val="003A70AA"/>
     <w:rsid w:val="003A7CDB"/>
     <w:rsid w:val="003B1E7A"/>
     <w:rsid w:val="003B3E3F"/>
     <w:rsid w:val="003C0DA5"/>
     <w:rsid w:val="003C4086"/>
+    <w:rsid w:val="003C4B30"/>
     <w:rsid w:val="003C62FC"/>
     <w:rsid w:val="003C6A68"/>
     <w:rsid w:val="003C7A1F"/>
     <w:rsid w:val="003C7DC2"/>
     <w:rsid w:val="003D21CD"/>
     <w:rsid w:val="003D3572"/>
     <w:rsid w:val="003D38BE"/>
     <w:rsid w:val="003D4457"/>
     <w:rsid w:val="003D5ACA"/>
+    <w:rsid w:val="003D6FC2"/>
     <w:rsid w:val="003E07FB"/>
+    <w:rsid w:val="003E0B71"/>
+    <w:rsid w:val="003E486D"/>
     <w:rsid w:val="003E56BE"/>
     <w:rsid w:val="003E658F"/>
+    <w:rsid w:val="003E6862"/>
     <w:rsid w:val="003E786C"/>
     <w:rsid w:val="003F0A18"/>
     <w:rsid w:val="003F0CA5"/>
     <w:rsid w:val="003F2F80"/>
+    <w:rsid w:val="003F300D"/>
     <w:rsid w:val="003F3BC8"/>
     <w:rsid w:val="003F601C"/>
     <w:rsid w:val="003F7B75"/>
     <w:rsid w:val="00401A04"/>
     <w:rsid w:val="00406B3C"/>
     <w:rsid w:val="00413639"/>
     <w:rsid w:val="004141BD"/>
     <w:rsid w:val="004142D2"/>
     <w:rsid w:val="00414694"/>
     <w:rsid w:val="00415EE2"/>
     <w:rsid w:val="00417103"/>
     <w:rsid w:val="0041756A"/>
     <w:rsid w:val="00420AD6"/>
     <w:rsid w:val="0042155E"/>
     <w:rsid w:val="00421930"/>
     <w:rsid w:val="00422FF5"/>
     <w:rsid w:val="0043030A"/>
     <w:rsid w:val="00435648"/>
     <w:rsid w:val="00436EB3"/>
     <w:rsid w:val="004427A6"/>
     <w:rsid w:val="00445AE1"/>
     <w:rsid w:val="00445BA7"/>
     <w:rsid w:val="00447423"/>
     <w:rsid w:val="004477A3"/>
+    <w:rsid w:val="00447E98"/>
     <w:rsid w:val="004506B8"/>
     <w:rsid w:val="00450830"/>
     <w:rsid w:val="00452571"/>
     <w:rsid w:val="00455B93"/>
     <w:rsid w:val="004567C7"/>
     <w:rsid w:val="00456B61"/>
     <w:rsid w:val="00457ACD"/>
     <w:rsid w:val="00461E56"/>
     <w:rsid w:val="00463A0D"/>
+    <w:rsid w:val="00465843"/>
+    <w:rsid w:val="00467729"/>
     <w:rsid w:val="00470239"/>
     <w:rsid w:val="00470BFD"/>
     <w:rsid w:val="00470F65"/>
     <w:rsid w:val="004722CC"/>
+    <w:rsid w:val="00473DCC"/>
     <w:rsid w:val="004740A3"/>
     <w:rsid w:val="00474598"/>
     <w:rsid w:val="0047503C"/>
+    <w:rsid w:val="004765A9"/>
     <w:rsid w:val="004773E1"/>
+    <w:rsid w:val="00480420"/>
     <w:rsid w:val="00481108"/>
+    <w:rsid w:val="00481D50"/>
     <w:rsid w:val="00482D6C"/>
     <w:rsid w:val="00483933"/>
     <w:rsid w:val="00486197"/>
     <w:rsid w:val="004863B8"/>
     <w:rsid w:val="0048659D"/>
     <w:rsid w:val="00486A4C"/>
     <w:rsid w:val="00486C59"/>
     <w:rsid w:val="0048716B"/>
     <w:rsid w:val="00492B98"/>
     <w:rsid w:val="004945DC"/>
     <w:rsid w:val="004950EC"/>
     <w:rsid w:val="00497776"/>
     <w:rsid w:val="00497780"/>
     <w:rsid w:val="004A04C8"/>
     <w:rsid w:val="004A19F5"/>
     <w:rsid w:val="004A2449"/>
     <w:rsid w:val="004A2504"/>
     <w:rsid w:val="004A3018"/>
     <w:rsid w:val="004A59A8"/>
+    <w:rsid w:val="004A60A2"/>
+    <w:rsid w:val="004A6978"/>
     <w:rsid w:val="004B0DCF"/>
     <w:rsid w:val="004B2E2B"/>
     <w:rsid w:val="004B4B0D"/>
     <w:rsid w:val="004B5883"/>
     <w:rsid w:val="004B5A89"/>
     <w:rsid w:val="004B617E"/>
     <w:rsid w:val="004B73E1"/>
+    <w:rsid w:val="004B7DFB"/>
     <w:rsid w:val="004C0041"/>
     <w:rsid w:val="004C0099"/>
     <w:rsid w:val="004C105E"/>
     <w:rsid w:val="004C1322"/>
     <w:rsid w:val="004C29BA"/>
     <w:rsid w:val="004C39D9"/>
     <w:rsid w:val="004C5075"/>
     <w:rsid w:val="004C6BFC"/>
     <w:rsid w:val="004C7794"/>
     <w:rsid w:val="004D0083"/>
     <w:rsid w:val="004D0EBD"/>
     <w:rsid w:val="004D2282"/>
+    <w:rsid w:val="004D22F6"/>
     <w:rsid w:val="004E2569"/>
     <w:rsid w:val="004E268E"/>
     <w:rsid w:val="004E432C"/>
+    <w:rsid w:val="004E51DA"/>
     <w:rsid w:val="004E68B9"/>
     <w:rsid w:val="004E78D8"/>
     <w:rsid w:val="004F1A41"/>
+    <w:rsid w:val="004F1ADF"/>
     <w:rsid w:val="004F381A"/>
     <w:rsid w:val="004F45BD"/>
     <w:rsid w:val="004F4788"/>
     <w:rsid w:val="004F7252"/>
     <w:rsid w:val="00502483"/>
     <w:rsid w:val="00502BA5"/>
     <w:rsid w:val="005032C8"/>
     <w:rsid w:val="00503591"/>
     <w:rsid w:val="00507B7D"/>
+    <w:rsid w:val="00511B8C"/>
     <w:rsid w:val="00511FCB"/>
+    <w:rsid w:val="00514101"/>
     <w:rsid w:val="0051417A"/>
     <w:rsid w:val="00516EE7"/>
     <w:rsid w:val="005174C9"/>
     <w:rsid w:val="0052326E"/>
     <w:rsid w:val="005234F4"/>
     <w:rsid w:val="0052430A"/>
+    <w:rsid w:val="0052567D"/>
     <w:rsid w:val="005261E7"/>
     <w:rsid w:val="00527A77"/>
     <w:rsid w:val="00531131"/>
     <w:rsid w:val="00531169"/>
     <w:rsid w:val="00531F3D"/>
     <w:rsid w:val="00532DBB"/>
     <w:rsid w:val="00532E8C"/>
     <w:rsid w:val="00534173"/>
     <w:rsid w:val="0053433A"/>
     <w:rsid w:val="005356CB"/>
     <w:rsid w:val="00535CB6"/>
     <w:rsid w:val="005376E5"/>
     <w:rsid w:val="00541065"/>
     <w:rsid w:val="005410B0"/>
     <w:rsid w:val="00541597"/>
     <w:rsid w:val="00541B7C"/>
     <w:rsid w:val="00542C7B"/>
     <w:rsid w:val="00542EC7"/>
     <w:rsid w:val="0054344B"/>
     <w:rsid w:val="00543833"/>
     <w:rsid w:val="005449DF"/>
     <w:rsid w:val="005475B6"/>
     <w:rsid w:val="0054770F"/>
     <w:rsid w:val="00551D82"/>
+    <w:rsid w:val="0055251E"/>
     <w:rsid w:val="005553A7"/>
     <w:rsid w:val="00563AAD"/>
+    <w:rsid w:val="00563F81"/>
     <w:rsid w:val="00564DD8"/>
+    <w:rsid w:val="0056576F"/>
+    <w:rsid w:val="0057056F"/>
     <w:rsid w:val="00571ACF"/>
     <w:rsid w:val="005726BE"/>
     <w:rsid w:val="0057410C"/>
     <w:rsid w:val="005758E6"/>
     <w:rsid w:val="005762E2"/>
     <w:rsid w:val="00576FC2"/>
+    <w:rsid w:val="00577828"/>
     <w:rsid w:val="00582C17"/>
     <w:rsid w:val="005836AE"/>
     <w:rsid w:val="00586ED1"/>
     <w:rsid w:val="00590277"/>
     <w:rsid w:val="0059238A"/>
     <w:rsid w:val="0059383E"/>
     <w:rsid w:val="00593D08"/>
+    <w:rsid w:val="00594FCC"/>
     <w:rsid w:val="00595046"/>
     <w:rsid w:val="00597194"/>
     <w:rsid w:val="005978ED"/>
     <w:rsid w:val="005A1729"/>
     <w:rsid w:val="005A5264"/>
     <w:rsid w:val="005B01E9"/>
     <w:rsid w:val="005B39C3"/>
     <w:rsid w:val="005B4031"/>
     <w:rsid w:val="005B4B20"/>
     <w:rsid w:val="005B754A"/>
     <w:rsid w:val="005C1D2A"/>
+    <w:rsid w:val="005C28A0"/>
     <w:rsid w:val="005C4B6E"/>
     <w:rsid w:val="005D003A"/>
     <w:rsid w:val="005D1A69"/>
     <w:rsid w:val="005D2233"/>
     <w:rsid w:val="005D2F59"/>
+    <w:rsid w:val="005D63A8"/>
     <w:rsid w:val="005D6583"/>
     <w:rsid w:val="005E082C"/>
     <w:rsid w:val="005E1104"/>
     <w:rsid w:val="005E1C6B"/>
     <w:rsid w:val="005E273F"/>
+    <w:rsid w:val="005E3CB7"/>
     <w:rsid w:val="005E491E"/>
+    <w:rsid w:val="005E5DB7"/>
+    <w:rsid w:val="005E6879"/>
     <w:rsid w:val="005E7AA7"/>
     <w:rsid w:val="005F16AE"/>
     <w:rsid w:val="005F17D4"/>
     <w:rsid w:val="005F1BAF"/>
+    <w:rsid w:val="005F5939"/>
     <w:rsid w:val="005F6990"/>
     <w:rsid w:val="005F6C01"/>
     <w:rsid w:val="005F6DEC"/>
     <w:rsid w:val="005F6F78"/>
     <w:rsid w:val="00600EAE"/>
     <w:rsid w:val="00601BB7"/>
     <w:rsid w:val="0060441E"/>
     <w:rsid w:val="00605220"/>
     <w:rsid w:val="006059FB"/>
     <w:rsid w:val="00607549"/>
     <w:rsid w:val="006117C5"/>
     <w:rsid w:val="00611A53"/>
     <w:rsid w:val="00611DF6"/>
     <w:rsid w:val="00612DC7"/>
     <w:rsid w:val="0061531D"/>
     <w:rsid w:val="00615808"/>
     <w:rsid w:val="00615B9A"/>
     <w:rsid w:val="006165EF"/>
     <w:rsid w:val="00620D95"/>
     <w:rsid w:val="00621342"/>
     <w:rsid w:val="00622061"/>
     <w:rsid w:val="00623BF5"/>
+    <w:rsid w:val="0062466B"/>
     <w:rsid w:val="006258BD"/>
+    <w:rsid w:val="006274BD"/>
     <w:rsid w:val="00627943"/>
     <w:rsid w:val="006301F1"/>
+    <w:rsid w:val="00630DDC"/>
     <w:rsid w:val="00634389"/>
     <w:rsid w:val="00634812"/>
     <w:rsid w:val="00635775"/>
     <w:rsid w:val="0064122D"/>
+    <w:rsid w:val="00643BA6"/>
     <w:rsid w:val="0064456C"/>
+    <w:rsid w:val="0064511C"/>
     <w:rsid w:val="006451F9"/>
     <w:rsid w:val="0064560E"/>
     <w:rsid w:val="0065020B"/>
     <w:rsid w:val="00650787"/>
     <w:rsid w:val="0065159B"/>
     <w:rsid w:val="00652388"/>
     <w:rsid w:val="0065317E"/>
     <w:rsid w:val="00655B7B"/>
     <w:rsid w:val="006563A1"/>
     <w:rsid w:val="00657BCB"/>
     <w:rsid w:val="00657C0E"/>
     <w:rsid w:val="006624AE"/>
     <w:rsid w:val="00663226"/>
     <w:rsid w:val="00664AA4"/>
     <w:rsid w:val="00665494"/>
     <w:rsid w:val="00665F52"/>
     <w:rsid w:val="0067035F"/>
     <w:rsid w:val="00670B0A"/>
     <w:rsid w:val="00671A24"/>
+    <w:rsid w:val="006730A1"/>
     <w:rsid w:val="00673172"/>
     <w:rsid w:val="00675EBC"/>
     <w:rsid w:val="00676E45"/>
     <w:rsid w:val="006776CD"/>
     <w:rsid w:val="00680EDB"/>
     <w:rsid w:val="006838B1"/>
     <w:rsid w:val="00684E91"/>
+    <w:rsid w:val="00687461"/>
+    <w:rsid w:val="0069094A"/>
     <w:rsid w:val="00690A7E"/>
     <w:rsid w:val="00691355"/>
     <w:rsid w:val="00692666"/>
     <w:rsid w:val="0069366D"/>
     <w:rsid w:val="00696911"/>
     <w:rsid w:val="0069756A"/>
     <w:rsid w:val="006A340E"/>
     <w:rsid w:val="006A4747"/>
     <w:rsid w:val="006A4B41"/>
     <w:rsid w:val="006A6671"/>
     <w:rsid w:val="006A6A7D"/>
     <w:rsid w:val="006A7580"/>
     <w:rsid w:val="006B1001"/>
     <w:rsid w:val="006B1036"/>
     <w:rsid w:val="006B250B"/>
     <w:rsid w:val="006B30A8"/>
     <w:rsid w:val="006B393D"/>
     <w:rsid w:val="006B444E"/>
     <w:rsid w:val="006B49C0"/>
     <w:rsid w:val="006B52A7"/>
     <w:rsid w:val="006B5B6E"/>
     <w:rsid w:val="006B6D42"/>
     <w:rsid w:val="006B7E1B"/>
     <w:rsid w:val="006C0E19"/>
     <w:rsid w:val="006C132F"/>
     <w:rsid w:val="006C2788"/>
     <w:rsid w:val="006C33D0"/>
     <w:rsid w:val="006C406A"/>
     <w:rsid w:val="006C4F57"/>
     <w:rsid w:val="006C56EE"/>
     <w:rsid w:val="006C60F5"/>
     <w:rsid w:val="006C612F"/>
     <w:rsid w:val="006C6639"/>
     <w:rsid w:val="006C6719"/>
     <w:rsid w:val="006C6EAD"/>
+    <w:rsid w:val="006C6FD2"/>
+    <w:rsid w:val="006D2568"/>
+    <w:rsid w:val="006D2CA4"/>
     <w:rsid w:val="006D3259"/>
     <w:rsid w:val="006E4455"/>
     <w:rsid w:val="006E44EE"/>
     <w:rsid w:val="006E5113"/>
     <w:rsid w:val="006E5BDB"/>
     <w:rsid w:val="006E6DC3"/>
     <w:rsid w:val="006E7887"/>
+    <w:rsid w:val="006F14A6"/>
     <w:rsid w:val="006F3A5F"/>
     <w:rsid w:val="006F4BD5"/>
     <w:rsid w:val="006F5207"/>
     <w:rsid w:val="006F626A"/>
     <w:rsid w:val="006F6AAA"/>
     <w:rsid w:val="006F6FE6"/>
     <w:rsid w:val="006F70BE"/>
     <w:rsid w:val="00701BDA"/>
     <w:rsid w:val="00702DC1"/>
     <w:rsid w:val="00704983"/>
     <w:rsid w:val="00706F70"/>
+    <w:rsid w:val="00707173"/>
+    <w:rsid w:val="00707B89"/>
     <w:rsid w:val="00712D2B"/>
     <w:rsid w:val="00715134"/>
     <w:rsid w:val="00717775"/>
     <w:rsid w:val="00717E8A"/>
     <w:rsid w:val="00720FF1"/>
     <w:rsid w:val="00721FF5"/>
     <w:rsid w:val="00722D2F"/>
+    <w:rsid w:val="007258C0"/>
     <w:rsid w:val="007266A5"/>
+    <w:rsid w:val="00726EF5"/>
     <w:rsid w:val="00727464"/>
     <w:rsid w:val="007276A7"/>
     <w:rsid w:val="00731BC6"/>
+    <w:rsid w:val="00734E1E"/>
     <w:rsid w:val="00737ABB"/>
     <w:rsid w:val="007442F9"/>
     <w:rsid w:val="00744AE1"/>
     <w:rsid w:val="00745439"/>
     <w:rsid w:val="00746991"/>
     <w:rsid w:val="0075025B"/>
+    <w:rsid w:val="007520FC"/>
     <w:rsid w:val="00752E64"/>
     <w:rsid w:val="00752F3C"/>
     <w:rsid w:val="007530A2"/>
     <w:rsid w:val="00753104"/>
     <w:rsid w:val="00755629"/>
     <w:rsid w:val="00755F1A"/>
     <w:rsid w:val="00763590"/>
     <w:rsid w:val="0076578A"/>
     <w:rsid w:val="00765CBD"/>
     <w:rsid w:val="00766FB2"/>
     <w:rsid w:val="00770399"/>
     <w:rsid w:val="00771402"/>
     <w:rsid w:val="007716E2"/>
     <w:rsid w:val="00771C5C"/>
     <w:rsid w:val="00773661"/>
     <w:rsid w:val="00775A58"/>
     <w:rsid w:val="00775BD1"/>
     <w:rsid w:val="007764B7"/>
     <w:rsid w:val="007771EF"/>
     <w:rsid w:val="00781C87"/>
     <w:rsid w:val="00786691"/>
     <w:rsid w:val="00787C1F"/>
     <w:rsid w:val="00790103"/>
     <w:rsid w:val="00790F43"/>
     <w:rsid w:val="0079139D"/>
     <w:rsid w:val="007932B9"/>
     <w:rsid w:val="0079442A"/>
     <w:rsid w:val="00795D5E"/>
+    <w:rsid w:val="007963DB"/>
     <w:rsid w:val="00796D15"/>
     <w:rsid w:val="007A0130"/>
+    <w:rsid w:val="007A08AE"/>
     <w:rsid w:val="007A0EF8"/>
     <w:rsid w:val="007A0FB2"/>
+    <w:rsid w:val="007A247E"/>
     <w:rsid w:val="007A3364"/>
     <w:rsid w:val="007A3542"/>
     <w:rsid w:val="007A52C4"/>
     <w:rsid w:val="007A5C5B"/>
     <w:rsid w:val="007A5F7B"/>
     <w:rsid w:val="007A68FD"/>
     <w:rsid w:val="007B0CDA"/>
     <w:rsid w:val="007B2DAC"/>
+    <w:rsid w:val="007B2EE3"/>
     <w:rsid w:val="007B3AB7"/>
     <w:rsid w:val="007B3D74"/>
     <w:rsid w:val="007B3E2F"/>
     <w:rsid w:val="007B65A9"/>
     <w:rsid w:val="007B7358"/>
     <w:rsid w:val="007C0DCC"/>
     <w:rsid w:val="007C16DA"/>
     <w:rsid w:val="007C184E"/>
     <w:rsid w:val="007C1BA4"/>
     <w:rsid w:val="007C1BBB"/>
+    <w:rsid w:val="007C2502"/>
+    <w:rsid w:val="007C3BBD"/>
+    <w:rsid w:val="007C481F"/>
     <w:rsid w:val="007C6424"/>
+    <w:rsid w:val="007C6F6E"/>
+    <w:rsid w:val="007D10A7"/>
     <w:rsid w:val="007D2CED"/>
     <w:rsid w:val="007D3CC6"/>
     <w:rsid w:val="007D3FEA"/>
     <w:rsid w:val="007D422B"/>
+    <w:rsid w:val="007D4B2A"/>
     <w:rsid w:val="007D6101"/>
+    <w:rsid w:val="007D68DC"/>
     <w:rsid w:val="007D70E7"/>
     <w:rsid w:val="007E10AB"/>
     <w:rsid w:val="007E2E92"/>
     <w:rsid w:val="007E3019"/>
     <w:rsid w:val="007E50A4"/>
     <w:rsid w:val="007E5B7D"/>
     <w:rsid w:val="007E5BEE"/>
+    <w:rsid w:val="007E5E4E"/>
     <w:rsid w:val="007E6C5B"/>
+    <w:rsid w:val="007E7AE3"/>
     <w:rsid w:val="007F021D"/>
     <w:rsid w:val="007F0C70"/>
+    <w:rsid w:val="007F1836"/>
     <w:rsid w:val="007F1E35"/>
     <w:rsid w:val="007F235C"/>
     <w:rsid w:val="007F2D72"/>
+    <w:rsid w:val="007F30CD"/>
     <w:rsid w:val="007F30E6"/>
     <w:rsid w:val="007F4031"/>
     <w:rsid w:val="007F4820"/>
     <w:rsid w:val="007F4C0C"/>
     <w:rsid w:val="00801E4C"/>
     <w:rsid w:val="008021EB"/>
     <w:rsid w:val="00802F66"/>
     <w:rsid w:val="00803180"/>
     <w:rsid w:val="00804704"/>
     <w:rsid w:val="0080535A"/>
     <w:rsid w:val="0080693A"/>
+    <w:rsid w:val="0080766B"/>
     <w:rsid w:val="00807A1C"/>
     <w:rsid w:val="00807EA3"/>
     <w:rsid w:val="00812A19"/>
     <w:rsid w:val="00813031"/>
     <w:rsid w:val="00813224"/>
     <w:rsid w:val="00813DDB"/>
     <w:rsid w:val="008154AC"/>
     <w:rsid w:val="00815C91"/>
+    <w:rsid w:val="00817282"/>
     <w:rsid w:val="0082524D"/>
     <w:rsid w:val="00831D11"/>
     <w:rsid w:val="00832727"/>
     <w:rsid w:val="008358C9"/>
     <w:rsid w:val="00835BAB"/>
     <w:rsid w:val="00836FA0"/>
     <w:rsid w:val="0083729C"/>
     <w:rsid w:val="008402B1"/>
     <w:rsid w:val="00840680"/>
+    <w:rsid w:val="00841A0F"/>
     <w:rsid w:val="00841EED"/>
     <w:rsid w:val="00842FE5"/>
+    <w:rsid w:val="00843687"/>
+    <w:rsid w:val="008448B5"/>
     <w:rsid w:val="0084543A"/>
     <w:rsid w:val="00846248"/>
     <w:rsid w:val="00847061"/>
     <w:rsid w:val="0084748C"/>
+    <w:rsid w:val="008518BA"/>
+    <w:rsid w:val="00854C07"/>
     <w:rsid w:val="0085587A"/>
     <w:rsid w:val="008601B4"/>
     <w:rsid w:val="00861F2D"/>
     <w:rsid w:val="008631EA"/>
+    <w:rsid w:val="00864BEB"/>
     <w:rsid w:val="00865ED2"/>
+    <w:rsid w:val="00870DE1"/>
     <w:rsid w:val="00872C58"/>
     <w:rsid w:val="0087367E"/>
     <w:rsid w:val="00875B21"/>
     <w:rsid w:val="00876B72"/>
     <w:rsid w:val="00876D31"/>
     <w:rsid w:val="008803DE"/>
     <w:rsid w:val="00883911"/>
     <w:rsid w:val="00883F46"/>
+    <w:rsid w:val="0088555B"/>
     <w:rsid w:val="0089054E"/>
+    <w:rsid w:val="0089474F"/>
+    <w:rsid w:val="008973DE"/>
     <w:rsid w:val="008A0CA7"/>
+    <w:rsid w:val="008A21BA"/>
+    <w:rsid w:val="008A3567"/>
     <w:rsid w:val="008A408B"/>
     <w:rsid w:val="008A72A8"/>
     <w:rsid w:val="008B71BF"/>
     <w:rsid w:val="008C1CA8"/>
     <w:rsid w:val="008C31B9"/>
     <w:rsid w:val="008C38F8"/>
     <w:rsid w:val="008C3AC4"/>
+    <w:rsid w:val="008C776A"/>
     <w:rsid w:val="008D00E0"/>
     <w:rsid w:val="008D0DD4"/>
     <w:rsid w:val="008D3276"/>
+    <w:rsid w:val="008D3B5A"/>
     <w:rsid w:val="008D589C"/>
     <w:rsid w:val="008D58EC"/>
     <w:rsid w:val="008E0D1C"/>
+    <w:rsid w:val="008E1063"/>
     <w:rsid w:val="008E141C"/>
     <w:rsid w:val="008E2D1B"/>
     <w:rsid w:val="008E4502"/>
     <w:rsid w:val="008E4745"/>
     <w:rsid w:val="008E5910"/>
     <w:rsid w:val="008E5C04"/>
     <w:rsid w:val="008E5EE6"/>
     <w:rsid w:val="008E64BA"/>
     <w:rsid w:val="008F2C2A"/>
     <w:rsid w:val="008F369D"/>
     <w:rsid w:val="008F519A"/>
     <w:rsid w:val="008F6A7E"/>
+    <w:rsid w:val="00900DF1"/>
     <w:rsid w:val="00902622"/>
     <w:rsid w:val="00903401"/>
     <w:rsid w:val="0090369D"/>
     <w:rsid w:val="009042BE"/>
     <w:rsid w:val="009050F6"/>
+    <w:rsid w:val="009065B1"/>
+    <w:rsid w:val="00907576"/>
+    <w:rsid w:val="00907E38"/>
+    <w:rsid w:val="009129B1"/>
     <w:rsid w:val="009132F7"/>
     <w:rsid w:val="0091346E"/>
     <w:rsid w:val="00914BFF"/>
     <w:rsid w:val="00914FB9"/>
+    <w:rsid w:val="00917CAB"/>
     <w:rsid w:val="00922032"/>
     <w:rsid w:val="009227BE"/>
+    <w:rsid w:val="009310E3"/>
     <w:rsid w:val="00934599"/>
     <w:rsid w:val="00935112"/>
     <w:rsid w:val="00940A6B"/>
     <w:rsid w:val="009423C4"/>
     <w:rsid w:val="00946B5B"/>
+    <w:rsid w:val="009502DD"/>
     <w:rsid w:val="009505FE"/>
     <w:rsid w:val="00950ECD"/>
     <w:rsid w:val="0095197A"/>
+    <w:rsid w:val="0095286B"/>
     <w:rsid w:val="00953FFB"/>
     <w:rsid w:val="0095473E"/>
     <w:rsid w:val="00955D7A"/>
     <w:rsid w:val="0096017D"/>
     <w:rsid w:val="00962677"/>
+    <w:rsid w:val="00963C89"/>
+    <w:rsid w:val="0096628A"/>
     <w:rsid w:val="00967019"/>
     <w:rsid w:val="00967F8D"/>
     <w:rsid w:val="00970017"/>
     <w:rsid w:val="009707ED"/>
     <w:rsid w:val="009724FE"/>
     <w:rsid w:val="00974115"/>
     <w:rsid w:val="009758DA"/>
     <w:rsid w:val="00975B59"/>
+    <w:rsid w:val="0097618E"/>
     <w:rsid w:val="009775A2"/>
     <w:rsid w:val="0098482A"/>
+    <w:rsid w:val="00985970"/>
     <w:rsid w:val="00985F60"/>
     <w:rsid w:val="0098721D"/>
     <w:rsid w:val="009874E2"/>
     <w:rsid w:val="0098794D"/>
     <w:rsid w:val="009908DC"/>
     <w:rsid w:val="009908F8"/>
     <w:rsid w:val="00990F98"/>
     <w:rsid w:val="00991EB3"/>
     <w:rsid w:val="00992BA7"/>
     <w:rsid w:val="00997E51"/>
     <w:rsid w:val="009A14F8"/>
     <w:rsid w:val="009A3D61"/>
+    <w:rsid w:val="009A41E4"/>
     <w:rsid w:val="009A4D44"/>
+    <w:rsid w:val="009A5157"/>
     <w:rsid w:val="009A59BD"/>
     <w:rsid w:val="009A5B06"/>
     <w:rsid w:val="009A733E"/>
+    <w:rsid w:val="009B10CF"/>
     <w:rsid w:val="009B1D2E"/>
     <w:rsid w:val="009B4BED"/>
     <w:rsid w:val="009B4DE6"/>
     <w:rsid w:val="009B5E79"/>
     <w:rsid w:val="009B6DC2"/>
     <w:rsid w:val="009B6E5A"/>
     <w:rsid w:val="009B7200"/>
     <w:rsid w:val="009C0825"/>
     <w:rsid w:val="009C0A25"/>
     <w:rsid w:val="009C2D68"/>
     <w:rsid w:val="009C3D02"/>
     <w:rsid w:val="009C44A5"/>
     <w:rsid w:val="009C5395"/>
     <w:rsid w:val="009C55F0"/>
     <w:rsid w:val="009D18DB"/>
     <w:rsid w:val="009D1EC6"/>
     <w:rsid w:val="009D2223"/>
     <w:rsid w:val="009D260C"/>
     <w:rsid w:val="009D4174"/>
     <w:rsid w:val="009D4CC6"/>
     <w:rsid w:val="009E0281"/>
     <w:rsid w:val="009E1A3E"/>
     <w:rsid w:val="009E218B"/>
     <w:rsid w:val="009E2C0B"/>
     <w:rsid w:val="009E3C2C"/>
     <w:rsid w:val="009E45BF"/>
     <w:rsid w:val="009E6D30"/>
     <w:rsid w:val="009E77C9"/>
     <w:rsid w:val="009E7B90"/>
     <w:rsid w:val="009F23C8"/>
     <w:rsid w:val="009F2DA7"/>
     <w:rsid w:val="009F35BA"/>
     <w:rsid w:val="009F497D"/>
     <w:rsid w:val="009F5355"/>
     <w:rsid w:val="009F780D"/>
     <w:rsid w:val="009F7E00"/>
     <w:rsid w:val="00A02C09"/>
+    <w:rsid w:val="00A04DE1"/>
     <w:rsid w:val="00A0771E"/>
     <w:rsid w:val="00A10926"/>
     <w:rsid w:val="00A110FE"/>
     <w:rsid w:val="00A11E23"/>
     <w:rsid w:val="00A1268B"/>
     <w:rsid w:val="00A149F2"/>
     <w:rsid w:val="00A15DC6"/>
     <w:rsid w:val="00A21455"/>
     <w:rsid w:val="00A22CCA"/>
+    <w:rsid w:val="00A23623"/>
     <w:rsid w:val="00A23C43"/>
     <w:rsid w:val="00A26B96"/>
     <w:rsid w:val="00A2734C"/>
     <w:rsid w:val="00A30357"/>
     <w:rsid w:val="00A3400B"/>
     <w:rsid w:val="00A34D50"/>
     <w:rsid w:val="00A34EB2"/>
     <w:rsid w:val="00A35B16"/>
     <w:rsid w:val="00A36735"/>
     <w:rsid w:val="00A40B1A"/>
+    <w:rsid w:val="00A42F7B"/>
+    <w:rsid w:val="00A438A9"/>
     <w:rsid w:val="00A50F95"/>
     <w:rsid w:val="00A510B8"/>
     <w:rsid w:val="00A5216F"/>
+    <w:rsid w:val="00A57C5E"/>
     <w:rsid w:val="00A60222"/>
     <w:rsid w:val="00A60734"/>
     <w:rsid w:val="00A621C1"/>
     <w:rsid w:val="00A62476"/>
     <w:rsid w:val="00A63119"/>
     <w:rsid w:val="00A66FA9"/>
+    <w:rsid w:val="00A6738E"/>
+    <w:rsid w:val="00A71C28"/>
     <w:rsid w:val="00A72087"/>
     <w:rsid w:val="00A749DF"/>
     <w:rsid w:val="00A74B8A"/>
     <w:rsid w:val="00A750C0"/>
     <w:rsid w:val="00A769D3"/>
     <w:rsid w:val="00A76E2E"/>
     <w:rsid w:val="00A81E37"/>
     <w:rsid w:val="00A82450"/>
     <w:rsid w:val="00A8382D"/>
     <w:rsid w:val="00A902A3"/>
     <w:rsid w:val="00A91800"/>
     <w:rsid w:val="00A92DC8"/>
     <w:rsid w:val="00A93FD3"/>
     <w:rsid w:val="00A94466"/>
     <w:rsid w:val="00A95743"/>
     <w:rsid w:val="00A95759"/>
     <w:rsid w:val="00A966CD"/>
     <w:rsid w:val="00A978E1"/>
     <w:rsid w:val="00A97902"/>
+    <w:rsid w:val="00A97EB2"/>
     <w:rsid w:val="00AA3F8E"/>
+    <w:rsid w:val="00AA475C"/>
     <w:rsid w:val="00AA55F8"/>
     <w:rsid w:val="00AB0AA5"/>
     <w:rsid w:val="00AB2CAC"/>
     <w:rsid w:val="00AB42B1"/>
+    <w:rsid w:val="00AB46FD"/>
     <w:rsid w:val="00AC07ED"/>
     <w:rsid w:val="00AC0D79"/>
     <w:rsid w:val="00AC1B1B"/>
+    <w:rsid w:val="00AC1EFC"/>
     <w:rsid w:val="00AC20E0"/>
     <w:rsid w:val="00AC3044"/>
     <w:rsid w:val="00AC5A7E"/>
     <w:rsid w:val="00AD0675"/>
     <w:rsid w:val="00AD0A74"/>
     <w:rsid w:val="00AD16E6"/>
     <w:rsid w:val="00AD1AB7"/>
     <w:rsid w:val="00AD2A00"/>
     <w:rsid w:val="00AD2F2E"/>
     <w:rsid w:val="00AD30C2"/>
     <w:rsid w:val="00AD32A2"/>
     <w:rsid w:val="00AD5D20"/>
+    <w:rsid w:val="00AD6AD3"/>
+    <w:rsid w:val="00AE0DED"/>
     <w:rsid w:val="00AE22A0"/>
+    <w:rsid w:val="00AE263F"/>
+    <w:rsid w:val="00AE5792"/>
     <w:rsid w:val="00AE58CC"/>
     <w:rsid w:val="00AE68B3"/>
     <w:rsid w:val="00AE7C4C"/>
     <w:rsid w:val="00AF0354"/>
     <w:rsid w:val="00AF1955"/>
     <w:rsid w:val="00AF2BA3"/>
     <w:rsid w:val="00AF30EE"/>
     <w:rsid w:val="00AF384C"/>
     <w:rsid w:val="00AF41A7"/>
     <w:rsid w:val="00AF5882"/>
     <w:rsid w:val="00AF5F83"/>
     <w:rsid w:val="00B0124E"/>
     <w:rsid w:val="00B01AD7"/>
     <w:rsid w:val="00B027BC"/>
     <w:rsid w:val="00B075CF"/>
     <w:rsid w:val="00B07A18"/>
     <w:rsid w:val="00B120B8"/>
     <w:rsid w:val="00B12619"/>
     <w:rsid w:val="00B132E6"/>
+    <w:rsid w:val="00B17745"/>
     <w:rsid w:val="00B21852"/>
+    <w:rsid w:val="00B21E17"/>
     <w:rsid w:val="00B2217D"/>
+    <w:rsid w:val="00B2437B"/>
     <w:rsid w:val="00B2446A"/>
     <w:rsid w:val="00B24A1A"/>
+    <w:rsid w:val="00B26890"/>
     <w:rsid w:val="00B26B21"/>
     <w:rsid w:val="00B32770"/>
     <w:rsid w:val="00B37757"/>
     <w:rsid w:val="00B37BF9"/>
     <w:rsid w:val="00B405A8"/>
     <w:rsid w:val="00B42CD2"/>
     <w:rsid w:val="00B507C9"/>
     <w:rsid w:val="00B51389"/>
+    <w:rsid w:val="00B546BE"/>
     <w:rsid w:val="00B56CFA"/>
     <w:rsid w:val="00B577BA"/>
     <w:rsid w:val="00B6088C"/>
     <w:rsid w:val="00B6158F"/>
     <w:rsid w:val="00B6263D"/>
     <w:rsid w:val="00B62D18"/>
+    <w:rsid w:val="00B6392B"/>
+    <w:rsid w:val="00B639DE"/>
     <w:rsid w:val="00B63DF3"/>
     <w:rsid w:val="00B63E79"/>
     <w:rsid w:val="00B64838"/>
+    <w:rsid w:val="00B64841"/>
     <w:rsid w:val="00B6503B"/>
     <w:rsid w:val="00B656C8"/>
     <w:rsid w:val="00B657EE"/>
+    <w:rsid w:val="00B669F6"/>
     <w:rsid w:val="00B66AAE"/>
     <w:rsid w:val="00B701E5"/>
     <w:rsid w:val="00B71EB5"/>
     <w:rsid w:val="00B73AFA"/>
     <w:rsid w:val="00B75018"/>
     <w:rsid w:val="00B76203"/>
     <w:rsid w:val="00B7658C"/>
     <w:rsid w:val="00B76BA5"/>
     <w:rsid w:val="00B81B39"/>
+    <w:rsid w:val="00B81CF8"/>
     <w:rsid w:val="00B81DB4"/>
     <w:rsid w:val="00B82963"/>
     <w:rsid w:val="00B83971"/>
     <w:rsid w:val="00B86E1A"/>
     <w:rsid w:val="00B87040"/>
     <w:rsid w:val="00B91DED"/>
     <w:rsid w:val="00B94026"/>
     <w:rsid w:val="00B94537"/>
     <w:rsid w:val="00B953B9"/>
     <w:rsid w:val="00BA13F1"/>
     <w:rsid w:val="00BA22D3"/>
     <w:rsid w:val="00BA2F62"/>
     <w:rsid w:val="00BA3F4B"/>
     <w:rsid w:val="00BA4260"/>
     <w:rsid w:val="00BA698C"/>
     <w:rsid w:val="00BA7445"/>
     <w:rsid w:val="00BB01E8"/>
     <w:rsid w:val="00BB02FB"/>
     <w:rsid w:val="00BB120D"/>
     <w:rsid w:val="00BB1859"/>
     <w:rsid w:val="00BB2EED"/>
     <w:rsid w:val="00BB34B6"/>
     <w:rsid w:val="00BB36D6"/>
     <w:rsid w:val="00BB54A0"/>
     <w:rsid w:val="00BB7A53"/>
     <w:rsid w:val="00BC028B"/>
     <w:rsid w:val="00BC1D0F"/>
     <w:rsid w:val="00BC215F"/>
     <w:rsid w:val="00BC2441"/>
     <w:rsid w:val="00BC28C0"/>
     <w:rsid w:val="00BC4295"/>
     <w:rsid w:val="00BC4B96"/>
     <w:rsid w:val="00BC5C18"/>
     <w:rsid w:val="00BC6128"/>
     <w:rsid w:val="00BC6CF6"/>
     <w:rsid w:val="00BC6E61"/>
     <w:rsid w:val="00BD0C68"/>
     <w:rsid w:val="00BD2E16"/>
     <w:rsid w:val="00BD4A3B"/>
     <w:rsid w:val="00BD4C81"/>
     <w:rsid w:val="00BD4CF0"/>
     <w:rsid w:val="00BD5222"/>
     <w:rsid w:val="00BD6A2A"/>
     <w:rsid w:val="00BE04E0"/>
     <w:rsid w:val="00BE17A7"/>
     <w:rsid w:val="00BE1EC7"/>
     <w:rsid w:val="00BE2E5A"/>
     <w:rsid w:val="00BE3BC3"/>
     <w:rsid w:val="00BE3C95"/>
+    <w:rsid w:val="00BE587E"/>
     <w:rsid w:val="00BE7072"/>
     <w:rsid w:val="00BE730A"/>
+    <w:rsid w:val="00BF24E3"/>
+    <w:rsid w:val="00BF2B88"/>
     <w:rsid w:val="00BF71FB"/>
+    <w:rsid w:val="00C0023B"/>
     <w:rsid w:val="00C01D4E"/>
     <w:rsid w:val="00C0338F"/>
     <w:rsid w:val="00C07678"/>
     <w:rsid w:val="00C07EA4"/>
+    <w:rsid w:val="00C11CA9"/>
     <w:rsid w:val="00C12A67"/>
     <w:rsid w:val="00C1427F"/>
     <w:rsid w:val="00C17CD9"/>
     <w:rsid w:val="00C23F2C"/>
     <w:rsid w:val="00C2589D"/>
     <w:rsid w:val="00C26716"/>
     <w:rsid w:val="00C267A3"/>
     <w:rsid w:val="00C26801"/>
     <w:rsid w:val="00C27359"/>
     <w:rsid w:val="00C3023C"/>
     <w:rsid w:val="00C33432"/>
     <w:rsid w:val="00C36096"/>
     <w:rsid w:val="00C36990"/>
     <w:rsid w:val="00C402C5"/>
     <w:rsid w:val="00C41035"/>
     <w:rsid w:val="00C41A10"/>
     <w:rsid w:val="00C42E02"/>
     <w:rsid w:val="00C43451"/>
     <w:rsid w:val="00C444A8"/>
     <w:rsid w:val="00C44BB9"/>
     <w:rsid w:val="00C46501"/>
     <w:rsid w:val="00C46B0E"/>
     <w:rsid w:val="00C472DB"/>
     <w:rsid w:val="00C50E6D"/>
     <w:rsid w:val="00C5139B"/>
     <w:rsid w:val="00C52FA0"/>
     <w:rsid w:val="00C53D28"/>
     <w:rsid w:val="00C54599"/>
     <w:rsid w:val="00C55DD5"/>
     <w:rsid w:val="00C60897"/>
     <w:rsid w:val="00C60D7F"/>
     <w:rsid w:val="00C6300D"/>
     <w:rsid w:val="00C64484"/>
     <w:rsid w:val="00C64C06"/>
     <w:rsid w:val="00C65EFC"/>
     <w:rsid w:val="00C73AEE"/>
     <w:rsid w:val="00C73BCB"/>
     <w:rsid w:val="00C7417F"/>
     <w:rsid w:val="00C77859"/>
     <w:rsid w:val="00C82BE4"/>
     <w:rsid w:val="00C8353B"/>
     <w:rsid w:val="00C8399E"/>
+    <w:rsid w:val="00C91326"/>
+    <w:rsid w:val="00C91890"/>
     <w:rsid w:val="00C93213"/>
+    <w:rsid w:val="00C933A9"/>
+    <w:rsid w:val="00C93B15"/>
+    <w:rsid w:val="00C9453D"/>
     <w:rsid w:val="00C95ABF"/>
     <w:rsid w:val="00C96C96"/>
     <w:rsid w:val="00C979AA"/>
     <w:rsid w:val="00CA0900"/>
     <w:rsid w:val="00CA1EBF"/>
     <w:rsid w:val="00CA25DF"/>
     <w:rsid w:val="00CA2C63"/>
     <w:rsid w:val="00CA37F5"/>
     <w:rsid w:val="00CA3DDA"/>
     <w:rsid w:val="00CA4250"/>
     <w:rsid w:val="00CA4CD0"/>
     <w:rsid w:val="00CA50A0"/>
     <w:rsid w:val="00CA5E80"/>
     <w:rsid w:val="00CA75BD"/>
     <w:rsid w:val="00CA7FF6"/>
     <w:rsid w:val="00CB04D3"/>
+    <w:rsid w:val="00CB08FB"/>
     <w:rsid w:val="00CB39A7"/>
+    <w:rsid w:val="00CB5A72"/>
     <w:rsid w:val="00CB6BBD"/>
     <w:rsid w:val="00CC0807"/>
     <w:rsid w:val="00CC0E11"/>
     <w:rsid w:val="00CC2925"/>
     <w:rsid w:val="00CC2CEE"/>
     <w:rsid w:val="00CC3996"/>
     <w:rsid w:val="00CC3E11"/>
+    <w:rsid w:val="00CC494C"/>
     <w:rsid w:val="00CC5ED9"/>
     <w:rsid w:val="00CC71F5"/>
     <w:rsid w:val="00CD080E"/>
     <w:rsid w:val="00CD3B95"/>
     <w:rsid w:val="00CD4C8D"/>
     <w:rsid w:val="00CD5390"/>
     <w:rsid w:val="00CD543A"/>
     <w:rsid w:val="00CE5E9C"/>
+    <w:rsid w:val="00CF0AE9"/>
     <w:rsid w:val="00CF3475"/>
     <w:rsid w:val="00CF3525"/>
     <w:rsid w:val="00CF39E7"/>
     <w:rsid w:val="00CF4E4F"/>
     <w:rsid w:val="00CF5939"/>
     <w:rsid w:val="00CF62FA"/>
+    <w:rsid w:val="00CF6BA5"/>
     <w:rsid w:val="00CF7B53"/>
+    <w:rsid w:val="00D00ED3"/>
     <w:rsid w:val="00D01558"/>
     <w:rsid w:val="00D02BC8"/>
     <w:rsid w:val="00D0314F"/>
     <w:rsid w:val="00D0347C"/>
     <w:rsid w:val="00D0374F"/>
     <w:rsid w:val="00D0601E"/>
     <w:rsid w:val="00D07792"/>
     <w:rsid w:val="00D1053B"/>
     <w:rsid w:val="00D12A70"/>
     <w:rsid w:val="00D12CB7"/>
     <w:rsid w:val="00D21507"/>
     <w:rsid w:val="00D21740"/>
     <w:rsid w:val="00D226A3"/>
+    <w:rsid w:val="00D23A7E"/>
     <w:rsid w:val="00D243F5"/>
+    <w:rsid w:val="00D26127"/>
+    <w:rsid w:val="00D26F5E"/>
     <w:rsid w:val="00D27E9E"/>
     <w:rsid w:val="00D30434"/>
     <w:rsid w:val="00D30A66"/>
     <w:rsid w:val="00D317C7"/>
     <w:rsid w:val="00D32BB7"/>
     <w:rsid w:val="00D33C7A"/>
     <w:rsid w:val="00D3488E"/>
     <w:rsid w:val="00D34A03"/>
     <w:rsid w:val="00D34A15"/>
+    <w:rsid w:val="00D41D46"/>
+    <w:rsid w:val="00D42DF9"/>
+    <w:rsid w:val="00D42EE0"/>
     <w:rsid w:val="00D43737"/>
     <w:rsid w:val="00D45C72"/>
     <w:rsid w:val="00D47B5D"/>
     <w:rsid w:val="00D50ACC"/>
     <w:rsid w:val="00D50EB0"/>
+    <w:rsid w:val="00D51CAA"/>
+    <w:rsid w:val="00D52707"/>
     <w:rsid w:val="00D541CB"/>
     <w:rsid w:val="00D56922"/>
+    <w:rsid w:val="00D60947"/>
     <w:rsid w:val="00D60CBC"/>
     <w:rsid w:val="00D612C0"/>
     <w:rsid w:val="00D62CAF"/>
     <w:rsid w:val="00D66D93"/>
     <w:rsid w:val="00D67C2D"/>
+    <w:rsid w:val="00D67D54"/>
     <w:rsid w:val="00D71BF5"/>
     <w:rsid w:val="00D7433E"/>
     <w:rsid w:val="00D7743C"/>
     <w:rsid w:val="00D7747C"/>
+    <w:rsid w:val="00D7783D"/>
+    <w:rsid w:val="00D83207"/>
     <w:rsid w:val="00D846FC"/>
     <w:rsid w:val="00D852E6"/>
     <w:rsid w:val="00D8726B"/>
     <w:rsid w:val="00D90575"/>
     <w:rsid w:val="00D90609"/>
     <w:rsid w:val="00D93148"/>
     <w:rsid w:val="00D93781"/>
+    <w:rsid w:val="00D9394E"/>
     <w:rsid w:val="00D93DEA"/>
     <w:rsid w:val="00D9695B"/>
     <w:rsid w:val="00DA0BC5"/>
     <w:rsid w:val="00DA44F4"/>
     <w:rsid w:val="00DA5001"/>
     <w:rsid w:val="00DA6B12"/>
     <w:rsid w:val="00DB0B8F"/>
     <w:rsid w:val="00DB0CCE"/>
     <w:rsid w:val="00DB0E03"/>
     <w:rsid w:val="00DB18D1"/>
     <w:rsid w:val="00DB3410"/>
     <w:rsid w:val="00DB5CBD"/>
     <w:rsid w:val="00DB65BD"/>
     <w:rsid w:val="00DC1DF1"/>
     <w:rsid w:val="00DC2217"/>
     <w:rsid w:val="00DC68FB"/>
     <w:rsid w:val="00DD2E0A"/>
     <w:rsid w:val="00DD2F93"/>
     <w:rsid w:val="00DD658E"/>
     <w:rsid w:val="00DD6D19"/>
     <w:rsid w:val="00DD6E00"/>
     <w:rsid w:val="00DE49C3"/>
     <w:rsid w:val="00DE4DBE"/>
+    <w:rsid w:val="00DE5032"/>
     <w:rsid w:val="00DF14B7"/>
     <w:rsid w:val="00DF17A2"/>
     <w:rsid w:val="00DF27F1"/>
+    <w:rsid w:val="00DF3722"/>
     <w:rsid w:val="00DF5089"/>
     <w:rsid w:val="00DF52E8"/>
     <w:rsid w:val="00DF5E2A"/>
     <w:rsid w:val="00DF6E3C"/>
     <w:rsid w:val="00DF6E5B"/>
     <w:rsid w:val="00DF7432"/>
     <w:rsid w:val="00E0330E"/>
+    <w:rsid w:val="00E10210"/>
     <w:rsid w:val="00E10A0E"/>
     <w:rsid w:val="00E1308F"/>
+    <w:rsid w:val="00E15BB1"/>
     <w:rsid w:val="00E165F9"/>
     <w:rsid w:val="00E17120"/>
     <w:rsid w:val="00E1745E"/>
     <w:rsid w:val="00E17A5B"/>
     <w:rsid w:val="00E17EFB"/>
     <w:rsid w:val="00E2320A"/>
     <w:rsid w:val="00E24FE9"/>
     <w:rsid w:val="00E2578E"/>
     <w:rsid w:val="00E25B48"/>
     <w:rsid w:val="00E26886"/>
     <w:rsid w:val="00E275D8"/>
     <w:rsid w:val="00E276F3"/>
     <w:rsid w:val="00E30F41"/>
     <w:rsid w:val="00E3128B"/>
     <w:rsid w:val="00E31D38"/>
     <w:rsid w:val="00E327FB"/>
     <w:rsid w:val="00E344DF"/>
     <w:rsid w:val="00E34C71"/>
     <w:rsid w:val="00E36936"/>
     <w:rsid w:val="00E43285"/>
     <w:rsid w:val="00E43716"/>
     <w:rsid w:val="00E44916"/>
     <w:rsid w:val="00E467DE"/>
     <w:rsid w:val="00E46C13"/>
+    <w:rsid w:val="00E47899"/>
     <w:rsid w:val="00E517D5"/>
     <w:rsid w:val="00E51E60"/>
     <w:rsid w:val="00E53697"/>
     <w:rsid w:val="00E540D6"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5665A"/>
     <w:rsid w:val="00E5698F"/>
     <w:rsid w:val="00E56C02"/>
     <w:rsid w:val="00E615D2"/>
+    <w:rsid w:val="00E63857"/>
     <w:rsid w:val="00E64199"/>
+    <w:rsid w:val="00E66D18"/>
     <w:rsid w:val="00E67B45"/>
     <w:rsid w:val="00E70316"/>
     <w:rsid w:val="00E7126A"/>
+    <w:rsid w:val="00E716DD"/>
     <w:rsid w:val="00E72249"/>
+    <w:rsid w:val="00E72DC0"/>
     <w:rsid w:val="00E73366"/>
     <w:rsid w:val="00E738A7"/>
     <w:rsid w:val="00E75278"/>
     <w:rsid w:val="00E75C0B"/>
+    <w:rsid w:val="00E77825"/>
     <w:rsid w:val="00E8099A"/>
     <w:rsid w:val="00E80A56"/>
+    <w:rsid w:val="00E821A7"/>
     <w:rsid w:val="00E82B3D"/>
     <w:rsid w:val="00E845CF"/>
     <w:rsid w:val="00E84632"/>
+    <w:rsid w:val="00E84CF9"/>
     <w:rsid w:val="00E86BF0"/>
     <w:rsid w:val="00E90B1C"/>
     <w:rsid w:val="00E92098"/>
     <w:rsid w:val="00E927BD"/>
     <w:rsid w:val="00E92FE4"/>
     <w:rsid w:val="00E9349E"/>
     <w:rsid w:val="00E9499C"/>
     <w:rsid w:val="00E94A8E"/>
     <w:rsid w:val="00E95F8A"/>
     <w:rsid w:val="00E96F73"/>
     <w:rsid w:val="00E970A1"/>
+    <w:rsid w:val="00EA0DA0"/>
+    <w:rsid w:val="00EA13C7"/>
     <w:rsid w:val="00EA1E69"/>
+    <w:rsid w:val="00EA22C3"/>
+    <w:rsid w:val="00EA2DA4"/>
     <w:rsid w:val="00EA3091"/>
     <w:rsid w:val="00EA3962"/>
     <w:rsid w:val="00EA6313"/>
     <w:rsid w:val="00EA748A"/>
+    <w:rsid w:val="00EB147E"/>
     <w:rsid w:val="00EB1870"/>
     <w:rsid w:val="00EB351B"/>
     <w:rsid w:val="00EB42D2"/>
     <w:rsid w:val="00EB4429"/>
     <w:rsid w:val="00EB4652"/>
+    <w:rsid w:val="00EB4C19"/>
     <w:rsid w:val="00EB69A4"/>
     <w:rsid w:val="00EC0E87"/>
     <w:rsid w:val="00EC1932"/>
+    <w:rsid w:val="00EC2E49"/>
+    <w:rsid w:val="00EC6850"/>
+    <w:rsid w:val="00EC6A3D"/>
+    <w:rsid w:val="00EC7F22"/>
+    <w:rsid w:val="00ED03E5"/>
     <w:rsid w:val="00ED1C15"/>
+    <w:rsid w:val="00ED2584"/>
     <w:rsid w:val="00ED6A84"/>
     <w:rsid w:val="00ED6EDE"/>
     <w:rsid w:val="00EE050A"/>
+    <w:rsid w:val="00EE102F"/>
     <w:rsid w:val="00EE2FA2"/>
     <w:rsid w:val="00EE45C6"/>
     <w:rsid w:val="00EE54C0"/>
     <w:rsid w:val="00EE5746"/>
     <w:rsid w:val="00EE60AC"/>
     <w:rsid w:val="00EE78CD"/>
     <w:rsid w:val="00EF19A6"/>
     <w:rsid w:val="00EF3595"/>
     <w:rsid w:val="00EF4D17"/>
     <w:rsid w:val="00EF5C50"/>
     <w:rsid w:val="00EF5D0D"/>
+    <w:rsid w:val="00EF71B1"/>
+    <w:rsid w:val="00EF7A38"/>
     <w:rsid w:val="00EF7A71"/>
     <w:rsid w:val="00F001A7"/>
     <w:rsid w:val="00F0020E"/>
     <w:rsid w:val="00F0158E"/>
     <w:rsid w:val="00F017BE"/>
     <w:rsid w:val="00F02312"/>
+    <w:rsid w:val="00F02E20"/>
+    <w:rsid w:val="00F03A21"/>
     <w:rsid w:val="00F03BE0"/>
     <w:rsid w:val="00F043C4"/>
     <w:rsid w:val="00F1026E"/>
     <w:rsid w:val="00F1040D"/>
     <w:rsid w:val="00F106DC"/>
     <w:rsid w:val="00F113AF"/>
     <w:rsid w:val="00F12090"/>
     <w:rsid w:val="00F1744F"/>
+    <w:rsid w:val="00F21190"/>
     <w:rsid w:val="00F22263"/>
     <w:rsid w:val="00F23405"/>
     <w:rsid w:val="00F239A0"/>
     <w:rsid w:val="00F241A1"/>
     <w:rsid w:val="00F25D85"/>
     <w:rsid w:val="00F260B9"/>
     <w:rsid w:val="00F266DB"/>
     <w:rsid w:val="00F30653"/>
     <w:rsid w:val="00F30C18"/>
     <w:rsid w:val="00F30C1F"/>
     <w:rsid w:val="00F32805"/>
+    <w:rsid w:val="00F329E8"/>
     <w:rsid w:val="00F32A8D"/>
     <w:rsid w:val="00F354F1"/>
+    <w:rsid w:val="00F35DAD"/>
     <w:rsid w:val="00F36888"/>
     <w:rsid w:val="00F41C32"/>
+    <w:rsid w:val="00F4201B"/>
     <w:rsid w:val="00F42403"/>
     <w:rsid w:val="00F4288D"/>
     <w:rsid w:val="00F4495D"/>
     <w:rsid w:val="00F45B47"/>
+    <w:rsid w:val="00F50B4B"/>
     <w:rsid w:val="00F519E0"/>
     <w:rsid w:val="00F55A38"/>
     <w:rsid w:val="00F55EA7"/>
     <w:rsid w:val="00F567A9"/>
     <w:rsid w:val="00F608F2"/>
     <w:rsid w:val="00F63BCD"/>
     <w:rsid w:val="00F642E4"/>
     <w:rsid w:val="00F65090"/>
     <w:rsid w:val="00F65D01"/>
+    <w:rsid w:val="00F66123"/>
+    <w:rsid w:val="00F7165B"/>
     <w:rsid w:val="00F71F55"/>
     <w:rsid w:val="00F72280"/>
     <w:rsid w:val="00F72460"/>
     <w:rsid w:val="00F72F02"/>
     <w:rsid w:val="00F7300C"/>
     <w:rsid w:val="00F7434C"/>
     <w:rsid w:val="00F7540F"/>
+    <w:rsid w:val="00F76F45"/>
     <w:rsid w:val="00F76F74"/>
     <w:rsid w:val="00F802DC"/>
+    <w:rsid w:val="00F80546"/>
     <w:rsid w:val="00F815DD"/>
     <w:rsid w:val="00F846D4"/>
+    <w:rsid w:val="00F84F58"/>
     <w:rsid w:val="00F8533E"/>
     <w:rsid w:val="00F8614D"/>
+    <w:rsid w:val="00F87938"/>
     <w:rsid w:val="00F87F5F"/>
     <w:rsid w:val="00F87FC1"/>
     <w:rsid w:val="00F901AA"/>
     <w:rsid w:val="00F9180B"/>
     <w:rsid w:val="00F9273B"/>
     <w:rsid w:val="00F94D4A"/>
     <w:rsid w:val="00F95FFB"/>
     <w:rsid w:val="00FA085D"/>
     <w:rsid w:val="00FA0A4A"/>
     <w:rsid w:val="00FA195C"/>
     <w:rsid w:val="00FA2643"/>
     <w:rsid w:val="00FA4742"/>
     <w:rsid w:val="00FB02C7"/>
     <w:rsid w:val="00FB07FA"/>
     <w:rsid w:val="00FB0AD1"/>
     <w:rsid w:val="00FB127D"/>
     <w:rsid w:val="00FB1DE4"/>
     <w:rsid w:val="00FB5524"/>
     <w:rsid w:val="00FB5EEE"/>
     <w:rsid w:val="00FB667C"/>
+    <w:rsid w:val="00FB6E8F"/>
     <w:rsid w:val="00FB7318"/>
     <w:rsid w:val="00FC0735"/>
+    <w:rsid w:val="00FC0A7B"/>
     <w:rsid w:val="00FC2684"/>
     <w:rsid w:val="00FC29E8"/>
     <w:rsid w:val="00FC3263"/>
     <w:rsid w:val="00FC3E80"/>
+    <w:rsid w:val="00FC3FE2"/>
     <w:rsid w:val="00FC4620"/>
     <w:rsid w:val="00FC52C4"/>
+    <w:rsid w:val="00FC58FE"/>
     <w:rsid w:val="00FD0886"/>
     <w:rsid w:val="00FD3EF7"/>
     <w:rsid w:val="00FD46BF"/>
     <w:rsid w:val="00FD486E"/>
     <w:rsid w:val="00FD4AEC"/>
     <w:rsid w:val="00FD50AB"/>
+    <w:rsid w:val="00FD590D"/>
     <w:rsid w:val="00FD6B16"/>
     <w:rsid w:val="00FD7F46"/>
+    <w:rsid w:val="00FE1C8D"/>
+    <w:rsid w:val="00FE200D"/>
     <w:rsid w:val="00FE22A7"/>
     <w:rsid w:val="00FE344D"/>
     <w:rsid w:val="00FE4909"/>
     <w:rsid w:val="00FE5683"/>
+    <w:rsid w:val="00FE5F9F"/>
     <w:rsid w:val="00FE7B6C"/>
     <w:rsid w:val="00FF1720"/>
     <w:rsid w:val="00FF3820"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -10824,97 +11274,112 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:link w:val="BodyText3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00334B71"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00141136"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hashtag">
-    <w:name w:val="Hashtag"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hashtag1">
+    <w:name w:val="Hashtag1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00177F11"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="tv213Char"/>
     <w:rsid w:val="00807EA3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tv213Char">
     <w:name w:val="tv213 Char"/>
     <w:link w:val="tv213"/>
     <w:rsid w:val="00807EA3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="oj-italic">
     <w:name w:val="oj-italic"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00935112"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00726EF5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0717-20231025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02013R1408-20231025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02013R1408-20231025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0717-20231025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/303512-noteikumi-par-ide-minimisi-atbalsta-uzskaites-un-pieskirsanas-kartibu-un-ide-minimisi-atbalsta-uzskaites-veidlapu-paraugiem" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eds.vid.gov.lv/login/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11348,153 +11813,153 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{625D38B8-7504-44B3-AEC5-980EE03D1ABE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B5B00A-4F28-4C5D-B19A-E110AAE59938}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6DEB2D4-1608-4838-9EF5-32816DAA4194}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3888D090-B95E-4437-B852-4044B74A27B0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{871E4D36-3C7D-41DD-801B-14BB3D573AB5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>9666</Words>
-  <Characters>5511</Characters>
+  <Words>10666</Words>
+  <Characters>6080</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15147</CharactersWithSpaces>
+  <CharactersWithSpaces>16713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laura Simsone</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Agnese Uzare</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IsSysUpdate">
     <vt:lpwstr>false</vt:lpwstr>
   </property>