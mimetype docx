--- v1 (2026-01-19)
+++ v2 (2026-03-07)
@@ -19,82 +19,80 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="1AADF75B" w14:textId="77777777" w:rsidR="00CC5ED9" w:rsidRDefault="00CC5ED9" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1EF71A9A" w14:textId="77777777" w:rsidR="00722D2F" w:rsidRDefault="00722D2F" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08C456CC" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
+    <w:p w14:paraId="08C456CC" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pieteikums aktīvā nodarbinātības pasākuma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F428335" w14:textId="251E4740" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
+    <w:p w14:paraId="6F428335" w14:textId="251E4740" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>„Pasākum</w:t>
       </w:r>
       <w:r w:rsidR="004A3018" w:rsidRPr="00B12619">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
@@ -126,105 +124,105 @@
     <w:p w14:paraId="65B083CF" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="0052567D" w:rsidRDefault="00BD5222" w:rsidP="00BD5222">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FBD8A45" w14:textId="77777777" w:rsidR="00217087" w:rsidRPr="00B12619" w:rsidRDefault="00217087" w:rsidP="00BD5222">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4590"/>
         <w:gridCol w:w="5333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="705058EC" w14:textId="77777777" w:rsidTr="00E75C0B">
+      <w:tr w:rsidR="00EC2282" w14:paraId="705058EC" w14:textId="77777777" w:rsidTr="00E75C0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="656E4C62" w14:textId="77777777" w:rsidR="007442F9" w:rsidRPr="00B12619" w:rsidRDefault="007442F9" w:rsidP="000D351A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53754B34" w14:textId="77777777" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="0035294C" w:rsidP="00E75C0B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55D2F08B" w14:textId="77777777" w:rsidR="0052326E" w:rsidRPr="00B12619" w:rsidRDefault="0052326E" w:rsidP="00D852E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1862D87E" w14:textId="77777777" w:rsidR="00D852E6" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00D852E6">
+          <w:p w14:paraId="1862D87E" w14:textId="77777777" w:rsidR="00D852E6" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00D852E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:t xml:space="preserve">Dokumenta datums ir tā elektroniskās </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23182501" w14:textId="55BCE705" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00D852E6">
+          <w:p w14:paraId="23182501" w14:textId="55BCE705" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00D852E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:t>parakstīšanas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="717C4FA8" w14:textId="77777777" w:rsidTr="00E75C0B">
+      <w:tr w:rsidR="00EC2282" w14:paraId="717C4FA8" w14:textId="77777777" w:rsidTr="00E75C0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55705377" w14:textId="77777777" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="0035294C" w:rsidP="000D351A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513ECE47" w14:textId="77777777" w:rsidR="0035294C" w:rsidRPr="00B12619" w:rsidRDefault="0035294C" w:rsidP="000D351A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -236,212 +234,212 @@
     <w:p w14:paraId="4908E661" w14:textId="77777777" w:rsidR="007442F9" w:rsidRPr="00B12619" w:rsidRDefault="007442F9" w:rsidP="009D18DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="6143"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="3B1CD025" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00EC2282" w14:paraId="3B1CD025" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="757AE4F0" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00B83971">
+          <w:p w14:paraId="757AE4F0" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00B83971">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pretendenta nosaukums/fiziskas personas vārds, uzvārds)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="08197DAE" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00EC2282" w14:paraId="08197DAE" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B69E23F" w14:textId="77777777" w:rsidR="0052326E" w:rsidRPr="00B12619" w:rsidRDefault="0052326E" w:rsidP="00B83971">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="5CEFD6C1" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00EC2282" w14:paraId="5CEFD6C1" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="54F73A2D" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="000D351A">
+          <w:p w14:paraId="54F73A2D" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="000D351A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(amats, vārds, uzvārds)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="6047D50B" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00EC2282" w14:paraId="6047D50B" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="780E866C" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D">
+          <w:p w14:paraId="780E866C" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="1CC761F9" w14:textId="77777777" w:rsidTr="000D351A">
+      <w:tr w:rsidR="00EC2282" w14:paraId="1CC761F9" w14:textId="77777777" w:rsidTr="000D351A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC4F1EB" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="000D351A">
+          <w:p w14:paraId="3EC4F1EB" w14:textId="77777777" w:rsidR="009D18DB" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="000D351A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:ind w:left="-105"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve">personā, kurš (-a) rīkojas saskaņā ar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -454,186 +452,186 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28063E03" w14:textId="77777777" w:rsidR="00217087" w:rsidRPr="00B12619" w:rsidRDefault="00217087" w:rsidP="009D18DB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1285C78B" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00541597">
+    <w:p w14:paraId="1285C78B" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00541597">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(turpmāk – Pretendents), iesniedz pieteikumu aktīvā nodarbinātības pasākuma „Pasākum</w:t>
       </w:r>
       <w:r w:rsidR="004A3018" w:rsidRPr="00B12619">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktām personu grupām” (turpmāk – Pasākums) īstenošanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3144D9CB" w14:textId="77777777" w:rsidR="004945DC" w:rsidRPr="00B12619" w:rsidRDefault="004945DC" w:rsidP="00BD5222">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3964005C" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00DA44F4">
+    <w:p w14:paraId="3964005C" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00DA44F4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12619">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Informācija par Pretendentu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6EAB6D" w14:textId="77777777" w:rsidR="007442F9" w:rsidRPr="00B12619" w:rsidRDefault="007442F9" w:rsidP="007442F9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3823"/>
         <w:gridCol w:w="6090"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="2EB3409E" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="2EB3409E" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB364EA" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="4CB364EA" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00B12619">
               <w:t>Reģistrācijas Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19334990" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F99EA02" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00B12619" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="1838D187" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="1838D187" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24EC3AA0" w14:textId="021F549D" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00AE5792">
+          <w:p w14:paraId="24EC3AA0" w14:textId="021F549D" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00AE5792">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NACE kods</w:t>
             </w:r>
             <w:r w:rsidR="00C9453D" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> pēc kodu klasifikatora</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -707,491 +705,496 @@
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1591DF86" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="4645A015" w14:textId="77777777" w:rsidTr="00F4201B">
+      <w:tr w:rsidR="00EC2282" w14:paraId="4645A015" w14:textId="77777777" w:rsidTr="00F4201B">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="56CAE436" w14:textId="62B4FB21" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="56CAE436" w14:textId="62B4FB21" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:t>Nodarbināto personu skaits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidR="00D9394E" w:rsidRPr="00D26127">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="184F149F" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CD6C4B8" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="5ED88DA7" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="5ED88DA7" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="507"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="781B2C47" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="781B2C47" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:t>Kontaktpersona</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="457E9A27" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="457E9A27" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vārds, uzvārds)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24EC9579" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="232F0B7D" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="13810E7B" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="13810E7B" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34BF384E" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="34BF384E" w14:textId="7C367679" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D26127">
-              <w:t>e-pasta adrese</w:t>
+            <w:r>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00210E3D" w:rsidRPr="00D26127">
+              <w:t>-pasta adrese</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26DFCCBF" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72BE8F01" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="3EF352AB" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="3EF352AB" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59153490" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="59153490" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:t>Tālrunis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D8E54C7" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78570F4F" w14:textId="77777777" w:rsidR="00763590" w:rsidRPr="00D26127" w:rsidRDefault="00763590" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="479E77C9" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="479E77C9" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF08373" w14:textId="23CC69A8" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="6CF08373" w14:textId="23CC69A8" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:t>Bankas konta Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61EFCCD5" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47920389" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00B83971" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="05474D76" w14:textId="77777777" w:rsidTr="00AC1EFC">
+      <w:tr w:rsidR="00EC2282" w14:paraId="05474D76" w14:textId="77777777" w:rsidTr="00AC1EFC">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25662BC5" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BC28C0">
+          <w:p w14:paraId="25662BC5" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:t>Bankas kods SWIFT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BA9DE8F" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1ECC046B" w14:textId="77777777" w:rsidR="00DF27F1" w:rsidRPr="00D26127" w:rsidRDefault="00DF27F1" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13D24900" w14:textId="77777777" w:rsidR="00B83971" w:rsidRPr="00D26127" w:rsidRDefault="00B83971" w:rsidP="00BC28C0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B734DC9" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00EC0E87">
+    <w:p w14:paraId="1B734DC9" w14:textId="77777777" w:rsidR="00DA44F4" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00EC0E87">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2323"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317BC80D" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00DA44F4">
+    <w:p w14:paraId="317BC80D" w14:textId="77777777" w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00DA44F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pretendents, parakstot šo p</w:t>
       </w:r>
       <w:r w:rsidR="007F4C0C" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ieteikumu, apliecina, ka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidR="007F4C0C" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135E0F9F" w14:textId="77777777" w:rsidR="00727464" w:rsidRPr="00D26127" w:rsidRDefault="00727464" w:rsidP="00DA44F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A8A03D5" w14:textId="77777777" w:rsidR="000F36DD" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
+    <w:p w14:paraId="1A8A03D5" w14:textId="77777777" w:rsidR="000F36DD" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>pieteikumā sniegtā informācija ir patiesa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC1B747" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="3BC1B747" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>ir reģistrēts saskaņā ar attiecīgo saimniecisko darbību regulējošo normatīvo aktu prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A101C7" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="11A101C7" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>tam ir licence, akreditācijas lapa vai sertifikāts attiecīgo paka</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>lpojumu sniegšanai, ja tā nepieciešamību nosaka normatīvie akti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CDE0BE" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="68CDE0BE" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Pasākuma īstenošanas vietā ir atbilstoša materiāli tehniskā bāze, kas nepieciešama amata aprakstā noteikto darba pienākumu veikšanai un tā izveidota jau pirms Pasākuma īstenošanas uzsākšanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0874DF81" w14:textId="73B56983" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="0874DF81" w14:textId="73B56983" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>pēdēj</w:t>
       </w:r>
       <w:r w:rsidR="00FD3EF7" w:rsidRPr="00D26127">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD3EF7" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">divu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>gad</w:t>
       </w:r>
       <w:r w:rsidR="00FD3EF7" w:rsidRPr="00D26127">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> laikā nav būtiski pārkāpis līgumu par Nodarbinātības valsts aģentūras (turpmāk -</w:t>
       </w:r>
       <w:r w:rsidR="00EC2E49" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>Aģentūra) organizēto Pasākumu īstenošanu noteikumus</w:t>
       </w:r>
       <w:r w:rsidR="0055251E" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D0FD92" w14:textId="57E0A5FE" w:rsidR="00AD5D20" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="06D0FD92" w14:textId="57E0A5FE" w:rsidR="00AD5D20" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pasākumā vienlaikus iesaistīto </w:t>
       </w:r>
       <w:r w:rsidR="006F3A5F" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klientu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>skaits</w:t>
       </w:r>
       <w:r w:rsidR="0006784C" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> (Pasākumā</w:t>
       </w:r>
       <w:r w:rsidR="009A3D61" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0006784C" w:rsidRPr="00D26127">
@@ -1218,193 +1221,193 @@
       <w:r w:rsidR="00DD2F93" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F26D3" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nepārsniedz </w:t>
       </w:r>
       <w:r w:rsidR="00DF52E8" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3128B" w:rsidRPr="00D26127">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00DF52E8" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> personas</w:t>
       </w:r>
       <w:r w:rsidR="00FD4AEC" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9C82EA" w14:textId="47708266" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="1A9C82EA" w14:textId="47708266" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidR="00E821A7" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pretendentu neattiecas neviens no Publisko iepirkumu likuma 42. panta otrās daļas 4., 6. un 14. punktā minētajiem izslēgšanas noteikumiem un ir ievērots minētā likuma 42. panta ceturtās daļas 2. punktā noteiktais termiņš, un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidR="00E821A7" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="005234F4" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0156F951" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00AD6AD3">
+    <w:p w14:paraId="0156F951" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00AD6AD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>nav pasludināts Pretendenta maksātnespējas process, netiek īstenots tiesiskās aizsardzības proces</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>s, vai ārpustiesas tiesiskās aizsardzības process, tam nav uzsākta bankrota procedūra, nav apturēta vai izbeigta Pretendenta saimnieciskā darbība, vai Pretendents netiek likvidēts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A755A5" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00BF24E3">
+    <w:p w14:paraId="00A755A5" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00BF24E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Pretendents neatbilst nevienai no maksātnespējas pazīmēm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="007E5B7D" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00538189" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
+    <w:p w14:paraId="00538189" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="573"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Pretendents neve</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>ic eksportu uz trešajām valstīm vai Eiropas Savienības dalībvalstīm, t.i., neveic darbības, kas tieši saistītas ar eksportētajiem daudzumiem, ar izplatīšanas tīkla izveidošanu un darbību vai ar citiem kārtējiem izdevumiem, kas saistīti ar eksporta darbībām</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A469B2F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
+    <w:p w14:paraId="0A469B2F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="573"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Pretendents neveic darbības, kas nodrošina, ka importētu preču vietā tiktu izmantotas vietējās preces;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BC00C6" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B669F6">
+    <w:p w14:paraId="51BC00C6" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B669F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.2 pantā noteiktajam, pretendentam, tā valdes vai padomes locekļiem, patie</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>sā labuma guvējam, pārstāvēt</w:t>
       </w:r>
       <w:r w:rsidR="00C1427F" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>tiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Sav</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>ienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, kā arī pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">arbībām, kas destabilizē situāciju Ukrainā, 5.l panta pirmajā punktā minētā juridiskā persona, vienība vai struktūra, kas veic </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:lastRenderedPageBreak/>
         <w:t>uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r w:rsidR="00BF71FB" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347691F2" w14:textId="447C3364" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00D42EE0">
+    <w:p w14:paraId="347691F2" w14:textId="447C3364" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00D42EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">var nodrošināt darba </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>vadītāju</w:t>
       </w:r>
       <w:r w:rsidR="0098482A" w:rsidRPr="00D26127">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> k</w:t>
       </w:r>
       <w:r w:rsidR="0067035F" w:rsidRPr="00D26127">
         <w:t>urš</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
@@ -1437,51 +1440,51 @@
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> ietvaros darbu vienlaikus vada ne vairāk kā diviem</w:t>
       </w:r>
       <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">. Darba vadītājam nav nepieciešama izglītība vai darba pieredze profesijā, ja </w:t>
       </w:r>
       <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t>klientu</w:t>
       </w:r>
       <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>plānots nodarbināt mazkvalificētos darbos (vienkāršo profesiju darbi atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C9C32F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F1D77">
+    <w:p w14:paraId="43C9C32F" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F1D77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>saskaņā ar pieteikumam Pasākuma īstenošana</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">i pievienoto (-iem) </w:t>
       </w:r>
       <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidR="006C60F5" w:rsidRPr="00D26127">
         <w:t>amata</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> aprakstu (-iem) (</w:t>
       </w:r>
       <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
@@ -1496,147 +1499,147 @@
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">, Pretendents spēj nodrošināt </w:t>
       </w:r>
       <w:r w:rsidR="001441D4" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nepārtrauktu nodarbināšanu visu līguma ar </w:t>
       </w:r>
       <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Aģentūru </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>par Pas</w:t>
       </w:r>
       <w:r w:rsidR="00341BE3" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ākuma īstenošanu darbības laiku </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>(t.i., profesiju ar sezonālu raksturu darba pienākumu aprakstam jāietver darba pienākumi visās sezonās: pavasarī, vasarā, rudenī un ziemā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132C7474" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F1D77">
+    <w:p w14:paraId="132C7474" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F1D77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>iepazinās ar nosacījumu, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7C54E4" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B639DE">
+    <w:p w14:paraId="2B7C54E4" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B639DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nepieciešamo informāciju Pretendentu atlasei </w:t>
       </w:r>
       <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> iegūst un </w:t>
       </w:r>
       <w:r w:rsidR="00F7300C" w:rsidRPr="00D26127">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>retendentu snie</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">gto ziņu patiesumu pārbauda, izmantojot publiski pieejamās datubāzes, citu institūciju datubāzes, kā arī pieprasot informāciju no kompetentajām valsts institūcijām. Ja </w:t>
       </w:r>
       <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> rīcībā esošā informācija neatbilst faktiskajai situācijai, attiecīgais Pretend</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>ents ir tiesīgs iesniegt izziņu vai citu dokumentu, precizējot informāciju</w:t>
       </w:r>
       <w:r w:rsidR="0051417A" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD184FF" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B639DE">
+    <w:p w14:paraId="5BD184FF" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B639DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ja līdz </w:t>
       </w:r>
       <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> lēmuma </w:t>
       </w:r>
       <w:r w:rsidR="00717E8A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">pieņemšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>dienai Pretendenta pieteikumā norādītā informācija ir mainījusies, Pretendents vienas darba dienas laikā no faktiskās situācijas iestāšanās rak</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00BC1D0F" w:rsidRPr="00D26127">
         <w:t>iski</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> informē </w:t>
       </w:r>
       <w:r w:rsidR="00665F52" w:rsidRPr="00D26127">
         <w:t>Aģentūru</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE80022" w14:textId="60684789" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="0057056F">
+    <w:p w14:paraId="0FE80022" w14:textId="60684789" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="0057056F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>valsts atbalstu subsidēto darba vietu izveidei var saņemt Komisijas</w:t>
       </w:r>
       <w:r w:rsidR="002759EB" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
         <w:t>2023. gada 13.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">decembra Regulas (ES) Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:r w:rsidR="00935112" w:rsidRPr="00D26127">
@@ -1687,51 +1690,51 @@
         <w:t>gada 18. decembra Regul</w:t>
       </w:r>
       <w:r w:rsidR="00514101" w:rsidRPr="00D26127">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidR="00F329E8" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2013. gada 24. decembris, Nr. L 352/9)</w:t>
       </w:r>
       <w:r w:rsidR="004E51DA" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="004E51DA" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5259D57E" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00985970">
+    <w:p w14:paraId="5259D57E" w14:textId="77777777" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00985970">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pretendentam, kas noslēdzis līgumu par </w:t>
       </w:r>
       <w:r w:rsidR="00074650" w:rsidRPr="00D26127">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">asākuma īstenošanu, jāpiedalās Pasākuma līdzfinansēšanā (arī veicot valsts sociālās apdrošināšanas obligātās iemaksas par </w:t>
       </w:r>
       <w:r w:rsidR="00074650" w:rsidRPr="00D26127">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>asāk</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
@@ -1740,51 +1743,51 @@
       <w:r w:rsidR="00074650" w:rsidRPr="00D26127">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> iesaistītajiem</w:t>
       </w:r>
       <w:r w:rsidR="00B86E1A" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA3F8E" w:rsidRPr="00D26127">
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">). Darba devēja līdzfinansēto daļu </w:t>
       </w:r>
       <w:r w:rsidR="008C31B9" w:rsidRPr="00D26127">
         <w:t>jāsedz</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> no līdzekļiem, </w:t>
       </w:r>
       <w:r w:rsidR="008402B1" w:rsidRPr="00D26127">
         <w:t>kas nav komercdarbības atbalsts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B212CB9" w14:textId="7157A547" w:rsidR="003A70AA" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002B6E5F">
+    <w:p w14:paraId="7B212CB9" w14:textId="7157A547" w:rsidR="003A70AA" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002B6E5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>finanšu atbalstu</w:t>
       </w:r>
       <w:r w:rsidR="00130F0E" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> nedrīkst </w:t>
       </w:r>
       <w:r w:rsidR="0024742D" w:rsidRPr="00D26127">
         <w:t>summēt</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> ar citu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1869,93 +1872,93 @@
         </w:rPr>
         <w:t xml:space="preserve">lai darbības izslēgtajās nozarēs negūtu labumu no </w:t>
       </w:r>
       <w:r w:rsidR="002B6E5F" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidR="002B6E5F" w:rsidRPr="00D26127">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalsta, ko piešķir saskaņā ar Ministru kabineta noteikumiem Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00EE102F" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B602501" w14:textId="2F01FEE1" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00630DDC">
+    <w:p w14:paraId="5B602501" w14:textId="2F01FEE1" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00630DDC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Nodrošināt, ka ievērojot Eiropas Parlamenta un Padomes Regula (ES) 2021/1060 </w:t>
       </w:r>
       <w:r w:rsidR="004B7DFB" w:rsidRPr="00D26127">
         <w:t>(2021.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004B7DFB" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">gada 24. jūnijs), </w:t>
       </w:r>
       <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās </w:t>
       </w:r>
       <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
         <w:lastRenderedPageBreak/>
         <w:t>fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>, Iekšējās drošības</w:t>
       </w:r>
       <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai 63. panta 9. punktā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="00E10210" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00630DDC" w:rsidRPr="00D26127">
         <w:t>Pasākuma ietvaros dubultā finansējuma risks ir novērsts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1278763A" w14:textId="430030FA" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00985970">
+    <w:p w14:paraId="1278763A" w14:textId="430030FA" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00985970">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>līgumā būs jā</w:t>
       </w:r>
       <w:r w:rsidR="00843687" w:rsidRPr="00D26127">
         <w:t>norāda</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> kontaktpersona, kurai jābūt sasniedzamai</w:t>
       </w:r>
       <w:r w:rsidR="00843687" w:rsidRPr="00D26127">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> zvanot uz līgumā norādīto kontaktpersonas tālruņa numuru</w:t>
       </w:r>
       <w:r w:rsidR="00843687" w:rsidRPr="00D26127">
@@ -1967,109 +1970,109 @@
       <w:r w:rsidR="00813224" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">darba laikā ir jābūt informētai par </w:t>
       </w:r>
       <w:r w:rsidR="00813224" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">nodarbināšanas adresi, veicamajiem un paveiktajiem darbiem atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="00813224" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">amata aprakstā norādītajiem pienākumiem, jānodrošina pieeja ar </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>Pasākuma īstenošanu saistītajai dokumentācijai</w:t>
       </w:r>
       <w:r w:rsidR="00A04DE1" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325C40E6" w14:textId="7646C6AF" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B17745">
+    <w:p w14:paraId="325C40E6" w14:textId="7646C6AF" w:rsidR="00F55EA7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B17745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>ir informēts, ka līgumu par Pasākuma īstenošanu jāslēdz viena mēneša laikā no lēmuma par līguma slēgšanas tiesību piešķiršanu spēkā stāšanās dienas tikai par to darba vietu izveidi, kurās Pretendents un Klien</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>ts, kuram Aģentūra ir noteikusi dalību Pasākumā, ir vienojušies par darba tiesisko attiecību nodibināšanu Pasākuma ietvaros</w:t>
       </w:r>
       <w:r w:rsidR="00A04DE1" w:rsidRPr="00D26127">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18328961" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B17745">
+    <w:p w14:paraId="18328961" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B17745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pasākuma īstenošanai pieteiktas no jauna izveidotas darba vietas vai darba vietas, kas ir vakantas sakarā ar darba tiesisko </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>attiecību izbeigšanu uz darbinieka uzteikuma pamata, uz Pretendenta un darbinieka vienošanās pamata vai uz Pretendenta uzteikuma pamata Darba likuma 101.</w:t>
       </w:r>
       <w:r w:rsidR="00922032" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>panta pirmās daļas 1., 2., 3., 4., 5. un 11.</w:t>
       </w:r>
       <w:r w:rsidR="00922032" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">punktā noteiktajos gadījumos, kā arī darba vietas ar </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>nepilnu darba laiku, ja šāds darba laiks noteikts, pamatojoties uz darbinieka lūgumu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CD0F33" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B17745">
+    <w:p w14:paraId="65CD0F33" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B17745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="360"/>
         <w:ind w:left="1134" w:hanging="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">ir iepazinies ar normatīvajiem aktiem, kuri nosaka </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību</w:t>
       </w:r>
@@ -2115,640 +2118,640 @@
       <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">informāciju </w:t>
       </w:r>
       <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="021A74E2" w14:textId="77777777" w:rsidR="005174C9" w:rsidRPr="00D26127" w:rsidRDefault="005174C9" w:rsidP="00D50EB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C02A0AC" w14:textId="1733D5B5" w:rsidR="003150AF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B656C8">
+    <w:p w14:paraId="4C02A0AC" w14:textId="1733D5B5" w:rsidR="003150AF" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B656C8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> _</w:t>
       </w:r>
       <w:r w:rsidR="003A2290" w:rsidRPr="00D26127">
         <w:t>____________________________</w:t>
       </w:r>
       <w:r w:rsidR="00195B2B" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDAC486" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B656C8">
+    <w:p w14:paraId="1BDAC486" w14:textId="77777777" w:rsidR="00106C60" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B656C8">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(norāda veidlapas identifikācijas Nr.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74597737" w14:textId="77777777" w:rsidR="00195B2B" w:rsidRPr="00D26127" w:rsidRDefault="00195B2B">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="273F5D03" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00473DCC">
+    <w:p w14:paraId="273F5D03" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00473DCC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:hanging="291"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Finanšu atbalst</w:t>
       </w:r>
       <w:r w:rsidR="007276A7" w:rsidRPr="00D26127">
         <w:t xml:space="preserve">u vēlas saņemt, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>apliecinot atbilstību:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E00273" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="007D6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="8789"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="21582488" w14:textId="77777777" w:rsidTr="007276A7">
+      <w:tr w:rsidR="00EC2282" w14:paraId="21582488" w14:textId="77777777" w:rsidTr="007276A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CABEC1" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009F7E00">
+          <w:p w14:paraId="60CABEC1" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Atzīmē ar “</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">” vienu atbilstošo </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lauku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D04EF2B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009F7E00">
+          <w:p w14:paraId="5D04EF2B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nozare un Regulu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="03196455" w14:textId="77777777" w:rsidTr="007276A7">
+      <w:tr w:rsidR="00EC2282" w14:paraId="03196455" w14:textId="77777777" w:rsidTr="007276A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D7E3C10" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="56FDF696" w14:textId="24719B53" w:rsidR="00C46501" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00C46501">
+          <w:p w14:paraId="56FDF696" w14:textId="24719B53" w:rsidR="00C46501" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="00C46501">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve">Komisijas 2023. gada 13. decembra Regulas (ES) </w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Nr. 2023/2831</w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:rStyle w:val="oj-italic"/>
                 <w:i/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> atbalstam nosacījumiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ED316AA" w14:textId="25836511" w:rsidR="007D6101" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00C73AEE">
+          <w:p w14:paraId="7ED316AA" w14:textId="25836511" w:rsidR="007D6101" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="00C73AEE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00E66D18">
               <w:t>Šo regulu piemēro visu nozaru uzņēmumiem piešķirtam</w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> atbalstam, izņemot atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="5289BEDA" w14:textId="77777777" w:rsidTr="009A59BD">
+      <w:tr w:rsidR="00EC2282" w14:paraId="5289BEDA" w14:textId="77777777" w:rsidTr="009A59BD">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F455FBF" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1376E05B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00044CDB">
+          <w:p w14:paraId="1376E05B" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="00044CDB">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve">Komisijas 2014. gada 27. jūnija Regulas (ES) </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00E66D18">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:t>Nr.717/2014</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> atbalstam zvejniecīb</w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t>as un akvakultūras nozarē nosacījumiem. Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="196F8A1E" w14:textId="77777777" w:rsidTr="009A59BD">
+      <w:tr w:rsidR="00EC2282" w14:paraId="196F8A1E" w14:textId="77777777" w:rsidTr="009A59BD">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27C9E78B" w14:textId="77777777" w:rsidR="00577828" w:rsidRPr="00D26127" w:rsidRDefault="00577828" w:rsidP="009F7E00">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07C486AF" w14:textId="04D59D08" w:rsidR="00577828" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00044CDB">
+          <w:p w14:paraId="07C486AF" w14:textId="04D59D08" w:rsidR="00577828" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="00044CDB">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regulas (ES) </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00E66D18">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:color w:val="auto"/>
                 </w:rPr>
                 <w:t>Nr.1408/2013</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē nosacījumiem. Šo regulu piemēro </w:t>
             </w:r>
             <w:r w:rsidRPr="00E66D18">
               <w:t>atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="096B8917" w14:textId="77777777" w:rsidR="007D6101" w:rsidRPr="00D26127" w:rsidRDefault="007D6101" w:rsidP="007D6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D76ED4D" w14:textId="687A62EA" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000C662F">
+    <w:p w14:paraId="7D76ED4D" w14:textId="687A62EA" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000C662F">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="76"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3.  </w:t>
       </w:r>
       <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Pretendenta piedāvātās darba vietas</w:t>
       </w:r>
       <w:r w:rsidR="000C662F" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3890D594" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000C662F">
+    <w:p w14:paraId="3890D594" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000C662F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(par katru darba vietu aizpilda atsevišķu tabulu)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275E7053" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00B64841">
+    <w:p w14:paraId="275E7053" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00B64841">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5232" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1574"/>
         <w:gridCol w:w="1464"/>
         <w:gridCol w:w="837"/>
         <w:gridCol w:w="948"/>
         <w:gridCol w:w="1693"/>
         <w:gridCol w:w="2189"/>
         <w:gridCol w:w="1668"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="5414B93F" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="5414B93F" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="408"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6D07E6A8" w14:textId="6D39812C" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00166E63">
+          <w:p w14:paraId="6D07E6A8" w14:textId="6D39812C" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00166E63">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Aģentūrā</w:t>
             </w:r>
             <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> reģistrētās </w:t>
             </w:r>
             <w:r w:rsidR="005D63A8" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">aktuālās </w:t>
             </w:r>
             <w:r w:rsidR="00C64C06" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">vakances Nr. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E172DD7" w14:textId="77777777" w:rsidR="00166E63" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00166E63">
+          <w:p w14:paraId="0E172DD7" w14:textId="77777777" w:rsidR="00166E63" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00166E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(norāda </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>par profesiju, kādā tiek pieteikta</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6328B84F" w14:textId="65575313" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00166E63">
+          <w:p w14:paraId="6328B84F" w14:textId="65575313" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00166E63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>darba vieta)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C33A384" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="58ABB553" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="58ABB553" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="436"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3A138BDD" w14:textId="3513CEE6" w:rsidR="006A4B41" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="003F300D">
+          <w:p w14:paraId="3A138BDD" w14:textId="3513CEE6" w:rsidR="006A4B41" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="003F300D">
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Profesija </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(nosaukums</w:t>
             </w:r>
             <w:r w:rsidR="00B64841" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CB08FB" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
@@ -2768,147 +2771,147 @@
           <w:p w14:paraId="1AE97F4B" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0AC52A34" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48F0CB15" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="48DF7B35" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="48DF7B35" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="453"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="532FA69F" w14:textId="6617F9BA" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="0013112C">
+          <w:p w14:paraId="532FA69F" w14:textId="6617F9BA" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="0013112C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesijas kods Profesiju klasifikatorā</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FF8A05D" w14:textId="4D87CEC8" w:rsidR="00A71C28" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="0013112C">
+          <w:p w14:paraId="7FF8A05D" w14:textId="4D87CEC8" w:rsidR="00A71C28" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="0013112C">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(jānorāda seši cipari</w:t>
             </w:r>
             <w:r w:rsidR="0013112C" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, atbilstoši profesiju klasifikatoram)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E58230B" w14:textId="6CB53D2C" w:rsidR="0013112C" w:rsidRPr="00D26127" w:rsidRDefault="0013112C" w:rsidP="0013112C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26453A6F" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="3E355606" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="3E355606" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="1183"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="408673A6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
+          <w:p w14:paraId="408673A6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietas adrese</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="13"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BCE8F1F" w14:textId="358CA653" w:rsidR="00B26890" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00707173">
+          <w:p w14:paraId="4BCE8F1F" w14:textId="358CA653" w:rsidR="00B26890" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00707173">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(norāda</w:t>
             </w:r>
             <w:r w:rsidR="00707173" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
@@ -2928,584 +2931,584 @@
             <w:r w:rsidR="00707173" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E556CA2" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="041717CA" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="041717CA" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1F31EF7C" w14:textId="6FD59ECF" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
+          <w:p w14:paraId="1F31EF7C" w14:textId="6FD59ECF" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bruto d</w:t>
             </w:r>
             <w:r w:rsidR="009E0281" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>arba alga mēnesī</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="14"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49FD7103" w14:textId="3B847A69" w:rsidR="00B63DF3" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
+          <w:p w14:paraId="49FD7103" w14:textId="3B847A69" w:rsidR="00B63DF3" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(norāda fiksētu bruto darba algas apmēru) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AE5525D" w14:textId="77777777" w:rsidR="00B63DF3" w:rsidRPr="00D26127" w:rsidRDefault="00B63DF3" w:rsidP="009E7B90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A957E31" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="76C060E2" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="76C060E2" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="801"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="04F848C6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009E7B90">
+          <w:p w14:paraId="04F848C6" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba režīms</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="440C83BC" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00113C48">
+          <w:p w14:paraId="440C83BC" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00113C48">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(normāls, nepilns (nepilna darba laika gadījumā norāda plānoto stundu skaitu dienā vai </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nedēļā))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F2698CB" w14:textId="77777777" w:rsidR="00096B9C" w:rsidRPr="00D26127" w:rsidRDefault="00096B9C" w:rsidP="009E7B90">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="6E6B9549" w14:textId="77777777" w:rsidTr="00E47899">
+      <w:tr w:rsidR="00EC2282" w14:paraId="6E6B9549" w14:textId="77777777" w:rsidTr="00E47899">
         <w:trPr>
           <w:trHeight w:val="801"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1868" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="536EF371" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00481D50">
+          <w:p w14:paraId="536EF371" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00481D50">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Darba vietas nodrošinājuma ar telpu un materiāli tehnisko bāzi </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">uzskaitījums </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="042F8F70" w14:textId="627E1F40" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="042F8F70" w14:textId="627E1F40" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(darba vietas nodrošinājumam jābūt atbilstošam veicamajiem darba pienākumiem)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3132" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F9E7E9A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="0D7C0547" w14:textId="77777777" w:rsidTr="000B470D">
+      <w:tr w:rsidR="00EC2282" w14:paraId="0D7C0547" w14:textId="77777777" w:rsidTr="000B470D">
         <w:trPr>
           <w:trHeight w:val="368"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="630337AE" w14:textId="77777777" w:rsidR="004F1ADF" w:rsidRPr="00D26127" w:rsidRDefault="004F1ADF" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="15D779C3" w14:textId="77777777" w:rsidTr="000B470D">
+      <w:tr w:rsidR="00EC2282" w14:paraId="15D779C3" w14:textId="77777777" w:rsidTr="000B470D">
         <w:trPr>
           <w:trHeight w:val="616"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="10272C41" w14:textId="02F6CA61" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="10272C41" w14:textId="02F6CA61" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Darba vadītājs, iegūtā izglītība vai darba pieredze</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">profesijā, kurā pieteikta darba vieta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="624F4358" w14:textId="4FD98930" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="624F4358" w14:textId="4FD98930" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(norāda atbilstoši pieteikuma 2.13.apakšpunktā noteiktajam)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="09F5D30F" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="09F5D30F" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E205AC0" w14:textId="2FB499AD" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="3E205AC0" w14:textId="2FB499AD" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Darba vadītāja vārds, uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4654A8" w14:textId="5BE6EE6A" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="7A4654A8" w14:textId="5BE6EE6A" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personas kods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="772ABA39" w14:textId="506FE336" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="772ABA39" w14:textId="506FE336" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Iegūtā izglītība </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(izglītības dokuments (diploms/apliecība) jāpievieno pielikumā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="816" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D370D06" w14:textId="42885480" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="3D370D06" w14:textId="42885480" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Profesija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1055" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4126E2A7" w14:textId="530BC25D" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="4126E2A7" w14:textId="530BC25D" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Darba pieredzes perio</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ds</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13ADCD22" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="13ADCD22" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">profesijā, kurā pieteikta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1075EB0F" w14:textId="08A0962C" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="1075EB0F" w14:textId="08A0962C" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>darba vieta</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03FB83D0" w14:textId="7A9BCEE2" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="03FB83D0" w14:textId="7A9BCEE2" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(dd.mm.gggg. – dd.mm.gggg.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5092D8B7" w14:textId="1820E6DA" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="5092D8B7" w14:textId="1820E6DA" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Darba devēja nosaukums,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38B72095" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="38B72095" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>pie kura iegūta</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62FC73DD" w14:textId="1AA7F6E3" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="62FC73DD" w14:textId="1AA7F6E3" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> darba pieredze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="1DA6B257" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="1DA6B257" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="371"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="36AE9DE6" w14:textId="70019083" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="63EC43EA" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -3540,51 +3543,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1055" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="503AEAD1" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7F4F3B66" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="708097DD" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="708097DD" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="371"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="477D00AF" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3637,51 +3640,51 @@
           </w:tcPr>
           <w:p w14:paraId="2E85D796" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5FAC4FDC" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="428A9247" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="428A9247" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="371"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B083D44" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3734,51 +3737,51 @@
           </w:tcPr>
           <w:p w14:paraId="545C6410" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77779B37" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="30BAACAB" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="30BAACAB" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="371"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A9ABE4C" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3831,165 +3834,165 @@
           </w:tcPr>
           <w:p w14:paraId="16C0AC13" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78961543" w14:textId="77777777" w:rsidR="001E15DC" w:rsidRPr="00D26127" w:rsidRDefault="001E15DC" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="6A716AAB" w14:textId="77777777" w:rsidTr="000B470D">
+      <w:tr w:rsidR="00EC2282" w14:paraId="6A716AAB" w14:textId="77777777" w:rsidTr="000B470D">
         <w:trPr>
           <w:trHeight w:val="190"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E87CA86" w14:textId="77777777" w:rsidR="00F03A21" w:rsidRPr="00D26127" w:rsidRDefault="00F03A21" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="15418F4E" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="15418F4E" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="1899"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68548822" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1437457B" w14:textId="203FB780" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="1437457B" w14:textId="203FB780" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Klienta nodarbināšanas </w:t>
             </w:r>
             <w:r w:rsidR="000B470D" w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ilgums </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5187A7F7" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="5187A7F7" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pasākumā</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34764893" w14:textId="25FAB94A" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000B470D">
+          <w:p w14:paraId="34764893" w14:textId="25FAB94A" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000B470D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12 mēneši</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38CAED4B" w14:textId="2B980071" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="38CAED4B" w14:textId="2B980071" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4061,69 +4064,69 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F037C05" w14:textId="77777777" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="009B10CF" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="746B0FED" w14:textId="77777777" w:rsidR="000B470D" w:rsidRPr="00D26127" w:rsidRDefault="000B470D" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D34FFAF" w14:textId="1B9D163E" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000B470D">
+          <w:p w14:paraId="1D34FFAF" w14:textId="1B9D163E" w:rsidR="009B10CF" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000B470D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Finansiālais atbalsts:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="355C80D4" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="355C80D4" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="615"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F2355B1" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="599B1D2C" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EBB11D4" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
@@ -4131,167 +4134,167 @@
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59A7BA9F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12AF3FFA" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2382" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="683627F8" w14:textId="6EA1CBC6" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="683627F8" w14:textId="6EA1CBC6" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nodarbinot:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00A8403F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="00A8403F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>. personu, kura bijusi bez darba vismaz 12 mēnešus un</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>šajā periodā nav bijusi uzskatāma par darba ņēmēju vai pašnodarbināto atbilstoši likumam “Par valsts sociālo apdrošināšanu” ilgāk par diviem mēnešiem bez pārtra</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ukuma;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51B55A9F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="51B55A9F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. personu, kura ir vecāka par 55 gadiem, bet līdz </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Hlk19552219"/>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vecuma, kas dod tiesības saņemt vecuma pensiju, </w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>sasniegšanai tai ir vairāk nekā divi gadi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35626646" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="35626646" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>. personu, kura ieguvusi bēgļa vai alternatīvās personas statusu;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AFA4893" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="1AFA4893" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. personu vecumā līdz 29 gadiem </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4307,358 +4310,352 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D5494ED" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40E2204A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="40E2204A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija klienta darba algai 50% apmērā no valstī noteiktās minimālās mēneša darba algas; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DFD88B4" w14:textId="6188896E" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="3DFD88B4" w14:textId="6188896E" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="427248B8" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="4D58DCCF" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="4D58DCCF" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="1234"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C71185" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2382" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47F7E040" w14:textId="04416782" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="47F7E040" w14:textId="04416782" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nodarbinot personu, kurai līdz vecuma, kas dod tiesības saņemt vecuma pensiju, sasniegšanai atlikuši ne vairāk kā divi gadi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B62D54A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="0B62D54A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija klienta darba algai 80% apmērā no valstī noteiktās minimālās mēneša darba </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>algas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="699D29C8" w14:textId="16E846F7" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="699D29C8" w14:textId="16E846F7" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="6D8500BA" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="6D8500BA" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="974"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651BD467" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2382" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="77B06023" w14:textId="5C2CA6AA" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="77B06023" w14:textId="562E89D8" w:rsidR="002F037C" w:rsidRPr="00FD4ACE" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-              <w:t>personu vecumā līdz 29 gadiem (ieskaitot), kura ir absolvējusi speciālo izglītības programmu</w:t>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314C8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>nodarbinot personu vecumā līdz 29 gadiem (ieskaitot), kura ir apguvusi speciālās izglītības programmu vai profesionālās pamatizglītības programmu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44650E0F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="44650E0F" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- Dotācija klienta darba algai valstī noteiktās minimālās</w:t>
+              <w:t xml:space="preserve">- Dotācija </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mēneša darba algas apmērā;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="73D92C4A" w14:textId="3EFE1611" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+              <w:t>klienta darba algai valstī noteiktās minimālās mēneša darba algas apmērā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D92C4A" w14:textId="3EFE1611" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> apmērā par katru darba vadīšanas dienu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="6103C542" w14:textId="77777777" w:rsidTr="00AE0DED">
+      <w:tr w:rsidR="00EC2282" w14:paraId="6103C542" w14:textId="77777777" w:rsidTr="00AE0DED">
         <w:trPr>
           <w:trHeight w:val="3840"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A54E70" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2382" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="506D1963" w14:textId="3802A9B1" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00380DAF">
+          <w:p w14:paraId="506D1963" w14:textId="3802A9B1" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00380DAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nodarbinot personu ar invaliditāti</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0473DE49" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="002F037C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4671,644 +4668,647 @@
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FFCEE1E" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="0027315C" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1547BA96" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="1547BA96" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Dotācija klienta darba algai, kura nav lielāka par pusotru valstī noteiktās minimālās mēneša darba </w:t>
+              <w:t xml:space="preserve">- Dotācija klienta darba algai, kura nav lielāka par </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>algas apmēru vai ir valstī noteiktās minimālās mēneša darba algas apmērā, ja klientus plānots nodarbināt mazkvalificētos darbos (atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7BCDBD1E" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+              <w:t>pusotru valstī noteiktās minimālās mēneša darba algas apmēru vai ir valstī noteiktās minimālās mēneša darba algas apmērā, ja klientus plānots nodarbināt mazkvalificētos darbos (atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCDBD1E" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Dotācija darba vadītāja atlīdzībai  10 </w:t>
+              <w:t>- Dotācija darba vad</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ītāja atlīdzībai  10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">euro </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>apmērā par katru darba</w:t>
-            </w:r>
+              <w:t>apmērā par katru darba vadīšanas dienu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDD23AF" w14:textId="77777777" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vadīšanas dienu;</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Valsts sociālās apdrošināšanas obligātās iemaksas proporcionāli klienta algas dotācijas daļai;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32B4E6B7" w14:textId="24AEA6C0" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="32B4E6B7" w14:textId="24AEA6C0" w:rsidR="0027315C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Vienreizēja dotācija iekārtu un aprīkojuma iegādes izmaksām, lai pielāgotu darba vietu klientam ne vairāk kā  1000 </w:t>
+              <w:t>- Vienreizēja dotācija iekārtu un aprīkojuma iegādes izmaksām, lai pielāgotu darba vietu klie</w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ntam ne vairāk kā  1000 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26127">
+              <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">euro </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">apmērā (tai skaitā </w:t>
-[...6 lines deleted...]
-              <w:t>piegādes un uzstādīšanas izmaksas);</w:t>
+              <w:t>apmērā (tai skaitā piegādes un uzstādīšanas izmaksas);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC0A7B" w14:paraId="1A1BDFEF" w14:textId="77777777" w:rsidTr="000B470D">
+      <w:tr w:rsidR="00EC2282" w14:paraId="1A1BDFEF" w14:textId="77777777" w:rsidTr="000B470D">
         <w:trPr>
           <w:trHeight w:val="2228"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="3A532977" w14:textId="05804962" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="3A532977" w14:textId="05804962" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Prasības darbinieka izglītībai, darba pieredzei, zināšanām un prasmēm:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="236A811D" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47E808EE" w14:textId="7C8BF89A" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="47E808EE" w14:textId="7C8BF89A" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>________________________________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BAB72AC" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B5AECA6" w14:textId="7524A28B" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="6B5AECA6" w14:textId="7524A28B" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>________________________________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A35970A" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="14F0227E" w14:textId="7CF53FD0" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="002F037C">
+          <w:p w14:paraId="14F0227E" w14:textId="7CF53FD0" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="002F037C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26127">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>________________________________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58143401" w14:textId="77777777" w:rsidR="002F037C" w:rsidRPr="00D26127" w:rsidRDefault="002F037C" w:rsidP="002F037C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A6A97EF" w14:textId="3EE07306" w:rsidR="006B7E1B" w:rsidRPr="00D26127" w:rsidRDefault="006B7E1B" w:rsidP="006B7E1B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A980F3" w14:textId="58C4C6F6" w:rsidR="006D2CA4" w:rsidRPr="00D26127" w:rsidRDefault="006D2CA4" w:rsidP="006B7E1B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C0AFC4B" w14:textId="79AF7A11" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00F84F58">
+    <w:p w14:paraId="0C0AFC4B" w14:textId="79AF7A11" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00F84F58">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>4. Personas datu apstrāde</w:t>
       </w:r>
       <w:r w:rsidR="000C662F" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7D8B8F" w14:textId="77777777" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F84F58" w:rsidP="00F84F58">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C6BC21F" w14:textId="70780429" w:rsidR="00A438A9" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="007C2502">
+    <w:p w14:paraId="4C6BC21F" w14:textId="70780429" w:rsidR="00A438A9" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="007C2502">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Šā pieteikuma ietvarā Pretendenta iesniegtos </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">personas datus Aģentūra apstrādā saziņai ar </w:t>
       </w:r>
       <w:r w:rsidR="007C2502" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>Pretendentu un Pretendenta sniegto ziņu patiesuma pārbaudei, pamatojoties uz normatīvajos aktos noteikto pienākumu izpildi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EECF57A" w14:textId="58490B8A" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="007C2502">
+    <w:p w14:paraId="4EECF57A" w14:textId="58490B8A" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="007C2502">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Iesniedzot datus, Pretendents ir personas datu apstrādes pārzinis Eiropas Parlamenta un</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> Padomes (ES) 2016. gada 27. aprīļa Regulas Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti izpratnē.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73923B5C" w14:textId="462E73A6" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00A438A9">
+    <w:p w14:paraId="73923B5C" w14:textId="462E73A6" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00A438A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Pretendenta pienākums ir informēt pieteikumā minēto kontaktpersonu un 3.1. punktā minēto darba </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>vadītāju, par viņu personas datu nodošanu datu apstrādei Aģentūrā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFC23CB" w14:textId="7F1777C6" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00A438A9">
+    <w:p w14:paraId="4BFC23CB" w14:textId="7F1777C6" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00A438A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Apstrādājot Pretendenta iesniegtos personas datus, personas datu apstrādes pārzinis ir Aģentūra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F607D4" w14:textId="425AEA47" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="00A438A9">
+    <w:p w14:paraId="22F607D4" w14:textId="425AEA47" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="00A438A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Visa informācija par Aģentūras veikto personas datu apstrādi un datu subjekta tiesību īsteno</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>šanu ir ietverta Privātuma politikā, kas ir atrodama Aģentūras tīmekļa vietnē www.nva.gov.lv/lv/iestades-privatuma-politika.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="539704C4" w14:textId="77777777" w:rsidR="00F84F58" w:rsidRPr="00D26127" w:rsidRDefault="00F84F58" w:rsidP="00F84F58">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="265389F0" w14:textId="112EF976" w:rsidR="00622061" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="009D4174">
+    <w:p w14:paraId="265389F0" w14:textId="112EF976" w:rsidR="00622061" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="009D4174">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Dokumentu saraksts, ko Pretendents pievieno</w:t>
       </w:r>
       <w:r w:rsidR="00A23623" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003A4910" w:rsidRPr="00D26127">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedzot pieteikumu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDF750E" w14:textId="77777777" w:rsidR="00622061" w:rsidRPr="00D26127" w:rsidRDefault="00622061" w:rsidP="00096B9C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="309A951F" w14:textId="0FE8C9B4" w:rsidR="00CF39E7" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+    <w:p w14:paraId="309A951F" w14:textId="0FE8C9B4" w:rsidR="00CF39E7" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Dokumenta, kas apliecina pieteikuma iesniedzēja paraksta t</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>iesības, apliecināta kopija (informācija par paraksttiesīgajām personām, kura pieejama komercreģistrā, nav jāiesniedz) uz ___ lp.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79523DE2" w14:textId="708EC14D" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+    <w:p w14:paraId="79523DE2" w14:textId="708EC14D" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Katras pieteiktās darba vietas amata apraksts (-i) (datēts, apliecināts ar Pretendenta  parakstu) uz ___ lp.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321D022D" w14:textId="2F9A88AE" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+    <w:p w14:paraId="321D022D" w14:textId="2F9A88AE" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Darba vadītāja </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>apliecināta iegūtās izglītības apliecinoša dokumenta kopija  (dokumentu pievieno gadījumā, ja darba vadītājam ir iegūta izglītība profesijā, kurā plānots nodarbināt klientu) uz ___ lp.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C4E3AA" w14:textId="262A28DB" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+    <w:p w14:paraId="46C4E3AA" w14:textId="262A28DB" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta Elektroniskās </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve">deklarēšanas sistēmas par Pretendenta nozarēm, kādā tas darbojas un vēlas saņemt atbalstu (izdruka pieteikumam nav jāpievieno gadījumā, ja pieteikumā norādītais NACE kods ir Pretendenta pamatdarbības veids) </w:t>
       </w:r>
       <w:r w:rsidR="007C2502" w:rsidRPr="00D26127">
         <w:t>uz ___ lp.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B4238F" w14:textId="3A6E2995" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+    <w:p w14:paraId="11B4238F" w14:textId="3A6E2995" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
         <w:t>Dokuments</w:t>
       </w:r>
       <w:r w:rsidR="00D41D46" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> vai skaidrojums</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
-        <w:t xml:space="preserve">, kas apliecina pieteikuma iesniedzēja tiesības īstenot pasākumu pieteikumā norādītajā adresē </w:t>
+        <w:t>, kas apliec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t xml:space="preserve">ina pieteikuma iesniedzēja tiesības īstenot pasākumu pieteikumā norādītajā adresē </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ja pieteiktā Pasākuma īstenošanas vietas adrese nav Pretendenta juridiskā adrese</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> kopija uz _</w:t>
       </w:r>
       <w:r w:rsidR="00AE0DED" w:rsidRPr="00D26127">
         <w:softHyphen/>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00AE0DED" w:rsidRPr="00D26127">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>lp.</w:t>
       </w:r>
       <w:r w:rsidR="007C2502" w:rsidRPr="00D26127">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3E05C9" w14:textId="46D9DED7" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00210E3D" w:rsidP="000272B4">
+    <w:p w14:paraId="4C3E05C9" w14:textId="46D9DED7" w:rsidR="00F80546" w:rsidRPr="00D26127" w:rsidRDefault="00F32F45" w:rsidP="000272B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D26127">
-        <w:t xml:space="preserve"> Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta El</w:t>
-[...2 lines deleted...]
-        <w:t>ektroniskās deklarēšanas sistēmas “Ziņas par darba ņēmējiem, darbinieku darba periodi” uz Pretendenta pieteikuma iesniegšanas dienu uz__</w:t>
+        <w:t xml:space="preserve"> Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta Elektroniskās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D26127">
+        <w:t>deklarēšanas sistēmas “Ziņas par darba ņēmējiem, darbinieku darba periodi” uz Pretendenta pieteikuma iesniegšanas dienu uz__</w:t>
       </w:r>
       <w:r w:rsidR="00AE0DED" w:rsidRPr="00D26127">
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00D26127">
         <w:t>lp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462ABB89" w14:textId="588D7BF9" w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidRDefault="00BD5222" w:rsidP="000272B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4273"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BD5222" w:rsidRPr="00D26127" w:rsidSect="005475B6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="707" w:bottom="567" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="721BD353" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D">
+    <w:p w14:paraId="32D65356" w14:textId="77777777" w:rsidR="00F32F45" w:rsidRDefault="00F32F45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45CC3B84" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D">
+    <w:p w14:paraId="575F12CD" w14:textId="77777777" w:rsidR="00F32F45" w:rsidRDefault="00F32F45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -5336,527 +5336,513 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6CD780F1" w14:textId="28BD4A4E" w:rsidR="0075025B" w:rsidRPr="00D42EE0" w:rsidRDefault="00210E3D" w:rsidP="00B075CF">
+  <w:p w14:paraId="7BE51AAE" w14:textId="77777777" w:rsidR="006F79DF" w:rsidRPr="006F79DF" w:rsidRDefault="00F32F45" w:rsidP="006F79DF">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.24. </w:t>
+      <w:t>4.2.24._2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006F79DF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>_2</w:t>
+      <w:t>p_5.v_</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
-[...8 lines deleted...]
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>pielikums_</w:t>
-[...39 lines deleted...]
-      <w:t xml:space="preserve"> 16.01.2026.</w:t>
+      <w:t>03.03.2026.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="227A8F5E" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00130B23" w:rsidRDefault="0075025B">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="54EE5B54" w14:textId="763FA9F0" w:rsidR="0075025B" w:rsidRPr="00D42EE0" w:rsidRDefault="00210E3D" w:rsidP="00B075CF">
+  <w:p w14:paraId="54EE5B54" w14:textId="42382460" w:rsidR="0075025B" w:rsidRPr="006F79DF" w:rsidRDefault="00F32F45" w:rsidP="00B075CF">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="3" w:name="OLE_LINK1"/>
     <w:bookmarkStart w:id="4" w:name="OLE_LINK2"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk468841397"/>
     <w:bookmarkStart w:id="6" w:name="OLE_LINK3"/>
     <w:bookmarkStart w:id="7" w:name="OLE_LINK4"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk468841408"/>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>KRG_4.2.24._2</w:t>
+      <w:t>4.2.24._2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>pielikums_</w:t>
+      <w:t>p_</w:t>
     </w:r>
-    <w:r w:rsidR="00B639DE" w:rsidRPr="00D42EE0">
+    <w:r w:rsidR="00214DCD" w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidRPr="00D42EE0">
+    <w:r w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>.versija</w:t>
+      <w:t>.v</w:t>
     </w:r>
-    <w:r w:rsidR="00DE5032">
+    <w:r w:rsidR="00DE5032" w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>_</w:t>
     </w:r>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
-    <w:r w:rsidR="00B639DE" w:rsidRPr="00D42EE0">
+    <w:r w:rsidR="00214DCD" w:rsidRPr="006F79DF">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00214DCD" w:rsidRPr="006F79DF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>16.01.2026.</w:t>
+      <w:t>03.03.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D211F3A" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
+    <w:p w14:paraId="33BFA83E" w14:textId="77777777" w:rsidR="00F32F45" w:rsidRDefault="00F32F45" w:rsidP="00BD5222">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B687286" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D" w:rsidP="00BD5222">
+    <w:p w14:paraId="3303C8D7" w14:textId="77777777" w:rsidR="00F32F45" w:rsidRDefault="00F32F45" w:rsidP="00BD5222">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5EDD8FD8" w14:textId="77777777" w:rsidR="00210E3D" w:rsidRDefault="00210E3D"/>
+    <w:p w14:paraId="38802F93" w14:textId="77777777" w:rsidR="00F32F45" w:rsidRDefault="00F32F45"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="16367E70" w14:textId="3A0BAAA6" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00B83971">
+    <w:p w14:paraId="16367E70" w14:textId="7045F255" w:rsidR="0075025B" w:rsidRPr="00314C8A" w:rsidRDefault="00F32F45" w:rsidP="00B83971">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00470BFD">
+      <w:r w:rsidRPr="00314C8A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00470BFD">
+      <w:r w:rsidRPr="00314C8A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve"> Pasākumu var organizēt komersanti</w:t>
+      </w:r>
+      <w:r w:rsidR="001579D4" w:rsidRPr="00314C8A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pasākumu var organizēt komersanti (izņemot izglītības iestādes, kuru pamatuzdevums ir izglītības programmu īstenošana), pašnodarbinātas personas, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D9394E" w:rsidRPr="00E66D18">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314C8A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> pašnodarbinātas personas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9394E" w:rsidRPr="00314C8A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">individuālie uzņēmumi, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E66D18">
+      <w:r w:rsidRPr="00314C8A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biedrības (izņemot politiskās partijas) vai nodibinājumi, kooperatīvās sabiedrības.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="439D3D4B" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00B83971">
+    <w:p w14:paraId="439D3D4B" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00314C8A" w:rsidRDefault="00F32F45" w:rsidP="00B83971">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E66D18">
+      <w:r w:rsidRPr="00314C8A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E66D18">
+      <w:r w:rsidRPr="00314C8A">
         <w:t xml:space="preserve"> Norāda, ja Pretendents ir juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="715C0170" w14:textId="06FDB539" w:rsidR="009310E3" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="009310E3">
+    <w:p w14:paraId="715C0170" w14:textId="06FDB539" w:rsidR="009310E3" w:rsidRPr="00DF0079" w:rsidRDefault="00F32F45" w:rsidP="009310E3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> Pretendents norāda to personu skaitu, ar kurām noslēgti darba līgumi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Pašnodarbinātie un individuāli</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve">Pašnodarbinātie un individuālie komersanti nodarbināto aprēķinā ietver arī sevi kā darba devēju – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0079">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>e komersanti nodarbināto aprēķinā ietver arī sevi kā darba devēju – fizisku personu.</w:t>
+        <w:t>fizisku personu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02453F57" w14:textId="7C7E18EE" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="0075025B" w:rsidP="00763590">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="359B9EF5" w14:textId="522E6014" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="0052326E">
+    <w:p w14:paraId="359B9EF5" w14:textId="522E6014" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="0052326E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Pretendenta apliecinājums atbilstībai kritērijiem, kuri noteikti saskaņā ar Ministru kabineta 2011.gada 25.janvāra noteikum</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
+        <w:t>Pretendenta apliecin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>iem</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E66D18">
+        <w:t>ājums atbilstībai kritērijiem, kuri noteikti saskaņā ar Ministru kabineta 2011.gada 25.janvāra noteikum</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nr.75 “Noteikumi par aktīvo nodarbinātība</w:t>
+        <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">s pasākumu un preventīvo bezdarba </w:t>
+        <w:t xml:space="preserve"> Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba </w:t>
       </w:r>
       <w:r w:rsidR="0039110D" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">mazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem ” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
+        <w:t>mazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>un Ministru kabineta 2023. gada 28. novembra noteikumiem Nr. 691 “</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E66D18">
+        <w:t xml:space="preserve">stenotāju izvēles principiem ” </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Eiropas Savienības kohēzijas politikas programmas 2</w:t>
+        <w:t>un Ministru kabineta 2023. gada 28. novembra noteikumiem Nr. 691 “</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>021. -2027. gadam 4.3.3. specifiskā atbalsta mērķa “Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem -, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļ</w:t>
+        <w:t>Eiropas Savienības kohēzijas politikas programmas 2021. -2027. gadam 4.3.3. specifiskā atbalsta mērķa “Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sev</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>uvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot pašnodarbinātību un sociālo ekonomiku” 4.3.3.2.pasākuma “Nelabvēlīgākā situācijā esošu bezdarbnieku un ekonomiski neaktīvo iedzīvotāju iekļaušanās darba tirgū sekmēšana” īstenošanas noteikumi</w:t>
+        <w:t>išķi, īstenojot Garantiju jauniešiem -, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot pašnodarbinātību un sociālo ekonomiku” 4.3.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.2.pasākuma “Nelabvēlīgākā situācijā esošu bezdarbnieku un ekonomiski neaktīvo iedzīvotāju iekļaušanās darba tirgū sekmēšana” īstenošanas noteikumi</w:t>
       </w:r>
       <w:r w:rsidR="003D6FC2" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="000C662F" w:rsidRPr="00E66D18">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="2E2DF93F" w14:textId="1FED2F8B" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="000E228D">
+    <w:p w14:paraId="2E2DF93F" w14:textId="1FED2F8B" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="000E228D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
-        <w:t xml:space="preserve"> Latvijas Republikas  2010. gada 27. jūlija “Maksātnespējas likums” 57. panta  pirmās daļas  1., 2., 3. un 4. punkta pazīmes.</w:t>
+        <w:t xml:space="preserve"> Latvijas Republikas  2010. gada 27. jūlija “Maksātnespējas likums” 57. panta  pirmās daļas  1., 2., 3. u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66D18">
+        <w:t>n 4. punkta pazīmes.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="34BFA102" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="00470F65">
+    <w:p w14:paraId="34BFA102" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="00470F65">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
-        <w:t xml:space="preserve"> Finanšu atbalsts un finanšu atbalsta apmērs, ko Pretendents saņems klientu nodarbināšanai, nav atkarīgs no klienta saražoto p</w:t>
-[...2 lines deleted...]
-        <w:t>reču daudzuma, tāpēc Pretendents var apliecināt atbilstību prasībām.</w:t>
+        <w:t xml:space="preserve"> Finanšu atbalsts un finanšu atbalsta apmērs, ko Pretendents saņems klientu nodarbināšanai, nav atkarīgs no klienta saražoto preču daudzuma, tāpēc Pretendents var apliecināt atbilstību prasībām.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="6BCC4A48" w14:textId="09217FD5" w:rsidR="0002489A" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D">
+    <w:p w14:paraId="6BCC4A48" w14:textId="09217FD5" w:rsidR="0002489A" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t>Pasākumi noteiktām personu grupām</w:t>
       </w:r>
       <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
@@ -5864,106 +5850,106 @@
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t>Darbam nepieciešamo iemaņu attīstība</w:t>
       </w:r>
       <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
         <w:t>” un</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t>Apmācība pie darba devēja</w:t>
       </w:r>
       <w:r w:rsidR="00E72DC0" w:rsidRPr="00E66D18">
         <w:t>”.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="36908944" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00210E3D" w:rsidP="009E218B">
+    <w:p w14:paraId="36908944" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00E66D18" w:rsidRDefault="00F32F45" w:rsidP="009E218B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E66D18">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E66D18">
         <w:t xml:space="preserve"> Pretendents norāda prasības klientam, saskaņā ar 2017.gada 23.maija Ministru kabineta noteikumiem Nr.264 “Noteikumi par Profesiju klasifikatoru, profesijai atbilstošiem pamatuzdevumiem un kvalifikācijas pamatprasībām”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="61EED0BD" w14:textId="22578D23" w:rsidR="0075025B" w:rsidRPr="00005233" w:rsidRDefault="00210E3D" w:rsidP="00F0020E">
+    <w:p w14:paraId="61EED0BD" w14:textId="22578D23" w:rsidR="0075025B" w:rsidRPr="00005233" w:rsidRDefault="00F32F45" w:rsidP="00F0020E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2217">
         <w:t>Ministru kabineta 2018.gada 21.nov</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2217">
         <w:t>embra noteikumi Nr</w:t>
       </w:r>
       <w:r w:rsidRPr="00005233">
         <w:t>.715 “</w:t>
       </w:r>
       <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00005233">
         <w:t>e minimis atbalsta uzskaites un piešķiršanas kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00005233">
         <w:t>”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="21CAD71A" w14:textId="6945B771" w:rsidR="0075025B" w:rsidRPr="00005233" w:rsidRDefault="00210E3D" w:rsidP="003129FD">
+    <w:p w14:paraId="21CAD71A" w14:textId="6945B771" w:rsidR="0075025B" w:rsidRPr="00005233" w:rsidRDefault="00F32F45" w:rsidP="003129FD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t>Veidlapu aizpilda Valsts ieņēmumu dienesta Elektroniskās deklarēšanas sistēm</w:t>
       </w:r>
       <w:r>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="009F7E00">
           <w:rPr>
@@ -6013,99 +5999,99 @@
         <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
           <w:t>D</w:t>
         </w:r>
         <w:r w:rsidRPr="00005233">
           <w:t xml:space="preserve">e minimis atbalsta uzskaites un </w:t>
         </w:r>
         <w:r w:rsidRPr="00005233">
           <w:t>piešķiršanas kārtīb</w:t>
         </w:r>
         <w:r w:rsidR="00E63857" w:rsidRPr="00005233">
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00005233">
           <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00005233">
         <w:t xml:space="preserve"> nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidR="000C662F" w:rsidRPr="00005233">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="7DAABE42" w14:textId="6565E0BF" w:rsidR="0075025B" w:rsidRDefault="00210E3D" w:rsidP="00096B9C">
+    <w:p w14:paraId="7DAABE42" w14:textId="6565E0BF" w:rsidR="0075025B" w:rsidRDefault="00F32F45" w:rsidP="00096B9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Pieteikumu iesniedz par darba vietām, kuru vakance ir reģistrēta Aģentūrā</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB1DE4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="1A51E490" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00C50E6D" w:rsidRDefault="00210E3D" w:rsidP="00096B9C">
+    <w:p w14:paraId="1A51E490" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00C50E6D" w:rsidRDefault="00F32F45" w:rsidP="00096B9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="00C50E6D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C50E6D">
         <w:t xml:space="preserve"> Pasākum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">u īsteno </w:t>
       </w:r>
       <w:r w:rsidRPr="00C50E6D">
         <w:t>Latvijas Republikas teritorij</w:t>
       </w:r>
       <w:r>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00C50E6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="52BA2215" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00692666" w:rsidRDefault="00210E3D" w:rsidP="00096B9C">
+    <w:p w14:paraId="52BA2215" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00692666" w:rsidRDefault="00F32F45" w:rsidP="00096B9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00692666">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> Norāda </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t>darba alg</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> pirms nodokļu atskaitīšanas</w:t>
       </w:r>
@@ -6130,74 +6116,74 @@
       <w:r w:rsidRPr="00883911">
         <w:t>darba algai,</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> neskaitot, piemēram, piemaksas, samaksu par virsstundām</w:t>
       </w:r>
       <w:r>
         <w:t>, atvaļinājuma nauda</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> u.c. finansējumu</w:t>
       </w:r>
       <w:r>
         <w:t>, ko paredz Darba likums</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="063C0174" w14:textId="62A24806" w:rsidR="0075025B" w:rsidRDefault="00210E3D" w:rsidP="00E46C13">
+  <w:p w14:paraId="063C0174" w14:textId="423D127F" w:rsidR="0075025B" w:rsidRDefault="00F32F45" w:rsidP="00E46C13">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4961"/>
         <w:tab w:val="left" w:pos="7551"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="005043B8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="471063EE" w14:textId="77777777" w:rsidR="0075025B" w:rsidRPr="00AA55F8" w:rsidRDefault="0075025B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -6532,146 +6518,146 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C8352C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C3CDD4A"/>
-    <w:lvl w:ilvl="0" w:tplc="D238282E">
+    <w:lvl w:ilvl="0" w:tplc="B62058F6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FA4E4972" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62BE8344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04A0D384" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2AC88378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2651" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="246C99C8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0324EEBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="291C88AC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D4EABE4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B63CB460" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C4F6A384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4811" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41ACDE5C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8B16610A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F34C6152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26109104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FB209A74" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A8344466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DC1014E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C8C82692"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6736,129 +6722,129 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D77CD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30ACA88E"/>
-    <w:lvl w:ilvl="0" w:tplc="9E28E1DE">
+    <w:lvl w:ilvl="0" w:tplc="0C94F444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8804A566">
+    <w:lvl w:ilvl="1" w:tplc="6A106BB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C7AEEC84" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C686E1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="01428C18" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EAFC467C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E7B4A5CA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91923C30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B6B4C61C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="748A4BDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9EB0463C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D18ECB68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C3E4A6D4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="040A71DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8772965A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E802144C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39900DAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F7AE8400"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:u w:val="none"/>
@@ -6952,127 +6938,127 @@
         <w:ind w:left="10008" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11592" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40F4125E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="671C16EE"/>
-    <w:lvl w:ilvl="0" w:tplc="717AF38E">
+    <w:lvl w:ilvl="0" w:tplc="F80A3538">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="474818A0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0BE495F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="05C47318" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2152C49C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CC6CEF0C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="373ED4AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3F342D66" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31BC7B28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="075A6BC2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3D8C929E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71B24924" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42842A7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69CE65AE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1C4AA6D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1EAC1810" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17743D3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45F634B4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28AE206E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7624,126 +7610,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2F7ED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="461638E8"/>
-    <w:lvl w:ilvl="0" w:tplc="E38648A6">
+    <w:lvl w:ilvl="0" w:tplc="9C3C3280">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="5.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7DFE0B74" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="BB8215A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CA4C6F6E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="670EF588" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6EF2C940" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29786882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54129316" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9A48520A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61AA4548" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BFC8EF4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2B3046F2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="137C0058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="01C2BCD8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="722446B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4EA47F64" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F1F4CE32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52097147"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7921,123 +7907,123 @@
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69AF3640"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="821CEB3C"/>
-    <w:lvl w:ilvl="0" w:tplc="4F04A206">
+    <w:lvl w:ilvl="0" w:tplc="B9B83AE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="685E4CCE">
+    <w:lvl w:ilvl="1" w:tplc="57A0FA36">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="114AB0DA">
+    <w:lvl w:ilvl="2" w:tplc="B234E8E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="221AA5E0">
+    <w:lvl w:ilvl="3" w:tplc="8710D228">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="ECB805DE">
+    <w:lvl w:ilvl="4" w:tplc="016A8B9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8D7E8B24">
+    <w:lvl w:ilvl="5" w:tplc="425E8FA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="447EEAC4">
+    <w:lvl w:ilvl="6" w:tplc="74D21340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21900DC6">
+    <w:lvl w:ilvl="7" w:tplc="FCC6FF70">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D1FEAB3E">
+    <w:lvl w:ilvl="8" w:tplc="1DB4DCF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B2B19F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="088E8B2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
@@ -8787,113 +8773,116 @@
     <w:rsid w:val="000C526E"/>
     <w:rsid w:val="000C662F"/>
     <w:rsid w:val="000C666F"/>
     <w:rsid w:val="000C6B4A"/>
     <w:rsid w:val="000C6E89"/>
     <w:rsid w:val="000C7A27"/>
     <w:rsid w:val="000C7D70"/>
     <w:rsid w:val="000D102C"/>
     <w:rsid w:val="000D27EA"/>
     <w:rsid w:val="000D2C58"/>
     <w:rsid w:val="000D351A"/>
     <w:rsid w:val="000D3FDC"/>
     <w:rsid w:val="000D6C12"/>
     <w:rsid w:val="000D725E"/>
     <w:rsid w:val="000D7679"/>
     <w:rsid w:val="000E1E9D"/>
     <w:rsid w:val="000E228D"/>
     <w:rsid w:val="000E26D1"/>
     <w:rsid w:val="000E2A70"/>
     <w:rsid w:val="000E3C6C"/>
     <w:rsid w:val="000E4AE1"/>
     <w:rsid w:val="000E6087"/>
     <w:rsid w:val="000E7A5D"/>
     <w:rsid w:val="000F36DD"/>
     <w:rsid w:val="000F531B"/>
+    <w:rsid w:val="00100309"/>
     <w:rsid w:val="001027E6"/>
     <w:rsid w:val="00104880"/>
     <w:rsid w:val="00106B34"/>
     <w:rsid w:val="00106C60"/>
     <w:rsid w:val="00111757"/>
     <w:rsid w:val="00112432"/>
     <w:rsid w:val="00113C48"/>
     <w:rsid w:val="00114293"/>
     <w:rsid w:val="001154F8"/>
     <w:rsid w:val="001172BA"/>
     <w:rsid w:val="00117B0C"/>
     <w:rsid w:val="001202A6"/>
     <w:rsid w:val="00120999"/>
     <w:rsid w:val="00121221"/>
     <w:rsid w:val="001217D4"/>
     <w:rsid w:val="00122DFC"/>
     <w:rsid w:val="00124119"/>
     <w:rsid w:val="00124218"/>
     <w:rsid w:val="00124791"/>
     <w:rsid w:val="001256B7"/>
     <w:rsid w:val="0012770D"/>
     <w:rsid w:val="00127EB5"/>
     <w:rsid w:val="00130B23"/>
     <w:rsid w:val="00130F0E"/>
     <w:rsid w:val="0013112C"/>
     <w:rsid w:val="00132496"/>
     <w:rsid w:val="0013268E"/>
     <w:rsid w:val="0013580E"/>
     <w:rsid w:val="00135962"/>
     <w:rsid w:val="0014007B"/>
     <w:rsid w:val="00141136"/>
     <w:rsid w:val="00141DA8"/>
     <w:rsid w:val="00142811"/>
     <w:rsid w:val="0014294E"/>
     <w:rsid w:val="00142A12"/>
     <w:rsid w:val="00143A59"/>
     <w:rsid w:val="001441D4"/>
     <w:rsid w:val="00144450"/>
     <w:rsid w:val="00146344"/>
     <w:rsid w:val="00147BF1"/>
     <w:rsid w:val="00151169"/>
     <w:rsid w:val="0015119B"/>
     <w:rsid w:val="00151296"/>
     <w:rsid w:val="00151CC8"/>
     <w:rsid w:val="00154122"/>
     <w:rsid w:val="00154C22"/>
+    <w:rsid w:val="001579D4"/>
     <w:rsid w:val="001608CF"/>
     <w:rsid w:val="001627E8"/>
     <w:rsid w:val="001655D3"/>
     <w:rsid w:val="001656A3"/>
     <w:rsid w:val="00166E63"/>
     <w:rsid w:val="00174207"/>
     <w:rsid w:val="00174D83"/>
     <w:rsid w:val="00175E85"/>
     <w:rsid w:val="001777B4"/>
     <w:rsid w:val="00177C94"/>
     <w:rsid w:val="00177F11"/>
     <w:rsid w:val="00182347"/>
     <w:rsid w:val="0018368B"/>
     <w:rsid w:val="00183AFE"/>
     <w:rsid w:val="00184411"/>
     <w:rsid w:val="00185B08"/>
     <w:rsid w:val="00185C71"/>
+    <w:rsid w:val="001907F9"/>
     <w:rsid w:val="001910B5"/>
     <w:rsid w:val="00193FD3"/>
     <w:rsid w:val="00194CAB"/>
     <w:rsid w:val="00195B2B"/>
     <w:rsid w:val="001A1E69"/>
     <w:rsid w:val="001A4E60"/>
     <w:rsid w:val="001A5A1A"/>
     <w:rsid w:val="001A649C"/>
     <w:rsid w:val="001A6E47"/>
     <w:rsid w:val="001B09F0"/>
     <w:rsid w:val="001B2188"/>
     <w:rsid w:val="001B290F"/>
     <w:rsid w:val="001B30F1"/>
     <w:rsid w:val="001B506B"/>
     <w:rsid w:val="001B5F10"/>
     <w:rsid w:val="001B69A3"/>
     <w:rsid w:val="001B6CEE"/>
     <w:rsid w:val="001C2ABD"/>
     <w:rsid w:val="001C2B5D"/>
     <w:rsid w:val="001C5DA9"/>
     <w:rsid w:val="001D0179"/>
     <w:rsid w:val="001D0FD6"/>
     <w:rsid w:val="001D12CF"/>
     <w:rsid w:val="001D1BEB"/>
     <w:rsid w:val="001D239C"/>
@@ -8902,85 +8891,87 @@
     <w:rsid w:val="001D454F"/>
     <w:rsid w:val="001E15DC"/>
     <w:rsid w:val="001E2258"/>
     <w:rsid w:val="001E4C8D"/>
     <w:rsid w:val="001E59A1"/>
     <w:rsid w:val="001E5F67"/>
     <w:rsid w:val="001F095D"/>
     <w:rsid w:val="001F1125"/>
     <w:rsid w:val="001F265C"/>
     <w:rsid w:val="001F26DC"/>
     <w:rsid w:val="001F497A"/>
     <w:rsid w:val="001F5924"/>
     <w:rsid w:val="001F6033"/>
     <w:rsid w:val="001F60A1"/>
     <w:rsid w:val="001F77FC"/>
     <w:rsid w:val="001F7A35"/>
     <w:rsid w:val="001F7DE6"/>
     <w:rsid w:val="002017CC"/>
     <w:rsid w:val="00201AC4"/>
     <w:rsid w:val="00202B0C"/>
     <w:rsid w:val="00203CD9"/>
     <w:rsid w:val="00207366"/>
     <w:rsid w:val="0021046D"/>
     <w:rsid w:val="00210E3D"/>
     <w:rsid w:val="00214D67"/>
+    <w:rsid w:val="00214DCD"/>
     <w:rsid w:val="00217087"/>
     <w:rsid w:val="0022258A"/>
     <w:rsid w:val="002226E4"/>
     <w:rsid w:val="0022337E"/>
     <w:rsid w:val="00223899"/>
     <w:rsid w:val="00223A3A"/>
     <w:rsid w:val="00224250"/>
     <w:rsid w:val="00224829"/>
     <w:rsid w:val="00224B3C"/>
     <w:rsid w:val="00225CDB"/>
     <w:rsid w:val="002263FC"/>
     <w:rsid w:val="00231174"/>
     <w:rsid w:val="00231C31"/>
     <w:rsid w:val="00232F4A"/>
     <w:rsid w:val="00233165"/>
     <w:rsid w:val="002344D2"/>
     <w:rsid w:val="0023676C"/>
     <w:rsid w:val="00236CD9"/>
     <w:rsid w:val="002370BC"/>
     <w:rsid w:val="00237726"/>
     <w:rsid w:val="002378FB"/>
     <w:rsid w:val="00237A1B"/>
     <w:rsid w:val="00237FFB"/>
     <w:rsid w:val="00240B38"/>
     <w:rsid w:val="00240C14"/>
     <w:rsid w:val="00241244"/>
     <w:rsid w:val="0024354E"/>
     <w:rsid w:val="00243BD0"/>
     <w:rsid w:val="0024520E"/>
     <w:rsid w:val="00245F6F"/>
     <w:rsid w:val="00246296"/>
     <w:rsid w:val="00246506"/>
     <w:rsid w:val="002467BD"/>
     <w:rsid w:val="00246AE2"/>
     <w:rsid w:val="0024742D"/>
+    <w:rsid w:val="00250E58"/>
     <w:rsid w:val="00264ABC"/>
     <w:rsid w:val="00264E32"/>
     <w:rsid w:val="0026590E"/>
     <w:rsid w:val="00267CAA"/>
     <w:rsid w:val="0027098D"/>
     <w:rsid w:val="0027315C"/>
     <w:rsid w:val="002759EB"/>
     <w:rsid w:val="002766CC"/>
     <w:rsid w:val="002808E7"/>
     <w:rsid w:val="002817FC"/>
     <w:rsid w:val="00284C76"/>
     <w:rsid w:val="00286F7A"/>
     <w:rsid w:val="00287529"/>
     <w:rsid w:val="002876B0"/>
     <w:rsid w:val="0029128D"/>
     <w:rsid w:val="002914F1"/>
     <w:rsid w:val="0029665C"/>
     <w:rsid w:val="00297E33"/>
     <w:rsid w:val="002A0B38"/>
     <w:rsid w:val="002A2D6B"/>
     <w:rsid w:val="002A36B8"/>
     <w:rsid w:val="002A44DB"/>
     <w:rsid w:val="002A59EE"/>
     <w:rsid w:val="002A68DE"/>
     <w:rsid w:val="002A6CA3"/>
@@ -9013,53 +9004,55 @@
     <w:rsid w:val="002E17FF"/>
     <w:rsid w:val="002E38C0"/>
     <w:rsid w:val="002E6630"/>
     <w:rsid w:val="002E68B5"/>
     <w:rsid w:val="002E7C21"/>
     <w:rsid w:val="002F037C"/>
     <w:rsid w:val="002F0C5F"/>
     <w:rsid w:val="002F1D77"/>
     <w:rsid w:val="002F26D3"/>
     <w:rsid w:val="002F3599"/>
     <w:rsid w:val="002F7F73"/>
     <w:rsid w:val="00300F02"/>
     <w:rsid w:val="003011EA"/>
     <w:rsid w:val="00301D6D"/>
     <w:rsid w:val="0030276C"/>
     <w:rsid w:val="003053B5"/>
     <w:rsid w:val="00305DB3"/>
     <w:rsid w:val="00306744"/>
     <w:rsid w:val="00306E7E"/>
     <w:rsid w:val="00307421"/>
     <w:rsid w:val="00307719"/>
     <w:rsid w:val="00310648"/>
     <w:rsid w:val="003123D1"/>
     <w:rsid w:val="003129FD"/>
     <w:rsid w:val="00314B67"/>
+    <w:rsid w:val="00314C8A"/>
     <w:rsid w:val="0031509D"/>
     <w:rsid w:val="003150AF"/>
     <w:rsid w:val="0031739E"/>
+    <w:rsid w:val="00317412"/>
     <w:rsid w:val="003200EB"/>
     <w:rsid w:val="00321F1B"/>
     <w:rsid w:val="003227A1"/>
     <w:rsid w:val="00322827"/>
     <w:rsid w:val="00323F65"/>
     <w:rsid w:val="00323FE6"/>
     <w:rsid w:val="00325A86"/>
     <w:rsid w:val="00330DD6"/>
     <w:rsid w:val="00330F95"/>
     <w:rsid w:val="00332D59"/>
     <w:rsid w:val="003330DD"/>
     <w:rsid w:val="00334B71"/>
     <w:rsid w:val="003358D8"/>
     <w:rsid w:val="0033656B"/>
     <w:rsid w:val="003365DF"/>
     <w:rsid w:val="00336E14"/>
     <w:rsid w:val="0033705B"/>
     <w:rsid w:val="003377F5"/>
     <w:rsid w:val="0033798D"/>
     <w:rsid w:val="0034105E"/>
     <w:rsid w:val="00341BE3"/>
     <w:rsid w:val="003445AB"/>
     <w:rsid w:val="003447F0"/>
     <w:rsid w:val="00344B7D"/>
     <w:rsid w:val="003450C4"/>
@@ -9212,50 +9205,51 @@
     <w:rsid w:val="004C29BA"/>
     <w:rsid w:val="004C39D9"/>
     <w:rsid w:val="004C5075"/>
     <w:rsid w:val="004C6BFC"/>
     <w:rsid w:val="004C7794"/>
     <w:rsid w:val="004D0083"/>
     <w:rsid w:val="004D0EBD"/>
     <w:rsid w:val="004D2282"/>
     <w:rsid w:val="004D22F6"/>
     <w:rsid w:val="004E2569"/>
     <w:rsid w:val="004E268E"/>
     <w:rsid w:val="004E432C"/>
     <w:rsid w:val="004E51DA"/>
     <w:rsid w:val="004E68B9"/>
     <w:rsid w:val="004E78D8"/>
     <w:rsid w:val="004F1A41"/>
     <w:rsid w:val="004F1ADF"/>
     <w:rsid w:val="004F381A"/>
     <w:rsid w:val="004F45BD"/>
     <w:rsid w:val="004F4788"/>
     <w:rsid w:val="004F7252"/>
     <w:rsid w:val="00502483"/>
     <w:rsid w:val="00502BA5"/>
     <w:rsid w:val="005032C8"/>
     <w:rsid w:val="00503591"/>
+    <w:rsid w:val="005043B8"/>
     <w:rsid w:val="00507B7D"/>
     <w:rsid w:val="00511B8C"/>
     <w:rsid w:val="00511FCB"/>
     <w:rsid w:val="00514101"/>
     <w:rsid w:val="0051417A"/>
     <w:rsid w:val="00516EE7"/>
     <w:rsid w:val="005174C9"/>
     <w:rsid w:val="0052326E"/>
     <w:rsid w:val="005234F4"/>
     <w:rsid w:val="0052430A"/>
     <w:rsid w:val="0052567D"/>
     <w:rsid w:val="005261E7"/>
     <w:rsid w:val="00527A77"/>
     <w:rsid w:val="00531131"/>
     <w:rsid w:val="00531169"/>
     <w:rsid w:val="00531F3D"/>
     <w:rsid w:val="00532DBB"/>
     <w:rsid w:val="00532E8C"/>
     <w:rsid w:val="00534173"/>
     <w:rsid w:val="0053433A"/>
     <w:rsid w:val="005356CB"/>
     <w:rsid w:val="00535CB6"/>
     <w:rsid w:val="005376E5"/>
     <w:rsid w:val="00541065"/>
     <w:rsid w:val="005410B0"/>
@@ -9418,50 +9412,51 @@
     <w:rsid w:val="006C4F57"/>
     <w:rsid w:val="006C56EE"/>
     <w:rsid w:val="006C60F5"/>
     <w:rsid w:val="006C612F"/>
     <w:rsid w:val="006C6639"/>
     <w:rsid w:val="006C6719"/>
     <w:rsid w:val="006C6EAD"/>
     <w:rsid w:val="006C6FD2"/>
     <w:rsid w:val="006D2568"/>
     <w:rsid w:val="006D2CA4"/>
     <w:rsid w:val="006D3259"/>
     <w:rsid w:val="006E4455"/>
     <w:rsid w:val="006E44EE"/>
     <w:rsid w:val="006E5113"/>
     <w:rsid w:val="006E5BDB"/>
     <w:rsid w:val="006E6DC3"/>
     <w:rsid w:val="006E7887"/>
     <w:rsid w:val="006F14A6"/>
     <w:rsid w:val="006F3A5F"/>
     <w:rsid w:val="006F4BD5"/>
     <w:rsid w:val="006F5207"/>
     <w:rsid w:val="006F626A"/>
     <w:rsid w:val="006F6AAA"/>
     <w:rsid w:val="006F6FE6"/>
     <w:rsid w:val="006F70BE"/>
+    <w:rsid w:val="006F79DF"/>
     <w:rsid w:val="00701BDA"/>
     <w:rsid w:val="00702DC1"/>
     <w:rsid w:val="00704983"/>
     <w:rsid w:val="00706F70"/>
     <w:rsid w:val="00707173"/>
     <w:rsid w:val="00707B89"/>
     <w:rsid w:val="00712D2B"/>
     <w:rsid w:val="00715134"/>
     <w:rsid w:val="00717775"/>
     <w:rsid w:val="00717E8A"/>
     <w:rsid w:val="00720FF1"/>
     <w:rsid w:val="00721FF5"/>
     <w:rsid w:val="00722D2F"/>
     <w:rsid w:val="007258C0"/>
     <w:rsid w:val="007266A5"/>
     <w:rsid w:val="00726EF5"/>
     <w:rsid w:val="00727464"/>
     <w:rsid w:val="007276A7"/>
     <w:rsid w:val="00731BC6"/>
     <w:rsid w:val="00734E1E"/>
     <w:rsid w:val="00737ABB"/>
     <w:rsid w:val="007442F9"/>
     <w:rsid w:val="00744AE1"/>
     <w:rsid w:val="00745439"/>
     <w:rsid w:val="00746991"/>
@@ -9593,50 +9588,51 @@
     <w:rsid w:val="008518BA"/>
     <w:rsid w:val="00854C07"/>
     <w:rsid w:val="0085587A"/>
     <w:rsid w:val="008601B4"/>
     <w:rsid w:val="00861F2D"/>
     <w:rsid w:val="008631EA"/>
     <w:rsid w:val="00864BEB"/>
     <w:rsid w:val="00865ED2"/>
     <w:rsid w:val="00870DE1"/>
     <w:rsid w:val="00872C58"/>
     <w:rsid w:val="0087367E"/>
     <w:rsid w:val="00875B21"/>
     <w:rsid w:val="00876B72"/>
     <w:rsid w:val="00876D31"/>
     <w:rsid w:val="008803DE"/>
     <w:rsid w:val="00883911"/>
     <w:rsid w:val="00883F46"/>
     <w:rsid w:val="0088555B"/>
     <w:rsid w:val="0089054E"/>
     <w:rsid w:val="0089474F"/>
     <w:rsid w:val="008973DE"/>
     <w:rsid w:val="008A0CA7"/>
     <w:rsid w:val="008A21BA"/>
     <w:rsid w:val="008A3567"/>
     <w:rsid w:val="008A408B"/>
+    <w:rsid w:val="008A5160"/>
     <w:rsid w:val="008A72A8"/>
     <w:rsid w:val="008B71BF"/>
     <w:rsid w:val="008C1CA8"/>
     <w:rsid w:val="008C31B9"/>
     <w:rsid w:val="008C38F8"/>
     <w:rsid w:val="008C3AC4"/>
     <w:rsid w:val="008C776A"/>
     <w:rsid w:val="008D00E0"/>
     <w:rsid w:val="008D0DD4"/>
     <w:rsid w:val="008D3276"/>
     <w:rsid w:val="008D3B5A"/>
     <w:rsid w:val="008D589C"/>
     <w:rsid w:val="008D58EC"/>
     <w:rsid w:val="008E0D1C"/>
     <w:rsid w:val="008E1063"/>
     <w:rsid w:val="008E141C"/>
     <w:rsid w:val="008E2D1B"/>
     <w:rsid w:val="008E4502"/>
     <w:rsid w:val="008E4745"/>
     <w:rsid w:val="008E5910"/>
     <w:rsid w:val="008E5C04"/>
     <w:rsid w:val="008E5EE6"/>
     <w:rsid w:val="008E64BA"/>
     <w:rsid w:val="008F2C2A"/>
     <w:rsid w:val="008F369D"/>
@@ -9655,50 +9651,51 @@
     <w:rsid w:val="009132F7"/>
     <w:rsid w:val="0091346E"/>
     <w:rsid w:val="00914BFF"/>
     <w:rsid w:val="00914FB9"/>
     <w:rsid w:val="00917CAB"/>
     <w:rsid w:val="00922032"/>
     <w:rsid w:val="009227BE"/>
     <w:rsid w:val="009310E3"/>
     <w:rsid w:val="00934599"/>
     <w:rsid w:val="00935112"/>
     <w:rsid w:val="00940A6B"/>
     <w:rsid w:val="009423C4"/>
     <w:rsid w:val="00946B5B"/>
     <w:rsid w:val="009502DD"/>
     <w:rsid w:val="009505FE"/>
     <w:rsid w:val="00950ECD"/>
     <w:rsid w:val="0095197A"/>
     <w:rsid w:val="0095286B"/>
     <w:rsid w:val="00953FFB"/>
     <w:rsid w:val="0095473E"/>
     <w:rsid w:val="00955D7A"/>
     <w:rsid w:val="0096017D"/>
     <w:rsid w:val="00962677"/>
     <w:rsid w:val="00963C89"/>
     <w:rsid w:val="0096628A"/>
+    <w:rsid w:val="009665E4"/>
     <w:rsid w:val="00967019"/>
     <w:rsid w:val="00967F8D"/>
     <w:rsid w:val="00970017"/>
     <w:rsid w:val="009707ED"/>
     <w:rsid w:val="009724FE"/>
     <w:rsid w:val="00974115"/>
     <w:rsid w:val="009758DA"/>
     <w:rsid w:val="00975B59"/>
     <w:rsid w:val="0097618E"/>
     <w:rsid w:val="009775A2"/>
     <w:rsid w:val="0098482A"/>
     <w:rsid w:val="00985970"/>
     <w:rsid w:val="00985F60"/>
     <w:rsid w:val="0098721D"/>
     <w:rsid w:val="009874E2"/>
     <w:rsid w:val="0098794D"/>
     <w:rsid w:val="009908DC"/>
     <w:rsid w:val="009908F8"/>
     <w:rsid w:val="00990F98"/>
     <w:rsid w:val="00991EB3"/>
     <w:rsid w:val="00992BA7"/>
     <w:rsid w:val="00997E51"/>
     <w:rsid w:val="009A14F8"/>
     <w:rsid w:val="009A3D61"/>
     <w:rsid w:val="009A41E4"/>
@@ -9759,50 +9756,51 @@
     <w:rsid w:val="00A23C43"/>
     <w:rsid w:val="00A26B96"/>
     <w:rsid w:val="00A2734C"/>
     <w:rsid w:val="00A30357"/>
     <w:rsid w:val="00A3400B"/>
     <w:rsid w:val="00A34D50"/>
     <w:rsid w:val="00A34EB2"/>
     <w:rsid w:val="00A35B16"/>
     <w:rsid w:val="00A36735"/>
     <w:rsid w:val="00A40B1A"/>
     <w:rsid w:val="00A42F7B"/>
     <w:rsid w:val="00A438A9"/>
     <w:rsid w:val="00A50F95"/>
     <w:rsid w:val="00A510B8"/>
     <w:rsid w:val="00A5216F"/>
     <w:rsid w:val="00A57C5E"/>
     <w:rsid w:val="00A60222"/>
     <w:rsid w:val="00A60734"/>
     <w:rsid w:val="00A621C1"/>
     <w:rsid w:val="00A62476"/>
     <w:rsid w:val="00A63119"/>
     <w:rsid w:val="00A66FA9"/>
     <w:rsid w:val="00A6738E"/>
     <w:rsid w:val="00A71C28"/>
     <w:rsid w:val="00A72087"/>
+    <w:rsid w:val="00A72925"/>
     <w:rsid w:val="00A749DF"/>
     <w:rsid w:val="00A74B8A"/>
     <w:rsid w:val="00A750C0"/>
     <w:rsid w:val="00A769D3"/>
     <w:rsid w:val="00A76E2E"/>
     <w:rsid w:val="00A81E37"/>
     <w:rsid w:val="00A82450"/>
     <w:rsid w:val="00A8382D"/>
     <w:rsid w:val="00A902A3"/>
     <w:rsid w:val="00A91800"/>
     <w:rsid w:val="00A92DC8"/>
     <w:rsid w:val="00A93FD3"/>
     <w:rsid w:val="00A94466"/>
     <w:rsid w:val="00A95743"/>
     <w:rsid w:val="00A95759"/>
     <w:rsid w:val="00A966CD"/>
     <w:rsid w:val="00A978E1"/>
     <w:rsid w:val="00A97902"/>
     <w:rsid w:val="00A97EB2"/>
     <w:rsid w:val="00AA3F8E"/>
     <w:rsid w:val="00AA475C"/>
     <w:rsid w:val="00AA55F8"/>
     <w:rsid w:val="00AB0AA5"/>
     <w:rsid w:val="00AB2CAC"/>
     <w:rsid w:val="00AB42B1"/>
@@ -9920,50 +9918,51 @@
     <w:rsid w:val="00BC215F"/>
     <w:rsid w:val="00BC2441"/>
     <w:rsid w:val="00BC28C0"/>
     <w:rsid w:val="00BC4295"/>
     <w:rsid w:val="00BC4B96"/>
     <w:rsid w:val="00BC5C18"/>
     <w:rsid w:val="00BC6128"/>
     <w:rsid w:val="00BC6CF6"/>
     <w:rsid w:val="00BC6E61"/>
     <w:rsid w:val="00BD0C68"/>
     <w:rsid w:val="00BD2E16"/>
     <w:rsid w:val="00BD4A3B"/>
     <w:rsid w:val="00BD4C81"/>
     <w:rsid w:val="00BD4CF0"/>
     <w:rsid w:val="00BD5222"/>
     <w:rsid w:val="00BD6A2A"/>
     <w:rsid w:val="00BE04E0"/>
     <w:rsid w:val="00BE17A7"/>
     <w:rsid w:val="00BE1EC7"/>
     <w:rsid w:val="00BE2E5A"/>
     <w:rsid w:val="00BE3BC3"/>
     <w:rsid w:val="00BE3C95"/>
     <w:rsid w:val="00BE587E"/>
     <w:rsid w:val="00BE7072"/>
     <w:rsid w:val="00BE730A"/>
+    <w:rsid w:val="00BE7760"/>
     <w:rsid w:val="00BF24E3"/>
     <w:rsid w:val="00BF2B88"/>
     <w:rsid w:val="00BF71FB"/>
     <w:rsid w:val="00C0023B"/>
     <w:rsid w:val="00C01D4E"/>
     <w:rsid w:val="00C0338F"/>
     <w:rsid w:val="00C07678"/>
     <w:rsid w:val="00C07EA4"/>
     <w:rsid w:val="00C11CA9"/>
     <w:rsid w:val="00C12A67"/>
     <w:rsid w:val="00C1427F"/>
     <w:rsid w:val="00C17CD9"/>
     <w:rsid w:val="00C23F2C"/>
     <w:rsid w:val="00C2589D"/>
     <w:rsid w:val="00C26716"/>
     <w:rsid w:val="00C267A3"/>
     <w:rsid w:val="00C26801"/>
     <w:rsid w:val="00C27359"/>
     <w:rsid w:val="00C3023C"/>
     <w:rsid w:val="00C33432"/>
     <w:rsid w:val="00C36096"/>
     <w:rsid w:val="00C36990"/>
     <w:rsid w:val="00C402C5"/>
     <w:rsid w:val="00C41035"/>
     <w:rsid w:val="00C41A10"/>
@@ -10032,50 +10031,51 @@
     <w:rsid w:val="00CD3B95"/>
     <w:rsid w:val="00CD4C8D"/>
     <w:rsid w:val="00CD5390"/>
     <w:rsid w:val="00CD543A"/>
     <w:rsid w:val="00CE5E9C"/>
     <w:rsid w:val="00CF0AE9"/>
     <w:rsid w:val="00CF3475"/>
     <w:rsid w:val="00CF3525"/>
     <w:rsid w:val="00CF39E7"/>
     <w:rsid w:val="00CF4E4F"/>
     <w:rsid w:val="00CF5939"/>
     <w:rsid w:val="00CF62FA"/>
     <w:rsid w:val="00CF6BA5"/>
     <w:rsid w:val="00CF7B53"/>
     <w:rsid w:val="00D00ED3"/>
     <w:rsid w:val="00D01558"/>
     <w:rsid w:val="00D02BC8"/>
     <w:rsid w:val="00D0314F"/>
     <w:rsid w:val="00D0347C"/>
     <w:rsid w:val="00D0374F"/>
     <w:rsid w:val="00D0601E"/>
     <w:rsid w:val="00D07792"/>
     <w:rsid w:val="00D1053B"/>
     <w:rsid w:val="00D12A70"/>
     <w:rsid w:val="00D12CB7"/>
+    <w:rsid w:val="00D159A3"/>
     <w:rsid w:val="00D21507"/>
     <w:rsid w:val="00D21740"/>
     <w:rsid w:val="00D226A3"/>
     <w:rsid w:val="00D23A7E"/>
     <w:rsid w:val="00D243F5"/>
     <w:rsid w:val="00D26127"/>
     <w:rsid w:val="00D26F5E"/>
     <w:rsid w:val="00D27E9E"/>
     <w:rsid w:val="00D30434"/>
     <w:rsid w:val="00D30A66"/>
     <w:rsid w:val="00D317C7"/>
     <w:rsid w:val="00D32BB7"/>
     <w:rsid w:val="00D33C7A"/>
     <w:rsid w:val="00D3488E"/>
     <w:rsid w:val="00D34A03"/>
     <w:rsid w:val="00D34A15"/>
     <w:rsid w:val="00D41D46"/>
     <w:rsid w:val="00D42DF9"/>
     <w:rsid w:val="00D42EE0"/>
     <w:rsid w:val="00D43737"/>
     <w:rsid w:val="00D45C72"/>
     <w:rsid w:val="00D47B5D"/>
     <w:rsid w:val="00D50ACC"/>
     <w:rsid w:val="00D50EB0"/>
     <w:rsid w:val="00D51CAA"/>
@@ -10105,50 +10105,51 @@
     <w:rsid w:val="00D9394E"/>
     <w:rsid w:val="00D93DEA"/>
     <w:rsid w:val="00D9695B"/>
     <w:rsid w:val="00DA0BC5"/>
     <w:rsid w:val="00DA44F4"/>
     <w:rsid w:val="00DA5001"/>
     <w:rsid w:val="00DA6B12"/>
     <w:rsid w:val="00DB0B8F"/>
     <w:rsid w:val="00DB0CCE"/>
     <w:rsid w:val="00DB0E03"/>
     <w:rsid w:val="00DB18D1"/>
     <w:rsid w:val="00DB3410"/>
     <w:rsid w:val="00DB5CBD"/>
     <w:rsid w:val="00DB65BD"/>
     <w:rsid w:val="00DC1DF1"/>
     <w:rsid w:val="00DC2217"/>
     <w:rsid w:val="00DC68FB"/>
     <w:rsid w:val="00DD2E0A"/>
     <w:rsid w:val="00DD2F93"/>
     <w:rsid w:val="00DD658E"/>
     <w:rsid w:val="00DD6D19"/>
     <w:rsid w:val="00DD6E00"/>
     <w:rsid w:val="00DE49C3"/>
     <w:rsid w:val="00DE4DBE"/>
     <w:rsid w:val="00DE5032"/>
+    <w:rsid w:val="00DF0079"/>
     <w:rsid w:val="00DF14B7"/>
     <w:rsid w:val="00DF17A2"/>
     <w:rsid w:val="00DF27F1"/>
     <w:rsid w:val="00DF3722"/>
     <w:rsid w:val="00DF5089"/>
     <w:rsid w:val="00DF52E8"/>
     <w:rsid w:val="00DF5E2A"/>
     <w:rsid w:val="00DF6E3C"/>
     <w:rsid w:val="00DF6E5B"/>
     <w:rsid w:val="00DF7432"/>
     <w:rsid w:val="00E0330E"/>
     <w:rsid w:val="00E10210"/>
     <w:rsid w:val="00E10A0E"/>
     <w:rsid w:val="00E1308F"/>
     <w:rsid w:val="00E15BB1"/>
     <w:rsid w:val="00E165F9"/>
     <w:rsid w:val="00E17120"/>
     <w:rsid w:val="00E1745E"/>
     <w:rsid w:val="00E17A5B"/>
     <w:rsid w:val="00E17EFB"/>
     <w:rsid w:val="00E2320A"/>
     <w:rsid w:val="00E24FE9"/>
     <w:rsid w:val="00E2578E"/>
     <w:rsid w:val="00E25B48"/>
     <w:rsid w:val="00E26886"/>
@@ -10205,50 +10206,51 @@
     <w:rsid w:val="00E9349E"/>
     <w:rsid w:val="00E9499C"/>
     <w:rsid w:val="00E94A8E"/>
     <w:rsid w:val="00E95F8A"/>
     <w:rsid w:val="00E96F73"/>
     <w:rsid w:val="00E970A1"/>
     <w:rsid w:val="00EA0DA0"/>
     <w:rsid w:val="00EA13C7"/>
     <w:rsid w:val="00EA1E69"/>
     <w:rsid w:val="00EA22C3"/>
     <w:rsid w:val="00EA2DA4"/>
     <w:rsid w:val="00EA3091"/>
     <w:rsid w:val="00EA3962"/>
     <w:rsid w:val="00EA6313"/>
     <w:rsid w:val="00EA748A"/>
     <w:rsid w:val="00EB147E"/>
     <w:rsid w:val="00EB1870"/>
     <w:rsid w:val="00EB351B"/>
     <w:rsid w:val="00EB42D2"/>
     <w:rsid w:val="00EB4429"/>
     <w:rsid w:val="00EB4652"/>
     <w:rsid w:val="00EB4C19"/>
     <w:rsid w:val="00EB69A4"/>
     <w:rsid w:val="00EC0E87"/>
     <w:rsid w:val="00EC1932"/>
+    <w:rsid w:val="00EC2282"/>
     <w:rsid w:val="00EC2E49"/>
     <w:rsid w:val="00EC6850"/>
     <w:rsid w:val="00EC6A3D"/>
     <w:rsid w:val="00EC7F22"/>
     <w:rsid w:val="00ED03E5"/>
     <w:rsid w:val="00ED1C15"/>
     <w:rsid w:val="00ED2584"/>
     <w:rsid w:val="00ED6A84"/>
     <w:rsid w:val="00ED6EDE"/>
     <w:rsid w:val="00EE050A"/>
     <w:rsid w:val="00EE102F"/>
     <w:rsid w:val="00EE2FA2"/>
     <w:rsid w:val="00EE45C6"/>
     <w:rsid w:val="00EE54C0"/>
     <w:rsid w:val="00EE5746"/>
     <w:rsid w:val="00EE60AC"/>
     <w:rsid w:val="00EE78CD"/>
     <w:rsid w:val="00EF19A6"/>
     <w:rsid w:val="00EF3595"/>
     <w:rsid w:val="00EF4D17"/>
     <w:rsid w:val="00EF5C50"/>
     <w:rsid w:val="00EF5D0D"/>
     <w:rsid w:val="00EF71B1"/>
     <w:rsid w:val="00EF7A38"/>
     <w:rsid w:val="00EF7A71"/>
@@ -10259,50 +10261,51 @@
     <w:rsid w:val="00F02312"/>
     <w:rsid w:val="00F02E20"/>
     <w:rsid w:val="00F03A21"/>
     <w:rsid w:val="00F03BE0"/>
     <w:rsid w:val="00F043C4"/>
     <w:rsid w:val="00F1026E"/>
     <w:rsid w:val="00F1040D"/>
     <w:rsid w:val="00F106DC"/>
     <w:rsid w:val="00F113AF"/>
     <w:rsid w:val="00F12090"/>
     <w:rsid w:val="00F1744F"/>
     <w:rsid w:val="00F21190"/>
     <w:rsid w:val="00F22263"/>
     <w:rsid w:val="00F23405"/>
     <w:rsid w:val="00F239A0"/>
     <w:rsid w:val="00F241A1"/>
     <w:rsid w:val="00F25D85"/>
     <w:rsid w:val="00F260B9"/>
     <w:rsid w:val="00F266DB"/>
     <w:rsid w:val="00F30653"/>
     <w:rsid w:val="00F30C18"/>
     <w:rsid w:val="00F30C1F"/>
     <w:rsid w:val="00F32805"/>
     <w:rsid w:val="00F329E8"/>
     <w:rsid w:val="00F32A8D"/>
+    <w:rsid w:val="00F32F45"/>
     <w:rsid w:val="00F354F1"/>
     <w:rsid w:val="00F35DAD"/>
     <w:rsid w:val="00F36888"/>
     <w:rsid w:val="00F41C32"/>
     <w:rsid w:val="00F4201B"/>
     <w:rsid w:val="00F42403"/>
     <w:rsid w:val="00F4288D"/>
     <w:rsid w:val="00F4495D"/>
     <w:rsid w:val="00F45B47"/>
     <w:rsid w:val="00F50B4B"/>
     <w:rsid w:val="00F519E0"/>
     <w:rsid w:val="00F55A38"/>
     <w:rsid w:val="00F55EA7"/>
     <w:rsid w:val="00F567A9"/>
     <w:rsid w:val="00F608F2"/>
     <w:rsid w:val="00F63BCD"/>
     <w:rsid w:val="00F642E4"/>
     <w:rsid w:val="00F65090"/>
     <w:rsid w:val="00F65D01"/>
     <w:rsid w:val="00F66123"/>
     <w:rsid w:val="00F7165B"/>
     <w:rsid w:val="00F71F55"/>
     <w:rsid w:val="00F72280"/>
     <w:rsid w:val="00F72460"/>
     <w:rsid w:val="00F72F02"/>
@@ -10333,50 +10336,51 @@
     <w:rsid w:val="00FA4742"/>
     <w:rsid w:val="00FB02C7"/>
     <w:rsid w:val="00FB07FA"/>
     <w:rsid w:val="00FB0AD1"/>
     <w:rsid w:val="00FB127D"/>
     <w:rsid w:val="00FB1DE4"/>
     <w:rsid w:val="00FB5524"/>
     <w:rsid w:val="00FB5EEE"/>
     <w:rsid w:val="00FB667C"/>
     <w:rsid w:val="00FB6E8F"/>
     <w:rsid w:val="00FB7318"/>
     <w:rsid w:val="00FC0735"/>
     <w:rsid w:val="00FC0A7B"/>
     <w:rsid w:val="00FC2684"/>
     <w:rsid w:val="00FC29E8"/>
     <w:rsid w:val="00FC3263"/>
     <w:rsid w:val="00FC3E80"/>
     <w:rsid w:val="00FC3FE2"/>
     <w:rsid w:val="00FC4620"/>
     <w:rsid w:val="00FC52C4"/>
     <w:rsid w:val="00FC58FE"/>
     <w:rsid w:val="00FD0886"/>
     <w:rsid w:val="00FD3EF7"/>
     <w:rsid w:val="00FD46BF"/>
     <w:rsid w:val="00FD486E"/>
+    <w:rsid w:val="00FD4ACE"/>
     <w:rsid w:val="00FD4AEC"/>
     <w:rsid w:val="00FD50AB"/>
     <w:rsid w:val="00FD590D"/>
     <w:rsid w:val="00FD6B16"/>
     <w:rsid w:val="00FD7F46"/>
     <w:rsid w:val="00FE1C8D"/>
     <w:rsid w:val="00FE200D"/>
     <w:rsid w:val="00FE22A7"/>
     <w:rsid w:val="00FE344D"/>
     <w:rsid w:val="00FE4909"/>
     <w:rsid w:val="00FE5683"/>
     <w:rsid w:val="00FE5F9F"/>
     <w:rsid w:val="00FE7B6C"/>
     <w:rsid w:val="00FF1720"/>
     <w:rsid w:val="00FF3820"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -11642,50 +11646,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -11812,154 +11829,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B5B00A-4F28-4C5D-B19A-E110AAE59938}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6DEB2D4-1608-4838-9EF5-32816DAA4194}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{625D38B8-7504-44B3-AEC5-980EE03D1ABE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{871E4D36-3C7D-41DD-801B-14BB3D573AB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03DC851B-AFF2-45F0-B30A-920CC2C0AF59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>10666</Words>
-  <Characters>6080</Characters>
+  <Words>10692</Words>
+  <Characters>6096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16713</CharactersWithSpaces>
+  <CharactersWithSpaces>16755</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laura Simsone</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Agnese Uzare</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IsSysUpdate">
     <vt:lpwstr>false</vt:lpwstr>
   </property>